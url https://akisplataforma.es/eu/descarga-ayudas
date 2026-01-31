--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -12,1226 +12,7268 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2630">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2667">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
+    <t>2025eko maiatzaren 26ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Agropolitiken Sailburuordearena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan higadura genetikoaren mehatxupean dauden bertako arrazen kontserbazio-esku-hartzerako laguntzak sartzeko deia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita.</t>
+  </si>
+  <si>
+    <t>2025-05-30</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Eskualdekoa</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
+  </si>
+  <si>
+    <t>2023ko Nekazaritza Aseguruen Urteko Plana</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/673679</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko apirilaren 9koa, Turismo, Merkataritza eta Artisautza Zuzendaritza Nagusiarena, 2024rako MICE Programaren laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751348</t>
+  </si>
+  <si>
+    <t>7/2024 Dekretua, otsailaren 27koa, berreskuratze, eraldaketa eta erresilientzia planeko eraikin energetiko eraginkorretan alokairu sozialerako etxebizitzak eraikitzeko diru-laguntza zuzenean ematea arautzen duena.</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747555</t>
+  </si>
+  <si>
+    <t>Zuzenean diru-laguntza ematea CLMko Merkataritza, Industria eta Zerbitzu Ganbera Ofizialen kontseiluari, autonomia-erkidegoko leiho bakarreko enpresa-zentroen bidez zerbitzuak bateratua eta bateratua emateko.</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+  </si>
+  <si>
+    <t>Maiatzaren 23ko 51/2023 Dekretua, inklusio, berdintasun, enplegagarritasun eta ekitate ereduetan ikerketa eta berrikuntza institutuari diru-laguntza zuzena ematea arautzen duena.</t>
+  </si>
+  <si>
+    <t>2023-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/702912</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Juntaren ekainaren 15eko Akordioa, zeinaren bidez Gaztela eta Leonen 2022-2023 nekazaritza kanpaina salbuespen gisa deklaratzen da, eta nekazaritza sektorerako laguntza neurriak hartzeko premiazkotasuna deklaratzen da.</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729409</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Juntaren hitzarmena, enpresa-talde berritzaileari eraikuntza eraginkorrerako diru-laguntza emateko baimena ematen duena (aeice)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729238</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2023ko ekainaren 19koa, Izotzaren presidentearena, Federazioarekin batera finantzatutako Gaztela eta Leongo ETEetan berrikuntza sustatzera zuzendutako diru-laguntzak emateko lehiaketarik gabeko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703907</t>
+  </si>
+  <si>
+    <t>Akordioa, 2023ko ekainaren 1ekoa, Gaztela eta Leongo Juntarena, Gaztela eta Leongo enpresa talde berritzaileei diru-laguntzak zuzenean emateko baimena ematen duena: aeice, cbecyl eta cylsolar.</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703865</t>
+  </si>
+  <si>
+    <t>Agindua, 2023ko maiatzaren 29koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, urteko nekazaritza-aseguru bateratuen planetan sartuta dauden nekazaritza-aseguruen polizak harpidetzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699271</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Juntaren hitzarmena, Valladolideko merkataritza, industria eta zerbitzuetako ganbera ofizialari diru-laguntza zuzenean emateko baimena ematen duena.</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/679831</t>
+  </si>
+  <si>
+    <t>"Ceuta Emozioak" deskontu-liburuxkaren 3. fasearen merkaturatzearen bitartez, Ceuta hirira turistak etorrera bultzatzeko bidai agentziei diru-laguntzak emateko deialdia eta oinarri arautzaileak.</t>
+  </si>
+  <si>
+    <t>2023-12-14</t>
+  </si>
+  <si>
+    <t>Ceuta</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731761</t>
+  </si>
+  <si>
+    <t>Txikizkako ETEen lehiakortasuna hobetzeko diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760303</t>
+  </si>
+  <si>
+    <t>2023. urterako BERRIKUNTZA PROIEKTUAK BULTZATZEKO VALENTZIAKO ERKIDEGOKO TOKIKO ADMINISTRAZIOARI DAGOZKION DIRUZKO DIRU-LAGUNTZAK.</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757082</t>
+  </si>
+  <si>
+    <t>KLIMA IKERKETA ETA PRESTAKUNTZA ETA ZABALKUNTZA EKINTZAK EGITEA SUSTATZEA, 2024. urterako VALENTZIAKO ERKIDEGOAN MUTURREKO FENOMENO KLIMATOLOGIKOEN AURREAN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757093</t>
+  </si>
+  <si>
+    <t>TOKIKO KLIMA EKINTZA SUSTATZEA KLIMA ETA ENERGIA 2024KO EKINTZA PLANAREN BIDEZ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757379</t>
+  </si>
+  <si>
+    <t>Uraren erabilera arrazionala eta eraginkortasun energetikoa hobetzea ureztatzean</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733558</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Landa Garapen, Klima Larrialdi eta Trantsizio Ekologikoko sailburuaren Ebazpena, zeinaren bidez Elxeko Miguel Hernández Unibertsitatearen aldeko diru-laguntza ematen den, ikerketa-jarduerak egiteko.</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709730</t>
+  </si>
+  <si>
+    <t>Generalitatearen eta Castelloko Jaume I Unibertsitatearen arteko lankidetza hitzarmena, iraunkortasun katedren bidez ikerketa eta berrikuntza ikasketak sustatzeko.</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705673</t>
+  </si>
+  <si>
+    <t>Generalitatearen, lehendakaritzaren bidez, eta Valentziako udalerrien eta probintzien federazioaren arteko lankidetza-hitzarmena, despopulazioari buruzko laguntza, lankidetza eta aholkularitza programa bat finantzatzeko.</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699117</t>
+  </si>
+  <si>
+    <t>Generalitatearen, Lehendakaritzaren bitartez, eta Valentziako Ikerketa Ekonomikoen Institutuaren, SAren arteko lankidetza-hitzarmena, zerbitzu publikoen ikerketarako, eraginkortasuna aztertzeko informazioa hobetzeko...</t>
+  </si>
+  <si>
+    <t>2023-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692823</t>
+  </si>
+  <si>
+    <t>Kooperatiben integraziorako diru-laguntzak cv</t>
+  </si>
+  <si>
+    <t>2023-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/676897</t>
+  </si>
+  <si>
+    <t>Nekazaritzako lanbide-erakundeei laguntzak</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677552</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2023ko martxoaren 15ekoa, Adrecte Ministerioarena, Nekazaritza, Arrantza eta Elikadura Ministerioaren martxoaren 24ko 10/2011 Aginduaren 2023ko ekitaldirako aurrekontu-partida eta gehienezko zenbatekoa argitaratzen dituena.</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683107</t>
+  </si>
+  <si>
+    <t>S8970000 agroekologia eta nekazaritzako elikagaien kalitateko katedra (upv) jl porcuna</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707925</t>
+  </si>
+  <si>
+    <t>Giza kapitalaren eraldaketa modernizatzeko garapenerako eta berrikuntzarako oinarrirako laguntza-hitzarmena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690555</t>
+  </si>
+  <si>
+    <t>Generalitatearen eta Valentziako udalerrien eta probintzien federazioaren arteko lankidetza. merkataritzari eta laguntza teknikoari buruzko proiektuak 2023</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690516</t>
+  </si>
+  <si>
+    <t>Emigrazio Idazkaritza Nagusiaren eta River Plateko Etorkinen eta Etorkinen Elkartearen arteko lankidetza hitzarmena, itzulitako emigranteei zuzendutako informazio eta aholkularitza ekintzak garatzeko.</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747111</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko urtarrilaren 17koa, I. eranskinean jasotako nekazaritza aseguruaren harpidetzarako laguntzetarako deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740871</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Ingurumeneko sailburuaren Agindua, Espainiako txerri-ekoizleen kluster (i+porc) Aragoiko txerri-sektorea jarduera ekonomiko estrategiko gisa hobetzea sustatzeko diru-laguntza ematen diona.</t>
+  </si>
+  <si>
+    <t>2024-04-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/689773</t>
+  </si>
+  <si>
+    <t>Monegroen Ikasketa eta Ikerketa Institutua (La Cartuja de los Monegros) Haur Hezkuntzako Ikastetxeen Lankidetza Hitzarmena 2023</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/724700</t>
+  </si>
+  <si>
+    <t>Aragoiko Enplegu Institutuaren eta Huesca, Teruel eta Zaragozako merkataritza, industria eta zerbitzu ganbera ofizialen arteko lankidetza hitzarmena, autoenplegua sustatzeko zerbitzuak emateko.</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687819</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Ingurumen sailburuaren Agindua, subv. abeltzaintza batu eskualdeko, s.coop. untxi marroi-kutxaren ekoizpen-ezaugarriak, emankortasun-indizeak, hilkortasuna eta bihurketa ebaluatzeko proiektu baterako</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690350</t>
+  </si>
+  <si>
+    <t>Oviedoko Merkataritza Ganberari, GEHak garatu eta sustatzera zuzendutako neurriak ezartzea, interesa duten entitateen prestakuntza eta sentsibilizazioaren bitartez.</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695536</t>
+  </si>
+  <si>
+    <t>EBAZPENA, 2024ko apirilaren 29koa, Landa Inguruneko eta Nekazaritza Politikarako Ministerioarena, nekazaritza-ingurumeneko eta klima-helburuak betetzeari lotutako inbertsio ez-produktiboei laguntzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751274</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2023ko abenduaren 29koa, 2024ko ekitaldian nekazaritza aseguru konbinatuen kontratazioa eta erregularizazioa sustatzeko ildorako diru-laguntzen urte anitzeko deialdia onartzen duena, gastu aurreratuen modalitatean.</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736899</t>
+  </si>
+  <si>
+    <t>Asturiasko Printzerriko merkataritza ganberen aldeko diru-laguntza ematea prestakuntza-plana gauzatzeko kualifikazio eta enplegu-programa integralaren barruan.</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737451</t>
+  </si>
+  <si>
+    <t>2023ko nekazaritza-erakunde profesionalei beren funtzionamendu-gastuei aurre egiten laguntzeko diru-laguntzak baimentzen dituen hitzarmena</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722676</t>
+  </si>
+  <si>
+    <t>Gizarte Eskubide eta Gizarte Ongizate Ministerioaren ekainaren 24ko Ebazpena, “cone ct-as: Asturiasko Printzerrian gizarteratzeko ibilbide digitalak” proiektu pilotuan parte hartzeko oinarri arautzaileak onartzen dituena.</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683173</t>
+  </si>
+  <si>
+    <t>2024ko BERRIKUNTZA ETA ENPRESA GARAPEN PROGRAMAKO BERRIKUNTZA ETA ENPRESA GARAPENA EGITEKO 2024ko ASTURIASKO ZUZENDARITZAKO LAGUNTZA-DEIALDIA ONARTZEN DITUEN ASTURIASKO ZIENTZIA, ENPRESA-LEHIAKORTASUNA ETA BERRIKUNTZA EGINDAKO 2024/09/09 EBAZPENAREN LABURPENA.</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761101</t>
+  </si>
+  <si>
+    <t>Ekonomia, Ogasun eta Berrikuntzako sailburuaren Ebazpena, zeinaren bidez, 2024 eta 2025 urteetarako laguntzen deialdia onartzen da Balear Uharteetan jarduera duten ekintzaile eta enpresentzat irekiera eta azterketa batzordeak estaltzeko.</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Mallorcako Merkataritza, Industria, Nabigazio eta Zerbitzuen Ganberari diru-laguntza ematea, emakumeentzako aholkularitza zerbitzua finantzatzeko, Mallorca uhartean enpresak sortzeko.</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732378</t>
+  </si>
+  <si>
+    <t>Eivissa eta Formenterako merkataritza, industria, nabigazio eta zerbitzu ganberari diru-laguntza ematea Pitiusar irletan enpresak sortzeko emakumeentzako aholkularitza zerbitzua finantzatzeko.</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685745</t>
+  </si>
+  <si>
+    <t>Eivissa eta Formenterako merkataritza, industria, nabigazio eta zerbitzu ganberari diru-laguntza ematea Menorcan enpresak sortzeko emakumeentzako aholkularitza zerbitzua finantzatzeko.</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685747</t>
+  </si>
+  <si>
+    <t>Kanariar Merkatu Tradizionalak eta Landa Merkataritzaren aldeko O.ekintzak hobetzen ditu</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753157</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietarako inbertsio-laguntzak 2022</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730462</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan egindako inbertsioak 2022</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727447</t>
+  </si>
+  <si>
+    <t>Nekazaritzako ustiategien inbertsiorako diru-laguntzak 2019</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727446</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietarako inbertsio-laguntzak 2021</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727453</t>
+  </si>
+  <si>
+    <t>Nekazaritza-aseguru konbinatuen harpidetzarako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695136</t>
+  </si>
+  <si>
+    <t>Autoenpleguaren eta ekintzailetzaren aholkularitza-ekintzak, 2015/7/2015eko zerbitzu-zorro komunetik.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703242</t>
+  </si>
+  <si>
+    <t>Autoenpleguaren eta ekintzailetzaren aholkularitza-ekintzak sne zerbitzuen zorro komunetik - 2015/7.</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/701149</t>
+  </si>
+  <si>
+    <t>Zuzeneko diru-laguntzak lehen mailako ekoizpenera dedikatzen ez diren enpresetan eta autonomoetan jarduera ekonomikoa eta enplegua mantentzeko eta bertatik produktuak merkaturatzeko, La Palma sumendien erupzioen kalteen eragina minimizatzeko.</t>
+  </si>
+  <si>
+    <t>2024-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755380</t>
+  </si>
+  <si>
+    <t>2025/05/20ko Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan animalien ongizaterako esku-hartzerako laguntzak Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez sartzeko eskaerak deitzen diren, 2023-2027 aldirako Nekazaritza Politika Bateraturako Plan Estrategikoan aurreikusita daudenak.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Agropolitiken Sailburuordearena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan biodibertsitatearen erlezaintzaren esku-hartzerako laguntzak sartzeko deialdia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Maiatzaren 27ko 3/2025 Lege Dekretuaren arabera, hondamendi naturalengatik kaltetutako gerezi-ustiategientzako aparteko laguntzak 2025erako</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 14ko AGINDUA, 2025eko Nekazaritza Aseguru Konbinatua Kontratatzeko Laguntza</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
+  </si>
+  <si>
+    <t>2023 eta 2024an lehorteak eta bestelako eguraldi-baldintza kaltegarriek kaltetutako ustiategientzako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846402</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA USTIAKETARAKO INBERTSIOETARAKO DIRU-LAGUNTZAK 2021</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846624</t>
+  </si>
+  <si>
+    <t>2022AN NEKAZARITZA-INGURUNE ETA KLIMA NEURRIAK ONARTZEKO DIRU-LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847194</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 21eko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdeko Autonomia Erkidegoko erlezaintza sektoreko esku-hartze laguntzen 2025eko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847743</t>
+  </si>
+  <si>
+    <t>Onartzea 2025-2026ko PEPAC 2023-2027ko 6881.1 Esku-hartzean sartutako 2025-2026ko kanpainako oinarri arautzaileak eta laguntza-deialdia, mendiko belardiak modu jasangarrian kudeatzeko.</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847834</t>
+  </si>
+  <si>
+    <t>MR709B. ERREG (EB 1408/2013) interes bereziko nekazaritza-trukeen menpe dauden basogintzako finken notario-tasen eta erregistroaren laguntzaren oinarri arautzaileak onartzen dituen ebazpena.</t>
+  </si>
+  <si>
+    <t>2025-07-22</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848216</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako esne-sektorea mantentzeko eta ustiategietako digitalizazio-prozesuak sustatzeko laguntzak - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848429</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako esne-sektorea mantentzeko eta ustiategietako digitalizazio-prozesuak sustatzeko laguntza - GAINERAKO UHARTEAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848436</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 25eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, hirugarren herrialdeetako merkatuetan ardo produktuak sustatzeko eta komunikatzeko jardueretarako 2026ko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848528</t>
+  </si>
+  <si>
+    <t>2025erako ziurtatutako haziak erabiltzen dituzten arroz-ustiategientzako de minimis laguntzak</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848632</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 22ko Ebazpenaren arabera, kalitate-eskemetan nekazaritza- eta elikagai-produktuak sustatzeko diru-laguntza 2025/26.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/849085</t>
+  </si>
+  <si>
+    <t>LEHIAKORTASUNA SUSTATZEKO NEKAZARITZA AZPIEGITURETAKO INBERTSIOETARAKO LAGUNTZA 2025EAN</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849656</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 25eko Akordioa, Gaztela eta Leongo Gobernuarena, baso-suteek kaltetutako udalerrietan kokatutako nekazaritza-ustiategi kaltetuen jabeei zuzenean diru-laguntzak emateko baimena ematen diena.</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA-USTIAIEN ONDORENGOTZERAKO LANKIDETZA-LAGUNTZA</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868030</t>
+  </si>
+  <si>
+    <t>Kultura, Hezkuntza, FP eta unibertsitateen eta Ekonomia, Industria Ministerioaren arteko lankidetza-hitzarmena. eta galiziako xuntaren berrikuntza eta Espainia eta AEBren arteko truke kultural eta hezigarrirako batzorde bat fulbright bag programarako</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712236</t>
+  </si>
+  <si>
+    <t>Kanariar Uharteetako Autonomia Erkidegoko nekazaritzako ekoizleek kontsumitzen duten gasolioaren prezioa ordaintzeko ezohiko eta aldi baterako laguntzak. 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>Galicia, Asturias, Principado de, Cantabria, País Vasco, Navarra, Comunidad Foral de, Rioja, La, Aragón, Madrid, Comunidad de, Castilla y León, Castilla - La Mancha, Extremadura, Cataluña, Comunitat Valenciana, Balears, Illes, Andalucía, Murcia, Región de, Ceuta, Melilla, Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747694</t>
+  </si>
+  <si>
+    <t>Madrilgo ETEentzako digitalizazio proiektuetarako laguntzak - 2024</t>
+  </si>
+  <si>
+    <t>2024-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744066</t>
+  </si>
+  <si>
+    <t>Madrilgo ETEentzako digitalizazio proiektuetarako laguntzak - 2023</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677389</t>
+  </si>
+  <si>
+    <t>Berrikuntza egiaztatzeko emakidak 2023rako deialdia</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713676</t>
+  </si>
+  <si>
+    <t>Talde ahulenentzako bonu digitalak mrr-c15.i3 (entitate kolaboratzaileak)</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704006</t>
+  </si>
+  <si>
+    <t>720007 72300 4400 412108 'PDR EAFDER 2014-2020 2014-2020 aurrekontu-partidaren kargura 2.100.000,00 euroko urte anitzeko gastua baimentzea. intia' bidezko aholkularitza zerbitzuak, 2023 eta 2024ko gastu aurrekontuarenak</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/697013</t>
+  </si>
+  <si>
+    <t>Oinarri arautzaileak eta nekazaritza-ustiategietan inbertsioetarako laguntzen deialdia PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753408</t>
+  </si>
+  <si>
+    <t>Inklusio soziolaboralerako proiektu pilotu berritzaileak pers.mvi-rgi- ii</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720840</t>
+  </si>
+  <si>
+    <t>Inklusio soziolaboralerako proiektu pilotu berritzaileak pers.mvi-rgi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720839</t>
+  </si>
+  <si>
+    <t>Energia berriztagarri termikoak sektore ezberdinetan ( mrr )1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720508</t>
+  </si>
+  <si>
+    <t>Energia termiko berriztagarriak sektore ezberdinetan (mrr)2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720519</t>
+  </si>
+  <si>
+    <t>Lehendik dauden eraikinen birgaitze energetikoa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720515</t>
+  </si>
+  <si>
+    <t>Energia eta hidrogeno berdea plan osagarria</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720445</t>
+  </si>
+  <si>
+    <t>Autokontsumoa eta biltegiratzea, energia iturri berriztagarriekin mrr (1)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720512</t>
+  </si>
+  <si>
+    <t>Autokontsumoa eta biltegiratzea, energia iturri berriztagarriekin mrr (3)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720514</t>
+  </si>
+  <si>
+    <t>Autokontsumoa eta biltegiratzea energia berriztagarriekin mrr (2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720513</t>
+  </si>
+  <si>
+    <t>Ikerketa programarako laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720492</t>
+  </si>
+  <si>
+    <t>Subv.nominat.euskal trenbide sarea digitaliz.sist.cancel.estac.ferrov. hurrengoa</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719894</t>
+  </si>
+  <si>
+    <t>nekazaritza asegurua</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742739</t>
+  </si>
+  <si>
+    <t>Udal talde eta elkarteentzako diru-laguntza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687437</t>
+  </si>
+  <si>
+    <t>GARAPENA ETA BERRIKUNTZA TEKNOLOGIKOA ZENTROAREN LAGUNTZAK, ENPRESA BERRITZAILEEN HAZKUNDEA SUSTATZEKO INBERTSIOA EPE (2024)</t>
+  </si>
+  <si>
+    <t>Nazionala</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747686</t>
+  </si>
+  <si>
+    <t>GARAPEN TEKNOLOGIKO ETA BERRIKUNTZA ZENTROAREN LAGUNTZAK, I+G PROIEKTUAK FINANTZATZEKO EPE (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747728</t>
+  </si>
+  <si>
+    <t>GARAPENA ETA BERRIKUNTZA TEKNOLOGIKOA ZENTROAREN laguntzak, EPE Berrikuntza Teknologikoko Proiektuak finantzatzeko (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747735</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministroaren Agindua, Espainiako Botanikako Elkarteari (SEBOT) ematen duena.</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743764</t>
+  </si>
+  <si>
+    <t>CDTI laguntzak arrantza eta akuikultura sektoreko berrikuntza proiektuetarako eta arrantza eta akuikultura produktuen eraldaketa eta merkaturatzeko jardueretan inbertsio proiektuetarako.</t>
+  </si>
+  <si>
+    <t>2023-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731454</t>
+  </si>
+  <si>
+    <t>2023ko uztailaren 25eko Akordioa, Ministroen Kontseiluarena, Iberoamerikako Estatuen Erakundeari (OEI) borondatezko ekarpena egiteko baimena ematen duena, hezkuntza-berrikuntza eta ikerketa-sare iberoamerikarrarentzat.</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712290</t>
+  </si>
+  <si>
+    <t>Espainiako mapa eta nekazaritzako elikagaien kooperatiben hitzarmena, 2023. urtean diru-laguntza emateko, nekazaritzako elikagaien kooperatiben lehiakortasunerako eta modernizaziorako eta gobernu kontseiluetan prestakuntza, berdintasuna eta belaunaldi aldaketarako.</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709807</t>
+  </si>
+  <si>
+    <t>"Aktibatu industria 4.0" ekimenaren bidez eraldaketa digitala sustatzera bideratutako laguntzak, berreskuratze, eraldaketa eta erresilientzia planaren barruan.</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707790</t>
+  </si>
+  <si>
+    <t>Garapen teknologikorako eta berrikuntzarako zentroaren laguntzak, enpresa berritzaileen hazkundea hobetzeko inbertsioetarako epe.</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694661</t>
+  </si>
+  <si>
+    <t>Garapen eta berrikuntza teknologikorako zentroaren laguntzak, I+G proiektuak finantzatzeko epe (2023)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694664</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, ibercivis fundazioari hainbat erakunderi zuzeneko diru-laguntzak ematea arautzen duen 732/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen diona.</t>
+  </si>
+  <si>
+    <t>2023-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669959</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, entitate ezberdinei bikaintasun-proiektuak garatzeko diru-laguntzak ematen dizkiena, Kataluniako Fundació Institució dels Research Centers (i-cerca) erakundearen alde.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669850</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, Nafarroako Unibertsitatearen Zientzia Museorako 732/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/670013</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, 732/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen duena, Mondragon Unibertsitateko Goi Eskola Politeknikoaren alde.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669987</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua 732/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen duena, Teruel – Dinópolis Paleontologikoko Fundazio Bateratuaren alde.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669937</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, 768/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen duena, Tarrasense baldintzatzaile-entitatearen alde, 3D inprimatzeko hub proiekturako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669904</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, 768/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen duena, Josep Carreras Leuzemia Ikerketa Institutuaren (IJC) Fundazioaren alde, minbiziaren proteoma proiektuari egindako ekarpenagatik.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669967</t>
+  </si>
+  <si>
+    <t>CDTIren laguntzak berrikuntza teknologikoko proiektuetarako (DANA ZABALTZEKO LERRO ZUZENA)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808689</t>
+  </si>
+  <si>
+    <t>CDTIren laguntzak berrikuntza teknologikoko proiektuetarako (DANA INNOVATION HOTLINE)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808683</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA ASEGURUAREN URTEKO PLANA 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>DANAk eragindako nekazaritza-ustiategietan errenta-galera konpentsatzeko ezohiko laguntzak</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813406</t>
+  </si>
+  <si>
+    <t>Nekazaritza Aseguruak</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814078</t>
+  </si>
+  <si>
+    <t>Garapen eta Berrikuntza Teknologikorako EPE Zentroaren laguntzak I+G proiektuak finantzatzeko (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko otsailaren 12koa, 2025. urterako Nekazaritza Aseguruen Plan Bateratuaren esparruan nekazaritza aseguruak harpidetzeko diru-laguntzetarako deialdia egiten duena eta diru-laguntzei dagokienez zehaztapenak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>Eskaera Kredituen Eskuragarritasuna ComerciO 2025 LERROA 1. ESTABLEZIMENDU BERRIA</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Eskaera Kredituaren erabilgarritasuna Merkataritza 2025 LERROA 2 MANT. EZORTU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Subv Nekazaritzako elikagaien eraldaketa, merkaturatzea eta garapena</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779378</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA ELIKAGATURIKO KOOPERATIBOAK CV-AN INTEGRATZEKO DIRU-LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763626</t>
+  </si>
+  <si>
     <t>2023-2027 NEKAZAR POLITIKA ERKOMUNAREN (PEPAC) PLAN ESTRATEGIKO NAZIONALAREN 7119.2 ESKU HARTZEKO ESPARRUAN 2023-2027 ADERISAREN TOKIKO GARAPENERAKO ESTRATEGIAN OINARRITUTAKO laguntzen deialdia.</t>
   </si>
   <si>
     <t>2024-09-15</t>
   </si>
   <si>
     <t>2027-12-31</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783345</t>
   </si>
   <si>
     <t>AGINDUA Trans Ekologia eta Energia kontseilari, energia-erkidegoak sortzeko eta funtzionatzeko lehiakortasunik gabeko konkurrentzia-erregimenaren oinarri arautzaileak ezartzen dituena eta deialdia egiten duena, E. Energia Iraunkorra Kanariar Uharteak P2-L2 NG Funtsak (C7, I2)</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782532</t>
   </si>
   <si>
-    <t>Subv Nekazaritzako elikagaien eraldaketa, merkaturatzea eta garapena</t>
-[...1049 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+    <t>Espainiako Nekazaritza Politika Nazionalaren Plan Estrategikoaren (PEPAC) esparruan, Nekazaritza Produktibitate eta Jasangarritasunerako Europako Berrikuntza Lankidetzako (AEI-Agri) eskualdez gaindiko talde operatiboek interes orokorreko berrikuntza-proiektuak prestatu eta gauzatzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
   </si>
   <si>
     <t>Eskualde anitzeko prestakuntza programak 2025</t>
   </si>
   <si>
-    <t>2025-05-08</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-28</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
   </si>
   <si>
-    <t>Espainiako Nekazaritza Politika Nazionalaren Plan Estrategikoaren (PEPAC) esparruan, Nekazaritza Produktibitate eta Jasangarritasunerako Europako Berrikuntza Lankidetzako (AEI-Agri) eskualdez gaindiko talde operatiboek interes orokorreko berrikuntza-proiektuak prestatu eta gauzatzeko laguntzak.</t>
-[...5 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+    <t>2025eko apirilaren 30eko Agindua, nekazaritzako elikagaien elkarte-erakundeen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 2. lerroa - Andaluzian nekazaritza-elikagaien elkarteen bat-egitea sustatzeko eta bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Basogintzako berrikuntza eta zabalkundea sustatzeko oinarri arautzaileak eta proposamenen deialdia onartzea, 2025 eta 2026 aldian</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Ez dut berandutze-interesik sortzen lehenengo 6 hilabeteetan zerga-zorraren ordainketa atzeratzeagatik, 6/2024 Errege Lege Dekretuaren 8.2 artikuluaren arabera. Nekazaritza. 2024. urtea</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 17ko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako (AVFGA) zuzendariarena, ureztatzeko komunitate eta komunitateetan azpiegiturak eta ureztatze sistemak modernizatzeko inbertsioetarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa. Diru-sarrerak Bermatzeko Proiektuak</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 21eko Ebazpena, Landa Inguruneko eta Nekazaritza Politikako Sailarena, nekazaritza-elikagaien produktuen lehiaketak egiteko irabazi-asmorik gabeko erakundeei diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 16ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, diru-laguntzen 1. deialdia, 7161 esku-hartzea "Nekazaritza Berrikuntzarako Europako Elkartearen Kooperatiba Talde Operatiboak"</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietako inbertsio-laguntzen oinarri arautzaileak eta 2025erako eskaeren deialdia (PEPAC 2023-2027)</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako laguntzak emateko oinarri arautzaileak eta 2025erako deialdia (Ingurumen Helburua) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>EZTIA EKOIZTEKO ETA MERKATURATZEKO LAGUNTZA 2025EKO URTEKO FEAGA</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 22ko Ebazpena, Idazkaritza Nagusiarena, zeinaren bidez 2025erako nekazaritza-erakunde profesionalei eta irabazi-asmorik gabeko elkarte-erakundeei laguntzak emateko deialdia egiten den, lehia-erregimenean.</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 17ko Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, Valentziako Erkidegoko (EB) abeltzaintzako ustiategien lehiakortasuna eta iraunkortasuna hobetzeko 2025. urterako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA-USTEGIAK MODERNIZATZEKO ETA/EDO HOBEKUNTZARAKO INBERTSIO-LAGUNTZA 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 21eko EBAZPENA, Asturiasko Printzerriko nekazaritza-ustiategi txiki eta ertainetan ATRIASek egindako aholkularitza-zerbitzuetarako diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Ingurumen ministroaren ebazpena, Balear Uharteetan irabazi-asmorik gabeko erakundeentzako ingurumen-hezkuntzako jardueretarako 2025eko ekitaldirako diru-laguntza publikoak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 2ko SGIM ebazpena, Almeriako probintzian "Berrikuntza eta iraunkortasuna Almeriako nekazaritzako industria laguntzailean" traktore-proiekturako trantsizio bidezko pizgarriak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 2ko SGIM ebazpena, Almeriako probintzian "Almeriako nekazaritzako industria laguntzailean berrikuntza eta iraunkortasuna" traktore-proiekturako trantsizio bidezko pizgarriak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 5eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako (AVFGA) zuzendariarena, Valentziako Erkidegoko 2023-2027ko NEPB Plan Estrategikoaren 7119.02 LEADER esku-hartzean aurreikusitako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiaren Ebazpena, 2025. urterako, Xylella fastidiosa bakterioa desagerrarazteko eta kontrolatzeko konpentsazio-laguntzen oinarri arautzaileak onartzen dituen 6/2024 Aginduan aurreikusitako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Ura, Abeltzaintza eta Arrantza Ministerioaren Ebazpena, Valentziako Komunitatean ekoizpen ekologikoaren ziurtagirirako 2025. urterako laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 8ko Ebazpena, Andaluziako nekazaritza eta landa garapen sektorea ordezkatzen duten erakunde eta entitateei diru-laguntzak emateko deia egiten duena</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Basoen defentsarako taldeen (ADF) jarduerak sustatzeko diru-laguntzak 2025erako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 7ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, kooperatibak eta langileen jabetzako sozietateak sortzea eta enplegua sustatzeko 2025eko programaren diru-laguntzak iragartzen dituena. II. Programa.- Inbertsioak</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Erlezaintza sektorearen esparruan eztia ekoizteko eta merkaturatzeko laguntzak eskatzeko deialdia.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako Osasun Defentsa Taldeei laguntza animalien gaixotasunak prebenitzeko, kontrolatzeko eta desagerrarazteko osasun programak ezartzeko, 2025. urtea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Nekazaritza-produktuen sustapenerako laguntza, abeltzaintzako lehiaketak antolatuz, 2025erako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 6ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, 2025. urterako Nekazaritza Erakunde Profesionalentzako diru-laguntzak deitzen dituena, nekazaritza sektoreko zerbitzu-jarduerak sustatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa Diru-sarrerak Bermatzeko Proiektuetarako</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa Enplegu Egonkorra Sortzen duten Proiektuetarako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>2025EKO NEKAZARITZA ENPLEGUA SUSTATZEKO PROGRAMARAKO DIRU-LAGUNTZAK, DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>Ceutako hiri autonomoko turismo-enpresetan energia-eraginkortasuneko eta ekonomia zirkularreko proiektuak finantzatzeko diru-laguntzak emateko oinarri arautzaileak, suspertze, eraldaketa eta erresilientzia planaren esparruan.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>Lankidetza-ustiategien bidez berrikuntza teknologikoa sustatzeko diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>ARRANTZA PRODUKTUEN SUSTAPENERAKO, PROZESAMENDURAKO ETA MERKATURATZERAKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 15eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, 2025eko urterako Plan Estrategikoaren landa-garapeneko esku-hartzeen esparruan lankidetzarako laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>LANDA-EREMU DEPRESIOETAN NEKAZARITZAKO ENPLEGUA SUSTATZEKO PROGRAMA</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 19ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, esne-errendimenduaren jarraipena egiteko laguntzak eskatzen dizkiena ofizialki aitortutako erakundeei.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA ETA LANDA GARAPENEKO MINISTERIOAREN AGINDUA, MIHI-BIRUSAREN 3. SEROTIPOAK ERAGINDAKO ABELTZAINTZA-USTEGIETAN DUEN ONDORIOAK ARINTZEKO SALBUESPENEZKO LAGUNTZEN OINARRI ARAUZKOAK EZARTZEN DITUENA</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 16ko Agindua, Aragoiko Gobernuko presidenteorde eta Lehendakaritza, Ekonomia eta Justizia kontseilariarena, enpresa txiki eta ertainei digitalizazio jardueretarako laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta/edo ingurumen sektoreekin zuzenean edo zeharka lotutako integrazio enpresentzako eta enplegu zentro berezientzako laguntza deialdia. LEADER diru-laguntzak Ibiza eta Formenterarako</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Akordioa, nekazaritza-ustiategi gazte eta berrien titularrentzako Enpresa Kudeaketa Estrategikoko Planen diseinua eta ezarpena proiektuaren onuradun diren nekazaritza-ustiategietan inbertsioetarako laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 22ko Ebazpena, Garapen Teknologiko eta Berrikuntzarako Zentroaren (EPE) (CDTI) Lehendakaritzarena, Zientzia eta Berrikuntza Misioetako I+G proiektuetarako 2025eko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, aloe vera eta oliba ekoizleentzako azaleraren araberako laguntzak iragartzen dituena 2025eko uzta-kanpainarako.</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>Ibizako uharteko nekazaritza-ingurunea eta agrodibertsitatea berreskuratzeko, mantentzeko eta finkatzeko diru-laguntzen deialdia 2025erako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 20ko Agindua, DANA 2024/2025 kalteek eragindako udalerrietako nekazaritza eta abeltzaintzako ustiategien jabeei zuzendutako diru-laguntzak emateko oinarri arautzaileak onartzen dituena, lehiakortasun erregimenaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>FEADERek nekazaritza-lurrak basoberritzea sustatzeko laguntzak, Madril 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>ENPRESEI LAGUNTZA NEKAZARITZA, SARITASUNA, BASO ETA INDUSTRIA GARAPENA, INBERTSIO PROIEKTUA 2025</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako bertako arrazen sustapenerako laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 26ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Urteko Nekazaritza Aseguru Konbinatuen Planetan sartutako nekazaritza aseguru polizak harpidetzeko diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 28ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo PEPAC 2023-2027 programaren esparruan Erlezaintzako Sektoreko Esku-hartze diru-laguntzen 2025eko erlezaintza kanpaina iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>2025EKO MAIATZAREN 29KO EBAZPENA, 4.2 LERROA Sozietate Arruntaren sartzea. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>SOD/TEC/23/24 Ebazpena, 2024ko martxoaren 20koa, 2024. urterako «I+Gko Langile Teknikoa» programarako diru-laguntzen lerroa deitzen duena. REG (EB) 1408/2013 de minimis, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>SOD/CERT/23/24 Ebazpena, 2024ko apirilaren 26koa, «LEHIA HOBEKUNTZA ETA MERKATU BERRIETAN SARTZEKO ZIURTAGIRIAK» programaren 2024. urterako diru-laguntzen lerroa deitzen duena. REG (EB) 1408/2013 de minimis, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>IND/19/2024 Agindua, maiatzaren 7koa, 2024. urterako INNOVA diru-laguntzen lerroa deitzen duena.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>SOD/EMPLEA/23/24 Ebazpena, 2024ko apirilaren 26koa, «EMPLEA» programaren 2024. urterako diru-laguntzen lerroa deitzen duena. REG (EB) 1408/2013 de minimis, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>Kantabriako artisautzarako laguntzak deitzen diren 2024 (nekazaritza produktuen lehen ekoizpena) Agindua.</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Kantabriako Gobernuaren arteko lankidetza hitzarmena, Sustapen, Lurralde Plangintza eta Ingurumen Ministerioaren eta Kantabriako Unibertsitatearen bitartez, garraio gaietan ikerketa sustatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Industria, Turismo, Berrikuntza, Garraio eta Merkataritza Ministerioaren eta Kantabriako Unibertsitatearen arteko lankidetza-hitzarmena, kontsumo-gaietan ikerketa sustatzeko</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>2024/05/03ko Ebazpena, Sustapen Ministerioarena, etxebizitzetan eta lehendik dauden etxebizitza-eraikinetan birgaitze energetikoko ekintzetarako laguntzak deitzen dituena, eraikinen eta eraikinen birgaitze energetikorako programa gauzatzeko.</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024-05-14koa, Nekazaritza Politika Erkidearen eta Nekazaritza Ingurumen Politikarako Sailburuordetzarena, zeinaren bidez deitzen diren 2024an azpineurrietarako prestakuntza-jarduerak egiteko laguntzak, izapidetze aurreratuaren prozeduraren bidez.</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko apirilaren 25ekoa, enpresa barruan lanbide-heziketako eta enplegurako proiektuak egiteko diru-laguntzen deialdia onartzen duena (5. sektorea), 2024. urterako. 1408/2013 REG (EB) de minimis , Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>2024. urterako enpresa dualetan eskariaren araberako prestakuntza programa finantzatzera zuzendutako diru-laguntzak. Nekazaritza enpresak. 1408/2013 (EB) Erregelamendua. FAFECYL-eko Enplegurako Prestakuntza Batzorde Exekutiboko Lehendakariaren 2024-05-15eko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>2024/12/03ko Ebazpena, NPB 2023-2027 Plan Estrategikoko 6961.1 esku-hartzerako laguntzak aldi berean eskatzen dituzten gazteentzako 6841.2 esku-hartzearen esparruan nekazaritza eta abeltzaintza ustiategiak hobetzeko eta/edo modernizatzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>LANKIDETZA HITZARMENA GAZTELA-MANTXAKO ETA IPEX NEKAZARITZA ELIKAGAIEN KOOPERATIBAK NAZIOARTEKOTZEKO</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024-05-16koa, Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiarena, zeinaren bidez, 2024. urtean izapidetzeko prozedura aurreratzeko deialdia egiten da, 2023an barne hartzeko konpromisoak 2023an jasotako laguntzetara zabaltzeko.</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren martxoaren 26ko xx/2024 Agindua, Gaztela-Mantxan nekazaritza aseguruak kontratatzeko laguntza osagarriak zuzenean emateko oinarri arautzaileak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>2023/02/24ko Agindua, Nekazaritza, Ur eta Landa Garapeneko Ministerioarena, Gaztela-Mantxako lurralde-eremuan ureztatzea modernizatzeko eta eraldatzeko laguntzak emateko oinarri arautzaileak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024-10-05ekoa, Nekazaritza eta Abeltzaintzako DGarena, Gaztela-Mantxako eztia ekoizteko eta merkaturatzeko baldintzak hobetzeko laguntzen deialdia egiten duena, 2024ko erlezaintza kanpainarako.</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren otsailaren 14ko xx/2024 Aginduak, ardogintzako azpiproduktuak kentzeko betebeharra arautzen duena, azpiproduktuak destilatzeko laguntzen oinarri arautzaileak zehazten ditu.</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko maiatzaren 3koa, Industria, Merkataritza eta Enplegu Ministerioarena, zeinaren bidez diru-laguntzak deitzen diren kooperatiba eta lan-sozietateen sorkuntza eta enplegua laguntzeko programaren 2024. urterako. I. PROGRAMA.- BAZKIDEEN ERAKUNDEA</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko maiatzaren 6koa, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo artisau-enpresen modernizazioa helburu duten diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko maiatzaren 3koa, Industria, Merkataritza eta Enplegu Ministerioarena, kooperatiba eta lan-sozietateen sorkuntza eta enplegua laguntzeko programaren 2024. urterako diru-laguntzak deitzen dituena. PROGRAMA II.- INBERTSIOAK</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>SOD/PLAN/24/24 Ebazpena, 2024ko maiatzaren 16koa, Kantabriako enpresen merkataritza sustatzeko planak egiteko 2024. urterako diru-laguntzen programarako deialdia egiten duena. REG (EB) 1408/2013 de minimis, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>Akordioa, 2024ko apirilaren 25ekoa, Gaztela eta Leongo Gobernuarena, Gaztela eta Leongo Enpresa Talde Berritzaileei VITARTIS eta CYLSOLAR diru-laguntzak zuzenean emateko baimena ematen duena.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko apirilaren 5ekoa, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo lantokietan lan-ongizatea laguntzen duten ekintzak burutzeko 2024. urterako diru-laguntza publikoak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko maiatzaren 7koa, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo merkataritzaren kudeaketa modernizatzera, digitalizatzera eta hobetzera zuzendutako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko maiatzaren 8koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, nekazaritza-ustiategien titularrak ingurumen- eta klima-garapeneko esku-hartzeetan sartzea eskatzen duena.</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko urtarrilaren 25ekoa, Industria, Merkataritza eta Enplegu Ministerioarena, 2024. urterako enplegu-zentro berezietan desgaitasuna duten langileen soldata-kostuak finantzatzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>2023ko abenduaren 22ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, nekazaritza, basogintza eta elikadura produktuak eraldatzeko eta merkaturatzeko diru-laguntzen deialdia egiten du, EAFDERek kofinantzatuta, j01 lerroa.</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2023ko irailaren 25ekoa, Gaztela eta Leongo Enplegu Zerbitzu Publikoko presidentearena, 2023-2024 2023-2024 nekazaritzako elikagaien sektore estrategikoetako enpresetan diharduten langileentzako prestakuntza-programarako diru-laguntzen deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>Agindua, 2023ko maiatzaren 30ekoa, Mugikortasun eta Eraldaketa Digitaleko Ministerioarena, bidaiarien garraio eta merkantzien garraioko enpresak modernizatzeko laguntzak deitzen dituena, prtr – next generation eu-ren esparruan.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>EBAZPENA, 2024. urterako merkataritza eta zerbitzuen arloko diru-laguntzak emateko deialdia irekitzen duena.</t>
+  </si>
+  <si>
+    <t>2024-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Nekazaritza Aseguruen Planaren ildoetarako laguntzak (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>Ingurumen Sailburuordetzaren Ebazpena, Ca-ko Landa Garapenerako Programaren esparruan baso-teknologietan inbertsioetarako eta baso-produktuak eraldatzeko, mobilizatzeko eta merkaturatzeko laguntzak emateko deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>2024. urteko elikagaien artisau gazte berritzaile onenaren saria.</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta abeltzaintzarako zuzeneko laguntzak eta 2024ko kanpainarako beste laguntza batzuk</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>Nekazaritza Aseguru Planaren ildoetarako laguntzak (agroseguro)</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>II fasea eskualdeko bulegoen trantsizio energetikoa</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>MELILLAKO UDALAREN ETA ENPRESA SORTZEKO ETA GARATZEKO (INCYDE) CAMERA INSTITUTE FUNDAZIOAREN ARTEKO LANKIDETZA HITZARMENA, "EMPRENDE Y AVANZA" PROIEKTUAREN BARRUKO HIRU PRESTAKUNTZA ETA LAGUNTZA PROGRAMA GARAPTZEKO.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko apirilaren 22koa, Valentziako Nekazaritza Garapen eta Berme Agentziaren zuzendariarena, Valentziako Erkidegoan 2024. urterako erlezaintzako sektorean esku hartzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>HEZKUNTZA LANKIDETZA HITZARMENA GENERALITATAREN ARTEKO, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA SAILAREN ETA CEU CARDENAL HERRERA UNIBERTSITATEAREN BIDEZ, 2024. EKITALDIAN DIRUZKO PRESTAKUNTZAK EGITEKO.</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko maiatzaren 8koa, Valentziako Nekazaritza Garapen eta Bermerako Agentziako zuzendariarena, Valentziako Erkidegoko Landa Garapenerako Programaren esparruan birmoldaketa eta berregituraketa plan kolektiboetarako laguntzetarako deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Berrikuntza sustatzeko eta indartzeko ekintza osagarriak ESTATU LAGUNTZAK EZ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>TOKIKO KLIMA EKINTZA SUSTATZEA, KLIMA ETA ENERGIAKO EKINTZA PLANAREN BIDEZ (ALKATEEN KLIMA ETA ENERGIA EGITEKO HITZARMENA) 2024KO EKITALDIAN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko apirilaren 30ekoa, IVACEko presidentearena, 2024ko aurrekontuaren kargura energia berriztagarrien arloko laguntzetarako deialdia egiten duena, Europar Batasunaren kofinantzaketarekin Eskualde Garapenerako Europako Funtsaren bidez.</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>LANKIDETZA-HITZARMENA LABORA-VALENTZIAKO ENPLEGU ETA PRESTAKUNTZA ZERBITZUAREN ETA AIMPLAS-ELKARTEAREN ARTEKO LANKIDETZA-HITZARMENA PLASTIKOA ETA HONEKUNTZAKO MATERIALAK IKERKETAKO IRAKASKUNTZAKO LANGABETZAILEEI ZUZENDARITZAREN EKINTZAK EGITEKO</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko maiatzaren 8koa, IVACEko lehendakariarena, zeinaren bidez energia elektrikoaren autokontsumoko instalazioak sustatzeko laguntzak deitzen diren energia berriztagarrien erkidegoen araubidean, 2024ko aurrekontuaren kargura.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Nekazaritza Politika Bateratuko Plan Estrategikoaren esparruan Ardoaren Sektorearen Esku-hartzea gauzatzeko diru-laguntza.</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>Berrikuntza sustatzeko eta indartzeko ekintza osagarriak. MINIMIS</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko otsailaren 15ekoa, Valentziako Nekazaritza Garapen eta Bermerako Agentziako zuzendariarena, 2023/2024 kanpainarako ardogintzako azpiproduktuak destilatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Ebazpena, zeinaren bidez deitzen den, 2024. urterako, Ekonomia Iraunkorra, Ekoizpen Sektore, Merkataritza eta Merkataritza Sailaren otsailaren 27ko 2/2020 Aginduaren 16. eta 17. artikuluetan araututako diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Hezkuntza, Unibertsitate eta Enplegu Ministerioaren eta Miguel Hernández Unibertsitatearen arteko hitzarmena, 2023-2024an eraikinak eta bikaintasuneko I+G azpiegiturak eraikitzeko eta eguneratzeko laguntza emateko - bikaintasuneko ikerketa-eraikinak</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Generalitatearen, Lehendakaritzaren bitartez, eta Alacanteko Unibertsitatearen arteko lankidetza-hitzarmena, Generalitateko Lehendakaritzako Komisarioaren funtzionamenduan lankidetzan aritzeko, erkidegoaren digitalizaziorako eta zibersegurtasunerako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>Extremadurako enpresa nazioartekotzeko eta atzerriko merkaturatzeko baldintzak hobetzeko 2024ko laguntzak, horiek deitzen dituen 2023ko urriaren 30eko ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>EOI Fundazioaren 2024ko apirilaren 30eko Ebazpena, FSP, PRTRren esparruan ekintzailetza-ekosistema berritzailea sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko martxoaren 21ekoa, ICEX Spain Exportation and Investments, EPEren bidez, OVUM Azokan Talde Parte hartzeko laguntzak deitzen diren 2024-XXVIII Latinoamerikako Hegazti Kongresua - Punta del Este (URUGUAY) - 2024ko azaroaren 12tik 15era.</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua nekazaritzakoak ez diren negozioak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR azpineurria), z/ XIII Deialdia (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Ikuspegia, MINIMIS Erregimenean, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ XII Deialdia (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua nekazaritzakoak ez diren negozioak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR azpineurria), z/ XXII Deialdia (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua nekazaritzakoak ez diren negozioak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR azpineurria), z/ VIII Deialdia (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua nekazaritzakoak ez diren negozioak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR azpineurria), z/ XII Deialdia (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Ikuspegia, MINIMIS Erregimenak ESTALITA EZ DU, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), XII Deialdiaren (PDR 2014-2020) GAL APRODERVI.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua, MINIMIS Erregimenean, nekazaritza produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ XXII Deialdia (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>2024ko zuzeneko diru-laguntzak nekazaritza-aseguru konbinatuen kontratazioa sustatzeko, abenduaren 19ko 286/2023 Dekretuaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>2023. Subv 2023ko nekazaritza enpresa pribatuei Enplegu Eskolen Lanbide Dualeko programako (ii. lerroaldea) proiektuetan parte hartzen duten pertsonak kontratatzeko, dei egiten duen 2023ko abuztuaren 9ko ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>2023. Subv. Nekazaritzakoak ez diren enpresa pribatuei, lanbide-eskolen lanbide-eskolen programako proiektuetan parte hartzen duten pertsonak kontratatzeko (ii. lerroaldea), horiek deitzen dituen 2023ko abuztuaren 9ko ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>2023. Subv 2023ko abuztuaren 9ko ebazpenaren arabera, nekazaritza-enpresa pribatuei landa lankidetza-programako (ii. lerroaldea) proiektuetan parte hartzen duten pertsonak kontratatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>Subv. 2023 nekazaritzakoak ez diren enpresa pribatuei, landa lankidetza-programako (ii. lerroaldea) proiektuetan parte hartzen duten pertsonak kontratatzeko, 2023ko abuztuaren 9ko ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>ebazpena, 2024ko martxoaren 18koa, nekazariek kalitate-erregimenetan parte hartzeko laguntzen oinarri arautzaileak ezartzen dituena, Landa Garapenerako Europako Nekazaritza Funtsarekin (FEADER) garapen-programaren esparruan finantzatuta.</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Oinarri arautzaileak eta 2024rako diru-laguntzen deialdia A Coruñako probintziako industria-sektoreko enpresetan iraunkortasuna energetikoa hobetzeko proiektu berezietarako,</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>Diru-laguntzen deialdia, lehiakortasun-araubidean, lehen mailako nekazaritza-ekoizpeneko enpresetan energia elektriko berriztagarria erabiltzeko ekipamendu-proiektuak eta energia aurrezteko eta eraginkortasunerako.</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>2024ko laguntzak Erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzen du, horiek deitzen dituen 2024ko maiatzaren 6ko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>2024ko urtarrilaren 11ko Aginduak, lehiakortasun-araubidean, merkataritza- eta artisau-sektorearen eraldaketa digitala, berrikuntza eta modernizaziorako diru-laguntzak emateko oinarri arautzaileak ezartzen ditu, eta honela jarraitzen du.</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Animalien elikadura-eskakizunak eta pentsuen nutrizio-balioa ekoizpena kudeatzeko baldintza desberdinetan</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>europarra</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-5-two-stage</t>
+  </si>
+  <si>
+    <t>Arrantzan klima-inpaktua gutxitzea: etorkizuneko klima-erregimenetarako arintzeko eta egokitzeko irtenbideak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-6-two-stage</t>
+  </si>
+  <si>
+    <t>Akuikulturan klima-inpaktua gutxitzea: etorkizuneko klima-erregimenetarako arintze eta egokitzapen irtenbideak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-7-two-stage</t>
+  </si>
+  <si>
+    <t>Nekazaritza ekologikoko sare tematikoak praktikatzeko prest dauden ezagutzak biltzeko eta partekatzeko</t>
+  </si>
+  <si>
+    <t>2024-02-28</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-10</t>
+  </si>
+  <si>
+    <t>Biodibertsitate-sare tematikoak praktikatzeko prest dauden ezagutzak biltzeko eta partekatzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-11</t>
+  </si>
+  <si>
+    <t>Basogintzari buruzko EBko aholkularitza sareen garapena</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-12</t>
+  </si>
+  <si>
+    <t>Abeltzaintza-sistema jasangarriei buruzko EBko aholkularitza sareen garapena</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-13</t>
+  </si>
+  <si>
+    <t>Eskualdeko berrikuntza ekosistemak elikadura sistemaren eraldaketa sustatzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-2</t>
+  </si>
+  <si>
+    <t>Prototipoen pertsonalizazioa/aurre-operazionalizazioa Azken erabiltzaileentzako zerbitzuak eremuko klima-aldaketaren egokitzapenean eta arintzean</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-5</t>
+  </si>
+  <si>
+    <t>Europako akordio berdea laguntzeko aplikazio berritzaileak garatzea, satelite meteorologikoen datuetan oinarrituta</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-6</t>
+  </si>
+  <si>
+    <t>Lan-baldintzak hobetzea eta plantilla indartzea digitalaren eta datuen teknologiaren bidez: robotikaren eta errealitate areagotuaren potentziala nekazaritzan</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-7</t>
+  </si>
+  <si>
+    <t>Zabaldu EIP lantaldearen emaitzak mugaz gaindi, gaikako sareen bidez praktikarako prest dauden ezagutzak biltzeko eta partekatzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-8</t>
+  </si>
+  <si>
+    <t>Praktikarako prest dauden ezagutzak biltzeko eta partekatzeko sare tematikoak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-9</t>
+  </si>
+  <si>
+    <t>Eskualdeek nitrogeno eta fosforoaren muga ekologiko eta eskualde seguruetan nola funtziona dezaketen erakustea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-1</t>
+  </si>
+  <si>
+    <t>Bigarren mailako lehengaietatik ongarritzeko produktuak berreskuratzeko edo birziklatzeko dauden teknikarik onenak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-2</t>
+  </si>
+  <si>
+    <t>Elikagaien sistemen ingurumen-inpaktuak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-3</t>
+  </si>
+  <si>
+    <t>Zero kutsadurarako, zero zabor biofindegietarako teknologia berritzaileak</t>
+  </si>
+  <si>
+    <t>2024-02-21</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Biomarkatzaileetan oinarritutako entsegu berriak minbiziaren tratamendu pertsonalizatua gidatzeko</t>
+  </si>
+  <si>
+    <t>2022-12-08</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-01</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Aerosolak eta Gainazalak Deskontaminazioa Pandemia Kudeatzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-02</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Energia biltegiratzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-03</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Europako Bauhaus eta Eraikuntzaren Arkitektura, Ingeniaritza eta Digitalizazioa Deskarbonizaziorako</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-04</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Emerging Semiconductor Components or Quantum Technology</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-05</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Nekazaritza Erresilienterako Teknologia Berriak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-06</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Bezeroek bultzatutako espazio teknologia eta zerbitzu berritzaileak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-07</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Open 2023</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01</t>
+  </si>
+  <si>
+    <t>Abokatu publiko eta pribatuentzako EIC berrikuntzak probatzeko laguntza</t>
+  </si>
+  <si>
+    <t>2023-11-07</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-innovpro-01-01</t>
+  </si>
+  <si>
+    <t>Ekosistemen bazkideen zerbitzuetarako finantza-laguntza</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-partners-01-01</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: Hozte garbia eta eraginkorra</t>
+  </si>
+  <si>
+    <t>2023-06-20</t>
+  </si>
+  <si>
+    <t>2023-10-25</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-01</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: AEC digitalizazioa diseinu, fabrikazio eta materialen hirukote berri baterako</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-02</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: Precision Nutrition</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-03</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: Elektronika arduratsua</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-04</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: Eguzki-energiaren bilketa espazioan aplikazio berritzaileetarako</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-05</t>
+  </si>
+  <si>
+    <t>Konektatutako eskualdeko berrikuntza-haranetarako kofinantzatutako ekintza-planak ezartzea</t>
+  </si>
+  <si>
+    <t>2023-05-17</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2023-connect-03-01</t>
+  </si>
+  <si>
+    <t>Afrikako Batasuna-Europar Batasuna Berrikuntza Plataforma</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-01-01</t>
+  </si>
+  <si>
+    <t>Startup europa</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-01-02</t>
+  </si>
+  <si>
+    <t>Ikaskuntza eta elkarrekiko laguntza eskema, nazio eta eskualdeko berrikuntza programetarako</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-02-02</t>
+  </si>
+  <si>
+    <t>Naturarako digitala</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-2</t>
+  </si>
+  <si>
+    <t>Biodibertsitatea, ekonomia eta finantzak: biodibertsitatearen galerarekin lotutako makrofinantza arriskuak ulertzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-4</t>
+  </si>
+  <si>
+    <t>Biodibertsitatearen galerari aurre egiten dion politika-nahasteen, gobernantzaren eta digitalizazioaren ekintza eraldatzailea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-5</t>
+  </si>
+  <si>
+    <t>Naturan oinarritutako irtenbideak erakustea klima aldakor batean ur-baliabideen kudeaketa jasangarrirako</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Naturan oinarritutako irtenbideek eta Europako Bauhaus berriak bizi-espazio eta komunitate jasangarri, inklusibo eta erresilienteetan laguntzeko duten potentziala erakustea.</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Circular Cities and Regions Initiative (CCRI-PDA) Proiektuak garatzeko laguntza</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-1</t>
+  </si>
+  <si>
+    <t>Irtenbide zirkular berriak eta ikuspegi deszentralizatuak ura eta hondakin-uren kudeaketarako</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-4-two-stage</t>
+  </si>
+  <si>
+    <t>Prozesu eta produktu biologikoen diseinu zirkularra</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-5-two-stage</t>
+  </si>
+  <si>
+    <t>Ozeano-ereduak sasoiko eta hamarkadetako eskualdeko klima-inpaktuetarako</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-6</t>
+  </si>
+  <si>
+    <t>Klima-neutroko landa-komunitateentzako berrikuntzak 2050. urterako</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Elikagaien produktu eta prozesu osasuntsu eta jasangarri berriak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-2</t>
+  </si>
+  <si>
+    <t>Elikagaien iruzurrari aurre egiten dion sare tematikoa, ikerketa eta berrikuntza praktikara eramanez</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-3</t>
+  </si>
+  <si>
+    <t>Klima-aldaketa eta elikadura-segurtasuna: klima-aldaketaren ondorioak elikadura-sistemen artean elikadura-segurtasunean</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-4</t>
+  </si>
+  <si>
+    <t>Proteina iturri alternatiboetan oinarritutako elikagai berrien garapenaren eragina</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-7</t>
+  </si>
+  <si>
+    <t>Elikagaien xahutzea prebenitu eta murriztea ingurumen-inpaktuak murrizteko eta 2030eko klima-helburuak lortzen laguntzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-8</t>
+  </si>
+  <si>
+    <t>Mikrobioma zaporea eta ehundura dieta organoleptikoen aldaketan</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-9</t>
+  </si>
+  <si>
+    <t>Landare izurriteen agerraldiei aurre egitea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-4-two-stage</t>
+  </si>
+  <si>
+    <t>Ekonomia urdin neutral, iraunkor eta produktibo baterako Europako lankidetzarako jarduera osagarriak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-1</t>
+  </si>
+  <si>
+    <t>Komunikabide nagusien, sare sozialen eta marketinaren eginkizuna kontsumo eredu osasuntsu eta iraunkorrak bultzatzeko eta praktika onak nola sustatzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-3</t>
+  </si>
+  <si>
+    <t>Hiriguneetan uraren kalitatea eraginkortasunez kontrolatzeko ikuspegi holistikoak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Enplegua Sustatzeko Programa. Diru-sarrerak Bermatzeko 2024ko Proiektuak</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>SEPE-LOCAL CORPORATIONS 2024 NEKAZARITZA ENPLEGUA SUSTATZEKO PROGRAMAKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA ENPLEGUA SUSTATZEKO PROGRAMA 2024 ERRENTA BERMATEKO PROIEKTUETAKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>Salbuespeneko diru-laguntza 2023, Landaluz Andaluziako nekazaritzako elikagaien salmenta-puntuetan sustatzeko “gusto del sur” kalitate eta sustapen markaren bitartez.</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>EEI/319/2024 AGINDUA, martxoaren 27koa, inbertsiorako eta hobetzeko laguntzak eta enpresa txikiak digitalizatzeko deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>EEI/ /2024 AGINDUA, maiatzaren 21ekoa, Aragoiko Autonomia Erkidegoan kanpo-merkataritzari lotutako ekintzak burutzeko 2024ko ekitaldirako laguntzak deitzen dituena, Aragoiko ETEek egindakoak.</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>AGA/…/2024 Agindua, maiatzaren 20koa, Aragoiko nekazaritzako elikagaien tokiko salmenta bultzatu eta sustatzeko diru-laguntzak deitzen dituena, 2024. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>Teruel probintziako ikerketa eta garapena eta industria berrikuntza sustatzen duten enpresa-inbertsio proiektuetarako laguntzak. FITE 2022</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>2024ko martxoaren 18ko Ebazpena, Herri Administrazio eta Kudeaketari buruzko Azterketa eta Ikerketako Blas Infante Sarien XX.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>AGA/xxx/2024 AGINDUA, apirilaren 22koa, 2024. urterako erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzera zuzendutako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>ARAGOKO GOBERNUAREN ETA HUESCA, TERUEL ETA ZARAGOZAKO MERKATARITZA, INDUSTRIA ETA ZERBITZUEN GABERAKO OFIZIOEN ARTEKO LANKIDETZA HITZARMENA, ARAGOKO KAMERAKO LEHIAKORTASUN PLANETATIK ERATORTUTAKO ETEEI BURUZKO EKINTZAK GAUZATZEKO.</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>Agindu horren bidez, nekazari gazteak ezartzeko eta nekazaritza-ustiategiak modernizatzeko eta/edo hobetzeko diru-laguntzak deitzen dira, 2023-2027 aldirako NPB plan estrategikoaren esparruan, 2024. urterako.</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>Sati - ETE hitzarmena Zaragozako Merkataritza, Industria eta Zerbitzu Ganberarekin</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Satipymes hitzarmena Huescako Merkataritza, Industria eta Zerbitzu Ganberarekin</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Satipymes hitzarmena Terueleko Merkataritza, Industria eta Zerbitzu Ganberarekin</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>Deialdi instrumentala 2024. zientziaren eta ikerketaren zuzendaritza orokorra. dept. hezkuntza, zientzia eta unibertsitateak. zuzeneko diru-laguntzak. Maiatzaren 3ko 2/2023 Legegintzako Dekretuaren bidez onartutako Aragoiko diru-laguntzen legearen testu bategina.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>Aragoiko gobernuaren eta Ekologia eta Garapenerako Fundazioaren arteko lankidetza-hitzarmena "Aragoiko etxebizitzetarako aholkularitza energetikoa. biztanleria orokorra" proiektua gauzatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuaren eta Zaragozako Unibertsitatearen arteko kontratu-programa orokorra, Zaragozako Unibertsitateko irakasle eta ikertzaileen banakako merezimenduei lotutako ordainsari osagarri osagarriak esleitzeko eta finantzatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Ekonomia, Enplegu eta Industriako bigarren presidenteordearen eta kontseilariaren Agindua, zeinaren bidez diru-laguntza bat ematen zaio Zaragozako eta Aragoiko pertsona gorren (asza) pertsona gorrei lan-bitartekaritzako zerbitzuak eskaintzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Azaroaren 7ko aga/1611/2023 Aginduak, lehortearen ondorioz eta sektorearen egungo arazoak direla eta Aragoiko nekazaritza-ustiategiak finantzatzeko emandako ezohiko laguntzen bbrr ezartzen dituenak, 2023-2024rako deialdi irekia onartzen du.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>Aragoiko enplegu institutuak eta Huesca, Teruel eta Zaragozako merkataritza, industria eta zerbitzu ganbera ofizialen artean sinatutako lankidetza hitzarmena, “45+ programa” aurrera eramateko.</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuaren eta Aragoiko Merkataritza, Industria eta Zerbitzu Ganbera Ofizialen Kontseiluaren arteko lankidetza-hitzarmena erakunde laguntzaile gisa, bidaiariak eta salgaiak garraiatzen dituzten enpresa pribatuak modernizatzeko laguntzak kudeatzeko.</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>2024ko Nekazaritzako Lanbide Erakundeei beren funtzionamendu-gastuak ordaintzen laguntzeko diru-laguntzak baimentzen dituen hitzarmena</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko maiatzaren 3koa, Landa Inguruneko eta Nekazaritza Politikarako Ministerioarena, Asturiasko Printzerrian aitortutako Abeltzaintza Osasunaren Defentsarako Taldeei (ADSG) laguntzak emateko deialdia egiten duena 2024. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>2024/04/25 Ebazpena, Asturiasko Zientzia, Enpresa Lehiakortasun eta Berrikuntza Agentziaren 2024. urteko Eraldaketa Digitaleko laguntzen programarako diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova 2023-2024 ikasturterako UV gradu, master eta doktoregoko ikasle ofizialei zuzenduta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko otsailaren 15ekoa, Trantsizio Ekologikoko, Industria eta Ekonomiaren Garapeneko Ministerioarena, merkataritza txiki eta ertainaren lehiakortasuna, berrikuntza eta digitalizazioa hobetzeko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta elikadura produktuak kalitate araubidean sustatzeko diru-laguntzak. deitu 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Nekazari gazteentzako enpresak sortzeko diru-laguntzak. deitu 2024</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako diru-laguntzak, 2024. urteari dagozkion bigarren deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Norbanakoentzako energia-iturri berriztagarri/termikoak dituzten autokontsumo instalazioak sustatzeko diru-laguntzak</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>Energia berriztagarriekin eta energia-eraginkortasunarekin autokontsumo ekintzak sustatzea ETEentzat</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Nekazaritzako aseguru konbinatuak kontratatzeko laguntzak Balear Uharteetako autonomia erkidegoan nekazaritza aseguru konbinatuen 45. planari dagozkionak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako enpresa talde berritzaileen funtzionamenduari zuzendutako laguntzen deialdia 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Balear Uharteetatik kanpo egonaldi laburrak egiteko doktorego aurreko eta doktorego ondoko ikertzaileentzako laguntzak</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2025-08-04koa, Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiarena, Gaztela-Lan Nekazaritza Politika Erkidearen Plan Estrategikoaren esparruan Erlezaintzako Esku-hartze Sektorialaren laguntzak emateko deialdia egiten baita.</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Hondamendi naturalak eragindako belar, bazka eta aromatiko, baratzezaintza eta mintegietako ustiategietako titularrei laguntza osagarriak zuzenean emateko prozedura PDRCV (M23)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2025eko apirilaren 7koa, Landa Inguruneko eta Nekazaritza Politikarako Ministerioarena, Oinarri Arautzaileak eta Nekazaritza eta Abeltzaintzarako zuzeneko ordainketa moduko Esku-hartzeetarako Deialdia eta Esku-hartzeak onartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko apirilaren 8koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo Erkidegoko mahasti-bilketa berderako laguntzak iragartzen dituena 2025eko mahats-bilketarako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>2025-08-04ko Ebazpena, Murtziako Eskualdea Sustatzeko Institutuko zuzendariarena, eskuordetzaz, berrikuntza eta lehiakortasun zerbitzuen kontratazioa bultzatzeko urte anitzeko laguntzen deialdiarena. Nazioartekotzearen egiaztapena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>2025/4/7ko Ebazpena, Asturiasko Zientzia, Enpresa Lehiakortasun eta Berrikuntza Agentziarena, Asturiasko Printzerrian I+G proiektuak gauzatzeko diru-laguntzen deialdia onartzen duena 2025eko ekitaldirako.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>2025. urteari dagozkion abeltzaintzako simaurra kudeatzeko tratamendu berritzaileak garatzeko eta baliozkotzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>ETE Innova 2025 - Sevillako Ganberarako deialdia</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>PDRren esparruan Kataluniako 2023-2027 2025eko edozein urterako ustiapen kontratu globalari lotutako nekazaritza dibertsifikazioari de minimis doikuntzak.</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>2025. urteari dagozkion nekazaritzako elikagaien eraldatzeko eta merkaturatzeko prozesuak hobetzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>ERRIOXA - ERRIOXAKO EKONOMIA GARAPEN AGENTZIA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>ESTATUA - LAN ETA GIZARTE EKONOMIA MINISTERIOA - CASTELLÓ/CASTELLÓKO SEPEko FORU BURUZKOA</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>PEPAC 2023-2027 landa-garapenerako esku-hartzearen ingurumen- eta klima-kudeaketa konpromisoei dagozkien arroz-ekoizleentzako laguntza-eskaerak egiteko deialdia. Murtziako Eskualdeko arroz-erreserbaren babesa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta elikagai produktuen kalitate-eskemetarako laguntzak, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 16ko Ebazpena, nekazaritzako elikagaien kalitate-izendapenetarako kontseilu arautzaileek garatutako kalitate-programetarako laguntzen oinarri arautzaileak ezartzen dituena eta 2025erako deialdia egiten duena (prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 25eko Ebazpena, Espainiako Nekazaritza Berme Funtsarena (FEGA), PEPAC nekazaritza-elikagaien produktuen eraldatzean, merkaturatzean edo garapenean inbertsio ukigarri edo ukiezinen laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 1.- FEDERAZIOAK ETA KOOPERATIBA BATASUNAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 2.- NEKAZARITZA ERAKUNDE PROFESIONALAK (Mallorcako egoitza)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 3.- NEKAZARITZA ERAKUNDE PROFESIONALAK (Menorcako egoitza)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 30eko Agindua, nekazaritzako elikagaien elkarte-erakundeen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 1. lerroa - Nekazaritza-elikagaien elkarteen integrazioa sustatu eta bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Autokontsumorako diru-laguntzak eta energia-eraginkortasuneko ekintzak jabeen erkidegoetan</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, Nekazaritza Aseguruaren harpidetza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>Talde ahulenentzako bonu digitalak jaulkitzeko programa ezartzeko laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Kanariar Uharteetako biztanleriaren gaitasun digitalak hobetzeko diru-laguntzen deialdia 2024</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>GIZARTE ONGIZAZIO ETA FAMILIA SAILAREN ETA ZARAGOZAKO UNIBERTSITATEAREN ARTEKO LANKIDETZA HITZARMENA, DESGAITASUNA DUTEN PERTSONEN LAN INSERZIOA 2024 NEURTEKO SISTEMA GARATZEKO IKERKETA PROIEKTU BAT EGITEKO.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>2024KO KANPAINERAKO, ALOE VERA ETA OLIBO EKOIZLEEI AURREAN LAGUNTZAK, KANARIA UHARTEKO NEKAZARITZA EKOIZPENEI LAGUNTZEKO KOMUNITATE PROGRAMAKO I.8 EKINTZAN AURREZTU DITUEN AGINDUA</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>SUBV. NEKAZARITZA EKOIZPEN POTENTZIALAREN BERRERAIKETA, LA PALMA SUMENIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>Digitalizaziorako eta merkataritza-sektorearen ezagutzarako laguntza programa</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>2024ko kanpainarako i.1 ekintza deitzen den agindua. "Kanariar Uharteetan bildutako fruta, barazkiak, sustrai eta tuberkulu jangarriak, loreak eta landare biziak merkaturatzeko laguntzak"</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>Kanaria Handiko merkataritzaren eraldaketa digitalaren laguntza eta tutoretza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Subv. ayto. fuecaliente - proiektu berritzaileak erronka demografikoa</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Oinarri arautzaileak eta deialdia subv. dest. forma mrr gaitasun digitalak</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>Subv. proiektua energetikoki iraunkorra den aire basea</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko maiatzaren 14koa, (FEGA), zeinaren bidez, aldez aurretik autonomiaz gaindiko aholkularitza-zerbitzuetarako diru-laguntzak iragartzen dira, nekazaritzako elikagaien eta basogintzaren sektoreari zuzenduak, PEPACen esparruan.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>SOD/FER/23/24 Ebazpena, 2024ko apirilaren 11koa, 2024. urterako “KANTABRIAN ENPRESA ETA JARDUNALDIAK ANTOLATZEA” programarako diru-laguntzen lerroa deitzen duena. REG (EB) 1408/2013 de minimis, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Nekazaritza-erakunde elkartuei kudeaketa tekniko-ekonomikoa barne hartzen duten aholkularitza-zerbitzuak emateko lankidetzarako laguntzen deialdia, Kantabriako Autonomia Erkidegoko nekazaritza-ustiategiei 2024. urterako.</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>Klima-aldaketara arintzen-egokitzen laguntzeari, baliabide naturalen erabilera eraginkorrari eta Kantabriako nekazaritza-ustiategiak modernizatu edo/eta hobetzeari lotutako inbertsio produktiboak egiteko laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Elikagaien industriak egindako eta Kantabriako 2023-2027 nekazaritza politika erkidearen plan estrategikoan jasotako nekazaritza produktuak eraldatzeko eta merkaturatzeko inbertsio proiektuetarako lehen laguntzetarako deialdia.</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA ASEGURUAREN URTEKO PLANA 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>Landa Garapen, Abeltzaintza, Arrantza eta Elikadura sailburuaren 2024ko apirilaren 24ko Ebazpena, eztia ekoizteko eta merkaturatzeko laguntzak deitzen dituena, erlezaintzako sektorearen esku-hartzearen esparruan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>SOD/+TAL/23/24 EBAZPENA, 2024KO MARTXOAREN 20KOA, “+ TALENTA” BEKA-LERROA DEIALTZEKOA. MERKATARITZAKO LANGILE TEKNIKOAREN KONTRATAZIOA”. REG (EB) 1408/2013 de minimis, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>Enpresen lehiakortasun-bonuen diru-laguntzak: Berrikuntza 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Biki digitalak. 1. erronka. Ureztatze-bikia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>"Ikasleen Gaitasun Digitala Sustatzen duten Hezkuntza Esperientziaren Lehen Sari Nazionalak"</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Erlezaintza Sektorearen Esku-hartzeari dagozkionak - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>GALIZIAKO SUSTAPEN EKONOMIKORAKO INSTITUTUAREN (IGAPE) ETA GALIZIAKO INDUSTRIAREN DIGITALIZAZIORAKO ELKARTEAREN (DIHGIGAL) ARTEKO HITZARMENA, BERRIKUNTZA DIGITALAREN GUNEAREN KUDEAKETA ETA KOORDINAZIO KOSTUEN FINANTZAKETARI JARRAITUTASUNA EMATEKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ENPLEGUA SUSTATZEKO PROGRAMA 2025 (Enplegu Egonkorra)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa (Diru-sarreren Bermea)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>FEADER. NEKAZARITZA ETA ABELTZAINTZA ORGANIKOAREN LAGUNTZA. PEPAC. 2025-2029 PROGRAMA ETA URTEKOA</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo arraza garbiko zaldien hazkuntza sustatzeko eta erregistro genealogikoetan izena emateko diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>2025erako laguntza deialdia Kantabriako Nekazaritza Erakunde Profesionalei eta Nekazaritza Kooperatibei, NBEUF eta LGENFk finantzatutako laguntza deialdirako eskaerak betetzen laguntzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Erlezaintza Sektorearen Esku-hartzeari dagozkionak - EIVISSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Erlezaintza Sektorearen Esku-hartzeari dagozkionak - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, erlezaintzako sektorearen esku-hartzeari dagozkionak - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>2025ari dagokion 2023-2027ko NPEB Plan Estrategikoaren esparruan, kontserbazio-erakundeei zuzendutako nekazaritzako baliabide genetikoen kontserbaziorako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez ezartzen den Gaztela-Mantxan nekazaritza aseguruen kontrataziorako laguntza gehigarrien deialdia, Nekazaritza Aseguru Konbinatuaren berrogeita seigarren Planean (2025eko Plana) sartuta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 30eko Ebazpena, Nekazaritza-Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioak Fruit Attraction 2025 nekazaritza-elikagaien azokara joateko kontratatuko duen standean taldeka parte hartzeko laguntza espezifikoak den minimis erregimenean.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, JATORRI-IZENDAPENA DUTEN ARDOAK EKOIZTEKO MAHATSA-LABORANTZA MANTENTZEKO HEKTARAKO LAGUNTZAK IRAGARRITZEN DITUENA 2025EKO KANPAINARAKO</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>UCLMko Kultura, Kirol eta Gizarte Konpromiso Errektoreordetzaren 2025eko udako ikastaroan izena emateko 20 beka deialdia "Ekintzailetza Albaitaritza eta Nekazaritza Sektorean: Aukerak eta Erronkak" CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>2025eko de minimis erregimenaren pean azoketan parte hartzeko eskaeren deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>EKINN+ 2025 PROGRAMA: ENPRESA EKIMEN BERRITZAILE BERRIEN SORKUNTZA, HAZKUNDEA ETA FINKATZEA SUSTATZEKO PROGRAMAN PARTE HARTZEAREN OINARRIAK.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>EKINN TALENTU PROGRAMA. Diru-laguntzen programa bat da, Donostiako enpresa eta erakundeetan proiektu berritzaileak garatzeko profesional kualifikatuak kontratatzea sustatzeko.</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>TEKNOLOGIA BONUEN PROGRAMA. DONOSTIAKO ENPRESA PROIEKTU BERRITZAILEEN LEHIAKORTASUNA SUSTATU ETA HOBETZEKO TEKNOLOGIA TRANSFERENTZIARAKO LAGUNTZA PROGRAMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>ESTRATEGIA PROGRAMA. DONOSTIAKO ENPRESA PROIEKTU BERRITZAILEEN HAZKUNDEA LAGUNTZEKO LAGUNTZA PROGRAMA.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>Ikerketa-emaitzen balorizazioa eta enpresei transferitzea. ESTATU-LAGUNTZARIK EZ</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>Berrikuntza sustatu eta indartzeko ekintza osagarriak ESTATU LAGUNTZARIK EZ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Teknologia aurreratuen asimilazioa eta haien hedapena Valentziako Berrikuntza Sisteman REG (EB) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>2025eko mailegu-finantzaketa diru-laguntzak Extremaduran kokatutako lehorreko olibondo eta mahasti ustiategien jabeentzat/ 2025eko maiatzaren 6ko 35/2025 Dekretua, zeinaren bidez deialdi hori.</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>2025eko Proposamen Deialdia. Laguntzak nekazaritza-elikagaien ekoizleen elkarteei eta nekazaritza-TEST espazioak kudeatzen dituzten elkarteei.</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Enpresetako digitalizazio proiektuetarako diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>Irabazi-asmorik gabeko Nekazaritza Elkarte Profesionalak laguntzeko 2025eko diru-laguntzak eskatzen dituen agindua</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>2025eko laguntza deialdia, de minimis erregimenaren pean JDO edo IGB gisa aitortutako nekazaritza-elikagaien kalitate-arauak kontrolatzeko eta ziurtatzeko jardueretarako.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>2025eko deialdia tokiko erakundeei nekazaritza-elikagaien merkaturatze-kanal laburrak sustatzeko laguntzak emateko</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>PRESTAKUNTZA ETA ENPLEGURAKO BERRIKUNTZAN INBERTSIOA EGITEKO DIRU-LAGUNTZAK 2025EAN</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>GAZTEEN IKERKETA PROIEKTUETARAKO PROPOSAMENEN DEIALDIA - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>Erosketa publiko berritzailea (KPI) bultzatzea REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Erosketa publiko berritzailea (KPI) bultzatzea ERREGIMENA 651</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Erosketa publiko berritzailea (KPI) bultzatzea L2 ESTATU LAGUNTZARIK EZ</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>MAV/625/2025 Agindua, ekainaren 12koa, egurraren eta beste egurrezko produktu batzuen lehen mailako eraldatze-enpresen digitalizaziorako (RETECHFOR, PRTR, Next Generation EU) oinarri arautzaileak onartzen eta diru-laguntzen deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>MAV/624/2025 Agindua, ekainaren 12koa, Gaztela eta Leonen ekintzailetza digitaleko proiektu eta basogintzako startup-etarako oinarri arautzaileak onartzen eta diru-laguntzen deia egiten duena (RETECHFOR, PRTR, Next Generation EU funtsak)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 22ko Ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko zuzendariarena, ordezkaritza bidez, berrikuntza eta ekintzailetza sustatzeko diru-laguntzak deitzen dituena. Inkubagailuak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>2025eko XX./XXX. Ebazpena, Teknologia Zentroek garatutako berrikuntza proiektuetarako diru-laguntza lehiakorrak deitzen dituena. 2025eko otsailaren 10eko Aginduaren 5. lerroa</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 17ko Ebazpena, Faba de Lourenzá babestutako adierazpen geografikoari dagozkion nekazaritza-ustiategientzako laguntzak arautzeko oinarriak ezartzen dituena eta 2025. urterako deia egiten duena (MR302 prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntza nekazaritza-ustiategien jabeentzat, elikagaien kalitate-programetan parte hartzea sustatzeko. 2025eko ekainaren 19ko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>BERRIKUNTZA SUSTAPENEKO ZUZENDARITZAREN 2025EKO XX. EBAZPENA, BERRIKUNTZA SUSTAPENEKO ZUZENDARIARENA, 2025. URTEKO LEHIAKETA-LEHIAKETAN 2. LERROKO ESTATU GABEKO LAGUNTZA-KLUSTERREK BERRIKUNTZA-PROIEKTUENTZAKO DIRU-LAGUNTZAK EMATEA IRAGARTZEN DUENA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>BERRIKUNTZA SUSTATZEKO ZUZENDARITZAREN 2025EKO XX. EBAZPENA, XXXX. BERRIKUNTZA SUSTATZEKO ZUZENDARIARENA, 2025. URTEKO LEHIAKETA-LEHIAKETAN 2. LERROKO KLUSTERREK BERRIKUNTZA-PROIEKTUENTZAT DIRU-LAGUNTZAK EMATEA IRAGARTZEN DUENA R (EB) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>BERRIKUNTZA SUSTAPENEKO ZUZENDARITZAREN 2025EKO XX.-KO XXXX. EBAZPENA, 2025EKO URTERAKO, LEHIAKETA-MODUZ, 6. LERROKO AZPIEGITURAK HOBETZEKO EKIPAMENDUAK EROSTEKO DIRU-LAGUNTZAK EMATEA IRAGARTZEN DUENA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 11ko AGINDUA, Europako Funtsak kofinantzatutako Espainiako Nekazaritza Politika Bateratuaren 2023-2027 Plan Estrategikoaren esparruan nekazari gazteentzako laguntzetarako oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 19ko Agindua, Industria, Merkataritza eta Enplegu Batzordearena, Gaztela eta Leonen autonomoen trantsizioa sustatzeko diru-laguntzak deitzen dituena (Autonomoen Trantsizioa). 2025. urtea</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 19ko Agindua, Industria, Merkataritza eta Enplegu Batzordearena, autonomoak eta gizarte-ekonomia ordezkatzen dituzten erakundeen bidez ondorengotza produktiboa bermatzeko ekintzailetza sustatzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Nekazaritza Makineria Flota Nazionalaren Berritze Plana (PLAN RENOVE) 2025eko ekitaldirako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>FEADERren LAGUNTZA NEKAZARI GAZTEAK EKARTZEKO, 2025EKO DEIALDIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>AGA/685/2025 AGINDUA, ekainaren 23koa, 2025ean izandako euriteen ondorioz nekazaritza-ekoizpenean eta azpiegituretan izandako kalteen ondoriozko laguntzak emateko oinarri arautzaileak eta deialdia onartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>2025eko Landa Eremu Deprimituetan Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUAREN LABURPENA, 2025EKO KANPAINERAKO III.2 EKINTZARAKO LAGUNTZAK IRAGARRIZ, BEHI-HARAGI SEKTOREARENTZAT LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2025EKO KANPAINARAKO III.6 EKINTZAREN LAGUNTZA IRAGARRIZTEN DUENA, AHUNTZ ETA ARDI ESNEKI EKOIZPEN TOKIKORAKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2025EKO KANPAINARAKO III.4 EKINTZARAKO LAGUNTZAK IRAGARRIZTEN DITUENA, TOKIKO BEHI-ESNEKI EKOIZPENERAKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Landa Eremu Deprimituetarako Nekazaritza Enplegua Sustatzeko Programa (2025). Salamanca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta elikagaien sektoreko elkarte-erakundeentzako diru-laguntzak, Espainiako nekazaritza-elikagaien sektorearentzat interes bereziko jarduera espezifikoak gauzatzeko, baita Europako mailako erakundeetan integratzeko ere.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
+  </si>
+  <si>
+    <t>2025-2027rako oinarri arautzaileak eta erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko laguntzen deialdia, PEPACen sartuta dagoen Erlezaintzako Sektore Esku-hartzearen esparruan, 2025eko kanpainarako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta abeltzaintza ekologikoak hartu eta mantentzeko laguntzak (2025)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-agricultura-ganaderia-ecologica-2</t>
+  </si>
+  <si>
+    <t>Esne-behien hazkuntza intentsiboan animalien osasun eta ongizatearekiko konpromisorako laguntzak (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/compromiso-sanidad-bienestar-animal</t>
+  </si>
+  <si>
+    <t>Erlezaintzari biodibertsitaterako laguntzak (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-apicultura-biodiversidad-1</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 30eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, nekazaritza-ustiategien ekoizpen-egiturak hobetzeko diru-laguntzak iragartzen dituena, LGENFk kofinantzatuta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843224</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 30eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez Planaren esparruan Valentziako Erkidegoan nekazari gazteak eta nekazari berriak ezartzeko laguntzak eskatzen diren.</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843261</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 20ko Agindua, Nekazaritza, G eta DR Ministerioarena, hausnarkarien gaixotasunen osasun-programa ofizialen barruan hiltzearen ondorioz behiak ordezkatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-07-05</t>
+  </si>
+  <si>
+    <t>2025-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843595</t>
+  </si>
+  <si>
+    <t>2025eko laguntza deialdia, kanal laburretan merkaturatzen duten nekazaritza-elikagaien ekoizleentzat, de minimis erregimenaren barruan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843645</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Aseguru Planaren (Agroseguro) lerroetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843675</t>
+  </si>
+  <si>
+    <t>Lankidetza-laguntza talde operatiboentzat, Europako Berrikuntza Elkartea. Exekuzio-fasea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843680</t>
+  </si>
+  <si>
+    <t>Irabazi-galeretarako laguntzak. Nekazaritza Plangintzako Zuzendari Nagusiaren 2025/07/03ko Ebazpena, abeltzaintzako ustiategien irabazi-galerak konpentsatzeko laguntzak lehiakortasunez emateko deia egiten duena, baldin eta baldintza hauek betetzen badira:</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>2025-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844123</t>
+  </si>
+  <si>
+    <t>Landa-eremuetako nekazaritza-eraikinetarako energia berriztagarrietan inbertsio-laguntzen eskabideetarako 2025erako deialdia.</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844175</t>
+  </si>
+  <si>
+    <t>Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioaren 2025eko uztailaren 9ko Aginduaren laburpena, Espainiako bertako arrazak sustatzeko 2025eko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845166</t>
+  </si>
+  <si>
+    <t>Nekazari gazteen laneratzea sustatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-jovenes-agricultores-1</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 30eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, larreetan azpiegiturak sortu, hobetu edo zabaltzeko inbertsio-laguntzen 2025eko deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845265</t>
+  </si>
+  <si>
+    <t>URA, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA MINISTERIOAREN AGINDUA. 2025/07/10EKOA. LEHORREKO ALMENDROEN PRODUKZIO-POTENTZIALA BERRERAIKITZEKO LAGUNTZA DEIALDIA. NEKAZARITZA POLITIKA KOMUNAREN PLAN ESTRATEGIKOA, 2023-2027 ALDIA, 2025EKO URTEKO ORDAINKETA</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845809</t>
+  </si>
+  <si>
+    <t>46. Nekazaritza Aseguru Konbinatuaren Planean sartutako barnealdeko akuikultura asegururako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845921</t>
+  </si>
+  <si>
+    <t>46. Nekazaritza Aseguru Konbinatuaren Planean sartutako itsas akuikultura asegururako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>2026-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845928</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 11ko Ebazpena, esne-ustiategien aholkularitza-zerbitzuetarako eta ziurtapen-programetan parte hartzeko laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846345</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846381</t>
+  </si>
+  <si>
+    <t>Nekazaritza-interes bereziko trukeen menpe dauden basogintzako finken notario-tasen eta erregistroaren laguntzaren oinarri arautzaileak onartzen dituen ebazpena</t>
+  </si>
+  <si>
+    <t>2026-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846746</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA-USTIAKETAKO INBERTSIOETARAKO DIRU-LAGUNTZAK 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846899</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreari emandako de minimis laguntza, ongarritze jasangarriari buruzko aholkularitza eta laguntza tekniko moduan, 2025. urteari dagokiona.</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847044</t>
+  </si>
+  <si>
+    <t>Erlezaintzako ekoizleen ekoizpena eta merkaturatzea hobetzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847052</t>
+  </si>
+  <si>
+    <t>Kantabriako Autonomia Erkidegoko nekazaritza-ustiategiei 2025erako aholkularitza-zerbitzuak, kudeaketa teknikoa eta ekonomikoa barne, emateko lankidetzan aritzeko nekazaritza-elkarteei diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849207</t>
+  </si>
+  <si>
+    <t>1.131/2025 zenbakiko Ebazpena, Nekazaritza, Abeltzaintza, Landa Mundua eta Ingurumen Ministerioarena, behi-tuberkulosiak jotako abeltzaintza-ustiategiei 2025. urterako laguntzak emateko deialdi publikoa onartzen duena</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849292</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 30eko Ebazpena, Valentziako Nekazaritza Sustapen eta Bermerako Agentziako zuzendariarena, Valentziako Komunitateko ardogintza sektoreari hirugarren herrialdeetako merkatuetan sustapen eta komunikaziorako laguntzak deitzen diona.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849478</t>
+  </si>
+  <si>
+    <t>Estatu mailan ordezkaritza instituzionalerako eta lankidetza jardueretarako ordezkaritza eta lankidetza jardueretarako ordezkatzailetzat jotako nekazaritza erakunde profesionalei zuzendutako diru-laguntza zuzenak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849610</t>
+  </si>
+  <si>
+    <t>2025eko Agindua, zeinaren bidez ezartzen diren Galizian erregimen asoziatiboan nekazaritzako makinen erabilera sustatzeko laguntzen oinarri arautzaileak, Europar Batasuneko Berreskuratze Tresnak (EURI) finantzatuta, esparruaren barruan.</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849749</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 1eko Ebazpena, Gaztela eta Leongo Nekazaritza Teknologia Institutuko zuzendari nagusiarena, zeinaren bidez Elikagai Sektoreko Elkarteek nekazaritza sektorea garatzeko sustatutako jardueretarako laguntzak deitzen diren 2025. urterako.</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850066</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 24ko Ebazpenaren arabera, Abeltzaintzako Osasun Defentsa Taldeei eta Erlezaintzako Osasun Defentsa Taldeei laguntzak emateko deialdia</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850149</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 12ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo autonomia erkidegoan nekazaritza-elikagaien kooperatiben eskalatzea sustatzeko 2025eko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>2025erako Kantabrian beren negozioak ezartzen laguntzeko diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 4ko ebazpena, Nekazaritza Politika Bateratu eta Ingurumen Politikako Sailburuordearena, ardi- eta ahuntz-abereen defentsa eta zaintzarako mastin-txakurrak edukitzeko eta mantentzeko laguntzak deitzekoa, de minimis erregimenean.</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>IND/39/2025 Agindua, abuztuaren 20koa, merkatari elkarteei eta haien federazioei, eta txikizkarien konfederazioei eta kooperatibei 2025. urterako diru-laguntzen deialdia onartzen duena. Ez dago minimisaren menpe.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 21eko Agindua, Nekazaritza Politika Bateraturako Plan Estrategikoaren esparruan instalazio eta ekipamendu komunen erabilera erregimen asoziatiboan sustatzeko laguntzen oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>2025erako deialdia enpresa-talde berritzaileei laguntza emateko, lehiakortasuna hobetzeko eta autonomia estrategikoan laguntzeko.</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak enpresentzat Elikagai Osagaien 2025 Azokan parte hartzeko, 2025eko abuztuaren 26ko Akordioaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, abuztuaren 26koa, nekazaritzako produktuen (nekazaritzako elikagaien industriak) eraldatzean, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak deitzen dituena, PEPACen esparruan, 2023-2027 aldirako 2026. urterako.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>GARAPEN JASANGARRIAREN MINISTERIOAREN AGINDUA, BERRESKURAPEN PLANAREN ESPARRUAN KUDEAKETA BATERAKO BASO-JABE PRIBATUEN TALDEAK SORTZEA SUSTATZEKO LAGUNTZEN OINARRI ARAUTZAILEAK EZARTZEN DITUENA.</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>AGA/XX/2025 Agindua, XX.a, Aragoiko autonomia erkidegoan nekazaritza asegurua kontratatzeko diru-laguntzak deitzen dituena, 2025. urterako, berrogeita seigarren nekazaritza aseguruen plan konbinatuaren (2025eko plana) lerroetarako.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>1280/2025 Ebazpena, Errioxan nekazaritza-ustiategientzako laguntza-jarduerak egiten dituzten nekazaritza-erakunde profesionalei eta aholkularitza-erakundeei 2025erako diru-laguntzen deialdi publikoa onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853953</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 29ko Ebazpena, baso-suteen ondorioz merkataritza-, industria-, turismo- eta negozio-establezimenduek jasandako kalteak estaltzeko laguntzak arautzen dituena (IG100A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854027</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 29ko Agindua, basogintzako, nekazaritzako edo abeltzaintzako ustiategiei eragindako kalteengatiko laguntzen oinarri arautzaileak ezartzen dituena, Galizian eragina izan duten baso-suteek eragindako kalteak konpontzeko.</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854093</t>
   </si>
   <si>
     <t>2025eko abuztuaren 28ko Akordioa, Gaztela eta Leongo Gobernuarena, 2025eko baso-suteek kaltetutako udalerrietan kokatutako nekazaritza-ustiategi kaltetuen jabeei zuzenean diru-laguntzak emateko baimena ematen duena.</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854122</t>
   </si>
   <si>
+    <t>2025eko diru-laguntzak pertsona fisiko edo juridiko pribatuei nekazaritza- eta abeltzaintza-ustiategietan intereseko espezie babestuak eta habitatak kontserbatzeko eta lehen deialdia/ uztailaren 29ko 92/2025 Dekretua</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854468</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 1eko EBAZPENA, Landa Inguruneko eta Nekazaritza Politikako Sailarena, nekazaritza produktuetan inbertsioak egiteko eta basogintzako teknologietan inbertsioak egiteko diru-laguntzen urte anitzeko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854595</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 4ko ebazpena, Valentziako Nekazaritza Sustapen eta Berme Agentziako (AVFGA) zuzendariarena, nekazaritza-elikagaien produktuen eraldatzean, merkaturatzean edo garapenean inbertsioetarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/855070</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 13ko Ebazpena, aholkularitza-zerbitzuak emateko 2025eko ekitaldirako laguntzak eskatzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856481</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Landa Garapenerako Ministerioaren (AGyDR) irailaren 12ko Agindua, zeinaren bidez Espainiako PEPACen (Espainiako Nekazaritza eta Landa Garapenerako Funtsa) esparruan nekazaritza-ustiategietan inbertsio ez-produktiboetarako laguntzak iragartzen diren, 2023-2027 aldirako, FEADERk (Nekazaritza Garapenerako Funts Federala) batera finantzatuta, 6844 esku-hartzea.</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856574</t>
+  </si>
+  <si>
+    <t>2025eko Ebazpena, Asturiasko Printzerriko nekazaritza-ustiategiak hobetzeko nekazaritza-elkarteei 2025. urterako urte anitzeko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856648</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 15eko Ebazpena, Landa Inguruneko eta Nekazaritza Politikako Sailarena, Paradisu Naturalean merkatuak egiteko irabazi-asmorik gabeko erakundeei diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856649</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 15eko ebazpena, Nekazaritza Kudeaketako Zuzendaritza Nagusiarena, zeinaren bidez, 2025erako, behi, ardi eta ahuntz ustiategietan abere hutsak daudenean birpopulatzeko laguntzak deitzen diren lehia-erregimenean.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856922</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 15eko Agindua, Ura, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Jatorrizko Deituren, Adierazpen Geografiko Babestuen Kontseilu Arautzaileen eta Nekazaritza Ekologikoaren Kontseiluaren diru-laguntzen deia egiten duena. 2025</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857081</t>
+  </si>
+  <si>
+    <t>Kataluniako nekazaritza-elikagaien kooperatiba mugimendua eraldatzeko eta lehiakortasuna eta ingurumen-, gizarte- eta ekonomia-iraunkortasuna sustatzeko diru-laguntzak 2027-2028</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857187</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 18ko Agindua, nekazaritza-intereseko jarduerak egiteko nekazaritza-erakunde profesionalei eta nekazaritza-elkarteei laguntzeko oinarri arautzaileak ezartzen dituena eta 2025erako deialdiak egiten dituena (kodea)</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>AGINDUA 2025ERAKO IRAGARRIZ, KANARIA UHARTEETAN NEKAZARITZA-PRODUKZIOA LAGUNTZEKO ERKIDEGO PROGRAMAREN "ANIMALIA-PRODUKZIORAKO LAGUNTZA", III.7 EKINTZA "KANARIA UHARTEETAN TXERRI-HAZKUNTZAREN PRODUKZIORAKO LAGUNTZA" III. NEURRIAREN ARABERAKO LAGUNTZAK IRAGARRIZ</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858992</t>
+  </si>
+  <si>
+    <t>Murtziako eskualdeko ikerketa-talde bikainentzako diru-laguntzak ikerketa zientifiko eta teknikoko jarduerak garatzeko eta ezagutzaren balioespen eta transferentziarako.</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859460</t>
+  </si>
+  <si>
+    <t>2025eko urriaren 1eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, ustiategiei aholkularitza-zerbitzuak emateko eta erakundeak hautatzeko prozesua egiteko 2027ko laguntzen deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859544</t>
+  </si>
+  <si>
+    <t>2025eko Leader Approach diru-laguntzak landa-eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (7119 PEPAC esku-hartzea), II. deialdia (PEPAC 2023-2027) GAL ADIC-HURDES</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859858</t>
+  </si>
+  <si>
+    <t>Elikagai-katearen eta egurraren digitalizazioaren laguntza-programa 2025 REG(EB) 1408/2013</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859873</t>
+  </si>
+  <si>
+    <t>2025erako Nekazaritza Ustiategietan Inbertsioetarako Ureztatze Modernizaziorako R247 Laguntzetarako Deialdia. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860380</t>
+  </si>
+  <si>
+    <t>2025erako Nekazaritza Ustiategietako Ureztatze Eraldaketan Inbertsioetarako Laguntzetarako R159. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860520</t>
+  </si>
+  <si>
+    <t>2025eko urriaren 3ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo Komunitateko nekazaritza-erakunde profesional adierazgarrienentzako 2025erako diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860805</t>
+  </si>
+  <si>
     <t>2025eko urriaren 13ko EBAZPENA, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariak emana, ardogintzako azpiproduktuen destilaziorako 2025/2026 kanpainarako laguntzak deitzen dituena.</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862744</t>
   </si>
   <si>
     <t>AGA/xxxx/2025 AGINDUA, urriaren 17koa, 2025eko abuztu-irailean izandako euriteen ondorioz Aragoin nekazaritza-ustiategien ekoizpenean eta azpiegituretan eragindako kalteengatiko laguntza-oinarri arautzaileak eta deialdia egiten dituena.</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862758</t>
   </si>
   <si>
-    <t>Generalitatearen, Lehendakaritzaren bitartez, eta Alacanteko Unibertsitatearen arteko lankidetza-hitzarmena, Generalitateko Lehendakaritzako Komisarioaren funtzionamenduan lankidetzan aritzeko, erkidegoaren digitalizaziorako eta zibersegurtasunerako.</t>
-[...17 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+    <t>2025eko urriaren 17ko ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren uztailaren 5eko 115/2024 Aginduak araututako laguntzak 2025. urterako deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-10-25</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863301</t>
+  </si>
+  <si>
+    <t>Nekazari gazteek negozioak sortzeko diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863851</t>
+  </si>
+  <si>
+    <t>Nekazari gazteek negozioak sortzeko diru-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863854</t>
+  </si>
+  <si>
+    <t>Kantabriako Nekazaritza Politika Bateratuaren 2023-2027 plan estrategikoan sartutako elikagaien industriak nekazaritza produktuen eraldaketa eta merkaturatzean egindako inbertsio proiektuetarako bigarren laguntza-txandarako deialdia.</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864075</t>
+  </si>
+  <si>
+    <t>Kantabriako Nekazaritza Politika Bateratuaren plan estrategikoan sartutako elikagaien industriak nekazaritza produktuen eraldaketa eta merkaturatzean egindako inbertsio proiektuetarako bigarren laguntza deialdia (RUE 2022/2472)</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/865266</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien ETEen Sustapena (PAL) Erreg. salbuespena 2022/2472</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/865711</t>
+  </si>
+  <si>
+    <t>AGA/XX/2025 AGINDUA, ARAGOIKO AUTONOMIA ERKIDEGOAN NEKAZARITZA ASEGURUA KONTRATATZEKO, 2025. URTERAKO, 45 (2024 PLANA) ETA 46 (2025 PLANA) LERROETARAKO, ABUZTUAREN 31RA ARTE HARPIDETUTAKO NEKAZARITZA ASEGURUAREN PLAN KONBINATUENTZAT.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866048</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreko prestakuntzarako laguntza</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866524</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien industrientzako inbertsio-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866746</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: Nekazaritza-produktuen prozesamendu eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. s/ Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867758</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: LEADER ikuspegia nekazaritza produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatu Laguntzarik EZ. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867759</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2026KO III.2 EKINTZARAKO LAGUNTZAK IRAGARRIZTEN DITUENA, GIZATZEKO DIREN TXAHALEN INPORTAZIORAKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868670</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: Nekazaritza-produktuen prozesamendu eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. s/ Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868257</t>
+  </si>
+  <si>
+    <t>2025eko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntzarik EZ. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868258</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntzak nekazaritza sektoreari landareen babesari buruzko aholkularitza teknikoa emateko 2025eko abenduaren 3ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>2026/01/07ko Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez Gaztela-Mantxako mahastiak berregituratzeko eta bihurtzeko eskaeretarako 2026ko laguntza-deialdia egiten den Esku-hartze Programaren esparruan.</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Ura, Abeltzaintza eta Arrantza Ministerioaren EBAZPENA, zeinaren bidez kalitate bereiziko nekazaritza-elikagaien figuren Kontseilu Arautzaile edo Kudeaketa Organoentzako laguntzak 2026. urterako aurrerapen gisa deitzen diren.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko EBAZPENA, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez 2026ko ekitaldirako nekazaritza-elikagaien kalitate-eskemen informazio- eta sustapen-jardueretarako laguntzen aurrerapen-deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Ticket Innova 2026rako oinarri arautzaileak, lehiarik gabeko konkurrentzia, nekazaritza de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, lehiakortasunean enpresa-berrikuntza sustatzeko IA360 laguntzak emateko oinarri arautzaileak onartzen dituena (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, Galiziako enpresen berrikuntza-ahalmena hobetzeko 2026-2027rako lehiaketa-sistema baten bidezko laguntzen oinarri arautzaileei buruzkoa (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Reacciona 2026 araudi-esparrua, EGEFek kofinantzatua, lehiakortasunik gabekoa, nekazaritzarako de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>2026-2028 urteetarako agrobasogintzako paisaia-proiektu erresilienteetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko AGINDUA, Galiziako Autonomia Erkidegoan nekazaritza aseguruen kontratazioa sustatzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2026. urterako deialdia egiten duena (MR443A prozedura kodea)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>2026ko aholkularitza-zerbitzuak emateko laguntza-deialdia onartzen duen ebazpena</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>Landa Garapenerako Europako Nekazaritza Funtsak (LGENF) kofinantzatutako nekazaritza produktuen eraldatze eta merkaturatzean egindako inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>Zabaldu enpresen lankidetza akademikoak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-02-01</t>
+  </si>
+  <si>
+    <t>Espezie arrotz inbaditzaileak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-1</t>
+  </si>
+  <si>
+    <t>Gizartearen eta ekonomiaren menpekotasuna polinizatzaileekiko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-3</t>
+  </si>
+  <si>
+    <t>Polinizatzaileak errespetatzen dituzten nekazaritza-sistemak sustatzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-6</t>
+  </si>
+  <si>
+    <t>Nekazaritza intentsiboko eremuetan paisaia-ezaugarriak berrezartzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-7</t>
+  </si>
+  <si>
+    <t>Karbono eta biodibertsitate aberatseko baso-ekosistemen kontserbazioa eta babesa</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-8</t>
+  </si>
+  <si>
+    <t>Akuikultura ekologikorako hazkuntza selektiboa programa</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-9</t>
+  </si>
+  <si>
+    <t>Nekazaritza sistemetan labore txikiak sustatzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>Uretako muturrak entzima, droga, metabolito eta produktu kimiko berrietara bideratzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-10</t>
+  </si>
+  <si>
+    <t>Ehungintzako balio-kateetarako irtenbide zirkularrak, ekoizleen erantzukizun hedatuan oinarrituta</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-2</t>
+  </si>
+  <si>
+    <t>Altzarientzako soluzio zirkular berritzaileak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-3</t>
+  </si>
+  <si>
+    <t>Turismo jasangarrirako soluzio zirkular sistemikoak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-4</t>
+  </si>
+  <si>
+    <t>Bio-oinarritutako material eta produktuen biodegradazio-ahalmena programatua, ingurune zehatzetan balioztatuta</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-5</t>
+  </si>
+  <si>
+    <t>Biografian oinarritutako produktuetarako informazio-sistema digitalak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-6</t>
+  </si>
+  <si>
+    <t>Bioekonomia zirkularreko ereduko eskualdeetarako erronkei aurre egiten dieten BEGak eragiten dituzten ekonomien bidezkoa eta trantsizioa erakustea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-7</t>
+  </si>
+  <si>
+    <t>Bioekonomia proiektua garatzeko laguntza</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-8</t>
+  </si>
+  <si>
+    <t>Bioekonomia Zirkularra Startup Villages</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-9</t>
+  </si>
+  <si>
+    <t>Ehungintzako balio-kateetarako irtenbide zirkularrak, birziklapenerako sailkapen, birziklapen eta diseinu berritzaileen bidez</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Plastikoen balio-kateetan zirkulartasuna areagotzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Balio-kate elektronikoetan zirkulartasuna areagotzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>Siloetatik aniztasunera: eskala txikiko erakustaldi biologikoko pilotuak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-6-two-stage</t>
+  </si>
+  <si>
+    <t>Nekazaritzan ureztatzeko praktikak eta teknologiak hobetzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-1</t>
+  </si>
+  <si>
+    <t>Paludismoaren alderdi sozioekonomikoak, klimatikoak eta ingurumenekoak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-2</t>
+  </si>
+  <si>
+    <t>Paludismoa: manifestazio handiak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-3</t>
+  </si>
+  <si>
+    <t>Lurzoruaren erabilera aldaketa eta tokiko/eskualdeko klima</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-4</t>
+  </si>
+  <si>
+    <t>Eraikuntzaren sektorean egurraren erabilera klimatikoki adimenduna, Europako Bauhaus berriari laguntzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-5</t>
+  </si>
+  <si>
+    <t>EB-Txina nazioarteko lankidetza klimaren eta biodibertsitatearen ikuspegi hobeto integratzeko monitorizazioa hobetzeko, ingurumena eta Lurraren behaketa erabiliz.</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-7</t>
+  </si>
+  <si>
+    <t>Europako Bauhaus berriaren potentziala desblokeatzea hiriko elikadura sistema eraldatzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-1</t>
+  </si>
+  <si>
+    <t>Landa-bizitzaren eta lanpostuen pertzepzioak eta onura sozialak: aldaketa iraunkorra sortuko al du Covid-19ak?</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-2</t>
+  </si>
+  <si>
+    <t>Kostaldeko, tokiko eta artikoko komunitate indigenen parte-hartzea eta ahalduntzea ingurumen-erabakiak hartzerakoan</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-3</t>
+  </si>
+  <si>
+    <t>Nekazarientzako eta landa-komunitateentzako ekoizpen eta negozio eredu jasangarri berriak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Nekazaritza-artzaintzako/kanpoko abeltzaintza-sistemak eta faunaren kudeaketa</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-1</t>
+  </si>
+  <si>
+    <t>EB Afrikako Batasunaren lankidetza klima-aldaketara egokitzeko eta arintzeko nekazaritza-basoen kudeaketan</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-10</t>
+  </si>
+  <si>
+    <t>EB-Afrikako Batasuna: klima-neutroak, sozialak, bidezko merkataritzako elikagai-sistemerantz soilik</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-11</t>
+  </si>
+  <si>
+    <t>Tresna adimentsuak eta erakargarriak sortzea elikagai osasuntsu eta iraunkorra hobetzeko, janaria etxean jateko eta tratatzeko</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-5</t>
+  </si>
+  <si>
+    <t>Herritarren zientzia elikadura sistema jasangarrietarako trantsizioa sustatzeko aukera gisa</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-6</t>
+  </si>
+  <si>
+    <t>Nekazaritza ekologikoan input ez gatazkatsuen erabilgarritasuna eta erabilera areagotzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Elikagai ekologikoen berrikuntzarako laborategi jasangarriak: balio-kate osoa indartzea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Landare-osasunerako EBko inportazio-kontrolen eraginkortasuna areagotzeko tresnak</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>2023ko abenduaren 19ko Agindua, basurdeek nekazaritzako laboreetan eragindako kalteak arintzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2024. urterako deia egiten duena (mt809e prozedura kodea).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Energia-hobekuntza-proiektuetarako laguntzak emateko prozeduraren oinarri arautzaileak, autonomoei eta ETEei zuzenduta, Galiziako CCAAren lurralde-eremuan.</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>2023ko abenduaren 15eko Aginduak Galiziako autonomia erkidegoan nekazaritza aseguruaren kontratazioa sustatzeko laguntzen oinarri arautzaileak ezartzen ditu eta 2024rako deialdia egiten da (mr443a prozedura kodea).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>Enplegu Sustapen eta Berdintasun Sailaren eta Galiziako Merkataritza Federazioaren arteko lankidetza-hitzarmena, biztanleria aktiboa kualifikatzeko eta birkualifikatzeko sektore estrategikoetan eta gaitasuna hobetzeko prestakuntza-ekintzak egiteko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>Lehen lehendakariordearen eta Lehendakaritza, Justizia eta Kirol Sailaren eta Kontseiluaren arteko lankidetza-hitzarmena. agr gisa arautzen den uztailaren 24ko 168/2008 Dekretuaren lehenengo xedapen iragankorrean ez dago markorik.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>Gain, hezkuntza sailaren, udc, usc, uvi eta csic-en arteko hitzarmena, ERC laguntza deialdietan ikertzaile finalisten ikerkuntza-jarduera sustatzeko horizon europe programaren esparruan.</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>Galiziako Xuntako Ekonomia, Industria eta Berrikuntza Sailaren eta Coruñako Merkataritza, Industria, Zerbitzu eta Nabigazio Ganbera Ofizialaren arteko lankidetza-hitzarmena merkataritza-sektorerako prestakuntza-plana garatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>Enplegu eta Berdintasuna Sustatzeko Ministerioaren eta Galiziako Nekazaritza Familia Eskolen Federazioaren arteko hitzarmena, prestakuntzan errotzeko proiektu pilotu bat garatzeko.</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Lankidetza hitzarmena Kultura, Hezkuntza, FP eta Univ. eta Padre Sarmiento Galiziako Ikasketen Institutuko jarduerak garatzeko Ikerketa Zientifikoen Goi Kontseiluko estatu agentzia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>Akordioa udc-usc-uvigo transferentzia-kudeaketako langileak eta ikerketa-egituren berrikuntza eta sendotzea indartzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>Kultura, Hezkuntza, Lanbide Heziketa eta Unibertsitate Sailaren eta Santiago de Compostelako Unibertsitatearen (USC) lankidetza-hitzarmena, ikertzaile nagusiko langileei laguntzak osatzeko bi beka-programetarako (ERC) 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Unibertsitateko ikerketa-azpiegiturak gauzatzeko hitzarmena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Nekazaritzako ingurumen- eta klima-konpromisoak betetzeari lotutako inbertsio ez-produktiboetarako laguntzak, 2024. urteari dagozkionak.</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreari abeltzaintza elikatzeko eta 2024ko lehorteari aurre egiteko Balear Uharteetako ustiategien jarraipena bermatzeko laguntzak - aparteko elikagaiak eskuratzea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Natura Inguruneko sailburuaren Ebazpena, 2023-24 ikasturterako ingurumen-hezkuntzako jarduerak egiteko Balear Uharteetako unibertsitatez kanpoko hezkuntza-zentroei diru-laguntzen deialdi publikoa onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>ETEen eraldaketa digitalaren oinarri arautzaileak 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Akordio horren bidez, 2024. urterako, Mallorca uhartean landa garapenerako laguntzen deialdiaren Oinarriak onartzen dira, nekazaritza eta/edo ingurumen arloekin lotutako proiektuei lotuak eta Tokiko Garapen Estrategian jasotakoak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA EKOLOGIKOKO BATZORDEARI LAGUNDU 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>INBERTSIO, MODERNIZAZIO ETA/EDO HOBETZEKO LAGUNTZAK NEKAZARITZA EXPLOTAZIOAK CONV.24</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755162</t>
+  </si>
+  <si>
+    <t>MELILLAKO UDALAREN ETA ENPRESA SORTZEKO ETA GARATZEKO (INCYDE) CAMERA INSTITUTE FUNDAZIOAREN ARTEKO LANKIDETZA HITZARMENA, HIRU PRESTAKUNTZA ETA LAGUNTZA PROGRAMA GARATZEKO, "BERRIAKTIBATU ZURE ETORKIZUNA" PROIEKTUAREN BARRUAN.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>Laguntza osagarria nekazaritza asegurua c.madrid polizak 24/01/24tik 24/10/31ra</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>Energia eraginkortasun programa ETE eta industria sektoreko enpresa handietan</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreari abeltzaintza elikatzeko eta 2024ko lehorteari aurre egiteko Balear Uharteetako ustiategien jarraipena bermatzeko laguntzak - zenbait labore landatzea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioaren Agindua, nekazaritza-ustiategietan inbertsioetarako laguntzen deialdia onartzen duena, NPB plan estrategikoaren esparruan, 2023-207 aldia, 2023 urteko aldia.</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>Atzerriko zentroetan doktorego aurreko ikertzaileentzako kanpoko egonaldiak egiteko diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Murtziako eskualdeko garapen institutuko presidentearen 2023/12/29ko Ebazpena, industria-sektoreko ETE eta enpresa handietan energia-eraginkortasuneko ekintzetarako laguntzetarako deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Txikizkako merkataritza-taldeak sustatzeko eta kudeatzeko 2024ko diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757723</t>
+  </si>
+  <si>
+    <t>Energia-erkidegoei 2024ko trantsizio energetikorako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761325</t>
+  </si>
+  <si>
+    <t>Abeltzaintza Osasunaren Defentsarako Taldeentzako laguntzak, animalien gaixotasunak prebenitzeko, kontrolatzeko eta desagerrarazteko osasun programak egiteko, 2024. urterako.</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>2024-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760084</t>
+  </si>
+  <si>
+    <t>720007 72300 4400 412108 'PDR FEADER 2014-2022 2.100.000,00 euroko urte anitzeko gastua baimentzea. Aholkularitza-zerbitzuak INTIAren bitartez, 2024ko gastu-aurrekontuaren eta haren baliokidearen 2025ean</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Trantsizio energetikorako nekazaritza-ustiategiei laguntzak</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758468</t>
+  </si>
+  <si>
+    <t>Nekazari eta abeltzainen interesak defendatzeko UAGNri diru-laguntza emateko 153.334,00 euroko gastua baimentzea, ondorio horietarako Nafarroako Aurrekontu Orokorretan 2024. urterako aurreikusita dagoena.</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755009</t>
+  </si>
+  <si>
+    <t>Nekazaritza-produktuak sustatzeko laguntzak abeltzaintza-lehiaketak antolatuz, 2024rako</t>
+  </si>
+  <si>
+    <t>2024-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756416</t>
+  </si>
+  <si>
+    <t>225.000 euroko gastua baimentzea "Nafarroako Nekazaritza Kooperatiben Batasunaren (UCAN) Nekazaritza Kooperatiben Sustapenerako diru-laguntza" 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756335</t>
+  </si>
+  <si>
+    <t>Oinarri arautzaileak eta nekazaritza-ustiategietan inbertsioetarako laguntzen deialdia (Ingurumen Helburua) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756333</t>
+  </si>
+  <si>
+    <t>Nekazari eta abeltzainen interesak defendatzeko EHNEri diru-laguntza baterako 153.334,00 euroko gastua baimentzea, ondorio horietarako Nafarroako Aurrekontu Orokorretan 2024. urterako aurreikusita dagoena.</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762717</t>
+  </si>
+  <si>
+    <t>PLENA INCLUSIÓN-ekin hitzarmena "Nafarroan inklusiorako eraldaketa digitala" proiekturako.</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762722</t>
+  </si>
+  <si>
+    <t>51E/2024 EBAZPENA, apirilaren 30ekoa, Merkataritza eta Kontsumo Zuzendari Nagusiarena, 2024an Nafarroako artisau enpresak sustatzeko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756401</t>
+  </si>
+  <si>
+    <t>2024rako deialdia Nafarroan nekazaritzako elikagaien artisautza sustatzeko artisau-elikagaien enpresen elkarteei Laguntzetarako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754332</t>
+  </si>
+  <si>
+    <t>Deialdia eta oinarri arautzaileak 2024ko nekazaritza aseguruen diru-laguntzen plana (45. plana)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744143</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, BASO ETA INDUS SEKTUA ENPRESEI LAGUNTZAK DESARR PROY INV 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754719</t>
+  </si>
+  <si>
+    <t>Ezohiko laguntzak nekazaritzako gasolioaren prezio erreala 20/2022 dl</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>2023 planean jasotako nekazaritza-aseguruak harpidetzeko diru-laguntzen oinarri arautzaileak eta deialdia (44. plana)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669197</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2024KO APIRILAREN 16KOA, UR, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA SAILAREN 2024. EKITALDEKO LAGUNTZAK DEITZEN DITUZTEN NEKAZARITZA ELIKAGAI-PRODUKTUEN ERALDAKETA, MERKATARITZA ETA/EDO GARAPENERAKO INBERTSIOAK.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko martxoaren 23koa, Asturiasko Printzerriko txikizkako komertzioetan kontsumoa suspertzeko eta sustatzeko diru-laguntzen deialdia egitea baimentzen duena, Asturiasko Merkataritza Bonusaren bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>Nekazaritzako elikagaien ETEen sustapena (PAL) Salbuespena 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Ebazpena, langile eta enpresen aholkularitza-proiektuak egiteko, lan-karga azterlanak prestatzeko eta jardunbide egokien prozedurak garatzeko diru-laguntzak emateko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>Food+i kluster elkartea, lehiakortasuna eta berrikuntza sustatzeko</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>Apidit hitzarmena enpresa-jarduera berritzailea sustatzeko - oinetakoen sektorea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>Agindua, 2023ko apirilaren 27koa, maparena, ekainaren 1eko 388/2021 Errege Dekretuaren diru-laguntzak deitzen dituena, nekazaritzako elikagaien eta arrantzaren sektorean saeca bermeak lortzeko. nekazaritzako elikagaien industriaren sektorea</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>Agindua, 2023ko apirilaren 27koa, maparena, ekainaren 1eko 388/2021 Errege Dekretuaren diru-laguntzak deitzen dituena, nekazaritzako elikagaien eta arrantzaren sektorean saeca bermeak lortzeko. arrantza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>Apirilaren 29ko Agindua, 2024. urterako Cultiva programarako diru-laguntzak deitzen dituena, ustiategi ereduko nekazari gazteentzako prestakuntza egonaldiei buruzkoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>BERRIKUNTZA ILDO ZUZENEKOA AEROESPAZIALA ETA OSASUN ERRENDIMENDU ABONDAKOARI LOTUTAKO BERRIKUNTZA-ILDO ZUZENEKOA, EUROPAKO BATASUNAREN “NEXT GENERATION EU” FINANTZATUTAKO BERRESKURATZE, ERALDAKETA ETA ERRESILIENTZIA PLANAREN ESPARRUAN.</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>HEZKUNTZA LANKIDETZA HITZARMENA, GENERALITATAREN ARTEKO, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA DEPARTAMENTUZ ETA ALAKANTEKO UNIBERTSITATEAREN BIDEZ, 2024. URTEAN DIRUZKO PRESTAKUNTZAK EGITEKO.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Enplegua Sustatzeko Programa. 2024 Enplegu Egonkorra Sortzen duten Proiektuak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Enplegua Sustatzeko Programa Andaluzian eta Extremaduran. Enplegu Egonkorra Sortzaile Proiektuak 2024</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>Osasun Ministerioaren eta PS eta FRSren arteko hitzarmena berrikuntza proiektu bat garatzeko</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko maiatzaren 6koa, DGComercio, Conv2024, Subv.en rég.conc.comp.destinatua merkataritza eta artisau elkartea sustatzeko, hiri-merkataritza txikia sustatzeko eta dinamizatzeko eta Andalen artisautza sustatzeko. -Merkataritza-sektorea</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko apirilaren 25ekoa, ICEX Spain Exportation and Investments, EPE, INTERSOLAR 2024 Azokan Taldeak Parte hartzeko laguntzak emateko deialdia egiten duena - Munich (ALEMANIA) - 2024ko ekainaren 19tik 21era.</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko martxoaren 21ekoa, ICEX Spain Exportation and Investments, AGRIEXPO Azokan Taldeak Parte hartzeko laguntzak emateko deialdia egiten duen EPEa - Lima (PERU) - 2024ko urriaren 23tik 25era.</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko martxoaren 21ekoa, ICEX Spain Exportation and Investments, EPE SAUDI NEKAZARITZA 2024 Azokan Talde Partaidetzarako laguntzak emateko deialdia egiten duena - Riad (SAUDI ARABIA) - 2024ko urriaren 21etik 24ra.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko urtarrilaren 25ekoa, icex Espainia esportazio eta inbertsioen epea, zeinaren bidez taldean parte hartzeko laguntzak ematen diren Stuttgart (Alemania) 2024ko irailaren 10etik 14ra amb ferian (metalgintzaren nazioarteko erakusketan).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko urtarrilaren 25ekoa, icex spain esportazio eta inbertsioei buruzkoa, epe horren bidez, imts azokan (international manufacturing technology show) Chicago Usan taldean parte hartzeko laguntzak ematen dira. uuu 2024ko irailaren 9tik 14ra</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko urtarrilaren 25ekoa, icex Españako esportazio eta inbertsioarena, EPE azokan (txapa lantzeko teknologiaren nazioarteko erakusketa) taldean parte hartzeko laguntzak emateko deialdia egiten duena Hannover 2024ko urriaren 22tik 25era.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>2024ko urtarrilaren 25eko Ebazpena, icex Espainia esportazio eta inbertsioarena, 2024ko irailaren 30etik 2024ko urriaren 3ra arte ideobain-interclima 2024 Paris (Frantzia) taldean parte hartzeko laguntzak emateko deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>Nekazaritza-, abeltzaintza- eta baso-aseguruetarako diru-laguntzak 45. nekazaritza-aseguru bateratua.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>ETEentzako berme-programa berrestea 2024 nekazaritza mrr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>Agindua, 2023ko azaroaren 15ekoa, maparena, ekainaren 1eko 388/2021 Errege Dekretuaren diru-laguntzak deitzen dituena, nekazaritzako elikagaien eta arrantzaren sektorean saeca bermeak lortzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2023ko azaroaren 23koa, icex Spain esportazio eta inbertsioarena, 2024ko irailaren 3tik 5era (alemania) kind &amp; jugend 2024 azokan - kolonia (alemania) taldean parte hartzeko laguntzak emateko deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>Gehigarria+ebazpena, 2023ko irailaren 28koa, icex spain esportazio eta inbertsioei buruzkoa, iwf 2024 azokan taldean parte hartzeko laguntzak emateko deialdia egiten duena - Atlanta (AEB) 2024ko abuztuaren 6tik 9ra.</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>Epe red.es-en ebazpena, ondasun erkidegoak, merkataritza-helburua duten sozietate zibilak, sozietate zibil profesionalak eta i, ii, iii segmentuko jabetza partekatuko nekazaritza-ustiategiak digitalizatzera zuzendutako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>Epe red.es ebazpena, ondasun erkidegoak, merkataritza xede duten sozietate zibilak, sozietate zibil profesionalak eta titulartasun partekatuko nekazaritza ustiategiak digitalizatzeko laguntzak deitzen dituena. i, ii, iii segmentua. arrantza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>Epe red.es ebazpena, ondasun erkidegoak, merkataritza xedea duten sozietate zibilak, sozietate zibil profesionalak eta jabetza partekatuko nekazaritza ustiategiak digitalizatzeko laguntzak deitzen dituena. i, ii, iii segmentua. sieg sektorea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>Epe red.es ebazpena, ondasun erkidegoak, merkataritza xedea duten sozietate zibilak, sozietate zibil profesionalak eta jabetza partekatuko nekazaritza ustiategiak digitalizatzeko laguntzak deitzen dituena. i, ii, iii segmentua. nekazaritza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Ekintzailetzaren, ikerketaren eta berrikuntzaren bidez enplegua sortzeko politika publikoei laguntza. ekintzaile sortzailea izan ii</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Nekazaritza esku-hartze berritzailea basamortuan bizibide erresilienteetarako (idfrl)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>Akuikultura kontinentaleko aseguruetarako diru-laguntzak, 44. nekazaritza aseguru plan konbinatuan sartuta</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>Nekazaritza-aseguru bateratuaren 44. plan konbinatuan jasotako itsas akuikulturako aseguruaren diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>Agindua, 2023ko apirilaren 27koa, maparena, ekainaren 1eko 388/2021 Errege Dekretuaren diru-laguntzak deitzen dituena, nekazaritzako elikagaien eta arrantzaren sektorean saeca bermeak lortzeko. nekazaritza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>2023 Filipinak. iturri berriztagarrietatik energia elektrikoa hornitzea Palawanen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Etiopiako Nekazaritza Ministerioari diru-laguntza deialdi instrumentala</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>Biodibertsitate Fundazioaren eta Nekazaritza, Abeltzaintza, Arrantza eta Garapen Iraunkorreko Ministerioaren arteko lankidetza-hitzarmena Life Teal Pardilla proiektuan jasotako ekintzak burutzeko (life19 nat/es/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Garapen Iraunkorreko Ministerioaren eta Biodibertsitatearen Fundazioaren arteko hitzarmena, life15 ipe/es/012 proiektuan “Natura 20 sarearen kudeaketa integratua, berritzailea eta parte-hartzailea” izeneko egitasmoan jasotako ekintzak burutzeko.</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Biodibertsitate Fundazioaren eta Azti-Azti Fundazioaren arteko lankidetza-hitzarmena, life15 ipe/es/012 proiektuan sartutako ekintzak burutzeko “Natura 2000 sarearen kudeaketa integratua, berritzailea eta parte-hartzailea itsas ingurunean esp.</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Nekazaritza-asegururako laguntza osagarriak C. Madril Politikak 24/11/24tik 31/12ra arte</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Nekazaritza-asegururako laguntza osagarriak C. Madril Politikak 25/01/01ERA 25/12/31ra</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Tierra de Camposen autoenplegua sustatzera zuzendutako diru-laguntzak. Nekazaritzako minimoak. 1408/2013 (EB) Erregelamendua. FAFECYLeko Aingura Batzorde Exekutiboko Lehendakariaren 2024/11/22ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>2024/11/11ko Ebazpena, Nekazaritzako Elikagaien Ekoizpen eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez, lehiaketa-lehiaketa-araubidean, aurretiazko izapidetze prozeduraren bidez, laguntzak deitzen diren 2025. urterako, sustatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>2024/11/22ko Ebazpena, Nekazaritzako Elikagaien Ekoizpen eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez produktuak informatzeko eta sustatzeko lankidetzarako laguntzak deitzen diren, aurretiazko izapidetze prozeduraren bidez, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategiei trantsizio energetikorako laguntzak 2025. Batzordearen 651/2014 Erregelamendua</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2025eko Kanpainarako Kanariar Nekazaritza Ekoizpenari Laguntzeko Erkidegoko Programaren I.5 Ekintzarako deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2024ko kanpainarako III.11 “Oilo-arrautzak tokiko ekoizpenerako laguntzak” Ekintzarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2024ko Kanpainarako deia egiten duena, III.5 Ekintzarako laguntzak “Tokiko jatorrizko behi, txerri, untxi, ahuntz, ardi eta oilasko freskoa giza kontsumorako laguntzak”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>ICCA ebazpena, Kanariar Uharteetako Nekazaritza Ekoizpena Laguntzeko Erkidegoko Programako (POSEI) I.6 eta I.7 Ekintzetatik datozen laguntzetarako deialdia egiten duena 2024 kanpainarako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>Abeltzaintza Osasunaren Defentsarako Taldeentzako Laguntzak - A LERROA</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Abeltzaintza Osasunaren Defentsarako Taldeentzako Laguntzak - B LERROA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Azaroaren 25eko CTD/9/2024 Agindua, Turismo Enpresen Energia Eraginkortasunerako eta Ekonomia Zirkularreko Proiektuetarako diru-laguntzen oinarri arautzaileak eta deialdia (C14.I4, jarduketa-lerroa2), 2023/2831 (EB) Erregelamenduaren menpe dagoen PRTRarena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>2024ko diru-laguntzak enpresei biki digitaletan oinarritutako ekintzailetza eta berrikuntza ekosistemak bizkortzeko (RETECH) s/ Dei egiten duen azaroaren 19ko 145/2024 Dekretua.</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategiei trantsizio energetikorako laguntzak 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>CTD/9/2024 Agindua, Turismo Enpresen Energia Eraginkortasuneko eta Ekonomia Zirkularreko Proiektuetarako diru-laguntzen oinarri arautzaileak eta deialdia (C14.I4, 2. jarduketa-lerroa), 651/2014 (EB) Erregelamenduaren mende dagoen PRTRren 17. Batzordea. / 2014/6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>2024.11.18ko Kontseilu Exekutiboaren Akordioa, Menorcako nekazaritza-ustiategietan praktika jasangarriak sustatzeko laguntzak ematea arautzen duten oinarriak (CARB) onartzeari eta 2024. urterako dagokion deialdiari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>IND/57/2024 AGINDUA, abenduaren 4koa, Kantabriako artisautzarako 2025. urterako (Nekazaritzako produktuen lehen mailako ekoizpena) laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>EPE Red.es-en Ebazpena IV. segmentuko (50 eta 100 langile baino gutxiagoko) eta V. segmentuko (100 eta 250 langile baino gutxiagoko) enpresak digitalizatzera zuzendutako laguntzen deialdia egiten duena. Kit Digital Programa. Nekazaritza sektorea.</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>Menorcako Uharteko Kontseilu Betearazlearen Akordioa, 2024-10-21koa, Cooperativa Insular Ganadera de Menorca-rekin (COINGA) sustapen eta merkaturatze ekintzak egiteko lankidetza-hitzarmena onartzeari buruzkoa - 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>AGA/…/2024 AGINDUA, abenduaren 5ekoa, 2023-2027 aldirako nekazari gazteak ezartzeko eta nekazaritza-ustiategiak modernizatzeko eta/edo hobetzeko diru-laguntzak deitzen dituena, NPB Plan Estrategikoaren esparruan.</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>Ardo-produktuak ekoizteko eta merkaturatzeko inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Kataluniako nekazaritzako elikagaien sistemaren eraldaketa sustatzeko laguntzak 2021-2026 Kataluniako Elikadura Plan Estrategikoarekin bat eginda.</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>Nekazaritza gaietan berrikuntzarako Lankidetza Taldeentzako laguntzak, 2024. urterako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreari de minimis laguntzak Kataluniako 2021-2026 Elikadura Plan Estrategikoarekin bat eginda Kataluniako nekazaritzako elikagaien sistemaren eraldaketa sustatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>2021-2026 Kataluniako Elikadura Plan Estrategikoarekin bat eginda Kataluniako nekazaritzako elikagaien sistemaren eraldaketa sustatzeko de minimis laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>Interes ekonomiko orokorreko sektorearen de minimis laguntzak Kataluniako 2021-2026 Elikadura Plan Estrategikoarekin bat eginda Kataluniako nekazaritzako elikagaien sistemaren eraldaketa sustatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>2024rako nekazaritzako elikagaien eraldatzeko, merkaturatzeko eta garatzeko inbertsioetarako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Lehendakaritza, Ekonomia eta Justiziako Lehendakariorde eta Kontseilariaren Agindua, Teruelgo probintzian ikerketa eta garapena eta berrikuntza industriala sustatzen duten enpresa-inbertsio-proiektuetarako laguntzetarako deialdia egiten duena. FITE 2023</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>ICO Line Bermatzen du Maila Handiko Depresio Isolatuak eragindako kalteei Erantzun Plana (DANA) - III -. 2022/2472 (EB) Nekazaritza Inbertsioa</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha, Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>ICO Line Bermatzen du Maila Handiko Depresio Isolatuak eragindako kalteei Erantzun Plana (DANA) – IV - 2022/2472 Araudia (EB) Nekazaritza Hondamendia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>ICO Line Bermeak Maila Altuko Depresio Isolatuak eragindako kalteei Erantzun Plana (DANA) - 1408/2013 (EB) Erregelamendua – Minimis Nekazaritza Sektorea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>**DE ** 2024KO EBAZPENA, zeinaren bidez, nekazaritza eta elikadura produktuak kalitate araubideetan sustatzeko lankidetzarako laguntzak deitzen diren 2024ko ekitaldirako (7132 esku-hartzea)</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>2025-2026 deialdia Nafarroako Foru Komunitateko nekazaritza eta elikadura produktuak kalitate erregimenetan sustatzeko Lankidetzarako laguntzetarako.</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Ezagutza- eta informazio-jarduerak trukatzeko laguntzen deialdia, lanbide-prestakuntzarako eta gaitasunak eskuratzeko jardueren bidez (7201), nekazaritza, nekazaritza-elikadura, basogintza eta landa eremuan, PEPAC 23-27.</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>Valentziako Erkidegoko Nekazaritzako Elikagaien Kalitate Diferentzialaren irudien Kontseilu Arautzaile edo Kudeaketa Organoentzako laguntzak.</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>2024ko 10eko Ebazpena, 2023-2027 PEPAC 2023-2027 2025. urterako PAko nekazaritza-ustiategi txiki eta ertainetan aholkularitza-zerbitzuetarako diru-laguntzak emateko diru-laguntzak emateko gastu aurreratuen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Galiziako enpresen berrikuntza gaitasuna eta garapen teknologikoa hobetzeko laguntzak, 2025. urterako “Ticket Innova” programa.</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Galiziako enpresen berrikuntza gaitasuna hobetzeko laguntzen oinarri arautzaileak, diseinu eta berrikuntza planetan integratutako jardueren finantzaketaren bidez (Igape Innova programa)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko abenduaren 23koa, Nekazaritza, Abeltzaintza eta DR Ministerioarena, Espainiako NPBren Plan Estrategiko Nazionalaren esparruan prestakuntza, informazio eta erakustaldi ekintzak egiteko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko abenduaren 19koa, Nekazaritza Garapen eta Bermerako Valentziako Agentziako zuzendariarena, zeinaren bidez informazio jardueretarako eta kalitatezko nekazaritzako elikagaien araubideen sustapenerako laguntzak deitzen diren 2025eko ekitaldirako.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Nekazaritza Aseguru Bateratuaren 46. Plan Bateratuaren Nekazaritza Aseguru Bateratuaren 46. Balear Uharteetako Autonomia Erkidegoan nekazaritza-aseguru konbinatuak kontratatzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko abenduaren 23koa, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo tokiko txikizkako merkataritza berraktibatzeko diru-laguntzen deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko abenduaren 23koa, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo merkataritza-sektorea sustatzeko diru-laguntzen deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiarena, zeinaren bidez deitzen den, 2025eko ekitaldirako, laborantza suntsitu edo suntsitu duten fruta-lursailak birlandatzera zuzendutako minimis laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren Ebazpena, zeinaren bidez, 2025. urterako, gereziondo-ustiategietarako laguntzak deitzen diren klima-, ingurumen- eta eraginpeko eremuetan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>EMT//2024 Ebazpena, dena, Lleidako nekazaritza kanpainen esparruan prestakuntzadun kontratazioa sustatzeko diru-laguntzak emateko 2025. urterako deialdia irekitzen duena (SOC - NEKAZARITZA KANPAINA IN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Abenduaren 19ko AGA/…/2024 Agindua, Aragoiko 2025. urterako nekazaritza-aholkularitza-zerbitzuak emateko diru-laguntzak deitzen dituena, NPB 2023-2027 Plan Estrategiko Nazionalaren esparruan.</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta basogintza arloan ingurumena hobetzen laguntzen duten eta Doñanako lurralde garapen jasangarrirako ekarpena egiten duten proiektuak egiteko diru-laguntzen deialdia argitaratzen duen Biodibertsitatearen Fundazioaren Ebazpena.</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>Unibertsitateen eta Kataluniako ikerketa, garapen eta berrikuntza sistemaren gainerako eragileen ezagutzaren gizarte-eragina sustatzeko proiektuetarako laguntzetarako deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako kooperatiben, mikrokooperatiben eta lan-sozietateen enplegua sustatzeko eta lehiakortasuna hobetzeko laguntzen deialdia 2025 eta 2026 urteetarako.</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Biodibertsitatearen Fundazioaren Zuzendaritzaren Ebazpena, diru-laguntzen deialdia argitaratzea onartzen duena, biodibertsitatearen eta digitalizazioaren sustapenaren arloan LIFE programaren esparruan onartutako proiektuak laguntzeko.</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako enpresa talde berritzaileen funtzionamenduari zuzendutako laguntzen deialdia 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintzako Ekoizpeneko Zuzendari Nagusiaren Ebazpena, 2025. Planerako, Valentziako Erkidegoko laguntzetarako deialdi goiztiarra ezartzen duena, planetan sartuta dauden nekazaritza aseguruak harpidetzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Nekazaritza-, abeltzaintza- eta baso-aseguruetarako diru-laguntzak Nekazaritza Aseguru Bateratuaren 46. Planean sartuta.</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko abenduaren 26koa, MAPArena, martxoaren 15eko 4/2022 Errege Lege Dekretuaren 6. artikuluko diru-laguntzak deitzen dituena, nekazaritza-ustiategietako titularrei kredituen printzipalaren diru-laguntza emateko (DANA 2024 ) .</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko urriaren 30ekoa, MAPArena, ekainaren 1eko 388/2021 Errege Dekretuaren diru-laguntzak deitzen dituena, SAECAren bermeak lortzeko nekazaritzako elikagaien eta arrantzaren sektorean.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>Kataluniako tokiko salmenta sustatzeko eta merkaturatzeko de minimis laguntzak</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2025eko kanpainarako “erle beltzen bertako arrazatik kalitatezko eztia ekoizteko laguntzak” eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>2024/12/18ko Ebazpena, Nekazaritza Kudeaketako Zuzendaritza Nagusiarena, zeinaren bidez, 2025. urtean, izapidetze aurreratuaren prozeduraren bidez, Espainiako arraza autoktonoak sustatzera zuzendutako diru-laguntzak iragartzen diren.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>2024/12/18ko Ebazpena, Nekazaritza Kudeaketako Zuzendaritza Nagusiarena, Gaztela-Mantxako esne-ekoizpena kontrolatzeko 2025. urterako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Industria ETEetan berrikuntza proiektuak egiteko laguntzak. Deitu 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>2025eko deialdia PEPACren esparruan lanaldi partzialeko nekazariak ezartzeko laguntzetarako</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Lehendakariordearen 2024ko abenduaren 17ko 801/2024 Dekretua, 2024. urterako Ekimen Pribatuko Obra Hidraulikoetarako eta Nekazaritzako Ureztatzeko Proiektuetarako Laguntzetarako deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>Gaitasun digitalen prestakuntza-ekintzetarako diru-laguntzen oinarrien agindua, ahal dela landa eremuko emakumeei zuzenduta, Plan Nacion. Trebetasun digitalak, PRTRkoak, EBk finantzatutakoak -Next Generation EU-, eta 2025 deialdia.</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Nekazaritza-makineria berritzeko ezohiko laguntzak, 7/2024 Errege Lege Dekretuaren 26. artikuluak onartuak.</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>2025ean oinarri teknologikoko enpresa berritzaileak sortzeko eta sendotzeko laguntzak Susperraldi, Eraldaketa eta Erresilientzia Planaren esparruan - Europar Batasunak finantzatua - Next Generation EU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>TI4 Digitalizazioa eta Industria (Reg. Minimis 2023/2831)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>2024/12/17ko Ebazpena, Landa Garapeneko Zuzendaritza Nagusiarena, zeinaren bidez, 2025. urterako, aurretiazko izapidetze prozeduraren bidez, nekazaritzan gazteak finkatzeko laguntzak eta hobekuntza eta inbertsioak egiteko.</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>2024/12/20ko Ebazpena, Murtziako Eskualdeko Garapen Institutuko zuzendariarena, ordezkaritzaz, Defentsa, Segurtasun eta Berreraikuntza eta Garapenaren alorretan berrikuntza sustatzeko laguntzak deitzen dituena, eskualdeko enpresek.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Tratamendu Integratuko Taldeentzako Laguntzak (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>2024ko laguntzak SECTI ikerketa-entitate publikoei lankidetza publiko-pribatuaren araubidean energia biltegiratzeari buruzko I+G proiektuetarako, 2024ko abenduaren 5eko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>Enpresei 2024ko laguntzak lankidetza publiko-pribatuaren araubidean energia biltegiratzeari buruzko I+G proiektuetarako, 2024ko abenduaren 5eko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko abenduaren 20koa, Galizian nekazaritza-makinen erabilera sustatzeko laguntzen oinarri arautzaileak ezartzen dituena, Europar Batasuneko Berreskuratzeko Tresnarekin (EURI) finantzatuta.</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2024ko abenduaren 26koa, Galiziako Autonomia Erkidegoan nekazaritza-aseguruak kontratatzea sustatzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2025. urterako deia egiten duena (MR443A prozedura kodea)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Urtarrilaren 13ko Agindua, lehortearen eta sektorearen egungo arazoen ondorioz zailtasun ekonomikoak dituzten Aragoiko nekazaritza-kooperatibak finantzatzeko emandako ezohiko laguntzen BBRR ezartzen duena eta deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>2025eko Leader Ikuspegia, MINIMIS Erregimenak ESTALITU EZ DUEN laguntzak, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ XXIV Deialdia (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Nekazaritza-turismoko intereseko ekitaldietan zuzeneko arte ikuskizunak eta arte bisual profesionalen jarduerak programatzeko diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2025eko URTARRILAREN 10ekoa, Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendaritza Nagusiarena, Lehiakoak ez diren Abeltzaintza Osasunaren Defentsarako Elkarteek albaitaritza-programa nazionalak gauzatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Extremadurako Autonomia Erkidegoan nekazari gazteak ezartzeko 2025-26 laguntzak, 169/2024 Dekretuan sartutako lehen deialdia.</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>2025-26 Laguntzak Nekazari gazteak finkatuta dauden Nekazaritzako Ustiategiak Modernizatzeko eta/edo Hobetzeko Inbertsioak, lehen deialdia 169/2024 Dekretuan sartutako lehenengo deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren Agindua, Europako Nekazaritza Funtsak (FEAGF) finantzatutako zuzeneko ordainketa moduko esku-hartzeak, aplikazio bakarra eta</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko urtarrilaren 27koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, zuzeneko ordainketa moduko esku-hartzeak, landa garapeneko esku-hartzeak eta betekizun komunak ezartzeko deia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2025eko urtarrilaren 28koa, Nekazaritza Garapen eta Bermerako Valentziako Agentziako zuzendariarena, eskabide bakarrean jasotako laguntzak urtero ordaintzeko deialdia ezartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2025eko urtarrilaren 23koa, Aragoiko nekazaritza-kooperatibei diru-laguntzak emateko Autonomia Erkidegoak emandako ezohiko laguntzen BBRR ezartzen duena eta deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Landare babesteko taldeentzako laguntzak 2025erako landare-izurriteei aurrea hartzeko</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Nekazari Gazteentzako Laguntza Osagarriak, dei egiten duen 2025eko urtarrilaren 27ko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Nekazaritza Ekologikoa, horiek deitzen dituen 2025eko urtarrilaren 27ko Ebazpenaren arabera</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Nekazaritzari lotutako PEPAC 2025 Laguntzak, horiek deitzen dituen 2025eko urtarrilaren 27ko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, urtarrilaren 20koa, 2025. urterako Nekazaritza Politika Erkidearen laguntza-eskaera bakarra aurkezteko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Nekazari gazteentzako diru-sarrera osagarriak 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Zailtasunak dituzten labore jakin batzuetako nekazariei lagundu 2025eko kanpainan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 27ko Agindua, zeinaren bidez, 2025. urterako deialdia egiten den Fruta Arbol Lehorren eta Ureztatutako Fruta Arbolak Mantentzeko Nekazaritza Ekologikoaren eragiketei dagozkien diru-laguntzetarako (6503.2), Esku-hartzeei dagozkienak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Nekazaritza ekologikoa sustatzeko laguntzak, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko urtarrilaren 28koa, 10.1.14 Ustiapenerako diru-laguntzarako 2025. urterako deialdia egiten duena larre-formazioetako usteldura erradikala prebenitzeko eta kontrolatzeko lurzoruaren kareharria aldatzeko 10. neurria: Agroambi egiten da.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Nekazaritza-sektorean ezartzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>2025 Nekazaritza-sektoreari landareen babesari buruzko aholkularitza teknikoa emateko laguntzak, 2024ko abenduaren 20ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko otsailaren 3ko Aginduaren laburpena «Espainiako Elikadura, 2025. urtea» Saria iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Nekazaritza-lurretan nekazaritzako ingurumen-konpromisoetarako eta baliabide genetikoak kontserbatzeko konpromiso eta jardueretarako diru-laguntzak (2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko urtarrilaren 30ekoa, tokiko eta artisau-merkataritzaren berrikuntza eta iraunkortasuna sustatzeko diru-laguntzak, lehiarik gabe, emateko oinarri arautzaileak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Merkataritza eta azoka sustatzeko jarduerak garatzeko Madrilgo Erkidegoko udalei laguntzak 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Birsortutako ura erabiliz labore iraunkorretarako nekazaritza-ingurumen konpromisoak ordaintzeko laguntzak, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Nekazaritzakoak ez diren enpresak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako diru-laguntzak (19.2.3 PDR azpineurria), z/ IX Deialdia (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Nekazaritzakoak ez diren enpresak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako diru-laguntzak (19.2.3 PDR azpineurria), z/ IX Deialdia (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko otsailaren 17koa, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdeko mahastiak berregituratzeko eta birmoldatzeko laguntzen deialdia onartzen duena, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>DES/07/2025 Agindua, 2025eko otsailaren 24koa, 2025. urterako eskabide bakarrean jasotako FEAGF (Nekazaritza Bermatzeko Europako Funtsa) eta FEADER (Landa Garapenerako Europako Nekazaritza Funtsa) finantzatutako laguntzetarako deialdia egiten duena eta bilketa egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Nekazaritzako ekoizleek kontsumitzen duten gasolioaren prezioa estaltzeko laguntzak 24.etik 27.era arteko 20/2022 Errege Lege Dekretua. 2024 urtea</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>7/2024 Errege Legeko 11. artikuluko Pertsona Fisikoen Errentaren gaineko Zergan zenbatespen objektiboaren metodoaren bidez kalkulatutako errenta garbia 2024an murriztea. Nekazaritza</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>2024an 7/2024 EDren 11. artikuluaren Balio Erantsiaren gaineko Zergaren araubide sinplifikatuaren eragiketa korronteengatik sortutako tasa murriztea. Nekazaritza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>KANARIA UHARTEKO MERKATU TRADIZIONALAK HOBETZEKO ETA/EDO LANDA MERKATARITZA LAGUNTZEKO PROIEKTUA</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntza nekazaritza-ustiategien oinordetzarako lankidetza</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>AGA/…../2025 AGINDUA, martxoaren 6koa, Europako Berrikuntzarako Lankidetzako (EIP) talde operatiboentzako lankidetza-laguntzetarako deialdia egiten duena, 23-27 NPBren Plan Estrategiko Nazionalaren esparruan, Aragoi 2025erako.</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>Kantabriako abeltzaintza-osasunaren defentsarako aitortutako taldeei diru-laguntzak emateko deialdia 2025erako.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko martxoaren 13ko Aginduaren laburpena, "Alimentos de España Ardo Onenen, 2025" Saria iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko martxoaren 17ko Aginduaren laburpena, "Adierazpen Geografikoko Espiritu Onenaren Alimentos de España Saria, 2025" iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko martxoaren 18koa, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, 2025eko mahats-bilketaren uzta berderako laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>ANTOLAKETA LAGUNTZAK IRAKASLEA. NEKAZARITZA ETA SINDIKAKO KOOP. NEKAZARITZA (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>SINDIKAKO KOOP. NEKAZARITZA LAGUNTZA (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko martxoaren 23koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo hegazti erruleetan salmonella txertatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko martxoaren 21ekoa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo erkidegoko mahastiak berregituratzeko eta bihurtzeko laguntzak iragartzen dituena, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Energia fotovoltaikoko eta mikroeolikoko instalazioen sustapena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>2025 Nekazaritza-ustiategietan ura eta energiaren erabilera eraginkorra sustatzen duten ureztatze-sistemak ezartzeko diru-laguntzak, horiek deitzen dituen martxoaren 11ko 12/2025 Dekretuaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Martxoaren 27ko Ebazpena, 2025eko ekitaldirako deialdia egiten duena, Cultiva programarako diru-laguntzak, ustiategi ereduko nekazari gazteentzako prestakuntza egonaldiei buruzkoak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 27ko Agindua, deitua. 2025 exekuziora zuzendutako laguntzen, Agruparen bitartez. Abeltzaintza Osasunaren Defentsarena, lehia-erregimenean erkidegoko finantzaketarik ez duten osasun-programena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Ekintzailetza berritzailea sustatzeko diru-laguntzen deialdia (Entrepreneur Check) 2025erako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Extremadura Avante-k enpresei laguntza ematen die Fruit Attraction 2025 Azokan taldean parte hartzeko, 2025eko martxoaren 27ko Hitzarmenak deitzen dituenaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>AGINDUA/AGA/284/2025, martxoaren 10ekoa, Nekazaritza, Abeltzaintza eta Elikadura sailburuarena, 2025. urterako erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzera zuzendutako diru-laguntzen deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA EKOIZPENAREN ERALDAKETAKO INBERTSIOAK BULTZATZEKO LAGUNTZAK. BESTE MINIMIS INBERTSIO BATZUK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA EKOIZPENAREN ERALDAKETAKO INBERTSIOA BULTZATZEKO LAGUNTZAK. ENTITATE ELKARTEAK. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA PRODUKTUEN ERALDAKETAKO INBERTSIOAK BULTZATZEKO LAGUNTZAK. ENTITATE ELKARTEAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA EKOIZPENAREN ERALDAKETAKO INBERTSIOA BULTZATZEKO LAGUNTZAK. BESTE INBERTSIO BATZUK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>INGURUMEN HELBURUAK DITUZTEN INBERTSIOETAKO LAGUNTZAK NEKAZARITZA ELIKAGAIEN INDUSTRIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>INGURUMEN HELBURUAK DITUZTEN INBERTSIOAK NEKAZARITZA ELIKAGAIEN INDUSTRIAN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2025eko martxoaren 24koa, ekoizle taldeek 2023-2027 NPB Plan Estrategikoaren esparruan garatutako kalitate-araubideetan jasotako Galiziako nekazaritza- eta elikagaigintza-produktuen informazio- eta sustapen-jardueretan lankidetza laguntzeko laguntzen oinarri arautzaileak ezartzen dituena, eta 2025eko ekitaldirako deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>CV-AN KOOPERATIBOA INTEGRATZEKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>Nekazaritzako erakunde profesionalei laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>Nekazari berriak sartzeko laguntzak. Deitu 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>2025-04-01eko Ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko zuzendariarena, ordezkaritzaz, azoka, ekitaldi eta merkataritza-misioetan parte hartzeko diru-laguntzen deialdia egiten duena. Saudi Nekazaritza Azoka. Saudi Arabia 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 Agindua, apirilaren 7koa, 2025ean Nekazaritzako Elikagaien Industria 2022 eta 2023 Aginduetan emandako diru-laguntzak FITE 2023 hitzarmenaren kargura osatzeko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko apirilaren 7ko Aginduaren laburpena, "2025eko Urdaiazpiko Onenen Espainiako Elikagaien Saria" iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Udalei obra berriak egiteko eta nekazaritza-azpiegiturak hobetzeko 2024-2025 laguntzen deialdia, abuztuaren 14ko DES/25/2024 Aginduak arautua.</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Toki entitateei landa-merkataritza suspertzeko diru-laguntzak</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789778</t>
+  </si>
+  <si>
+    <t>Startup irtenbide digitalak Madrilgo Erkidegoa 2024 saritzen du</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>AGA/ /2024 Agindua, urriaren 7koa, 2025. urterako (2026ko ekitaldia) ekoizteko instalazioetan eta ardoaren azpiegituretan, egituretan eta merkaturatzeko tresnetan inbertsioetarako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>PRTRren esparruan ureztatzea digitalizatzeko laguntzen programaren bigarren deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Kanariar Uharteetako Nekazaritzako Lanbide Elkarteei diru-laguntzak</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular Eta Trans.Energética (Erreg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>2024ko urriaren 15eko Agindua, Nekazaritzako Lanbide Erakundeei eta Nekazaritza Elkarteei Nekazaritza Intereseko Jarduerak Garatzeko Laguntzen Oinarri Arautzaileak ezartzen dituena eta 2024. Urterako Deitzen dira (Prozedura Kodea).</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Nekazaritza Aseguru Planaren Ildoetarako Laguntzak (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektorerako laguntzak landare osasunari dagokionez 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko urriaren 23koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, CyL-ko ustiategietako titularrek formalizatutako lehentasunezko mailegu diruz lagundutako interesak diruz laguntzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko urriaren 21ekoa, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, zeinaren bidez nekazaritza-ustiategien oinordetzarako lankidetza sustatzera zuzendutako esku hartzeko laguntzak deitzen diren 2024. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>2024. urterako Menorca uharteko landa-garapenerako laguntzen deialdiaren Oinarriak onartzen dituen hitzarmena, nekazaritza eta/edo ingurumen arloekin lotutako proiektuei lotuta eta Garapen Estrategian lotua.</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Kontseilu Exekutiboaren Akordioa, 2024ko irailaren 23koa, Menorcako Uharteko Kontseiluak Menorcako Osasun Defentsarako Taldeentzako (ADS) eta 2024. urteari dagokion deialdiaren oinarriak onartzeari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko urriaren 24koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo Erkidegoko nekazaritza-erakunde profesional adierazgarrienei 2024. urterako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>Nekazaritza Ministerioaren 2024ko urriaren 29ko Agindua, behi-, ardi- edo ahuntz-espezieen arraza garbien pentsuak edo hazkuntza-zentroak eraikitzeko, handitzeko edo egokitzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Ukrainako gerra gatazkatik eta 2024ra arteko lehortetik eratorritako lehen sektorearen baldintzen larritzeari erantzuteko nekazaritza-ustiategientzako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>2024-2025 Azpikoa udalei eta toki entitate txikiagoei zuzendua, merkataritza suspertzeko proiektuak finantzatzeko, 2024ko urriaren 15eko 130/2024 Dekretuaren arabera.</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>2024-2025 Subv 2024ko urriaren 15eko 130/2024 Dekretuaren arabera, merkataritza-sektoreko elkarte, federazio eta konfederazioei zuzendua, merkataritza suspertzeko proiektuak finantzatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ikerketa zientifikorako eta teknologia transferentziarako proiektuetarako laguntzak, EGEFek kofinantzatuta (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>905/2022 Errege Dekretua, urriaren 25ekoa, Ardoaren Sektorearen Esku-hartzea Nekazaritza Politika Erkidearen Plan Estrategikoaren esparruan arautzen duena.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren Agindua, 2024ko azaroaren 5ekoa, nekazaritzako elikagaien industriaren modernizazioa eta trantsizio justua sustatzeko, Justu Trantsizio Funtsaren Programa - ETEak</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Instalazioen eta ekipamenduen energia-aurrezpena hobetzeko ekintzetarako eta Katalunian turismo-ostatu-zerbitzua ematen duten establezimenduentzako ekonomia zirkularreko proiekturako finantzaketa-lerrorako laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>Zure ondasunen jabetzako lurzoruak ikertzeko eta berreskuratzeko diru-laguntzak, kutsadura-zantzu espezifikoen edo industria-hondakinen isurpenen ondorioz kausa ezezaguna dela-eta.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua nekazaritzakoak ez diren negozioak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR Azpineurria), z/ IX Deialdia (PDR 2014-2020) GAL ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>AGA/1365/2024 AGINDUA, azaroaren 14koa, 2024ko euriteen ondorioz nekazaritza-ustiategietako produkzioan eta azpiegituretan kalteak egiteko laguntzak emateko oinarri arautzaileak eta deialdia onartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>Nekazaritzako elikagaien industrietan inbertsioetarako laguntzak. Deitu 2023</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796969</t>
+  </si>
+  <si>
+    <t>Nekazaritza-azoka eta lehiaketa morfologikoetarako laguntzak eta erakunde edo elkarteek egiten dituzten lehiaketa morfologikoetarako minimis laguntzak, 2024. urterako – UDAL LEHIAKETAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>Nekazaritza-azoka eta lehiaketa morfologikoetarako laguntzak eta erakunde edo elkarteek egiten dituzten lehiaketa morfologikoetarako minimis laguntzak, 2024. urterako – ERAKUNDE/ELKARTEEN LEHIAKETAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>Nekazaritza-azoka eta lehiaketa morfologikoetarako laguntzak eta erakunde edo elkarteek egiten dituzten lehiaketa morfologikoetarako minimis laguntzak, 2024. urterako – INCA ETA SINEUKO NEKAZARITZA AZOKA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAN TRATAMENDU INTEGRATUAKO TALDEEI (ATRIAK) LAGUNTZAK 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren Agindua, 2024-11-8koa, arrantza eta akuikultura produktuak merkaturatzeko eta eraldatzeko inbertsioetarako diru-laguntzen deialdia egiten duena - FEMPA Programa – PA2 lerroa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>VALÈNCIA INNOVATION CAPITAL-ek sustatutako “AGRO·LAB TONOWASTE” azelerazio programarako proiektu berritzaileen deialdiaren oinarriak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Nekazaritzako elikagaien ekoizpen ekologikoan ikerketa aplikatua bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>2024ko laguntzak deitzen dituen urriaren 22ko 132/2024 Dekretuaren arabera abereak merkaturatzeko inbertsioetarako diru-laguntzak ematera zuzenduta.</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>DIGINNOVA diru-laguntzen deialdia KANARIA UHARTEKO ENPRESA ETA IKERKETA ZENTROETAN GAZTE TALENTUA txertatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2024ko ekainaren 25ekoa, Akuikulturaren sektorean berrikuntza, hobekuntza teknologikoa eta lehiakortasuna sustatzeko laguntzak emateko oinarri arautzaileak ezartzen dituena, lehiakortasun-araubidean, Fondoarekin batera finantzatuta.</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko ekainaren 26koa, Nekazaritza Ministerioarena, G eta DR, hausnarkarien gaixotasunen osasun-programa ofizialak aplikatuz behiak hiltzearen ondoriozko behiak ordezkatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>EEI/ /2024 AGINDUA, uztailaren 1ekoa, Aragoiko Autonomia Erkidegoko hiri eta landa eremuetan merkataritza suspertzeko merkataritza txikizkako merkataritza sustatzeko “VOLVEREMOS” programari dagozkion laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>2024ko Abeltzaintza Osasunaren Defentsa Taldeei eta Erlezaintza Osasunaren Defentsa Taldeei laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>7119.2 neurriko proiektu EZ PRODUKTIBOetarako laguntzetarako deialdia Burgosko Ribera del Dueroko landa eta garapen integralerako GAL Elkarteak kudeatuko duen CYLko 2023-2027 nekazaritza politika erkidearen plan estrategikoko liderra.</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>GAL RIBERA DEL DUERO LANDA GARAPENERAKO INTEGRAL ELKARTEA BURGALESA-k kudeatuko duen 2023-2027 NEKAZAR POLITIKA ERKOMUNAREN PLAN ESTRATEGIKOKO LIDERA 7119.2 neurriko Ekoizpen-proiektuetarako laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>Kontratatzeko laguntzak PICE Programa Ceutako Merkataritza Ganbera 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko uztailaren 11koa, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo azokak antolatzera zuzendutako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>ETE DIGITALAK 2024ko deialdia – Kantabriako Merkataritza Ganbera</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>Galiziako enpresetan energia aurrezteko eta eraginkortasunerako proiektuetarako diru-laguntzen oinarri arautzaileak eta deialdia 2024. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>2024rako hazia ziurtatua erabiltzen duten arroz-ustiategientzako minimis laguntzak</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko uztailaren 22koa, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, bildutako hirugarren herrialdeetako merkatuetan sustapen eta komunikaziorako CVko ardoaren sektoreari laguntzak emateko deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko uztailaren 17koa, Landa Inguruneko eta Nekazaritza Politikarako Ministerioko Toki Erakundeentzako Diru-laguntzetarako deialdia egiten duena, 2024. urteari dagozkionak.</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>905/2022 Errege Dekretua, urriaren 25ekoa, Nekazaritza Politika Bateratuko Plan Estrategikoaren esparruan Ardoaren Sektorearen Esku-hartzea arautzen duena_2025 Deialdia</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>3 Nekazaritza Sailaren Agindua, Volcan, Platanos eta Aguacateren ondoriozko diru-sarrerak galtzeko zuzeneko laguntzak ematen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>MERKATARITZA ETA AZOKA SUSTAPENEKO UDALERRI LAGUNTZAK 2024</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774902</t>
+  </si>
+  <si>
+    <t>Berrikuntza teknologikoko proiektuetarako diru-laguntzak Green 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>"UNICO Demanda Bono PYME" konektibitate-bonus programaren laguntza deialdia. Nekazaritza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>2024ko Nekazaritzako Makineriaren Parke Nazionala (RENOVE PLANA) berritzeko plana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>PROG. EST. KANPO MERKATARITZA -MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>PROG. KANPO MERKATARITZA ESTRATEGIKOA-MINIMIS-EKINTZAK2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Enplegua Sustatzeko Programa Andaluzian eta Extremaduran 2024 (Cadiz) - Enplegu egonkorra sortzen duten proiektuak</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>AUTONOMOA LANAREN SINDIKAZIOA (AUT) MINIMIS AGRO.FORESTAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>Nekazaritzako elikagaien industrien esportazioak sustatzeko de minimis laguntzak</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Enpresa Dinamizazio eta Sustapen Ekintzak L1_Aholkularitza, horiek deitzen dituen uztailaren 2ko 65/2024 Dekretuaren arabera.</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>Marketin-arazoak konpentsatzeko agindua</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Nekazaritzako eta nekazaritzako elikagaien produktuak HORECA kanalean sartzeko, 2024an, ontziratzeko, biltegiratzeko, logistikarako eta banaketarako prozesu eta sistemen diseinuan eta garapenean eraginkortasun energetikoa hobetzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>INBERTSIO LAGUNTZAK INGURUMEN HELBURUEKIN NEKAZARITZA ELIKAGAIEN INDUSTRIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>2024. urterako Menorca uharteko landa garapenerako laguntzen deialdiaren Oinarriak onartzen dituen hitzarmena, nekazaritza eta/edo ingurumen arloekin lotutako proiektuei lotuta eta Menorcako 2014-2020 Parte Hartzeko Toki Garapenerako Estrategian jasotakoa.</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioaren uztailaren 31ko Agindua, Murtziako Eskualdeko EDLP DE Galpemur-en FEMPAren 2024rako proiektuetarako laguntza publikoak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>2024ko eztia ekoizteko eta merkaturatzeko laguntzak FEAG</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>Nekazaritzako elikagaien industrian ingurumen-helburuak dituzten inbertsioetarako laguntzak, FEADESR eta AGEk batera finantzatuta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>1. Programa Biltegiratzedun nekazaritza-instalazioen proiektu berritzaileak (ENERGIA BERRIZTAGARRI BERRIZTAGARRIAK) Susperraldi, Eraldaketa eta Erresilientzia Planaren esparruan, Europar Batasunak-Next Generation EU-k finantzatuta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>Nekazaritza-baliabide genetikoen kontserbaziorako laguntzak kontserbazio-entitateei zuzenduta, 2024. urteari dagokion NPB 2023-2027 Plan Estrategikoaren esparruan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Erkidegoko nekazaritzako elikagaien kooperatiben dimentsionamendua sustatzeko diru-laguntzak 2024. urterako. Gutxieneko orokorra. 2024/01/08ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2024ko kanpainarako, III.2 EKINTZA “BEHIA SEKTORARI LAGUNTZA”-ko laguntzak deitzen dituena, III.2.5 AZPIEKINTZA "ESNEKO BEHIAK ORDEZKETA LAGUNTZAK"</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Erkidegoko nekazaritzako elikagaien kooperatiben dimentsionamendua sustatzeko diru-laguntzak 2024. urterako. Nekazaritzako gutxienekoa. Agindua, 2024ko abuztuaren 1ekoa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>Proiektuak finantzatzeko diru-laguntzen deialdia Espainiako Nekazaritza Politika Bateratuaren Plan Estrategiko Nazionaleko (PEPAC) 2023-2027 LEADER 7119 Esku-hartzearen esparruan, AGALSA Taldearen Garapen Estrategian oinarrituta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>2024 Nekazaritzako Elikagaien Industrietan Inbertsioetarako Laguntzak, Extremadurako Autonomia Erkidegoan nekazaritza-industriarako pizgarriak emateko oinarri arautzaileak ezartzen dituen uztailaren 30eko 87/2024 Dekretuaren arabera, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioak laguntzeko. , eta bere deialdi bakarra onartzen da</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko uztailaren 30ekoa, merkataritza zirkularreko programarako diru-laguntzak lehiaketarik gabeko lehiaketan emateko oinarri arautzaileak ezartzen dituena eta 2024. urterako deialdia egiten duena (CO300D)</t>
+  </si>
+  <si>
+    <t>2024-08-14</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779958</t>
+  </si>
+  <si>
+    <t>2023ko lehorteak kaltetutako Plana Litoral de La Muga eta El Baix Fluvià-ko ur-erabiltzaileen erkidegoetako urte anitzeko bazka-laboreak dituzten nekazaritza-ustiategiei zuzendutako minimis laguntzak.</t>
+  </si>
+  <si>
+    <t>2024-08-17</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780076</t>
+  </si>
+  <si>
+    <t>2023ko lehorteak kaltetutako Plana Litoral de La Muga eta El Baix Fluvià-ko ur erabiltzaileen komunitateen lurralde-eremuan belar-laboreak eta baratze-laboreak dituzten nekazaritza-ustiategiei laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780077</t>
+  </si>
+  <si>
+    <t>Proiektu berritzaileen inkubazio, azelerazio edo eskalatze programen bidez berrikuntza sustatzeko diru-laguntzak (Unibertsitate publikoak)</t>
+  </si>
+  <si>
+    <t>2024-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780147</t>
+  </si>
+  <si>
+    <t>Proiektu berritzaileen inkubazio, azelerazio edo eskalatze programen bidez berrikuntza sustatzeko diru-laguntzak (Fundazioak)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780148</t>
+  </si>
+  <si>
+    <t>Proiektu berritzaileen inkubazio, azelerazio edo eskalatze programen bidez berrikuntza sustatzeko diru-laguntzak (Estatuko Agentziak)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780149</t>
+  </si>
+  <si>
+    <t>Nekazaritza- eta itsas-jarduera mantentzeko diru-laguntzak Nekazaritza Kooperatibei, Arrantzaleen Kofradiei eta Serra de Tramuntana Jatorri Deitura Babestuen Kontseilu Arautzaileei zuzendutako 2024. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko abuztuaren 13koa, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Autonomia Erkidegoko erlezaintzako sektorean esku hartzeko laguntzen deialdia onartzen duena 2024. urterako.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo 2023-2027 Nekazaritza Politika Erkidearen Plan Estrategikoko LIDERA 7119.3 neurriaren espedienteetarako laguntza publikoak, Segovia Sur Toki Ekintza Taldeak kudeatzen dituena.</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>7119.4 neurriko espedienteetarako laguntza publikoak Gaztela eta Leongo 2023-2027 Nekazaritza Politika Erkidearen Plan Estrategikoko LIDERA, Segovia Sur Toki Ekintza Taldeak kudeatzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2024ko kanpainarako Erkidegoko Laguntza Programaren III.7 Ekintzarako laguntzak deitzen dituena, «Kanariar Uharteetako txerri-hazkuntzarako laguntzak».</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780872</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko apirilaren 18koa, nekazaritzako elikagaien elkarteko entitateen integrazio- eta bateratze-prozesuak sustatzera bideratutako diru-laguntzak. 2. ildoa- Andaluziako nekazaritzako elikagaien elkarteko entitateen bat-egitea sustatu eta sustatzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko maiatzaren 15ekoa, ekoizpen eta merkaturatze planetarako laguntzen deialdia egiten duena 2024ko OPP kanpaina - Irabazi asmorik gabeko erakundeak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 6ko Ebazpena, in rég.de conc.no comp. Andaluziako nekazaritza eta landa garapeneko sektoreak ordezkatzen dituzten erakunde eta entitateei.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko apirilaren 18koa, nekazaritzako elikagaien elkarteko entitateen integrazio eta bat-egite prozesuak sustatzera bideratutako diru-laguntzak. 1. ildoa- Nekazaritzako elikagaien elkarteko entitateen integrazioa sustatu eta sustatzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko apirilaren 18koa, nekazaritzako elikagaien elkarteko entitateen integrazio eta bat-egite prozesuak sustatzera zuzendutako diru-laguntzak. 1. ildoa- Nekazaritzako elikagaien elkarteko entitateen integrazioa sustatu eta sustatzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA ENPLEGUA SUSTATZEKO PROGRAMA 2024 ENPLEGU EGONKORRAK SORTZEN DUTEN PROIEKTUENTZAKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
   </si>
   <si>
     <t>Ebazpena, 2024ko maiatzaren 24koa, Lan, Segurtasun eta Lan Osasuneko DGEren, zeinaren bidez konb. 2024rako azpian rég.de conc.comp. ETEei laneko arriskuak prebenitzeko proiektuetarako, 1. lerroa: - nekazaritza minimoa</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
   </si>
   <si>
     <t>Ebazpena, 2024ko maiatzaren 24koa, Lan, Segurtasun eta Lan Osasuneko DGEren, zeinaren bidez konb. 2024rako azpian rég.de conc.comp. ETEei laneko arriskuak prebenitzeko proiektuetarako, 2. lerroa: - nekazaritza minimoa</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
   </si>
   <si>
     <t>Agindua, 2024ko maiatzaren 27koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo PEPAC 2023-2027 esparruan erlezaintzako sektoreko esku-hartzerako laguntzak deitzen dituena 2024ko erlezaintzako Lehoia.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
   </si>
   <si>
     <t>Agindua, 2024ko maiatzaren 30ekoa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo arraza garbien liburu genealogikoetan aleak ugaltzea eta inskribatzea sustatzeko laguntzak deitzen dituena.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
   </si>
@@ -1325,6627 +7367,696 @@
   <si>
     <t>EBAZPENA, 2024ko maiatzaren 27koa, Asturiasko Printzerriko nekazaritza-ustiategi txiki eta ertainetan aurresalmentarako nekazaritza-produktuen lehen produkziora bideratutako aholkularitza-zerbitzuetarako diru-laguntzen deialdia onartzen duena.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
   </si>
   <si>
     <t>MURTZIA ESKUALDEA EAFDER PEPAC ESKU HARTZEKO (2023-2027), 6503 (NEKAZARITZA EKOLOGIKOA), INGURUMEN ETA KLIMA KUDEAKETAKO KONPROMISOEI DAGOKION LAGUNTZA LERROAREN DEIALDIA.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
   </si>
   <si>
     <t>Murtziako Eskualdeko Garapen Institutuko Lehendakariaren 2024-05-24ko Ebazpena, berriki sortutako enpresa berritzaileetan inbertitzaile pribatuak sartzera bideratutako laguntzetarako deialdia egiten duena.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
   </si>
   <si>
     <t>2024-05-24ko Ebazpena, Murtziako Eskualdeko Garapen Institutuko Lehendakariarena, berrikuntza eta ekintzailetza sustatzera bideratutako laguntzetarako deia egiten duena.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
   </si>
   <si>
-    <t>Ekonomia urdin neutral, iraunkor eta produktibo baterako Europako lankidetzarako jarduera osagarriak</t>
-[...44 lines deleted...]
-    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-4</t>
+    <t>Nafarroako mendi-belardiak modu iraunkorrean kudeatzeko 2024-2025 kanpainarako laguntzen oinarri arautzaileak eta 6881.1 Esku-hartzean jasotako PEPAC 2023-2027 Esku-hartzean jasotako laguntzen deialdia onartzea.</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>2024ko irailaren 10eko Dekretua, Ekonomia, Berrikuntza eta Ogasun Arloko Ordezkariarena, langile autonomoen araubide berezian afiliatuta dauden pertsonei diru-laguntzak emateko deialdi publikoa onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko irailaren 2ko (AVFGA), Nekazaritza Politika Bateratuaren Plan Estrategikoaren esparruan nekazaritzako elikagaiak eraldatzeko, merkaturatzeko eta/edo garatzeko inbertsioetarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>MTD/879/2024 Agindua, irailaren 6koa, maiatzaren 23ko MTD/683/2023 Agindua aldatzen duena, oinarri arautzaileak onartzen dituena eta EBk finantzatutako CyL kolektibo ahuleneko bonu digitalak jaulkitzeko laguntzen bigarren deialdia onartzen duena (NextGen ) MRR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>2024an Kantabrian nekazari gazte eta berriak ezartzeko laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>Merkataritza biziberritzeko laguntza (DIN)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>2024KO EKITALDIAN BERRIKUNTZA-EKINTZAK EGITEKO ENPRESA-TALDE EDO KLUSTERI LAGUNTZATZEKO LAGUNTZAK DEITZEN DITUEN AGINDUA.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
   </si>
   <si>
     <t>Energia-eskariaren elektrifikazioaren alde egiten duten energia biltegiratzeko azpiegituren proiektuetarako diru-laguntzen oinarri arautzaileak, 2024. urterako, EGEFek kofinantzatuta.</t>
   </si>
   <si>
-    <t>2024-09-16</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
   </si>
   <si>
-    <t>2024KO EKITALDIAN BERRIKUNTZA-EKINTZAK EGITEKO ENPRESA-TALDE EDO KLUSTERI LAGUNTZATZEKO LAGUNTZAK DEITZEN DITUEN AGINDUA.</t>
-[...59 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+    <t>NEKAZARITZA, UR, ABELTZAINTZA ETA ARRANTZA SAILAREN LANKIDETZA HITZARMENA AINIAREKIN, ABELTZAINTZAKO SAIORROTAKO NITROGENOAREN KUDEAKETA AZTERTZEKO, DIGESTIO ANAEROBIKOKO TEKNOLOGIAREN BIDEZ CV-an.</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Proiektuak finantzatzeko diru-laguntzen deialdia Espainiako Nekazaritza Politika Bateratuaren Plan Estrategiko Nazionaleko (PEPAC) 2023-2027 LEADER 7119 Esku-hartzearen esparruan, GAL Asociación M-ren Garapen Estrategian oinarrituta.</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Approach, MINIMIS Erregimenean, nekazaritza produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ XIV Deialdia (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Ikuspegia, EZ MINIMIS Erregimenean, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/XIV Deialdia (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua nekazaritzakoak ez diren negozioak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR azpineurria), z/XXIII Deialdia (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>MURTZIA ESKUALDEKO ABELTZAINTZA OSASUNAREN DEFENTSA TALDEEI 2024. EKITALDIKO EGINDAKO LAGUNTZAK.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko ekainaren 21ekoa, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Jatorrizko Deituraren, Geografia Adierazpen Babestuen Kontseilu Arautzaileentzako eta Nekazaritza Ekologikoaren Kontseilurako laguntzak deitzen dituena. 2024</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>Murtziako Eskualdeko turismo-ostatuak modernizatzeko eta trantsizio berde eta iraunkorraren, energia-eraginkortasunaren eta trantsizio digitalaren arloak hobetzeko laguntzak, EU-NextG-k finantzatutako PRTRren esparruan (MRR C14.I1.2 )</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko abuztuaren 20koa, Kultura, Turismo eta Kirol Ministerioarena, zeinaren bidez subv. turismo-enpresen energia-eraginkortasuna eta ekonomia zirkularra zuzendutako proiektuetara zuzendua, hurrengo belaunaldiko EU MRR Europako funtsekin finantzatua.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>44/2024 Dekretua, abuztuaren 27koa, Europako Gizarte Funts Plusek kofinantzatutako Nire Lehen Enplegua Programaren esparruan gazteak kontratatzeko diru-laguntzak zuzenean ematea arautzen duena. 1408/2013 REG (EB) Nekazaritza.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>Agindua, 2024ko abuztuaren 20koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, bertako arrazak sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Ikuspegia, MINIMIS Erregimenean, nekazaritza produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ XIII Deialdia (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Ikuspegia, MINIMIS Erregimenak ESTALIA EZ DU, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), XIII Deialdiaren arabera (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua landa eremuko enpresak eta nekazaritzakoak ez diren jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR azpineurria), z/ XIII Deialdia (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Hurbilketa, MINIMIS Erregimenean, nekazaritza produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ IX Deialdia (PDR 2014-2020) GAL ADIOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Ikuspegia, MINIMIS Erregimenak ESTALITA EZ, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 Azpineurria PDR), z/ IX Deialdia (PDR 2014-2020) GAL ADIOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>Laguntza 2024 Leader Planteamendua nekazaritzakoak ez diren negozioak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR azpineurria), z/ IX Deialdia (PDR 2014-2020) GAL ADIOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>Laguntzak 2024 Leader Approach, MINIMIS Erregimenean, nekazaritza produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ XII Deialdia (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
   </si>
   <si>
     <t>2024ko Lider Planteamenduko laguntzak, MINIMIS Erregimenak ESTALITA EZ DU, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR azpineurria), XII Deialdiaren arabera (2014-2020 PDR) GAL DIVA</t>
   </si>
   <si>
-    <t>2024-08-30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
   </si>
   <si>
-    <t>Laguntzak 2024 Leader Approach, MINIMIS Erregimenean, nekazaritza produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ XII Deialdia (PDR 2014-2020) GAL DIVA</t>
-[...134 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+    <t>Laguntza 2024 Leader Planteamendua nekazaritzakoak ez diren negozioak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 PDR azpineurria), z/ XII Deialdia (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>EBAZPENA, 2024ko abuztuaren 19koa, Nekazaritza eta Abeltzaintzako Ekoizpen Zuzendaritza Nagusiarena, Valentziako Erkidegoan 2024. urterako mehatxatutako arraza autoktonoak sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Elikagaien Susperraldi eta Eraldaketa Ekonomikorako Proiektu Estrategikoaren barruan nekazaritzako elikagaien sektoreko industria-proiektuetarako laguntzen deialdia 2024an, Susperraldi, Eraldaketa eta Erresilientzia Planaren esparruan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>AECP Diru-laguntza_Eraikuntzaren digitalizazio plana 2024</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>GARAFÍAKO UDALAREN LAGUNTZA UHARTEKO MERKATARITZA DINAMIZATZEKO PLANA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>LEHIAKETAKO LAGUNTZAK INTERES OROKORREKO GARAPEN EKINTZAK GIZARTE INTERES KONTATUTAKO LERROA, IKERKETA ZIENTIFIKO ETA TEKNIKOAREN ETA INGURUMEN BABESAREN ARLOAN, ESTATUKO GAITASUNAK. 2024 URTEKOA.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>2024/08/21 Ebazpena, Nekazaritza Kudeaketako Zuzendaritza Nagusiarena, Gaztela-Mantxako esne-ekoizpena kontrolatzeko 2024. urterako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Galiziako I+G Sistemako eragileen nazioarteko lankidetza sustatzeko VInnovate Galicia laguntzak emateko oinarri arautzaileak Europako beste eragile batzuekin lankidetza proiektuen bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>HAZKUNTZA Programa. Donostiako enpresa-proiektu berritzaileak hazten laguntzeko laguntza-programa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>2024ko irailaren 17ko Agindua, 2024-25. konb., nekazariei eta abeltzainei ezagutza eta informazioa lagatzera zuzendutako laguntzei buruzkoa, olibondoari lotutako nekazaritza eta abeltzaintza lehiaketak ospatzearen bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>Hitzarmena Enpresei aholkularitza integrala Errioxako Enpresen Federazioa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>Prozesatzeko instalazioetarako eta mahastizaintzako eta merkaturatzeko azpiegituretarako inbertsioetarako laguntzak 2024-2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuko Lehendakaritza, Ekonomia eta Justiziako lehendakariorde eta kontseilariaren AGINDUA, berrikuntza-proiektuetarako laguntzen BBRR onartzen duena, “Techfablab” ekimenaren bidez, PRTRren eta bere 2024ko deialdiaren esparruan.</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>2025, 2026 eta 2027. urteei dagozkien nekazaritzako elikagaien kooperatiba katalanak eraldatzeko eta lehiakortasuna eta ingurumen, gizarte eta ekonomia jasangarritasuna sustatzeko laguntzak (IMPULS.COOP).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>2024ko irailaren 24ko Agindua, zeinaren bidez konb. 2024-25erako, nekazariei eta abeltzainei ezagutza eta informazioa transferitzera bideratutako laguntzak, hedapen zabaleko jardunaldi teknikoen ospakizunaren bidez, PDRA 2014-22 (1.2. azpimarra)</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua 2025eko kanpainarako deia egiten duena III.1 Ekintza «Erkidegoan jatorria duten arraza hutseko edo merkataritzako arrazako hazkuntzako animaliak hornitzeko laguntzak»</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>“Activa Startups” ekimenaren bitartez berrikuntza irekia sustatzera bideratutako laguntzen deialdia, Susperraldi, Eraldaketa eta Erresilientzia Planaren barruan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>Nekazaritza Kudeaketako Zuzendaritza Nagusiaren Ebazpena, Gaztela-Mantxako abeltzaintza-osasunaren defentsarako taldeei (ADSG) laguntzak emateko deialdia egiten duena 2024. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
   </si>
   <si>
     <t>10/2024 LEGEA DEKRETUA, irailaren 24koa, Consellarena, Ukrainako gerra-gatazkatik eratorritako lehen sektorearen baldintzak eta klima-baldintzei okerrerari aurre egiteko nekazaritza-gaietan laguntza premiazko neurriak hartzen dituena.</t>
   </si>
   <si>
-    <t>2024-09-26</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
   </si>
   <si>
-    <t>Nekazaritza Kudeaketako Zuzendaritza Nagusiaren Ebazpena, Gaztela-Mantxako abeltzaintza-osasunaren defentsarako taldeei (ADSG) laguntzak emateko deialdia egiten duena 2024. urterako.</t>
-[...320 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2025eko kanpainarako III.2.4 "Gizentzera zuzendutako txahalak inportatzeko laguntzak" azpiekintzako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Cs-ek garapen esperimentalaren eta berrikuntza proiektuen erronkak jartzen ditu</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
   </si>
   <si>
     <t>Kontseilu exekutiboaren 2024-09-23ko ohiko bilkurako akordioa, Menorcako Uharteko Nekazaritza Erakunde Profesionaletarako (OPAS) laguntzen oinarriak eta 2024. urteari dagokion deialdiari buruzkoa.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
   </si>
   <si>
-    <t>Cs-ek garapen esperimentalaren eta berrikuntza proiektuen erronkak jartzen ditu</t>
-[...854 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+    <t>Finantza Tresnak - NEKAZARITZAKO ELIKAGAIEN PROZESAMENDUAREN ETA MERKATURATZEAREN INBERTSIO ESKU-HARTZEAREKIN LOTUTAKO INBERTSIO MAILEGUAK - 3.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko NBEGaren Ebazpena, zeinaren bidez eskualdez gaindiko aholkularitza-zerbitzuetarako diru-laguntzak aldez aurretik deitzen diren PEPACen (PIV) esparruan.</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>2026-2027ko Lankidetza Laguntzen Deialdia, Kalitate Eskemetan Nekazaritza eta Elikagai Produktuak Sustatzeko, Nekazaritza Politika Bateratuaren Plan Estrategikoaren (PEPAC) esparruan</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875481</t>
+  </si>
+  <si>
+    <t>PEPAC Esparruan Aurreikusitako Nekazaritza Ekologikoko Nekazaritza eta Ingurumen Kudeaketa Konpromisoak (6503)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Baso-ustiapenerako, basogintzako lanetarako, basogintzako zerbitzuetarako eta lehen mailako prozesamendurako bideratutako basogintzako inbertsio produktiboetarako laguntzak. (PEPAC Esku-hartzea 6883) 2026. urtean</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875061</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 12ko Agindua, Ekonomia eta Ogasun Ministerioarena, CyL-ko AAEEII-ren bidez enpresa-ehunaren ikerketa- eta berrikuntza-gaitasunak garatu eta hobetzeko 2026. urterako deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren EBAZPENA, zeinaren bidez «Xylella fastidiosa»-rentzako kalte-ordain laguntzak onartzen dituen 6/2024 Aginduan aurreikusitako laguntzak 2026. urterako aurrerapen gisa iragartzen diren.</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>MADRILGO ESKUALDEKO NEKAZARITZA ASEGURURAKO LAGUNTZA OSAGARRIAK, 2026/01/01ETIK 2026/12/31RAKO POLIZAK</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874707</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 11ko ebazpena, Nekazaritza eta Abeltzaintzako Zuzendari Nagusiarena, zeinaren bidez 2025ean Gaztela-Mantxako abeltzaintzako baliabide genetikoen kontserbazio, erabilera eta garapen jasangarrirako 6505.2 Esku-hartzearen laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, I.5 EKINTZA DEITZEN DUENA - 2026KO KANPAINARAKO NEGUKO TOMATE TRADIZIONALEN EKOIZLEEI LAGUNTZA</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>Kantabriako artisautzarako laguntzak 2026. urterako (Nekazaritzako produktuen lehen mailako ekoizpena)</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien produktuen prozesamenduan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien produktuen prozesamenduan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Baso-kalteak prebenitzeko basogintzako inbertsio ez-produktiboetarako diru-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Baso-kalteak prebenitzeko basogintzako inbertsio ez-produktiboetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2026ko urtarrilaren 13ko Aginduaren laburpena, “Espainiako Elikagaiak, 2026. urtea” Saria iragartzen duena</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
+  </si>
+  <si>
+    <t>Finantza Tresnak - NEKAZARI GAZTEEN ESKU-HARTZEAREKIN LOTUTAKO KAPITAL ZIRKULARRAREN MAILEGUAK - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Finantza Tresnak - NEKAZARI GAZTEEN ESKU-HARTZEAREKIN LOTUTAKO INBERTSIO MAILEGUAK - 1.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako Autonomia Erkidegoan nekazaritza aseguru konbinatua kontratatzeko laguntza, 47. Nekazaritza Aseguru Konbinatuaren Planari dagokiona</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>2026. urteari dagozkion osasun-programak garatzeko abeltzaintzako osasun-defentsako taldeentzako laguntzak -BESTE EKINTZA BATZUK-</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>2026. urteari dagozkion osasun-programak garatzeko abeltzaintzako osasun-defentsako taldeentzako laguntza - BLUETONGINE -</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>DANA ekaitzak kaltetutako baserrietako azpiegitura produktiboei eragindako kalteak konpentsatzeko aparteko laguntza. C zerrenda.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Agindua, zeinaren bidez 2026. urterako laguntza-eskaerak deitzen diren, Abeltzaintzako Osasuna Defentsa Taldeen bidez komunitate-finantzaketarik ez duten osasun-programak gauzatzeko.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>AGA/…/2025 AGINDUA, abenduaren 17koa, zeinaren bidez Aragoiko 2023-2027 NPBren Plan Estrategiko Nazionalaren esparruan 2026. urterako nekazaritza-aholkularitza zerbitzuak emateko diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>AGA/ /2025eko AGINDUA, 2026. URTEKO NEKAZARITZA ASEGURUA KONTRATATZEKO KOSTUAREN ZATI BAT ORDAINTZEKO DIRU-LAGUNTZAK ESKATZEN DITUENA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>Teknologia-zentro, ikerketa-zentro eta unibertsitateetako ezagutza transferitzeko laguntzak PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>2026KO KANPAINAREN DEIALDIA DUEN AGINDUA I.1 EKINTZA. KANARIA UHARTEETAN BILDUTAKO FRUTAK, BARAZKIAK, SUSTRAIAK ETA TUBERKULUAK, LOREAK ETA LANDARE BIZIDUNAK MERKATURATZEKO LAGUNTZAK ETA I.4.2 AZPIZEKINTZA. MAHAIKO PATATAK MERKATURATZEKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>Galicia Exporta Tarteko Organismoen 2026ko arau-oinarriak, EGEFek kofinantzatua, lehiakorra ez dena, nekazaritzarako de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>2025/04/22ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, FEADERek kofinantzatutako PEPAC-en 6842.1 Esku-hartzearen (ingurumen-helburuak) - MA1 Lerroa barne hartzen dituen eraldaketarako diru-laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, urriaren 22koa, 2026. urterako (2027ko ekitaldia) prozesatzeko instalazioetan eta ardogintzako azpiegituretan, egituretan eta merkaturatzeko tresnetan inbertsioetarako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864842</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 6ko Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez 2026. urterako Abeltzaintzako Osasun Defentsa Taldeentzako laguntzak aldez aurretik iragartzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Ebazpena, Galiziako Energia Institutuarena, Galiziako enpresetan energia aurrezteko eta eraginkortasuneko proiektuetarako laguntzen arautze-esparrua onartzen duena</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Ardogintzako produktuen ekoizpenean eta merkaturatzean inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
   </si>
   <si>
     <t>Nekazaritza eta elikadura produktuak kalitate araubidean sustatzeko diru-laguntzak. deitu 2026</t>
   </si>
   <si>
-    <t>2025-12-15</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-31</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
   </si>
   <si>
-    <t>Ebazpena, 2024ko otsailaren 15ekoa, Trantsizio Ekologikoko, Industria eta Ekonomiaren Garapeneko Ministerioarena, merkataritza txiki eta ertainaren lehiakortasuna, berrikuntza eta digitalizazioa hobetzeko diru-laguntzen deialdia onartzen duena.</t>
-[...2849 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+    <t>Ardoa prozesatzeko eta merkaturatzeko instalazioetarako inbertsio laguntzak 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
   </si>
   <si>
     <t>ICCAren Ebazpena, Kanariar Uharteetako Nekazaritza Ekoizpenerako Laguntzarako Komunitate Programaren (POSEI) I.6 eta I.7 ekintzen barruan laguntzak jasotzeko 2025eko kanpainarako eskaerak deitzen dituena.</t>
   </si>
   <si>
-    <t>2026-01-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
-  </si>
-[...2233 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8252,25184 +8363,25598 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1001"/>
+  <dimension ref="A1:H1015"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H1001"/>
+      <selection activeCell="A1" sqref="A1:H1015"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="555.579" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="332.633" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C2" s="1"/>
+      <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E2" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1"/>
+      <c r="D4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="1" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>149</v>
+        <v>19</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H49" s="1" t="s">
         <v>158</v>
-      </c>
-[...2 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G51" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H51" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="B55" s="1"/>
+        <v>171</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>172</v>
+      </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F55" s="1"/>
+        <v>10</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G55" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>62</v>
+        <v>175</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F56" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H56" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F57" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H57" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B58" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>122</v>
+        <v>181</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>121</v>
+        <v>184</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G60" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H60" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G61" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H61" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>101</v>
+        <v>187</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G62" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H62" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C63" s="1"/>
+        <v>196</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G63" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H63" s="1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C64" s="1"/>
+        <v>201</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G64" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H64" s="1" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C65" s="1"/>
+        <v>206</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>207</v>
+      </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G65" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H65" s="1" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C66" s="1"/>
+        <v>210</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>211</v>
+      </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G66" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H66" s="1" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="C67" s="1"/>
+        <v>210</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>211</v>
+      </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G67" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H67" s="1" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="C68" s="1"/>
+        <v>210</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G68" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H68" s="1" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C69" s="1"/>
+        <v>219</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>220</v>
+      </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="1"/>
+      <c r="C70" s="1" t="s">
+        <v>223</v>
+      </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>29</v>
+        <v>227</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>216</v>
+        <v>229</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>217</v>
+        <v>230</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>218</v>
+        <v>231</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G73" s="1"/>
       <c r="H73" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>223</v>
+        <v>236</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>226</v>
+        <v>239</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>227</v>
+        <v>240</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>229</v>
+        <v>242</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>235</v>
+        <v>248</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>236</v>
+        <v>249</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>237</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>239</v>
+        <v>252</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>154</v>
+        <v>227</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>240</v>
+        <v>253</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>241</v>
+        <v>254</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>245</v>
+        <v>261</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>17</v>
+        <v>262</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>217</v>
+        <v>261</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>17</v>
+        <v>262</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>251</v>
+        <v>266</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>17</v>
+        <v>262</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>252</v>
+        <v>267</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>253</v>
+        <v>268</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>254</v>
+        <v>236</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>150</v>
+        <v>262</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>257</v>
+        <v>236</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>150</v>
+        <v>262</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>223</v>
+        <v>273</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>150</v>
+        <v>262</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>260</v>
+        <v>274</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>261</v>
+        <v>275</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>154</v>
+        <v>262</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>277</v>
+        <v>57</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>277</v>
+        <v>85</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>282</v>
+        <v>239</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>285</v>
+        <v>239</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>288</v>
+        <v>239</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>12</v>
+        <v>292</v>
       </c>
       <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>198</v>
+        <v>299</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>198</v>
+        <v>302</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G99" s="1"/>
       <c r="H99" s="1" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>198</v>
+        <v>305</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>198</v>
+        <v>308</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G101" s="1"/>
       <c r="H101" s="1" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>198</v>
+        <v>311</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G103" s="1"/>
       <c r="H103" s="1" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G104" s="1"/>
       <c r="H104" s="1" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G106" s="1"/>
       <c r="H106" s="1" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G107" s="1"/>
       <c r="H107" s="1" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>149</v>
+        <v>319</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G108" s="1"/>
       <c r="H108" s="1" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G109" s="1"/>
       <c r="H109" s="1" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G110" s="1"/>
       <c r="H110" s="1" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G111" s="1"/>
       <c r="H111" s="1" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G112" s="1"/>
       <c r="H112" s="1" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G113" s="1"/>
       <c r="H113" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="C115" s="1"/>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G115" s="1"/>
       <c r="H115" s="1" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="C116" s="1"/>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>330</v>
+        <v>287</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="C117" s="1"/>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G117" s="1"/>
       <c r="H117" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="C118" s="1"/>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>227</v>
+        <v>100</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="C119" s="1"/>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="C120" s="1" t="s">
         <v>353</v>
       </c>
+      <c r="C120" s="1"/>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>98</v>
+        <v>227</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>359</v>
-[...4 lines deleted...]
-      <c r="C122" s="1" t="s">
         <v>361</v>
       </c>
+      <c r="B122" s="1"/>
+      <c r="C122" s="1"/>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="F122" s="1"/>
       <c r="G122" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H122" s="1" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="C123" s="1"/>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
         <v>367</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C124" s="1"/>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G125" s="1"/>
       <c r="H125" s="1" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G126" s="1"/>
       <c r="H126" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
         <v>378</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C127" s="1"/>
+      <c r="C127" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="D127" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="B128" s="1"/>
-      <c r="C128" s="1"/>
+      <c r="B128" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>383</v>
+      </c>
       <c r="D128" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>59</v>
+        <v>203</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-      <c r="C129" s="1"/>
+        <v>385</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="D129" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G129" s="1"/>
       <c r="H129" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="C130" s="1"/>
+        <v>371</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>389</v>
+      </c>
       <c r="D130" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="C131" s="1"/>
+        <v>392</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>393</v>
+      </c>
       <c r="D131" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G131" s="1"/>
       <c r="H131" s="1" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="C132" s="1"/>
+        <v>392</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>396</v>
+      </c>
       <c r="D132" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-      <c r="C133" s="1"/>
+        <v>398</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>400</v>
+      </c>
       <c r="D133" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F133" s="1"/>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-      <c r="C134" s="1"/>
+        <v>402</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>404</v>
+      </c>
       <c r="D134" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F134" s="1"/>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>25</v>
+        <v>203</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-      <c r="C135" s="1"/>
+        <v>406</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>408</v>
+      </c>
       <c r="D135" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F135" s="1"/>
+      <c r="F135" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G135" s="1" t="s">
-        <v>13</v>
+        <v>203</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-      <c r="C136" s="1"/>
+        <v>410</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="D136" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F136" s="1"/>
+      <c r="F136" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G136" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-      <c r="C137" s="1"/>
+        <v>413</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>414</v>
+      </c>
       <c r="D137" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F137" s="1"/>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>401</v>
+        <v>415</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-      <c r="C138" s="1"/>
+        <v>416</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="D138" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F138" s="1"/>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G138" s="1" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>403</v>
+        <v>418</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-      <c r="C139" s="1"/>
+        <v>419</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>421</v>
+      </c>
       <c r="D139" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F139" s="1"/>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G139" s="1" t="s">
-        <v>59</v>
+        <v>227</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>405</v>
+        <v>422</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-      <c r="C140" s="1"/>
+        <v>423</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="D140" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F140" s="1"/>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>407</v>
+        <v>424</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-      <c r="C141" s="1"/>
+        <v>425</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="D141" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F141" s="1"/>
-      <c r="G141" s="1"/>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H141" s="1" t="s">
-        <v>409</v>
+        <v>426</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-      <c r="C142" s="1"/>
+        <v>427</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>429</v>
+      </c>
       <c r="D142" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F142" s="1"/>
-      <c r="G142" s="1"/>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H142" s="1" t="s">
-        <v>411</v>
+        <v>430</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-      <c r="C143" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>429</v>
+      </c>
       <c r="D143" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F143" s="1"/>
-      <c r="G143" s="1"/>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H143" s="1" t="s">
-        <v>413</v>
+        <v>432</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-      <c r="C144" s="1"/>
+        <v>433</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>435</v>
+      </c>
       <c r="D144" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F144" s="1"/>
-      <c r="G144" s="1"/>
+      <c r="F144" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H144" s="1" t="s">
-        <v>414</v>
+        <v>436</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-      <c r="C145" s="1"/>
+        <v>437</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>438</v>
+      </c>
       <c r="D145" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F145" s="1"/>
+      <c r="F145" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G145" s="1" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>416</v>
+        <v>439</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-      <c r="C146" s="1"/>
+        <v>440</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>396</v>
+      </c>
       <c r="D146" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F146" s="1"/>
+      <c r="F146" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G146" s="1" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>418</v>
+        <v>442</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-      <c r="C147" s="1"/>
+        <v>440</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>396</v>
+      </c>
       <c r="D147" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F147" s="1"/>
+      <c r="F147" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G147" s="1" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>420</v>
+        <v>443</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-      <c r="C148" s="1"/>
+        <v>444</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>446</v>
+      </c>
       <c r="D148" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F148" s="1"/>
+      <c r="F148" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G148" s="1" t="s">
-        <v>321</v>
+        <v>100</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>422</v>
+        <v>447</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-      <c r="C149" s="1"/>
+        <v>448</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>414</v>
+      </c>
       <c r="D149" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F149" s="1"/>
+      <c r="F149" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G149" s="1" t="s">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>424</v>
+        <v>449</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-      <c r="C150" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>452</v>
+      </c>
       <c r="D150" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F150" s="1"/>
+      <c r="F150" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G150" s="1" t="s">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>426</v>
+        <v>453</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-      <c r="C151" s="1"/>
+        <v>454</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>455</v>
+      </c>
       <c r="D151" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F151" s="1"/>
+      <c r="F151" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G151" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>428</v>
+        <v>456</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-      <c r="C152" s="1"/>
+        <v>457</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>459</v>
+      </c>
       <c r="D152" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F152" s="1"/>
+      <c r="F152" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G152" s="1" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-      <c r="C153" s="1"/>
+        <v>461</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>446</v>
+      </c>
       <c r="D153" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F153" s="1"/>
+      <c r="F153" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G153" s="1" t="s">
-        <v>362</v>
+        <v>203</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-      <c r="C154" s="1"/>
+        <v>463</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>446</v>
+      </c>
       <c r="D154" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F154" s="1"/>
+      <c r="F154" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G154" s="1" t="s">
-        <v>362</v>
+        <v>203</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>434</v>
+        <v>464</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-      <c r="C155" s="1"/>
+        <v>465</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="D155" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F155" s="1"/>
+      <c r="F155" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G155" s="1" t="s">
-        <v>362</v>
+        <v>198</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>436</v>
+        <v>466</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>437</v>
+        <v>467</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>438</v>
+        <v>468</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>439</v>
+        <v>469</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>440</v>
+        <v>292</v>
       </c>
       <c r="G156" s="1"/>
       <c r="H156" s="1" t="s">
-        <v>441</v>
+        <v>470</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>442</v>
+        <v>471</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>438</v>
+        <v>468</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>440</v>
+        <v>292</v>
       </c>
       <c r="G157" s="1"/>
       <c r="H157" s="1" t="s">
-        <v>444</v>
+        <v>472</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>445</v>
+        <v>473</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>438</v>
+        <v>468</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>443</v>
+        <v>474</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>440</v>
+        <v>292</v>
       </c>
       <c r="G158" s="1"/>
       <c r="H158" s="1" t="s">
-        <v>446</v>
+        <v>475</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>447</v>
+        <v>476</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>438</v>
+        <v>477</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>443</v>
+        <v>478</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G159" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>50</v>
+      </c>
       <c r="H159" s="1" t="s">
-        <v>448</v>
+        <v>479</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>449</v>
+        <v>480</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>443</v>
+        <v>372</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G160" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H160" s="1" t="s">
-        <v>450</v>
+        <v>481</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>451</v>
+        <v>482</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>438</v>
+        <v>468</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>443</v>
+        <v>372</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G161" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H161" s="1" t="s">
-        <v>452</v>
+        <v>483</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>453</v>
+        <v>484</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>454</v>
+        <v>175</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>455</v>
+        <v>404</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>456</v>
+        <v>485</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>457</v>
+        <v>486</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>458</v>
+        <v>487</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>459</v>
+        <v>399</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G163" s="1"/>
       <c r="H163" s="1" t="s">
-        <v>460</v>
+        <v>488</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>461</v>
+        <v>489</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>462</v>
+        <v>490</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>463</v>
+        <v>414</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>464</v>
+        <v>491</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>465</v>
+        <v>492</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>462</v>
+        <v>493</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>466</v>
+        <v>9</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F165" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G165" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G165" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H165" s="1" t="s">
-        <v>467</v>
+        <v>494</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>468</v>
+        <v>495</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>469</v>
+        <v>496</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>466</v>
+        <v>438</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>470</v>
+        <v>497</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>471</v>
+        <v>498</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>472</v>
+        <v>499</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>466</v>
+        <v>500</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>473</v>
+        <v>501</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>474</v>
+        <v>502</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>475</v>
+        <v>503</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>476</v>
+        <v>504</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>477</v>
+        <v>505</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>478</v>
+        <v>506</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>479</v>
+        <v>414</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>476</v>
+        <v>180</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G169" s="1"/>
       <c r="H169" s="1" t="s">
-        <v>480</v>
+        <v>507</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>481</v>
+        <v>508</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>479</v>
+        <v>509</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>476</v>
+        <v>408</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>321</v>
+        <v>151</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>482</v>
+        <v>510</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>483</v>
+        <v>511</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>479</v>
+        <v>509</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>476</v>
+        <v>201</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>321</v>
+        <v>139</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>484</v>
+        <v>512</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>485</v>
+        <v>513</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>479</v>
+        <v>175</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>476</v>
+        <v>514</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>321</v>
+        <v>100</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>486</v>
+        <v>515</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>487</v>
+        <v>516</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>479</v>
+        <v>421</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>476</v>
+        <v>383</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>321</v>
+        <v>227</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>488</v>
+        <v>517</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>489</v>
+        <v>518</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>479</v>
+        <v>421</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>321</v>
+        <v>227</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>490</v>
+        <v>520</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>491</v>
+        <v>521</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>479</v>
+        <v>414</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>476</v>
+        <v>400</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>492</v>
+        <v>522</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>493</v>
+        <v>523</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>479</v>
+        <v>524</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>476</v>
+        <v>525</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>494</v>
+        <v>526</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>495</v>
+        <v>527</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>496</v>
+        <v>528</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>497</v>
+        <v>400</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>498</v>
+        <v>529</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>499</v>
+        <v>530</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>500</v>
+        <v>9</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>501</v>
+        <v>469</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>502</v>
+        <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>503</v>
+        <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>496</v>
+        <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>462</v>
+        <v>534</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>504</v>
+        <v>535</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>505</v>
+        <v>536</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>472</v>
+        <v>537</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>506</v>
+        <v>538</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>362</v>
+        <v>16</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>507</v>
+        <v>539</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>508</v>
+        <v>540</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>509</v>
+        <v>541</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>501</v>
+        <v>542</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>362</v>
+        <v>16</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>510</v>
+        <v>543</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>509</v>
+        <v>258</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>362</v>
+        <v>16</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>513</v>
+        <v>546</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>514</v>
+        <v>547</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>454</v>
+        <v>548</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>515</v>
+        <v>549</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>321</v>
+        <v>16</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>516</v>
+        <v>550</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>517</v>
+        <v>551</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>454</v>
+        <v>57</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>515</v>
+        <v>549</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>321</v>
+        <v>16</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>518</v>
+        <v>552</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>519</v>
+        <v>553</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>454</v>
+        <v>554</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>515</v>
+        <v>555</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>321</v>
+        <v>16</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>520</v>
+        <v>556</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>521</v>
+        <v>557</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>509</v>
+        <v>558</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>10</v>
+        <v>549</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F186" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G186" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H186" s="1" t="s">
-        <v>522</v>
+        <v>559</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>523</v>
+        <v>560</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>524</v>
+        <v>561</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>525</v>
+        <v>562</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F187" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G187" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H187" s="1" t="s">
-        <v>526</v>
+        <v>563</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>527</v>
+        <v>564</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>528</v>
+        <v>565</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>529</v>
+        <v>566</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F188" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H188" s="1" t="s">
-        <v>530</v>
+        <v>567</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>531</v>
+        <v>568</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>476</v>
+        <v>569</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>532</v>
+        <v>570</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F189" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G189" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G189" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H189" s="1" t="s">
-        <v>533</v>
+        <v>571</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>534</v>
+        <v>572</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>458</v>
+        <v>569</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>532</v>
+        <v>573</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G190" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H190" s="1" t="s">
-        <v>535</v>
+        <v>574</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>536</v>
+        <v>575</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>537</v>
+        <v>576</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>538</v>
+        <v>577</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F191" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G191" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H191" s="1" t="s">
-        <v>539</v>
+        <v>578</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>540</v>
+        <v>579</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>541</v>
+        <v>580</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>542</v>
+        <v>573</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F192" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G192" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H192" s="1" t="s">
-        <v>543</v>
+        <v>581</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>544</v>
+        <v>582</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>528</v>
+        <v>583</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>545</v>
+        <v>584</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F193" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G193" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H193" s="1" t="s">
-        <v>546</v>
+        <v>585</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>547</v>
+        <v>586</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>548</v>
+        <v>587</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>549</v>
+        <v>588</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F194" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G194" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H194" s="1" t="s">
-        <v>550</v>
+        <v>589</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>551</v>
+        <v>590</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>528</v>
+        <v>591</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>552</v>
+        <v>592</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F195" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G195" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H195" s="1" t="s">
-        <v>553</v>
+        <v>593</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>554</v>
+        <v>594</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>90</v>
+        <v>25</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>555</v>
+        <v>595</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F196" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G196" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H196" s="1" t="s">
-        <v>556</v>
+        <v>596</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>557</v>
+        <v>597</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>501</v>
+        <v>598</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>558</v>
+        <v>599</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>559</v>
+        <v>600</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>560</v>
+        <v>601</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>561</v>
+        <v>598</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>562</v>
+        <v>599</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>563</v>
+        <v>602</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>564</v>
+        <v>603</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>501</v>
+        <v>604</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>565</v>
+        <v>605</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>566</v>
+        <v>606</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>479</v>
+        <v>607</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>568</v>
+        <v>608</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>569</v>
+        <v>609</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>479</v>
+        <v>610</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>570</v>
+        <v>599</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H201" s="1" t="s">
-        <v>571</v>
+        <v>611</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>572</v>
+        <v>612</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>90</v>
+        <v>610</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>555</v>
+        <v>613</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>573</v>
+        <v>614</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>574</v>
+        <v>615</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>576</v>
+        <v>616</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>577</v>
+        <v>617</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>578</v>
+        <v>618</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G204" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H204" s="1" t="s">
-        <v>580</v>
+        <v>619</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>581</v>
+        <v>620</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>582</v>
+        <v>621</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>583</v>
+        <v>622</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>584</v>
+        <v>623</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>585</v>
+        <v>624</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>479</v>
+        <v>625</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>476</v>
+        <v>566</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>586</v>
+        <v>626</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>587</v>
+        <v>627</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>588</v>
+        <v>628</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>555</v>
+        <v>592</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>330</v>
+        <v>32</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>589</v>
+        <v>629</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>590</v>
+        <v>630</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>591</v>
+        <v>631</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>592</v>
+        <v>555</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>593</v>
+        <v>632</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>594</v>
+        <v>633</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>562</v>
+        <v>53</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>455</v>
+        <v>634</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>13</v>
+        <v>188</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>595</v>
+        <v>635</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>596</v>
+        <v>636</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>597</v>
+        <v>53</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>555</v>
+        <v>570</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>598</v>
+        <v>637</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>599</v>
+        <v>638</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>558</v>
+        <v>610</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>600</v>
+        <v>584</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>601</v>
+        <v>639</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>602</v>
+        <v>640</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>603</v>
+        <v>641</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>592</v>
+        <v>642</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>13</v>
+        <v>188</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>604</v>
+        <v>643</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>605</v>
+        <v>644</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>545</v>
+        <v>591</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>606</v>
+        <v>592</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>13</v>
+        <v>188</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>607</v>
+        <v>645</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>608</v>
+        <v>646</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>609</v>
+        <v>647</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>330</v>
+        <v>188</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>612</v>
+        <v>649</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>463</v>
+        <v>57</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>613</v>
+        <v>584</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>330</v>
+        <v>650</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>614</v>
+        <v>651</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>615</v>
+        <v>652</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>463</v>
+        <v>57</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>455</v>
+        <v>584</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>98</v>
+        <v>650</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>616</v>
+        <v>653</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>617</v>
+        <v>654</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>579</v>
+        <v>655</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>618</v>
+        <v>656</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>619</v>
+        <v>657</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>620</v>
+        <v>658</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>621</v>
+        <v>659</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>622</v>
+        <v>660</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>623</v>
+        <v>661</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>549</v>
+        <v>662</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>624</v>
+        <v>663</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G219" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H219" s="1" t="s">
-        <v>625</v>
+        <v>664</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>626</v>
+        <v>665</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>627</v>
+        <v>662</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>552</v>
+        <v>663</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>628</v>
+        <v>666</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>629</v>
+        <v>667</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>549</v>
+        <v>662</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>631</v>
+        <v>668</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>633</v>
+        <v>135</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>603</v>
+        <v>670</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>634</v>
+        <v>671</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>635</v>
+        <v>672</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>636</v>
+        <v>673</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>637</v>
+        <v>674</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>638</v>
+        <v>675</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>639</v>
+        <v>676</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>633</v>
+        <v>673</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>640</v>
+        <v>677</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>641</v>
+        <v>678</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>583</v>
+        <v>679</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>542</v>
+        <v>680</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>642</v>
+        <v>681</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>643</v>
+        <v>682</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>458</v>
+        <v>683</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>538</v>
+        <v>684</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>644</v>
+        <v>685</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>645</v>
+        <v>686</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>646</v>
+        <v>687</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>647</v>
+        <v>595</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>648</v>
+        <v>688</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>649</v>
+        <v>689</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>650</v>
+        <v>57</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>458</v>
+        <v>584</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>651</v>
+        <v>690</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>652</v>
+        <v>691</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>653</v>
+        <v>692</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>654</v>
+        <v>693</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>655</v>
+        <v>694</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>656</v>
+        <v>695</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C230" s="1"/>
       <c r="D230" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>330</v>
+        <v>54</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>657</v>
+        <v>696</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>658</v>
+        <v>697</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>659</v>
+        <v>698</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>660</v>
+        <v>566</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>59</v>
+        <v>181</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>661</v>
+        <v>699</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>662</v>
+        <v>700</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>663</v>
+        <v>604</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>664</v>
+        <v>701</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>13</v>
+        <v>181</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>665</v>
+        <v>702</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>666</v>
+        <v>703</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>610</v>
+        <v>704</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>667</v>
+        <v>656</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>109</v>
+        <v>181</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>669</v>
+        <v>706</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>610</v>
+        <v>662</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>670</v>
+        <v>701</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>671</v>
+        <v>707</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>672</v>
+        <v>708</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>610</v>
+        <v>561</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>670</v>
+        <v>555</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>673</v>
+        <v>709</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>674</v>
+        <v>710</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>610</v>
+        <v>561</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>670</v>
+        <v>555</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>675</v>
+        <v>711</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>676</v>
+        <v>712</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>677</v>
+        <v>713</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>678</v>
+        <v>598</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E237" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>680</v>
+        <v>715</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>663</v>
+        <v>713</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>681</v>
+        <v>598</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>682</v>
+        <v>716</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>683</v>
+        <v>717</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>684</v>
+        <v>713</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>685</v>
+        <v>598</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E239" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>686</v>
+        <v>718</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>687</v>
+        <v>719</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>659</v>
+        <v>720</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>688</v>
+        <v>721</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>330</v>
+        <v>181</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>689</v>
+        <v>722</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>690</v>
+        <v>723</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>691</v>
+        <v>57</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>692</v>
+        <v>584</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>330</v>
+        <v>181</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>693</v>
+        <v>724</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>694</v>
+        <v>725</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>691</v>
+        <v>726</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>664</v>
+        <v>727</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>13</v>
+        <v>181</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>695</v>
+        <v>728</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>696</v>
+        <v>729</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>697</v>
+        <v>726</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>10</v>
+        <v>727</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>362</v>
+        <v>181</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>698</v>
+        <v>730</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>699</v>
+        <v>731</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>562</v>
+        <v>726</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>700</v>
+        <v>727</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E244" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>701</v>
+        <v>732</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>702</v>
+        <v>733</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>703</v>
+        <v>734</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>356</v>
+        <v>735</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E245" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>704</v>
+        <v>736</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>705</v>
+        <v>737</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>703</v>
+        <v>569</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>356</v>
+        <v>738</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E246" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>321</v>
+        <v>96</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>706</v>
+        <v>739</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>707</v>
+        <v>740</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>708</v>
+        <v>741</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>476</v>
+        <v>577</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>709</v>
+        <v>742</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>710</v>
+        <v>743</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>708</v>
+        <v>744</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>618</v>
+        <v>598</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E248" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>711</v>
+        <v>745</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>712</v>
+        <v>746</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>713</v>
+        <v>747</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>9</v>
+        <v>598</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E249" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G249" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H249" s="1" t="s">
-        <v>714</v>
+        <v>748</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>715</v>
+        <v>749</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>650</v>
+        <v>750</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>681</v>
+        <v>584</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G250" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H250" s="1" t="s">
-        <v>716</v>
+        <v>751</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>717</v>
+        <v>752</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>718</v>
+        <v>753</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>636</v>
+        <v>687</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>719</v>
+        <v>755</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>720</v>
+        <v>756</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>718</v>
+        <v>753</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>721</v>
+        <v>687</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>722</v>
+        <v>757</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>723</v>
+        <v>758</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>724</v>
+        <v>753</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>600</v>
+        <v>687</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>725</v>
+        <v>759</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>726</v>
+        <v>760</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>727</v>
+        <v>753</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>728</v>
+        <v>761</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>729</v>
+        <v>762</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>730</v>
+        <v>763</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>731</v>
+        <v>753</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>732</v>
+        <v>761</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>733</v>
+        <v>764</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>734</v>
+        <v>765</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>735</v>
+        <v>753</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>736</v>
+        <v>761</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>737</v>
+        <v>766</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>738</v>
+        <v>767</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>739</v>
+        <v>753</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>740</v>
+        <v>761</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>741</v>
+        <v>768</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>742</v>
+        <v>769</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>9</v>
+        <v>761</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>744</v>
+        <v>770</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>745</v>
+        <v>771</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>721</v>
+        <v>761</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>748</v>
+        <v>773</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>555</v>
+        <v>761</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F262" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="B262" s="1" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>755</v>
+        <v>778</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>756</v>
+        <v>779</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>724</v>
+        <v>753</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>10</v>
+        <v>761</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>757</v>
+        <v>780</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>758</v>
+        <v>781</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>759</v>
+        <v>753</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>20</v>
+        <v>687</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>760</v>
+        <v>782</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>761</v>
+        <v>783</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>555</v>
+        <v>687</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>763</v>
+        <v>784</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>764</v>
+        <v>785</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>765</v>
+        <v>753</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>479</v>
+        <v>687</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>766</v>
+        <v>786</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>767</v>
+        <v>787</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>768</v>
+        <v>753</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>469</v>
+        <v>788</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>769</v>
+        <v>789</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>770</v>
+        <v>790</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>772</v>
+        <v>319</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>773</v>
+        <v>792</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>774</v>
+        <v>793</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>20</v>
+        <v>791</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>10</v>
+        <v>319</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>775</v>
+        <v>794</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>776</v>
+        <v>795</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>713</v>
+        <v>791</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>497</v>
+        <v>319</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>777</v>
+        <v>796</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>778</v>
+        <v>797</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>515</v>
+        <v>791</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>532</v>
+        <v>319</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>779</v>
+        <v>798</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>780</v>
+        <v>799</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>713</v>
+        <v>791</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>497</v>
+        <v>319</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>781</v>
+        <v>800</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>782</v>
+        <v>801</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>16</v>
+        <v>319</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>784</v>
+        <v>802</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>785</v>
+        <v>803</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>476</v>
+        <v>791</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>455</v>
+        <v>319</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G274" s="1"/>
       <c r="H274" s="1" t="s">
-        <v>786</v>
+        <v>804</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>475</v>
+        <v>319</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G275" s="1"/>
       <c r="H275" s="1" t="s">
-        <v>789</v>
+        <v>806</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>788</v>
+        <v>43</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>475</v>
+        <v>808</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E276" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G276" s="1"/>
       <c r="H276" s="1" t="s">
-        <v>791</v>
+        <v>809</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>792</v>
+        <v>810</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>771</v>
+        <v>811</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>582</v>
+        <v>812</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G277" s="1"/>
       <c r="H277" s="1" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>794</v>
+        <v>814</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>795</v>
+        <v>815</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>532</v>
+        <v>816</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G278" s="1"/>
       <c r="H278" s="1" t="s">
-        <v>796</v>
+        <v>817</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>797</v>
+        <v>818</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>750</v>
+        <v>815</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>798</v>
+        <v>816</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G279" s="1"/>
       <c r="H279" s="1" t="s">
-        <v>799</v>
+        <v>819</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>800</v>
+        <v>820</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>783</v>
+        <v>815</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>721</v>
+        <v>816</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G280" s="1"/>
       <c r="H280" s="1" t="s">
-        <v>801</v>
+        <v>821</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>802</v>
+        <v>822</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>735</v>
+        <v>815</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>783</v>
+        <v>816</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E281" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G281" s="1"/>
       <c r="H281" s="1" t="s">
-        <v>803</v>
+        <v>823</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>804</v>
+        <v>824</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>783</v>
+        <v>815</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>805</v>
+        <v>816</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G282" s="1"/>
       <c r="H282" s="1" t="s">
-        <v>806</v>
+        <v>825</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>807</v>
+        <v>826</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>783</v>
+        <v>827</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>476</v>
+        <v>753</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G283" s="1"/>
       <c r="H283" s="1" t="s">
-        <v>808</v>
+        <v>828</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>809</v>
+        <v>829</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>735</v>
+        <v>123</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G284" s="1"/>
       <c r="H284" s="1" t="s">
-        <v>810</v>
+        <v>830</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>811</v>
+        <v>831</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>708</v>
+        <v>123</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>812</v>
+        <v>537</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G285" s="1"/>
       <c r="H285" s="1" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>815</v>
+        <v>663</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>816</v>
+        <v>834</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G286" s="1"/>
       <c r="H286" s="1" t="s">
-        <v>817</v>
+        <v>835</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>818</v>
+        <v>836</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>815</v>
+        <v>753</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>816</v>
+        <v>687</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G287" s="1"/>
       <c r="H287" s="1" t="s">
-        <v>819</v>
+        <v>837</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>820</v>
+        <v>838</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>821</v>
+        <v>753</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>822</v>
+        <v>687</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G288" s="1"/>
       <c r="H288" s="1" t="s">
-        <v>823</v>
+        <v>839</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>824</v>
+        <v>840</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>821</v>
+        <v>753</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>822</v>
+        <v>687</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G289" s="1"/>
       <c r="H289" s="1" t="s">
-        <v>825</v>
+        <v>841</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>826</v>
+        <v>842</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>827</v>
+        <v>753</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>828</v>
+        <v>687</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G290" s="1"/>
       <c r="H290" s="1" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>827</v>
+        <v>753</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>828</v>
+        <v>687</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G291" s="1"/>
       <c r="H291" s="1" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>833</v>
+        <v>753</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>834</v>
+        <v>687</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G292" s="1"/>
       <c r="H292" s="1" t="s">
-        <v>835</v>
+        <v>847</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>833</v>
+        <v>753</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>834</v>
+        <v>687</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G293" s="1"/>
       <c r="H293" s="1" t="s">
-        <v>837</v>
+        <v>849</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>838</v>
+        <v>850</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>839</v>
+        <v>753</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>840</v>
+        <v>687</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G294" s="1"/>
       <c r="H294" s="1" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>475</v>
+        <v>753</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>9</v>
+        <v>687</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G295" s="1"/>
       <c r="H295" s="1" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>90</v>
+        <v>753</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>845</v>
+        <v>687</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G296" s="1"/>
       <c r="H296" s="1" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>90</v>
+        <v>753</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>845</v>
+        <v>687</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G297" s="1"/>
       <c r="H297" s="1" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>850</v>
+        <v>753</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>850</v>
+        <v>687</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G298" s="1"/>
       <c r="H298" s="1" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>732</v>
+        <v>753</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>512</v>
+        <v>687</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E299" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G299" s="1"/>
       <c r="H299" s="1" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>855</v>
+        <v>753</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>582</v>
+        <v>687</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G300" s="1"/>
       <c r="H300" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>855</v>
+        <v>753</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>582</v>
+        <v>687</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E301" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G301" s="1"/>
       <c r="H301" s="1" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>855</v>
+        <v>753</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>582</v>
+        <v>687</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E302" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G302" s="1"/>
       <c r="H302" s="1" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>862</v>
+        <v>753</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>512</v>
+        <v>687</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G303" s="1"/>
       <c r="H303" s="1" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>862</v>
+        <v>753</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>512</v>
+        <v>761</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G304" s="1"/>
       <c r="H304" s="1" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>727</v>
+        <v>753</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>592</v>
+        <v>761</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G305" s="1"/>
       <c r="H305" s="1" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>869</v>
+        <v>753</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>555</v>
+        <v>788</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E306" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G306" s="1"/>
       <c r="H306" s="1" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>90</v>
+        <v>877</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>600</v>
+        <v>538</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E307" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>90</v>
+        <v>880</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>90</v>
+        <v>880</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>555</v>
+        <v>881</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>90</v>
+        <v>886</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>555</v>
+        <v>592</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E310" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>90</v>
+        <v>255</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>874</v>
+        <v>889</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E311" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>90</v>
+        <v>604</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>874</v>
+        <v>892</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E312" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>90</v>
+        <v>533</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>874</v>
+        <v>599</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E313" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>888</v>
+        <v>584</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>891</v>
+        <v>565</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>892</v>
+        <v>592</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E315" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>524</v>
+        <v>548</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>555</v>
+        <v>584</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E316" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>897</v>
+        <v>561</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E317" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>901</v>
+        <v>583</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>555</v>
+        <v>907</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E318" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>904</v>
+        <v>57</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E319" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>908</v>
+        <v>57</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>146</v>
+        <v>57</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>454</v>
+        <v>910</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>914</v>
+        <v>57</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>898</v>
+        <v>584</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E322" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>25</v>
+        <v>104</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>917</v>
+        <v>57</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>681</v>
+        <v>584</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E323" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>458</v>
+        <v>57</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H324" s="1" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
         <v>922</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>458</v>
+        <v>57</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>920</v>
+        <v>634</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H325" s="1" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
         <v>924</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>677</v>
+        <v>812</v>
       </c>
       <c r="C326" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H326" s="1" t="s">
         <v>925</v>
-      </c>
-[...13 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B327" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="C327" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="C327" s="1" t="s">
+      <c r="D327" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H327" s="1" t="s">
         <v>929</v>
-      </c>
-[...13 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="B328" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="C328" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H328" s="1" t="s">
         <v>932</v>
-      </c>
-[...16 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C329" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H329" s="1" t="s">
         <v>935</v>
-      </c>
-[...16 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H330" s="1" t="s">
         <v>937</v>
-      </c>
-[...19 lines deleted...]
-        <v>939</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H331" s="1" t="s">
         <v>940</v>
-      </c>
-[...19 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>588</v>
+        <v>641</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>898</v>
+        <v>592</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E332" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>330</v>
+        <v>117</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H333" s="1" t="s">
         <v>945</v>
-      </c>
-[...19 lines deleted...]
-        <v>947</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="C334" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="D334" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H334" s="1" t="s">
         <v>949</v>
-      </c>
-[...16 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="B335" s="1" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>952</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E335" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>330</v>
+        <v>139</v>
       </c>
       <c r="H335" s="1" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
         <v>954</v>
       </c>
       <c r="B336" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H336" s="1" t="s">
         <v>955</v>
-      </c>
-[...16 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="C337" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="B337" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C337" s="1" t="s">
+      <c r="D337" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H337" s="1" t="s">
         <v>959</v>
-      </c>
-[...13 lines deleted...]
-        <v>960</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="B338" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="C338" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="C338" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D338" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E338" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>321</v>
+        <v>139</v>
       </c>
       <c r="H338" s="1" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
         <v>964</v>
       </c>
       <c r="B339" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H339" s="1" t="s">
         <v>965</v>
-      </c>
-[...16 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>90</v>
+        <v>625</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>555</v>
+        <v>577</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E340" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H341" s="1" t="s">
         <v>970</v>
-      </c>
-[...19 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>659</v>
+        <v>371</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E342" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F342" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G342" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G342" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H342" s="1" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>978</v>
+        <v>487</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>555</v>
+        <v>399</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>982</v>
+        <v>434</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E344" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
-        <v>984</v>
+        <v>976</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>985</v>
+        <v>977</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>982</v>
+        <v>434</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E345" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>986</v>
+        <v>979</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
-        <v>987</v>
+        <v>976</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>827</v>
+        <v>977</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>840</v>
+        <v>434</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>988</v>
+        <v>980</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>990</v>
+        <v>977</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>739</v>
+        <v>434</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E347" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>991</v>
+        <v>981</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
-        <v>992</v>
+        <v>976</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>993</v>
+        <v>977</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>746</v>
+        <v>434</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E348" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>321</v>
+        <v>117</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>994</v>
+        <v>982</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
-        <v>995</v>
+        <v>976</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>996</v>
+        <v>977</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>997</v>
+        <v>434</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E349" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>321</v>
+        <v>117</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>998</v>
+        <v>983</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>999</v>
+        <v>976</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>996</v>
+        <v>977</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>997</v>
+        <v>434</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E350" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>321</v>
+        <v>117</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>1000</v>
+        <v>984</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
-        <v>1001</v>
+        <v>985</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>996</v>
+        <v>487</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>997</v>
+        <v>411</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>1002</v>
+        <v>986</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
-        <v>1003</v>
+        <v>987</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>90</v>
+        <v>487</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>555</v>
+        <v>400</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E352" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>321</v>
+        <v>198</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
-        <v>1005</v>
+        <v>989</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1006</v>
+        <v>990</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1007</v>
+        <v>528</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>321</v>
+        <v>117</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>1008</v>
+        <v>991</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
-        <v>1009</v>
+        <v>992</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1010</v>
+        <v>990</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>982</v>
+        <v>446</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>321</v>
+        <v>188</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
-        <v>1012</v>
+        <v>994</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1010</v>
+        <v>995</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E355" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>321</v>
+        <v>100</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>1013</v>
+        <v>997</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
-        <v>1014</v>
+        <v>998</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1010</v>
+        <v>999</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>982</v>
+        <v>399</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>321</v>
+        <v>188</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>1015</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>1016</v>
+        <v>1001</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>891</v>
+        <v>1002</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>828</v>
+        <v>1003</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E357" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>321</v>
+        <v>188</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>1017</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1018</v>
+        <v>1005</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>891</v>
+        <v>1006</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>828</v>
+        <v>9</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E358" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>321</v>
+        <v>287</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>839</v>
+        <v>1009</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>959</v>
+        <v>207</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E359" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G359" s="1"/>
       <c r="H359" s="1" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>765</v>
+        <v>434</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E360" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>109</v>
+        <v>198</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>588</v>
+        <v>1006</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1025</v>
+        <v>434</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E361" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="H361" s="1" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>917</v>
+        <v>1016</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>681</v>
+        <v>428</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E362" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>227</v>
+        <v>96</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1028</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1029</v>
+        <v>1018</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1030</v>
+        <v>399</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>898</v>
+        <v>414</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G363" s="1"/>
       <c r="H363" s="1" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
-        <v>916</v>
+        <v>1020</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1032</v>
+        <v>399</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1033</v>
+        <v>9</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1034</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>51</v>
+        <v>399</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1036</v>
+        <v>9</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E365" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1037</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1038</v>
+        <v>1024</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>51</v>
+        <v>399</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1036</v>
+        <v>9</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1039</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1040</v>
+        <v>1026</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>58</v>
+        <v>379</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>555</v>
+        <v>9</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E367" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
-        <v>1042</v>
+        <v>1028</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>62</v>
+        <v>1029</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>10</v>
+        <v>962</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E368" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1043</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
-        <v>1044</v>
+        <v>1031</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>62</v>
+        <v>655</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E369" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
-        <v>1046</v>
+        <v>1033</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>62</v>
+        <v>345</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1047</v>
+        <v>999</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1048</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1049</v>
+        <v>1035</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1050</v>
+        <v>1036</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1051</v>
+        <v>592</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1053</v>
+        <v>1038</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>438</v>
+        <v>533</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>555</v>
+        <v>599</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E372" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1054</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1055</v>
+        <v>1040</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1056</v>
+        <v>1041</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1057</v>
+        <v>584</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E373" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1058</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
-        <v>1059</v>
+        <v>1043</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C374" s="1"/>
       <c r="D374" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E374" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1060</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1059</v>
+        <v>1045</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>90</v>
+        <v>1046</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>555</v>
+        <v>584</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E375" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1061</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
-        <v>1062</v>
+        <v>1048</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>524</v>
-[...3 lines deleted...]
-      </c>
+        <v>1049</v>
+      </c>
+      <c r="C376" s="1"/>
       <c r="D376" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E376" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1064</v>
+        <v>1051</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1065</v>
+        <v>812</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>555</v>
+        <v>584</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E377" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1066</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1067</v>
+        <v>1053</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>821</v>
+        <v>1054</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>739</v>
+        <v>584</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E378" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1068</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
-        <v>1069</v>
+        <v>1056</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1070</v>
+        <v>1057</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>946</v>
+        <v>1058</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E379" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1071</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
-        <v>1072</v>
+        <v>1060</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1073</v>
+        <v>1061</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1074</v>
+        <v>1062</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E380" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1075</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
-        <v>1076</v>
+        <v>1064</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>454</v>
+        <v>1065</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E381" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>990</v>
+        <v>680</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E382" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1083</v>
+        <v>662</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1084</v>
+        <v>1072</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E383" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1085</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1086</v>
+        <v>1074</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1036</v>
+        <v>1075</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E384" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1087</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
-        <v>1088</v>
+        <v>1077</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1089</v>
+        <v>610</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>892</v>
+        <v>1078</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1090</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1091</v>
+        <v>1080</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1092</v>
+        <v>533</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1073</v>
+        <v>598</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E386" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>362</v>
+        <v>16</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>1093</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
-        <v>1094</v>
+        <v>1082</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>257</v>
+        <v>533</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>459</v>
+        <v>598</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E387" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>362</v>
+        <v>16</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1095</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1096</v>
+        <v>1084</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1097</v>
+        <v>533</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>821</v>
+        <v>1085</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E388" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>362</v>
+        <v>16</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1098</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1099</v>
+        <v>1087</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>955</v>
+        <v>376</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E389" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1100</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1101</v>
+        <v>1090</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1102</v>
+        <v>345</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>828</v>
+        <v>962</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E390" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>109</v>
+        <v>287</v>
       </c>
       <c r="H390" s="1" t="s">
-        <v>1103</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
-        <v>1104</v>
+        <v>1092</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>90</v>
+        <v>455</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>532</v>
+        <v>1093</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E391" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G391" s="1"/>
       <c r="H391" s="1" t="s">
-        <v>1105</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
-        <v>1106</v>
+        <v>1095</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1107</v>
+        <v>474</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1108</v>
+        <v>1096</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1109</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
-        <v>1110</v>
+        <v>1098</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>985</v>
+        <v>175</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>708</v>
+        <v>365</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E393" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1111</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
-        <v>1112</v>
+        <v>1100</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>62</v>
+        <v>446</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>750</v>
+        <v>1101</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E394" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H394" s="1" t="s">
-        <v>1113</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
-        <v>1114</v>
+        <v>1103</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1115</v>
+        <v>345</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1116</v>
+        <v>962</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E395" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G395" s="1"/>
       <c r="H395" s="1" t="s">
-        <v>1117</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
-        <v>1118</v>
+        <v>1105</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>149</v>
+        <v>345</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1119</v>
+        <v>962</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E396" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G396" s="1"/>
       <c r="H396" s="1" t="s">
-        <v>1120</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
-        <v>1121</v>
+        <v>1107</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1122</v>
+        <v>1108</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1123</v>
+        <v>1109</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E397" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>1124</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
-        <v>1125</v>
+        <v>1111</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1126</v>
+        <v>1112</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1127</v>
+        <v>1096</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E398" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1128</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1129</v>
+        <v>1114</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1130</v>
+        <v>528</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1123</v>
+        <v>184</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E399" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>1131</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
-        <v>1132</v>
+        <v>1116</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1133</v>
+        <v>1112</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1134</v>
+        <v>1096</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E400" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>1135</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
-        <v>1136</v>
+        <v>1118</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1133</v>
+        <v>1112</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1137</v>
+        <v>1096</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E401" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1138</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1139</v>
+        <v>1120</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>317</v>
+        <v>1112</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1140</v>
+        <v>1096</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E402" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1141</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1142</v>
+        <v>1122</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1143</v>
+        <v>459</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>356</v>
+        <v>1123</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E403" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>1144</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1145</v>
+        <v>1125</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1143</v>
+        <v>1112</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1146</v>
+        <v>962</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E404" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F404" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G404" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G404" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H404" s="1" t="s">
-        <v>1147</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1148</v>
+        <v>1127</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1149</v>
+        <v>446</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1150</v>
+        <v>1101</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E405" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F405" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G405" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G405" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H405" s="1" t="s">
-        <v>1151</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1152</v>
+        <v>1129</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1153</v>
+        <v>528</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1154</v>
+        <v>1130</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E406" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>227</v>
+        <v>151</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>1155</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
-        <v>1156</v>
+        <v>1132</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1153</v>
+        <v>446</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1154</v>
+        <v>1009</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E407" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F407" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G407" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G407" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H407" s="1" t="s">
-        <v>1157</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1153</v>
+        <v>474</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1154</v>
+        <v>1101</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E408" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1159</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
-        <v>1160</v>
+        <v>1136</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1122</v>
+        <v>1108</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>333</v>
+        <v>1137</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E409" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>154</v>
+        <v>262</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1161</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1162</v>
+        <v>1139</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1153</v>
+        <v>1140</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1154</v>
+        <v>207</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1163</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1164</v>
+        <v>1142</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1165</v>
+        <v>1140</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1166</v>
+        <v>1058</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E411" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>109</v>
+        <v>262</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1167</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
-        <v>1168</v>
+        <v>1144</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>166</v>
+        <v>1140</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1047</v>
+        <v>1145</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E412" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G412" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>262</v>
+      </c>
       <c r="H412" s="1" t="s">
-        <v>1169</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
-        <v>1170</v>
+        <v>1147</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>166</v>
+        <v>1003</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1047</v>
+        <v>1148</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E413" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G413" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H413" s="1" t="s">
-        <v>1171</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
-        <v>1172</v>
+        <v>682</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1173</v>
+        <v>1003</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1174</v>
+        <v>1148</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E414" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1175</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
-        <v>1176</v>
+        <v>1151</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>317</v>
+        <v>1003</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>10</v>
+        <v>1148</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E415" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1177</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
-        <v>1178</v>
+        <v>1153</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1179</v>
+        <v>1003</v>
       </c>
       <c r="C416" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H416" s="1" t="s">
         <v>1154</v>
-      </c>
-[...13 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
-        <v>1181</v>
+        <v>1155</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>379</v>
+        <v>1156</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1182</v>
+        <v>1157</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E417" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G417" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H417" s="1" t="s">
-        <v>1183</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>1184</v>
+        <v>1159</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>166</v>
+        <v>438</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1047</v>
+        <v>1160</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E418" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>167</v>
+        <v>203</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1185</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>1186</v>
+        <v>1162</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1179</v>
+        <v>1108</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1174</v>
+        <v>383</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E419" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1187</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1188</v>
+        <v>1164</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1173</v>
+        <v>438</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1189</v>
+        <v>1165</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E420" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1190</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1191</v>
+        <v>1167</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1122</v>
+        <v>1168</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1192</v>
+        <v>1169</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E421" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1193</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1194</v>
+        <v>1171</v>
       </c>
       <c r="B422" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H422" s="1" t="s">
         <v>1173</v>
-      </c>
-[...16 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
-        <v>1196</v>
+        <v>1174</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1153</v>
+        <v>1003</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1047</v>
+        <v>1175</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E423" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>150</v>
+        <v>262</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1197</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
-        <v>1198</v>
+        <v>1177</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1165</v>
+        <v>376</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1199</v>
+        <v>1178</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E424" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>59</v>
+        <v>262</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1200</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
-        <v>1201</v>
+        <v>1180</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1202</v>
+        <v>1003</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="D425" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1203</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1204</v>
+        <v>1182</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1205</v>
+        <v>1172</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1206</v>
+        <v>1123</v>
       </c>
       <c r="D426" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E426" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1207</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1208</v>
+        <v>1184</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>372</v>
+        <v>1108</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1209</v>
+        <v>1185</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E427" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>122</v>
+        <v>54</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1210</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
-        <v>1211</v>
+        <v>1187</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1205</v>
+        <v>1188</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1212</v>
+        <v>1148</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E428" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1213</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
-        <v>1214</v>
+        <v>1190</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1202</v>
+        <v>1188</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>320</v>
+        <v>1148</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E429" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>1215</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
-        <v>1216</v>
+        <v>1192</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1217</v>
+        <v>1169</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1218</v>
+        <v>477</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E430" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F430" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F430" s="1"/>
       <c r="G430" s="1" t="s">
-        <v>143</v>
+        <v>198</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1219</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1220</v>
+        <v>1194</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1221</v>
+        <v>1160</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1222</v>
+        <v>1195</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E431" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F431" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F431" s="1"/>
       <c r="G431" s="1" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1223</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
-        <v>1224</v>
+        <v>1197</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1165</v>
+        <v>1198</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1137</v>
+        <v>1199</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E432" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F432" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F432" s="1"/>
       <c r="G432" s="1" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1225</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
-        <v>1226</v>
+        <v>1201</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1221</v>
+        <v>180</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1227</v>
+        <v>1202</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E433" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F433" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F433" s="1"/>
       <c r="G433" s="1" t="s">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1228</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
-        <v>1229</v>
+        <v>1204</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1230</v>
+        <v>383</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1231</v>
+        <v>1195</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F434" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F434" s="1"/>
       <c r="G434" s="1" t="s">
-        <v>321</v>
+        <v>100</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1232</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
-        <v>1233</v>
+        <v>1206</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1205</v>
+        <v>383</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1206</v>
+        <v>1195</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E435" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F435" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F435" s="1"/>
       <c r="G435" s="1" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>1234</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
-        <v>1235</v>
+        <v>1208</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1205</v>
+        <v>383</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1206</v>
+        <v>1195</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E436" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F436" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F436" s="1"/>
       <c r="G436" s="1" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1236</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
-        <v>1237</v>
+        <v>1210</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1205</v>
+        <v>180</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1206</v>
+        <v>226</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E437" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F437" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F437" s="1"/>
       <c r="G437" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1238</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1239</v>
+        <v>1212</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1205</v>
+        <v>383</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E438" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F438" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F438" s="1"/>
       <c r="G438" s="1" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1240</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1241</v>
+        <v>1215</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1242</v>
+        <v>383</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1243</v>
+        <v>1216</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E439" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F439" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F439" s="1"/>
       <c r="G439" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H439" s="1" t="s">
-        <v>1244</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
-        <v>1245</v>
+        <v>1218</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1242</v>
+        <v>1096</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1246</v>
+        <v>1195</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E440" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G440" s="1"/>
       <c r="H440" s="1" t="s">
-        <v>1247</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
-        <v>1248</v>
+        <v>1220</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1242</v>
+        <v>180</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>353</v>
+        <v>226</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E441" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F441" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F441" s="1"/>
       <c r="G441" s="1" t="s">
-        <v>122</v>
+        <v>227</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>1249</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
-        <v>1250</v>
+        <v>1222</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1165</v>
+        <v>383</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1251</v>
+        <v>201</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E442" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F442" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F442" s="1"/>
       <c r="G442" s="1" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="H442" s="1" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
-        <v>1253</v>
+        <v>1224</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1254</v>
+        <v>180</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1206</v>
+        <v>201</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E443" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F443" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F443" s="1"/>
+      <c r="G443" s="1"/>
       <c r="H443" s="1" t="s">
-        <v>1255</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
-        <v>1256</v>
+        <v>1226</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1254</v>
+        <v>180</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1206</v>
+        <v>201</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E444" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F444" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F444" s="1"/>
       <c r="G444" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H444" s="1" t="s">
-        <v>1257</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1258</v>
+        <v>1228</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>592</v>
+        <v>180</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1259</v>
+        <v>201</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E445" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F445" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F445" s="1"/>
       <c r="G445" s="1" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1260</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1261</v>
+        <v>1230</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1262</v>
+        <v>180</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1259</v>
+        <v>201</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E446" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F446" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F446" s="1"/>
       <c r="G446" s="1" t="s">
-        <v>330</v>
+        <v>151</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>1263</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1264</v>
+        <v>1232</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1265</v>
+        <v>1101</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1266</v>
+        <v>196</v>
       </c>
       <c r="D447" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E447" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F447" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F447" s="1"/>
+      <c r="G447" s="1"/>
       <c r="H447" s="1" t="s">
-        <v>1267</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1268</v>
+        <v>1234</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1269</v>
+        <v>400</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E448" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F448" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F448" s="1"/>
+      <c r="G448" s="1"/>
       <c r="H448" s="1" t="s">
-        <v>1270</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1271</v>
+        <v>1236</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>203</v>
+        <v>180</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1047</v>
+        <v>1202</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E449" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F449" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F449" s="1"/>
       <c r="G449" s="1" t="s">
-        <v>98</v>
+        <v>227</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1272</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1273</v>
+        <v>1238</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1274</v>
+        <v>1108</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1275</v>
+        <v>1109</v>
       </c>
       <c r="D450" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E450" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>98</v>
+        <v>227</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1276</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1277</v>
+        <v>1240</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1278</v>
+        <v>1188</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>664</v>
+        <v>1241</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E451" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>1279</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1280</v>
+        <v>1243</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1281</v>
+        <v>1003</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>664</v>
+        <v>191</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E452" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>1282</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1283</v>
+        <v>1245</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1281</v>
+        <v>1096</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>664</v>
+        <v>207</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E453" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1284</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1285</v>
+        <v>1247</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1281</v>
+        <v>1148</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>664</v>
+        <v>1248</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E454" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1286</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
-        <v>1287</v>
+        <v>1250</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1281</v>
+        <v>1251</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>664</v>
+        <v>1252</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E455" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>1288</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
-        <v>1289</v>
+        <v>1254</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1281</v>
+        <v>1123</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>664</v>
+        <v>1199</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E456" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>29</v>
+        <v>203</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1290</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
-        <v>1291</v>
+        <v>1256</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1281</v>
+        <v>1148</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>664</v>
+        <v>1257</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E457" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>321</v>
+        <v>188</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1292</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1293</v>
+        <v>1259</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1281</v>
+        <v>1188</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>664</v>
+        <v>1241</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E458" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>321</v>
+        <v>227</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>1294</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1295</v>
+        <v>1261</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1281</v>
+        <v>1262</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>664</v>
+        <v>1263</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E459" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F459" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G459" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G459" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H459" s="1" t="s">
-        <v>1296</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1297</v>
+        <v>1265</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>925</v>
+        <v>1096</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1298</v>
+        <v>1266</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E460" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>227</v>
+        <v>16</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1299</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1300</v>
+        <v>1268</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1278</v>
+        <v>1109</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>170</v>
+        <v>1269</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E461" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1301</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
-        <v>1302</v>
+        <v>1271</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1281</v>
+        <v>1272</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>664</v>
+        <v>226</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E462" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>59</v>
+        <v>227</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1303</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1304</v>
+        <v>1226</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1281</v>
+        <v>1272</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>664</v>
+        <v>1274</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E463" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F463" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F463" s="1"/>
       <c r="G463" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1305</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1306</v>
+        <v>1275</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1281</v>
+        <v>1202</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>664</v>
+        <v>1195</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E464" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1307</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
-        <v>1308</v>
+        <v>1277</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1309</v>
+        <v>1278</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1310</v>
+        <v>216</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E465" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G465" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H465" s="1" t="s">
-        <v>1311</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
-        <v>1312</v>
+        <v>1280</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1266</v>
+        <v>524</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1313</v>
+        <v>525</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E466" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G466" s="1"/>
       <c r="H466" s="1" t="s">
-        <v>1314</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
-        <v>1315</v>
+        <v>1282</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1316</v>
+        <v>396</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>170</v>
+        <v>1283</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E467" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G467" s="1"/>
       <c r="H467" s="1" t="s">
-        <v>1317</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
-        <v>1318</v>
+        <v>1285</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1316</v>
+        <v>191</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1319</v>
+        <v>1266</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E468" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>167</v>
+        <v>117</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>1320</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
-        <v>1321</v>
+        <v>419</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1322</v>
+        <v>1241</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1323</v>
+        <v>210</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E469" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>109</v>
+        <v>227</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1324</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
-        <v>1325</v>
+        <v>1288</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1326</v>
+        <v>206</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1327</v>
+        <v>1289</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E470" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1328</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1329</v>
+        <v>1291</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1330</v>
+        <v>1241</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1331</v>
+        <v>962</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E471" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>17</v>
+        <v>151</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1332</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1333</v>
+        <v>1293</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1108</v>
+        <v>187</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1334</v>
+        <v>1294</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E472" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>1335</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
-        <v>1336</v>
+        <v>1296</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>166</v>
+        <v>187</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>552</v>
+        <v>201</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E473" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G473" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H473" s="1" t="s">
-        <v>1337</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
-        <v>1338</v>
+        <v>1298</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1339</v>
+        <v>389</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1123</v>
+        <v>220</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E474" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G474" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H474" s="1" t="s">
-        <v>1340</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
-        <v>1341</v>
+        <v>1300</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>917</v>
+        <v>1301</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1342</v>
+        <v>1302</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E475" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G475" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H475" s="1" t="s">
-        <v>1343</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
-        <v>1344</v>
+        <v>1304</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1108</v>
+        <v>197</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>664</v>
+        <v>1175</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E476" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H476" s="1" t="s">
-        <v>1345</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
-        <v>1346</v>
+        <v>1306</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1108</v>
+        <v>389</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1347</v>
+        <v>220</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E477" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G477" s="1"/>
       <c r="H477" s="1" t="s">
-        <v>1348</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
-        <v>1349</v>
+        <v>1308</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1350</v>
+        <v>1309</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1351</v>
+        <v>1310</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E478" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>321</v>
+        <v>96</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>1352</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
-        <v>1353</v>
+        <v>1312</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1350</v>
+        <v>1313</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E479" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>1354</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
-        <v>1355</v>
+        <v>1315</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1356</v>
+        <v>197</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>664</v>
+        <v>1316</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E480" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1357</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
-        <v>1358</v>
+        <v>1318</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1323</v>
+        <v>223</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1359</v>
+        <v>1319</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E481" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>1360</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
-        <v>1361</v>
+        <v>1321</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1362</v>
+        <v>223</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1363</v>
+        <v>1322</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E482" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>1364</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
-        <v>1365</v>
+        <v>1324</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1366</v>
+        <v>1274</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1359</v>
+        <v>1325</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E483" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F483" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G483" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G483" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H483" s="1" t="s">
-        <v>1367</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
-        <v>1368</v>
+        <v>1327</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1366</v>
+        <v>220</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1359</v>
+        <v>1178</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E484" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1369</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
-        <v>1370</v>
+        <v>1329</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1366</v>
+        <v>1330</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1371</v>
+        <v>1331</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E485" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>362</v>
+        <v>96</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>1372</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
-        <v>1373</v>
+        <v>1333</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1366</v>
+        <v>211</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1374</v>
+        <v>1334</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E486" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G486" s="1"/>
       <c r="H486" s="1" t="s">
-        <v>1375</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
-        <v>1376</v>
+        <v>1336</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1377</v>
+        <v>1274</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1378</v>
+        <v>1325</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E487" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>59</v>
+        <v>181</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>1379</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1380</v>
+        <v>1338</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1381</v>
+        <v>1339</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>198</v>
+        <v>1213</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E488" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G488" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H488" s="1" t="s">
-        <v>1382</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1383</v>
+        <v>1338</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1381</v>
+        <v>1339</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>198</v>
+        <v>1213</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E489" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G489" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H489" s="1" t="s">
-        <v>1384</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
-        <v>1385</v>
+        <v>1338</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1381</v>
+        <v>1339</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>198</v>
+        <v>1213</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E490" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G490" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H490" s="1" t="s">
-        <v>1386</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1387</v>
+        <v>1343</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1381</v>
+        <v>220</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>198</v>
+        <v>1344</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E491" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G491" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H491" s="1" t="s">
-        <v>1388</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
-        <v>1389</v>
+        <v>1346</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1390</v>
+        <v>962</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E492" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G492" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H492" s="1" t="s">
-        <v>1391</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1392</v>
+        <v>1348</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>438</v>
+        <v>1349</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>443</v>
+        <v>1350</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E493" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G493" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H493" s="1" t="s">
-        <v>1393</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1394</v>
+        <v>1352</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>438</v>
+        <v>202</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>443</v>
+        <v>1178</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E494" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G494" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H494" s="1" t="s">
-        <v>1395</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
-        <v>1396</v>
+        <v>1354</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>443</v>
+        <v>1355</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E495" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G495" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H495" s="1" t="s">
-        <v>1397</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
-        <v>1398</v>
+        <v>1357</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>455</v>
+      </c>
+      <c r="C496" s="1"/>
       <c r="D496" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E496" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G496" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H496" s="1" t="s">
-        <v>1399</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>438</v>
+        <v>1360</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>439</v>
+        <v>1361</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E497" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G497" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H497" s="1" t="s">
-        <v>1401</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1402</v>
+        <v>1363</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>438</v>
+        <v>1360</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>439</v>
+        <v>1364</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E498" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G498" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H498" s="1" t="s">
-        <v>1403</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
-        <v>1404</v>
+        <v>1366</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>438</v>
+        <v>1360</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>439</v>
+        <v>1216</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E499" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G499" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H499" s="1" t="s">
-        <v>1405</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
-        <v>1406</v>
+        <v>1368</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>438</v>
+        <v>1195</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>439</v>
+        <v>1361</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E500" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G500" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H500" s="1" t="s">
-        <v>1407</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1408</v>
+        <v>1370</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1409</v>
+        <v>1371</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1410</v>
+        <v>1372</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E501" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G501" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H501" s="1" t="s">
-        <v>1411</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1412</v>
+        <v>1374</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1413</v>
+        <v>1195</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>869</v>
+        <v>1216</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E502" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G502" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H502" s="1" t="s">
-        <v>1414</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
-        <v>1415</v>
+        <v>1376</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>268</v>
+        <v>1195</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1416</v>
+        <v>1216</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E503" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G503" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H503" s="1" t="s">
-        <v>1417</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
-        <v>1418</v>
+        <v>1378</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1381</v>
+        <v>1350</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>198</v>
+        <v>1355</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E504" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G504" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H504" s="1" t="s">
-        <v>1419</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
-        <v>1420</v>
+        <v>1380</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>438</v>
+        <v>1381</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>443</v>
+        <v>1325</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E505" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G505" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H505" s="1" t="s">
-        <v>1421</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1422</v>
+        <v>1383</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>438</v>
+        <v>1381</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>443</v>
+        <v>1384</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E506" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G506" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H506" s="1" t="s">
-        <v>1423</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1424</v>
+        <v>1386</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>438</v>
+        <v>1387</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>443</v>
+        <v>1388</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E507" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G507" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H507" s="1" t="s">
-        <v>1425</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1426</v>
+        <v>1390</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>438</v>
+        <v>1391</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>443</v>
+        <v>207</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E508" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G508" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H508" s="1" t="s">
-        <v>1427</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
-        <v>1428</v>
+        <v>1393</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>438</v>
+        <v>1394</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>443</v>
+        <v>1395</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E509" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G509" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H509" s="1" t="s">
-        <v>1429</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
-        <v>1430</v>
+        <v>1397</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>438</v>
+        <v>1398</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>443</v>
+        <v>1399</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E510" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G510" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H510" s="1" t="s">
-        <v>1431</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
-        <v>1432</v>
+        <v>1401</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1433</v>
+        <v>1248</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>578</v>
+        <v>1402</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E511" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G511" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H511" s="1" t="s">
-        <v>1434</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
-        <v>1435</v>
+        <v>1404</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>48</v>
+        <v>1371</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1436</v>
+        <v>1384</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E512" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G512" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>262</v>
+      </c>
       <c r="H512" s="1" t="s">
-        <v>1437</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1438</v>
+        <v>1406</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>48</v>
+        <v>1407</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1436</v>
+        <v>1408</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E513" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G513" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H513" s="1" t="s">
-        <v>1439</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1440</v>
+        <v>1410</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1441</v>
+        <v>1394</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>438</v>
+        <v>1411</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E514" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G514" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H514" s="1" t="s">
-        <v>1442</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
-        <v>1443</v>
+        <v>1413</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1409</v>
+        <v>1364</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1410</v>
+        <v>1344</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E515" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G515" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H515" s="1" t="s">
-        <v>1444</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1445</v>
-[...6 lines deleted...]
-      </c>
+        <v>1415</v>
+      </c>
+      <c r="B516" s="1"/>
+      <c r="C516" s="1"/>
       <c r="D516" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E516" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G516" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H516" s="1" t="s">
-        <v>1446</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1447</v>
-[...6 lines deleted...]
-      </c>
+        <v>1417</v>
+      </c>
+      <c r="B517" s="1"/>
+      <c r="C517" s="1"/>
       <c r="D517" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E517" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G517" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H517" s="1" t="s">
-        <v>1448</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
-        <v>1449</v>
+        <v>1419</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1409</v>
+        <v>1420</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1410</v>
+        <v>1421</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E518" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G518" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H518" s="1" t="s">
-        <v>1450</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
-        <v>1451</v>
+        <v>1423</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>438</v>
+        <v>1424</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>443</v>
+        <v>1425</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E519" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G519" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H519" s="1" t="s">
-        <v>1452</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1453</v>
+        <v>1427</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>438</v>
+        <v>1428</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>443</v>
+        <v>1429</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E520" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G520" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H520" s="1" t="s">
-        <v>1454</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1455</v>
+        <v>1431</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>438</v>
+        <v>1432</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>443</v>
+        <v>1433</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G521" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H521" s="1" t="s">
-        <v>1456</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
-        <v>1457</v>
+        <v>1435</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>438</v>
+        <v>1436</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>443</v>
+        <v>1433</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E522" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>440</v>
+        <v>11</v>
       </c>
       <c r="G522" s="1"/>
       <c r="H522" s="1" t="s">
-        <v>1458</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
-        <v>1459</v>
+        <v>1438</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>438</v>
+        <v>1436</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>443</v>
+        <v>1439</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E523" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>440</v>
+        <v>11</v>
       </c>
       <c r="G523" s="1"/>
       <c r="H523" s="1" t="s">
-        <v>1460</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
-        <v>1461</v>
+        <v>1441</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>443</v>
+        <v>962</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E524" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>440</v>
+        <v>11</v>
       </c>
       <c r="G524" s="1"/>
       <c r="H524" s="1" t="s">
-        <v>1462</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
-        <v>1463</v>
+        <v>1443</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>438</v>
+        <v>1444</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1390</v>
+        <v>1445</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E525" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>440</v>
+        <v>11</v>
       </c>
       <c r="G525" s="1"/>
       <c r="H525" s="1" t="s">
-        <v>1464</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1465</v>
+        <v>1447</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>438</v>
+        <v>1444</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>439</v>
+        <v>1448</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E526" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>440</v>
+        <v>11</v>
       </c>
       <c r="G526" s="1"/>
       <c r="H526" s="1" t="s">
-        <v>1466</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
-        <v>1467</v>
+        <v>1450</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1468</v>
+        <v>1451</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>681</v>
+        <v>1452</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E527" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G527" s="1"/>
       <c r="H527" s="1" t="s">
-        <v>1469</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
-        <v>1470</v>
+        <v>1454</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>90</v>
+        <v>1451</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>356</v>
+        <v>1452</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E528" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G528" s="1"/>
       <c r="H528" s="1" t="s">
-        <v>1471</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
-        <v>1472</v>
+        <v>1456</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>891</v>
+        <v>1457</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>840</v>
+        <v>1458</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E529" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G529" s="1"/>
       <c r="H529" s="1" t="s">
-        <v>1473</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1474</v>
+        <v>1460</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1475</v>
+        <v>1461</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>959</v>
+        <v>1462</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E530" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G530" s="1"/>
       <c r="H530" s="1" t="s">
-        <v>1476</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
-        <v>1477</v>
+        <v>1464</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>990</v>
+        <v>1461</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>497</v>
+        <v>1462</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E531" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G531" s="1"/>
       <c r="H531" s="1" t="s">
-        <v>1478</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
-        <v>1479</v>
+        <v>1466</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>908</v>
+        <v>1467</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>541</v>
+        <v>1468</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E532" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="H532" s="1" t="s">
-        <v>1480</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1481</v>
+        <v>1470</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>821</v>
+        <v>1452</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>739</v>
+        <v>1471</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E533" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F533" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G533" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G533" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H533" s="1" t="s">
-        <v>1482</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1483</v>
+        <v>1473</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1484</v>
+        <v>1474</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>16</v>
+        <v>1185</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E534" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G534" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H534" s="1" t="s">
-        <v>1485</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
-        <v>1486</v>
+        <v>1476</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1487</v>
+        <v>1474</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>479</v>
+        <v>1185</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E535" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>1488</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
-        <v>1489</v>
+        <v>1478</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1490</v>
+        <v>1479</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1080</v>
+        <v>1480</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E536" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1491</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
-        <v>1492</v>
+        <v>1482</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1030</v>
+        <v>1483</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>562</v>
+        <v>1484</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E537" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G537" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H537" s="1" t="s">
-        <v>1493</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
-        <v>1494</v>
+        <v>1486</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>985</v>
+        <v>1483</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1007</v>
+        <v>1487</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E538" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G538" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H538" s="1" t="s">
-        <v>1495</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
-        <v>1496</v>
+        <v>1489</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>285</v>
+        <v>1479</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>898</v>
+        <v>1480</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E539" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G539" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H539" s="1" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
-        <v>1498</v>
+        <v>1491</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>815</v>
+        <v>1492</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1499</v>
+        <v>1493</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E540" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G540" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H540" s="1" t="s">
-        <v>1500</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
-        <v>1501</v>
+        <v>1495</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1502</v>
+        <v>1452</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>946</v>
+        <v>910</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E541" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G541" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H541" s="1" t="s">
-        <v>1503</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1504</v>
+        <v>1497</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1505</v>
+        <v>1498</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>9</v>
+        <v>1468</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E542" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G542" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H542" s="1" t="s">
-        <v>1506</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1507</v>
+        <v>1500</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>9</v>
+        <v>1502</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E543" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G543" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H543" s="1" t="s">
-        <v>1508</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1509</v>
+        <v>1504</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>62</v>
+        <v>663</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1510</v>
+        <v>834</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E544" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G544" s="1"/>
       <c r="H544" s="1" t="s">
-        <v>1511</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
-        <v>1512</v>
+        <v>1506</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>62</v>
+        <v>753</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1510</v>
+        <v>687</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E545" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G545" s="1"/>
       <c r="H545" s="1" t="s">
-        <v>1513</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1515</v>
+        <v>753</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>618</v>
+        <v>687</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E546" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G546" s="1"/>
       <c r="H546" s="1" t="s">
-        <v>1516</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
-        <v>1517</v>
+        <v>1510</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1518</v>
+        <v>753</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1519</v>
+        <v>687</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E547" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G547" s="1"/>
       <c r="H547" s="1" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
-        <v>1521</v>
+        <v>1512</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1436</v>
+        <v>753</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>822</v>
+        <v>687</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E548" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G548" s="1"/>
       <c r="H548" s="1" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1523</v>
+        <v>1514</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>821</v>
+        <v>753</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>909</v>
+        <v>687</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E549" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G549" s="1"/>
       <c r="H549" s="1" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1526</v>
+        <v>753</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>555</v>
+        <v>687</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E550" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G550" s="1"/>
       <c r="H550" s="1" t="s">
-        <v>1527</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
-        <v>1528</v>
+        <v>1518</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1526</v>
+        <v>753</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>555</v>
+        <v>687</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E551" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G551" s="1"/>
       <c r="H551" s="1" t="s">
-        <v>1529</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
-        <v>1530</v>
+        <v>1520</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1531</v>
+        <v>753</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1532</v>
+        <v>687</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E552" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G552" s="1"/>
       <c r="H552" s="1" t="s">
-        <v>1533</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1534</v>
+        <v>1522</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1535</v>
+        <v>753</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>9</v>
+        <v>687</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E553" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G553" s="1"/>
       <c r="H553" s="1" t="s">
-        <v>1536</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1534</v>
+        <v>1524</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1535</v>
+        <v>753</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>9</v>
+        <v>687</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E554" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G554" s="1"/>
       <c r="H554" s="1" t="s">
-        <v>1537</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
-        <v>1538</v>
+        <v>1526</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>277</v>
+        <v>753</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>828</v>
+        <v>687</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E555" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G555" s="1"/>
       <c r="H555" s="1" t="s">
-        <v>1539</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
-        <v>1534</v>
+        <v>1528</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>220</v>
+        <v>753</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>9</v>
+        <v>687</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E556" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G556" s="1"/>
       <c r="H556" s="1" t="s">
-        <v>1540</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
-        <v>1541</v>
+        <v>1530</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>90</v>
+        <v>753</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>555</v>
+        <v>687</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E557" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G557" s="1"/>
       <c r="H557" s="1" t="s">
-        <v>1542</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1543</v>
+        <v>1532</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>90</v>
+        <v>753</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>356</v>
+        <v>687</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E558" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G558" s="1"/>
       <c r="H558" s="1" t="s">
-        <v>1544</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
-        <v>1545</v>
+        <v>1534</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>1546</v>
+        <v>753</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1547</v>
+        <v>687</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E559" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G559" s="1"/>
       <c r="H559" s="1" t="s">
-        <v>1548</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
-        <v>1549</v>
+        <v>1536</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>588</v>
+        <v>753</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>561</v>
+        <v>687</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E560" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G560" s="1"/>
       <c r="H560" s="1" t="s">
-        <v>1550</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1551</v>
+        <v>1538</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>588</v>
+        <v>753</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1025</v>
+        <v>687</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E561" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G561" s="1"/>
       <c r="H561" s="1" t="s">
-        <v>1552</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
-        <v>1553</v>
+        <v>1540</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>588</v>
+        <v>753</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1025</v>
+        <v>687</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E562" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G562" s="1"/>
       <c r="H562" s="1" t="s">
-        <v>1554</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
-        <v>1555</v>
+        <v>1542</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1484</v>
+        <v>753</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>476</v>
+        <v>687</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E563" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G563" s="1"/>
       <c r="H563" s="1" t="s">
-        <v>1556</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
-        <v>1557</v>
+        <v>1544</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>1484</v>
+        <v>753</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>561</v>
+        <v>687</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E564" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>158</v>
+        <v>754</v>
       </c>
       <c r="G564" s="1"/>
       <c r="H564" s="1" t="s">
-        <v>1558</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1559</v>
+        <v>1546</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1262</v>
+        <v>753</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1560</v>
+        <v>687</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E565" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G565" s="1"/>
       <c r="H565" s="1" t="s">
-        <v>1561</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
-        <v>1562</v>
+        <v>1548</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1563</v>
+        <v>753</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1209</v>
+        <v>687</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E566" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G566" s="1"/>
       <c r="H566" s="1" t="s">
-        <v>1564</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1565</v>
+        <v>1550</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1566</v>
+        <v>753</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1567</v>
+        <v>687</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E567" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G567" s="1"/>
       <c r="H567" s="1" t="s">
-        <v>1568</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1569</v>
+        <v>1552</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>592</v>
+        <v>753</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1570</v>
+        <v>687</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E568" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G568" s="1"/>
       <c r="H568" s="1" t="s">
-        <v>1571</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1572</v>
+        <v>1554</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1265</v>
+        <v>753</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1567</v>
+        <v>687</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E569" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G569" s="1"/>
       <c r="H569" s="1" t="s">
-        <v>1573</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1574</v>
+        <v>1556</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1566</v>
+        <v>753</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1575</v>
+        <v>687</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E570" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G570" s="1"/>
       <c r="H570" s="1" t="s">
-        <v>1576</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
-        <v>1577</v>
+        <v>1558</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1566</v>
+        <v>753</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1578</v>
+        <v>687</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E571" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G571" s="1"/>
       <c r="H571" s="1" t="s">
-        <v>1579</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1580</v>
+        <v>1560</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1581</v>
+        <v>753</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>874</v>
+        <v>687</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E572" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G572" s="1"/>
       <c r="H572" s="1" t="s">
-        <v>1582</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
-        <v>1583</v>
+        <v>1562</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>1581</v>
+        <v>753</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>874</v>
+        <v>687</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E573" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="G573" s="1"/>
       <c r="H573" s="1" t="s">
-        <v>1584</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
-        <v>1585</v>
+        <v>1564</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>443</v>
+        <v>687</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E574" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G574" s="1"/>
       <c r="H574" s="1" t="s">
-        <v>1586</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1587</v>
+        <v>1566</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>443</v>
+        <v>687</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G575" s="1"/>
       <c r="H575" s="1" t="s">
-        <v>1588</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1589</v>
+        <v>1568</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>443</v>
+        <v>687</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E576" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G576" s="1"/>
       <c r="H576" s="1" t="s">
-        <v>1590</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
-        <v>1591</v>
+        <v>1570</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>443</v>
+        <v>687</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E577" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G577" s="1"/>
       <c r="H577" s="1" t="s">
-        <v>1592</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
-        <v>1593</v>
+        <v>1572</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>443</v>
+        <v>687</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E578" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G578" s="1"/>
       <c r="H578" s="1" t="s">
-        <v>1594</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
-        <v>1595</v>
+        <v>1574</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>443</v>
+        <v>687</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E579" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G579" s="1"/>
       <c r="H579" s="1" t="s">
-        <v>1596</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1597</v>
+        <v>1576</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>1433</v>
+        <v>753</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>578</v>
+        <v>687</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E580" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G580" s="1"/>
       <c r="H580" s="1" t="s">
-        <v>1598</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
-        <v>1599</v>
+        <v>1578</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>443</v>
+        <v>687</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E581" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G581" s="1"/>
       <c r="H581" s="1" t="s">
-        <v>1600</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
-        <v>1601</v>
+        <v>1580</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>443</v>
+        <v>687</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E582" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>440</v>
+        <v>754</v>
       </c>
       <c r="G582" s="1"/>
       <c r="H582" s="1" t="s">
-        <v>1602</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1603</v>
+        <v>1582</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>438</v>
+        <v>1583</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>443</v>
+        <v>1584</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G583" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H583" s="1" t="s">
-        <v>1604</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
-        <v>1605</v>
+        <v>1586</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>438</v>
+        <v>1587</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>443</v>
+        <v>1588</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E584" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G584" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H584" s="1" t="s">
-        <v>1606</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
-        <v>1607</v>
+        <v>1590</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>438</v>
+        <v>1591</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>443</v>
+        <v>584</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E585" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G585" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H585" s="1" t="s">
-        <v>1608</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
-        <v>1609</v>
+        <v>1593</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>438</v>
+        <v>548</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>443</v>
+        <v>584</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E586" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G586" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H586" s="1" t="s">
-        <v>1610</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
-        <v>1611</v>
+        <v>1595</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>438</v>
+        <v>57</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>443</v>
+        <v>584</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E587" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G587" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H587" s="1" t="s">
-        <v>1612</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
-        <v>1613</v>
+        <v>1595</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>438</v>
+        <v>57</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>443</v>
+        <v>584</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E588" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G588" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H588" s="1" t="s">
-        <v>1614</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
-        <v>1615</v>
+        <v>1598</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>438</v>
+        <v>1599</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>443</v>
+        <v>1600</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E589" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G589" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H589" s="1" t="s">
-        <v>1616</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
-        <v>1617</v>
+        <v>1602</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>438</v>
+        <v>753</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>443</v>
+        <v>584</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E590" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G590" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H590" s="1" t="s">
-        <v>1618</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
-        <v>1619</v>
+        <v>1604</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>438</v>
+        <v>1605</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>443</v>
+        <v>1606</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E591" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G591" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H591" s="1" t="s">
-        <v>1620</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
-        <v>1621</v>
+        <v>1608</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>438</v>
+        <v>85</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>443</v>
+        <v>962</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E592" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G592" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H592" s="1" t="s">
-        <v>1622</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
-        <v>1623</v>
+        <v>1610</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>438</v>
+        <v>85</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>443</v>
+        <v>910</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E593" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G593" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H593" s="1" t="s">
-        <v>1624</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
-        <v>1625</v>
+        <v>1612</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>438</v>
+        <v>85</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>443</v>
+        <v>365</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E594" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G594" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H594" s="1" t="s">
-        <v>1626</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
-        <v>1627</v>
+        <v>1614</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>438</v>
+        <v>92</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>443</v>
+        <v>584</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E595" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G595" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H595" s="1" t="s">
-        <v>1628</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
-        <v>1629</v>
+        <v>1616</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>438</v>
+        <v>120</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>443</v>
+        <v>1617</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E596" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G596" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H596" s="1" t="s">
-        <v>1630</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
-        <v>1631</v>
+        <v>1619</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>438</v>
+        <v>120</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>443</v>
+        <v>1617</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E597" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G597" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H597" s="1" t="s">
-        <v>1632</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
-        <v>1633</v>
+        <v>956</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>438</v>
+        <v>417</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>443</v>
+        <v>680</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E598" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G598" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H598" s="1" t="s">
-        <v>1634</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1635</v>
+        <v>1622</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>438</v>
+        <v>576</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>443</v>
+        <v>592</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E599" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G599" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H599" s="1" t="s">
-        <v>1636</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1637</v>
+        <v>1624</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>438</v>
+        <v>957</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>443</v>
+        <v>958</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E600" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G600" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H600" s="1" t="s">
-        <v>1638</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1639</v>
+        <v>1626</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>438</v>
+        <v>591</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>439</v>
+        <v>939</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E601" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G601" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H601" s="1" t="s">
-        <v>1640</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1641</v>
+        <v>1628</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>438</v>
+        <v>744</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>439</v>
+        <v>1078</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E602" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G602" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H602" s="1" t="s">
-        <v>1642</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1643</v>
+        <v>1630</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>438</v>
+        <v>744</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>439</v>
+        <v>1631</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E603" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G603" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H603" s="1" t="s">
-        <v>1644</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
-        <v>1645</v>
+        <v>1633</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>438</v>
+        <v>618</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>439</v>
+        <v>1634</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E604" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G604" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H604" s="1" t="s">
-        <v>1646</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
-        <v>1647</v>
+        <v>1636</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>438</v>
+        <v>57</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>439</v>
+        <v>562</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E605" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G605" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H605" s="1" t="s">
-        <v>1648</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1649</v>
+        <v>1638</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>438</v>
+        <v>1639</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>443</v>
+        <v>555</v>
       </c>
       <c r="D606" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E606" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G606" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H606" s="1" t="s">
-        <v>1650</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
-        <v>1651</v>
+        <v>1641</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>438</v>
+        <v>704</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>443</v>
+        <v>670</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E607" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G607" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H607" s="1" t="s">
-        <v>1652</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
-        <v>1653</v>
+        <v>1643</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>438</v>
+        <v>1644</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>443</v>
+        <v>877</v>
       </c>
       <c r="D608" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E608" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G608" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H608" s="1" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1655</v>
+        <v>1646</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>438</v>
+        <v>22</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>443</v>
+        <v>1647</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E609" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G609" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H609" s="1" t="s">
-        <v>1656</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
-        <v>1657</v>
+        <v>1649</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>438</v>
+        <v>1650</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>443</v>
+        <v>670</v>
       </c>
       <c r="D610" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E610" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G610" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H610" s="1" t="s">
-        <v>1658</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1659</v>
+        <v>1652</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>438</v>
+        <v>679</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>443</v>
+        <v>904</v>
       </c>
       <c r="D611" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E611" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G611" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H611" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1661</v>
+        <v>1654</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>438</v>
+        <v>135</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>443</v>
+        <v>1617</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E612" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G612" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H612" s="1" t="s">
-        <v>1662</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1663</v>
+        <v>1656</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>438</v>
+        <v>1657</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>443</v>
+        <v>1658</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E613" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G613" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H613" s="1" t="s">
-        <v>1664</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
-        <v>1665</v>
+        <v>1660</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>438</v>
+        <v>569</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>443</v>
+        <v>1661</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E614" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G614" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H614" s="1" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1667</v>
+        <v>1663</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>438</v>
+        <v>889</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>443</v>
+        <v>1664</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E615" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G615" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H615" s="1" t="s">
-        <v>1668</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>438</v>
+        <v>670</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>443</v>
+        <v>1667</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E616" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G616" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H616" s="1" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C617" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E617" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F617" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H617" s="1" t="s">
         <v>1671</v>
-      </c>
-[...17 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B618" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="C618" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E618" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F618" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H618" s="1" t="s">
         <v>1673</v>
-      </c>
-[...17 lines deleted...]
-        <v>1674</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E619" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F619" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H619" s="1" t="s">
         <v>1675</v>
-      </c>
-[...17 lines deleted...]
-        <v>1676</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C620" s="1" t="s">
         <v>1677</v>
       </c>
-      <c r="B620" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D620" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E620" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G620" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H620" s="1" t="s">
         <v>1678</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
         <v>1679</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>1381</v>
+        <v>569</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>198</v>
+        <v>1680</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E621" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F621" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G621" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H621" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>1381</v>
+        <v>659</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>198</v>
+        <v>701</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E622" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G622" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H622" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>1381</v>
+        <v>561</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>198</v>
+        <v>577</v>
       </c>
       <c r="D623" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E623" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F623" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G623" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H623" s="1" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>990</v>
+        <v>57</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1025</v>
+        <v>201</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E624" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F624" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>36</v>
+        <v>203</v>
       </c>
       <c r="H624" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>821</v>
+        <v>504</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>946</v>
+        <v>958</v>
       </c>
       <c r="D625" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E625" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>36</v>
+        <v>203</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>833</v>
+        <v>1691</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E626" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>36</v>
+        <v>203</v>
       </c>
       <c r="H626" s="1" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>1693</v>
+        <v>85</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1123</v>
+        <v>549</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E627" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>29</v>
+        <v>203</v>
       </c>
       <c r="H627" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>1696</v>
+        <v>877</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>555</v>
+        <v>892</v>
       </c>
       <c r="D628" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E628" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
       <c r="H628" s="1" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
         <v>1698</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>1515</v>
+        <v>537</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>555</v>
+        <v>538</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E629" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
       <c r="H629" s="1" t="s">
         <v>1699</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
         <v>1700</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>904</v>
+        <v>1701</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>905</v>
+        <v>1702</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E630" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>529</v>
+        <v>1041</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>898</v>
+        <v>1705</v>
       </c>
       <c r="D631" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E631" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>166</v>
+        <v>85</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1281</v>
+        <v>1708</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E632" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>1502</v>
+        <v>85</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>816</v>
+        <v>1708</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E633" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="H633" s="1" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1047</v>
+        <v>364</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E634" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G634" s="1"/>
       <c r="H634" s="1" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1123</v>
+        <v>364</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E635" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G635" s="1"/>
       <c r="H635" s="1" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>1715</v>
+        <v>655</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>840</v>
+        <v>642</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E636" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G636" s="1"/>
       <c r="H636" s="1" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>90</v>
+        <v>880</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>555</v>
+        <v>1720</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E637" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G637" s="1"/>
       <c r="H637" s="1" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>1720</v>
+        <v>53</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1047</v>
+        <v>592</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E638" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G638" s="1"/>
       <c r="H638" s="1" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>1436</v>
+        <v>744</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>822</v>
+        <v>721</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E639" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G639" s="1"/>
       <c r="H639" s="1" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>904</v>
+        <v>576</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>636</v>
+        <v>1727</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E640" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G640" s="1"/>
       <c r="H640" s="1" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>904</v>
+        <v>1730</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>772</v>
+        <v>1661</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E641" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F641" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>904</v>
+        <v>1733</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>982</v>
+        <v>1734</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E642" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
       <c r="H642" s="1" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1730</v>
+        <v>1736</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>904</v>
+        <v>1737</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>982</v>
+        <v>368</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E643" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G643" s="1"/>
       <c r="H643" s="1" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>949</v>
+        <v>1737</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>765</v>
+        <v>1740</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E644" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G644" s="1"/>
       <c r="H644" s="1" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>285</v>
+        <v>1737</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1347</v>
+        <v>566</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E645" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G645" s="1"/>
       <c r="H645" s="1" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>839</v>
+        <v>591</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>743</v>
+        <v>939</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E646" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G646" s="1"/>
       <c r="H646" s="1" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>1033</v>
+        <v>591</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1739</v>
+        <v>939</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E647" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G647" s="1"/>
       <c r="H647" s="1" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1741</v>
+        <v>1748</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>1742</v>
+        <v>591</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1743</v>
+        <v>1740</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E648" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G648" s="1"/>
       <c r="H648" s="1" t="s">
-        <v>1744</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
-        <v>1745</v>
+        <v>1750</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>537</v>
+        <v>1752</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E649" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G649" s="1"/>
       <c r="H649" s="1" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>1749</v>
+        <v>57</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1246</v>
+        <v>201</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E650" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G650" s="1"/>
       <c r="H650" s="1" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>1752</v>
+        <v>57</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>555</v>
+        <v>584</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E651" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G651" s="1"/>
       <c r="H651" s="1" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>869</v>
+        <v>154</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>555</v>
+        <v>364</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E652" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G652" s="1"/>
       <c r="H652" s="1" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>254</v>
+        <v>31</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>1757</v>
+        <v>555</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E653" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G653" s="1"/>
       <c r="H653" s="1" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>588</v>
+        <v>1762</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>898</v>
+        <v>364</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E654" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G654" s="1"/>
       <c r="H654" s="1" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
-        <v>1761</v>
+        <v>1758</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>1762</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1763</v>
+        <v>364</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E655" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G655" s="1"/>
       <c r="H655" s="1" t="s">
         <v>1764</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
         <v>1765</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>887</v>
+        <v>1766</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>555</v>
+        <v>1767</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E656" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G656" s="1"/>
       <c r="H656" s="1" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>1769</v>
+        <v>584</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E657" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G657" s="1"/>
       <c r="H657" s="1" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>1030</v>
+        <v>1770</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>840</v>
+        <v>584</v>
       </c>
       <c r="D658" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E658" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G658" s="1"/>
       <c r="H658" s="1" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>990</v>
+        <v>1770</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1769</v>
+        <v>584</v>
       </c>
       <c r="D659" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E659" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G659" s="1"/>
       <c r="H659" s="1" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>990</v>
+        <v>1770</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>952</v>
+        <v>584</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E660" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G660" s="1"/>
       <c r="H660" s="1" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>897</v>
+        <v>1779</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>476</v>
+        <v>962</v>
       </c>
       <c r="D661" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E661" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G661" s="1"/>
       <c r="H661" s="1" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>891</v>
+        <v>1065</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>532</v>
+        <v>962</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E662" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G662" s="1"/>
       <c r="H662" s="1" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>1782</v>
+        <v>43</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>750</v>
+        <v>592</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E663" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G663" s="1"/>
       <c r="H663" s="1" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>1785</v>
+        <v>43</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>828</v>
+        <v>592</v>
       </c>
       <c r="D664" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E664" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G664" s="1"/>
       <c r="H664" s="1" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
         <v>1787</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>90</v>
+        <v>969</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>750</v>
+        <v>364</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E665" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G665" s="1"/>
       <c r="H665" s="1" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
         <v>1789</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>524</v>
+        <v>85</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>750</v>
+        <v>962</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E666" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G666" s="1"/>
       <c r="H666" s="1" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
         <v>1791</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>142</v>
+        <v>85</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>713</v>
+        <v>962</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E667" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G667" s="1"/>
       <c r="H667" s="1" t="s">
         <v>1792</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
         <v>1793</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>1794</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>646</v>
+        <v>962</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E668" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G668" s="1"/>
       <c r="H668" s="1" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
         <v>1796</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>285</v>
+        <v>1797</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>600</v>
+        <v>584</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E669" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G669" s="1"/>
       <c r="H669" s="1" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>828</v>
+        <v>584</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E670" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G670" s="1"/>
       <c r="H670" s="1" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>1802</v>
+        <v>1036</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>898</v>
+        <v>584</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E671" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F671" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H671" s="1" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
         <v>1804</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>1715</v>
+        <v>345</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>476</v>
+        <v>962</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E672" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F672" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H672" s="1" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
         <v>1806</v>
       </c>
       <c r="B673" s="1" t="s">
         <v>1807</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>660</v>
+        <v>1381</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E673" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F673" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H673" s="1" t="s">
         <v>1808</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
         <v>1809</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>1107</v>
+        <v>1062</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>555</v>
+        <v>584</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E674" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F674" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G674" s="1" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H674" s="1" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
         <v>1811</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>897</v>
+        <v>1062</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>750</v>
+        <v>584</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E675" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F675" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G675" s="1" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H675" s="1" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
         <v>1813</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>949</v>
+        <v>1814</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>650</v>
+        <v>1815</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E676" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F676" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>13</v>
+        <v>203</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>949</v>
+        <v>1814</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>905</v>
+        <v>948</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E677" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F677" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>1818</v>
+        <v>928</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>952</v>
+        <v>1820</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E678" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F678" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H678" s="1" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B679" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C679" s="1" t="s">
         <v>1820</v>
       </c>
-      <c r="B679" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D679" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E679" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>982</v>
+        <v>345</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>905</v>
+        <v>1820</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E680" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>982</v>
+        <v>1827</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>905</v>
+        <v>1828</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E681" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>443</v>
+        <v>1827</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1757</v>
+        <v>1828</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E682" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>59</v>
+        <v>227</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
-        <v>1237</v>
+        <v>1832</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>663</v>
+        <v>1075</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E683" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>1089</v>
+        <v>1835</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1033</v>
+        <v>1836</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E684" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F684" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>59</v>
+        <v>181</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1832</v>
+        <v>1838</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>833</v>
+        <v>1835</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>898</v>
+        <v>1836</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E685" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F685" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>59</v>
+        <v>203</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1833</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1834</v>
+        <v>1840</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>833</v>
+        <v>952</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>834</v>
+        <v>1075</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E686" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F686" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1835</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
-        <v>1836</v>
+        <v>1842</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>35</v>
+        <v>1705</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1073</v>
+        <v>1843</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E687" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F687" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>1837</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>839</v>
+        <v>947</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>600</v>
+        <v>201</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E688" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H688" s="1" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1840</v>
+        <v>1847</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>839</v>
+        <v>1848</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>1433</v>
+        <v>400</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E689" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G689" s="1"/>
       <c r="H689" s="1" t="s">
-        <v>1841</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
-        <v>1842</v>
+        <v>1850</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>839</v>
+        <v>944</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>1433</v>
+        <v>584</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E690" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H690" s="1" t="s">
-        <v>1843</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
-        <v>1844</v>
+        <v>1852</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>1475</v>
+        <v>1853</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>600</v>
+        <v>1854</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E691" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F691" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="H691" s="1" t="s">
-        <v>1845</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1846</v>
+        <v>1856</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>1502</v>
+        <v>1705</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>956</v>
+        <v>334</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E692" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>1847</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1848</v>
+        <v>1858</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>90</v>
+        <v>1859</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>555</v>
+        <v>1860</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E693" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>938</v>
+        <v>188</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1849</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1850</v>
+        <v>1862</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>1851</v>
+        <v>1859</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>353</v>
+        <v>1860</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E694" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E695" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G695" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H695" s="1" t="s">
-        <v>1856</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
-        <v>1857</v>
+        <v>1865</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E696" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F696" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G696" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H696" s="1" t="s">
-        <v>1859</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C697" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="B697" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D697" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E697" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F697" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G697" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H697" s="1" t="s">
-        <v>1861</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1862</v>
+        <v>1869</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1863</v>
+        <v>1859</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1864</v>
+        <v>1860</v>
       </c>
       <c r="D698" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E698" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F698" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G698" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H698" s="1" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1863</v>
+        <v>1705</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1867</v>
+        <v>1836</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E699" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F699" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G699" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H699" s="1" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1870</v>
+        <v>1702</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E700" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G700" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H700" s="1" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>1870</v>
+        <v>1877</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1871</v>
+        <v>1457</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E701" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F701" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G701" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>1878</v>
+      </c>
       <c r="H701" s="1" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>928</v>
+        <v>1457</v>
       </c>
       <c r="D702" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E702" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F702" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G702" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>1878</v>
+      </c>
       <c r="H702" s="1" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B703" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C703" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E703" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F703" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G703" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="B703" s="1" t="s">
-[...14 lines deleted...]
-      <c r="G703" s="1"/>
       <c r="H703" s="1" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>929</v>
+        <v>1886</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E704" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G704" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H704" s="1" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B705" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="B705" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C705" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E705" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F705" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G705" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H705" s="1" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>1879</v>
+        <v>1892</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1886</v>
+        <v>1860</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E706" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F706" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G706" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H706" s="1" t="s">
-        <v>1889</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>1891</v>
+        <v>928</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E707" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F707" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G707" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H707" s="1" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>1712</v>
+        <v>1885</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>9</v>
+        <v>1860</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E708" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G708" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H708" s="1" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>268</v>
+        <v>1900</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>898</v>
+        <v>1178</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E709" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F709" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G709" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H709" s="1" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>268</v>
+        <v>1903</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>898</v>
+        <v>1904</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E710" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F710" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G710" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H710" s="1" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>1742</v>
+        <v>345</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>1047</v>
+        <v>928</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E711" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G711" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H711" s="1" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1047</v>
+        <v>948</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E712" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F712" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G712" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H712" s="1" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>1526</v>
+        <v>345</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>555</v>
+        <v>1820</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E713" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F713" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G713" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H713" s="1" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>1526</v>
+        <v>1914</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>555</v>
+        <v>1820</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E714" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F714" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G714" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H714" s="1" t="s">
-        <v>1908</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
-        <v>1909</v>
+        <v>1916</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>920</v>
+        <v>1914</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1347</v>
+        <v>1820</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E715" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F715" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>154</v>
+        <v>32</v>
       </c>
       <c r="H715" s="1" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>700</v>
+        <v>947</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1912</v>
+        <v>1820</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E716" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F716" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>1913</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>700</v>
+        <v>947</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1912</v>
+        <v>1820</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E717" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="H717" s="1" t="s">
-        <v>1915</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
-        <v>1916</v>
+        <v>1922</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>1917</v>
+        <v>1900</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1347</v>
+        <v>1923</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E718" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="H718" s="1" t="s">
-        <v>1918</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>1917</v>
+        <v>1926</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1920</v>
+        <v>1927</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E719" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F719" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H719" s="1" t="s">
-        <v>1921</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
-        <v>1922</v>
+        <v>1929</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>1917</v>
+        <v>1930</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1920</v>
+        <v>1889</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E720" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F720" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H720" s="1" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>166</v>
+        <v>334</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>552</v>
+        <v>1634</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E721" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F721" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>592</v>
+        <v>1935</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>552</v>
+        <v>1936</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E722" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="H722" s="1" t="s">
-        <v>1927</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
-        <v>1928</v>
+        <v>1938</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>592</v>
+        <v>1815</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>552</v>
+        <v>1939</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E723" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G723" s="1"/>
       <c r="H723" s="1" t="s">
-        <v>1929</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1930</v>
+        <v>1941</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>606</v>
+        <v>345</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>925</v>
+        <v>1942</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E724" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F724" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="H724" s="1" t="s">
-        <v>1931</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1932</v>
+        <v>1944</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>606</v>
+        <v>345</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>1933</v>
+        <v>962</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E725" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F725" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H725" s="1" t="s">
-        <v>1934</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>1935</v>
+        <v>1944</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>537</v>
+        <v>345</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>555</v>
+        <v>962</v>
       </c>
       <c r="D726" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E726" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="H726" s="1" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>1937</v>
+        <v>1947</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>537</v>
+        <v>345</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>555</v>
+        <v>1948</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E727" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G727" s="1"/>
       <c r="H727" s="1" t="s">
-        <v>1938</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
-        <v>1939</v>
+        <v>1950</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>685</v>
+        <v>1926</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1940</v>
+        <v>1951</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E728" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G728" s="1"/>
       <c r="H728" s="1" t="s">
-        <v>1941</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
-        <v>1942</v>
+        <v>1953</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>166</v>
+        <v>1954</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1047</v>
+        <v>1955</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E729" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G729" s="1"/>
       <c r="H729" s="1" t="s">
-        <v>1943</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
-        <v>1944</v>
+        <v>1957</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>529</v>
+        <v>1958</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>555</v>
+        <v>1959</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E730" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F730" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>109</v>
+        <v>188</v>
       </c>
       <c r="H730" s="1" t="s">
-        <v>1945</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
-        <v>1946</v>
+        <v>1961</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>1947</v>
+        <v>1962</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>555</v>
+        <v>1963</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E731" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F731" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G731" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H731" s="1" t="s">
-        <v>1948</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
-        <v>1949</v>
+        <v>1965</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1950</v>
+        <v>1966</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>555</v>
+        <v>1967</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E732" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F732" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G732" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H732" s="1" t="s">
-        <v>1951</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
-        <v>1952</v>
+        <v>1969</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>1953</v>
+        <v>1966</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1047</v>
+        <v>1967</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E733" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F733" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G733" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H733" s="1" t="s">
-        <v>1954</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
-        <v>1955</v>
+        <v>1971</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>62</v>
+        <v>1836</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1047</v>
+        <v>1972</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E734" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G734" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H734" s="1" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
-        <v>1957</v>
+        <v>1974</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>603</v>
+        <v>947</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1876</v>
+        <v>1975</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E735" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F735" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>1958</v>
+        <v>203</v>
       </c>
       <c r="H735" s="1" t="s">
-        <v>1959</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>1960</v>
+        <v>1977</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>603</v>
+        <v>1962</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1876</v>
+        <v>1978</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E736" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F736" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>1958</v>
+        <v>151</v>
       </c>
       <c r="H736" s="1" t="s">
-        <v>1961</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
-        <v>1962</v>
+        <v>1980</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>603</v>
+        <v>1885</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1876</v>
+        <v>1981</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E737" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F737" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G737" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G737" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H737" s="1" t="s">
-        <v>1963</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
-        <v>1964</v>
+        <v>1983</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>1519</v>
+        <v>1984</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1965</v>
+        <v>1985</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E738" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F738" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G738" s="1"/>
       <c r="H738" s="1" t="s">
-        <v>1966</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
-        <v>1967</v>
+        <v>1987</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>618</v>
+        <v>345</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1912</v>
+        <v>999</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E739" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="H739" s="1" t="s">
-        <v>1968</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
-        <v>1969</v>
+        <v>1989</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1970</v>
+        <v>1930</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1567</v>
+        <v>353</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E740" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F740" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>330</v>
+        <v>287</v>
       </c>
       <c r="H740" s="1" t="s">
-        <v>1971</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
-        <v>1972</v>
+        <v>1991</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>1970</v>
+        <v>1992</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1567</v>
+        <v>1936</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E741" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F741" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G741" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G741" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H741" s="1" t="s">
-        <v>1973</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
-        <v>1974</v>
+        <v>1994</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1970</v>
+        <v>1995</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1567</v>
+        <v>353</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E742" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>330</v>
+        <v>198</v>
       </c>
       <c r="H742" s="1" t="s">
-        <v>1975</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
-        <v>1976</v>
+        <v>1997</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>1970</v>
+        <v>1914</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1567</v>
+        <v>1998</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E743" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>330</v>
+        <v>227</v>
       </c>
       <c r="H743" s="1" t="s">
-        <v>1977</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
-        <v>1978</v>
+        <v>2000</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>1970</v>
+        <v>1914</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1567</v>
+        <v>1998</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E744" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="H744" s="1" t="s">
-        <v>1979</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
-        <v>1976</v>
+        <v>2002</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>1970</v>
+        <v>1914</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1567</v>
+        <v>1998</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E745" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>330</v>
+        <v>181</v>
       </c>
       <c r="H745" s="1" t="s">
-        <v>1980</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>1981</v>
+        <v>2004</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>618</v>
+        <v>1926</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>203</v>
+        <v>2005</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E746" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H746" s="1" t="s">
-        <v>1982</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>1983</v>
+        <v>2007</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>692</v>
+        <v>334</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1259</v>
+        <v>962</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E747" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>1984</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
-        <v>1985</v>
+        <v>2009</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>932</v>
+        <v>1967</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>555</v>
+        <v>353</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E748" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F748" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H748" s="1" t="s">
-        <v>1986</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
-        <v>1987</v>
+        <v>2011</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>654</v>
+        <v>1892</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>1123</v>
+        <v>2012</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E749" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G749" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H749" s="1" t="s">
-        <v>1988</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
-        <v>1989</v>
+        <v>2014</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>677</v>
+        <v>1903</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>356</v>
+        <v>1854</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E750" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="H750" s="1" t="s">
-        <v>1990</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
-        <v>1991</v>
+        <v>2016</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>618</v>
+        <v>928</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>1992</v>
+        <v>1854</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E751" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>227</v>
+        <v>100</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>1993</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>1994</v>
+        <v>2018</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>1995</v>
+        <v>2019</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>1316</v>
+        <v>910</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E752" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F752" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="H752" s="1" t="s">
-        <v>1996</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
-        <v>1997</v>
+        <v>2021</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>1995</v>
+        <v>2019</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>1316</v>
+        <v>910</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E753" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F753" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="H753" s="1" t="s">
-        <v>1998</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
-        <v>1999</v>
+        <v>2023</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>1995</v>
+        <v>999</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>1316</v>
+        <v>399</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E754" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F754" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G754" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G754" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H754" s="1" t="s">
-        <v>2000</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
-        <v>2001</v>
+        <v>2025</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>2002</v>
+        <v>999</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>170</v>
+        <v>399</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E755" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>362</v>
+        <v>32</v>
       </c>
       <c r="H755" s="1" t="s">
-        <v>2003</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
-        <v>2004</v>
+        <v>2027</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>670</v>
+        <v>999</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>2005</v>
+        <v>399</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E756" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F756" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="H756" s="1" t="s">
-        <v>2006</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
-        <v>2007</v>
+        <v>2029</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>2008</v>
+        <v>1972</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>170</v>
+        <v>353</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E757" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F757" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>167</v>
+        <v>104</v>
       </c>
       <c r="H757" s="1" t="s">
-        <v>2009</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
-        <v>2010</v>
+        <v>2031</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>166</v>
+        <v>948</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>1281</v>
+        <v>2032</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E758" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H758" s="1" t="s">
-        <v>2011</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
-        <v>2012</v>
+        <v>2034</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>2013</v>
+        <v>999</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>1350</v>
+        <v>399</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E759" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F759" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G759" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H759" s="1" t="s">
-        <v>2014</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2015</v>
+        <v>2036</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>1566</v>
+        <v>999</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>1319</v>
+        <v>399</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E760" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F760" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="H760" s="1" t="s">
-        <v>2016</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
-        <v>2017</v>
+        <v>2038</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>2018</v>
+        <v>999</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>1330</v>
+        <v>399</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E761" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F761" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>17</v>
+        <v>181</v>
       </c>
       <c r="H761" s="1" t="s">
-        <v>2019</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2020</v>
+        <v>2040</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>677</v>
+        <v>999</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2021</v>
+        <v>399</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E762" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F762" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>143</v>
+        <v>104</v>
       </c>
       <c r="H762" s="1" t="s">
-        <v>2022</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
-        <v>2023</v>
+        <v>2042</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>1912</v>
+        <v>999</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>1278</v>
+        <v>399</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E763" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F763" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>143</v>
+        <v>227</v>
       </c>
       <c r="H763" s="1" t="s">
-        <v>2024</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
-        <v>2025</v>
+        <v>2044</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>2026</v>
+        <v>999</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>1269</v>
+        <v>399</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E764" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F764" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>150</v>
+        <v>227</v>
       </c>
       <c r="H764" s="1" t="s">
-        <v>2027</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
-        <v>2028</v>
+        <v>2046</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>2026</v>
+        <v>999</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>1269</v>
+        <v>399</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E765" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F765" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H765" s="1" t="s">
-        <v>2029</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
-        <v>2030</v>
+        <v>2048</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>2018</v>
+        <v>999</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2031</v>
+        <v>399</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E766" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F766" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="H766" s="1" t="s">
-        <v>2032</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
-        <v>2033</v>
+        <v>2050</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>2034</v>
+        <v>1972</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2035</v>
+        <v>399</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E767" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F767" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>330</v>
+        <v>100</v>
       </c>
       <c r="H767" s="1" t="s">
-        <v>2036</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
-        <v>2037</v>
+        <v>2052</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>2038</v>
+        <v>1998</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2039</v>
+        <v>1981</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E768" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F768" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G768" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H768" s="1" t="s">
-        <v>2040</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
-        <v>2041</v>
+        <v>2054</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>1274</v>
+        <v>1998</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2042</v>
+        <v>353</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E769" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F769" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G769" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H769" s="1" t="s">
-        <v>2043</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
-        <v>2044</v>
+        <v>2056</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>166</v>
+        <v>2012</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2045</v>
+        <v>1939</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E770" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G770" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H770" s="1" t="s">
-        <v>2046</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
-        <v>2047</v>
+        <v>2058</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>166</v>
+        <v>1927</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>1047</v>
+        <v>2059</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E771" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F771" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G771" s="1"/>
       <c r="H771" s="1" t="s">
-        <v>2048</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
-        <v>2047</v>
+        <v>2061</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>166</v>
+        <v>1978</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1047</v>
+        <v>1002</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E772" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F772" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2049</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
-        <v>2050</v>
+        <v>2063</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>166</v>
+        <v>2064</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2051</v>
+        <v>2065</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E773" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F773" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>227</v>
+        <v>96</v>
       </c>
       <c r="H773" s="1" t="s">
-        <v>2052</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
-        <v>2053</v>
+        <v>2067</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>1933</v>
+        <v>2068</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>1313</v>
+        <v>2069</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E774" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F774" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G774" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H774" s="1" t="s">
-        <v>2054</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
-        <v>2055</v>
+        <v>2071</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>2056</v>
+        <v>2072</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2005</v>
+        <v>399</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E775" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F775" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H775" s="1" t="s">
-        <v>2057</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
-        <v>2058</v>
+        <v>2074</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>203</v>
+        <v>1985</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1108</v>
+        <v>1981</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E776" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F776" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>330</v>
+        <v>181</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2059</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2060</v>
+        <v>2076</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>2008</v>
+        <v>1985</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1575</v>
+        <v>2077</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E777" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F777" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>25</v>
+        <v>181</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2061</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2062</v>
+        <v>2079</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1274</v>
+        <v>1634</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1309</v>
+        <v>1075</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E778" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F778" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="H778" s="1" t="s">
-        <v>2063</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
-        <v>2064</v>
+        <v>2081</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>1563</v>
+        <v>1634</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2065</v>
+        <v>399</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E779" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F779" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="H779" s="1" t="s">
-        <v>2066</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
-        <v>2067</v>
+        <v>2083</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>677</v>
+        <v>957</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>552</v>
+        <v>2084</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E780" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G780" s="1"/>
       <c r="H780" s="1" t="s">
-        <v>2068</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
-        <v>2069</v>
+        <v>2086</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>677</v>
+        <v>2087</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>552</v>
+        <v>400</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E781" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G781" s="1"/>
       <c r="H781" s="1" t="s">
-        <v>2070</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
-        <v>2071</v>
+        <v>2089</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>1995</v>
+        <v>345</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>552</v>
+        <v>1820</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E782" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G782" s="1"/>
       <c r="H782" s="1" t="s">
-        <v>2072</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
-        <v>2073</v>
+        <v>2091</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>1995</v>
+        <v>1634</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>552</v>
+        <v>2092</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E783" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F783" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H783" s="1" t="s">
-        <v>2074</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2075</v>
+        <v>2094</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>166</v>
+        <v>2095</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>552</v>
+        <v>396</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E784" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F784" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>227</v>
+        <v>117</v>
       </c>
       <c r="H784" s="1" t="s">
-        <v>2076</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
-        <v>2077</v>
+        <v>2097</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>624</v>
+        <v>2069</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>925</v>
+        <v>2098</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E785" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F785" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="H785" s="1" t="s">
-        <v>2078</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
-        <v>2079</v>
+        <v>2100</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>166</v>
+        <v>2101</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>592</v>
+        <v>2102</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E786" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F786" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H786" s="1" t="s">
-        <v>2080</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2081</v>
+        <v>2104</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2083</v>
+        <v>972</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E787" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G787" s="1"/>
       <c r="H787" s="1" t="s">
-        <v>2084</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2085</v>
+        <v>2107</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2086</v>
+        <v>2108</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2087</v>
+        <v>996</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E788" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G788" s="1"/>
       <c r="H788" s="1" t="s">
-        <v>2088</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2089</v>
+        <v>2110</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>2086</v>
+        <v>2108</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2087</v>
+        <v>411</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E789" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F789" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>109</v>
+        <v>198</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2090</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2091</v>
+        <v>2112</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>2082</v>
+        <v>2108</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E790" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F790" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>109</v>
+        <v>227</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2093</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2094</v>
+        <v>2114</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2082</v>
+        <v>2108</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E791" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F791" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>109</v>
+        <v>227</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2095</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2096</v>
+        <v>2116</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2082</v>
+        <v>2092</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2092</v>
+        <v>972</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E792" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F792" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2097</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2098</v>
+        <v>2118</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>2082</v>
+        <v>2092</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2092</v>
+        <v>411</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E793" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F793" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H793" s="1" t="s">
-        <v>2099</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2100</v>
+        <v>2120</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>2101</v>
+        <v>1936</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>1298</v>
+        <v>399</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E794" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F794" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2102</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2103</v>
+        <v>2122</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2086</v>
+        <v>2123</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>1189</v>
+        <v>2124</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E795" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F795" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="H795" s="1" t="s">
-        <v>2104</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
-        <v>2105</v>
+        <v>2126</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>2106</v>
+        <v>2123</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2107</v>
+        <v>1006</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E796" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G796" s="1"/>
       <c r="H796" s="1" t="s">
-        <v>2108</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2109</v>
+        <v>2128</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>1347</v>
+        <v>1075</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1331</v>
+        <v>1002</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E797" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H797" s="1" t="s">
-        <v>2110</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
-        <v>2111</v>
+        <v>2130</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>2082</v>
+        <v>995</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2112</v>
+        <v>1310</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E798" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G798" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H798" s="1" t="s">
-        <v>2113</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>2082</v>
+        <v>2133</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2092</v>
+        <v>1009</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E799" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="H799" s="1" t="s">
-        <v>2115</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2116</v>
+        <v>2135</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2005</v>
+        <v>2136</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>664</v>
+        <v>2032</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E800" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H800" s="1" t="s">
-        <v>2117</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
-        <v>2118</v>
+        <v>2138</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>1334</v>
+        <v>2123</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>1371</v>
+        <v>2124</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E801" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F801" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H801" s="1" t="s">
-        <v>2119</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2120</v>
+        <v>2140</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>1334</v>
+        <v>2123</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E802" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F802" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2122</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B803" s="1" t="s">
         <v>2123</v>
       </c>
-      <c r="B803" s="1" t="s">
+      <c r="C803" s="1" t="s">
         <v>2124</v>
       </c>
-      <c r="C803" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D803" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E803" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F803" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G803" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H803" s="1" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2126</v>
+        <v>2144</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>2127</v>
+        <v>2123</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2128</v>
+        <v>2124</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E804" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F804" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>154</v>
+        <v>227</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2129</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>2130</v>
+        <v>2146</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>1371</v>
+        <v>2147</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E805" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F805" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H805" s="1" t="s">
-        <v>2132</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B806" s="1" t="s">
         <v>2133</v>
       </c>
-      <c r="B806" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C806" s="1" t="s">
-        <v>2135</v>
+        <v>2147</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E806" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F806" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="H806" s="1" t="s">
-        <v>2136</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
-        <v>2133</v>
+        <v>2151</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>2134</v>
+        <v>2123</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2135</v>
+        <v>2152</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E807" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F807" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="H807" s="1" t="s">
-        <v>2137</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
-        <v>2133</v>
+        <v>2154</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>2134</v>
+        <v>2155</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2135</v>
+        <v>392</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E808" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F808" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2138</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
-        <v>2133</v>
+        <v>2157</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>2134</v>
+        <v>996</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2135</v>
+        <v>393</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E809" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F809" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="H809" s="1" t="s">
-        <v>2139</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2133</v>
+        <v>2159</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>2134</v>
+        <v>972</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2135</v>
+        <v>434</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E810" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F810" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2140</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2133</v>
+        <v>2161</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>2134</v>
+        <v>487</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2135</v>
+        <v>9</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E811" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F811" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>36</v>
+        <v>198</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2141</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>2133</v>
+        <v>2163</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>2134</v>
+        <v>2102</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2135</v>
+        <v>371</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E812" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F812" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2142</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>2143</v>
+        <v>976</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>2131</v>
+        <v>977</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>664</v>
+        <v>434</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E813" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="H813" s="1" t="s">
-        <v>2144</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2145</v>
+        <v>2166</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>2121</v>
+        <v>996</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>371</v>
+        <v>445</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E814" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F814" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G814" s="1"/>
       <c r="H814" s="1" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
-        <v>2147</v>
+        <v>2168</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>1374</v>
+        <v>534</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2148</v>
+        <v>2169</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E815" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F815" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G815" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H815" s="1" t="s">
-        <v>2149</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
-        <v>2133</v>
+        <v>2171</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>2134</v>
+        <v>2172</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2135</v>
+        <v>1877</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E816" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F816" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>36</v>
+        <v>203</v>
       </c>
       <c r="H816" s="1" t="s">
-        <v>2150</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
-        <v>2151</v>
+        <v>2174</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>2128</v>
+        <v>2175</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>371</v>
+        <v>2176</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E817" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F817" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>29</v>
+        <v>227</v>
       </c>
       <c r="H817" s="1" t="s">
-        <v>2152</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
-        <v>2153</v>
+        <v>2178</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>2131</v>
+        <v>2179</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>149</v>
+        <v>1820</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E818" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>362</v>
+        <v>104</v>
       </c>
       <c r="H818" s="1" t="s">
-        <v>2154</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2155</v>
+        <v>2181</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>2121</v>
+        <v>2175</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2135</v>
+        <v>1909</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E819" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G819" s="1"/>
       <c r="H819" s="1" t="s">
-        <v>2156</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>2157</v>
+        <v>2183</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>1374</v>
+        <v>2184</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2158</v>
+        <v>1814</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E820" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H820" s="1" t="s">
-        <v>2159</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
-        <v>2160</v>
+        <v>2186</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2106</v>
+        <v>2187</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1374</v>
+        <v>1705</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E821" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>25</v>
+        <v>287</v>
       </c>
       <c r="H821" s="1" t="s">
-        <v>2161</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
-        <v>2162</v>
+        <v>2189</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>2163</v>
+        <v>2190</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>1173</v>
+        <v>2191</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E822" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F822" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>330</v>
+        <v>96</v>
       </c>
       <c r="H822" s="1" t="s">
-        <v>2164</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2165</v>
+        <v>2193</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>2163</v>
+        <v>2190</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1122</v>
+        <v>1257</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E823" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F823" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="H823" s="1" t="s">
-        <v>2166</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>2167</v>
+        <v>2195</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>2131</v>
+        <v>2196</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>1123</v>
+        <v>2197</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E824" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>362</v>
+        <v>188</v>
       </c>
       <c r="H824" s="1" t="s">
-        <v>2168</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2169</v>
+        <v>2199</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>1189</v>
+        <v>2200</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>353</v>
+        <v>1814</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E825" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G825" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H825" s="1" t="s">
-        <v>2170</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2171</v>
+        <v>2202</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>2112</v>
+        <v>1877</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>149</v>
+        <v>928</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E826" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
       <c r="H826" s="1" t="s">
-        <v>2172</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2173</v>
+        <v>2204</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>1331</v>
+        <v>2205</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>1205</v>
+        <v>634</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E827" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>330</v>
+        <v>139</v>
       </c>
       <c r="H827" s="1" t="s">
-        <v>2174</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
-        <v>2175</v>
+        <v>2207</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>1281</v>
+        <v>2208</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>664</v>
+        <v>584</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E828" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>330</v>
+        <v>139</v>
       </c>
       <c r="H828" s="1" t="s">
-        <v>2176</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
-        <v>2177</v>
+        <v>2210</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>2178</v>
+        <v>1727</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>149</v>
+        <v>2191</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E829" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H829" s="1" t="s">
-        <v>2179</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2180</v>
+        <v>2212</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>2178</v>
+        <v>2213</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>149</v>
+        <v>928</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E830" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F830" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H830" s="1" t="s">
-        <v>2181</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2182</v>
+        <v>2215</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>2183</v>
+        <v>591</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>1133</v>
+        <v>584</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E831" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F831" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>109</v>
+        <v>188</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2184</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2185</v>
+        <v>2217</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>1032</v>
+        <v>2218</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>317</v>
+        <v>201</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E832" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>59</v>
+        <v>181</v>
       </c>
       <c r="H832" s="1" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
-        <v>2187</v>
+        <v>2220</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>1371</v>
+        <v>2218</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>1130</v>
+        <v>201</v>
       </c>
       <c r="D833" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E833" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F833" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="H833" s="1" t="s">
-        <v>2188</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
-        <v>2189</v>
+        <v>2222</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>1371</v>
+        <v>1727</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>317</v>
+        <v>1835</v>
       </c>
       <c r="D834" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E834" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F834" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G834" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G834" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H834" s="1" t="s">
-        <v>2190</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
-        <v>2191</v>
+        <v>2224</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>2192</v>
+        <v>2225</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>1146</v>
+        <v>365</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F835" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>143</v>
+        <v>198</v>
       </c>
       <c r="H835" s="1" t="s">
-        <v>2193</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
-        <v>2194</v>
+        <v>2227</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>2195</v>
+        <v>2228</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2196</v>
+        <v>399</v>
       </c>
       <c r="D836" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E836" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F836" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H836" s="1" t="s">
-        <v>2197</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
-        <v>2198</v>
+        <v>2230</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>664</v>
+        <v>2228</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1123</v>
+        <v>1853</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E837" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F837" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>362</v>
+        <v>188</v>
       </c>
       <c r="H837" s="1" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
-        <v>2200</v>
+        <v>2232</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>1378</v>
+        <v>1584</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>1363</v>
+        <v>2233</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E838" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F838" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="H838" s="1" t="s">
-        <v>2201</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
-        <v>2202</v>
+        <v>2235</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>1378</v>
+        <v>2236</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2158</v>
+        <v>1807</v>
       </c>
       <c r="D839" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E839" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F839" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G839" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H839" s="1" t="s">
-        <v>2203</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
-        <v>2204</v>
+        <v>2238</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>1281</v>
+        <v>684</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>929</v>
+        <v>958</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E840" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F840" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>330</v>
+        <v>104</v>
       </c>
       <c r="H840" s="1" t="s">
-        <v>2205</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
-        <v>2206</v>
+        <v>2240</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>2207</v>
+        <v>947</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>1880</v>
+        <v>2241</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E841" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F841" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>13</v>
+        <v>203</v>
       </c>
       <c r="H841" s="1" t="s">
-        <v>2208</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
-        <v>2209</v>
+        <v>2243</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>371</v>
+        <v>2197</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2210</v>
+        <v>1992</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E842" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H842" s="1" t="s">
-        <v>2211</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2212</v>
+        <v>2245</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2213</v>
+        <v>2197</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>356</v>
+        <v>1992</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E843" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F843" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G843" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H843" s="1" t="s">
-        <v>2214</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2215</v>
+        <v>2247</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2216</v>
+        <v>2197</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1137</v>
+        <v>1992</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E844" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F844" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H844" s="1" t="s">
-        <v>2217</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
-        <v>2218</v>
+        <v>2249</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>2178</v>
+        <v>2197</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>149</v>
+        <v>2250</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E845" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="H845" s="1" t="s">
-        <v>2219</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
-        <v>2220</v>
+        <v>2252</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>2178</v>
+        <v>684</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>149</v>
+        <v>399</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E846" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F846" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H846" s="1" t="s">
-        <v>2221</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
-        <v>2222</v>
+        <v>2254</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>664</v>
+        <v>1584</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>149</v>
+        <v>622</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E847" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F847" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="H847" s="1" t="s">
-        <v>2223</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2224</v>
+        <v>2256</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>664</v>
+        <v>1647</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>149</v>
+        <v>2257</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E848" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F848" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2225</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2226</v>
+        <v>2259</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>664</v>
+        <v>2260</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>149</v>
+        <v>1848</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E849" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="H849" s="1" t="s">
-        <v>2227</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
-        <v>2228</v>
+        <v>2262</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>664</v>
+        <v>613</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>1130</v>
+        <v>951</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E850" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G850" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H850" s="1" t="s">
-        <v>2229</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>2207</v>
+        <v>542</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2231</v>
+        <v>2265</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E851" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H851" s="1" t="s">
-        <v>2232</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2233</v>
+        <v>2267</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>2112</v>
+        <v>1078</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2135</v>
+        <v>1734</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E852" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H852" s="1" t="s">
-        <v>2234</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2235</v>
+        <v>2269</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>1281</v>
+        <v>2270</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2135</v>
+        <v>584</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E853" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>362</v>
+        <v>104</v>
       </c>
       <c r="H853" s="1" t="s">
-        <v>2236</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2237</v>
+        <v>2272</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2148</v>
+        <v>2273</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>317</v>
+        <v>358</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E854" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>362</v>
+        <v>181</v>
       </c>
       <c r="H854" s="1" t="s">
-        <v>2238</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2239</v>
+        <v>2275</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2148</v>
+        <v>2276</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>1173</v>
+        <v>365</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E855" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H855" s="1" t="s">
-        <v>2240</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2241</v>
+        <v>2278</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>2148</v>
+        <v>2276</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>1173</v>
+        <v>365</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E856" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H856" s="1" t="s">
-        <v>2242</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2243</v>
+        <v>2280</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>2244</v>
+        <v>735</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>1149</v>
+        <v>584</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E857" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>154</v>
+        <v>50</v>
       </c>
       <c r="H857" s="1" t="s">
-        <v>2245</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2246</v>
+        <v>2282</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>2247</v>
+        <v>2283</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>379</v>
+        <v>549</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E858" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H858" s="1" t="s">
-        <v>2248</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2249</v>
+        <v>2285</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>2250</v>
+        <v>735</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2251</v>
+        <v>2286</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E859" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>122</v>
+        <v>16</v>
       </c>
       <c r="H859" s="1" t="s">
-        <v>2252</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2253</v>
+        <v>2288</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>2148</v>
+        <v>1072</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>1130</v>
+        <v>364</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E860" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>330</v>
+        <v>96</v>
       </c>
       <c r="H860" s="1" t="s">
-        <v>2254</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2255</v>
+        <v>2290</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>2148</v>
+        <v>738</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>1173</v>
+        <v>2291</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E861" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>25</v>
+        <v>188</v>
       </c>
       <c r="H861" s="1" t="s">
-        <v>2256</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
-        <v>2257</v>
+        <v>2293</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>2247</v>
+        <v>2294</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>1363</v>
+        <v>2295</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E862" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H862" s="1" t="s">
-        <v>2258</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
-        <v>2257</v>
+        <v>2297</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>2247</v>
+        <v>2298</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>1363</v>
+        <v>2299</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E863" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="H863" s="1" t="s">
-        <v>2259</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
-        <v>2260</v>
+        <v>2301</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>2158</v>
+        <v>927</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>1221</v>
+        <v>2302</v>
       </c>
       <c r="D864" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E864" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="H864" s="1" t="s">
-        <v>2261</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
-        <v>2262</v>
+        <v>2304</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>2135</v>
+        <v>2276</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>1892</v>
+        <v>634</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E865" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H865" s="1" t="s">
-        <v>2263</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2264</v>
+        <v>2306</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>2231</v>
+        <v>2307</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2265</v>
+        <v>2286</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E866" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="H866" s="1" t="s">
-        <v>2266</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2267</v>
+        <v>2309</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2231</v>
+        <v>2307</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2265</v>
+        <v>534</v>
       </c>
       <c r="D867" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E867" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>25</v>
+        <v>188</v>
       </c>
       <c r="H867" s="1" t="s">
-        <v>2268</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>2269</v>
+        <v>2311</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>2270</v>
+        <v>613</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>1468</v>
+        <v>958</v>
       </c>
       <c r="D868" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E868" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
-        <v>2271</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
-        <v>2272</v>
+        <v>2313</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>2273</v>
+        <v>545</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2274</v>
+        <v>364</v>
       </c>
       <c r="D869" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E869" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2275</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2276</v>
+        <v>2315</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>2277</v>
+        <v>1631</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1221</v>
+        <v>1705</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E870" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>29</v>
+        <v>287</v>
       </c>
       <c r="H870" s="1" t="s">
-        <v>2278</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2279</v>
+        <v>2317</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>2280</v>
+        <v>1631</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>149</v>
+        <v>566</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E871" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>150</v>
+        <v>287</v>
       </c>
       <c r="H871" s="1" t="s">
-        <v>2281</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2282</v>
+        <v>2319</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>2283</v>
+        <v>1631</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>1130</v>
+        <v>2320</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E872" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="H872" s="1" t="s">
-        <v>2284</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2285</v>
+        <v>2322</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>2131</v>
+        <v>2294</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>664</v>
+        <v>562</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E873" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G873" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H873" s="1" t="s">
-        <v>2286</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2287</v>
+        <v>2324</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>317</v>
+        <v>2325</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2196</v>
+        <v>566</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E874" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>59</v>
+        <v>188</v>
       </c>
       <c r="H874" s="1" t="s">
-        <v>2288</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2289</v>
+        <v>2327</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>2290</v>
+        <v>2325</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>376</v>
+        <v>2328</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E875" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>109</v>
+        <v>181</v>
       </c>
       <c r="H875" s="1" t="s">
-        <v>2291</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2292</v>
+        <v>2330</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>2135</v>
+        <v>2294</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>376</v>
+        <v>2325</v>
       </c>
       <c r="D876" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E876" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>59</v>
+        <v>287</v>
       </c>
       <c r="H876" s="1" t="s">
-        <v>2293</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2294</v>
+        <v>2332</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>2295</v>
+        <v>2325</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2296</v>
+        <v>2286</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E877" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>55</v>
+        <v>139</v>
       </c>
       <c r="H877" s="1" t="s">
-        <v>2297</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
-        <v>2298</v>
+        <v>2334</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>2290</v>
+        <v>549</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>1179</v>
+        <v>2335</v>
       </c>
       <c r="D878" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E878" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G878" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H878" s="1" t="s">
-        <v>2299</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
-        <v>2300</v>
+        <v>2337</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>2290</v>
+        <v>2338</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>1119</v>
+        <v>562</v>
       </c>
       <c r="D879" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E879" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G879" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H879" s="1" t="s">
-        <v>2301</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2302</v>
+        <v>2340</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>2290</v>
+        <v>2341</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>1119</v>
+        <v>2342</v>
       </c>
       <c r="D880" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E880" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G880" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H880" s="1" t="s">
-        <v>2303</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2304</v>
+        <v>2344</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>1130</v>
+        <v>2345</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>320</v>
+        <v>2346</v>
       </c>
       <c r="D881" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E881" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G881" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H881" s="1" t="s">
-        <v>2305</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
-        <v>2306</v>
+        <v>2348</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>372</v>
+        <v>2345</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2307</v>
+        <v>2346</v>
       </c>
       <c r="D882" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E882" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>330</v>
+        <v>227</v>
       </c>
       <c r="H882" s="1" t="s">
-        <v>2308</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2309</v>
+        <v>2350</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>320</v>
+        <v>566</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2310</v>
+        <v>2191</v>
       </c>
       <c r="D883" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E883" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F883" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F883" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2311</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2312</v>
+        <v>2352</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>1123</v>
+        <v>2325</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>324</v>
+        <v>368</v>
       </c>
       <c r="D884" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E884" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F884" s="1"/>
-      <c r="G884" s="1"/>
+      <c r="F884" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G884" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H884" s="1" t="s">
-        <v>2313</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2314</v>
+        <v>2354</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>1174</v>
+        <v>545</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>360</v>
+        <v>1680</v>
       </c>
       <c r="D885" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E885" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F885" s="1"/>
-      <c r="G885" s="1"/>
+      <c r="F885" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G885" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H885" s="1" t="s">
-        <v>2315</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2316</v>
+        <v>2356</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>320</v>
+        <v>2357</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>356</v>
+        <v>562</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E886" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F886" s="1"/>
+      <c r="F886" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G886" s="1" t="s">
-        <v>17</v>
+        <v>151</v>
       </c>
       <c r="H886" s="1" t="s">
-        <v>2317</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2318</v>
+        <v>2359</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>320</v>
+        <v>545</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>356</v>
+        <v>1680</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E887" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F887" s="1"/>
+      <c r="F887" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G887" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H887" s="1" t="s">
-        <v>2319</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2320</v>
+        <v>2361</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>320</v>
+        <v>358</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E888" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F888" s="1"/>
+      <c r="F888" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G888" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H888" s="1" t="s">
-        <v>2321</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2322</v>
+        <v>2363</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>320</v>
+        <v>2341</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>356</v>
+        <v>1085</v>
       </c>
       <c r="D889" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E889" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F889" s="1"/>
-      <c r="G889" s="1"/>
+      <c r="F889" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H889" s="1" t="s">
-        <v>2323</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2324</v>
+        <v>2365</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>1137</v>
+        <v>2366</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>356</v>
+        <v>2367</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E890" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F890" s="1"/>
+      <c r="F890" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G890" s="1" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="H890" s="1" t="s">
-        <v>2325</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2326</v>
+        <v>2369</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>320</v>
+        <v>2370</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>365</v>
+        <v>2371</v>
       </c>
       <c r="D891" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E891" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F891" s="1"/>
+      <c r="F891" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G891" s="1" t="s">
-        <v>109</v>
+        <v>188</v>
       </c>
       <c r="H891" s="1" t="s">
-        <v>2327</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2328</v>
+        <v>2373</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>1154</v>
+        <v>2370</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2329</v>
+        <v>2371</v>
       </c>
       <c r="D892" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E892" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G892" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H892" s="1" t="s">
-        <v>2330</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
-        <v>2331</v>
+        <v>2375</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>1137</v>
+        <v>2376</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2332</v>
+        <v>2342</v>
       </c>
       <c r="D893" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E893" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F893" s="1"/>
+      <c r="F893" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G893" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H893" s="1" t="s">
-        <v>2333</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
-        <v>2334</v>
+        <v>2378</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>1137</v>
+        <v>2376</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="D894" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E894" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F894" s="1"/>
+      <c r="F894" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G894" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H894" s="1" t="s">
-        <v>2336</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2337</v>
+        <v>2380</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>320</v>
+        <v>2376</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>365</v>
+        <v>2342</v>
       </c>
       <c r="D895" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E895" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F895" s="1"/>
+      <c r="F895" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G895" s="1" t="s">
-        <v>98</v>
+        <v>227</v>
       </c>
       <c r="H895" s="1" t="s">
-        <v>2338</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
-        <v>2339</v>
+        <v>2382</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>1137</v>
+        <v>2299</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2329</v>
+        <v>2371</v>
       </c>
       <c r="D896" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E896" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F896" s="1"/>
+      <c r="F896" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G896" s="1" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="H896" s="1" t="s">
-        <v>2340</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2341</v>
+        <v>2384</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>1137</v>
+        <v>2385</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2329</v>
+        <v>2385</v>
       </c>
       <c r="D897" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E897" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F897" s="1"/>
+      <c r="F897" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G897" s="1" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="H897" s="1" t="s">
-        <v>2342</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
-        <v>2343</v>
+        <v>2387</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>1137</v>
+        <v>57</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2329</v>
+        <v>2388</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E898" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F898" s="1"/>
+      <c r="F898" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G898" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H898" s="1" t="s">
-        <v>2344</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
-        <v>2345</v>
+        <v>2390</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>320</v>
+        <v>57</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2310</v>
+        <v>2388</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E899" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F899" s="1"/>
+      <c r="F899" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G899" s="1" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="H899" s="1" t="s">
-        <v>2346</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
-        <v>2347</v>
+        <v>2392</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>2348</v>
+        <v>2346</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2349</v>
+        <v>364</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E900" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F900" s="1"/>
+      <c r="F900" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G900" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H900" s="1" t="s">
-        <v>2350</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2351</v>
+        <v>2394</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>1227</v>
+        <v>662</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2329</v>
+        <v>577</v>
       </c>
       <c r="D901" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E901" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F901" s="1"/>
+      <c r="F901" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G901" s="1" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H901" s="1" t="s">
-        <v>2352</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
-        <v>2353</v>
+        <v>2396</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>1218</v>
+        <v>673</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2295</v>
+        <v>674</v>
       </c>
       <c r="D902" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E902" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F902" s="1"/>
+      <c r="F902" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G902" s="1" t="s">
-        <v>362</v>
+        <v>100</v>
       </c>
       <c r="H902" s="1" t="s">
-        <v>2354</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
-        <v>2355</v>
+        <v>2398</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>1254</v>
+        <v>673</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2356</v>
+        <v>674</v>
       </c>
       <c r="D903" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E903" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H903" s="1" t="s">
-        <v>2357</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2358</v>
+        <v>2400</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>1205</v>
+        <v>741</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>327</v>
+        <v>555</v>
       </c>
       <c r="D904" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E904" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H904" s="1" t="s">
-        <v>2359</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2360</v>
+        <v>2402</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>2361</v>
+        <v>741</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>365</v>
+        <v>555</v>
       </c>
       <c r="D905" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E905" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H905" s="1" t="s">
-        <v>2362</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2363</v>
+        <v>2404</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>1166</v>
+        <v>877</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2364</v>
+        <v>538</v>
       </c>
       <c r="D906" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E906" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>362</v>
+        <v>100</v>
       </c>
       <c r="H906" s="1" t="s">
-        <v>2365</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2366</v>
-[...6 lines deleted...]
-      </c>
+        <v>2406</v>
+      </c>
+      <c r="B907" s="1"/>
+      <c r="C907" s="1"/>
       <c r="D907" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E907" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F907" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F907" s="1"/>
       <c r="G907" s="1" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
       <c r="H907" s="1" t="s">
-        <v>2368</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2369</v>
-[...6 lines deleted...]
-      </c>
+        <v>2408</v>
+      </c>
+      <c r="B908" s="1"/>
+      <c r="C908" s="1"/>
       <c r="D908" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E908" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F908" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F908" s="1"/>
       <c r="G908" s="1" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H908" s="1" t="s">
-        <v>2372</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2373</v>
-[...6 lines deleted...]
-      </c>
+        <v>2410</v>
+      </c>
+      <c r="B909" s="1"/>
+      <c r="C909" s="1"/>
       <c r="D909" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E909" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F909" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F909" s="1"/>
       <c r="G909" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H909" s="1" t="s">
-        <v>2374</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
-        <v>2375</v>
-[...6 lines deleted...]
-      </c>
+        <v>2412</v>
+      </c>
+      <c r="B910" s="1"/>
+      <c r="C910" s="1"/>
       <c r="D910" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E910" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F910" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F910" s="1"/>
       <c r="G910" s="1" t="s">
-        <v>330</v>
+        <v>32</v>
       </c>
       <c r="H910" s="1" t="s">
-        <v>2376</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2377</v>
-[...6 lines deleted...]
-      </c>
+        <v>2414</v>
+      </c>
+      <c r="B911" s="1"/>
+      <c r="C911" s="1"/>
       <c r="D911" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E911" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F911" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F911" s="1"/>
       <c r="G911" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H911" s="1" t="s">
-        <v>2378</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2379</v>
-[...6 lines deleted...]
-      </c>
+        <v>2416</v>
+      </c>
+      <c r="B912" s="1"/>
+      <c r="C912" s="1"/>
       <c r="D912" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E912" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F912" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F912" s="1"/>
       <c r="G912" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="H912" s="1" t="s">
-        <v>2382</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2383</v>
-[...6 lines deleted...]
-      </c>
+        <v>2418</v>
+      </c>
+      <c r="B913" s="1"/>
+      <c r="C913" s="1"/>
       <c r="D913" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E913" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F913" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F913" s="1"/>
       <c r="G913" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H913" s="1" t="s">
-        <v>2385</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2386</v>
-[...6 lines deleted...]
-      </c>
+        <v>2420</v>
+      </c>
+      <c r="B914" s="1"/>
+      <c r="C914" s="1"/>
       <c r="D914" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E914" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F914" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F914" s="1"/>
       <c r="G914" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H914" s="1" t="s">
-        <v>2387</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2320</v>
-[...6 lines deleted...]
-      </c>
+        <v>2422</v>
+      </c>
+      <c r="B915" s="1"/>
+      <c r="C915" s="1"/>
       <c r="D915" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E915" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F915" s="1"/>
-      <c r="G915" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2321</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2389</v>
-[...6 lines deleted...]
-      </c>
+        <v>2424</v>
+      </c>
+      <c r="B916" s="1"/>
+      <c r="C916" s="1"/>
       <c r="D916" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E916" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F916" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F916" s="1"/>
+      <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2390</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2391</v>
-[...6 lines deleted...]
-      </c>
+        <v>2426</v>
+      </c>
+      <c r="B917" s="1"/>
+      <c r="C917" s="1"/>
       <c r="D917" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E917" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F917" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F917" s="1"/>
+      <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2393</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2394</v>
-[...6 lines deleted...]
-      </c>
+        <v>2426</v>
+      </c>
+      <c r="B918" s="1"/>
+      <c r="C918" s="1"/>
       <c r="D918" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E918" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F918" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F918" s="1"/>
+      <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2395</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2396</v>
-[...6 lines deleted...]
-      </c>
+        <v>2429</v>
+      </c>
+      <c r="B919" s="1"/>
+      <c r="C919" s="1"/>
       <c r="D919" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E919" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F919" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F919" s="1"/>
       <c r="G919" s="1" t="s">
-        <v>98</v>
+        <v>181</v>
       </c>
       <c r="H919" s="1" t="s">
-        <v>2398</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2182</v>
-[...6 lines deleted...]
-      </c>
+        <v>2431</v>
+      </c>
+      <c r="B920" s="1"/>
+      <c r="C920" s="1"/>
       <c r="D920" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E920" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F920" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F920" s="1"/>
       <c r="G920" s="1" t="s">
-        <v>109</v>
+        <v>181</v>
       </c>
       <c r="H920" s="1" t="s">
-        <v>2399</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2400</v>
-[...6 lines deleted...]
-      </c>
+        <v>2433</v>
+      </c>
+      <c r="B921" s="1"/>
+      <c r="C921" s="1"/>
       <c r="D921" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E921" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F921" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F921" s="1"/>
       <c r="G921" s="1" t="s">
-        <v>36</v>
+        <v>181</v>
       </c>
       <c r="H921" s="1" t="s">
-        <v>2401</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2402</v>
-[...6 lines deleted...]
-      </c>
+        <v>2435</v>
+      </c>
+      <c r="B922" s="1"/>
+      <c r="C922" s="1"/>
       <c r="D922" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E922" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F922" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G922" s="1"/>
+      <c r="F922" s="1"/>
+      <c r="G922" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H922" s="1" t="s">
-        <v>2404</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2405</v>
-[...6 lines deleted...]
-      </c>
+        <v>2437</v>
+      </c>
+      <c r="B923" s="1"/>
+      <c r="C923" s="1"/>
       <c r="D923" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E923" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F923" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G923" s="1"/>
+      <c r="F923" s="1"/>
+      <c r="G923" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H923" s="1" t="s">
-        <v>2406</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2407</v>
-[...6 lines deleted...]
-      </c>
+        <v>2439</v>
+      </c>
+      <c r="B924" s="1"/>
+      <c r="C924" s="1"/>
       <c r="D924" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E924" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F924" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F924" s="1"/>
       <c r="G924" s="1" t="s">
-        <v>362</v>
+        <v>139</v>
       </c>
       <c r="H924" s="1" t="s">
-        <v>2409</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2410</v>
-[...6 lines deleted...]
-      </c>
+        <v>2441</v>
+      </c>
+      <c r="B925" s="1"/>
+      <c r="C925" s="1"/>
       <c r="D925" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E925" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F925" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F925" s="1"/>
       <c r="G925" s="1" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="H925" s="1" t="s">
-        <v>2411</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2412</v>
-[...6 lines deleted...]
-      </c>
+        <v>2443</v>
+      </c>
+      <c r="B926" s="1"/>
+      <c r="C926" s="1"/>
       <c r="D926" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E926" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F926" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F926" s="1"/>
       <c r="G926" s="1" t="s">
-        <v>321</v>
+        <v>117</v>
       </c>
       <c r="H926" s="1" t="s">
-        <v>2414</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
-        <v>2415</v>
-[...6 lines deleted...]
-      </c>
+        <v>2445</v>
+      </c>
+      <c r="B927" s="1"/>
+      <c r="C927" s="1"/>
       <c r="D927" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E927" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F927" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F927" s="1"/>
       <c r="G927" s="1" t="s">
-        <v>13</v>
+        <v>198</v>
       </c>
       <c r="H927" s="1" t="s">
-        <v>2417</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
-        <v>2418</v>
-[...6 lines deleted...]
-      </c>
+        <v>2447</v>
+      </c>
+      <c r="B928" s="1"/>
+      <c r="C928" s="1"/>
       <c r="D928" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E928" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F928" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F928" s="1"/>
       <c r="G928" s="1" t="s">
-        <v>98</v>
+        <v>198</v>
       </c>
       <c r="H928" s="1" t="s">
-        <v>2420</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>2421</v>
-[...6 lines deleted...]
-      </c>
+        <v>2449</v>
+      </c>
+      <c r="B929" s="1"/>
+      <c r="C929" s="1"/>
       <c r="D929" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E929" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F929" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G929" s="1"/>
+      <c r="F929" s="1"/>
+      <c r="G929" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H929" s="1" t="s">
-        <v>2422</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2423</v>
+        <v>2451</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>2452</v>
+      </c>
+      <c r="C930" s="1"/>
       <c r="D930" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E930" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F930" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F930" s="1"/>
       <c r="G930" s="1" t="s">
-        <v>59</v>
+        <v>203</v>
       </c>
       <c r="H930" s="1" t="s">
-        <v>2424</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2425</v>
+        <v>2454</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>2426</v>
+        <v>2346</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2427</v>
+        <v>566</v>
       </c>
       <c r="D931" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E931" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="H931" s="1" t="s">
-        <v>2428</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2429</v>
+        <v>2456</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2210</v>
+        <v>2457</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>341</v>
+        <v>2458</v>
       </c>
       <c r="D932" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E932" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H932" s="1" t="s">
-        <v>2430</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2431</v>
+        <v>2460</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>337</v>
+        <v>2367</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2432</v>
+        <v>2458</v>
       </c>
       <c r="D933" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E933" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H933" s="1" t="s">
-        <v>2433</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2434</v>
+        <v>2462</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>337</v>
+        <v>2463</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2435</v>
+        <v>2458</v>
       </c>
       <c r="D934" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E934" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>154</v>
+        <v>16</v>
       </c>
       <c r="H934" s="1" t="s">
-        <v>2436</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2437</v>
+        <v>2465</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>379</v>
+        <v>2463</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>1047</v>
+        <v>2190</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E935" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>29</v>
+        <v>287</v>
       </c>
       <c r="H935" s="1" t="s">
-        <v>2438</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2439</v>
+        <v>2467</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>341</v>
+        <v>951</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2440</v>
+        <v>1647</v>
       </c>
       <c r="D936" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E936" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H936" s="1" t="s">
-        <v>2441</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2442</v>
+        <v>2469</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>2443</v>
+        <v>889</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2335</v>
+        <v>2191</v>
       </c>
       <c r="D937" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E937" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="H937" s="1" t="s">
-        <v>2444</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2442</v>
+        <v>2471</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>2443</v>
+        <v>548</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2335</v>
+        <v>2472</v>
       </c>
       <c r="D938" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E938" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G938" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H938" s="1" t="s">
-        <v>2445</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2442</v>
+        <v>2474</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2443</v>
+        <v>2475</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2335</v>
+        <v>365</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E939" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G939" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H939" s="1" t="s">
-        <v>2446</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2447</v>
+        <v>2477</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>2388</v>
+        <v>889</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2448</v>
+        <v>2357</v>
       </c>
       <c r="D940" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E940" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G940" s="1" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="H940" s="1" t="s">
-        <v>2449</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
-        <v>2450</v>
+        <v>2479</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>347</v>
+        <v>889</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2451</v>
+        <v>2357</v>
       </c>
       <c r="D941" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E941" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G941" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="H941" s="1" t="s">
-        <v>2452</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
-        <v>2453</v>
+        <v>2481</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>2454</v>
+        <v>889</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2455</v>
+        <v>2357</v>
       </c>
       <c r="D942" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E942" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G942" s="1" t="s">
-        <v>98</v>
+        <v>181</v>
       </c>
       <c r="H942" s="1" t="s">
-        <v>2456</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
-        <v>2457</v>
+        <v>2483</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>341</v>
+        <v>2475</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>1209</v>
+        <v>2371</v>
       </c>
       <c r="D943" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E943" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G943" s="1" t="s">
-        <v>154</v>
+        <v>198</v>
       </c>
       <c r="H943" s="1" t="s">
-        <v>2458</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
-        <v>2459</v>
+        <v>2485</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>2388</v>
+        <v>2475</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2448</v>
+        <v>2486</v>
       </c>
       <c r="D944" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E944" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G944" s="1" t="s">
-        <v>150</v>
+        <v>198</v>
       </c>
       <c r="H944" s="1" t="s">
-        <v>2460</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
-        <v>2461</v>
+        <v>2488</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>2462</v>
+        <v>2457</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2332</v>
+        <v>2489</v>
       </c>
       <c r="D945" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E945" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G945" s="1" t="s">
-        <v>59</v>
+        <v>198</v>
       </c>
       <c r="H945" s="1" t="s">
-        <v>2463</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
-        <v>2464</v>
+        <v>2491</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>2462</v>
+        <v>2492</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2465</v>
+        <v>2463</v>
       </c>
       <c r="D946" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E946" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G946" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H946" s="1" t="s">
-        <v>2466</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
-        <v>2467</v>
+        <v>2494</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>2462</v>
+        <v>2495</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2468</v>
+        <v>2486</v>
       </c>
       <c r="D947" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E947" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F947" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G947" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G947" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H947" s="1" t="s">
-        <v>2469</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
-        <v>2470</v>
+        <v>2497</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>379</v>
+        <v>2492</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2471</v>
+        <v>1680</v>
       </c>
       <c r="D948" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E948" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F948" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="H948" s="1" t="s">
-        <v>2472</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
-        <v>2473</v>
+        <v>2499</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>357</v>
+        <v>1734</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>1209</v>
+        <v>566</v>
       </c>
       <c r="D949" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E949" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F949" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>98</v>
+        <v>181</v>
       </c>
       <c r="H949" s="1" t="s">
-        <v>2474</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
-        <v>2475</v>
+        <v>2501</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>2476</v>
+        <v>1734</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2477</v>
+        <v>566</v>
       </c>
       <c r="D950" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E950" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F950" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="H950" s="1" t="s">
-        <v>2478</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
-        <v>2479</v>
+        <v>2503</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>1940</v>
+        <v>1734</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2480</v>
+        <v>566</v>
       </c>
       <c r="D951" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E951" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F951" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>330</v>
+        <v>181</v>
       </c>
       <c r="H951" s="1" t="s">
-        <v>2481</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
-        <v>2482</v>
+        <v>2505</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>1940</v>
+        <v>1734</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2448</v>
+        <v>566</v>
       </c>
       <c r="D952" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E952" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F952" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>362</v>
+        <v>181</v>
       </c>
       <c r="H952" s="1" t="s">
-        <v>2483</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
-        <v>2484</v>
+        <v>2507</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>2477</v>
+        <v>1734</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2471</v>
+        <v>566</v>
       </c>
       <c r="D953" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E953" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F953" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="H953" s="1" t="s">
-        <v>2485</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
-        <v>2486</v>
+        <v>2509</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>2329</v>
+        <v>1734</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2332</v>
+        <v>566</v>
       </c>
       <c r="D954" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E954" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F954" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>36</v>
+        <v>181</v>
       </c>
       <c r="H954" s="1" t="s">
-        <v>2487</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
-        <v>2488</v>
+        <v>2511</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>2329</v>
+        <v>1734</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2332</v>
+        <v>566</v>
       </c>
       <c r="D955" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E955" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F955" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>36</v>
+        <v>181</v>
       </c>
       <c r="H955" s="1" t="s">
-        <v>2489</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
-        <v>2490</v>
+        <v>2513</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>2491</v>
+        <v>1734</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2492</v>
+        <v>566</v>
       </c>
       <c r="D956" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E956" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F956" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>13</v>
+        <v>181</v>
       </c>
       <c r="H956" s="1" t="s">
-        <v>2493</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
-        <v>2494</v>
+        <v>2515</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>2329</v>
+        <v>1734</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2468</v>
+        <v>566</v>
       </c>
       <c r="D957" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E957" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F957" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>25</v>
+        <v>181</v>
       </c>
       <c r="H957" s="1" t="s">
-        <v>2495</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
-        <v>2496</v>
+        <v>2517</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>2497</v>
+        <v>2342</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2498</v>
+        <v>2518</v>
       </c>
       <c r="D958" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E958" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F958" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H958" s="1" t="s">
-        <v>2499</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
-        <v>2500</v>
+        <v>2520</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>2465</v>
+        <v>834</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2440</v>
+        <v>2187</v>
       </c>
       <c r="D959" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E959" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G959" s="1"/>
       <c r="H959" s="1" t="s">
-        <v>2501</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
-        <v>2502</v>
+        <v>2522</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>2503</v>
+        <v>2523</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2504</v>
+        <v>584</v>
       </c>
       <c r="D960" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E960" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F960" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H960" s="1" t="s">
-        <v>2505</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
-        <v>2506</v>
+        <v>2525</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>2507</v>
+        <v>57</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2508</v>
+        <v>584</v>
       </c>
       <c r="D961" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E961" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F961" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H961" s="1" t="s">
-        <v>2509</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
-        <v>2510</v>
+        <v>2527</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>2491</v>
+        <v>1734</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2480</v>
+        <v>2528</v>
       </c>
       <c r="D962" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E962" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G962" s="1"/>
       <c r="H962" s="1" t="s">
-        <v>2511</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
-        <v>2512</v>
+        <v>2530</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>2384</v>
+        <v>1734</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2513</v>
+        <v>2531</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E963" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F963" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G963" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G963" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H963" s="1" t="s">
-        <v>2514</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
-        <v>2515</v>
+        <v>2533</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>2516</v>
+        <v>2486</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2517</v>
+        <v>1727</v>
       </c>
       <c r="D964" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E964" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F964" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="H964" s="1" t="s">
-        <v>2518</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
-        <v>2519</v>
+        <v>2535</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>2503</v>
+        <v>1740</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2520</v>
+        <v>1727</v>
       </c>
       <c r="D965" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E965" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F965" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>362</v>
+        <v>262</v>
       </c>
       <c r="H965" s="1" t="s">
-        <v>2521</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
-        <v>2522</v>
+        <v>2537</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>2523</v>
+        <v>2486</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2524</v>
+        <v>2205</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E966" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F966" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G966" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H966" s="1" t="s">
-        <v>2525</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
-        <v>2526</v>
+        <v>2539</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>2527</v>
+        <v>57</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>2528</v>
+        <v>584</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E967" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F967" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G967" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H967" s="1" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
-        <v>2530</v>
+        <v>2541</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>2531</v>
+        <v>2542</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2528</v>
+        <v>1820</v>
       </c>
       <c r="D968" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E968" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F968" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="H968" s="1" t="s">
-        <v>2532</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
-        <v>2533</v>
+        <v>2544</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>2534</v>
+        <v>2545</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2535</v>
+        <v>2175</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E969" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F969" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H969" s="1" t="s">
-        <v>2536</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
-        <v>2537</v>
+        <v>2547</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2539</v>
+        <v>2200</v>
       </c>
       <c r="D970" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E970" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>150</v>
+        <v>188</v>
       </c>
       <c r="H970" s="1" t="s">
-        <v>2540</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
-        <v>2541</v>
+        <v>2549</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>2542</v>
+        <v>1677</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>1880</v>
+        <v>2550</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E971" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F971" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H971" s="1" t="s">
-        <v>2543</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
-        <v>2544</v>
+        <v>2552</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>2545</v>
+        <v>1062</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>1867</v>
+        <v>2257</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E972" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F972" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H972" s="1" t="s">
-        <v>2546</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2547</v>
+        <v>2554</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>2548</v>
+        <v>951</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>1127</v>
+        <v>562</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E973" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>12</v>
+        <v>292</v>
       </c>
       <c r="G973" s="1"/>
       <c r="H973" s="1" t="s">
-        <v>2549</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
-        <v>2550</v>
+        <v>2556</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>1858</v>
+        <v>566</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2551</v>
+        <v>562</v>
       </c>
       <c r="D974" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E974" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F974" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G974" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G974" s="1"/>
       <c r="H974" s="1" t="s">
-        <v>2552</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
-        <v>2553</v>
+        <v>2558</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>2554</v>
+        <v>2542</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2555</v>
+        <v>1036</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E975" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F975" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G975" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G975" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H975" s="1" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
-        <v>2557</v>
+        <v>2560</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>2554</v>
+        <v>951</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2558</v>
+        <v>2257</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E976" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F976" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G976" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G976" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H976" s="1" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>2561</v>
+        <v>2518</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2562</v>
+        <v>2550</v>
       </c>
       <c r="D977" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E977" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G977" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H977" s="1" t="s">
         <v>2563</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
         <v>2564</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>1876</v>
+        <v>2172</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>1880</v>
+        <v>2213</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E978" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G978" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H978" s="1" t="s">
         <v>2565</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
-        <v>1315</v>
+        <v>2566</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>2335</v>
+        <v>2567</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2566</v>
+        <v>365</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E979" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F979" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G979" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H979" s="1" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>1880</v>
+        <v>2571</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="G980" s="1"/>
       <c r="H980" s="1" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>1876</v>
+        <v>2574</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>1047</v>
+        <v>2575</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F981" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G981" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G981" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H981" s="1" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>2335</v>
+        <v>1498</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2574</v>
+        <v>1479</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E982" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F982" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G982" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G982" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H982" s="1" t="s">
-        <v>2575</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>2554</v>
+        <v>1474</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2577</v>
+        <v>2580</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F983" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G983" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G983" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H983" s="1" t="s">
-        <v>2578</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>2579</v>
+        <v>1256</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2581</v>
+        <v>910</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F984" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G984" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G984" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="H984" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>2584</v>
+        <v>1425</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>928</v>
+        <v>2585</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F985" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G985" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G985" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H985" s="1" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>2539</v>
+        <v>1402</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>1880</v>
+        <v>2588</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E986" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F986" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G986" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G986" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H986" s="1" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2590</v>
+        <v>910</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E987" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F987" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G987" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G987" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="H987" s="1" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2554</v>
+        <v>2594</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E988" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F988" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G988" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G988" s="1"/>
       <c r="H988" s="1" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" s="1" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2569</v>
+        <v>2599</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E989" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F989" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G989" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G989" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H989" s="1" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" s="1" t="s">
-        <v>1853</v>
+        <v>2601</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>1891</v>
+        <v>2602</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>1855</v>
+        <v>1948</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E990" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F990" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G990" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G990" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H990" s="1" t="s">
-        <v>2598</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" s="1" t="s">
-        <v>2599</v>
+        <v>2604</v>
       </c>
       <c r="B991" s="1" t="s">
-        <v>2600</v>
+        <v>2605</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2601</v>
+        <v>2606</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E991" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F991" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G991" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G991" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H991" s="1" t="s">
-        <v>2602</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" s="1" t="s">
-        <v>2603</v>
+        <v>2608</v>
       </c>
       <c r="B992" s="1" t="s">
-        <v>2604</v>
+        <v>2582</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2601</v>
+        <v>2609</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E992" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F992" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G992" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G992" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H992" s="1" t="s">
-        <v>2605</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" s="1" t="s">
-        <v>2606</v>
+        <v>2611</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>2527</v>
+        <v>1428</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2601</v>
+        <v>1429</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E993" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F993" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G993" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G993" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H993" s="1" t="s">
-        <v>2607</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" s="1" t="s">
-        <v>2608</v>
+        <v>2613</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>928</v>
+        <v>2582</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>1880</v>
+        <v>2609</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E994" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F994" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G994" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G994" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H994" s="1" t="s">
-        <v>2609</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" s="1" t="s">
-        <v>2610</v>
+        <v>2615</v>
       </c>
       <c r="B995" s="1" t="s">
-        <v>2611</v>
+        <v>1492</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2612</v>
+        <v>2616</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E995" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F995" s="1" t="s">
-        <v>12</v>
+        <v>292</v>
       </c>
       <c r="G995" s="1"/>
       <c r="H995" s="1" t="s">
-        <v>2613</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" s="1" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
       <c r="B996" s="1" t="s">
-        <v>2611</v>
+        <v>2567</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2612</v>
+        <v>365</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E996" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F996" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G996" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G996" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H996" s="1" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" s="1" t="s">
-        <v>2616</v>
+        <v>2620</v>
       </c>
       <c r="B997" s="1" t="s">
-        <v>2527</v>
+        <v>2567</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2617</v>
+        <v>365</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E997" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F997" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G997" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G997" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H997" s="1" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" s="1" t="s">
-        <v>2619</v>
+        <v>2622</v>
       </c>
       <c r="B998" s="1" t="s">
-        <v>1876</v>
+        <v>2591</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2569</v>
+        <v>910</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E998" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G998" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G998" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H998" s="1" t="s">
-        <v>2620</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" s="1" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
       <c r="B999" s="1" t="s">
-        <v>2622</v>
+        <v>962</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2623</v>
+        <v>2625</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E999" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F999" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G999" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G999" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H999" s="1" t="s">
-        <v>2624</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" s="1" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B1000" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C1000" s="1" t="s">
         <v>2625</v>
       </c>
-      <c r="B1000" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1000" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E1000" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F1000" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G1000" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G1000" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H1000" s="1" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" s="1" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="B1001" s="1" t="s">
-        <v>153</v>
+        <v>2147</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2601</v>
+        <v>490</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="E1001" s="1" t="s">
         <v>373</v>
       </c>
       <c r="F1001" s="1" t="s">
-        <v>12</v>
+        <v>292</v>
       </c>
       <c r="G1001" s="1"/>
       <c r="H1001" s="1" t="s">
-        <v>2629</v>
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:8">
+      <c r="A1002" s="1" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B1002" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C1002" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="D1002" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1002" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1002" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1002" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H1002" s="1" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:8">
+      <c r="A1003" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B1003" s="1" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C1003" s="1"/>
+      <c r="D1003" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1003" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1003" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1003" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1003" s="1" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:8">
+      <c r="A1004" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B1004" s="1" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C1004" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D1004" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1004" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1004" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1004" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1004" s="1" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:8">
+      <c r="A1005" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B1005" s="1" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C1005" s="1" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D1005" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1005" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1005" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1005" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H1005" s="1" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:8">
+      <c r="A1006" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B1006" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C1006" s="1" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D1006" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1006" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1006" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1006" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H1006" s="1" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:8">
+      <c r="A1007" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B1007" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C1007" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D1007" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1007" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1007" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1007" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1007" s="1" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:8">
+      <c r="A1008" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B1008" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C1008" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D1008" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1008" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1008" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1008" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1008" s="1" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:8">
+      <c r="A1009" s="1" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B1009" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C1009" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D1009" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1009" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1009" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1009" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1009" s="1" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:8">
+      <c r="A1010" s="1" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B1010" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C1010" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D1010" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1010" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1010" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1010" s="1"/>
+      <c r="H1010" s="1" t="s">
+        <v>2654</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:8">
+      <c r="A1011" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B1011" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C1011" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D1011" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1011" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1011" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1011" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1011" s="1" t="s">
+        <v>2657</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:8">
+      <c r="A1012" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B1012" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="C1012" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D1012" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1012" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1012" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1012" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1012" s="1" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:8">
+      <c r="A1013" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B1013" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C1013" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D1013" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1013" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1013" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1013" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H1013" s="1" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:8">
+      <c r="A1014" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="B1014" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C1014" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D1014" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1014" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1014" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1014" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H1014" s="1" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:8">
+      <c r="A1015" s="1" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B1015" s="1" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C1015" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D1015" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E1015" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="F1015" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1015" s="1"/>
+      <c r="H1015" s="1" t="s">
+        <v>2666</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>