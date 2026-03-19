--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,8051 +12,7910 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2667">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2620">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
-    <t>2025eko maiatzaren 26ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Agropolitiken Sailburuordearena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan higadura genetikoaren mehatxupean dauden bertako arrazen kontserbazio-esku-hartzerako laguntzak sartzeko deia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita.</t>
+    <t>Eskaera Kredituaren Eskuragarritasuna Merkataritza 2025 1. LERROA. ESTABLEZIMENDU BERRIA</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Eskualdekoa</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Eskaera Kredituaren Eskuragarritasuna Merkataritza 2025 2. LERROA MANT. ESTABLEZIMENDUA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Madrilgo ETEen digitalizazio proiektuetarako laguntzak - 2023</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677389</t>
+  </si>
+  <si>
+    <t>Madrilgo ETEen digitalizazio proiektuetarako laguntzak - 2024</t>
+  </si>
+  <si>
+    <t>2024-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744066</t>
+  </si>
+  <si>
+    <t>Baimendu 2.100.000,00 euroko gastu pluriurteko bat, 720007 72300 4400 412108 'pdr feader 2014-2020. Aholkularitza zerbitzuak INTIaren bidez' aurrekontu-partidaren kargura, 2023 eta 2024rako gastu-aurrekontuaren barruan.</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/697013</t>
+  </si>
+  <si>
+    <t>PEPAC 2023-2027 nekazaritza-ustiategietan inbertsioetarako laguntzak emateko araudia eta deialdia</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753408</t>
+  </si>
+  <si>
+    <t>Txikizkako ETEen lehiakortasuna hobetzeko diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760303</t>
+  </si>
+  <si>
+    <t>Lankidetza-integraziorako diru-laguntzak CVan</t>
+  </si>
+  <si>
+    <t>2023-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/676897</t>
+  </si>
+  <si>
+    <t>Nekazaritza erakunde profesionalentzako laguntzak</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677552</t>
+  </si>
+  <si>
+    <t>2023ko martxoaren 15eko Ebazpena, kontseilari atxikiarena, Nekazaritza, Arrantza eta Elikadura Ministerioaren martxoaren 24ko 10/2011 Aginduaren 2023ko ekitaldi ekonomikorako aurrekontu-lerroa eta gehienezko zenbatekoa argitaratzen dituena.</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683107</t>
+  </si>
+  <si>
+    <t>S8970000 Agroekologia eta Nekazaritzako Elikagaien Kalitateko Katedra (UPV) JL Porcuna</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707925</t>
+  </si>
+  <si>
+    <t>Uraren erabilera arrazionala eta ureztapenean energia-eraginkortasuna hobetzea</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733558</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ELIKAGAIEN KOOPERATIBAK EB-N INTEGRATZEKO DIRU-LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>2024-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763626</t>
+  </si>
+  <si>
+    <t>Lankidetza-hitzarmena Generalitatearen, Lehendakaritzaren bidez, eta Valentziako Ikerketa Ekonomikoen Institutua (SA) zerbitzu publikoei buruzko ikerketarako, eraginkortasunari buruzko analisietarako informazioa hobetzeko...</t>
+  </si>
+  <si>
+    <t>2023-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692823</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Landa Garapen, Klima Larrialdi eta Trantsizio Ekologikoko ministroaren ebazpena, Elxeko Miguel Hernández Unibertsitateari diru-laguntza ematen diona, honako hauei buruzko ikasketa-jarduerak egiteko</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709730</t>
+  </si>
+  <si>
+    <t>Giza kapitalaren eraldaketa modernizatzailerako garapen eta berrikuntzarako oinarria babesteko akordioa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690555</t>
+  </si>
+  <si>
+    <t>Valentziako Gobernuaren eta Valentziako Udalerri eta Probintzien Federazioaren arteko lankidetza. Merkataritza eta laguntza teknikoarekin lotutako proiektuak 2023</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690516</t>
+  </si>
+  <si>
+    <t>VALENTZIAKO ERKIDEGOKO TOKIKO ADMINISTRAZIOARI 2023RAKO LURRALDE BERRITZAILEAK SUSTATZEKO PLANEAN BERRIKUNTZA PROIEKTUAK SUSTATZEKO EMANDAKO DIRU-LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757082</t>
+  </si>
+  <si>
+    <t>Valentziako Erkidegoan muturreko fenomeno meteorologikoei aurre egiteko klima-ikerketaren sustapena eta prestakuntza- eta dibulgazio-jarduerak ezartzea 2024. urterako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757093</t>
+  </si>
+  <si>
+    <t>KLIMA ETA ENERGIA EKINTZA PLANAREN BIDEZ TOKIKO KLIMA EKINTZA SUSTATZEA 2024AN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757379</t>
+  </si>
+  <si>
+    <t>Lankidetza-hitzarmena Generalitatearen, Lehendakaritzaren bidez, eta Valentziako udalerri eta probintzien federazioaren artean, despopulazioari buruzko laguntza, lankidetza eta aholkularitza programa bat finantzatzeko.</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699117</t>
+  </si>
+  <si>
+    <t>Generalitatearen eta Castellóko Jaume I.a Unibertsitatearen arteko lankidetza-hitzarmena, Jasangarritasun Katedraren bidez ikerketa eta berrikuntza ikasketak sustatzeko</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705673</t>
+  </si>
+  <si>
+    <t>Galiziako Xuntako Kultura, Hezkuntza, Lanbide Heziketako eta Unibertsitateetako Ministerioaren eta Ekonomia, Industria eta Berrikuntza Ministerioaren arteko lankidetza-hitzarmena eta Espainiaren eta AEBren arteko kultura, hezkuntza eta truke batzordea Fulbright beka programarako.</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712236</t>
+  </si>
+  <si>
+    <t>Emigrazioko Idazkaritza Nagusiaren eta Río de la Platako Etorkin eta Itzultzaileen Elkartearen arteko lankidetza-hitzarmena, itzultzen diren emigranteei zuzendutako informazio- eta aholkularitza-ekintzak garatzeko.</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747111</t>
+  </si>
+  <si>
+    <t>Ekonomia, Ogasun eta Berrikuntzako sailburuaren ebazpena, Balear Uharteetan jarduera duten ekintzaile eta enpresei irekiera eta azterketa-enkarguak estaltzeko 2024 eta 2025 urteetarako laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Ibiza eta Formenterako Merkataritza, Industria, Nabigazio eta Zerbitzu Ganberari diru-laguntza eman zaio Pitiusas uharteetan emakumeei negozioak sortzeko aholkularitza zerbitzu bat finantzatzeko.</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685745</t>
+  </si>
+  <si>
+    <t>Diru-laguntza Eivissako eta Formenterako Merkataritza, Industria, Nabigazio eta Zerbitzu Ganberari Menorcan negozioak sortzeko emakumeentzako aholkularitza zerbitzu bat finantzatzeko</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685747</t>
+  </si>
+  <si>
+    <t>Mallorcako Merkataritza, Industria, Nabigazio eta Zerbitzu Ganberari diru-laguntza eman zaio, Mallorcako uhartean emakumeei negozioak sortzeko aholkularitza-zerbitzu bat finantzatzeko.</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732378</t>
+  </si>
+  <si>
+    <t>Nekazaritza asegurua</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742739</t>
+  </si>
+  <si>
+    <t>Nekazaritza Asegurua</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814078</t>
+  </si>
+  <si>
+    <t>Udalerrien talde eta mankomunitateentzako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687437</t>
+  </si>
+  <si>
+    <t>Energia berdearen eta hidrogenoaren plan osagarria</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720445</t>
+  </si>
+  <si>
+    <t>Ekonomia Zirkularrean Berrikuntzarako Diru-laguntza 2026 3. lerroa</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882917</t>
+  </si>
+  <si>
+    <t>Subv.nominat.euskal trenbide sarea digitaliz.sist.cancel.estac.ferrov. hurrengoa</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719894</t>
+  </si>
+  <si>
+    <t>Sektore ezberdinetako energia termiko berriztagarriak (mrr)1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720508</t>
+  </si>
+  <si>
+    <t>Autokontsumoa eta biltegiratzea, energia berriztagarrien iturriekin mrr (1)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720512</t>
+  </si>
+  <si>
+    <t>Autokontsumoa eta biltegiratzea energia berriztagarrien iturriekin mrr (2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720513</t>
+  </si>
+  <si>
+    <t>Autokontsumoa eta biltegiratzea, energia berriztagarrien iturriekin mrr (3)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720514</t>
+  </si>
+  <si>
+    <t>Eraikin daudenen energia-berrikuntza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720515</t>
+  </si>
+  <si>
+    <t>Energia termiko berriztagarriak sektore ezberdinetan (mrr)2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720519</t>
+  </si>
+  <si>
+    <t>Ikerketa programarako eskaerak aurkezteko deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720492</t>
+  </si>
+  <si>
+    <t>Gizarte-lan inklusiorako pilotu proiektu berritzaileak pers.mvi-rgi</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720839</t>
+  </si>
+  <si>
+    <t>Gizarte-lan inklusiorako pilotu proiektu berritzaileak pers.mvi-rgi-ii</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720840</t>
+  </si>
+  <si>
+    <t>Gizarte Eskubide eta Gizarte Ongizate Ministerioaren ekainaren 24ko Ebazpena, “cone ct-as: gizarte inklusio digitalerako bideak Asturiasko Printzerrian” pilotu proiektuan parte hartzeko oinarri arautzaileak onartzen dituena.</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683173</t>
+  </si>
+  <si>
+    <t>2023ko funtzionamendu-gastuak estaltzen laguntzeko nekazaritza-erakunde profesionalei diru-laguntzak emateko akordioa</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722676</t>
+  </si>
+  <si>
+    <t>2023ko abenduaren 29ko Ebazpena, zeinaren bidez 2024ko ekitaldian nekazaritza aseguru konbinatuen kontratazioa eta erregularizazioa sustatzeko lerrorako diru-laguntzen urte anitzeko deialdia onartzen den, aurrerapen gastuen modalitatean.</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736899</t>
+  </si>
+  <si>
+    <t>ZIENTZIA, ENPRESA LEHIAKORTASUN ETA BERRIKUNTZAKO ASTURIAKO AGENTZIAREN 2024/5/9KO EBAZPENAREN LABURPENA, ASTURIAKO PRINTZERREKO ENPRESEI 2024KO BERRIKUNTZA ETA ENPRESA GARAPENERAKO BONUEN PROGRAMAREN LAGUNTZA DEIALDIA ONARTZEN DUENA</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761101</t>
+  </si>
+  <si>
+    <t>Oviedoko Merkataritza Ganberari, GGEak garatu eta sustatzeko neurriak ezartzeko, interesdun erakundeen prestakuntza eta sentsibilizazio lanen bidez.</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695536</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 29ko EBAZPENA, Landa Gaietarako eta Nekazaritza Politikarako Ministerioarena, nekazaritza-ingurumen eta klima helburuak betetzearekin lotutako inbertsio ez-produktiboak laguntzeko laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>2024-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751274</t>
+  </si>
+  <si>
+    <t>Asturiasko Printzerriko merkataritza ganberei diru-laguntza ematea, kualifikazio eta enplegu programa integralaren barruan prestakuntza plan bat ezartzeko.</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737451</t>
+  </si>
+  <si>
+    <t>2024ko urtarrilaren 17ko Agindua, I. eranskinean sartutako berrogeita laugarren nekazaritza aseguruen plan konbinatuaren (2023ko plana) lerroetarako nekazaritza asegurua harpidetzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740871</t>
+  </si>
+  <si>
+    <t>2025eko otsailaren 12ko Agindua, 2025. urterako Nekazaritza Aseguru Konbinatuaren Planaren esparruan nekazaritza asegurua harpidetzeko diru-laguntzak deitzen dituena eta aipatutako diru-laguntzei buruzko zehaztapenak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Ingurumen ministroaren Agindua, zeinaren bidez diru-laguntza bat ematen zaion Espainiako txerri-ekoizleen klusterrari (i+porc), Aragoiko txerri-sektorearen hobekuntza sustatzeko, jarduera ekonomiko estrategiko gisa.</t>
+  </si>
+  <si>
+    <t>2024-04-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/689773</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Ingurumen ministroaren Agindua, untxi arreen kumeen ezaugarri produktiboak, ugalkortasun-indizeak, hilkortasuna eta bihurketa ebaluatzen dituen Ganadera Unida Coop.-i diru-laguntza ematekoa.</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690350</t>
+  </si>
+  <si>
+    <t>Monegrosko Ikasketa eta Ikerketa Institutua (Monegrosko Gutunetxea) Haur Hezkuntzako Eskolaren Lankidetza Hitzarmena 2023</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/724700</t>
+  </si>
+  <si>
+    <t>Aragoiko enplegu institutuaren eta Huesca, Teruel eta Zaragozako merkataritza, industria eta zerbitzu ganbera ofizialen arteko lankidetza hitzarmena, autoenplegua sustatzeko arloan zerbitzuak emateko.</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687819</t>
+  </si>
+  <si>
+    <t>Nekazaritza aseguru konbinatuaren harpidetzarako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695136</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako diru-laguntzak 2019an</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727446</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietako inbertsioak 2022an</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727447</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako diru-laguntzak 2021ean</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727453</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako diru-laguntzak 2022</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730462</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien produktuen eraldaketa, merkaturatzea eta garapenerako diru-laguntza. PEPAC</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779378</t>
+  </si>
+  <si>
+    <t>Trantsizio Ekologiko eta Energiako Kontseilariaren AGINDUA, energia-komunitateak sortu eta funtzionarazteko lehiarik gabeko diru-laguntza bat emateko oinarri arautzaileak ezartzen eta deialdia egiten duena, Kanariar Uharteetako Energia Jasangarriko P2-L2 NG Funtsen esparruan (C7, I2)</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782532</t>
+  </si>
+  <si>
+    <t>SNEren zerbitzu-zorro komunaren autoenplegu eta ekintzailetza aholkularitza-ekintzak - 2015/7ko edizioa</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/701149</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703242</t>
+  </si>
+  <si>
+    <t>Kanariar Uharteetako Merkatu Tradizionalen Hobekuntza eta Landa Merkataritza Sustatzen duten Ekintzak</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753157</t>
+  </si>
+  <si>
+    <t>2023ko Nekazaritza Aseguruen Urteko Plana</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/673679</t>
+  </si>
+  <si>
+    <t>Lehen mailako ekoizpenean ez dauden baina ekoizpen horretatik eratorritako produktuak merkaturatzen dituzten enpresetan eta autonomoetan jarduera ekonomikoa eta enplegua mantentzeko diru-laguntza zuzenak, sumendi-erupzioek La Palman duten eragina minimizatzeko.</t>
+  </si>
+  <si>
+    <t>2024-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755380</t>
+  </si>
+  <si>
+    <t>2025EKO NEKAZARITZA ASEGURURAKO URTEKO PLANA</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>DES/37/2025 Agindua, 2025eko abenduaren 22koa, zeinaren bidez 2026. urterako eskaera bakarrean sartutako NBEUFk (Europako Nekazaritza Bermatzeko Funtsa) eta EBEFk (Landa Garapenerako Europako Nekazaritza Funtsa) finantzatutako laguntzak eskatzen diren.</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>2023ko maiatzaren 29ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, urteko nekazaritza aseguruen plan bateratuetan sartutako nekazaritza aseguruen polizak harpidetzeko diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699271</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Gobernuaren ekainaren 15eko Akordioa, zeinaren bidez Gaztela eta Leongo 2022-2023 nekazaritza kanpaina salbuespenezkoa dela deklaratzen den eta nekazaritza sektorearentzako laguntza neurriak hartzeko premiazkoa dela adierazten den.</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729409</t>
+  </si>
+  <si>
+    <t>2023ko ekainaren 1eko Akordioa, Gaztela eta Leongo Gobernuarena, Gaztela eta Leongo enpresa-talde berritzaileei diru-laguntzak zuzenean emateko baimena ematen diena: AEICE, CBECYL eta CYLSOLAR</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703865</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Juntaren akordioa, Valladolideko merkataritza, industria eta zerbitzu ganbera ofizialari diru-laguntza bat zuzenean emateko baimena ematen duena.</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/679831</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Gobernuaren akordioa, eraikuntza eraginkorrerako enpresa-talde berritzaileari (aeice) diru-laguntza bat emateko baimena ematen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729238</t>
+  </si>
+  <si>
+    <t>ICEko presidentearen 2023ko ekainaren 19ko ebazpena, zeinaren bidez onartzen den Gaztela eta Leongo ETEetan berrikuntza sustatzeko diru-laguntzak emateko deialdi ez-lehiakorra, EGEFek kofinantzatua.</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703907</t>
+  </si>
+  <si>
+    <t>ADERISA-REN TOKIKO GARAPEN ESTRATEGIAN OINARRITUTAKO 2023-2027KO NEKAZARITZA POLITIKA KOMUNAREN (PEPAC) PLAN ESTRATEGIKO NAZIONALAREN 7119.2 ESKU-HARTZE ESPARRUAN PROIEKTUAK FINANTZATZEKO DIRU-LAGUNTZEN DEIALDIA</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>2027-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783345</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 20ko Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez 2025ean deialdia egiten den, aurrerapen izapidetze prozeduraren bidez, Gaztela-Mantxan animalien ongizaterako esku-hartzerako laguntzetan sartzeko, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusitakoa.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>7/2024 Dekretua, otsailaren 27koa, berreskuratze, eraldaketa eta erresilientzia planaren energia-eraginkortasuneko eraikinetan alokairu sozialeko etxebizitzak eraikitzeko diru-laguntza zuzenean ematea arautzen duena.</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747555</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 9ko Ebazpena, Turismo, Merkataritza eta Artisautza Zuzendaritza Nagusiarena, 2024rako MICE Programaren laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751348</t>
+  </si>
+  <si>
+    <t>CLMko merkataritza, industria eta zerbitzu ganbera ofizialen kontseiluari diru-laguntza zuzena ematea, autonomia erkidegoko negozio-leihatila bakarreko zentroen bidez zerbitzuak integratu eta batera emateko.</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 26ko ebazpena, Nekazaritza Politika Bateratu eta Ingurumen- eta Nekazaritza Politiken Sailburuordearena, zeinaren bidez 2025ean, aurrerapen-izapidetze prozeduraren bidez, Gaztela-Mantxan higadura genetikoak mehatxatutako bertako arrazen kontserbazio-esku-hartzerako laguntzak sartzeko deialdia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita dagoena.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>2023ko Nekazaritza Aseguruen Urteko Plana</t>
-[...38 lines deleted...]
-    <t>Maiatzaren 23ko 51/2023 Dekretua, inklusio, berdintasun, enplegagarritasun eta ekitate ereduetan ikerketa eta berrikuntza institutuari diru-laguntza zuzena ematea arautzen duena.</t>
+    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen-Agropolitiken Sailburuordearena, zeinaren bidez 2025ean deialdia egiten den, aurrerapen-izapidetze prozeduraren bidez, Gaztela-Mantxan biodibertsitatearen aldeko erlezaintzaren esku-hartzerako laguntzetan sartzeko, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusitakoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Ebazpena, Nekazaritza Politika Bateratuaren eta Ingurumen eta Nekazaritza Politikaren Sailburuordearena, zeinaren bidez de minimis erregimeneko laguntzak eskatzen diren, aurrerapen izapidetze prozeduraren bidez, Gaztela-Mantxan eragindako kalteak arintzeko.</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Nekazaritza Politikako Sailburuordearena, zeinaren bidez de minimis erregimeneko laguntzak eskatzen diren, aurrerapen izapidetze prozeduraren bidez, loboi erasoekin lotutako kalteak arintzeko.</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Maiatzaren 23ko 51/2023 Dekretua, inklusio, berdintasun, enplegagarritasun eta ekitate ereduetan ikerketa eta berrikuntza institutuari diru-laguntza zuzenean ematea arautzen duena.</t>
   </si>
   <si>
     <t>2023-06-13</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/702912</t>
   </si>
   <si>
-    <t>Gaztela eta Leongo Juntaren ekainaren 15eko Akordioa, zeinaren bidez Gaztela eta Leonen 2022-2023 nekazaritza kanpaina salbuespen gisa deklaratzen da, eta nekazaritza sektorerako laguntza neurriak hartzeko premiazkotasuna deklaratzen da.</t>
-[...53 lines deleted...]
-    <t>"Ceuta Emozioak" deskontu-liburuxkaren 3. fasearen merkaturatzearen bitartez, Ceuta hirira turistak etorrera bultzatzeko bidai agentziei diru-laguntzak emateko deialdia eta oinarri arautzaileak.</t>
+    <t>"Ceuta Excites" deskontu-liburuxkaren 3. fasea merkaturatuz, Ceuta hirira turistak etortzea sustatzeko bidaia-agentziei diru-laguntzak emateko eskabideen eta araudien deialdia.</t>
   </si>
   <si>
     <t>2023-12-14</t>
   </si>
   <si>
     <t>Ceuta</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731761</t>
   </si>
   <si>
-    <t>Txikizkako ETEen lehiakortasuna hobetzeko diru-laguntzen deialdia.</t>
-[...380 lines deleted...]
-    <t>Maiatzaren 27ko 3/2025 Lege Dekretuaren arabera, hondamendi naturalengatik kaltetutako gerezi-ustiategientzako aparteko laguntzak 2025erako</t>
+    <t>Talde zaurgarrientzako bono digitalak mrr-c15.i3 (erakunde kolaboratiboak)</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704006</t>
+  </si>
+  <si>
+    <t>2023ko berrikuntza-beken deialdia</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713676</t>
+  </si>
+  <si>
+    <t>Madrilgo ETEen Digitalizazio Proiektuetarako Laguntzak - 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886784</t>
+  </si>
+  <si>
+    <t>Lankidetza Integraziorako diru-laguntza CVan</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890460</t>
+  </si>
+  <si>
+    <t>Mapa eta Espainiako nekazaritza-elikagaien kooperatiben arteko akordioa, 2023ko Estatuko Aurrekontu Orokorretan diru-laguntza bat emateko, nekazaritza-elikagaien kooperatiben lehiakortasuna eta modernizazioa sustatzeko eta gobernu-batzordeetan prestakuntza, berdintasuna eta belaunaldien berritzea sustatzeko.</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>Nazionala</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709807</t>
+  </si>
+  <si>
+    <t>Garapen Teknologiko eta Berrikuntzarako Zentroaren (EPE) laguntza enpresa berritzaileen hazkundea bultzatzeko inbertsioetarako (2024)</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747686</t>
+  </si>
+  <si>
+    <t>Kanariar Uharteetako Autonomia Erkidegoko nekazaritza-ekoizleek kontsumitzen duten gasolioaren prezioa estaltzeko aparteko eta aldi baterako laguntza. 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747694</t>
+  </si>
+  <si>
+    <t>GARAPEN TEKNOLOGIKO ETA BERRIKUNTZA ZENTROAK, EPE-K, I+G PROIEKTUAK FINANTZATZERAKO EMANDAKO DIRU-LAGUNTZAK (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747728</t>
+  </si>
+  <si>
+    <t>GARAPEN TEKNOLOGIKO ETA BERRIKUNTZAKO ZENTROAK (EPE) emandako diru-laguntzak Berrikuntza Teknologikoko Proiektuak finantzatzeko (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747735</t>
+  </si>
+  <si>
+    <t>DANA ekaitzak kaltetutako nekazaritza-ustiategien diru-sarreren galerak konpentsatzeko aparteko laguntza</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813406</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, hainbat erakunderi bikaintasuneko zientzia-proiektuak garatzeko diru-laguntza emateko, Catalunyako Ikerketa Zentroen Fundazioaren (i-cerca) alde.</t>
+  </si>
+  <si>
+    <t>2023-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669850</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, 768/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen duena, Acondicionado Tarrasense erakundearen alde, 3D inprimaketa gunearen proiekturako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669904</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, Teruelgo Paleontologia Fundazio Mistoa – Dinópolis-i ematen diona 732/2022 Errege Dekretuan aurreikusitako diru-laguntza.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669937</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, hainbat erakunderi diru-laguntzak zuzenean ematea arautzen duen 732/2022 Errege Dekretuan aurreikusitako diru-laguntza Ibercivis Fundazioari emateko</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669959</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, 768/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen duena, Josep Carreras Leuzemia Ikerketa Institutua Fundazioaren (IJC) alde, minbiziaren proteomaren proiektuan egindako ekarpenagatik.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669967</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, Mondragon Unibertsitateko Goi Mailako Eskola Politeknikoari 732/2022 Errege Dekretuan aurreikusitako diru-laguntza emateko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669987</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntza Ministerioaren Agindua, 732/2022 Errege Dekretuan aurreikusitako diru-laguntza ematen diona Zientzia Museorako, Navarrako Unibertsitateari.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/670013</t>
+  </si>
+  <si>
+    <t>Garapen teknologiko eta berrikuntzarako zentroaren laguntza, enpresa berritzaileen hazkundea bultzatzeko inbertsioetarako EPE.</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694661</t>
+  </si>
+  <si>
+    <t>I+G proiektuak finantzatzeko EPEren laguntza, garapen teknologiko eta berrikuntzarako zentrotik (2023)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694664</t>
+  </si>
+  <si>
+    <t>CDTIren diru-laguntzak arrantza eta akuikultura sektoreko berrikuntza-proiektuetarako eta arrantza eta akuikultura produktuen prozesatze eta merkaturatze jardueretan inbertsio-proiektuetarako</t>
+  </si>
+  <si>
+    <t>2023-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731454</t>
+  </si>
+  <si>
+    <t>Zientzia eta Berrikuntzako Ministroaren Agindua, Espainiako Botanika Elkarteari (SEBOT) ematen diona</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743764</t>
+  </si>
+  <si>
+    <t>CDTIren diru-laguntzak berrikuntza teknologikoko proiektuetarako (DANA BERRIKUNTZA ZUZENEKO LERROA)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808683</t>
+  </si>
+  <si>
+    <t>CDTIren diru-laguntzak berrikuntza teknologikoko proiektuetarako (DANA EXPANSION DIRECT LINE)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808689</t>
+  </si>
+  <si>
+    <t>EPEren Garapen Teknologiko eta Berrikuntzarako Zentroaren laguntza I+G proiektuak finantzatzeko (2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>2023ko uztailaren 25eko Ministroen Kontseiluaren Akordioa, Iberoamerikako Estatuen Erakundeari (OEI) Berrikuntza eta Hezkuntza Ikerketarako Iberoamerikako Sarearentzat borondatezko ekarpena baimentzen duena.</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712290</t>
+  </si>
+  <si>
+    <t>"Aktibatu 4.0 industria" ekimenaren bidez eraldaketa digitala sustatzera bideratutako laguntzak, suspertze, eraldaketa eta erresilientzia planaren esparruan</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707790</t>
+  </si>
+  <si>
+    <t>MADRILGO ESKUALDEKO NEKAZARITZA ASEGURURAKO LAGUNTZA OSAGARRIAK, 2026/01/01ETIK 2026/12/31RAKO POLIZAK</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874707</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ERAKUNDE PROFESIONALEN ETA NEKAZARITZAKO KOOPERATIBA BATASUNEN LAGUNTZAK (OPAS 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876980</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ERAKUNDE PROFESIONALEN ETA NEKAZARITZAKO KOOPERATIBA BATASUNEN LAGUNTZA (OCAS 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876985</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO TRATAMENDU INTEGRATUAREN TALDEENTZAKO LAGUNTZA (ATRIAS) 2026</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877386</t>
+  </si>
+  <si>
+    <t>ABELTZAINTZA OSASUNAREN DEFENTSA TALDEENTZAKO LAGUNTZA - A LERROA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877388</t>
+  </si>
+  <si>
+    <t>ABELTZAINTZA OSASUNAREN DEFENTSA TALDEENTZAKO LAGUNTZA - B LERROA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877389</t>
+  </si>
+  <si>
+    <t>2026ko denboraldian zailtasunak dituzten zenbait laboretako nekazariei laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882799</t>
+  </si>
+  <si>
+    <t>INDUSTRIA SEKTOREKO ETE ETA ENPRESA HANDIENTZAKO ENERGIA ERAGINKORTASUN PROGRAMA</t>
+  </si>
+  <si>
+    <t>2019-08-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763836</t>
+  </si>
+  <si>
+    <t>2024AN MERKATARITZA ETA AZOKAK SUSTATZEKO UDALERRI LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774902</t>
+  </si>
+  <si>
+    <t>2025-2027 arautze-oinarriak eta erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko laguntzen deialdia, PEPACen sartuta dagoen Erlezaintzako Sektore Esku-hartzearen esparruan, 2025eko kanpainarako.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>INBERTSIOETARAKO, MODERNIZAZIORAKO ETA/EDO NEKAZARITZA-USTIAIEN HOBEKUNTZARAKO LAGUNTZA CONV.24</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755162</t>
+  </si>
+  <si>
+    <t>ENPRESEI LAGUNTZA NEKAZARITZA, SARITASUNA, BASO ETA INDUSTRIA GARAPENA, INBERTSIO PROIEKTUA 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, BASO ETA INDUSTRIA SEKTOREKO ENPRESEI LAGUNTZA 2024</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754719</t>
+  </si>
+  <si>
+    <t>2023ko planean (44. plana) sartutako nekazaritza asegurua harpidetzeko arautze-esparrua eta diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669197</t>
+  </si>
+  <si>
+    <t>2024ko nekazaritza aseguruen diru-laguntzen plana arautzen duten eskabideen deialdia eta araudia (45. plana)</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744143</t>
+  </si>
+  <si>
+    <t>2024rako deialdia, Nafarroan nekazaritza-elikagaien artisautza sustatzeko elikagaien enpresa artisauen elkarteei laguntzeko.</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754332</t>
+  </si>
+  <si>
+    <t>153.334,00 euroko gastua baimentzea, nekazari eta abeltzainen interesak defendatzeko UAGNri diru-laguntza emateko, zeina helburu horietarako aurreikusita dagoen 2024ko Navarrako Aurrekontu Orokorretan.</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755009</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako laguntza-esparru arautzailea eta deialdia (Ingurumen Helburua) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756333</t>
+  </si>
+  <si>
+    <t>225.000 euroko gastua baimentzea "Nafarroako Nekazaritza Kooperatiben Batasunari (UCAN) Nekazaritza kooperatibismoaren sustapenari emandako diru-laguntza" 2024rako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756335</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako Osasun Defentsa Taldeentzako laguntzak, animalien gaixotasunak prebenitzeko, kontrolatzeko eta desagerrarazteko osasun programak ezartzeko, 2024. urterako</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>2024-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760084</t>
+  </si>
+  <si>
+    <t>Baimendu 2.100.000,00 euroko gastu pluriurteko bat, 720007 72300 4400 412108 'EGEF PDR 2014-2022. INTIAren bidezko aholkularitza zerbitzuak' aurrekontu-partidaren kargura, 2024ko gastu-aurrekontuaren eta 2025eko baliokidearen arabera.</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>EHNEri nekazari eta abeltzainen interesak defendatzeko diru-laguntza bat emateko 153.334,00 euroko gastua baimentzea, zeina helburu horietarako aurreikusita baitago 2024rako Navarrako Aurrekontu Orokorretan.</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762717</t>
+  </si>
+  <si>
+    <t>PLENA INCLUSIÓNekin hitzarmena "Nafarroan inklusiorako eraldaketa digitala" proiekturako</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762722</t>
+  </si>
+  <si>
+    <t>2025eko PEPACen esparruan lanaldi partzialeko nekazariak ezartzeko laguntza deialdia</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietako inbertsioetarako laguntzak emateko 2025erako araudia eta deialdia PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietako inbertsioetarako laguntzak emateko 2025erako arautze-esparrua eta eskaeren deialdia (Ingurumen Helburua) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako Osasun Defentsa Taldeentzako laguntzak, animalien gaixotasunak prebenitzeko, kontrolatzeko eta desagerrarazteko osasun programak ezartzeko, 2025. urtea</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako erakusketak antolatuz nekazaritzako produktuak sustatzeko laguntzak, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>2025eko De Minimis Erregimenaren pean azoketan parte hartzeko laguntza deialdia</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>2025eko proposamen deialdia. Hornikuntza-kate laburren bidez merkaturatzen duten nekazaritza-elikagaien ekoizleen elkarteei eta nekazaritza-TEST espazioak kudeatzen dituzten elkarteei laguntzak.</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>2025eko deialdia, de minimis erregimenaren barruan dauden eta DOB edo IGP gisa aitortutako Navarrako nekazaritza-elikagaien kalitate-zifren kontrol eta ziurtapen jardueretarako.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>2025eko deialdia tokiko erakundeei nekazaritza-elikagaien merkaturatze-kanal laburrak sustatzeko</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Baso-ustiapenerako, basogintzako lanetarako, basogintzako zerbitzuetarako eta lehen mailako prozesamendurako bideratutako basogintzako inbertsio produktiboetarako laguntzak. (PEPAC Esku-hartzea 6883) 2026. urtean</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875061</t>
+  </si>
+  <si>
+    <t>2026-2027ko Lankidetza Laguntzen Deialdia, Kalitate Eskemetan Nekazaritza eta Elikagai Produktuak Sustatzeko, Nekazaritza Politika Bateratuaren Plan Estrategikoaren (PEPAC) esparruan</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875481</t>
+  </si>
+  <si>
+    <t>PEPACen esparruan nekazari profesional gazteen lehen instalaziorako 2026rako laguntzarako eskabideetarako deialdia</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878627</t>
+  </si>
+  <si>
+    <t>2026ko deialdia nekazari gazteei beren burua ezartzen laguntzeko laguntzak eskatzeko</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878804</t>
+  </si>
+  <si>
+    <t>2026ko Nekazari Berriak Ezartzeko Laguntza Deialdia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879137</t>
+  </si>
+  <si>
+    <t>2026ko Nekazaritza Elikagaien Kalitate Izendapenen Kudeaketa Erakundeentzako Laguntza Deialdia</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Berrikuntza eta basogintzaren hedapena sustatzeko araudi-esparrua eta proposamen-deialdia onartzea, 2025 eta 2026 aldian.</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>2023-2027 PEPAC-eko 6881.1 Esku-hartzean sartutako 2024-2025eko PEPAC-eko mendiko larreen kudeaketa jasangarrirako kanpainaren oinarri arautzaileak eta laguntza-deialdia onartzea.</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>2025-2026ko deialdia, nekazaritza- eta elikagai-produktuak kalitate-programen pean sustatzeko lankidetzarako, PEPACen esparruan, Navarrako Foru Komunitatearena.</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>51E/2024 EBAZPENA, apirilaren 30ekoa, Merkataritza eta Kontsumoko zuzendari nagusiarena, 2024an Nafarroan artisau-enpresak sustatzeko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756401</t>
+  </si>
+  <si>
+    <t>Nekazaritza produktuak abeltzaintzako erakusketak antolatuz sustatzeko laguntzak, 2024. urterako</t>
+  </si>
+  <si>
+    <t>2024-05-25</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756416</t>
+  </si>
+  <si>
+    <t>2024an txikizkako merkataritza taldeak sustatzeko eta kudeatzeko diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757723</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategiei energia-trantsiziorako laguntzak</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758468</t>
+  </si>
+  <si>
+    <t>2024ko trantsizio energetikorako energia komunitateentzako laguntzak</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761325</t>
+  </si>
+  <si>
+    <t>Tokiko erakundeei diru-laguntzak landa-merkataritza suspertzeko</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789778</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien industrietan inbertsioetarako laguntzak. 2023ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796969</t>
+  </si>
+  <si>
+    <t>2025eko energia-trantsiziorako nekazaritza-ustiategientzako laguntzak. Batzordearen 651/2014 Erregelamendua</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>2025eko energia-trantsiziorako nekazaritza-ustiategientzako laguntzak. De Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Industria ETEetan berrikuntza-proiektuetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>2025ean teknologian oinarritutako enpresa berritzaileak sortu eta finkatzeko laguntzak, Berreskuratze, Eraldaketa eta Erresilientzia Planaren esparruan - Europar Batasunak finantzatua - Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien industrientzako inbertsio-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869026</t>
+  </si>
+  <si>
+    <t>Enpresek, ikerketa-zentroek eta teknologia-zentroek doktoregoko ikasleak kontratatzeko diru-laguntzak: Industria-doktoregoak 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871426</t>
+  </si>
+  <si>
+    <t>Teknologia-zentro, ikerketa-zentro eta unibertsitateetako ezagutza transferitzeko laguntzak PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>Nekazaritzako gasolioaren prezioaren aparteko laguntza 2022/20tik aurrera</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>2024ko otsailaren 15eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, ardogintzako azpiproduktuen destilaziorako laguntzak iragartzen dituena, 2023/2024 kanpaina</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Nekazaritza Politika Bateratuaren Plan Estrategikoaren esparruan Ardo Sektoreko Esku-hartzea ezartzeko diru-laguntza</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 22ko Ebazpena, Valentziako Nekazaritza Garapen eta Bermerako Agentziako zuzendariarena, Valentziako Komunitatean 2024. urterako erlezaintza sektorean esku hartzeko laguntzen deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>2024ko uztailaren 22ko Ebazpena, Valentziako Nekazaritza Garapen eta Bermerako Agentziako zuzendariarena, Valentziako Komunitateko ardogintza sektoreari hirugarren herrialdeetako merkatuetan sustapen eta komunikaziorako laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>2024ko irailaren 2ko Ebazpena, (AVFGA) zuzendariarena, Nekazaritza Politika Bateratuaren Plan Estrategikoaren esparruan nekazaritza-elikagaien eraldaketa, merkaturatzea eta/edo garapena sustatzeko inbertsioetarako laguntzen deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>10/2024 Lege Dekretua, irailaren 24koa, Kontseiluarena, nekazaritza arloan premiazko laguntza neurriak hartzen dituena, Ukrainako gatazka armatuaren eta klima-baldintzen ondorioz lehen sektorearen egoera okerrera egin dela eta.</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 19ko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez 2025eko ekitaldi ekonomikorako nekazaritza-elikagaien kalitate-eskemen informazio- eta sustapen-jardueretarako laguntzen aurrerapen-deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 28ko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez ezartzen den eskaera bakarrean sartutako laguntzak emateko eta urteko ordainketa egiteko deialdia.</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 17ko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako (AVFGA) zuzendariarena, ureztatzeko komunitate eta komunitateetan azpiegiturak eta ureztatze sistemak modernizatzeko inbertsioetarako laguntzen deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 5eko Ebazpena, Valentziako Nekazaritza Garapen eta Bermerako Agentziako (AVFGA) zuzendariarena, Valentziako Erkidegoko 2023-2027ko NEPB Plan Estrategikoaren 7119.02 LEADER esku-hartzean aurreikusitako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 15eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, 2025eko urterako Plan Estrategikoaren landa-garapeneko esku-hartzeen esparruan lankidetzarako laguntzak eskatzeko deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko EBAZPENA, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez 2026ko ekitaldirako nekazaritza-elikagaien kalitate-eskemen informazio- eta sustapen-jardueretarako laguntzen aurrerapen-deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 8ko Ebazpena, Valentziako Nekazaritza Garapen eta Bermerako Agentziako zuzendariarena, Valentziako Komunitateko Landa Garapen Programaren esparruan birmoldaketa eta berregituraketa plan kolektiboetarako laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Berrikuntza sustatzeko eta indartzeko ekintza osagarriak. ESTATU-LAGUNTZARIK EZ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>Ikerketa-emaitzen balorizazioa eta enpresei transferitzea. ESTATU-LAGUNTZARIK EZ</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Erosketa publiko berritzailea (IPP) bultzatzea REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Erosketa publiko berritzaileari bultzada (IPP) ERREGIMENA 651</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Erosketa publiko berritzailea (IPP) bultzatzea L2 ESTATU LAGUNTZARIK EZ</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>Berrikuntza sustatzeko eta indartzeko ekintza osagarriak. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Teknologia aurreratuen asimilazioa eta haien hedapena Valentziako Berrikuntza Sisteman REG (EB) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Ura, Abeltzaintza eta Arrantza Ministerioaren Ebazpena, Valentziako Komunitatean ekoizpen ekologikoaren ziurtagirirako 2025. urterako laguntza-deialdia iragartzen duena</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>VALÈNCIA INNOVATION CAPITALek sustatutako “AGRO·LAB TONOWASTE” azelerazio programaren proiektu berritzaileen deialdiaren baldintzak</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Generalitatearen eta Alacanteko Unibertsitatearen arteko lankidetza-hitzarmena, Lehendakaritzaren bidez, Generalitateko Lehendakaritzako komisarioaren funtzionamenduan lankidetzan aritzeko, komunitatearen digitalizazio eta zibersegurtasunerako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>LANKIDETZA HITZARMENA LABORA-VALENTZIAKO ENPLEGU ETA PRESTAKUNTZA ZERBITZUAREN ETA AIMPLAS-PLASTIKO MATERIALEN ETA LOTUTAKO PRODUKTUEN IKERKETARAKO ELKARTEAREN ARTEAN, LAN-ARLOKO LANGABEEI ZUZENDUTAKO PRESTAKUNTZA EKINTZAK EGITEKO.</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 30eko Ebazpena, IVACEko presidentearena, 2024ko aurrekontuaren kargurako energia berriztagarrien arloko laguntzak eskatzen dituena, Europar Batasunaren kofinantzaketarekin, Europako Eskualde Garapenerako Funtsaren bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 2ko EBAZPENA, Lehendakaritzarena, Valentziako Erkidegoko ETEen nazioartekotzerako gazteak kontratatzeko diru-laguntzak iragartzen dituena, Europako Gizarte Funtsaren Plus Programaren bidez finantzatuta, 2026ko ekitaldia</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884886</t>
+  </si>
+  <si>
+    <t>Osasun Ministerioaren eta PS eta FRSren arteko akordioa berrikuntza-proiektu bat garatzeko</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>2024ko abuztuaren 19ko EBAZPENA, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, zeinaren bidez Valentziako Erkidegoan mehatxatutako bertako arrazak sustatzeko 2024. urterako laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Ura, Abeltzaintza eta Arrantza Ministerioaren eta AINIAren arteko lankidetza-hitzarmena, Valentziako Erkidegoan digestio anaerobioaren teknologiaren bidez abere-simaurretako nitrogeno-kudeaketa aztertzeko.</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren Ebazpena, zeinaren bidez Valentziako Komunitateak 2025eko Planerako nekazaritza aseguruen harpidetzarako dituen laguntzen aurrerapen deialdia ezartzen den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>KOOPERATIBA INTEGRAZIORAKO DIRU-LAGUNTZA CV-AN</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>PDRCV (M23) hondamendi naturalak kaltetutako belar-, bazka- eta landare aromatikoen, baratze-laboreen eta mintegien ustiategien jabeei laguntza gehigarriak zuzenean emateko prozedura</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 17ko Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, Valentziako Komunitateko abeltzaintzako ustiategien lehiakortasuna eta iraunkortasuna hobetzeko laguntzak 2025eko ekitaldirako eskatzeko deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren Ebazpena, 2025erako 6/2024 Aginduan aurreikusitako laguntzak, zeinak Xylella fastidiosa bakterioa desagerrarazteko eta kontrolatzeko kalte-ordainen laguntzaren oinarri arautzaileak onartzen dituen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>LANKIDETZAKO BASERRIEN BIDEZ BERRIKUNTZA TEKNOLOGIKOA SUSTATZEKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 14ko Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, zeinaren bidez Valentziako Erkidegoko abeltzaintzako ustiategien lehiakortasuna eta iraunkortasuna hobetzeko 2026. urterako laguntzen aurrerapen deialdiak egiten diren.</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren EBAZPENA, zeinaren bidez «Xylella fastidiosa»-rentzako kalte-ordain laguntzak onartzen dituen 6/2024 Aginduan aurreikusitako laguntzak 2026. urterako aurrerapen gisa iragartzen diren.</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Ura, Abeltzaintza eta Arrantza Ministerioaren EBAZPENA, zeinaren bidez kalitate bereiziko nekazaritza-elikagaien figuren Kontseilu Arautzaile edo Kudeaketa Organoentzako laguntzak 2026. urterako aurrerapen gisa deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>ERAKUNDEAREN INBERTSIOAK ETA KAPITAL ERAGIKETAK FINANTZATZEKO VALENCIAKO KONTSERBAZIO, ZAHARBERRITZE ETA IKERKETA INSTITUTUA</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764650</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 8ko Ebazpena, IVACEko presidentearena, energia berriztagarrien komunitateen pean energia elektrikoaren autokontsumo instalazioak sustatzeko diru-laguntzak iragartzen dituena, 2024ko aurrekontuaren kargura.</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Ekonomia Jasangarriaren, Sektore Produktiboen, Merkataritza eta Sustapen Ministerioaren otsailaren 27ko 2/2020 Aginduaren 16. eta 17. artikuluetan araututako diru-laguntzetarako 2024ko ekitaldirako deialdia egiten duen ebazpena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Hezkuntza, Unibertsitate eta Enplegu Ministerioaren eta Miguel Hernández Unibertsitatearen arteko hitzarmena, 2023-2024an I+G+Brako bikaintasuneko eraikinak eta azpiegiturak eraikitzeko eta eguneratzeko laguntza emateko - bikaintasuneko ikerketa-eraikinak</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren Ebazpena, zeinaren bidez, uzta suntsitu zaien edo izan den fruta-lursailak berriro landatzeko de minimis laguntzak 2025. urterako aurrerapen-deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintzako Ekoizpeneko Zuzendari Nagusiaren Ebazpena, klima-, ingurumen- eta ingurumen-aldaerek eragindako eremuetako gerezi-ustiategientzako 2025. urterako laguntza aurreratua deitzekoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Valentziako Komunitateko kalitate bereiziko nekazaritza-elikagaien Kontseilu Arautzaile edo kudeaketa-organoentzako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>Tokiko klima-ekintza bultzatzea Klima eta Energia Ekintza Planaren bidez (Alkateen Ituna Klima eta Energiarako) 2024an</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>GENERALITATEAREN, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA MINISTERIOAREN ETA CEU CARDENAL HERRERA UNIBERTSITATEAREN ARTEKO HEZKUNTZA LANKIDETZA HITZARMENA, 2024. URTEAN ZEHAR DIRUZKUNDEKO PRESTAKUNTZA PRAKTIKAK EGITEKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>GENERALITATEAREN, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA MINISTERIOAREN ETA ELXEKO MIGUEL HERNÁNDEZ UNIBERTSITATEAREN ARTEKO HEZKUNTZA LANKIDETZA HITZARMENA, 2024. URTEAN ZEHAR DIRUZKUNDEKO PRESTAKUNTZA PRAKTIKAK EZARTZEKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763059</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko EBAZPENA, zeinaren bidez 2026ko ekitaldian Nekazaritza Aseguru Konbinatuaren kontratazioa eta erregularizazioa sustatzeko lerrorako diru-laguntzen urte anitzeko deialdia onartzen den, aurrerapen gastuaren modalitatean.</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>2024ko diru-laguntza zuzenak nekazaritzako aseguru-poliza konbinatuen kontratazioa sustatzeko, abenduaren 19ko 286/2023 dekretuaren arabera.</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>2025eko uztailaren 14ko AGINDUA, 2025eko Nekazaritza Aseguru Konbinatua Kontratatzeko Laguntza</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>2024ko Abeltzaintzako Osasun Defentsa Taldeei eta Erlezaintzako Osasun Defentsa Taldeei Laguntzeko Eskabideetarako Deialdia</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>2024ko laguntzak, urriaren 22ko 132/2024 Dekretuaren arabera, abereen merkaturatze bateraturako inbertsioetarako diru-laguntzak emateko dira, eta horrek dei egiten du.</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak nekazaritza sektoreari landareen babesari buruzko aholkularitza teknikoa emateko, 2024ko abenduaren 20ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak Extremaduran kokatutako lehorreko olibondo eta mahasti ustiategien jabeei maileguak finantzatzeko, maiatzaren 6ko 35/2025 Dekretuaren arabera, zeinak iragartzen dituen.</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntza nekazaritza-ustiategien jabeentzat, elikagaien kalitate-programetan parte hartzea sustatzeko. s/ 2025eko ekainaren 19ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntzak nekazaritza sektoreari landareen babesari buruzko aholkularitza teknikoa emateko 2025eko abenduaren 3ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2024ko martxoaren 21eko Ebazpena, zeinaren bidez OVUM 2024 Azokan Taldeka Parte Hartzeko Diru-laguntzen deialdia iragartzen den - XXVIII. Latinoamerikako Hegazti Kongresua - Punta del Este (URUGUAY) - 2024ko azaroaren 12-15</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, De Minimis Erregimenaren pean, nekazaritzako produktuen eraldatze eta merkaturatzean inbertsioak egiteko (19.2.2 GDP azpineurria), XXII. Deialdiaren arabera (2014-2020 GDP) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, MINIMIS erregimenak EZ DUENA, nekazaritza-produktuen eraldaketan eta merkaturatzean inbertsioetarako (19.2.2 GDP azpineurria), XII. deialdiaren arabera (2014-2020 GDP) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>2024ko Laguntza Leader ikuspegia landa-eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), XII. Deialdiaren arabera (2014-2020 GDP) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>2024ko Laguntza Leader ikuspegia landa eremuetan nekazaritzakoak ez diren enpresa eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), VIII. Deialdiaren arabera (2014-2020 GDP) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>2024ko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), XXII. deialdia (2014-2020 GDP) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>2024ko Leader Ikuspegiaren Laguntza, De Minimis Erregimenaren pean, nekazaritzako produktuen eraldatze eta merkaturatzean inbertsioak egiteko (19.2.2 GDP azpineurria), XII. Deialdiaren arabera (2014-2020 GDP) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, De Minimis Erregimenaren pean, nekazaritzako produktuen eraldatze eta merkaturatzean inbertsioetarako (19.2.2 PGE azpineurria), 13. proposamen deialdiaren arabera (2014-2020 PGE) GAL ADEME</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, MINIMIS erregimenak EZ DUENA, nekazaritza-produktuen eraldatze eta merkaturatzean egindako inbertsioetarako (19.2.2 GDP azpineurria), XIII. deialdiaren arabera (2014-2020 GDP) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>2024ko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), XIII. deialdia (2014-2020 GDP) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, De Minimis Erregimenaren pean, nekazaritzako produktuen eraldatze eta merkaturatzean inbertsioetarako (19.2.2 PGE azpineurria), IX. Proposamen Deialdiaren arabera (2014-2020 PGE) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, MINIMIS erregimenak EZ DUENA, nekazaritza-produktuen eraldaketan eta merkaturatzean inbertsioetarako (19.2.2 GDP azpineurria), IX. deialdiaren arabera (2014-2020 GDP) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>2024ko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), IX. deialdia (2014-2020 GDP) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>2024ko Leader Ikuspegiaren laguntza, De Minimis Erregimenaren pean, nekazaritzako produktuen eraldatze eta merkaturatzean inbertsioetarako (19.2.2 GDP azpineurria), XII. Deialdiaren arabera (2014-2020 GDP) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, MINIMIS erregimenak EZ DUENA, nekazaritza-produktuen eraldaketan eta merkaturatzean egindako inbertsioetarako (19.2.2 GDP azpineurria), XII. deialdiaren arabera (2014-2020 GDP) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
+  </si>
+  <si>
+    <t>2024ko Aid Leader ikuspegia landa-eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), XII. Deialdiaren arabera (2014-2020 GDP) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, De Minimis Erregimenaren pean, nekazaritzako produktuen eraldatze eta merkaturatzean inbertsioak egiteko (19.2.2 GDP azpineurria), XIV. Proposamen Deialdiaren arabera (2014-2020 GDP) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, MINIMIS erregimenak EZ DUENA, nekazaritza-produktuen eraldatze eta merkaturatzean egindako inbertsioetarako (19.2.2 GDP azpineurria), XIV. deialdiaren barruan (2014-2020 GDP) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>2024ko Aid Leader ikuspegia landa-eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), XXIII. deialdia (2014-2020 GDP) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>2024ko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), IX. deialdia (2014-2020 GDP) GAL ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>2025eko Leader ikuspegiaren laguntza, MINIMIS erregimenak EZ DUENA, nekazaritza-produktuen eraldaketan eta merkaturatzean inbertsioetarako (19.2.2 GDP azpineurria), XXIV. deialdiaren arabera (2014-2020 GDP) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>2025eko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren enpresa eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), IX. deialdia (2014-2020 GDP) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>2025eko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), IX. deialdia (2014-2020 GDP) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>2025eko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntza. (Elkarrizketa, 7119 PEPAC), II. elkarrizketa (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>2025eko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntzarik ez. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: LEADER ikuspegia nekazaritza produktuen prozesamendu eta merkaturatzean inbertsioetarako. Estatu Laguntzarik EZ. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: Nekazaritza-produktuen prozesamendu eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. s/ Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>2026ko laguntzak, zailtasun demografiko bereziak dituzten landa-eremuetako biztanleria-hustutzearen aurka borrokatzeko neurriak finantzatzeko. 4. lerroa: 178/205 Dekretuaren xedapen gehigarriaren araberako nekazaritza-jarduera finkatzea.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, De Minimis Erregimenaren pean, nekazaritzako produktuen eraldatze eta merkaturatzean inbertsioak egiteko (19.2.2 PGE azpineurria), VIII. Proposamen Deialdiaren arabera (2014-2020 PGE) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2024-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763736</t>
+  </si>
+  <si>
+    <t>2024ko Leader ikuspegiaren laguntza, MINIMIS erregimenak EZ DUENA, nekazaritza-produktuen eraldaketan eta merkaturatzean egindako inbertsioetarako (19.2.2 GDP azpineurria), VIII. deialdiaren arabera (2014-2020 GDP) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763737</t>
+  </si>
+  <si>
+    <t>2024ko Aid Leader ikuspegia landa-eremuetan nekazaritzakoak ez diren enpresa eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), VIII. Deialdiaren arabera (2014-2020 GDP) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763739</t>
+  </si>
+  <si>
+    <t>2024ko Leader Approach diru-laguntzak gizarte-berrikuntza, maila anitzeko gobernantza eta gizarte- eta ekonomia-biziberritzea laguntzeko (19.2.7 GDP azpineurria), GAL TENTUDIAren XIV. Deialdiaren (2014-2020 GDP) arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764490</t>
+  </si>
+  <si>
+    <t>2024ko diru-laguntzak enpresentzat, biki digitaletan oinarritutako ekintzailetza eta berrikuntza ekosistemak bizkortzeko (RETECH), 2024ko azaroaren 19ko 145/2024 Dekretuaren arabera, zeinak deialdi hori egiten duen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntzak enpresei Extremadurako Autonomia Erkidegoan adimen artifizialeko irtenbideen ezarpena sustatzen duten proiektuak finantzatzeko - 173/2025 Dekretuaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>2024ko Enpresa Sustapen eta Garapenerako L1_Aholkularitza Laguntza Ekintzak, uztailaren 2ko 65/2024 Dekretuaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>2025eko laguntzak nekazaritza-ustiategietan uraren eta energiaren erabilera eraginkorra sustatzen duten ureztatze-sistemak ezartzeko, martxoaren 11ko 12/2025 Dekretuaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>2026ko laguntza Ureztatze-komunitateak sustatzaile dituena (II. programa) Ureztatze-eraginkortasuna hobetzeko, Idazkaritza Nagusiaren 2025/12/18ko Ebazpena, 2026. urterako laguntza-deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>2024ko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), XIII. deialdia (2014-2020 GDP) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>2024ko laguntzak Nekazaritza-elikagaien Industrietan Inbertsioetarako, uztailaren 30eko 87/2024 Dekretuaren arabera, zeinak Extremadurako Autonomia Erkidegoan nekazaritza-elikagaien pizgarriak emateko oinarri arautzaileak ezartzen dituen, nekazaritza-produktuen eraldaketa eta merkaturatzera bideratutako inbertsioak laguntzeko, eta bere deialdi bakarra onartzen duen.</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Extremadurako Autonomia Erkidegoan nekazari gazteak ezartzeko 2025-26 laguntzak, 169/2024 Dekretuan sartutako lehen deialdia</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>2025-26ko laguntza, nekazari gaztea finkatuta dagoen nekazaritza-ustiategien modernizaziorako eta/edo hobekuntzarako inbertsioak, 169/2024 Dekretuan sartutako lehen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Laguntza. Nekazari Gazteentzako Laguntza Osagarriak, 2025eko urtarrilaren 27ko Ebazpenaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Laguntza. Nekazaritza Ekologikoa, 2025eko urtarrilaren 27ko Ebazpenaren arabera, zeinak eskatzen dituen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Laguntza. Nekazaritzako Laguntza Lotuak, 2025eko urtarrilaren 27ko Ebazpenaren arabera, zeinak eskatzen dituen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>2025eko laguntzak nekazaritzako produktuen eraldaketa eta merkaturatzera bideratutako inbertsioetarako, 2025eko urriaren 29ko Ebazpenaren arabera, zeinak eskaerak egiteko deia egiten duen.</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>PEPAC 2026 Laguntza. Nekazari Gazteentzako Laguntza Osagarriak, 2026ko urtarrilaren 21eko Ebazpenaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882885</t>
+  </si>
+  <si>
+    <t>PEPAC 2026 Laguntza. Nekazaritzako Laguntza Lotuak, 2026ko urtarrilaren 21eko Ebazpenaren arabera, horiek eskatzen dituenak.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882886</t>
+  </si>
+  <si>
+    <t>Extremadura Avantek enpresei diru-laguntzak ematen dizkie Fruit Attraction 2025 Azokan taldeka parte hartzeko, 2025eko martxoaren 27ko Akordio horren arabera.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>2025eko laguntzak enpresei Elikagai Osagaien 2025 Azokan taldeka parte hartzeko, 2025eko abuztuaren 26ko Akordioaren arabera, horretarako deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>2024ko diru-laguntzak SECTIko Ikerketa Erakunde Publikoei energia biltegiratzeko I+G proiektuetarako, lankidetza publiko-pribatuan, 2024ko abenduaren 5eko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 5eko Ebazpenaren arabera, enpresei energia biltegiratzeko I+G proiektuetarako diru-laguntzak emango zaizkie, lankidetza publiko-pribatuko akordioen arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>2024ko Extremadurako enpresen nazioartekotzerako eta kanpo merkaturatzeko baldintzak hobetzeko laguntzak, 2023ko urriaren 30eko ebazpenaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>2024-2025eko diru-laguntza udalei eta tokiko erakunde txikiei zuzenduta dago merkataritza biziberritzeko proiektuak finantzatzeko, 2024ko urriaren 15eko 130/2024 Dekretuaren arabera, zeinaren bidez honako hauetarako dei egiten den:</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>2024-2025eko diru-laguntza merkataritza sektoreko elkarte, federazio eta konfederazioei zuzenduta dago, merkataritza suspertzeko proiektuak finantzatzeko, 2024ko urriaren 15eko 130/2024 Dekretuaren arabera, zeinaren bidez dei egiten baita.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>2025/2026 laguntzak txikizkako sektoreko ETEen gaitasun aurreratuak hobetzeko, 2025eko azaroaren 21eko Ebazpenaren bidez egindako deialdiaren arabera</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntza, Nekazaritza Sektorekoa, neurri judizialak betetzen dituzten edo bete dituzten adingabeen/gazteen gizarteratze/lan integraziorako, 2025eko azaroaren 14ko Ebazpenaren bidez.</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>2023ko diru-laguntzak nekazaritzakoak ez diren enpresa pribatuentzat, enplegu bikoitzeko eskola profesionalen programaren (ii. lerroa) proiektuetan parte hartzen duten pertsonak kontratatzeko, 2023ko abuztuaren 9ko ebazpenaren arabera, zeinak deitzen duen.</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>2023ko diru-laguntzak nekazaritza-enpresa pribatuentzat, enplegu bikoitzeko eskola profesionalen programaren (ii. lerroa) proiektuetan parte hartzen duten pertsonak kontratatzeko, 2023ko abuztuaren 9ko ebazpenaren arabera, zeinak deitzen duen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>2023ko diru-laguntza nekazaritza-enpresa pribatuentzat, landa-lankidetza programaren (ii. lerroa) proiektuetan parte hartzen duten pertsonak kontratatzeko, 2023ko abuztuaren 9ko ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>2023ko diru-laguntza nekazaritzakoak ez diren enpresa pribatuentzat, landa-lankidetza programaren (ii. lerroa) proiektuetan parte hartzen duten pertsonak kontratatzeko, 2023ko abuztuaren 9ko ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>GAIN, Hezkuntza Ministerioa, UDC, USC, UVI eta CSIC arteko akordioa, Horizon Europe programaren esparruan ERCren laguntza-deialdietan ikerketa-langile finalisten ikerketa-jarduera sustatzeko.</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>VInnovate Galicia laguntzak emateko oinarri arautzaileak, Galiziako I+G Sistemako agenteen nazioarteko lankidetza sustatzeko, beste Europako agente batzuekin lankidetza-proiektuen bidez.</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>2024ko laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, 2024ko maiatzaren 6ko ebazpenaren arabera, zeinak laguntza horiek eskatzen dituen.</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 24ko Ebazpena, ekoizle-taldeek 2023-2027 NEPBko Plan Estrategikoaren esparruan egiten dituzten kalitate-eskemek estalitako Galiziako nekazaritza- eta elikagai-produktuen informazio- eta sustapen-jardueretan lankidetzan laguntzeko laguntzen oinarri arautzaileak ezartzen dituena, eta 2025eko aurrekontu-ekitaldirako eskabideak dei egiten dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 16ko Ebazpena, nekazaritzako elikagaien kalitate-izendapenen kontseilu arautzaileek garatutako kalitate-programetarako laguntzen arautze-esparrua ezartzen duena eta 2025erako eskabide-deialdia iragartzen duena (prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 17ko Ebazpena, Faba de Lourenzá babestutako adierazpen geografikoari dagozkion nekazaritza-ustiategientzako laguntzak arautzeko oinarriak ezartzen dituena eta 2025. urterako eskaerak deitzen dituena (MR302 prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, kalitate-eskemek babestutako Galiziako nekazaritza- eta elikagai-produktuen informazio- eta sustapen-jardueretan lankidetzan laguntzeko laguntzen arau-esparrua ezartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Kultura, Hezkuntza, Lanbide Heziketa eta Unibertsitate Sailaren eta Santiagoko Unibertsitatearen (USC) arteko lankidetza-hitzarmena, 2023-2027ko bi beka-programatarako (ERC) ikertzaile nagusientzako laguntzak osatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Unibertsitateko ikerketa azpiegiturak ezartzeko akordioa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Kultura, Hezkuntza, Lanbide Heziketa eta Unibertsitate Ministerioaren eta Ikerketa Zientifikoen Goi Kontseiluaren arteko lankidetza-hitzarmena, Padre Sarmiento Galiziako Ikasketa Institutuan jarduerak garatzeko</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>UDC-USC-UVIGOren arteko akordioa transferentzia kudeaketako langileak eta berrikuntza indartzeko eta ikerketa egiturak finkatzeko</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 30eko Agindua, tokiko eta artisau merkataritzan berrikuntza eta iraunkortasuna sustatzeko diru-laguntzak lehiarik gabe emateko oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 21eko Agindua, basurdeek nekazaritza-laboreei eragindako kalteak arintzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2026. urterako eskaerak egiteko deia egiten duena (MT809E prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>2023ko abenduaren 19ko Agindua, basurdeek nekazaritza-laboreei eragindako kalteak arintzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2024. urterako eskaerak deitzen dituena (mt809e prozedura-kodea).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Enplegu Sustapen eta Berdintasun Ministerioaren eta Galiziako Familia Nekazaritza Eskolen Federazioaren arteko hitzarmena prestakuntza integraziorako pilotu proiektu bat garatzeko</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Lankidetza-hitzarmena Enplegu Sustapen eta Berdintasun Ministerioaren eta Galiziako Merkataritza Federazioaren artekoa, sektore estrategikoetan biztanleria aktiboa kualifikatzeko eta birkualifikatzeko eta gaitasunak hobetzeko prestakuntza-ekintzak egiteko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>2024ko ekainaren 25ean aginduta, oinarri arautzaileak ezartzen dira akuikultura sektorean berrikuntza, hobekuntza teknologikoa eta lehiakortasuna sustatzeko laguntzak emateko, Lehiakortasun Lehiako Erregimenean, Funtsarekin batera finantzatuta.</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>2023ko abenduaren 15eko Aginduak Galiziako autonomia erkidegoan nekazaritza aseguruen kontratazioa sustatzeko laguntzen oinarri arautzaileak ezartzen ditu eta 2024. urterako deitzen da (mr443a prozedura kodea).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>2024ko urriaren 15eko Agindua, nekazaritza-intereseko jarduerak egiteko nekazaritza-erakunde profesionalei eta nekazaritza-elkarteei laguntzeko oinarri arautzaileak ezartzen dituena eta 2024. urterako deialdia iragartzen duena (Prozedura Kodea)</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Ardogintzako produktuen ekoizpenean eta merkaturatzean inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 20ko Agindua, zeinaren bidez ezartzen diren Galizian nekazaritzako makinen erabilera sustatzeko laguntzak, Europar Batasuneko Berreskuratze Tresnarekin (EURI) finantzatuta, elkarte-eskema baten bidez.</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 26an AGINDUA, zeinaren bidez Galiziako Autonomia Erkidegoan nekazaritza aseguruen kontratazioa sustatzeko laguntzen oinarri arautzaileak ezartzen diren eta 2025. urterako deitzen diren (MR443A prozedura kodea)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 11ko AGINDUA, Europako Funtsak kofinantzatutako Espainiako Nekazaritza Politika Bateratuaren 2023-2027 Plan Estrategikoaren esparruan nekazari gazteei zuzendutako laguntzen oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 21eko Agindua, Nekazaritza Politika Bateraturako Plan Estrategikoaren esparruan instalazio eta ekipamendu komunen erabilera sustatzeko laguntzen oinarri arautzaileak ezartzen dituena, erregimen asoziatibo baten pean</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 18ko Agindua, nekazaritza-intereseko jarduerak egiteko nekazaritza-erakunde profesionalei eta nekazaritza-elkarteei laguntzeko oinarri arautzaileak ezartzen dituena eta 2025. urterako eskaerak deitzen dituena (kodea)</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 12ko Agindua, Galizian abeltzaintzako osasun-defentsako talde (ADSG) gisa aitortutako erakundeei laguntzeko oinarri arautzaileak ezartzen dituena eta 2026-2027 urterako eskaerak deitzen dituena (MR2 prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Agindua, Galiziako Autonomia Erkidegoan nekazaritza aseguruen kontratazioa sustatzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2026. urterako deitzen dena (MR443A prozedura kodea)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Landa Garapenerako Europako Nekazaritza Funtsak (LGENF) kofinantzatutako nekazaritza produktuen eraldatze eta merkaturatzean egindako inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko AGINDUA, hosto zabaleko eta/edo konifero espezieekin basoberritzeko inbertsioetarako lehiakortasun-laguntzen arautze-esparrua ezartzen duena, Garapenerako Europako Nekazaritza Funtsak kofinantzatuta.</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko AGINDUA, baso-ekoizleen kudeaketa bateratuko basogintza-taldeak sustatu eta laguntzeko, lehiaketa bidezko laguntzak arautzeko oinarriak ezartzen dituena, Euro Funtsak kofinantzatuta.</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Galiziako Autonomia Erkidegoko lurraldean autonomoei eta ETEei zuzendutako energia hobetzeko proiektuetarako laguntzak emateko prozedura arautzen duen araudia</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>Coruñako probintziako industria sektoreko enpresetan energia-iraunkortasuna hobetzeko proiektu berezietarako diru-laguntzen arautze-esparrua eta 2024rako deialdia.</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>2024ko martxoaren 18ko ebazpena, garapen programaren esparruan Landa Garapenerako Europako Nekazaritza Funtsarekin (LGENF) batera finantzatutako kalitate erregimenetan nekazariek parte hartzeko laguntza berrietarako oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Galiziako enpresetan energia aurrezteko eta eraginkortasuneko proiektuetarako 2024. urterako araudi-esparrua eta diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>2024. urterako, EGEFek kofinantzatutako energia-eskariaren elektrifikazioa sustatzen duten energia-biltegiratze azpiegitura proiektuetarako diru-laguntzen arautze-esparrua</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Ebazpena, Galiziako Energia Institutuarena, Galiziako enpresetan energia aurrezteko eta eraginkortasuneko proiektuetarako laguntzen arautze-esparrua onartzen duena</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>2026ko abenduaren 23ko Ebazpena, Galiziako Energia Institutuarena, energia fotovoltaikoko proiektuetarako laguntzen arautze-esparrua ezartzen duena</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-03-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881947</t>
+  </si>
+  <si>
+    <t>Galiziako enpresen berrikuntza-gaitasuna eta garapen teknologikoa hobetzeko laguntzak, 2025erako “Ticket Innova” programa</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Galiziako enpresen berrikuntza-gaitasuna hobetzeko laguntzak arautzen dituen araudia, diseinu eta berrikuntza planetan integratutako jarduerak finantzatuz (Igape Innova programa)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>Lehen mailako nekazaritza-ekoizpeneko enpresetan energia elektriko berriztagarria erabiltzeko eta energia aurrezteko eta eraginkortasunerako ekipamenduen proiektuetarako diru-laguntzen deialdia, lehiaketa bidezko lizitazio sistemaren bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>GALIZIAKO SUSTAPEN EKONOMIKORAKO INSTITUTUAREN (IGAPE) ETA GALIZIAKO INDUSTRIA DIGITALIZATZEKO ELKARTEAREN (DIHGIGAL) ARTEKO HITZARMENA, BERRIKUNTZA DIGITALAREN GUNEAREN KUDEAKETA ETA KOORDINAZIO KOSTUEN FINANTZAKETA JARRAITZEKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>Galicia Exporta Tarteko Organismoen 2026ko arau-oinarriak, EGEFek kofinantzatua, lehiakorra ez dena, nekazaritzarako de minimis</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Ticket Innova 2026rako oinarri arautzaileak, lehiarik gabeko konkurrentzia, nekazaritza de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, Galiziako enpresen berrikuntza-ahalmena hobetzeko 2026-2027rako lehiaketa-sistema baten bidezko laguntzen oinarri arautzaileei buruzkoa (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Reacciona 2026 araudi-esparrua, EGEFek kofinantzatua, lehiakortasunik gabekoa, nekazaritzarako de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>Lehendakariordetzaren eta Lehendakaritza, Justizia eta Kirol Sailaren eta Gobernuz Kanpoko Erakundeen Kontseiluaren arteko lankidetza-hitzarmena, uztailaren 24ko 168/2008 dekretuaren lehenengo xedapen iragankorrean eskuragarri dagoena, agr gisa arautzen dena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>Galiziako Xuntako Ekonomia, Industria eta Berrikuntza Sailaren eta Coruñako Merkataritza, Industria, Zerbitzu eta Nabigazio Ganbera Ofizialaren arteko lankidetza-hitzarmena merkataritza-sektorearentzako prestakuntza-plan bat garatzeko</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>2024ko urtarrilaren 11ko Aginduak merkataritza eta artisautza sektorearen eraldaketa digitalerako, berrikuntzarako eta modernizaziorako diru-laguntzak lehia-lehiakortasun erregimenean emateko oinarri arautzaileak ezartzen ditu, eta honela xedatzen da.</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien produktuen prozesamenduan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Tramuntana Serrako Jatorrizko Deitura Babestuen Nekazaritza eta itsas jarduera mantentzeko diru-laguntzak 2024. urterako</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>2024ko azaroaren 18ko Kontseilu Exekutiboaren akordioa, Menorcako nekazaritza-ustiategietan praktika iraunkorrak sustatzeko laguntzak emateko oinarriak (CARB) eta 2024. urterako dagokion deialdia onartzeari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>Menorcako Uharteko Kontseiluaren Kontseilu Exekutiboaren akordioa, 2024ko urriaren 21ekoa, Menorcako Uharteko Abeltzaintza Kooperatibarekin (COINGA) sustapen eta merkaturatze jarduerak egiteko lankidetza hitzarmena onartzeari buruzkoa - 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 17ko Kontseilu Exekutiboaren akordioa, Menorcako nekazaritza-ustiategietan praktika iraunkorrak sustatzeko laguntzak emateko oinarriei buruzkoa (CARB) eta 2025erako dagokion deialdiari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Ibizako uharteko nekazaritza-ingurunea eta agrobiodibertsitatea berreskuratzeko, mantentzeko eta finkatzeko laguntza-deialdia 2025erako</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>2024ko irailaren 23ko ohiko bilkuran Menorcako uharteko kontseiluak Nekazaritza Erakunde Profesionalentzako (OPA) laguntzen oinarriak eta 2024rako dagokion deialdia onartzeari buruzko kontseilu exekutiboaren akordioa</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
+  </si>
+  <si>
+    <t>Kontseilu Exekutiboaren Akordioa, 2024ko irailaren 23koa, Menorcako Uharteko Kontseiluak Menorcako Osasun Defentsa Taldeetarako (ADS) laguntzen oinarriak eta 2024. urterako dagokion deialdia onartzeari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako kooperatiben, mikrokooperatiben eta langileen enpresen enplegua sustatzeko eta lehiakortasuna hobetzeko laguntzen deialdia, 2025 eta 2026 urteetarako.</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Eguzki-energia fotovoltaiko eta mikroeolikoen instalazioen sustapena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>Autokontsumorako diru-laguntzak eta energia-eraginkortasunerako neurriak etxejabeen komunitateetan</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>ETEentzat energia berriztagarriekin eta energia-eraginkortasunarekin autokontsumo-ekintzen sustapena</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Energia berriztagarri/termiko iturriekin autokontsumo instalazioak sustatzeko diru-laguntzak partikularrentzat</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>ETEen eraldaketa digitalerako araudi-esparrua 2024an</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Balear Uharteetan enpresa-talde berritzaileen funtzionamendurako laguntza-deialdia 2023an</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Balear Uharteetan enpresa-talde berritzaileen funtzionamendurako laguntza-deialdia 2025ean</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Ingurune Naturaleko sailburuaren ebazpena, Balear Uharteetan irabazi-asmorik gabeko erakundeen alde ingurumen-hezkuntzako jardueretarako 2025. urterako diru-laguntzen deialdi publikoa egiteko.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Ingurune Naturaleko sailburuaren ebazpena, Balear Uharteetan irabazi-asmorik gabeko erakundeen alde ingurumen-hezkuntzako jardueretarako 2024. urterako diru-laguntzen deialdi publikoa egiteko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763152</t>
+  </si>
+  <si>
+    <t>Balear Uharteetatik kanpo egonaldi laburrak egiteko diru-laguntzak doktorego aurreko eta doktorego ondoko ikertzaileentzat</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako Autonomia Erkidegoan 46. Nekazaritza Aseguru Konbinatuaren Planari dagokion nekazaritza aseguru konbinatua kontratatzeko laguntza.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Nekazaritzan berrikuntzarako Lankidetza Taldeentzako laguntzak, 2024. urterako</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>2024. urterako nekazaritza-elikagaien eraldaketan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Nekazari gazteek negozioak sortzeko diru-laguntzak. 2024ko eskabide-deialdia</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako autonomia erkidegoan nekazaritza aseguru konbinatuaren kontrataziorako laguntza, 45. nekazaritza aseguru konbinatuaren planari dagokiona</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>2024. urteari dagozkion nekazaritza-ustiategietako inbertsioetarako diru-laguntzak. Bigarren deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Kalitate-programen barruan nekazaritza- eta elikagai-produktuak sustatzeko diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Kalitate-programen barruan nekazaritza- eta elikagai-produktuak sustatzeko diru-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Ingurune Naturaleko sailburuaren ebazpena, zeinaren bidez Balear Uharteetako unibertsitatez kanpoko hezkuntza-zentroei 2023-24 ikasturterako ingurumen-hezkuntzako jardueretarako diru-laguntzen deialdi publikoa onartzen den.</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>2024. urteari dagozkion nekazaritza-ingurumen eta klima-konpromisoak betetzearekin lotutako inbertsio ez-produktiboetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreari laguntzak abereak elikatzeko eta Balear Uharteetako ustiategien jarraitutasuna bermatzeko 2024ko lehorteari aurre egiteko - pentsuen erosketa apartekoa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreari laguntzak abereak elikatzeko eta Balear Uharteetako baserrien jarraitutasuna bermatzeko 2024ko lehorteari aurre egiteko - zenbait labore ereitea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta agroelikagaien produktuen ontziratze, biltegiratze, logistika eta banaketa prozesu eta sistemen diseinu eta garapenean energia-eraginkortasuna hobetzeko laguntzak, 2024. urtean, HORECA kanalera sartzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>Menorcako uhartean 2024. urterako landa-garapenerako laguntza-deialdiaren baldintzak onartzen dituen akordioa, nekazaritza- eta/edo ingurumen-arloetako proiektuekin lotuta eta Menorcako 2014-2020 Tokiko Garapen Parte-hartzaileko Estrategiaren barruan kokatuta.</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Menorcako uhartean 2024. urterako landa-garapenerako laguntza-deialdiaren baldintzak onartzen dituen akordioa, nekazaritza- eta/edo ingurumen-arloetako proiektuekin lotuta eta Tokiko Garapen Estrategiaren barruan kokatuta.</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Nekazaritza azoketarako eta lehiaketa morfologikoetarako laguntzak eta erakundeek edo elkarteek egindako lehiaketa morfologikoetarako de minimis laguntzak, 2024. urterako – UDAL LEHIAKETAK</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>2024. urterako nekazaritza azoketarako eta lehiaketa morfologikoetarako laguntzak eta erakundeek edo elkarteek antolatutako lehiaketa morfologikoetarako de minimis laguntzak – LEHIAKETAK ERAKUNDEAK/ELKARTEAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>2024. urterako nekazaritza azoketarako eta lehiaketa morfologikoetarako laguntzak eta erakundeek edo elkarteek antolatutako lehiaketa morfologikoetarako de minimis laguntzak – INCA ETA SINEUKO NEKAZARITZA AZOKAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>Landareen babeserako taldeentzako laguntzak 2025erako landareen izurriteak saihesteko</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Nekazaritza ekologikoa sustatzeko laguntzak, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>2025. urterako berreskuratutako ura erabiliz labore iraunkorretarako nekazaritza-ingurumen konpromisoak ordaintzeko laguntza.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 1.- FEDERAZIOAK ETA KOOPERATIBA BATASUNAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 2.-NEKAZARITZA ERAKUNDE PROFESIONALAK (Mallorcako egoitza)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 3.-NEKAZARITZA ERAKUNDE PROFESIONALAK (Menorcako egoitza nagusia)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta/edo ingurumen sektoreekin zuzenean edo zeharka lotutako gizarte-enpresentzako eta enplegu-zentro berezientzako laguntza-eskaerak egiteko deialdia. LEADER laguntzak Ibiza eta Formenterarako</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Akordioa, nekazaritza-ustiategi gazte eta berrien jabeentzako Enpresa Kudeaketa Estrategikoko Planen diseinua eta ezarpena proiektuaren onuradun diren nekazaritza-ustiategietan inbertsioetarako laguntza-deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>2025. urterako laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Erlezaintzako Sektore Esku-hartzeari dagozkionak - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>2025erako laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Menorcako Erlezaintzako Sektore Esku-hartzeari dagozkionak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>2025erako laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>2025. urterako laguntzak, Erlezaintzako Sektore Esku-hartzeari dagozkion erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>2026-2027 - 2026 aldirako kalitatezko nekazaritza-produktuen ekoizpena sustatzeko laguntzak ESKAERAK AURKEZTEKO DEIALDIA</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870822</t>
+  </si>
+  <si>
+    <t>2026-2027 - 2027 aldirako kalitatezko nekazaritza-produktuen ekoizpena sustatzeko laguntzak ESKAERAK AURKEZTEKO DEIALDIA</t>
+  </si>
+  <si>
+    <t>2026-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870829</t>
+  </si>
+  <si>
+    <t>Landareen babeserako taldeentzako laguntzak 2026rako landareen izurriteak saihesteko</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
+  </si>
+  <si>
+    <t>Baso-kalteak prebenitzeko basogintzako inbertsio ez-produktiboetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Baso-kalteak prebenitzeko basogintzako inbertsio ez-produktiboetarako diru-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien produktuen prozesamenduan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>2026. urteari dagozkion osasun-programak garatzeko abeltzaintzako osasun-defentsako taldeentzako laguntza - BLUETONGINE -</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>2026. urteari dagozkion osasun-programak garatzeko abeltzaintzako osasun-defentsako taldeentzako laguntzak -BESTE EKINTZA BATZUK-</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako Autonomia Erkidegoan nekazaritza aseguru konbinatua kontratatzeko laguntza, 47. Nekazaritza Aseguru Konbinatuaren Planari dagokiona</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>Finantza Tresnak - NEKAZARI GAZTEEN ESKU-HARTZEAREKIN LOTUTAKO INBERTSIO MAILEGUAK - 1.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Finantza Tresnak - NEKAZARI GAZTEEN ESKU-HARTZEAREKIN LOTUTAKO KAPITAL ZIRKULARRAREN MAILEGUAK - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Finantza Tresnak - NEKAZARITZAKO ELIKAGAIEN PROZESAMENDUAREN ETA MERKATURATZEAREN INBERTSIO ESKU-HARTZEAREKIN LOTUTAKO INBERTSIO MAILEGUAK - 3.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>Finantza Tresnak - NEKAZARITZAKO ELIKAGAIEN PROZESAMENDUAREN ETA MERKATURATZEAREN INBERTSIOEI LOTUTAKO KAPITAL ZIRKULARRAREN MAILEGUAK - 3.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876529</t>
+  </si>
+  <si>
+    <t>ORDAINKETA ZUZENEKO LAGUNTZA ESKU-HARTZEAK 2026-3 -Nekazari gazteentzako laguntza osagarria</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883940</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2024.- 1.-SINDIKATUAK ETA KOOPERATIBA FEDERAZIOAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763018</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2024.- 2.-NEKAZARITZA ERAKUNDE PROFESIONALAK (Mallorcako egoitza)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763043</t>
+  </si>
+  <si>
+    <t>Akordioa, zeinaren bidez onartzen diren Mallorcako uhartean landa-garapenerako laguntzak emateko 2024ko deialdiaren baldintzak, nekazaritza eta/edo ingurumen arloetako proiektuekin lotuta eta Tokiko Garapen Estrategiaren barruan kokatuta.</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>Langileei eta enpresei aholkularitza emateko proiektuak egiteko, lan-karga azterlanak prestatzeko eta jardunbide egokien prozedurak prestatzeko diru-laguntzak emateko deialdia onartzen duen ebazpena</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>KANPOKO MERKATARITZA PROGRAMATUA -MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>KANPOKO MERKATARITZAREN PROGRAMA ESTRATEGIKOA - MINIMIS EKINTZAK 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA ETA BASO-INDUSTRIA SEKTOREAN AUTOENPLEGUAREN (AUT) MINIMISEN BATERATZEA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>Merkataritza-biziberritzerako laguntza (DIN)</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>Enpresa aholkularitza integralaren akordioa - Errioxako Enpresen Federazioa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular eta Trans.Energética (Erreg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>TI4 Digitalizazioa eta Industria (Minimis Erregelamendua 2023/2831)</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>ERRIOXA - ERRIOXAKO EKONOMIA GARAPEN AGENTZIA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Biki digitalak. 1. erronka. Ureztatze-bikia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>Marketin arazoak konpentsatzeko agindua</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektorea ezartzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870764</t>
+  </si>
+  <si>
+    <t>Apidit akordioa oinetakoen sektoreko negozio-jarduera berritzailea sustatzeko</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>"Food+i Kluster Elkartea" lehiakortasuna eta berrikuntza bultzatzeko</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>CSk garapen esperimentalaren eta berrikuntzaren proiektuak erronkatzen ditu</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien ETEen Sustapena (PAL) Erreg. salbuespena 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta elikagai produktuen kalitate-eskemetarako laguntzak, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>HAZKUNDE Programa. Diru-laguntzen programa, Donostiako enpresa-proiektu berritzaileen hazkundea laguntzeko.</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>EKINN+ 2025 PROGRAMA: PROGRAMAN PARTE HARTZEKO JARRAIBIDEAK ENPRESA EKIMEN BERRITZAILE BERRIEN SORKUNTZA, HAZKUNDEA ETA FINKATZEA SUSTATZEKO.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>EKINN TALENT PROGRAMA. DONOSTIAKO ENPRESA ETA ERAKUNDEETAN PROIEKTU BERRITZAILEAK GARATZEKO PROFIL KUALIFIKATUAK KONTRATATZEA SUSTATZEKO LAGUNTZA PROGRAMA</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>TEKNOLOGIA-BONUEN PROGRAMA. DONOSTIAKO ENPRESA-PROIEKTU BERRITZAILEEN LEHIAKORTASUNA SUSTATU ETA HOBETZEKO TEKNOLOGIA-TRANSFERENTZIARAKO LAGUNTZA PROGRAMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>ESTRATEGIA PROGRAMA. DONOSTIAKO ENPRESA PROIEKTU BERRITZAILEEN HAZKUNDERAKO LAGUNTZA PROGRAMA.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>IKERLAN 2025-2026 GAZTEENTZAKO IKERKETA PROIEKTUETARAKO DEIALDIA</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>ERAKUNDEEN BERRIKUNTZAN INBERTSIOAREN INBERTSIOARAKO DIRU-LAGUNTZAK 2025EAN</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova Valentziako Unibertsitateko 2023-2024 ikasturtean graduko, masterreko eta doktoregoko ikasleei zuzenduta dago.</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 25eko Ebazpena, Zientzia, Enpresa Lehiakortasun eta Berrikuntzarako Asturiasko Agentziarena, Eraldaketa Digitalerako laguntza programaren 2024ko diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 4ko Ebazpena, Zientzia, Enpresa Lehiakortasun eta Berrikuntzarako Asturiasko Agentziarena, Asturiasko Printzerrian 2025. urterako I+G proiektuak gauzatzeko diru-laguntzak emateko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>2025erako ekintzailetza berritzailea sustatzeko diru-laguntzen deialdia (Ekintzailearen Txekea)</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 3ko Ebazpena, Landa Eremu eta Nekazaritza Politikako Ministerioarena, Asturiasko Printzerrian aitortutako Abeltzaintzako Osasun Defentsako Taldeei (ADSG) 2024. urterako laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Erakunde Profesionalei 2024ko funtzionamendu-gastuak estaltzen laguntzeko diru-laguntzak baimentzen dituen akordioa</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>2024ko uztailaren 17ko Ebazpena, Landa Eremu eta Nekazaritza Politika Ministerioko Tokiko Erakundeentzako Diru-laguntzen eskabideak deitzen dituena, 2024. urteari dagozkionak</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 10eko Ebazpena, zeinaren bidez onartzen den 2025erako PEPAC 2023-2027 esparruan PAko nekazaritza-ustiategi txiki eta ertainetan aholkularitza-zerbitzuetarako diru-laguntzen aurrerapen-gastuen deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>2025eko Diru-laguntza Lankidetzarako nekazaritza-ustiategien ondorengotzarako</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 7ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, nekazaritza eta abeltzaintzarako zuzeneko ordainketa moduan esku-hartzeen oinarri arautzaileak eta deialdia eta esku-hartzeak onartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 7ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, nekazaritza eta abeltzaintzari zuzeneko ordainketa moduan esku hartzeko oinarri arautzaileak eta deialdia eta esku hartzeko deialdia onartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 21eko EBAZPENA, Asturiasko Printzerriko nekazaritza-ustiategi txiki eta ertainetan ATRIASek egindako aholkularitza-zerbitzuetarako diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 21eko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, irabazi-asmorik gabeko erakundeei nekazaritza-elikagaien produktuen lehiaketak egiteko diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremu eta Nekazaritza Politikako Ministerioarena, Asturiasko Printzerriko nekazaritza-ustiategietan klima-aldaketaren arintze-egokitzapenarekin lotutako inbertsio ez-produktiboetarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, Espainiako Nekazaritza Politika Bateratuaren plan estrategikoaren esparruan nekazaritza-ustiategiak modernizatzeko eta/edo hobetzeko inbertsioetarako laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, klima-aldaketaren arintze-egokitzapenarekin, erabilera eraginkorrerako ekarpenarekin lotutako nekazaritza-ustiategietako inbertsio produktiboetarako laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>ASTURIASKO PRINTZERREKO NEKAZARITZA USTIAKETA TXIKIETAN ETA ERTAINETAN ORDEZKO ZERBITZUAK EMATEKO LAGUNTZAK 2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878436</t>
+  </si>
+  <si>
+    <t>2026ko Diru-laguntza Lankidetzarako nekazaritza-ustiategien ondorengotzarako (aurrerakin gastuak)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879098</t>
+  </si>
+  <si>
+    <t>2026ko aholkularitza-zerbitzuak emateko laguntza-deialdia onartzen duen ebazpena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 27ko EBAZPENA, Asturiasko Printzerriko nekazaritza-ustiategi txiki eta ertainetan nekazaritza-produktuen lehen mailako ekoizpenera dedikatzen diren aholkularitza-zerbitzuetarako diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
+  </si>
+  <si>
+    <t>2024ko otsailaren 15eko Ebazpena, Trantsizio Ekologiko, Industria eta Garapen Ekonomikorako Ministerioarena, enpresa txiki eta ertainen lehiakortasuna, berrikuntza eta digitalizazioa hobetzeko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioaren Agindua, zeinaren bidez onartzen den nekazaritza-ustiategietan inbertsioak egiteko laguntza-deialdia, NPBko plan estrategikoaren esparruan, 2023-2027 aldia, 2023. urtea</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>2024ko martxoaren 23ko Ebazpena, Asturiasko Printzerriko txikizkako merkataritza-enpresetan kontsumoa sustatu eta bultzatzeko diru-laguntzen deialdia baimentzen duena, Asturiasko Merkataritza Bonuaren bidez.</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 16ko AGINDUA, URA, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA SAILARENA, 2024. URTEKO PEPAC 2023-2027KO NEKAZARITZA-ELIKAGAI PRODUKTUEN PROZESAMENDUA, MERKATURATZEA ETA/EDO GARAPENERAKO INBERTSIOETARAKO LAGUNTZAK DEITZEN DUENA</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Uztailaren 31ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdeko Galpemur Tokiko Garapen Estrategiaren barruan 2024rako FEMPA programaren barruan dauden proiektuetarako laguntza publikoak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>2024. URTEKO MURTZIAKO ESKUALDEKO ABELTZAINTZA OSASUNA DEFENTSARAKO TALDEEI ZUZENDUTAKO DIRU-LAGUNTZAK.</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>2024ko ekainaren 21eko Agindua, Ura, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Jatorrizko Deituren, Adierazpen Geografiko Babestuen eta Nekazaritza Ekologikoaren Kontseilu Arautzaileentzako diru-laguntzak iragartzen dituena. 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>905/2022 Errege Dekretua, urriaren 25ekoa, Nekazaritza Politika Bateratuaren Plan Estrategikoaren esparruan Ardogintza Sektoreko Esku-hartzea arautzen duena.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Nekazaritza, elikagai, basogintza eta landa sektoreetan ezagutza eta informazio trukerako jardueretarako laguntza deialdia, lanbide heziketarako eta trebetasunak eskuratzeko jardueren bidez (7201), PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>2025eko otsailaren 17ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdean mahastiak berregituratu eta bihurtzeko 2025. urterako laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 18ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, 2025eko Uzta Berderako laguntza deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>PEPAC 2023-2027 landa-garapenerako esku-hartzearen ingurumen- eta klima-kudeaketa konpromisoei dagozkien arroz-ekoizleei zuzendutako laguntza-deialdia. Murtziako Eskualdeko arroz-eremuaren babesa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 16ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, "Nekazaritza Berrikuntzarako Europako Elkartearen Kooperatiba Talde Operatiboak" 7161 esku-hartzearen diru-laguntzak emateko 1. deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 6ko Agindua, Ura, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, 2025. urterako Nekazaritzako Erakunde Profesionalentzako diru-laguntzak iragartzen dituena, nekazaritza sektoreari zerbitzuak ematen dizkieten jarduerak sustatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>2024ko abuztuaren 13ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdeko Autonomia Erkidegoko erlezaintza sektorean esku hartzeko laguntzak emateko 2024. urterako deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>MURTZIAKO ESKUALDEAN, FEADER PEPAC ESKU-HARTZEAREN (2023-2027) INGURUMEN ETA KLIMA KUDEAKETARAKO KONPROMISOEI DAGOKIEN LAGUNTZA-LERROAREN ESKABIDEEN DEIALDIA, 6503 (NEKAZARITZA ORGANIKOA).</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
+  </si>
+  <si>
+    <t>Atzerriko zentroetan doktorego aurreko ikertzaileentzako kanpoko egonaldiak laguntzeko diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Murtziako Eskualdeko Sustapenerako Institutuko zuzendariaren 2024ko abenduaren 20ko ebazpena, ordezkaritza bidez, eskualdeko enpresek Defentsa, Segurtasun eta Berreraikuntza eta Garapen arloetan berrikuntza sustatzeko laguntzen deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Murtziako eskualdeko garapen institutuko presidentearen 2023ko abenduaren 29ko ebazpena, industria sektoreko ETE eta enpresa handietan energia-eraginkortasuneko ekintzetarako laguntzen deialdiari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Murtziako Eskualdeko Sustapenerako Institutuko zuzendariaren 2025eko apirilaren 1eko ebazpena, ordezkaritzaren bidez, azoketan, ekitaldietan eta misioetan parte hartzeko laguntza-deialdiari buruzkoa. Saudi Arabiako Nekazaritza Azoka. Saudi Arabia 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 8ko ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko zuzendariarena, ordezkaritzaren bidez, berrikuntza eta lehiakortasun zerbitzuen kontratazioa sustatzeko laguntzen deialdi pluriurtekoari buruzkoa. Nazioartekotze Bonua.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 22ko Ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko zuzendariarena, ordezkaritza bidez, berrikuntza eta ekintzailetza sustatzeko laguntzen deialdiari buruzkoa. Inkubagailuak.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Murtziako Eskualdeko Sustapenerako Institutuko presidentearen 2024ko maiatzaren 24ko ebazpena, enpresa berritzaile sortu berrietan inbertitzaile pribatuak sartzeko laguntzen deialdiari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 24ko Ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko presidentearena, berrikuntza eta ekintzailetza sustatzeko laguntzen deialdiari buruzkoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
+  </si>
+  <si>
+    <t>Murtziako Eskualdeko ostatu turistikoak modernizatzeko eta trantsizio berde eta jasangarriaren, energia-eraginkortasunaren eta trantsizio digitalaren arloak hobetzeko laguntzak, EU-NextG-k finantzatutako PRTRren esparruan (MRR C14.I1.2).</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>2023ko aparteko diru-laguntza, Andaluziakoa, Andaluziako nekazaritza-elikagaien produktuen salmenta-puntuetan "hegoaldeko zaporea" kalitate- eta sustapen-markaren bidez sustapenerako.</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>ETE Innova 2025 Proposamen Deialdia - Sevillako Merkataritza Ganbera</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 18ko Agindua, nekazaritzako elikagaien elkarteen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 1. lerroa - Nekazaritzako elikagaien elkarteen integrazioa sustatu eta bultzatzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 15eko Agindua, OPPcampaña 2024ko ekoizpen eta merkaturatze planetarako laguntzak deitzen dituena - Irabazi-asmorik gabeko erakundeak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 18ko Agindua, nekazaritza-elikagaien elkarteen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 2. lerroa - Andaluzian nekazaritza-elikagaien elkarteen bat-egitea sustatu eta bultzatzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>905/2022 Errege Dekretua, urriaren 25ekoa, Nekazaritza Politika Bateratuaren Plan Estrategikoaren esparruan Ardogintza Sektoreko Esku-hartzea arautzen duena_2025eko deialdia</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>2024ko irailaren 17ko Agindua, 2024-25 konb., olibondoekin lotutako nekazaritza- eta abeltzaintza-ekitaldiak eginez nekazariei eta abeltzainei ezagutza eta informazioa transferitzeko laguntzei buruzkoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>2024ko irailaren 24ko Agindua, zeinaren bidez 2024-25erako laguntzak deitzen diren nekazariei eta abeltzainei ezagutza eta informazioa transferitzeko, zabalkunde handiko tailer teknikoak eginez, PDRA 2014-22 (1.2 azpiatala)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>2024ko EBAZPENA, zeinaren bidez kalitate-programetan nekazaritza- eta elikagai-produktuak sustatzeko lankidetzarako 2024. urterako laguntzak deitzen diren (7132 esku-hartzea)</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 10eko AGINDUA, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, zeinaren bidez laguntzak deitzen diren lehiarik gabeko Abeltzaintzako Osasun Defentsarako Elkarteek albaitaritza programa nazionalak gauzatzeko.</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 27ko Agindua, zeinaren bidez Lehorreko Fruta-arbolak eta Ureztatutako Fruta-arbolak Nekazaritza Ekologikoko Mantentze-lanetarako (6503.2) jarduerei dagozkien diru-laguntzen 2025. urterako deialdia egiten den, Esku-hartzeei dagozkienak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 28ko Agindua, zeinaren bidez 10.1.14 eragiketarako lurzoruaren kareharri-aldaketa 10. neurriko etxalde-formazioetan sustraien usteldura prebenitzeko eta kontrolatzeko: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 27ko Agindua, Abeltzaintzako Osasunaren Defentsa Taldeen bidez, lehia-prozesuan finantzaketa komunitariorik ez duten osasun-programak gauzatzeko laguntzak deitzekoa.</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 30eko Agindua, nekazaritzako elikagaien elkarteen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 1. lerroa - Nekazaritzako elikagaien elkarteen integrazioa sustatu eta bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 30eko Agindua, nekazaritza-elikagaien elkarteen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 2. lerroa - Andaluzian nekazaritza-elikagaien elkarteen bat-egitea sustatu eta bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 8ko Ebazpena, Andaluziako nekazaritza eta landa garapen sektorea ordezkatzen duten erakunde eta entitateentzako diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 20ko Agindua, DANA 2024/2025 kalteek eragindako udalerrietako nekazaritza eta abeltzaintzako ustiategien jabeei zuzendutako diru-laguntzak emateko oinarri arautzaileak onartzen dituena, lehiaketa bidezko lizitazio sistemaren bidez.</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Agindua, zeinaren bidez 2026. urterako laguntza-eskaerak deitzen diren, Abeltzaintzako Osasuna Defentsa Taldeen bidez komunitate-finantzaketarik ez duten osasun-programak gauzatzeko.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, Industria, Berrikuntza eta Nekazaritza Elikagaien Katearen Zuzendaritza Nagusiarena, 2026ko ekitaldirako nekazaritza elikagaien produktuen eraldatzean, merkaturatzean eta/edo garapenean inbertsioetarako diru-laguntzak iragartzen dituena. 68422-01 ETEentzako esku-hartzea</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, Industria, Berrikuntza eta Nekazaritza Elikagaien Katearena, zeinaren bidez nekazaritza elikagaien produktuen eraldaketan, merkaturatzean eta/edo garapenean inbertsioetarako laguntzak 2026rako deialdia iragartzen den. FRUTAK ETA BARAZKIAK. ETEak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>2026KO URTARRILAREN 21EKO AGINDUA Nekazaritza Asegurua kontratatzeko laguntzak 2026ko Dekretu Konbinatua</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883398</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 6ko Ebazpena, Andaluziako nekazaritza eta landa garapen sektoreen ordezkari diren erakunde eta entitateentzako lehiakortasunik gabeko akordioen araberako diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>2025eko MAIATZAREN 29ko EBAZPENA, 4.2 LERROA, De Minimis Nekazaritza Sozietate Arruntaren Lab. sartzea</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 24ko Ebazpena, Lan, Segurtasun eta Lan Osasuneko Zuzendari Nagusiarena, zeinaren bidez 2024ko deialdia laneko arriskuen prebentziorako proiektuetarako enpresa txiki eta ertain baten araudiaren azpitik bihurtzen den, 1. lerroa: - nekazaritzako gutxieneko</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 24ko Ebazpena, Lan, Segurtasun eta Lan Osasuneko Zuzendari Nagusiarena, zeinaren bidez 2024ko deialdia laneko arriskuen prebentziorako proiektuetarako enpresa txiki eta ertain baten eraikuntza-erregulaziora pasatzen den, 2. lerroa: - nekazaritzako gutxienekoak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 2ko SGIM ebazpena, zeinaren bidez Almeriako probintzian trantsizio justurako pizgarriak deitzen diren «Berrikuntza eta iraunkortasuna Almeriako nekazaritzako industria laguntzailean» traktore-proiekturako.</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>2025eko XX./XXX. Ebazpena, Teknologia Zentroek garatutako berrikuntza proiektuetarako lehiakortasun bidezko diru-laguntzak iragartzen dituena. 2025eko otsailaren 10eko Aginduaren 5. lerroa</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>EBAZPENA, 2025eko XXXXeko XX. urtekoa, BERRIKUNTZA SUSTATZEKO ZUZENDARIARENA, 2025EKO EKITALDIRAKO, LEHIAKETA BIDEZ, KLUSTERREK BERRIKUNTZA PROIEKTUENTZAKO DIRU-LAGUNTZAK EMATEKO DEIA EGIN DUENA 2. LERROA ESTATU GABEKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>2025eko XX.eko XXXX.eko EBAZPENA, BERRIKUNTZA SUSTATZEKO ZUZENDARIARENA, 2025EKO EKITALDIRAKO, LEHIAKETA BIDEZ, KLUSTERREK BERRIKUNTZA PROIEKTUENTZAKO DIRU-LAGUNTZAK EMATEKO DEIA EMATEN DUENA, 2. LERROAREN ARABERAKO R (EB) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>EBAZPENA, 2025eko XX.eko XXXX.ekoa, BERRIKUNTZA SUSTATZEKO ZUZENDARIARENA, 2025EKO EKITALDIRAKO, LEHIAKETA BIDEZ, 6. LERROKO EKIPAMENDUA EROSTEKO ETA AZPIEGITURA HOBETZEKO DIRU-LAGUNTZAK EMATEKO DEIA EGITEN DUENA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 6ko DGMercioren ebazpena, Conv2024, Subv.en reg.conc.comp., merkataritza eta artisautza elkartegintza sustatzeko, hiri-merkataritza txikia sustatu eta biziberritzeko eta Andaluzian artisautza sustatzeko helburuarekin. -Merkataritza Sektorea</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>SATi - ETEentzako akordioa Zaragozako Merkataritza, Industria eta Zerbitzu Ganberarekin</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Satipymesek Huescako Merkataritza, Industria eta Zerbitzu Ganberarekin duen akordioa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Satipymesek Teruelgo Merkataritza, Industria eta Zerbitzu Ganberarekin duen akordioa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>2024ko martxoaren 18ko Ebazpena, Administrazio Publikoari eta Kudeaketari buruzko Ikasketa eta Ikerketarako Blas Infante Sarien XX. ediziorako deialdia.</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>EEI/319/2024 AGINDUA, martxoaren 27koa, enpresa txikien inbertsio eta hobekuntzarako laguntzak eskatzen dituena, baita digitalizaziorako ere.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>EEI/ /2024 AGINDUA, uztailaren 1ekoa, Aragoiko Autonomia Erkidegoko hiri eta landa eremuetako merkataritza biziberritzeko txikizkako merkataritza sustatzeko “VOLVEREMOS” programari dagozkion laguntzak eskatzeko deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>2023-2027 aldirako NPBko plan estrategikoaren esparruan, 2024. urterako, nekazari gazteak ezartzeko eta nekazaritza-ustiategiak modernizatzeko eta/edo hobetzeko diru-laguntzak deitzen dituen Agindua.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>AGA/1365/2024 AGINDUA, azaroaren 14koa, 2024an eurite handien ondorioz nekazaritza-ustiategien ekoizpenean eta azpiegituretan izandako kalteen ondoriozko laguntza-oinarri arautzaileak eta deialdia onartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>AGA/…/2024 AGINDUA, abenduaren 5ekoa, nekazari gazteak ezartzeko eta nekazaritza-ustiategiak modernizatzeko eta/edo hobetzeko diru-laguntzak deitzen dituena, NPB Plan Estrategikoaren esparruan, 2023-2027 aldirako.</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>AGA/…/2024 Agindua, abenduaren 19koa, zeinaren bidez Aragoiko 2023-2027 NPBren Plan Estrategiko Nazionalaren esparruan nekazaritza-aholkularitza zerbitzuak emateko diru-laguntzak deitzen diren, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>AGA/268/2025 AGINDUA, martxoaren 6koa, zeinaren bidez Europako Berrikuntza Lankidetzaren (EIP) talde operatiboentzako lankidetza-arloan diru-laguntzak deitzen diren, 2025erako Aragoiko NPB 23-27 Plan Estrategiko Nazionalaren esparruan.</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>AGA/685/2025 AGINDUA, ekainaren 23koa, 2025eko eurite uholdeen ondorioz nekazaritza-ustiategien ekoizpenean eta azpiegituretan eragindako kalteen ondoriozko laguntzen oinarri arautzaileak eta deialdia onartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>AGA/XX/2025 Agindua, XX.a, Aragoiko autonomia erkidegoan nekazaritza asegurua kontratatzeko diru-laguntzak deitzen dituena, 2025. urterako, berrogeita seigarren nekazaritza aseguruen plan konbinatuaren (2025eko plana) lerroetarako.</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, 2026. URTEKO NEKAZARITZA ASEGURUA KONTRATATZEKO KOSTUAREN ZATI BAT ORDAINTZEKO DIRU-LAGUNTZAK ESKATZEN DITUENA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>AGA/…/2025 AGINDUA, abenduaren 17koa, zeinaren bidez Aragoiko 2023-2027 NPBren Plan Estrategiko Nazionalaren esparruan 2026. urterako nekazaritza-aholkularitza zerbitzuak emateko diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>AGA/…/2026 AGINDUA, urtarrilaren 23koa, nekazari gazteak ezartzeko eta nekazaritza-ustiategiak modernizatzeko eta/edo hobetzeko diru-laguntzak deitzen dituena, 2026. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883040</t>
+  </si>
+  <si>
+    <t>Azaroaren 7ko aga/1611/2023 Aginduak, lehortearen eta sektorearen egungo arazoen ondorioz Aragoiko nekazaritza-ustiategien finantzaketarako emandako aparteko laguntzaren oinarriak ezartzen dituenak, 2023-2024rako deialdi irekia onartzen du.</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>EEI/ /2024 AGINDUA, maiatzaren 21ekoa, Aragoiko ETEek Aragoiko Autonomia Erkidegoan kanpo-merkataritzaren arloan egindako ekintzak egiteko 2024. urterako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>AGA/ /2024 Agindua, urriaren 7koa, 2025. urterako (2026ko ekitaldia) prozesatzeko instalazioetan eta ardogintzako azpiegituretan, merkaturatzeko egituretan eta tresnetan inbertsioetarako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Urtarrilaren 13ko Agindua, lehortearen eta sektorearen arazo ziklikoen ondorioz zailtasun ekonomikoak dituzten Aragoiko nekazaritza-kooperatibei finantzaketa emateko laguntza berezien arauak ezartzen dituena, eta deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 23ko AGINDUA, Autonomia Erkidegoak Aragoiko nekazaritza-kooperatibei finantza-laguntza emateko ematen dituen aparteko laguntzarako arauak ezartzen dituena eta deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 Agindua, apirilaren 7koa, zeinaren bidez onartzen den 2025ean, FITE 2023 hitzarmenaren kargura, nekazaritza-elikagaien industrietarako 2022ko eta 2023ko Aginduen arabera emandako diru-laguntzak osatzeko deialdia.</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>Abuztuaren 26ko AGA/ /2025 AGINDUA, nekazaritzako produktuen (nekazaritzako elikagaien industriak) eraldaketan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak deitzen dituena, PEPACen esparruan, 2023-2027 aldirako 2026. urterako.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>2024ko Deialdi Instrumentala. Zientzia eta Ikerketa Zuzendaritza Nagusia. Hezkuntza, Zientzia eta Unibertsitate Saila. Diru-laguntza Zuzenak. Aragoiko Diru-laguntzen Legearen testu bateratu bat, maiatzaren 3ko 2/2023 Legegintzako Dekretuak onartua.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>AGA/…/2024 Agindua, maiatzaren 20koa, Aragoin nekazaritza-elikagaien tokiko salmentak sustatzeko eta garatzeko diru-laguntzak deitzen dituena, 2024. urterako.</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, urtarrilaren 20koa, 2025. urterako Nekazaritza Politika Bateratuaren araberako laguntza-eskaera bakarra aurkezteko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>AGINDUA/AGA/284/2025, martxoaren 10ekoa, Nekazaritza, Abeltzaintza eta Elikadura ministroarena, erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko 2025. urterako diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>AGA/ /2026 AGINDUA, urtarrilaren 16koa, 2026. urterako Nekazaritza Politika Bateratuaren eskaera bakarra aurkezteko.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882041</t>
+  </si>
+  <si>
+    <t>AGA/xxx/2024 AGINDUA, apirilaren 22koa, erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko diru-laguntzak deitzen dituena, 2024. urterako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuaren eta Ekologia eta Garapen Fundazioaren arteko lankidetza-hitzarmena "Aragoiko etxebizitzetarako energia-aholkularitza. Biztanleria orokorra" proiektua gauzatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuaren eta Aragoiko Merkataritza, Industria eta Zerbitzu Ganbera Ofizialen Kontseiluaren arteko lankidetza-hitzarmena, erakunde laguntzaile gisa, bidaiarien eta salgaien garraio-enpresa pribatuen modernizaziorako laguntzak kudeatzeko.</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuaren eta Zaragozako Unibertsitatearen arteko programa-kontratu orokorra, Zaragozako Unibertsitateko irakasle eta ikertzaileen banakako merituei lotutako ordainsari-osagarri gehigarriak esleitzeko eta finantzatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Aragoiko enplegu institutuaren eta Huesca, Teruel eta Zaragozako merkataritza, industria eta zerbitzu ganbera ofizialen artean sinatutako lankidetza hitzarmena, “45+” programa aurrera eramateko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Bigarren presidenteorde eta Ekonomia, Enplegu eta Industriako sailburuaren Agindua, Zaragoza eta Aragoiko Gorren Elkarteari (ASZA) diru-laguntza bat ematen diona gorrei lan-munduan jartzeko zerbitzua emateko</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Lehendakaritzako, Ekonomiako eta Justiziako ministroordearen Agindua, Teruelgo probintzian ikerketa, garapena eta industria-berrikuntza sustatzen duten enpresa-inbertsio proiektuetarako diru-laguntzak iragartzen dituena. 2023ko FITE</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>ARAGOIKO GOBERNUAREN ETA HUESCA, TERUEL ETA ZARAGOZAKO MERKATARITZA, INDUSTRIA ETA ZERBITZU GANBERA OFIZIALEN ARTEKO LANKIDETZA HITZARMENA, ARAGOIKO GANBERAREN LEHIAKORTASUN PLANEAN ERATORRITAKO ETE-EI BURUZKO EKINTZAK EGITEKO.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuko Lehendakariorde eta Lehendakaritza, Ekonomia eta Justiziako sailburuaren AGINDUA, PRTRren eta 2024ko deialdiaren esparruan berrikuntza-proiektuetarako diru-laguntzen oinarriak onartzen dituena, “Techfablab” ekimenaren bidez.</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 16ko Agindua, Aragoiko Gobernuko presidenteorde eta Lehendakaritza, Ekonomia eta Justizia kontseilariarena, enpresa txiki eta ertainei digitalizazio ekintzetarako laguntzak eskatzen dizkiena.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Lehendakaritzako, Ekonomiako eta Justiziako ministroordearen 2026ko otsailaren 4ko AGINDUA, Teruelgo probintzian Trantsizio Justuaren Funtsaren (JTF) 2021-2027 aldiaren barruan sartutako ETEen inbertsio-proiektuetarako laguntzak eskatzen ditu.</t>
+  </si>
+  <si>
+    <t>2027-08-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885046</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuko presidenteorde eta Lehendakaritza, Ekonomia eta Justizia ministroaren 2026ko otsailaren 4ko Agindua, Teruelgo probintzian enpresa berriak erakartzeko eta dauden enpresen hazkundea laguntzeko diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-05-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885270</t>
+  </si>
+  <si>
+    <t>Teruelgo probintzian ikerketa, garapena eta industria-berrikuntza sustatzen duten enpresa-inbertsio proiektuetarako diru-laguntzak. FITE 2022</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren AGINDUA, zeinaren bidez I.4 "MAHAIKO PATATA EKOIZLEEI LAGUNTZAK" Ekintzaren I.4.1 "EREMUKAKO LAGUNTZAK" Azpiekintzarako 2026ko kanpainarako deialdia iragartzen den.</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869169</t>
+  </si>
+  <si>
+    <t>2024ko i.1 kanpainako ekintzarako deialdia egiten duen agindua. “Kanariar Uharteetan bildutako fruta, barazki, sustrai eta tuberkulu, lore eta landare bizien merkaturatzeko laguntzak”</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>GIZARTE ONGIZATE ETA FAMILIA SAILAREN ETA ZARAGOZAKO UNIBERTSITATEAREN ARTEKO LANKIDETZA HITZARMENA, DESGAITASUNA DUTEN PERTSONEN LAN-INTEGRAZIOA NEURTZEKO SISTEMA BAT GARATZEN DUEN IKERKETA PROIEKTU BAT EGITEKO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, zeinaren bidez III.2 EKINTZAREN "BEHI-HAZKUNTZA SEKTOREAREN LAGUNTZA", III.2.5 AZPITEKINTZA "ESNE-BEHIAK TXAHALEKIN ORDEZKATZEKO LAGUNTZAK" izeneko laguntza kanpainaren 2024ko deialdia iragartzen den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, 2025eko kanpainarako “Komunitatetik datozen arraza puruetako edo arraza komertzialetako hazkuntza-animalien hornidurarako laguntzak” III.1 Ekintza deitzen duena</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, III.2.4 azpiekintzaren barruan "Gizentzeko txahalak inportatzeko laguntzak" izeneko laguntza-kanpainarako 2025eko deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, Kanariar Uharteetako nekazaritza-ekoizpenerako Komunitatearen Laguntza Programaren "Neguko tomate tradizionalen ekoizleentzako laguntzak" 2025eko I.5 Kanpainako Ekintzarako deia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, III.11 Ekintzaren barruan "Oilo-arrautzen tokiko ekoizpenerako laguntzak" izeneko 2024ko laguntza-kanpainarako deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, 2024ko Kanpainarako III.5 Ekintzaren laguntza deitzen duena, “Jatorri lokaleko behi-haragi freskoa, txerri-haragia, untxia, ahuntza, ardi-haragia eta oilaskoa gizakien kontsumorako laguntzak”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, zeinaren bidez "bertako erle beltz arrazako kalitatezko eztia ekoizteko laguntzak" 2025eko kanpainarako deialdia iragartzen den.</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, aloe vera eta oliba ekoizleei 2025eko kanpainarako gainazaleko laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, JATORRI-IZENDAPENA DUTEN ARDOAK EKOIZTEKO MAHATSA-LABORANTZA MANTENTZEKO HEKTARAKO LAGUNTZAREN 2025EKO KANPAINA DEITZEN DUENA</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren AGINDUAREN LABURPENA, zeinaren bidez 2025eko kanpainarako III.2 Ekintzaren laguntza iragartzen den, behi-sektorearentzako laguntza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2025EKO III.6 EKINTZA KANPAINARAKO LAGUNTZAK IRAGARRIZTEN DITUENA, AHUNTZ ETA ARDI ESNEA BERTAN EKOIZTEKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2025EKO III.4 EKINTZA KANPAINARAKO LAGUNTZAK IRAGARRIZTEN DITUENA, TOKIKO BEHIEN ESNEA EKOIZTEKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2026KO KANPAINARAKO "BAZKA-LABORANTZA JAKIN BATZUEN EKOIZLEEI LAGUNTZA" DEITZEN DUENA, EKOIZPENA LAGUNTZEKO KOMUNITATEKO PROGRAMAREN III.12 EKINTZA</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869139</t>
+  </si>
+  <si>
+    <t>2026KO KANPAINARAKO ESKABIDEAK DEITZEN DITUEN AGINDUA, III.1 EKINTZAREN LAGUNTZARAKO, KOMUNITATEAN JATORRIKO ARRAZA GARBIKO EDO MERKATARITZAKO ARRAZAKO ANIMALIA HAUSTZAILEEN HORNIDURARAKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>2005-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869672</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2026KO KANPAINARAKO BANANA J.B. EKOIZLEEI LAGUNTZAK EMATEN DIZKIENA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869845</t>
+  </si>
+  <si>
+    <t>2026KO EKINTZA KANPAINAREN DEIALDIA DUEN AGINDUA I.1. KANARIA UHARTEETAN BILDUTAKO FRUTA, BARAZKI, SUSTRAI ETA TUBELGU, LORE ETA LANDARE BIZIDUNEN MERKATURATZEKO LAGUNTZA ETA I.4.2 AZPIZEKINTZA. MAHAIKO PATATEN MERKATURATZEKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, I.5 EKINTZA IRAGARRIZ - 2026KO KANPAINARAKO NEGUKO TOMATEEN TRADIZIONALKI EKOIZLEEI LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2024KO KANPAINARAKO ALOE VERA ETA OLIBA EKOIZLEEI AZALERA BAKOITZEKO LAGUNTZA DEITZEN DUENA, KANARIA UHARTEETAN NEKAZARITZA EKOIZPENAK LAGUNTZEKO ERKIDEGO PROGRAMAREN I.8 EKINTZAN AURREIKUSITAKOA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>LA PALMA SUMENDIAREN NEKAZARITZA PRODUKZIO POTENTZIALA BERRERAIKITZEKO DIRU-LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>3 Nekazaritza Ministerioaren agindua, Sumendi, Banana eta Ahuakatearen ondoriozko diru-sarreren galerak zuzenean laguntzeko</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>Kanariar Uharteetako Nekazaritza Elkarte Profesionalentzako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>Nekazaritza-lurretan nekazaritza-ingurumeneko konpromisoetarako eta baliabide genetikoen kontserbaziorako konpromiso eta jardueretarako diru-laguntzak (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Nekazaritza-lanbide-elkarte irabazi-asmorik gabekoak laguntzeko 2025erako diru-laguntzak deitzen dituen agindua</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Talde ahulenentzako bonu digitalen jaulkipen programa ezartzeko laguntza eskabideetarako deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua Nekazaritza Aseguruaren harpidetzari buruzkoa</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>KANARIA UHARTEETAKO MERKATU TRADIZIONALAK HOBETZEKO ETA/EDO LANDA-MERKATARITZA LAGUNTZEKO PROIEKTUA</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>Diru-laguntza energia-jasangarritasuneko aire-base proiektu baterako</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Fuencalienteko Udalaren Diru-laguntza - Erronka Demografikorako Proiektu Berritzaileak</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Laguntza eta tutoretza merkataritzaren eraldaketa digitalerako Gran Canarian</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Merkataritza sektorean digitalizazioa eta ezagutza sustatzeko programa</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>Kanariar Uharteetako biztanleriaren gaitasun digitalak hobetzeko diru-laguntzen deialdia 2024an</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>DIGINNOVA diru-laguntzen deialdia Kanariar Uharteetako enpresetan eta ikerketa-zentroetan talentu gaztea txertatzeko</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>AECP Diru-laguntzaren Eraikuntzaren Digitalizazio Plana 2024</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>KANARIA UHARTEETAN BERRIKUNTZA JARDUERAK EGITEKO ENPRESA TALDE EDO KLUSTER BERRITZAILEEI LAGUNTZEKO DIRU-LAGUNTZAK EMATEKO AGINDUA, 2024. URTEKO URTEARAKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
+  </si>
+  <si>
+    <t>Enpresetan digitalizazio proiektuetarako diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 17ko 801/2024 Dekretua, Lehendakariordearena, 2024. urterako Ekimen Pribatuko Obra Hidraulikoen Proiektuetarako eta Nekazaritza Ureztatzeko Laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>GARAFÍAKO UDALAREN DIRU-LAGUNTZA MERKATARITZA GARAPENERAKO UHARTEKO PLANARENTZAT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>ICCAren Ebazpena, Kanariar Uharteetako nekazaritza-ekoizpenerako laguntza-programa komunitarioaren (POSEI) I.6 eta I.7 ekintzen barruan laguntzak jasotzeko 2024ko kanpainarako eskaerak deitzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>PEPAC Esparruan Aurreikusitako Nekazaritza Ekologikoko Nekazaritza eta Ingurumen Kudeaketa Konpromisoak (6503)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Gaitasun digitalen prestakuntzarako (MRRR) diru-laguntzen esparru arautzailea eta deialdia</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>2026an Kantabrian nekazari gazte eta berriak ezartzeko laguntza deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877067</t>
+  </si>
+  <si>
+    <t>ETE digitalen proposamenetarako deialdia 2024 – Kantabriako Merkataritza Ganbera</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>CTD/9/2024 Agindua, azaroaren 25ekoa, Turismo Enpresen Energia Eraginkortasun eta Ekonomia Zirkularreko Proiektuetarako (C14.I4, 2. ekintza-lerroa) diru-laguntzen oinarri arautzaileak eta deialdia, (EB) 2023/2831 Erregelamenduaren menpeko PRTR-koak.</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>CTD/9/2024 Agindua, Turismo Enpresen Energia Eraginkortasun eta Ekonomia Zirkularreko Proiektuetarako (C14.I4, 2. ekintza-lerroa) oinarri arautzaileak eta diru-laguntzen deialdia, 651/2014 (EB) Erregelamenduaren menpeko PRTR-rena Batzordearen 2014/6/17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>Kantabriako klima-aldaketaren arintzeari eta egokitzapenari, baliabide naturalen erabilera eraginkorrari eta nekazaritza-ustiategien modernizazioari eta/edo hobekuntzari lotutako inbertsio produktiboetarako laguntza-deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Elikagaien industriak egiten dituen eta Kantabriako 2023-2027 nekazaritza politika bateratuaren plan estrategikoan sartzen diren nekazaritza produktuen eraldaketa eta merkaturatzean egindako inbertsio proiektuetarako lehen laguntzarako deialdia.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>Landa Garapen, Abeltzaintza, Arrantza eta Elikadura kontseilariaren 2024ko apirilaren 24ko Ebazpena, erlezaintza sektoreko esku-hartzearen esparruan eztia ekoizteko eta merkaturatzeko laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>2024KO NEKAZARITZA ASEGURURAKO URTEKO PLANA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>2024an Kantabrian nekazari gazte eta berriak ezartzeko laguntza deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>2024-2025ean udalei nekazaritza-azpiegiturak hobetzeko eta obra berriak eraikitzeko laguntzak emateko deialdia, abuztuaren 14ko DES/25/2024 Aginduak arautua.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>DES/07/2025 Agindua, 2025eko otsailaren 24koa, zeinaren bidez 2025. urterako eskaera bakarrean sartutako NBEUFk (Europako Nekazaritza Bermatzeko Funtsa) eta EBEFk (Landa Garapenerako Europako Nekazaritza Funtsa) finantzatutako laguntzak deitzen diren eta honako hauek barne hartzen dituen:</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Kantabrian aitortutako abeltzaintzako osasun-defentsako taldeentzako 2025. urterako laguntza-deialdia.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Erlezaintza sektorearen esku-hartzearen esparruan eztia ekoizteko eta merkaturatzeko laguntza deialdia.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>2025. urterako laguntza deialdia Kantabriako Nekazaritza Erakunde Profesionalei eta Nekazaritza Kooperatibei, EBEAGAk eta LGENFk finantzatutako laguntza deialdiko eskaerak betetzen laguntzeko.</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
-[...2 lines deleted...]
-    <t>2023 eta 2024an lehorteak eta bestelako eguraldi-baldintza kaltegarriek kaltetutako ustiategientzako laguntzak</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>2025ean Kantabrian nekazari gazte eta berriak ezartzeko laguntza deialdia.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Kantabriako klima-aldaketaren arintzeari eta egokitzapenari, baliabide naturalen erabilera eraginkorrari eta nekazaritza-ustiategien modernizazioari eta/edo hobekuntzari lotutako inbertsio produktiboetarako laguntza-deialdia 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871752</t>
+  </si>
+  <si>
+    <t>Kantabriako Gobernuaren eta Sustapen, Lurralde Plangintza eta Ingurumen Ministerioaren arteko lankidetza-hitzarmena Kantabriako Unibertsitatearen eta garraioaren arloko ikerketa sustatzeko</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Kantabriako Gobernuaren eta Kantabriako Unibertsitatearen arteko lankidetza-hitzarmena, Industria, Turismo, Berrikuntza, Garraio eta Merkataritza Ministerioaren bidez, kontsumo-gaietako ikerketa sustatzeko.</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>Kantabriako 2024ko artisautzarako laguntzak iragartzen dituen Agindua (nekazaritza produktuen lehen mailako ekoizpena)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Kantabriako Autonomia Erkidegoko nekazaritza-ustiategiei 2024. urterako aholkularitza-zerbitzuak emateko lankidetzan aritzeko nekazaritza-elkarteentzako laguntza-deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>IND/57/2024 AGINDUA, abenduaren 4koa, Kantabriako artisautzarako 2025erako laguntza deialdia onartzen duena (Nekazaritzako produktuen lehen mailako ekoizpena).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>IND/39/2025 Agindua, abuztuaren 20koa, merkataritza-elkarteentzat eta haien federazio eta konfederazioentzat, eta txikizkako kooperatibentzat 2025erako diru-laguntzen deialdia onartzen duena. Ez da minimisaren menpe.</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Kantabriako artisautzarako laguntzak 2026. urterako (Nekazaritzako produktuen lehen mailako ekoizpena)</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>IND/19/2024 Agindua, maiatzaren 7koa, INNOVA diru-laguntzen programarako 2024. urterako eskaerak aurkezteko deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>SOD/EMPLEA/23/24 Ebazpena, 2024ko apirilaren 26koa, "EMPLEA" 2024ko diru-laguntzen programaren deialdia iragartzen duena. 1408/2013 (EB) de minimis REG, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>SOD/CERT/23/24 Ebazpena, 2024ko apirilaren 26koa, "LEHIA HOBEKUNTZA ETA MERKATU BERRIETAN SARTZEKO ZIURTAGIRIAK" diru-laguntzen programaren 2024ko deialdia iragartzen duena. 1408/2013 (EB) de minimis REG, Nekazaritza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>SOD/+TAL/23/24 EBAZPENA, 2024KO MARTXOAREN 20koa, “+ TALENTO. LANGILE TEKNIKO ETA MERKATARITZAKOEN KONTRATAZIOA” DIRU-LAGUNTZA PROGRAMA IRAGARRI DUENA. 1408/2013 (EB) de minimis REG, Nekazaritza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>SOD/TEC/23/24 Ebazpena, 2024ko martxoaren 20koa, "I+Gko Langile Teknikoentzako" 2024ko diru-laguntzen programaren deialdia iragartzen duena. 1408/2013 (EB) de minimis REG, Nekazaritza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>SOD/FER/23/24 Ebazpena, 2024ko apirilaren 11koa, zeinaren bidez "KANTABRIAKO ENPRESA AZOKAK ETA KONGRESUAK ANTOLATZEKO" 2024ko diru-laguntzen programaren deialdia iragartzen den. 1408/2013 (EB) de minimis REG, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Industria, Merkataritza eta Enplegu Ministerioaren 2025eko abenduaren 21eko Agindua, Gaztela eta Leongo industria-enpresetan industria-makineria berria erosteko 2026. urterako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>2023ko abenduaren 22ko Aginduak, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarenak, nekazaritza, basogintza eta elikagai produktuen eraldaketa eta merkaturatzerako diru-laguntzak iragartzen ditu, LGENFk kofinantzatuta, j01 lerroa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>SOD/PLAN/24/24 Ebazpena, 2024ko maiatzaren 16koa, Kantabriako enpresentzako negozio-sustapen planak ezartzeko 2024ko diru-laguntzen programa iragartzen duena. 1408/2013 REG (EB) de minimis, Nekazaritza</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>2024ko ekainaren 26ko Agindua, Nekazaritza, G eta DR Ministerioarena, hausnarkarien gaixotasunen osasun-programa ofizialak aplikatuz, hilketaren ondorioz behiak ordezkatzeko laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Komunitatean nekazaritza-elikagaien kooperatiben hazkundea sustatzeko diru-laguntzak 2024. urterako. De Minimis Orokorra. Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioaren 2024/08/01eko Agindua</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Komunitatean nekazaritza-elikagaien kooperatiben hazkundea sustatzeko diru-laguntzak 2024. urterako. Nekazaritza de minimis. 2024ko abuztuaren 1eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>2024ko abuztuaren 20ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako bertako arrazak sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>2024ko urriaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, CyL-ko ustiategien jabeek formalizatutako lehentasunezko diru-laguntzadun maileguetan interesak murrizteko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>2024ko urriaren 21eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, nekazaritza-ustiategien ondorengotzarako lankidetza sustatzeko esku-hartzearen laguntzarako 2024. urterako deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>2024ko urriaren 24ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo Komunitateko nekazaritza-erakunde profesional adierazgarrienei 2024. urterako diru-laguntzak deitzen dizkiena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>2024ko urriaren 29ko Agindua, Nekazaritza Ministerioarena, behi, ardi edo ahuntz espezieen arraza puruen bazkalekuak edo hazkuntza zentroak eraikitzeko, handitzeko edo egokitzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioaren 2024ko azaroaren 5eko Agindua, nekazaritza-elikagaien industriaren modernizazioa eta trantsizio justua sustatzeko, Trantsizio Justurako Funtsaren Programa - ETEak</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioaren Agindua, 2024ko azaroaren 8koa, arrantza eta akuikultura produktuak merkaturatzeko eta prozesatzeko inbertsioetarako diru-laguntzak iragartzen dituena - FEMPA Programa - PA2 Lerroa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako NEPBren Plan Estrategiko Nazionalaren esparruan prestakuntza, informazio eta erakustaldi ekintzak egiteko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 27ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, ordainketa zuzenen moduan esku hartzeko, landa garapenerako esku hartzeko eta baldintza komunak ezartzeko eskatzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo oilo erruleengan salmonellaren aurkako txertoa emateko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 21eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo erkidegoan mahastiak berregituratu eta bihurtzeko laguntzak deitzen dituena 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 8ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo Komunitateko mahastietan 2025eko uzta berderako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>2025/04/22ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, zeinaren bidez FEADERek kofinantzatutako PEPAC-en 6842.1 Esku-hartzearen (ingurumen-helburuak) - MA1 Lerroa barne hartzen dituen eraldaketarako diru-laguntzak ematen diren.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 19ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, esne-errendimendua kontrolatzeko ofizialki aitortutako erakundeei esne-kontrola egiteko laguntzak deitzen dizkiena.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako bertako arrazak sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 26ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Nekazaritza Aseguruen Urteko Plan Konbinatuetan sartutako nekazaritza aseguru polizak harpidetzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 28ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, zeinaren bidez Gaztela eta Leongo PEPAC 2023-2027 esparruan 2025eko erlezaintza kanpainarako Erlezaintzako Esku-hartze Sektorialaren laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo arraza garbiko aleen hazkuntza eta liburu genealogikoetan erregistroa sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 12ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, zeinaren bidez 2025erako Gaztela eta Leongo autonomia erkidegoan nekazaritza-elikagaien kooperatiben tamaina handitzeko laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako 2023/2027 PEPACen esparruan prestakuntza, informazio eta erakustaldi jardueretarako diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 27ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, zeinaren bidez 2024ko erlezaintza kanpainarako deialdia egiten den, Gaztela eta Leongo PEPAC 2023-2027 esparruan erlezaintza sektorearen esku-hartzearen laguntzarako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 28ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, izozteen aurkako babes kolektiboko ekipamenduetan inbertsioetarako laguntzak 2024. urterako deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764435</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 30eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo arraza garbiko aleen hazkuntza eta liburu genealogikoetan erregistroa sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
+  </si>
+  <si>
+    <t>2024ko abuztuaren 20ko Agindua, Kultura, Turismo eta Kirol Ministerioarena, turismo-enpresen energia-eraginkortasuneko eta ekonomia zirkularreko proiektuetarako diru-laguntzak deitzen dituena, Next Generation-eu MRR Europako funtsek finantzatuta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 8ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, nekazaritza-ustiategien jabeak ingurumen- eta klima-landa-garapeneko esku-hartzeetan sartzea eskatzen duena</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 12ko Agindua, Ekonomia eta Ogasun Ministerioarena, CyL-ko AAEEII-ren bidez enpresa-ehunaren ikerketa- eta berrikuntza-gaitasunak garatu eta hobetzeko 2026. urterako deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>2024ko urtarrilaren 25eko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, 2024. urterako enplegu-zentro berezietan desgaitasuna duten langileen soldata-kostuak finantzatzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 7ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo merkataritza-kudeaketaren modernizazio, digitalizazio eta hobekuntzarako diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Akordioa, 2024ko apirilaren 25ekoa, Gaztela eta Leongo Juntarena, Gaztela eta Leongo Enpresa Talde Berritzaileei VITARTIS eta CYLSOLAR diru-laguntzak zuzenean emateko baimena ematen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 5eko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo lantokietan lan-ongizatea sustatzen duten ekintzak burutzeko 2024. urterako diru-laguntza publikoak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 3ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, kooperatibak eta langileen jabetzako sozietateak sortzea eta enplegua sustatzeko programaren barruan 2024rako diru-laguntzak iragartzen dituena. I. PROGRAMA.- BAZKIDEEN SARTZEA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 6ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo artisau-enpresen modernizaziorako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>2024ko uztailaren 11ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leonen azokak antolatzeko diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 23ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo tokiko txikizkako merkataritza berpizteko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 23ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leongo merkataritza sektorea sustatzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 7ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, kooperatiba eta langileen sozietateen sorrera eta enplegua laguntzeko programaren 2025. urterako diru-laguntzak iragartzen dituena. II. Programa.- Inbertsioak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 19ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leonen autonomoen ondorengotza-plangintza sustatzeko diru-laguntzak iragartzen dituena (Relevacyl Autoempleo). 2025. urtea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 19ko Agindua, Industria, Merkataritza eta Enplegu Kontseiluarena, zeinaren bidez diru-laguntzak deitzen diren espiritu ekintzailea sustatzeko, autonomoen eta gizarte-ekonomiaren ordezkaritza-erakundearen bidez berrikuntza produktiboa bermatzeko.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>MAV/625/2025 Agindua, ekainaren 12koa, egurra eta beste zurezko produktu batzuk lehen aldiz eraldatzen dituzten enpresen digitalizaziorako oinarri arautzaileak onartzen eta diru-laguntzak deitzen dituena (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>MAV/624/2025 Agindua, ekainaren 12koa, Gaztela eta Leonen ekintzailetza digitaleko proiektuetarako eta basogintzako startupetarako (RETECHFOR, PRTR, Next Generation EU funtsak) arauzko esparrua onartzen eta diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>2023ko maiatzaren 30eko Agindua, Mugikortasun eta Eraldaketa Digitaleko Ministerioarena, PRTR – Next Generation EU esparruan bidaiarien eta salgaien garraio-enpresak modernizatzeko diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>MTD/879/2024 Agindua, irailaren 6koa, zeinaren bidez aldatzen den maiatzaren 23ko MTD/683/2023 Agindua, zeinaren bidez onartzen diren oinarri arautzaileak eta EBk finantzatutako Gaztela eta Leonen (NextGen) MRR finantzatutako bonu digital kolektibo zaurgarriak jaulkitzeko laguntzarako bigarren deialdia.</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 3ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, kooperatiba eta langileen sozietateetan enpresak sortu eta enplegua laguntzeko programaren barruan 2024rako diru-laguntzak iragartzen dituena. II. PROGRAMA.- INBERTSIOAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>Tierra de Camposen autoenplegua sustatzeko diru-laguntzak. Nekazaritzarako de minimis araudia. 1408/2013 Erregelamendua (EB). FAFECYLeko Zuzendaritza Batzordeko presidentearen 2024/11/22ko ebazpena.</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>2023-2027ko NEKAZARITZA POLITIKA KOMUNAREN PLAN ESTRATEGIKOAREN 7119.2 neurriko PRODUKZIO-proiektuetarako laguntza-deialdia, GAL ELKARTEAK kudeatuko duena, RIBERA DEL DUERO BURGALESAKO LANDA GARAPEN INTEGRALERAKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>7119.2 neurriko 2023-2027ko nekazaritza politika bateratuaren plan estrategikoaren liderra, GAL Landa eta Garapen Integralerako Elkarteak kudeatuko duena, Duero riberako Burgalesa eskualdean.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>AGALSA Taldearen Garapen Estrategian oinarritutako Espainiako Nekazaritza Politika Bateratuaren (PEPAC) 2023-2027 Plan Estrategiko Nazionalaren 7119 LEADER Esku-hartzearen esparruan proiektuak finantzatzeko diru-laguntzen eskabideetarako deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>Segovia Sur Tokiko Ekintza Taldeak kudeatutako 2023-2027ko Nekazaritza Politika Bateratuaren Plan Estrategikoaren 7119.3 LEADER neurriaren pean dauden eskaeretarako laguntza publikoa</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>Segovia Sur Tokiko Ekintza Taldeak kudeatutako 2023-2027ko Nekazaritza Politika Bateratuaren Plan Estrategikoaren 7119.4 LEADER neurriaren pean dauden eskaeretarako laguntza publikoa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Espainiako Nekazaritza Politika Bateratuaren (PEPAC) 2023-2027 Plan Estrategiko Nazionalaren 7119 LEADER Esku-hartzearen esparruan dauden proiektuak finantzatzeko diru-laguntzen deialdia, GAL Elkartearen M Garapen Estrategian oinarrituta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>2023ko irailaren 25eko Ebazpena, Gaztela eta Leongo Enplegu Zerbitzu Publikoko presidentearena, zeinaren bidez nekazaritza-elikagaien sektore estrategikoetako enpresetako langile okupatuen prestakuntza-programarako 2023-2024 diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>EGEFek kofinantzatutako ikerketa zientifikoko proiektuetarako eta teknologiaren transferentziarako laguntza (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>2024rako izaera bikoitzeko enpresetan neurrira egindako prestakuntza programa finantzatzeko diru-laguntzak. Nekazaritza enpresak. 1408/2013 Erregelamendua (EB). FAFECYLeko Enplegu Prestakuntzarako Batzorde Exekutiboaren presidentearen 2024/05/15eko ebazpena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 10eko ebazpena, Nekazaritza eta Abeltzaintzako Zuzendari Nagusiarena, zeinaren bidez Gaztela-Mantxan eztiaren ekoizpen eta merkaturatze baldintzak hobetzeko laguntzak dei egiten diren, 2024ko erlezaintza kanpainarako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioaren Agindua, Europako Nekazaritza Funtsak (NBEUF) finantzatutako zuzeneko ordainketa moduan esku-hartzeak aplikatzeko xedapenak ezartzen dituena, eskaera bakarra eta</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 8ko ebazpena, Nekazaritza eta Abeltzaintzako Zuzendaritza Nagusiarena, zeinaren bidez Gaztela-Mantxako Nekazaritza Politika Bateratuaren Plan Estrategikoaren esparruan Erlezaintzako Esku-hartze Sektorialaren laguntzarako deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 11ko ebazpena, Nekazaritza eta Abeltzaintzako Zuzendari Nagusiarena, zeinaren bidez 2025ean Gaztela-Mantxako abeltzaintzako baliabide genetikoen kontserbazio, erabilera eta garapen jasangarrirako 6505.2 Esku-hartzearen laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>2026/01/07ko Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez Gaztela-Mantxako mahastiak berregituratzeko eta bihurtzeko eskaeretarako 2026ko laguntza-deialdia egiten den Esku-hartze Programaren esparruan.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Urtarrilaren 28ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Europako Nekazaritza Funtsak (NBEUF) finantzatutako zuzeneko ordainketa moduan esku-hartzeak aplikatzeko xedapenak ezartzen dituena, aplikazioa</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884030</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren otsailaren 14ko xx/2024 Agindua, ardogintzako azpiproduktuak kentzeko betebeharra arautzen duena eta azpiproduktuen destilaziorako laguntzetarako oinarri arautzaileak zehazten dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>2024ko azaroaren 21eko Ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez 2025. urterako aurrerapen-izapidetze prozeduraren bidez sustatzeko laguntzak deitzen diren lehiaketa-sistema baten bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>2024ko azaroaren 22ko Ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez 2025. urterako aurrez izapidetzeko prozeduraren bidez publikoaren informazio eta sustapenerako lankidetza-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>2023ko otsailaren 24ko Agindua, Nekazaritza, Ura eta Landa Garapen Ministerioarena, Gaztela-Mantxako lurralde-eremuan ureztatze-sistemak modernizatzeko eta eraldatzeko laguntzak emateko oinarri arautzaileak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 16ko ebazpena, Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiarena, zeinaren bidez 2024an aurrerapen izapidetze prozeduraren bidez dei egiten den 2023an sartutako laguntzak luzatzeko konpromisoak.</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>2024ko martxoaren 12ko ebazpena, 6841.2 esku-hartzearen esparruan nekazaritza- eta abeltzaintza-ustiategiak hobetzeko eta/edo modernizatzeko laguntzak, 2023-2027ko NEPB Plan Estrategikoaren 6961.1 esku-hartzearen pean aldi berean laguntza eskatzen duten gazteentzat.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 17ko Ebazpena, Landa Garapeneko Zuzendaritza Nagusiarena, zeinaren bidez nekazaritzan gazteak ezartzeko laguntzak eta hobekuntzarako inbertsioak 2025erako deitzen diren, aurrerapen izapidetze prozeduraren bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024/05/14koa, Nekazaritza Politika Bateratu eta Ingurumen eta Nekazaritza Politikako Sailburuordearena, zeinaren bidez 2024an azpineurrien prestakuntza-jarduerak egiteko laguntzak deitzen diren, aurrerapen-izapidetze prozeduraren bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Landa eremuetako emakumeei zuzendutako gaitasun digitaletan trebatzeko ekintzetarako diru-laguntzen oinarrien agindua, EBk finantzatutako PRTRren Gaitasun Digitalen Plan Nazionala -Next Generation EU-, eta 2025eko deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>GARAPEN JASANGARRIAREN MINISTERIOAREN AGINDUA, BERRESKURAPEN PLANAREN ESPARRUAN KUDEAKETA BATERAKO BASO-JABE PRIBATUEN TALDEAK SORTZEA SUSTATZEKO LAGUNTZEN OINARRI ARAUTZAILEAK EZARTZEN DITUENA.</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>44/2024 Dekretua, abuztuaren 27koa, Europako Gizarte Funts Plus-ek kofinantzatutako Nire Lehen Enplegua Programaren esparruan gazteak kontratatzeko diru-laguntzak zuzenean emateko araudia ematen duena. 1408/2013 REG (EB) Nekazaritza.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>2024ko apirilaren 25eko Ebazpena, enpresan lanbide-heziketa eta enplegu-proiektuak egiteko (5. Sektore-lerroa) 2024rako diru-laguntzen deialdia onartzen duena. 1408/2013 (EB) de minimis REG, Nekazaritza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>2024ko martxoaren 5eko Ebazpena, Sustapen Ministerioarena, etxebizitzetan eta dauden etxebizitza-eraikinetan energia-birgaitze ekintzetarako laguntzak deitzen dituena, eraikinen energia-birgaitze programaren exekuziorako.</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko Ebazpena, Landa Garapeneko Zuzendaritza Nagusiarena, zeinaren bidez gazteak nekazaritzan ezartzeko laguntzak eta hobekuntzarako eta/edo inbertsioak ezartzen diren.</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>2024ko abuztuaren 21eko ebazpena, Nekazaritza Plangintzako Zuzendaritza Nagusiarena, zeinaren bidez Gaztela-Mantxan esne-ekoizpena kontrolatzeko 2024. urterako diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Nekazaritza Plangintzako Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez Gaztela-Mantxako abeltzaintzako osasun-defentsako taldeentzako (ADSG) 2024. urterako laguntzak eskatzeko deialdia iragartzen den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 18ko Ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez 2025. urtean Espainiako bertako arrazak sustatzeko diru-laguntzak deitzen diren, aurrerapen-izapidetze prozeduraren bidez.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 18ko Ebazpena, Nekazaritza Plangintzako Zuzendaritza Nagusiarena, zeinaren bidez Gaztela-Mantxan esne-ekoizpena kontrolatzeko 2025. urterako diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA ETA LANDA GARAPENEKO MINISTERIOAREN AGINDUA, HIZKUNTZA BIRUSAREN 3. SEROTIPOAK ERAGINDAKO ABELTZAINKETA USTEKUNTZETAN DUEN ONDORIOAK ARINTZEKO SALBUESPENEZKO LAGUNTZAREN ARAUZKO OINARRIAK EZARTZEN DITUENA</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez ezartzen den Gaztela-Mantxan nekazaritza aseguruen kontrataziorako laguntza gehigarrien deialdia, Nekazaritza Aseguru Konbinatuaren berrogeita seigarren Planean (2025eko Plana) sartuta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Nekazaritza Plangintzako Zuzendaritza Nagusiaren Ebazpena, Gaztela-Mantxan esne-ekoizpena kontrolatzeko 2026. urterako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878072</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 30eko Ebazpena, Nekazaritza Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioak Fruit Attraction 2025 nekazaritza elikagaien azokara joateko kontratatuko duen standean taldeka parte hartzeko laguntza espezifikoetarako de minimis erregimenaren pean dei egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 18ko ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez 2026. urterako aurrerapen izapidetze prozeduraren bidez, lehiakortasun-lehiakortasun erregimenean, lapurreta sustatzeko laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez nekazaritza- eta elikagai-produktuen informazio- eta sustapen-laguntzak deitzen diren, lehiaketa-sistema bidez, 2026. urterako.</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioaren xx/2024 Agindua, martxoaren 26koa, Gaztela-Mantxan nekazaritza asegurua kontratatzeko laguntza gehigarriak zuzenean emateko oinarri arautzaileak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 22ko Ebazpena, Idazkaritza Nagusiarena, zeinaren bidez 2025. urterako nekazaritza-erakunde profesionalei eta irabazi-asmorik gabeko elkarteei laguntzak emateko deia egiten den, lehiaketa-sistema baten bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>UCLMko Kultura, Kirola eta Gizarte Konpromiso Errektoreordetzaren 2025eko udako ikastaroan matrikulatzeko 20 beka deialdia, “Ekintzailetza albaitaritza eta nekazaritza sektorean: aukerak eta erronkak” CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 4ko ebazpena, Nekazaritza Politika Bateratu eta Ingurumen Politikako Sailburuordearena, zeinaren bidez laguntzak deitzen diren, de minimis erregimenaren arabera, ardiak eta ahuntzak defendatzeko eta zaintzeko mastin txakurrak edukitzeko eta mantentzeko.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>GAZTELA-MANTXAKO NEKAZARITZA-ELIKAGAIEN KOOPERATIBEK ETA IPEXEN ARTEKO LANKIDETZA HITZARMENA, HAIEK NAZIOARTEKOTZERAKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>Kataluniako ikerketa, garapen eta berrikuntza sistemako unibertsitateen eta beste agente batzuen ezagutzaren gizarte-eragina sustatzeko proiektuetarako diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>Kutsadura lokalizatuaren ebidentziaren edo kausa ezezagun baten ondoriozko industria-hondakinen isurketen ondorioz kaltetutako zure jabetzako lurzoruak ikertu eta berreskuratzeko diru-laguntzak.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>2024 Berdeko berrikuntza teknologikorako proiektuetarako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>Enpresen lehiakortasun-bonuen diru-laguntzak: Berrikuntza 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Ingurumen Sailburuordearen Ebazpena, basogintzako teknologiak eta basogintzako produktuak prozesatzeko, mobilizaziorako eta merkaturatzeko inbertsioetarako diru-laguntzak iragartzen dituena, Ca Landa Garapen Programaren esparruan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>Nekazaritza aseguruen planaren (agroseguro) lerroetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>2024ko kanpainarako nekazaritza eta abeltzaintzarako laguntza zuzena eta beste laguntza-eskema batzuk</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>EBAZPENA merkataritza eta zerbitzuen arloan 2024. urterako diru-laguntzen deialdia irekitzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Nekazaritza Aseguru Planaren (Agroseguro) lerroetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>2024rako ziurtatutako haziak erabiltzen dituzten arroz-ustiategientzako de minimis laguntzak</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien industrien esportazioak sustatzeko de minimis laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>Nekazaritzako baliabide genetikoen kontserbaziorako laguntzak, kontserbazio-erakundeei zuzenduta, 2024ari dagokion 2023-2027ko NEPB Plan Estrategikoaren esparruan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Ardoa prozesatzeko instalazioetan eta azpiegituretan eta merkaturatzean inbertsioetarako laguntzak 2024-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>Kataluniako nekazaritza-elikagaien kooperatiben eraldaketarako eta lehiakortasuna eta ingurumen-, gizarte- eta ekonomia-iraunkortasuna sustatzeko laguntzak (IMPULS.COOP), 2025, 2026 eta 2027ari dagozkionak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Landareen osasunaren arloan nekazaritza sektorearentzako laguntzak 2025ean</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Ukrainako gatazka armatuaren eta 2024ra arteko lehortearen ondorioz lehen sektorearen egoera okerrera egin dela eta nekazaritza-ustiategiei zuzendutako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>Elikagai ekologikoen ekoizpenaren arloan ikerketa aplikatua sustatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>Nekazaritza Aseguru Planaren (Agroseguro) Lerroei Laguntzak</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Kataluniako 2021-2026ko Elikadura Plan Estrategikoarekin lerrokatuta dagoen Kataluniako nekazaritza-elikagaien sistemaren eraldaketa sustatzeko laguntza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>Kataluniako 2021-2026ko Elikadura Plan Estrategikoarekin lerrokatuta, Kataluniako nekazaritza-elikagaien sistemaren eraldaketa sustatzeko de minimis laguntzak nekazaritza-sektorearentzat</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>Kataluniako 2021-2026ko Elikadura Plan Estrategikoarekin lerrokatuta dagoen Kataluniako nekazaritza-elikagaien sistemaren eraldaketa sustatzeko de minimis laguntza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>Interes ekonomiko orokorreko sektoreko de minimis laguntzak Kataluniako nekazaritza-elikagaien sistemaren eraldaketa sustatzeko, Kataluniako 2021-2026 Elikagaien Plan Estrategikoarekin lerrokatuta</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>Katalunian tokiko salmentak sustatzeko eta merkaturatzeko de minimis laguntzak</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>2025ari dagokion abeltzaintzako simaurraren kudeaketan tratamendu berritzaileak garatu eta baliozkotzeko laguntza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Kataluniako 2023-2027ko PDRaren esparruan ustiapen-kontratu globalarekin lotutako nekazaritza-dibertsifikaziorako de minimis doikuntzak 2025erako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>2025. urteari dagozkion nekazaritza-elikagaien eraldaketa eta merkaturatze prozesuak hobetzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Ardoa prozesatzeko eta merkaturatzeko instalazioetan inbertsioetarako laguntzak 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
+  </si>
+  <si>
+    <t>Basoen defentsarako taldeen (ADF) ekintzak sustatzeko laguntzak 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Nekazaritzako baliabide genetikoen kontserbaziorako laguntzak, kontserbazio-erakundeei zuzenduta, 2025ari dagokion 2023-2027ko NEPBko plan estrategikoaren esparruan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Landareen osasunaren arloan nekazaritza sektorearentzako laguntzak 2026an</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871077</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871093</t>
+  </si>
+  <si>
+    <t>Tokiko erakundeei laguntza muga-plana eta/edo baso-suteen prebentzio-plana idazteko</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871847</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872116</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Aseguru Planaren (Agroseguro) lerroetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Katalunian ostatu turistiko zerbitzuak eskaintzen dituzten establezimenduetako instalazio eta ekipamenduetan energia aurreztea hobetzeko ekintzetarako eta ekonomia zirkularreko proiektuetarako finantzaketa-lerroari laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>2024ko urteko elikagai-artisau gazte berritzaile onenaren saria.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Agroturismo-intereseko ekitaldietan zuzeneko arte-ikuskizunak eta arte bisualen jarduera profesionalak programatzeko diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>EMT//2024 Ebazpena, zeinaren bidez Lleidako nekazaritza kanpainen esparruan prestakuntzarekin kontratazioa sustatzeko diru-laguntzak emateko 2025. urterako aurrerapen deialdia irekitzen den (LKK - NEKAZARITZA KANPAINA)</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Enplegu pizgarriak PICE Programa Ceuta Merkataritza Ganbera 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>CEUTA HIRIKO AUTONOMOKO TURISMO ENPRESETAN ENERGIA ERAGINKORTASUN ETA EKONOMIA ZIRKULARREKO PROIEKTUAK FINANTZATZERA ZUZENDUTAKO DIRU-LAGUNTZAK EMATEKO OINARRI ARAUTZAILEAK, BERRESKURAPEN, ERALDAKETA ETA ERRESILIENTZIA PLANAREN ESPARRUAN.</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>II. Faseko eskualde-bulegoen energia-trantsizioa</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>MELILLAKO UDALAREN ETA INSTITUTO CAMERAL PARA LA CREACIÓN Y DESARROLLO de LA EMPRESA (INCYDE) FUNDAZIOAREN ARTEKO LANKIDETZA HITZARMENA, "EMPRENde Y AVANZA" PROIEKTUAREN BARRUAN HIRU PRESTAKUNTZA ETA LAGUNTZA PROGRAMA GARATZEKO.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>2024ko irailaren 10eko Dekretua, Ekonomia, Berrikuntza eta Finantza Gobernu Arloko Ordezkariarena, autonomoen erregimen berezian atxikitako pertsonei diru-laguntzak emateko deialdi publikoa onartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Nekazari gazteentzako diru-sarreren laguntza osagarria 2026an</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882796</t>
+  </si>
+  <si>
+    <t>Madrilgo Erkidegoko 2024ko irtenbide digitalen startup sariak</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>Madrilgo Erkidegoko udalei laguntzak merkataritza eta azoka sustapen jarduerak garatzeko 2025ean</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Industria sektoreko ETE eta enpresa handientzako energia-eraginkortasun programa</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Madrilen nekazaritza aseguruetarako laguntza osagarria, 2024/01/01etik 2024/10/31ra bitarteko polizak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>MELILLAKO HIRIAREN ETA ENPRESA SORTZEKO ETA GARAPENERAKO GANBERA INSTITUTUAREN FUNDAZIOAREN (INCYDE) ARTEKO LANKIDETZA HITZARMENA, "BERRAKTIBATU ZURE ETORKIZUNA" PROIEKTUAREN BARRUAN HIRU PRESTAKUNTZA ETA LAGUNTZA PROGRAMA GARATZEKO.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA EKOLOGIKOKO BATZORDEARENTZAKO LAGUNTZA 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien industrian ingurumen-helburuak dituzten inbertsioetarako laguntzak. De minimis</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>2024ko FEAGAko eztiaren ekoizpen eta merkaturatze laguntzak</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>FEADESR eta AGEk batera finantzatutako nekazaritza-elikagaien industrian ingurumen-helburuak dituzten inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO TRATAMENDU INTEGRATUAREN TALDEENTZAKO LAGUNTZA (ATRIAS) 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Madrilen nekazaritza aseguruetarako laguntza osagarria. 2024/11/01etik 2024/12/31ra bitarteko polizak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Madrilen nekazaritza aseguruetarako laguntza osagarria. 2025/01/01etik 2025/12/31ra bitarteko polizak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako Osasunaren Defentsa Taldeentzako Laguntza - A LERROA</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako Osasunaren Defentsa Taldeentzako Laguntza - B LERROA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Nekazaritzan Tratamendu Integratuko Taldeentzako Laguntza (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Nekazari gazteentzako diru-sarreren laguntza osagarria 2025ean</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>2025eko denboraldian zailtasunak dituzten zenbait laboretako nekazariei laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ERAKUNDE PROFESIONALEN ETA NEKAZARITZAKO KOOPERATIBA BATASUNEN LAGUNTZAK (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA KOOPERATIBETARAKO LAGUNTZAK (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Nekazaritza Ekoizpenaren Eraldaketan eta Beste Minimis Inbertsio batzuetan Inbertsioak Sustatzeko Laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>Elkarte-erakundeek nekazaritzako ekoizpenaren eraldaketan inbertsioak sustatzeko laguntzak. De Minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>Nekazaritza Produktuen Eraldaketan Inbertsioak Sustatzeko Laguntzak. Erakunde Lotuak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>Biodibertsitate Fundazioaren Zuzendaritzaren ebazpena, nekazaritza eta basogintza arloan ingurumen-hobekuntzan eta Doñanan lurralde-garapen jasangarrian laguntzen duten proiektuak burutzeko diru-laguntzen deialdia argitaratzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>Biodibertsitate Fundazioko Zuzendaritzaren Ebazpena, biodibertsitatearen eta digitalizazioaren sustapenaren arloan LIFE programaren esparruan onartutako proiektuak laguntzeko diru-laguntzen deialdi baten argitalpena onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>47. Nekazaritza Aseguru Konbinatuaren Planean sartutako nekazaritza, abeltzaintza eta basogintzako aseguruetarako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>2027-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886334</t>
+  </si>
+  <si>
+    <t>“ICO Hazkunde Esportazioetarako” Finantzaketa Linea - De Minimis Agriculture</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-07-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886390</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 5eko Ebazpena, IVACEko Lehendakaritzarena, zeinaren bidez 2026. urterako I+G proiektuetarako enpresei diru-laguntzen deialdia iragartzen den, EGEF bidezko EBren finantzaketarekin.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885694</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Agindua, ohiko enpresetan kontrataziorako pizgarrien Galicia Suma Talento: Empléate Programaren oinarri arautzaileak ezartzen dituena eta 2026. urterako deialdia egiten duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Agindua, gazte lan-eskatzaileak kontratatzeko Investigo Programa finantzatzeko diru-laguntza publikoak emateko oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Agindua, teknologian oinarritutako enplegu ekimen (IEBT) gisa sailkatutako enpresentzako pizgarri programaren arautze esparrua ezartzen duena, eta 2026. urterako eskabideetarako deialdia iragartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885510</t>
+  </si>
+  <si>
+    <t>Kataluniako ikerketa-taldeen jarduera zientifikoa laguntzeko laguntzen oinarri arautzaileetatik eratorritako deialdia (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>2026/02/10eko Ebazpena, Nekazaritza Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, 2026. urterako Munduko Oliba Olio Erakusketan (WOOE) nekazaritza elikagaien azokara joateko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886495</t>
+  </si>
+  <si>
+    <t>CMAV eta OTren 2026ko otsailaren 4ko Agindua, zeinaren bidez 2026. urterako konpentsazio-prima deitzen den, FEADERk kofinantzatua PEPAC Espainia 2023-2027 esparruan, nekazaritza-lurrak basoberritzeko espedienteetarako (1993-1999, 2000-2006 eta 2007-2013)</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887418</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, basogintzako teknologiak, basogintzako produktuen prozesamendua, mobilizazioa eta merkaturatzea inbertitzeko funtsak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
+  </si>
+  <si>
+    <t>Nekazaritzako ordainketa zuzenak 2023/2027</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888025</t>
+  </si>
+  <si>
+    <t>Larrerik gabeko ardi eta ahuntz hazleentzako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888029</t>
+  </si>
+  <si>
+    <t>Ume-hazkuntzako behien abeltzaintza estentsiboko hazleentzako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888038</t>
+  </si>
+  <si>
+    <t>Ardi eta ahuntz hazleentzako laguntzak haragi-ekoizleentzat</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888040</t>
+  </si>
+  <si>
+    <t>Esne-ekoizleentzako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888045</t>
+  </si>
+  <si>
+    <t>Ardi eta ahuntz esne-hazleentzako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888058</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 13ko AGINDUA, nekazaritza eta abeltzaintzari bi ordainketa zuzen aplikatzea eta kudeaketa eta kontrol sistema integratuaren menpeko landa garapenerako laguntzak arautzen dituena (MR250A, MR239G, MR239K, MR2 prozedura kodeak)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888126</t>
+  </si>
+  <si>
+    <t>2026ko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntzarik ez. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADISMONTA</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888167</t>
+  </si>
+  <si>
+    <t>2026ko Laguntza: Nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. zenbakiko deialdia (PEPAC 2023-2027) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888474</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 19ko EBAZPENA, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, Valentziako Komunitateko mahastiak berregituratu eta eraldatzeko laguntzen deialdia onartzen duena, amaitzen diren eragiketetarako.</t>
+  </si>
+  <si>
+    <t>2026-04-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888572</t>
+  </si>
+  <si>
+    <t>Nekazaritzako ekoizleek kontsumitzen duten gasolioaren prezioa estaltzeko laguntzak, 20/2022 Errege Lege Dekretuaren 24tik 27ra bitarteko artikuluak. 2025. urtea</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioaren Agindua, Murtziako Eskualdean mahastiak berregituratu eta bihurtzeko 2026. urterako laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888969</t>
+  </si>
+  <si>
+    <t>Nekazaritza Plangintzako Zuzendaritza Nagusiaren 2026ko otsailaren 20ko ebazpena, zeinaren bidez Ag-k izurriteen kudeaketa integratuan aholkularitza-zerbitzuak emateko laguntzak deitzen dituen, aurrerapen-izapidetze prozeduraren bidez.</t>
+  </si>
+  <si>
+    <t>2026-03-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889012</t>
+  </si>
+  <si>
+    <t>2026ko Aseguru Konbinatuaren Planean sartutako nekazaritza asegurua harpidetzeko oinarri arautzaileak eta diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890287</t>
+  </si>
+  <si>
+    <t>ETEentzako Berme Programaren Indartzea 2026. urtea MRR Erregelamendua (EB) 2023/2831 de minimis, Orokorra</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890292</t>
+  </si>
+  <si>
+    <t>ETEentzako Berme Programaren Indartzea 2026ko MRR Erregelamendua (EB) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890304</t>
+  </si>
+  <si>
+    <t>ETEentzako Berme Programaren Indartzea 2026 REG (EB) 1408/2013 de minimis, Nekazaritza</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890274</t>
+  </si>
+  <si>
+    <t>ETEentzako Berme Programaren Indartzea 2026 REG (EB) 1408/2013 de minimis, Nekazaritza, Berreskuratze eta Erresilientzia Funtzioa (RRF)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890279</t>
+  </si>
+  <si>
+    <t>ETEentzako Berme Programaren Indartzea 2026. urtea REG (EB) 2023/2831 de minimis, Orokorra</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890291</t>
+  </si>
+  <si>
+    <t>ETEentzako Berme Programaren Indartzea 2026ko 651/2014 Erregelamendua (EB) SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890300</t>
+  </si>
+  <si>
+    <t>2026tik aurrera merkataritza sektoreko ETEen lehiakortasuna hobetzeko diru-laguntzen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890314</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuko presidenteorde eta Lehendakaritza, Ekonomia eta Justizia ministroaren Agindua, enpresa txiki eta ertainentzako digitalizazio ekintzetarako laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta elikagaien sektoreko elkarte-erakundeentzako diru-laguntzak, Espainiako nekazaritza-elikagaien sektorearentzat interes bereziko jarduera espezifikoak egiteko, baita Europako esparruko erakundeetan integratzeko ere.</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890368</t>
+  </si>
+  <si>
+    <t>2026ko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntzarik ez. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>2026-06-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891006</t>
+  </si>
+  <si>
+    <t>2026ko Laguntza Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (7119 Esku-hartzea PEPAC), I. zk. Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891007</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 28ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo oilo erruleengan salmonellaren aurkako txertoa emateko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890367</t>
+  </si>
+  <si>
+    <t>Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioaren Agindua, Nekazaritzako Politika Bateratuaren Plan Estrategikoaren Esparruan Nekazari Gazteak Ezartzeko Laguntzen Deialdia onartzen duena, 2023-2027 Aldia</t>
+  </si>
+  <si>
+    <t>2026-05-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891315</t>
+  </si>
+  <si>
+    <t>2026ko Laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean egindako inbertsioetarako. Estatuko laguntzarik EZ. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>2026-06-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889842</t>
+  </si>
+  <si>
+    <t>2026ko Laguntza Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (7119 PEPAC esku-hartzea), I. zk. Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889844</t>
+  </si>
+  <si>
+    <t>Nekazaritza Plangintzako Zuzendaritza Nagusiaren ebazpena, zeinaren bidez 2026. urterako abeltzaintzako ustiategien irabazien galerak konpentsatzeko laguntzak iragartzen diren lehiaketa bidez, sakrifizio-agindua ezarri zaienetan.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890551</t>
+  </si>
+  <si>
+    <t>IND/8/2026 Agindua, otsailaren 25ekoa, kooperatibetan eta langileen sozietateetan enplegua sustatzeko eta lehiakortasuna hobetzeko diru-laguntzen deialdia onartzen duena. De Minimis Agricolari buruzko 1408/2013 Erregelamendua (EB).</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>2025eko otsailaren 27ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, enplegu-zentro berezietako jarduera profesionalen laguntza-unitateak finantzatzeko 2026. urterako diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>2026ko Laguntza: Nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. zenbakiko deialdia (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891005</t>
+  </si>
+  <si>
+    <t>2026ko Laguntza: Nekazaritza-produktuen prozesamendu eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. zk. deialdia (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889841</t>
+  </si>
+  <si>
+    <t>2026an Europa+hurbildu programaren esparruan, Navarrako enpresei laguntzak</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-10-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889671</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien sektoreko langileen sindikatuei laguntzak Estatuko Administrazio Orokorraren aurrean duten lankidetza- eta ordezkaritza-jarduerak garatzeko</t>
+  </si>
+  <si>
+    <t>2026-03-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890371</t>
+  </si>
+  <si>
+    <t>Basogintza pribatuaren sektorea sustatzeko ekintzetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890417</t>
+  </si>
+  <si>
+    <t>Landa Eremuetako Udal Zerbitzu Publikorako Eraikinen Energia Hobekuntzarako Laguntzak 2026. URTERAKO</t>
+  </si>
+  <si>
+    <t>2026-04-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890870</t>
+  </si>
+  <si>
+    <t>2026an nekazaritza-azpiegiturak obra berriak eraikitzeko eta hobetzeko udalei laguntzak emateko deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890665</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2026ko otsailaren 27ko Aginduaren laburpena, “Espainiako Elikagaien Ardo Onenenak, 2026ko urtekoa” saria iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890573</t>
+  </si>
+  <si>
+    <t>AGA/XXX/2026 AGINDUA, xxxx-ko XX-koa, Nekazaritza, Abeltzaintza eta Elikadura ministroarena, zeinaren bidez erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko diru-laguntzak deitzen diren, 2026. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 26ko Agindua, zeinaren bidez ezartzen diren Espainiako Nekazaritza Politika Bateratuaren 2023-2027 Plan Estrategikoaren esparruan, Europako Funtsak kofinantzatuta, nekazari gazteei zuzendutako laguntzen oinarri arautzaileak.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891035</t>
+  </si>
+  <si>
+    <t>2024an nekazaritza-elikagaien sektoreko industria-proiektuei laguntzeko deialdia, Nekazaritza-elikagaien Sektorearen Berreskurapen eta Eraldaketa Ekonomikorako Proiektu Estrategikoaren barruan, Berreskurapen, Eraldaketa eta Erresilientzia Planaren esparruan.</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>A LERROA GIZARTE INTERESEKOAK IZANDAKO INTERES OROKORREKO JARDUERAK GARATZEKO, ESTATUAREN ESKUMENDUKO GAIETAKO ZIENTZIA ETA TEKNIKA IKERKETA ETA INGURUMEN BABESAREN ARLOAN. 2024KO URTEKARIA.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>2023ko apirilaren 27ko Agindua, Nekazaritza, Arrantza eta Elikadura Ministerioarena, ekainaren 1eko 388/2021 Errege Dekretuaren diru-laguntzak iragartzen dituena, nekazaritza-elikagaien eta arrantza-sektorean SAECen bermeak lortzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>2023ko apirilaren 27ko Agindua, Nekazaritza, Arrantza eta Elikadura Ministerioarena, ekainaren 1eko 388/2021 Errege Dekretuak nekazaritza-elikagaien eta arrantza-sektorean SAECen bermeak lortzeko ezarritako diru-laguntzak iragartzen dituena. Nekazaritza-elikagaien industriaren sektorea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>44 nekazaritza aseguruen eskema konbinatuan sartutako barnealdeko akuikultura asegururako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>44 nekazaritza aseguruen eskema konbinatuan sartutako itsas akuikultura asegururako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>2023ko azaroaren 15eko Agindua, zeinaren bidez ekainaren 1eko 388/2021 Errege Dekretuaren diru-laguntzak deitzen diren nekazaritza-elikagaien eta arrantza-sektorean SAECen bermeak lortzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>45. nekazaritza aseguruen plan konbinatuan sartutako nekazaritza, abeltzaintza eta basogintzako aseguruetarako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>GENERALITATEAREN, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA MINISTERIOAREN ETA ALICANTEKO UNIBERTSITATEAREN ARTEKO HEZKUNTZA LANKIDETZA HITZARMENA, 2024. URTEAN ZEHAR DIRUZKUNDEKO PRESTAKUNTZA PRAKTIKAK EZARTZEKO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>2024ko maiatzaren 14ko Ebazpena, NBEFrena, zeinaren bidez PEPACen esparruan nekazaritza-elikagaien eta basogintzaren sektoreari zuzendutako eskualdez gaindiko aholkularitza-zerbitzuetarako diru-laguntzak aldez aurretik iragartzen diren.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>Apirilaren 29ko Agindua, zeinaren bidez Cultiva programarako 2024ko ekitaldirako eskaerak dei egiten diren, nekazari gazteentzako eredu-ustiategietako prestakuntza-egonaldiei buruzkoak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>Nekazaritza Makineria Flota Berritzeko Plan Nazionala (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>2024ko urriaren 30eko Agindua, MAPArena, ekainaren 1eko 388/2021 Errege Dekretuko diru-laguntzak deitzen dituena, nekazaritza-elikagaien eta arrantza-sektorean SAECAren bermeak lortzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>7/2024 Errege Lege Dekretuaren 26. artikuluak onartutako nekazaritzako makineria berritzeko aparteko laguntza</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 26ko MAPAren Agindua, zeinaren bidez martxoaren 15eko 4/2022 Errege Lege Dekretuaren 6. artikuluko diru-laguntzak onartzen diren, nekazaritza-ustiategien titularrei kredituen printzipala diruz laguntzeko (DANA 2024).</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko martxoaren 13ko Aginduaren laburpena, zeinaren bidez "Espainiako Elikagaien Ardo Onenenak, 2025ekoa" Saria iragartzen den.</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko martxoaren 17ko Aginduaren laburpena, zeinaren bidez “Espainiako Elikagaien Saria Adierazpen Geografikoa duen Edari Espiritutsu Onenarentzat, 2025. urtekoa” deitzen den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko apirilaren 7ko Aginduaren laburpena, zeinaren bidez "Espainiako Elikagaiak Urdaiazpiko Onenentzat" Saria iragartzen den, 2025. urtekoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 25eko Ebazpena, Espainiako Nekazaritza Berme Funtsarena (FEGA), nekazaritza-elikagaien eraldaketan, merkaturatzean edo garapenean inbertsio material edo immaterialetarako laguntzak eskatzen dituena PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Espainiako NEPBren Plan Estrategikoaren (PEPAC) esparruan, Nekazaritza Produktibitate eta Jasangarritasunerako Europako Berrikuntza Lankidetzaren (EIP-Agri) eskualdez gaindiko talde operatiboek interes orokorreko berrikuntza-proiektuak prestatu eta gauzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+  </si>
+  <si>
+    <t>Eskualde anitzeko prestakuntza programak 2025ean</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Nekazaritza Makineria Flota Berritzeko Plan Nazionala (PLAN RENOVE) 2025erako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
   </si>
   <si>
     <t>2025-07-18</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...20 lines deleted...]
-    <t>2025eko uztailaren 21eko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdeko Autonomia Erkidegoko erlezaintza sektoreko esku-hartze laguntzen 2025eko deialdia onartzen duena.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko otsailaren 3ko Aginduaren laburpena, “Espainiako Elikagaiak, 2025. urtea” Saria iragartzen duena</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Martxoaren 27ko Ebazpena, zeinaren bidez Cultiva programarako 2025eko ekitaldirako eskaerak dei egiten diren, nekazari gazteentzako eredu-ustiategietako prestakuntza-egonaldiei buruzkoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2026ko urtarrilaren 13ko Aginduaren laburpena, “Espainiako Elikagaiak, 2026. urtea” Saria iragartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 17ko Ebazpena, NBEGrena, zeinaren bidez erlezaintza sektorean eta haren produktuetan ISAren eta PEPACen esparruan ikerketa aplikatuko proiektuak egiteko aldez aurretiko diru-laguntzak iragartzen diren.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko NBEGaren Ebazpena, zeinaren bidez eskualdez gaindiko aholkularitza-zerbitzuetarako diru-laguntzak aldez aurretik deitzen diren PEPACen (PIV) esparruan.</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>DANA ekaitzak kaltetutako baserrietako azpiegitura produktiboei eragindako kalteak konpentsatzeko aparteko laguntza. C zerrenda.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>DANA ekaitzak kaltetutako baserrietako azpiegitura produktiboei eragindako kalteak konpentsatzeko aparteko laguntza. A zerrenda</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>46. Nekazaritza Aseguru Konbinatuaren Planean sartutako nekazaritza, abeltzaintza eta basogintzako aseguruetarako diru-laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Basamortuko nekazaritza-esku-hartze berritzailea bizibide erresilienteetarako (idfrl)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>2023 Filipinak. Palawanen iturri berriztagarrietatik elektrizitatearen hornidura.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Ekintzailetza, ikerketa eta berrikuntzaren bidez enplegua sortzen duten politika publikoentzako laguntza. Ekintzaile sortzailea izatea, II. fasea</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Etiopiako Nekazaritza Ministerioaren diru-laguntzen eskaerak egiteko deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 22ko Ebazpena, EPEren (CDTI) Garapen Teknologiko eta Berrikuntzarako Zentroaren Lehendakaritzarena, Zientzia eta Berrikuntza Misioetako I+G proiektuetarako 2025. urterako laguntza deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 24ko Agindua, zeinaren bidez onartzen den lankidetza publiko-pribatuko proiektuetarako 2025eko laguntza-deialdia (ikerketa-erakundeen jarduera ez-ekonomikoetarako laguntzak).</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>ICO Berme Lerroa Maila Altuetako Depresio Isolatuek Eragindako Kalteei Erantzun Plana (DANA) - III -. 2022/2472 (EB) Erregelamendua Nekazaritza Inbertsioa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>ICO Berme Lerroa Depresio Isolatuak Maila Altuetan Eragindako Kalteei Erantzun Plana (DANA) – IV - 2022/2472 (EB) Erregelamendua Nekazaritza Hondamendia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>ICO Berme Lerroa Depresio Isolatu Maila Altuetan Eragindako Kalteei Erantzun Plana (DANA) - 1408/2013 Erregelamendua (EB) – De Minimis Nekazaritza Sektorea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>"Ikasleen gaitasun digitala sustatzen duten hezkuntza-esperientzien lehen sari nazionalak"</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>Ez da berandutze-interesik sortuko lehenengo 6 hilabeteetan 6/2024 Errege Lege Dekretuaren 8.2 artikuluaren arabera zerga-zorraren ordainketa atzeratzeagatik. Nekazaritza. 2024. urtea</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>Nekazaritzako ekoizleek kontsumitzen duten gasolioaren prezioa estaltzeko laguntzak, 20/2022 Errege Lege Dekretuaren 24tik 27ra bitarteko artikuluak. 2024. urtea</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>2024an murriztea 7/2024 Errege Lege Dekretuaren 11. artikuluko Pertsona Fisikoen Errentaren gaineko Zergan zenbatespen objektiboaren metodoaren bidez kalkulatutako errenta garbia. Nekazaritza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>2024an murriztea 7/2024 Errege Legearen 11. artikuluko Balio Erantsiaren gaineko Zergaren erregimen sinplifikatuaren eragiketa arruntengatik sortutako kuotaren murrizketa. Nekazaritza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>Nekazaritza ETEentzako berme programaren indartzea 2024 mrr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>AEROESPAZIO ETA OSASUN SEKTORE AURREKONTUEKIN LOTUTAKO BERRIKUNTZA-LERRO ZUZENA, EUROPAKO BATASUNAK “NEXT GENERATION EU” FINANTZATUTAKO BERRESKURAPEN, ERALDAKETA ETA ERRESILIENTZIA PLANAREN ESPARRUAN</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>"Activa Startups" ekimenaren bidez berrikuntza irekia sustatzeko diru-laguntzen deialdia, Berreskuratze, Eraldaketa eta Erresilientzia Planaren esparruan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>2025erako laguntza-deialdia enpresa-talde berritzaileak laguntzeko, haien lehiakortasuna eta autonomia estrategikoan duten ekarpena hobetzeko.</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Andaluzian eta Extremaduran Nekazaritza Enplegua Sustatzeko Programa. 2024ko Enplegu Egonkorra Sortzeko Proiektuak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>SEPE-TOKIKO KORPORAZIOEN 2024KO DIRU-LAGUNTZAK NEKAZARITZAKO ENPLEGUA SUSTATZEKO PROGRAMAREN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>2024ko Nekazaritza Enplegua Sustatzeko Programa Diru-sarrerak Bermatzeko Proiektuetarako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>EOI Fundazioaren 2024ko apirilaren 30eko Ebazpena, FSP, PRTRren esparruan Ekintzailetza Ekosistema Berritzailea Sustatzeko Programaren barruan ekintzailetza berritzaile nazionalaren ekosistema sustatzeko laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>2024ko Nekazaritza Enplegua Sustatzeko Programa Enplegu Egonkorra Sortzen duten Proiektuetarako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Enplegua Sustatzeko Programa. Diru-sarrerak Bermatzeko Proiektuak 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>Andaluzian eta Extremaduran Nekazaritza Enplegua Sustatzeko Programa 2024 (Cadiz) - Enplegu egonkorra sortzen duten proiektuak</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>ESTATUA - LAN ETA GIZARTE EKONOMIA MINISTERIOA - CASTELLÓ/CASTELLÓKO SEPE ZUZENDARITZA PROBINTZIALA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa. Diru-sarrerak Bermatzeko Proiektuak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa Diru-sarrerak Bermatzeko Proiektuetarako</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa Enplegu Egonkorra Sortzen duten Proiektuetarako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ENPLEGUA SUSTATZEKO DIRU-LAGUNTZA PROGRAMA 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>LANDA-EREMU DEPRESIOETAN NEKAZARITZAKO ENPLEGUA SUSTATZEKO PROGRAMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>Nekazaritza Enplegua Sustatzeko Programa 2025 (Enplegu Egonkorra)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa (Diru-sarreren Bermea)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>2025eko Landa Eremu Deprimituetan Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>LANDA-EREMU DEPRESIOETAN NEKAZARITZAKO ENPLEGUA SUSTATZEKO PROGRAMA (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...641 lines deleted...]
-    <t>2025-04-29</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ENPLEGUA SUSTATZEKO JAÉN 2024KO PROGRAMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764318</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ENPLEGUA SUSTATZEKO DIRU-LAGUNTZA PROGRAMA CCE 2024 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763362</t>
+  </si>
+  <si>
+    <t>2024ko Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764051</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764127</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2023ko irailaren 28ko ebazpenaren gehigarria, zeinaren bidez IWF 2024 azokan taldeka parte hartzeko diru-laguntzen deialdia iragartzen den - Atlanta (AEB) 2024ko abuztuaren 6tik 9ra</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2023ko azaroaren 23ko ebazpena, Kind &amp; Jugend 2024 azokan - Kolonia (Alemania) 2024ko irailaren 3tik 5era - taldeka parte hartzeko diru-laguntzen deialdia iragartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2024ko urtarrilaren 25eko Ebazpena, zeinaren bidez IDEOBAIN-INTERCLIMA 2024 Parisen (Frantzia) 2024ko irailaren 30etik 2024ko urriaren 3ra bitartean taldeka parte hartzeko diru-laguntzen deialdia iragartzen den.</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2024ko urtarrilaren 25eko ebazpena, zeinaren bidez AMBn (Metal Lanaren Nazioarteko Erakusketa) Stuttgarten (Alemania) 2024ko irailaren 10etik 14ra taldeka parte hartzeko laguntzak emateko deia egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2024ko urtarrilaren 25eko Ebazpena, zeinaren bidez 2024ko irailaren 9tik 14ra bitartean Chicagon (AEB) egingo den IMTS (Nazioarteko Fabrikazio Teknologiaren Erakusketa) azokan taldeka parte hartzeko diru-laguntzen deialdia iragartzen den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2024ko urtarrilaren 25eko ebazpena, zeinaren bidez 2024ko urriaren 22tik 25era Hannoverren egingo den azokan (Nazioarteko Xafla Metalikoaren Lanerako Teknologiaren Erakusketa) taldeka parte hartzeko laguntzak emateko deia egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2024ko martxoaren 21eko Ebazpena, zeinaren bidez AGRIEXPO Azokan - Lima (PERU) - 2024ko urriaren 23tik 25era Taldeka Parte Hartzeko laguntzak emateko deia egiten den.</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2024ko apirilaren 25eko ebazpena, zeinaren bidez INTERSOLAR 2024 Azokan - Munich (ALEMANIA) - 2024ko ekainaren 19tik 21era Taldeka Parte Hartzeko laguntzak emateko deia egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>ICEX Espainia Esportazio eta Inbertsioen (EPE) 2024ko martxoaren 21eko ebazpena, zeinaren bidez SAUDI AGRICULTURE 2024 Azokan Taldeka Parte Hartzeko laguntzak emateko deia egiten den - Riyadh (SAUDI ARABIA) - 2024ko urriaren 21etik 24ra</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Enplegua Sustatzeko Programa. 2024an Enplegu Egonkorra Sortzen duten Proiektuak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>epe red.es-en ebazpena, zeinaren bidez ondasun-erkidegoen, merkataritza-xedeko sozietate zibilen, sozietate zibil profesionalen eta i, ii, iii segmentuko nekazaritza-ustiategien jabetza bateratuaren digitalizaziorako laguntzak eskatzen diren.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>Jabetza-erkidegoak, merkataritza-helburua duten sozietate zibilak, sozietate zibil profesionalak eta jabetza komuneko nekazaritza-ustiategiak digitalizatzeko laguntzen deialdiaren epe red.es ebazpena. i, ii, iii segmentuak. Nekazaritza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Jabetza-erkidegoak, merkataritza-helburua duten sozietate zibilak, sozietate zibil profesionalak eta nekazaritza-ustiategien jabetza komuneko jabetza digitalizatzeko laguntzen deialdiaren epe red.es ebazpena. i, ii, iii segmentuak. Arrantza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>Jabetza-erkidegoak, merkataritza-helburua duten sozietate zibilak, sozietate zibil profesionalak eta nekazaritza-ustiategien jabetza erkidea digitalizatzeko diru-laguntzen deialdiaren EPE Red.es-en ebazpena. I., II. eta III. segmentuak. SIEG sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>"UNICO Demanda Bono PYME" Konexio Bonuen Programaren deialdia. Nekazaritza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>EPE Red.es-en ebazpena, IV. segmentuko (50 eta 100 langile baino gutxiago) eta V. segmentuko (100 eta 250 langile baino gutxiago) enpresen digitalizaziorako diru-laguntzak iragartzen dituena. Kit Digitalaren Programa. Nekazaritza sektorea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>PRTRren esparruan ureztatzea digitalizatzeko laguntza programaren bigarren deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Biodibertsitate Fundazioaren eta Azti-Azti Fundazioaren arteko lankidetza-hitzarmena, LIFE15 IPE/ES/012 proiektuan sartutako ekintzak gauzatzeko, “Natura 2000 sarearen kudeaketa integratua, berritzailea eta parte-hartzailea itsas ingurunean”.</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Garapen Iraunkorreko Ministerioaren eta Biodibertsitate Fundazioaren arteko hitzarmena, LIFE15 IPE/ES/012 proiektuan sartutako ekintzak gauzatzeko, “Natura 20 sarearen kudeaketa integratua, berritzailea eta parte-hartzailea”</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Lankidetza-hitzarmena Biodibertsitate Fundazioaren eta Nekazaritza, Abeltzaintza, Arrantza eta Garapen Iraunkorreko Ministerioaren artekoa, Life proiektuan sartutako ekintzak gauzatzeko, zertzeta marmolatua (life19 nat/es/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>1. Programa Biltegiratzea duten nekazaritza-instalazioen proiektu berritzaileak (ENERGIA BERRIZTAGARRI BERRITZAILEAK), Europar Batasunak - Next Generation EU finantzatutako Berreskuratze, Eraldaketa eta Erresilientzia Planaren esparruan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>2025. URTEAN IRABAZI-ASMORIK GABEKO ERAKUNDEEK SUSTATUTAKO LURRALDE-ERALDAKETARAKO ETA BIZTANLERIA-HUSTEAREN AURKAKO BORROKARAKO PROIEKTU BERRITZAILEAK FINANTZATZEKO DIRU-LAGUNTZAK DEITZEN DITUEN AGINDUA</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA-PRODUKZIOAREN ERALDAKETAN ETA BESTE INBERTSIO BATZUETAN INBERTSIOAK SUSTATZEKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>INGURUMEN HELBURUAK DITUZTEN INBERTSIO LAGUNTZA NEKAZARITZA ETA ELIKAGAIEN INDUSTRIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Nekazari berriak lanean hasteko laguntzak. 2025eko deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>INBERTSIOETARAKO, MODERNIZAZIORAKO ETA/EDO NEKAZARITZA-USTIAIEN HOBEKUNTZARAKO LAGUNTZAK 2025EAN</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>Eztiaren ekoizpenerako eta merkaturatzeko laguntzak, 2025. urtea, FEAGA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>2025eko apirilaren 22ko Ebazpena, Idazkaritza Nagusiarena, zeinaren bidez 2025erako nekazaritza-erakunde profesionalei eta irabazi-asmorik gabeko elkarte-erakundeei laguntzak emateko deialdia egiten den, lehia-erregimenean.</t>
-[...206 lines deleted...]
-    <t>ARRANTZA PRODUKTUEN SUSTAPENERAKO, PROZESAMENDURAKO ETA MERKATURATZERAKO LAGUNTZAK</t>
+    <t>ARRAIN PRODUKTUEN SUSTAPENERAKO, PROZESAMENDURAKO ETA MERKATURATZERAKO LAGUNTZA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
   </si>
   <si>
-    <t>2025eko maiatzaren 15eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, 2025eko urterako Plan Estrategikoaren landa-garapeneko esku-hartzeen esparruan lankidetzarako laguntzak deitzen dituena</t>
-[...95 lines deleted...]
-    <t>FEADERek nekazaritza-lurrak basoberritzea sustatzeko laguntzak, Madril 2025</t>
+    <t>Madrilgo Erkidegoko nekazaritza-lurren basoberritzea sustatzeko FEADERren laguntza 2025ean</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>ENPRESEI LAGUNTZA NEKAZARITZA, SARITASUNA, BASO ETA INDUSTRIA GARAPENA, INBERTSIO PROIEKTUA 2025</t>
-[...1769 lines deleted...]
-    <t>2025-06-10</t>
+    <t>FEADER.NEKAZARITZA ETA ABELTZAINTZA ORGANIKOARENTZAKO LAGUNTZA.PEPAC.PROG 2025-29 ETA URTEKOA</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo arraza garbiko zaldien hazkuntza sustatzeko eta erregistro genealogikoetan izena emateko diru-laguntzak iragartzen dituena.</t>
-[...326 lines deleted...]
-    <t>FEADERren LAGUNTZA NEKAZARI GAZTEAK EKARTZEKO, 2025EKO DEIALDIA</t>
+    <t>FEADERren LAGUNTZA BASERRIAN SARTZEN DIREN NEKAZARI GAZTEENTZAT - 2025EKO ESKABIDEEN DEIALDIA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>AGA/685/2025 AGINDUA, ekainaren 23koa, 2025ean izandako euriteen ondorioz nekazaritza-ekoizpenean eta azpiegituretan izandako kalteen ondoriozko laguntzak emateko oinarri arautzaileak eta deialdia onartzen dituena.</t>
-[...776 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+    <t>2025eko abenduaren 30eko Aginduak ondare natural eta kulturalaren eta sentikortasunaren kontserbazio, berreskurapen eta birgaitzearekin lotutako ikerketa eta inbertsioetarako 2026. urterako laguntza-deialdirako oinarri arautzaileak ezartzen ditu.</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Baso-berritzea, trufa eta pinu-ekoizpena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886505</t>
+  </si>
+  <si>
+    <t>2026/02/10eko Ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez Espainiako bertako arrazak sustatzeko 2026. urterako diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886491</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 9ko Ebazpena, apirilaren 8ko Aginduan aurreikusitako aholkularitza-zerbitzuak emateko (7202.06 esku-hartzea. nekazari gazteentzako aholkularitza) laguntzak 2026. urterako deitzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886458</t>
+  </si>
+  <si>
+    <t>2026. urterako lur pribatuetan baso-kudeaketa jasangarrirako laguntzak eskatzeko deialdia, baso-kalteak leheneratzeko.</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886517</t>
+  </si>
+  <si>
+    <t>Basoen kudeaketa jasangarrian ekosistemen zerbitzuak sustatzea.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885626</t>
+  </si>
+  <si>
+    <t>2026/02/05eko Ebazpena, Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiarena, zeinaren bidez Gaztela-Mantxako Nekazaritza Politika Bateratuaren (Pepac) Plan Estrategikoaren esparruan Erlezaintzako Sektore Esku-hartzearen laguntzarako deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885714</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, baso-produktuen balorizaziorako, bigarren eraldaketarako eta ekoberrikuntzarako eta baso-produktuen bigarren eraldaketa eta ekoberrikuntza digitalizatzeko laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 31ko Ebazpena, basogintza sektorearen ezagutza eta lehiakortasuna sustatzen duten prestakuntza-jarduera ez-arautu eta zabalkunde-jarduerak antolatzeko diru-laguntzak ezartzen eta iragartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako jabeei, egin mugimenduak abeltzaintzako bideetatik, bereziki natur bideetan.</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885888</t>
+  </si>
+  <si>
+    <t>2026-2028 urteetarako agrobasogintzako paisaia-proiektu erresilienteetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>2026rako, 2025eko ekitaldirako, gizarte-bazterketa arriskuan dauden taldeen enplegua hobetzeko eta lan-merkatuan integratzeko ekintzak gauzatzeko gizarte-enpresei 2. lerroaren araberako diru-laguntzak emateko deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Agindua, laneko berdintasuna, bizitza pertsonala eta profesionala orekatzea eta gizarte-erantzukizun korporatiboa (GEK) ezartzeko Laguntza Programaren arautze-esparrua ezartzen duena, eta 2026. urterako eskabide-deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
   </si>
   <si>
     <t>2025eko abenduaren 30eko Ebazpena, lehiakortasunean enpresa-berrikuntza sustatzeko IA360 laguntzak emateko oinarri arautzaileak onartzen dituena (IG408M)</t>
   </si>
   <si>
-    <t>2026-01-17</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-03-17</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
   </si>
   <si>
-    <t>2025eko abenduaren 30eko Ebazpena, Galiziako enpresen berrikuntza-ahalmena hobetzeko 2026-2027rako lehiaketa-sistema baten bidezko laguntzen oinarri arautzaileei buruzkoa (IG408L)</t>
-[...3539 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+    <t>2025eko abenduaren 29ko Ebazpena, Galiziako Kontsumo eta Lehiakortasun Institutuarena, 2026. urtean zehar informazio, bitartekaritza, aholkularitza eta laguntza ekintzak egiteko elkarteei laguntzak emateko deia egiten duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 27ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leonen esne-errendimenduaren kontrol ofizialerako jardueretarako 2026. urterako laguntzak emateko deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890132</t>
+  </si>
+  <si>
+    <t>Fruitu lehorren sektoreko nekazaritza-ustiategietan inbertsioetarako diru-laguntzak. 2027ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2027-05-03</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892725</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 9ko Ebazpena, Landa Gaietarako eta Nekazaritza Politikarako Ministerioarena, zeinaren bidez nekazaritza eta abeltzaintzarako zuzeneko ordainketa moduan esku-hartzeen eta Landa Garapenerako Esku-hartzeen laguntzak onartzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2026 - NEKAZARITZA ERAKUNDE PROFESIONALAK (Mallorcako egoitza)</t>
+  </si>
+  <si>
+    <t>2026-05-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891942</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2026.- NEKAZARITZA ERAKUNDE PROFESIONALAK (Menorcako egoitza)</t>
+  </si>
+  <si>
+    <t>2026-05-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891944</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2026ko martxoaren 9ko Aginduaren laburpena, zeinaren bidez "Espainiako Elikagaien Saria Adierazpen Geografikoa duen Edari Espiritutsu Onenarentzat, 2026. urtekoa" iragartzen den.</t>
+  </si>
+  <si>
+    <t>2026-04-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892012</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 9ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Eskualde Kontseiluarena, zeinaren bidez zuzeneko ordainketa moduko esku-hartzeen eta Landa Garapenerako Esku-hartzeen araberako laguntza-eskaeren deialdia iragartzen den. 2026ko Hitzarmena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Nekazaritza Ekoizpenaren Eraldaketan Inbertsioak Sustatzeko Laguntzak, Beste Inbertsio Batzuk, Minimis Inbertsioa</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892711</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Eraldaketa eta Ekoizpen Erakundeetan Inbertsioak Sustatzeko Laguntzak. Minimis Elkartea</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892712</t>
+  </si>
+  <si>
+    <t>Fruitu lehorren sektoreko nekazaritza-ustiategietan inbertsioetarako diru-laguntzak. 2026ko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892719</t>
+  </si>
+  <si>
+    <t>2026. URTERAKO Erlezaintzako Sektoreko Esku-hartzearen Esparruan Eztiaren Ekoizpen eta Merkaturatzerako Laguntzen Deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>2026ko deialdia Espainiako Nekazaritza Politika Bateratuaren Plan Estrategikoaren (PEPAC) 2023-2027 laguntza-lerrorako, “6501.4 - Murtziako Eskualdeko Autonomia Erkidegoan biodibertsitaterako erlezaintza” izenekoa.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892923</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 13ko Ebazpena, 2025eko apirilaren 9ko Diru-laguntzen Agindua, 4.2 lerroa. Lan-merkatu arrunteko enpresa pribatuei diru-laguntzak, Nekazaritzako De Minimis ibilbidea amaitu eta ondorengo hiru hilabeteetan kontratatzen duten parte-hartzaile bakoitzeko.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Aragoiko babestutako naturaguneen eragin sozioekonomikoko eremuetan gauzatuko diren ekintza ez-produktiboetan aktibo fisikoetan inbertsioetarako diru-laguntzak, Nekazaritza Politika Bateratuaren Plan Estrategikoaren, PEPAC 23-27 esparruan.</t>
+  </si>
+  <si>
+    <t>2026-04-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893201</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893304</t>
+  </si>
+  <si>
+    <t>Nekazaritza Ekoizpenaren Eraldaketan eta Beste Sektore Batzuetan Inbertsioak Sustatzeko Laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893306</t>
+  </si>
+  <si>
+    <t>Basogintzako ekintzak, baso-bideen sarearen hobekuntza eta agrobasogintzako ekintzak.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8363,66 +8222,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1015"/>
+  <dimension ref="A1:H988"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H1015"/>
+      <selection activeCell="A1" sqref="A1:H988"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="555.579" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="332.633" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -8436,25525 +8295,25181 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>132</v>
+        <v>76</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>146</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>191</v>
+        <v>179</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="C64" s="1"/>
       <c r="D64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>203</v>
+        <v>176</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>212</v>
+        <v>198</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>213</v>
+        <v>199</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="C67" s="1"/>
       <c r="D67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="C68" s="1"/>
       <c r="D68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="C69" s="1"/>
       <c r="D69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>221</v>
+        <v>208</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>222</v>
+        <v>209</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C70" s="1"/>
       <c r="D70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="C71" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="D71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>230</v>
+        <v>217</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G73" s="1"/>
+      <c r="G73" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>240</v>
+        <v>218</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>242</v>
+        <v>229</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>243</v>
+        <v>221</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>244</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>245</v>
+        <v>231</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>246</v>
+        <v>232</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>247</v>
+        <v>233</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="C78" s="1"/>
+        <v>235</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>236</v>
+      </c>
       <c r="D78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>227</v>
+        <v>240</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>253</v>
+        <v>241</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>255</v>
+        <v>243</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>203</v>
+        <v>240</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>203</v>
+        <v>240</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>236</v>
+        <v>251</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>236</v>
+        <v>259</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>262</v>
+        <v>12</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>262</v>
+        <v>12</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="C91" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>262</v>
+        <v>12</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>57</v>
+        <v>282</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G93" s="1"/>
       <c r="H93" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>85</v>
+        <v>286</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="G94" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G94" s="1"/>
+      <c r="H94" s="1" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>239</v>
+        <v>286</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>239</v>
+        <v>286</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>239</v>
+        <v>286</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G99" s="1"/>
       <c r="H99" s="1" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G101" s="1"/>
       <c r="H101" s="1" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G103" s="1"/>
       <c r="H103" s="1" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G104" s="1"/>
       <c r="H104" s="1" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G106" s="1"/>
       <c r="H106" s="1" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G107" s="1"/>
       <c r="H107" s="1" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G108" s="1"/>
       <c r="H108" s="1" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G109" s="1"/>
       <c r="H109" s="1" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G110" s="1"/>
       <c r="H110" s="1" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G111" s="1"/>
       <c r="H111" s="1" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>334</v>
+        <v>159</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G112" s="1"/>
       <c r="H112" s="1" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G113" s="1"/>
       <c r="H113" s="1" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G114" s="1"/>
       <c r="H114" s="1" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="C115" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D115" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G115" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H115" s="1" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="C116" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>287</v>
+        <v>12</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C117" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D117" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G117" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H117" s="1" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C118" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="C119" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="C120" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>358</v>
+        <v>213</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>359</v>
+        <v>214</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-      <c r="C122" s="1"/>
+        <v>353</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>354</v>
+      </c>
       <c r="D122" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="F122" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G122" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="C124" s="1"/>
+        <v>361</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>362</v>
+      </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G125" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H125" s="1" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="B126" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H126" s="1" t="s">
         <v>371</v>
-      </c>
-[...14 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>9</v>
+        <v>374</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>382</v>
+        <v>40</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>386</v>
+        <v>63</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>201</v>
+        <v>380</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G129" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H129" s="1" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G131" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H131" s="1" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D132" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>198</v>
+        <v>24</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>175</v>
+        <v>406</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>175</v>
+        <v>413</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>379</v>
+        <v>420</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>9</v>
+        <v>421</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B141" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D141" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B142" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H142" s="1" t="s">
         <v>428</v>
-      </c>
-[...16 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="B143" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D143" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>393</v>
+        <v>438</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>396</v>
+        <v>361</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>396</v>
+        <v>446</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>446</v>
+        <v>213</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="C149" s="1"/>
       <c r="D149" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="C150" s="1" t="s">
         <v>452</v>
       </c>
+      <c r="C150" s="1"/>
       <c r="D150" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>262</v>
+        <v>24</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="C151" s="1"/>
       <c r="D151" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="C152" s="1" t="s">
         <v>459</v>
       </c>
+      <c r="C152" s="1"/>
       <c r="D152" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
         <v>461</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>445</v>
+        <v>462</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>446</v>
+        <v>463</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>445</v>
+        <v>466</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>446</v>
+        <v>466</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>175</v>
+        <v>470</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>198</v>
+        <v>24</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G156" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H156" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G157" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H157" s="1" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G158" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H158" s="1" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>434</v>
+        <v>143</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>372</v>
+        <v>489</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>372</v>
+        <v>493</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>483</v>
+        <v>494</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>175</v>
+        <v>412</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>404</v>
+        <v>496</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>399</v>
+        <v>500</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G163" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H163" s="1" t="s">
-        <v>488</v>
+        <v>501</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>489</v>
+        <v>502</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>414</v>
+        <v>504</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>9</v>
+        <v>507</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>496</v>
+        <v>99</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>438</v>
+        <v>510</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>499</v>
+        <v>459</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>503</v>
+        <v>459</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>504</v>
+        <v>214</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>505</v>
+        <v>516</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>506</v>
+        <v>517</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>414</v>
+        <v>275</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>180</v>
+        <v>518</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G169" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H169" s="1" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>408</v>
+        <v>522</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>201</v>
+        <v>526</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>139</v>
+        <v>31</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>175</v>
+        <v>481</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>421</v>
+        <v>532</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>383</v>
+        <v>533</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>227</v>
+        <v>31</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>517</v>
+        <v>534</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>421</v>
+        <v>536</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>519</v>
+        <v>537</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>227</v>
+        <v>31</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>520</v>
+        <v>538</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>521</v>
+        <v>539</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>414</v>
+        <v>540</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>400</v>
+        <v>541</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>522</v>
+        <v>542</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>523</v>
+        <v>543</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>524</v>
+        <v>544</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>525</v>
+        <v>545</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>526</v>
+        <v>546</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>527</v>
+        <v>547</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>528</v>
+        <v>548</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>400</v>
+        <v>549</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>529</v>
+        <v>550</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>530</v>
+        <v>551</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>9</v>
+        <v>510</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>469</v>
+        <v>552</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>531</v>
+        <v>553</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>535</v>
+        <v>557</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>536</v>
+        <v>558</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>537</v>
+        <v>559</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>538</v>
+        <v>214</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>540</v>
+        <v>561</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>541</v>
+        <v>239</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>542</v>
+        <v>417</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>543</v>
+        <v>562</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>544</v>
+        <v>563</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>258</v>
+        <v>445</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>545</v>
+        <v>564</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>546</v>
+        <v>565</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>547</v>
+        <v>566</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>548</v>
+        <v>567</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>551</v>
+        <v>570</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>556</v>
+        <v>575</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>557</v>
+        <v>576</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>558</v>
+        <v>573</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>549</v>
+        <v>574</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>559</v>
+        <v>577</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>560</v>
+        <v>578</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>561</v>
+        <v>442</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>562</v>
+        <v>579</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="B188" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>567</v>
+        <v>583</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>571</v>
+        <v>585</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>573</v>
+        <v>591</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>581</v>
+        <v>592</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>591</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="C195" s="1"/>
       <c r="D195" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>25</v>
+        <v>603</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>598</v>
+        <v>143</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>599</v>
+        <v>387</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>598</v>
+        <v>609</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>562</v>
+        <v>402</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>570</v>
+        <v>617</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>599</v>
+        <v>621</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>610</v>
+        <v>99</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>613</v>
+        <v>259</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>565</v>
+        <v>99</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>549</v>
+        <v>259</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>584</v>
+        <v>628</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>620</v>
+        <v>36</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>566</v>
+        <v>552</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>592</v>
+        <v>239</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>631</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>555</v>
+        <v>434</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>633</v>
+        <v>589</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>53</v>
+        <v>590</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>634</v>
+        <v>591</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>53</v>
+        <v>559</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>570</v>
+        <v>643</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>610</v>
+        <v>646</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>584</v>
+        <v>647</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>642</v>
+        <v>609</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>591</v>
+        <v>445</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>592</v>
+        <v>564</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>647</v>
+        <v>63</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>634</v>
+        <v>655</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>57</v>
+        <v>603</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>584</v>
+        <v>658</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>650</v>
+        <v>31</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>584</v>
+        <v>655</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>650</v>
+        <v>31</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>659</v>
+        <v>412</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>634</v>
+        <v>667</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>662</v>
+        <v>412</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>662</v>
+        <v>567</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>634</v>
+        <v>49</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>135</v>
+        <v>473</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>670</v>
+        <v>49</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>673</v>
+        <v>48</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>674</v>
+        <v>49</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>592</v>
+        <v>276</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>679</v>
+        <v>63</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>680</v>
+        <v>655</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>684</v>
+        <v>189</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>595</v>
+        <v>692</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>57</v>
+        <v>695</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>584</v>
+        <v>696</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C230" s="1"/>
+        <v>361</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>362</v>
+      </c>
       <c r="D230" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>566</v>
+        <v>706</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>604</v>
+        <v>709</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>701</v>
+        <v>533</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>656</v>
+        <v>713</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>662</v>
+        <v>716</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>701</v>
+        <v>717</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>561</v>
+        <v>716</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>555</v>
+        <v>717</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>710</v>
+        <v>721</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>561</v>
+        <v>716</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>555</v>
+        <v>717</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>711</v>
+        <v>722</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>712</v>
+        <v>723</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>713</v>
+        <v>383</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>598</v>
+        <v>724</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>714</v>
+        <v>725</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>715</v>
+        <v>726</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>713</v>
+        <v>383</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>598</v>
+        <v>724</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>713</v>
+        <v>729</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>598</v>
+        <v>730</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>718</v>
+        <v>731</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>719</v>
+        <v>732</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>722</v>
+        <v>733</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>57</v>
+        <v>729</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>584</v>
+        <v>730</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B243" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="B243" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>569</v>
+        <v>729</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>741</v>
+        <v>729</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>577</v>
+        <v>730</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>744</v>
+        <v>485</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>598</v>
+        <v>749</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>747</v>
+        <v>485</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>598</v>
+        <v>749</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="B250" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D250" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>687</v>
+        <v>757</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G251" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H251" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G252" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H252" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>687</v>
+        <v>764</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G253" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H253" s="1" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G254" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H254" s="1" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>753</v>
+        <v>770</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G255" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H255" s="1" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>753</v>
+        <v>774</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G256" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H256" s="1" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>753</v>
+        <v>778</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>761</v>
+        <v>779</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G257" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H257" s="1" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>753</v>
+        <v>778</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>761</v>
+        <v>779</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G258" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H258" s="1" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>771</v>
+        <v>783</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>753</v>
+        <v>784</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>761</v>
+        <v>785</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G259" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H259" s="1" t="s">
-        <v>772</v>
+        <v>786</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>773</v>
+        <v>787</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>753</v>
+        <v>788</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>761</v>
+        <v>788</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G260" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H260" s="1" t="s">
-        <v>774</v>
+        <v>789</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>775</v>
+        <v>790</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>753</v>
+        <v>788</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>761</v>
+        <v>788</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G261" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H261" s="1" t="s">
-        <v>776</v>
+        <v>791</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>777</v>
+        <v>792</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>753</v>
+        <v>788</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>761</v>
+        <v>788</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G262" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H262" s="1" t="s">
-        <v>778</v>
+        <v>793</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>779</v>
+        <v>794</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>753</v>
+        <v>466</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>761</v>
+        <v>466</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G263" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H263" s="1" t="s">
-        <v>780</v>
+        <v>795</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>781</v>
+        <v>796</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>753</v>
+        <v>503</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>687</v>
+        <v>504</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G264" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H264" s="1" t="s">
-        <v>782</v>
+        <v>797</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>783</v>
+        <v>798</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>753</v>
+        <v>706</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>687</v>
+        <v>799</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G265" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H265" s="1" t="s">
-        <v>784</v>
+        <v>800</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>785</v>
+        <v>801</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>753</v>
+        <v>802</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>687</v>
+        <v>803</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G266" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H266" s="1" t="s">
-        <v>786</v>
+        <v>804</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>753</v>
+        <v>806</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>788</v>
+        <v>807</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G267" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H267" s="1" t="s">
-        <v>789</v>
+        <v>808</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>791</v>
+        <v>682</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>319</v>
+        <v>810</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G268" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H268" s="1" t="s">
-        <v>792</v>
+        <v>811</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>793</v>
+        <v>812</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>791</v>
+        <v>567</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>319</v>
+        <v>474</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G269" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H269" s="1" t="s">
-        <v>794</v>
+        <v>813</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>795</v>
+        <v>814</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>791</v>
+        <v>815</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>319</v>
+        <v>816</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G270" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H270" s="1" t="s">
-        <v>796</v>
+        <v>817</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>797</v>
+        <v>818</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>791</v>
+        <v>819</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>319</v>
+        <v>276</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G271" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H271" s="1" t="s">
-        <v>798</v>
+        <v>820</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>791</v>
+        <v>819</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>319</v>
+        <v>276</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G272" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H272" s="1" t="s">
-        <v>800</v>
+        <v>822</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>801</v>
+        <v>823</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>791</v>
+        <v>510</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>319</v>
+        <v>552</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G273" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H273" s="1" t="s">
-        <v>802</v>
+        <v>824</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>803</v>
+        <v>825</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>791</v>
+        <v>510</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>319</v>
+        <v>552</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G274" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H274" s="1" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>805</v>
+        <v>827</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>791</v>
+        <v>510</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>319</v>
+        <v>552</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>806</v>
+        <v>828</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>807</v>
+        <v>829</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>43</v>
+        <v>774</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>808</v>
+        <v>830</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>809</v>
+        <v>831</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>810</v>
+        <v>832</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>811</v>
+        <v>213</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>812</v>
+        <v>214</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G277" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H277" s="1" t="s">
-        <v>813</v>
+        <v>833</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>814</v>
+        <v>834</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>815</v>
+        <v>213</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>816</v>
+        <v>214</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G278" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H278" s="1" t="s">
-        <v>817</v>
+        <v>835</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>818</v>
+        <v>836</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>816</v>
+        <v>838</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G279" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H279" s="1" t="s">
-        <v>819</v>
+        <v>839</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>820</v>
+        <v>840</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>815</v>
+        <v>841</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>816</v>
+        <v>842</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G280" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H280" s="1" t="s">
-        <v>821</v>
+        <v>843</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>822</v>
+        <v>844</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>815</v>
+        <v>845</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>816</v>
+        <v>846</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G281" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H281" s="1" t="s">
-        <v>823</v>
+        <v>847</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>824</v>
+        <v>848</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>815</v>
+        <v>845</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>816</v>
+        <v>846</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G282" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H282" s="1" t="s">
-        <v>825</v>
+        <v>849</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>826</v>
+        <v>850</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>827</v>
+        <v>851</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>753</v>
+        <v>730</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>828</v>
+        <v>852</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>829</v>
+        <v>853</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>123</v>
+        <v>854</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>537</v>
+        <v>380</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G284" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H284" s="1" t="s">
-        <v>830</v>
+        <v>855</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>831</v>
+        <v>856</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>123</v>
+        <v>854</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>537</v>
+        <v>380</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G285" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H285" s="1" t="s">
-        <v>832</v>
+        <v>857</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>663</v>
+        <v>859</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>834</v>
+        <v>860</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G286" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H286" s="1" t="s">
-        <v>835</v>
+        <v>861</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>836</v>
+        <v>862</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>753</v>
+        <v>863</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>687</v>
+        <v>864</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G287" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H287" s="1" t="s">
-        <v>837</v>
+        <v>865</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>838</v>
+        <v>866</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>753</v>
+        <v>867</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>687</v>
+        <v>868</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G288" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H288" s="1" t="s">
-        <v>839</v>
+        <v>869</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>840</v>
+        <v>870</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>753</v>
+        <v>867</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>687</v>
+        <v>868</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G289" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H289" s="1" t="s">
-        <v>841</v>
+        <v>871</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>842</v>
+        <v>872</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>753</v>
+        <v>867</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>687</v>
+        <v>868</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G290" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H290" s="1" t="s">
-        <v>843</v>
+        <v>873</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>844</v>
+        <v>874</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>753</v>
+        <v>875</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>687</v>
+        <v>466</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G291" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H291" s="1" t="s">
-        <v>845</v>
+        <v>876</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>846</v>
+        <v>877</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>753</v>
+        <v>878</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>687</v>
+        <v>879</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G292" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H292" s="1" t="s">
-        <v>847</v>
+        <v>880</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>848</v>
+        <v>881</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>753</v>
+        <v>882</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>687</v>
+        <v>883</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>849</v>
+        <v>884</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>850</v>
+        <v>885</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>753</v>
+        <v>886</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>687</v>
+        <v>717</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G294" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H294" s="1" t="s">
-        <v>851</v>
+        <v>887</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
-        <v>852</v>
+        <v>888</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>753</v>
+        <v>806</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>687</v>
+        <v>889</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G295" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H295" s="1" t="s">
-        <v>853</v>
+        <v>890</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>854</v>
+        <v>891</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>753</v>
+        <v>892</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>687</v>
+        <v>893</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G296" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H296" s="1" t="s">
-        <v>855</v>
+        <v>894</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>856</v>
+        <v>895</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>753</v>
+        <v>896</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>687</v>
+        <v>897</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G297" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H297" s="1" t="s">
-        <v>857</v>
+        <v>898</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>858</v>
+        <v>899</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>753</v>
+        <v>259</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>687</v>
+        <v>647</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G298" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>859</v>
+        <v>900</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>860</v>
+        <v>901</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>753</v>
+        <v>40</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>687</v>
+        <v>236</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G299" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H299" s="1" t="s">
-        <v>861</v>
+        <v>902</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>862</v>
+        <v>903</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>753</v>
+        <v>60</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>687</v>
+        <v>655</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G300" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H300" s="1" t="s">
-        <v>863</v>
+        <v>904</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>864</v>
+        <v>905</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>753</v>
+        <v>40</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>687</v>
+        <v>259</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G301" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H301" s="1" t="s">
-        <v>865</v>
+        <v>906</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>866</v>
+        <v>907</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>753</v>
+        <v>40</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>687</v>
+        <v>276</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>867</v>
+        <v>908</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>868</v>
+        <v>909</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>753</v>
+        <v>910</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>687</v>
+        <v>911</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G303" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>869</v>
+        <v>912</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>870</v>
+        <v>913</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>753</v>
+        <v>914</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>761</v>
+        <v>915</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>871</v>
+        <v>916</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>872</v>
+        <v>917</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>753</v>
+        <v>918</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>761</v>
+        <v>597</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G305" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>873</v>
+        <v>919</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>874</v>
+        <v>920</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>753</v>
+        <v>921</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>788</v>
+        <v>922</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G306" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H306" s="1" t="s">
-        <v>875</v>
+        <v>923</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>876</v>
+        <v>924</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>877</v>
+        <v>620</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>538</v>
+        <v>655</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>878</v>
+        <v>925</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>879</v>
+        <v>926</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>880</v>
+        <v>927</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>881</v>
+        <v>928</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>882</v>
+        <v>929</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
-        <v>883</v>
+        <v>930</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>880</v>
+        <v>931</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>881</v>
+        <v>655</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>884</v>
+        <v>932</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>885</v>
+        <v>933</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>886</v>
+        <v>934</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>592</v>
+        <v>935</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>887</v>
+        <v>936</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>888</v>
+        <v>937</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>255</v>
+        <v>938</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>889</v>
+        <v>324</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>890</v>
+        <v>939</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>891</v>
+        <v>940</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>604</v>
+        <v>941</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>892</v>
+        <v>942</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>893</v>
+        <v>943</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>894</v>
+        <v>944</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>533</v>
+        <v>324</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>599</v>
+        <v>259</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>895</v>
+        <v>945</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>896</v>
+        <v>946</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>897</v>
+        <v>361</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>584</v>
+        <v>947</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>898</v>
+        <v>948</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>899</v>
+        <v>949</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>565</v>
+        <v>950</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>592</v>
+        <v>951</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>900</v>
+        <v>952</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>901</v>
+        <v>953</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>548</v>
+        <v>954</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>584</v>
+        <v>955</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>902</v>
+        <v>956</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>903</v>
+        <v>937</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>561</v>
+        <v>449</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>904</v>
+        <v>647</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>905</v>
+        <v>957</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
-        <v>906</v>
+        <v>958</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>583</v>
+        <v>276</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>907</v>
+        <v>647</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>908</v>
+        <v>959</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
-        <v>909</v>
+        <v>960</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>57</v>
+        <v>961</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>910</v>
+        <v>276</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>911</v>
+        <v>962</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>912</v>
+        <v>963</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>57</v>
+        <v>964</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>910</v>
+        <v>965</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>913</v>
+        <v>966</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
-        <v>914</v>
+        <v>967</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>57</v>
+        <v>968</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>910</v>
+        <v>279</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>915</v>
+        <v>969</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>916</v>
+        <v>970</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>57</v>
+        <v>971</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>584</v>
+        <v>972</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>917</v>
+        <v>973</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>918</v>
+        <v>974</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>57</v>
+        <v>975</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>584</v>
+        <v>976</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>919</v>
+        <v>977</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
-        <v>920</v>
+        <v>978</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>57</v>
+        <v>979</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>910</v>
+        <v>384</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>921</v>
+        <v>980</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
-        <v>922</v>
+        <v>981</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>57</v>
+        <v>401</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>634</v>
+        <v>392</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H325" s="1" t="s">
-        <v>923</v>
+        <v>982</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
-        <v>924</v>
+        <v>983</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>812</v>
+        <v>984</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>584</v>
+        <v>235</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>925</v>
+        <v>985</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
-        <v>926</v>
+        <v>986</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>927</v>
+        <v>485</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>929</v>
+        <v>987</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
-        <v>930</v>
+        <v>988</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>931</v>
+        <v>647</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>400</v>
+        <v>989</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>932</v>
+        <v>990</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
-        <v>933</v>
+        <v>991</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>673</v>
+        <v>992</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>934</v>
+        <v>993</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>935</v>
+        <v>994</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
-        <v>936</v>
+        <v>995</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>877</v>
+        <v>996</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>642</v>
+        <v>997</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>937</v>
+        <v>998</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
-        <v>938</v>
+        <v>999</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>569</v>
+        <v>1000</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>939</v>
+        <v>1001</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>940</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
-        <v>941</v>
+        <v>1003</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>641</v>
+        <v>365</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>592</v>
+        <v>717</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>942</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
-        <v>943</v>
+        <v>1005</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>944</v>
+        <v>239</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>592</v>
+        <v>236</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H333" s="1" t="s">
-        <v>945</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
-        <v>946</v>
+        <v>1007</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>947</v>
+        <v>992</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>948</v>
+        <v>1008</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>949</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
-        <v>950</v>
+        <v>1010</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>951</v>
+        <v>682</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>952</v>
+        <v>1008</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H335" s="1" t="s">
-        <v>953</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
-        <v>954</v>
+        <v>1012</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>951</v>
+        <v>1013</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>952</v>
+        <v>1014</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H336" s="1" t="s">
-        <v>955</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
-        <v>956</v>
+        <v>1016</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>957</v>
+        <v>682</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>958</v>
+        <v>1008</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>959</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
-        <v>960</v>
+        <v>1018</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>961</v>
+        <v>63</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>962</v>
+        <v>655</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>963</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
-        <v>964</v>
+        <v>1018</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>584</v>
+        <v>655</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H339" s="1" t="s">
-        <v>965</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
-        <v>966</v>
+        <v>1021</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>625</v>
+        <v>1022</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>577</v>
+        <v>655</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>967</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
-        <v>968</v>
+        <v>1024</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>969</v>
+        <v>1025</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>400</v>
+        <v>655</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>970</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>971</v>
+        <v>1027</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>972</v>
+        <v>1028</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>371</v>
+        <v>1029</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>973</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>974</v>
+        <v>1031</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>487</v>
+        <v>1032</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>399</v>
+        <v>1033</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>975</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
-        <v>976</v>
+        <v>1035</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>977</v>
+        <v>938</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>434</v>
+        <v>1036</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>978</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
-        <v>976</v>
+        <v>1038</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>977</v>
+        <v>1039</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>434</v>
+        <v>655</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>979</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
-        <v>976</v>
+        <v>1041</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>977</v>
+        <v>1042</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>434</v>
+        <v>647</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>980</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
-        <v>976</v>
+        <v>1044</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>977</v>
+        <v>1045</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>434</v>
+        <v>380</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>981</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
-        <v>976</v>
+        <v>1047</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>977</v>
+        <v>492</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>434</v>
+        <v>1048</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>982</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
-        <v>976</v>
+        <v>1050</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>977</v>
+        <v>1051</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>434</v>
+        <v>655</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>983</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>976</v>
+        <v>1053</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>977</v>
+        <v>1054</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>434</v>
+        <v>1055</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>984</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
-        <v>985</v>
+        <v>1057</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>487</v>
+        <v>1055</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>411</v>
+        <v>552</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>986</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
-        <v>987</v>
+        <v>1059</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>487</v>
+        <v>1060</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>400</v>
+        <v>259</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>198</v>
+        <v>84</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>988</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
-        <v>989</v>
+        <v>1062</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>990</v>
+        <v>1063</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>528</v>
+        <v>259</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>991</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
-        <v>992</v>
+        <v>1065</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>990</v>
+        <v>1066</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>446</v>
+        <v>374</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>993</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
-        <v>994</v>
+        <v>1068</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>995</v>
+        <v>1066</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>996</v>
+        <v>374</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>997</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
-        <v>998</v>
+        <v>1070</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>999</v>
+        <v>1071</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>399</v>
+        <v>384</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>1000</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>1001</v>
+        <v>1073</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1002</v>
+        <v>99</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1003</v>
+        <v>1074</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>1004</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1005</v>
+        <v>1065</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1006</v>
+        <v>637</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>9</v>
+        <v>529</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>287</v>
+        <v>84</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1007</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
-        <v>1008</v>
+        <v>1077</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1009</v>
+        <v>1078</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>207</v>
+        <v>251</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G359" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H359" s="1" t="s">
-        <v>1010</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
-        <v>1011</v>
+        <v>1080</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>999</v>
+        <v>48</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>434</v>
+        <v>49</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>198</v>
+        <v>84</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1012</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1013</v>
+        <v>1082</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1006</v>
+        <v>1083</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>434</v>
+        <v>1084</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>262</v>
+        <v>84</v>
       </c>
       <c r="H361" s="1" t="s">
-        <v>1014</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
-        <v>1015</v>
+        <v>1086</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1016</v>
+        <v>99</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>428</v>
+        <v>667</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1017</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1018</v>
+        <v>1088</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>399</v>
+        <v>1089</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>414</v>
+        <v>1090</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G363" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H363" s="1" t="s">
-        <v>1019</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
-        <v>1020</v>
+        <v>1092</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>399</v>
+        <v>938</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>9</v>
+        <v>504</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1021</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1022</v>
+        <v>1094</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>399</v>
+        <v>1095</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>9</v>
+        <v>1096</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1023</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1024</v>
+        <v>1098</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>399</v>
+        <v>63</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>9</v>
+        <v>655</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1025</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1026</v>
+        <v>1100</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>379</v>
+        <v>1095</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>9</v>
+        <v>1096</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1027</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
-        <v>1028</v>
+        <v>1102</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1029</v>
+        <v>412</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>962</v>
+        <v>549</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1030</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
-        <v>1031</v>
+        <v>1104</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>655</v>
+        <v>1042</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>881</v>
+        <v>1105</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1032</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
-        <v>1033</v>
+        <v>1107</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>345</v>
+        <v>1108</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>999</v>
+        <v>658</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1034</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1035</v>
+        <v>1110</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1036</v>
+        <v>149</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>592</v>
+        <v>489</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1037</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1038</v>
+        <v>1112</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>533</v>
+        <v>149</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>599</v>
+        <v>489</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1039</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1040</v>
+        <v>1114</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1041</v>
+        <v>709</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>584</v>
+        <v>387</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1042</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
-        <v>1043</v>
+        <v>1116</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C374" s="1"/>
+        <v>802</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>358</v>
+      </c>
       <c r="D374" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1044</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1045</v>
+        <v>1118</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1046</v>
+        <v>1119</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>584</v>
+        <v>1120</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1047</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
-        <v>1048</v>
+        <v>1122</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1049</v>
-[...1 lines deleted...]
-      <c r="C376" s="1"/>
+        <v>1123</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="D376" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1050</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1051</v>
+        <v>1125</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>812</v>
+        <v>1126</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>584</v>
+        <v>1127</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1052</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1053</v>
+        <v>1129</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1054</v>
+        <v>1126</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>584</v>
+        <v>1127</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1055</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
-        <v>1056</v>
+        <v>1131</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1057</v>
+        <v>1126</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1058</v>
+        <v>1127</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1059</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
-        <v>1060</v>
+        <v>1133</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1061</v>
+        <v>549</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1062</v>
+        <v>1134</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1063</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
-        <v>1064</v>
+        <v>1136</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1065</v>
+        <v>510</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1066</v>
+        <v>552</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1067</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
-        <v>1068</v>
+        <v>1138</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>680</v>
+        <v>1139</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1069</v>
+        <v>552</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1070</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1071</v>
+        <v>1141</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>662</v>
+        <v>552</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1072</v>
+        <v>251</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1073</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1074</v>
+        <v>1143</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>53</v>
+        <v>552</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1075</v>
+        <v>251</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1076</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
-        <v>1077</v>
+        <v>1145</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>610</v>
+        <v>552</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1078</v>
+        <v>251</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1079</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1080</v>
+        <v>1147</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>533</v>
+        <v>1148</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>598</v>
+        <v>1149</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>1081</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
-        <v>1082</v>
+        <v>1151</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>533</v>
+        <v>1152</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>598</v>
+        <v>373</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1083</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1084</v>
+        <v>1154</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>533</v>
+        <v>1155</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1085</v>
+        <v>1156</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1086</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1087</v>
+        <v>1158</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>376</v>
+        <v>430</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1088</v>
+        <v>1156</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1089</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1090</v>
+        <v>1160</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>345</v>
+        <v>1155</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>962</v>
+        <v>1156</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>287</v>
+        <v>84</v>
       </c>
       <c r="H390" s="1" t="s">
-        <v>1091</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
-        <v>1092</v>
+        <v>1162</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>455</v>
+        <v>1155</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1093</v>
+        <v>1156</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G391" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H391" s="1" t="s">
-        <v>1094</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
-        <v>1095</v>
+        <v>1164</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>474</v>
+        <v>1165</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1096</v>
+        <v>647</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1097</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
-        <v>1098</v>
+        <v>1167</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>175</v>
+        <v>1168</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>365</v>
+        <v>1029</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1099</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
-        <v>1100</v>
+        <v>1170</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>446</v>
+        <v>210</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1101</v>
+        <v>1171</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H394" s="1" t="s">
-        <v>1102</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
-        <v>1103</v>
+        <v>1173</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>345</v>
+        <v>1174</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>962</v>
+        <v>771</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G395" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H395" s="1" t="s">
-        <v>1104</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
-        <v>1105</v>
+        <v>1176</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>345</v>
+        <v>1177</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>962</v>
+        <v>864</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G396" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H396" s="1" t="s">
-        <v>1106</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
-        <v>1107</v>
+        <v>1179</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1108</v>
+        <v>1174</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1109</v>
+        <v>771</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>227</v>
+        <v>84</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>1110</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
-        <v>1111</v>
+        <v>1181</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1112</v>
+        <v>259</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1096</v>
+        <v>1182</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1113</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1114</v>
+        <v>1184</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>528</v>
+        <v>259</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>184</v>
+        <v>1182</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>1115</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
-        <v>1116</v>
+        <v>1186</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1112</v>
+        <v>275</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1096</v>
+        <v>276</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>1117</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
-        <v>1118</v>
+        <v>1188</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1112</v>
+        <v>1189</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1096</v>
+        <v>236</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1119</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1120</v>
+        <v>1191</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1112</v>
+        <v>1189</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1096</v>
+        <v>236</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1121</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1122</v>
+        <v>1193</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>459</v>
+        <v>1189</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1123</v>
+        <v>236</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>1124</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1125</v>
+        <v>1195</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1112</v>
+        <v>1189</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>962</v>
+        <v>236</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>1126</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1127</v>
+        <v>1197</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>446</v>
+        <v>213</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1101</v>
+        <v>214</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>1128</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1129</v>
+        <v>1199</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>528</v>
+        <v>482</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1130</v>
+        <v>387</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>1131</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
-        <v>1132</v>
+        <v>1201</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>446</v>
+        <v>482</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1009</v>
+        <v>387</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>1133</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1134</v>
+        <v>1203</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>474</v>
+        <v>1204</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1101</v>
+        <v>1205</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>203</v>
+        <v>84</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1135</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
-        <v>1136</v>
+        <v>1207</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1108</v>
+        <v>1208</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1137</v>
+        <v>938</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1138</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1139</v>
+        <v>1210</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1140</v>
+        <v>366</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>207</v>
+        <v>938</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1141</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1142</v>
+        <v>1212</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1140</v>
+        <v>366</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1058</v>
+        <v>730</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1143</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
-        <v>1144</v>
+        <v>1214</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1140</v>
+        <v>536</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H412" s="1" t="s">
-        <v>1146</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
-        <v>1147</v>
+        <v>1216</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1003</v>
+        <v>1217</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1148</v>
+        <v>934</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H413" s="1" t="s">
-        <v>1149</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
-        <v>682</v>
+        <v>1219</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1003</v>
+        <v>63</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1148</v>
+        <v>655</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1150</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
-        <v>1151</v>
+        <v>1221</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1003</v>
+        <v>1222</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1148</v>
+        <v>938</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1152</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
-        <v>1153</v>
+        <v>1224</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1003</v>
+        <v>1225</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1148</v>
+        <v>9</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>1154</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
-        <v>1155</v>
+        <v>1227</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1156</v>
+        <v>1228</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1157</v>
+        <v>251</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>181</v>
+        <v>96</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>1158</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>1159</v>
+        <v>1230</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>438</v>
+        <v>99</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1160</v>
+        <v>259</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>203</v>
+        <v>96</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1161</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>1162</v>
+        <v>1232</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1108</v>
+        <v>536</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>383</v>
+        <v>802</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1163</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1164</v>
+        <v>1234</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>438</v>
+        <v>846</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1165</v>
+        <v>764</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1166</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1167</v>
+        <v>1236</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1168</v>
+        <v>846</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1169</v>
+        <v>9</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>203</v>
+        <v>96</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1170</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1171</v>
+        <v>1236</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1172</v>
+        <v>770</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>180</v>
+        <v>1238</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>203</v>
+        <v>96</v>
       </c>
       <c r="H422" s="1" t="s">
-        <v>1173</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
-        <v>1174</v>
+        <v>1240</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1003</v>
+        <v>40</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1175</v>
+        <v>1241</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1176</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
-        <v>1177</v>
+        <v>1243</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>376</v>
+        <v>40</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1178</v>
+        <v>1241</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1179</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
-        <v>1180</v>
+        <v>1245</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1003</v>
+        <v>617</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1148</v>
+        <v>1246</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1181</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1182</v>
+        <v>1248</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1172</v>
+        <v>1249</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1123</v>
+        <v>1250</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1183</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1184</v>
+        <v>1252</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1108</v>
+        <v>1253</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1185</v>
+        <v>1254</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1186</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
-        <v>1187</v>
+        <v>1256</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1188</v>
+        <v>1228</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1148</v>
+        <v>559</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1189</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
-        <v>1190</v>
+        <v>1258</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1188</v>
+        <v>1259</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1148</v>
+        <v>883</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>1191</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
-        <v>1192</v>
+        <v>1261</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1169</v>
+        <v>582</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>477</v>
+        <v>1262</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F430" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G430" s="1" t="s">
-        <v>198</v>
+        <v>105</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1193</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1194</v>
+        <v>1264</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1160</v>
+        <v>1265</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1195</v>
+        <v>1266</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F431" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G431" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1196</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
-        <v>1197</v>
+        <v>1268</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1198</v>
+        <v>1265</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1199</v>
+        <v>452</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F432" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G432" s="1" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1200</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
-        <v>1201</v>
+        <v>1270</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>180</v>
+        <v>1265</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1202</v>
+        <v>1271</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F433" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G433" s="1" t="s">
-        <v>181</v>
+        <v>105</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1203</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
-        <v>1204</v>
+        <v>1273</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>383</v>
+        <v>1274</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1195</v>
+        <v>997</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F434" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G434" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1205</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
-        <v>1206</v>
+        <v>1276</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>383</v>
+        <v>573</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1195</v>
+        <v>1277</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F435" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G435" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>1207</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
-        <v>1208</v>
+        <v>1279</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>383</v>
+        <v>1280</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1195</v>
+        <v>658</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F436" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G436" s="1" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1209</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
-        <v>1210</v>
+        <v>1282</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>180</v>
+        <v>401</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>226</v>
+        <v>1205</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F437" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G437" s="1" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1211</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1212</v>
+        <v>1284</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>383</v>
+        <v>1285</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1213</v>
+        <v>1286</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F438" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G438" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1214</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1215</v>
+        <v>1288</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>383</v>
+        <v>1289</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1216</v>
+        <v>1290</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F439" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G439" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H439" s="1" t="s">
-        <v>1217</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
-        <v>1218</v>
+        <v>1292</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1096</v>
+        <v>391</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1195</v>
+        <v>478</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G440" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H440" s="1" t="s">
-        <v>1219</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
-        <v>1220</v>
+        <v>1294</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>180</v>
+        <v>603</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>226</v>
+        <v>1295</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F441" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G441" s="1" t="s">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>1221</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
-        <v>1222</v>
+        <v>1297</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>383</v>
+        <v>1298</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>201</v>
+        <v>1032</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F442" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G442" s="1" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="H442" s="1" t="s">
-        <v>1223</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
-        <v>1224</v>
+        <v>1300</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>180</v>
+        <v>469</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>201</v>
+        <v>1090</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-      <c r="G443" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H443" s="1" t="s">
-        <v>1225</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
-        <v>1226</v>
+        <v>1302</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>180</v>
+        <v>1303</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>201</v>
+        <v>591</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F444" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G444" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H444" s="1" t="s">
-        <v>1227</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1228</v>
+        <v>1305</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>180</v>
+        <v>1306</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>201</v>
+        <v>559</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F445" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G445" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1229</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1230</v>
+        <v>1305</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>180</v>
+        <v>1306</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>201</v>
+        <v>559</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F446" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G446" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>1231</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1232</v>
+        <v>1305</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1101</v>
+        <v>1306</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>196</v>
+        <v>559</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-      <c r="G447" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H447" s="1" t="s">
-        <v>1233</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1234</v>
+        <v>1305</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>400</v>
+        <v>1306</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>187</v>
+        <v>559</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-      <c r="G448" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H448" s="1" t="s">
-        <v>1235</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1236</v>
+        <v>1305</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>180</v>
+        <v>1306</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1202</v>
+        <v>559</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F449" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G449" s="1" t="s">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1237</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1238</v>
+        <v>1312</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1108</v>
+        <v>1306</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1109</v>
+        <v>559</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1239</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1240</v>
+        <v>1305</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1188</v>
+        <v>1306</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1241</v>
+        <v>559</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>1242</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1243</v>
+        <v>1305</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1003</v>
+        <v>1306</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>191</v>
+        <v>559</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>1244</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1245</v>
+        <v>1316</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>207</v>
+        <v>251</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1246</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1247</v>
+        <v>1318</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1148</v>
+        <v>628</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1248</v>
+        <v>591</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1249</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
-        <v>1250</v>
+        <v>1320</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1251</v>
+        <v>863</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1252</v>
+        <v>1171</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>1253</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
-        <v>1254</v>
+        <v>1322</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1123</v>
+        <v>1323</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1199</v>
+        <v>1171</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>203</v>
+        <v>134</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1255</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
-        <v>1256</v>
+        <v>1325</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1148</v>
+        <v>1326</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1257</v>
+        <v>1171</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>188</v>
+        <v>134</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1258</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1259</v>
+        <v>1328</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1188</v>
+        <v>1329</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1241</v>
+        <v>1330</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>1260</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1261</v>
+        <v>1332</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1262</v>
+        <v>1189</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1263</v>
+        <v>610</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>12</v>
+        <v>134</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>1264</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1265</v>
+        <v>1334</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1096</v>
+        <v>971</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1266</v>
+        <v>706</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1267</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1268</v>
+        <v>1336</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1109</v>
+        <v>63</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1269</v>
+        <v>655</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>198</v>
+        <v>134</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1270</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
-        <v>1271</v>
+        <v>1338</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1272</v>
+        <v>1039</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>226</v>
+        <v>658</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1273</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1226</v>
+        <v>1340</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1272</v>
+        <v>1341</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1274</v>
+        <v>391</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F463" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G463" s="1" t="s">
-        <v>151</v>
+        <v>1342</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1227</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1275</v>
+        <v>1344</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1202</v>
+        <v>1345</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1195</v>
+        <v>1346</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>32</v>
+        <v>1342</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1276</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
-        <v>1277</v>
+        <v>1348</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1278</v>
+        <v>391</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>216</v>
+        <v>1349</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>198</v>
+        <v>1342</v>
       </c>
       <c r="H465" s="1" t="s">
-        <v>1279</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
-        <v>1280</v>
+        <v>1351</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>524</v>
+        <v>815</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>525</v>
+        <v>616</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G466" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="H466" s="1" t="s">
-        <v>1281</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
-        <v>1282</v>
+        <v>1353</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>396</v>
+        <v>1354</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1283</v>
+        <v>1033</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G467" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="H467" s="1" t="s">
-        <v>1284</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
-        <v>1285</v>
+        <v>1356</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>191</v>
+        <v>1354</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1266</v>
+        <v>882</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>117</v>
+        <v>1342</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>1286</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
-        <v>419</v>
+        <v>1358</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1241</v>
+        <v>1359</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>210</v>
+        <v>236</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>227</v>
+        <v>1342</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1287</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
-        <v>1288</v>
+        <v>1361</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>206</v>
+        <v>760</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1289</v>
+        <v>1090</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>96</v>
+        <v>1342</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1290</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1291</v>
+        <v>1363</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1241</v>
+        <v>1364</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>962</v>
+        <v>1365</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>151</v>
+        <v>1342</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1292</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1293</v>
+        <v>1367</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>187</v>
+        <v>1368</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1294</v>
+        <v>1369</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>188</v>
+        <v>1342</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>1295</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
-        <v>1296</v>
+        <v>1371</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>187</v>
+        <v>510</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>201</v>
+        <v>559</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>188</v>
+        <v>1342</v>
       </c>
       <c r="H473" s="1" t="s">
-        <v>1297</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
-        <v>1298</v>
+        <v>1373</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>389</v>
+        <v>552</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>220</v>
+        <v>1084</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>16</v>
+        <v>1342</v>
       </c>
       <c r="H474" s="1" t="s">
-        <v>1299</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
-        <v>1300</v>
+        <v>1375</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1301</v>
+        <v>424</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1302</v>
+        <v>239</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>287</v>
+        <v>1342</v>
       </c>
       <c r="H475" s="1" t="s">
-        <v>1303</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
-        <v>1304</v>
+        <v>1377</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>197</v>
+        <v>1378</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1175</v>
+        <v>1378</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>54</v>
+        <v>1342</v>
       </c>
       <c r="H476" s="1" t="s">
-        <v>1305</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
-        <v>1306</v>
+        <v>1380</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>389</v>
+        <v>1204</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>220</v>
+        <v>1381</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G477" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="H477" s="1" t="s">
-        <v>1307</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
-        <v>1308</v>
+        <v>1383</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1309</v>
+        <v>243</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1310</v>
+        <v>1384</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>96</v>
+        <v>1342</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>1311</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
-        <v>1312</v>
+        <v>1386</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1313</v>
+        <v>1387</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1310</v>
+        <v>9</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>32</v>
+        <v>1342</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>1314</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
-        <v>1315</v>
+        <v>1389</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>197</v>
+        <v>1390</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1316</v>
+        <v>387</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>181</v>
+        <v>1342</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1317</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
-        <v>1318</v>
+        <v>1392</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>223</v>
+        <v>634</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1319</v>
+        <v>251</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>32</v>
+        <v>1342</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>1320</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
-        <v>1321</v>
+        <v>1394</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>223</v>
+        <v>634</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1322</v>
+        <v>1084</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>16</v>
+        <v>1342</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>1323</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
-        <v>1324</v>
+        <v>1396</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1274</v>
+        <v>439</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1325</v>
+        <v>1397</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>12</v>
+        <v>1342</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>1326</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
-        <v>1327</v>
+        <v>1399</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>220</v>
+        <v>1400</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1178</v>
+        <v>1400</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>16</v>
+        <v>1342</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1328</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
-        <v>1329</v>
+        <v>1402</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1330</v>
+        <v>466</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1331</v>
+        <v>466</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>96</v>
+        <v>1342</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>1332</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
-        <v>1333</v>
+        <v>1404</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>211</v>
+        <v>540</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1334</v>
+        <v>1405</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G486" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="H486" s="1" t="s">
-        <v>1335</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
-        <v>1336</v>
+        <v>1407</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1274</v>
+        <v>1408</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1325</v>
+        <v>658</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>1337</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1338</v>
+        <v>1410</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1339</v>
+        <v>1289</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1213</v>
+        <v>630</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>1340</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1338</v>
+        <v>1412</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1339</v>
+        <v>979</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1213</v>
+        <v>724</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>1341</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
-        <v>1338</v>
+        <v>1412</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1339</v>
+        <v>979</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1213</v>
+        <v>724</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H490" s="1" t="s">
-        <v>1342</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1343</v>
+        <v>1415</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>220</v>
+        <v>603</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1344</v>
+        <v>604</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>1345</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
-        <v>1346</v>
+        <v>1417</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>455</v>
+        <v>567</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>962</v>
+        <v>384</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H492" s="1" t="s">
-        <v>1347</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1348</v>
+        <v>1419</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1349</v>
+        <v>1420</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1350</v>
+        <v>1421</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>287</v>
+        <v>156</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>1351</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1352</v>
+        <v>1423</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>202</v>
+        <v>882</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1178</v>
+        <v>1123</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H494" s="1" t="s">
-        <v>1353</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
-        <v>1354</v>
+        <v>1425</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>455</v>
+        <v>406</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1355</v>
+        <v>1246</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H495" s="1" t="s">
-        <v>1356</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
-        <v>1357</v>
+        <v>1427</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="C496" s="1"/>
+        <v>469</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>1428</v>
+      </c>
       <c r="D496" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H496" s="1" t="s">
-        <v>1358</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
-        <v>1359</v>
+        <v>1430</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1360</v>
+        <v>672</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1361</v>
+        <v>1431</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>1362</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1363</v>
+        <v>1433</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1360</v>
+        <v>510</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1364</v>
+        <v>552</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>1365</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
-        <v>1366</v>
+        <v>1435</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1360</v>
+        <v>507</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1216</v>
+        <v>552</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
       <c r="H499" s="1" t="s">
-        <v>1367</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
-        <v>1368</v>
+        <v>1437</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1195</v>
+        <v>1365</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1361</v>
+        <v>1438</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>100</v>
+        <v>156</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>1369</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1370</v>
+        <v>1440</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1371</v>
+        <v>1078</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1372</v>
+        <v>251</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>1373</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1374</v>
+        <v>1442</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1195</v>
+        <v>1078</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1216</v>
+        <v>251</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>1375</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
-        <v>1376</v>
+        <v>1444</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1195</v>
+        <v>424</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1216</v>
+        <v>425</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>1377</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
-        <v>1378</v>
+        <v>1446</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1350</v>
+        <v>239</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>1379</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
-        <v>1380</v>
+        <v>1449</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1381</v>
+        <v>445</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1325</v>
+        <v>1450</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>1382</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1383</v>
+        <v>1452</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1381</v>
+        <v>1453</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1384</v>
+        <v>1454</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>188</v>
+        <v>156</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>1385</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1386</v>
+        <v>1456</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1387</v>
+        <v>1453</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1388</v>
+        <v>1454</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>1389</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1390</v>
+        <v>1458</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1391</v>
+        <v>275</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>207</v>
+        <v>276</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>1392</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
-        <v>1393</v>
+        <v>1460</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1394</v>
+        <v>603</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1395</v>
+        <v>604</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="H509" s="1" t="s">
-        <v>1396</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
-        <v>1397</v>
+        <v>1462</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1398</v>
+        <v>251</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1399</v>
+        <v>1463</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H510" s="1" t="s">
-        <v>1400</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
-        <v>1401</v>
+        <v>1465</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1248</v>
+        <v>474</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1402</v>
+        <v>1466</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>1403</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
-        <v>1404</v>
+        <v>1468</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1371</v>
+        <v>474</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1384</v>
+        <v>1466</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>262</v>
+        <v>156</v>
       </c>
       <c r="H512" s="1" t="s">
-        <v>1405</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1406</v>
+        <v>1470</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1407</v>
+        <v>893</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1408</v>
+        <v>1471</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>203</v>
+        <v>156</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>1409</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1410</v>
+        <v>1470</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1394</v>
+        <v>893</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1411</v>
+        <v>1471</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>203</v>
+        <v>156</v>
       </c>
       <c r="H514" s="1" t="s">
-        <v>1412</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
-        <v>1413</v>
+        <v>1474</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1364</v>
+        <v>435</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1344</v>
+        <v>1475</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>1414</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1415</v>
-[...2 lines deleted...]
-      <c r="C516" s="1"/>
+        <v>1477</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>1475</v>
+      </c>
       <c r="D516" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>1416</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-      <c r="C517" s="1"/>
+        <v>1479</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>1475</v>
+      </c>
       <c r="D517" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>1418</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
-        <v>1419</v>
+        <v>1481</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1420</v>
+        <v>463</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1421</v>
+        <v>1475</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>1422</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
-        <v>1423</v>
+        <v>1483</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1424</v>
+        <v>1484</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1425</v>
+        <v>729</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="H519" s="1" t="s">
-        <v>1426</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1427</v>
+        <v>1486</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1428</v>
+        <v>63</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1429</v>
+        <v>276</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>1430</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1431</v>
+        <v>1488</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1432</v>
+        <v>63</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1433</v>
+        <v>276</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="H521" s="1" t="s">
-        <v>1434</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
-        <v>1435</v>
+        <v>1490</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1436</v>
+        <v>63</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1433</v>
+        <v>276</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G522" s="1"/>
+      <c r="G522" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H522" s="1" t="s">
-        <v>1437</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
-        <v>1438</v>
+        <v>1492</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1436</v>
+        <v>1493</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1439</v>
+        <v>658</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G523" s="1"/>
+      <c r="G523" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H523" s="1" t="s">
-        <v>1440</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
-        <v>1441</v>
+        <v>1495</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>455</v>
+        <v>23</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>962</v>
+        <v>485</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G524" s="1"/>
+      <c r="G524" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H524" s="1" t="s">
-        <v>1442</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
-        <v>1443</v>
+        <v>1497</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1444</v>
+        <v>1498</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1445</v>
+        <v>655</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G525" s="1"/>
+      <c r="G525" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H525" s="1" t="s">
-        <v>1446</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1447</v>
+        <v>1500</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1444</v>
+        <v>1501</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1448</v>
+        <v>1502</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G526" s="1"/>
+      <c r="G526" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H526" s="1" t="s">
-        <v>1449</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
-        <v>1450</v>
+        <v>1504</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1451</v>
+        <v>594</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1452</v>
+        <v>374</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G527" s="1"/>
+      <c r="G527" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H527" s="1" t="s">
-        <v>1453</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
-        <v>1454</v>
+        <v>1506</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1451</v>
+        <v>1507</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1452</v>
+        <v>1431</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G528" s="1"/>
+      <c r="G528" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H528" s="1" t="s">
-        <v>1455</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
-        <v>1456</v>
+        <v>1509</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1457</v>
+        <v>941</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1458</v>
+        <v>1510</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G529" s="1"/>
+      <c r="G529" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H529" s="1" t="s">
-        <v>1459</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1460</v>
+        <v>1512</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1461</v>
+        <v>1513</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1462</v>
+        <v>1514</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G530" s="1"/>
+      <c r="G530" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H530" s="1" t="s">
-        <v>1463</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
-        <v>1464</v>
+        <v>1516</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1461</v>
+        <v>463</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1462</v>
+        <v>380</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G531" s="1"/>
+      <c r="G531" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H531" s="1" t="s">
-        <v>1465</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
-        <v>1466</v>
+        <v>1518</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1467</v>
+        <v>1519</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1468</v>
+        <v>259</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="H532" s="1" t="s">
-        <v>1469</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1470</v>
+        <v>1521</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1452</v>
+        <v>275</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1471</v>
+        <v>276</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>1472</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1473</v>
+        <v>1523</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1238</v>
+      </c>
+      <c r="C534" s="1"/>
       <c r="D534" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H534" s="1" t="s">
-        <v>1475</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
-        <v>1476</v>
+        <v>1525</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1474</v>
+        <v>1330</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1185</v>
+        <v>775</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>1477</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
-        <v>1478</v>
+        <v>1527</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1479</v>
+        <v>1528</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1480</v>
+        <v>655</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1481</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
-        <v>1482</v>
+        <v>1530</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1483</v>
+        <v>405</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1484</v>
+        <v>1349</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H537" s="1" t="s">
-        <v>1485</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
-        <v>1486</v>
+        <v>1532</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1483</v>
+        <v>1533</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1487</v>
+        <v>667</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>1488</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
-        <v>1489</v>
+        <v>1535</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1479</v>
+        <v>1536</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1480</v>
+        <v>9</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H539" s="1" t="s">
-        <v>1490</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
-        <v>1491</v>
+        <v>1538</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1492</v>
+        <v>507</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1493</v>
+        <v>9</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="H540" s="1" t="s">
-        <v>1494</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
-        <v>1495</v>
+        <v>1540</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1452</v>
+        <v>1541</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>910</v>
+        <v>555</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H541" s="1" t="s">
-        <v>1496</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1497</v>
+        <v>1543</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1498</v>
+        <v>1544</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1468</v>
+        <v>770</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>117</v>
+        <v>163</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>1499</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1500</v>
+        <v>1543</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1501</v>
+        <v>1544</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1502</v>
+        <v>770</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F543" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H543" s="1" t="s">
-        <v>1503</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1504</v>
+        <v>1543</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>663</v>
+        <v>1544</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>834</v>
+        <v>770</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G544" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H544" s="1" t="s">
-        <v>1505</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
-        <v>1506</v>
+        <v>1548</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>753</v>
+        <v>63</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>687</v>
+        <v>655</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G545" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H545" s="1" t="s">
-        <v>1507</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1508</v>
+        <v>1550</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>753</v>
+        <v>1551</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>687</v>
+        <v>1552</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G546" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H546" s="1" t="s">
-        <v>1509</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
-        <v>1510</v>
+        <v>1554</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>753</v>
+        <v>510</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>687</v>
+        <v>552</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G547" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H547" s="1" t="s">
-        <v>1511</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
-        <v>1512</v>
+        <v>1556</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>753</v>
+        <v>1557</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>687</v>
+        <v>1134</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G548" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H548" s="1" t="s">
-        <v>1513</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1514</v>
+        <v>1559</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>753</v>
+        <v>213</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>687</v>
+        <v>214</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G549" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H549" s="1" t="s">
-        <v>1515</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1516</v>
+        <v>1561</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>753</v>
+        <v>620</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>687</v>
+        <v>655</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G550" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H550" s="1" t="s">
-        <v>1517</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
-        <v>1518</v>
+        <v>1563</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>753</v>
+        <v>63</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>687</v>
+        <v>655</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G551" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H551" s="1" t="s">
-        <v>1519</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
-        <v>1520</v>
+        <v>1565</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>753</v>
+        <v>1566</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>687</v>
+        <v>1084</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G552" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H552" s="1" t="s">
-        <v>1521</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1522</v>
+        <v>1568</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>753</v>
+        <v>63</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>687</v>
+        <v>276</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G553" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H553" s="1" t="s">
-        <v>1523</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1524</v>
+        <v>1570</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>753</v>
+        <v>1420</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>687</v>
+        <v>672</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G554" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H554" s="1" t="s">
-        <v>1525</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
-        <v>1526</v>
+        <v>1572</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>753</v>
+        <v>63</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>687</v>
+        <v>49</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G555" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H555" s="1" t="s">
-        <v>1527</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
-        <v>1528</v>
+        <v>1574</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>753</v>
+        <v>1250</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>687</v>
+        <v>1575</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G556" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H556" s="1" t="s">
-        <v>1529</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
-        <v>1530</v>
+        <v>1577</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>753</v>
+        <v>383</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>687</v>
+        <v>482</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G557" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H557" s="1" t="s">
-        <v>1531</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1532</v>
+        <v>1579</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>753</v>
+        <v>1580</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>687</v>
+        <v>1581</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G558" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H558" s="1" t="s">
-        <v>1533</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
-        <v>1534</v>
+        <v>1583</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>753</v>
+        <v>1584</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>687</v>
+        <v>434</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G559" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H559" s="1" t="s">
-        <v>1535</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
-        <v>1536</v>
+        <v>1586</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>753</v>
+        <v>275</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>687</v>
+        <v>1587</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G560" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H560" s="1" t="s">
-        <v>1537</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1538</v>
+        <v>1589</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>753</v>
+        <v>1590</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>687</v>
+        <v>1591</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G561" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H561" s="1" t="s">
-        <v>1539</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
-        <v>1540</v>
+        <v>1593</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>753</v>
+        <v>1594</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>687</v>
+        <v>655</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G562" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H562" s="1" t="s">
-        <v>1541</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
-        <v>1542</v>
+        <v>1596</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>753</v>
+        <v>774</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>687</v>
+        <v>1597</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G563" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H563" s="1" t="s">
-        <v>1543</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
-        <v>1544</v>
+        <v>1599</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>1600</v>
+      </c>
+      <c r="C564" s="1"/>
       <c r="D564" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G564" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H564" s="1" t="s">
-        <v>1545</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1546</v>
+        <v>1602</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>753</v>
+        <v>1551</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>687</v>
+        <v>1552</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G565" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H565" s="1" t="s">
-        <v>1547</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
-        <v>1548</v>
+        <v>1604</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>687</v>
+        <v>1120</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G566" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H566" s="1" t="s">
-        <v>1549</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1550</v>
+        <v>1606</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>753</v>
+        <v>1607</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>687</v>
+        <v>1608</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G567" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H567" s="1" t="s">
-        <v>1551</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1552</v>
+        <v>1610</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>753</v>
+        <v>1095</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>687</v>
+        <v>1608</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G568" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H568" s="1" t="s">
-        <v>1553</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1554</v>
+        <v>1612</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>753</v>
+        <v>499</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>687</v>
+        <v>549</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G569" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H569" s="1" t="s">
-        <v>1555</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1556</v>
+        <v>1614</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>753</v>
+        <v>672</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>687</v>
+        <v>667</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G570" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H570" s="1" t="s">
-        <v>1557</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
-        <v>1558</v>
+        <v>1616</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>753</v>
+        <v>672</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>687</v>
+        <v>667</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G571" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H571" s="1" t="s">
-        <v>1559</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1560</v>
+        <v>1618</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>753</v>
+        <v>1619</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>687</v>
+        <v>1620</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G572" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H572" s="1" t="s">
-        <v>1561</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
-        <v>1562</v>
+        <v>1622</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>753</v>
+        <v>1045</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>687</v>
+        <v>421</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G573" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H573" s="1" t="s">
-        <v>1563</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
-        <v>1564</v>
+        <v>1624</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>753</v>
+        <v>1286</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>687</v>
+        <v>1625</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G574" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H574" s="1" t="s">
-        <v>1565</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1566</v>
+        <v>1627</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>753</v>
+        <v>1400</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>687</v>
+        <v>841</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G575" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H575" s="1" t="s">
-        <v>1567</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1568</v>
+        <v>1629</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>753</v>
+        <v>361</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>687</v>
+        <v>380</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G576" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H576" s="1" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>753</v>
+        <v>361</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>687</v>
+        <v>380</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G577" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H577" s="1" t="s">
-        <v>1571</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
-        <v>1572</v>
+        <v>1633</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>753</v>
+        <v>1634</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>687</v>
+        <v>1329</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G578" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H578" s="1" t="s">
-        <v>1573</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
-        <v>1574</v>
+        <v>1636</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>753</v>
+        <v>1637</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>687</v>
+        <v>1042</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G579" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H579" s="1" t="s">
-        <v>1575</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1576</v>
+        <v>1639</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>753</v>
+        <v>445</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>687</v>
+        <v>446</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G580" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H580" s="1" t="s">
-        <v>1577</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
-        <v>1578</v>
+        <v>1641</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>753</v>
+        <v>452</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>687</v>
+        <v>1330</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G581" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H581" s="1" t="s">
-        <v>1579</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
-        <v>1580</v>
+        <v>1643</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>753</v>
+        <v>108</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>687</v>
+        <v>1644</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="G582" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H582" s="1" t="s">
-        <v>1581</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1582</v>
+        <v>1646</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1583</v>
+        <v>1208</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1584</v>
+        <v>655</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>1585</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
-        <v>1586</v>
+        <v>1648</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>1587</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C584" s="1"/>
       <c r="D584" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H584" s="1" t="s">
-        <v>1589</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
-        <v>1590</v>
+        <v>1650</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>1591</v>
+        <v>1651</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>584</v>
+        <v>49</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H585" s="1" t="s">
-        <v>1592</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
-        <v>1593</v>
+        <v>1653</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>548</v>
+        <v>1654</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>584</v>
+        <v>499</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F586" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H586" s="1" t="s">
-        <v>1594</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
-        <v>1595</v>
+        <v>1656</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>57</v>
+        <v>1657</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>584</v>
+        <v>1438</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H587" s="1" t="s">
-        <v>1596</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
-        <v>1595</v>
+        <v>1659</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>57</v>
+        <v>434</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>584</v>
+        <v>1660</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>1597</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
-        <v>1598</v>
+        <v>1662</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>1599</v>
+        <v>99</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>1600</v>
+        <v>510</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H589" s="1" t="s">
-        <v>1601</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
-        <v>1602</v>
+        <v>1664</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>753</v>
+        <v>532</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>584</v>
+        <v>1665</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>1603</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
-        <v>1604</v>
+        <v>1667</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>1605</v>
+        <v>1364</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>1606</v>
+        <v>1668</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H591" s="1" t="s">
-        <v>1607</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
-        <v>1608</v>
+        <v>1670</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>85</v>
+        <v>1671</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>962</v>
+        <v>1607</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H592" s="1" t="s">
-        <v>1609</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
-        <v>1610</v>
+        <v>1673</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>85</v>
+        <v>1674</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>910</v>
+        <v>655</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>1611</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
-        <v>1612</v>
+        <v>1676</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>85</v>
+        <v>1528</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>365</v>
+        <v>655</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H594" s="1" t="s">
-        <v>1613</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
-        <v>1614</v>
+        <v>1678</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>92</v>
+        <v>1679</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>584</v>
+        <v>655</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H595" s="1" t="s">
-        <v>1615</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
-        <v>1616</v>
+        <v>1681</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>120</v>
+        <v>545</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>1617</v>
+        <v>658</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H596" s="1" t="s">
-        <v>1618</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
-        <v>1619</v>
+        <v>1683</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>120</v>
+        <v>1684</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1617</v>
+        <v>1095</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H597" s="1" t="s">
-        <v>1620</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
-        <v>956</v>
+        <v>1686</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>417</v>
+        <v>1687</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>680</v>
+        <v>655</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>1621</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1622</v>
+        <v>1689</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>576</v>
+        <v>1095</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>592</v>
+        <v>1384</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H599" s="1" t="s">
-        <v>1623</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1624</v>
+        <v>1691</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>957</v>
+        <v>582</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>958</v>
+        <v>463</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H600" s="1" t="s">
-        <v>1625</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1626</v>
+        <v>1693</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>591</v>
+        <v>1619</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>939</v>
+        <v>1657</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H601" s="1" t="s">
-        <v>1627</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1628</v>
+        <v>1695</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>744</v>
+        <v>63</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1078</v>
+        <v>655</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>227</v>
+        <v>176</v>
       </c>
       <c r="H602" s="1" t="s">
-        <v>1629</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1630</v>
+        <v>1697</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>744</v>
+        <v>99</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1631</v>
+        <v>667</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F603" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>227</v>
+        <v>176</v>
       </c>
       <c r="H603" s="1" t="s">
-        <v>1632</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
-        <v>1633</v>
+        <v>1699</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>618</v>
+        <v>971</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1634</v>
+        <v>682</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F604" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>227</v>
+        <v>176</v>
       </c>
       <c r="H604" s="1" t="s">
-        <v>1635</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
-        <v>1636</v>
+        <v>1701</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>57</v>
+        <v>1702</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>562</v>
+        <v>452</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F605" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>227</v>
+        <v>176</v>
       </c>
       <c r="H605" s="1" t="s">
-        <v>1637</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1638</v>
+        <v>1704</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>1639</v>
+        <v>213</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>555</v>
+        <v>214</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F606" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="H606" s="1" t="s">
-        <v>1640</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
-        <v>1641</v>
+        <v>1706</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>704</v>
+        <v>466</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>670</v>
+        <v>358</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F607" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>139</v>
+        <v>204</v>
       </c>
       <c r="H607" s="1" t="s">
-        <v>1642</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
-        <v>1643</v>
+        <v>1708</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>1644</v>
+        <v>1709</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>877</v>
+        <v>1365</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F608" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H608" s="1" t="s">
-        <v>1645</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1646</v>
+        <v>1711</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>22</v>
+        <v>1096</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1647</v>
+        <v>1365</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H609" s="1" t="s">
-        <v>1648</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
-        <v>1649</v>
+        <v>1713</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>1650</v>
+        <v>30</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>670</v>
+        <v>1365</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F610" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H610" s="1" t="s">
-        <v>1651</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1652</v>
+        <v>1715</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>679</v>
+        <v>1716</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>904</v>
+        <v>1717</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H611" s="1" t="s">
-        <v>1653</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1654</v>
+        <v>1719</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>135</v>
+        <v>1551</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1617</v>
+        <v>717</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H612" s="1" t="s">
-        <v>1655</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1656</v>
+        <v>1721</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>1657</v>
+        <v>1551</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1658</v>
+        <v>717</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E613" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F613" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H613" s="1" t="s">
-        <v>1659</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
-        <v>1660</v>
+        <v>1723</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>569</v>
+        <v>1217</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1661</v>
+        <v>541</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H614" s="1" t="s">
-        <v>1662</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1663</v>
+        <v>1725</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>889</v>
+        <v>1726</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1664</v>
+        <v>1727</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H615" s="1" t="s">
-        <v>1665</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
-        <v>1666</v>
+        <v>1729</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>670</v>
+        <v>1364</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1667</v>
+        <v>552</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E616" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F616" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H616" s="1" t="s">
-        <v>1668</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
-        <v>1669</v>
+        <v>1731</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>1670</v>
+        <v>1732</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>642</v>
+        <v>1541</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F617" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H617" s="1" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
-        <v>1672</v>
+        <v>1734</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>877</v>
+        <v>1735</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>738</v>
+        <v>1736</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F618" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H618" s="1" t="s">
-        <v>1673</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
-        <v>1674</v>
+        <v>1738</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>877</v>
+        <v>1286</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>738</v>
+        <v>1739</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H619" s="1" t="s">
-        <v>1675</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
-        <v>1676</v>
+        <v>1741</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>604</v>
+        <v>1742</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1677</v>
+        <v>1743</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F620" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H620" s="1" t="s">
-        <v>1678</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
-        <v>1679</v>
+        <v>1745</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>569</v>
+        <v>459</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1680</v>
+        <v>279</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F621" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H621" s="1" t="s">
-        <v>1681</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
-        <v>1682</v>
+        <v>1747</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>659</v>
+        <v>63</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>701</v>
+        <v>377</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F622" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H622" s="1" t="s">
-        <v>1683</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
-        <v>1684</v>
+        <v>1749</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>561</v>
+        <v>1750</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>577</v>
+        <v>724</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F623" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H623" s="1" t="s">
-        <v>1685</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
-        <v>1686</v>
+        <v>1752</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>57</v>
+        <v>620</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>201</v>
+        <v>377</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F624" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H624" s="1" t="s">
-        <v>1687</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
-        <v>1688</v>
+        <v>1754</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>504</v>
+        <v>567</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>958</v>
+        <v>984</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F625" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1689</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
-        <v>1690</v>
+        <v>1756</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>1691</v>
+        <v>412</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1692</v>
+        <v>380</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E626" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F626" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H626" s="1" t="s">
-        <v>1693</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
-        <v>1694</v>
+        <v>1758</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>85</v>
+        <v>1759</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>549</v>
+        <v>997</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E627" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F627" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H627" s="1" t="s">
-        <v>1695</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
-        <v>1696</v>
+        <v>1761</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>877</v>
+        <v>459</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>892</v>
+        <v>1762</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H628" s="1" t="s">
-        <v>1697</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
-        <v>1698</v>
+        <v>1764</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>537</v>
+        <v>1765</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>538</v>
+        <v>927</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F629" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H629" s="1" t="s">
-        <v>1699</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
-        <v>1700</v>
+        <v>1767</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>1701</v>
+        <v>27</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1702</v>
+        <v>1768</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F630" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>287</v>
+        <v>204</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1703</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1704</v>
+        <v>1770</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>1041</v>
+        <v>1345</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1705</v>
+        <v>1346</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E631" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F631" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>287</v>
+        <v>204</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1706</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
-        <v>1707</v>
+        <v>1772</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>85</v>
+        <v>1551</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1708</v>
+        <v>816</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F632" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>287</v>
+        <v>204</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1709</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
-        <v>1710</v>
+        <v>1774</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>85</v>
+        <v>1551</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1708</v>
+        <v>1726</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F633" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>287</v>
+        <v>204</v>
       </c>
       <c r="H633" s="1" t="s">
-        <v>1711</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
-        <v>1712</v>
+        <v>1776</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>1713</v>
+        <v>529</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>364</v>
+        <v>1777</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G634" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H634" s="1" t="s">
-        <v>1714</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
-        <v>1715</v>
+        <v>1779</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>1713</v>
+        <v>1780</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>364</v>
+        <v>1590</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G635" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H635" s="1" t="s">
-        <v>1716</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
-        <v>1717</v>
+        <v>1782</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>655</v>
+        <v>1071</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>642</v>
+        <v>730</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G636" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H636" s="1" t="s">
-        <v>1718</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1719</v>
+        <v>1784</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>880</v>
+        <v>1785</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1720</v>
+        <v>1786</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G637" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H637" s="1" t="s">
-        <v>1721</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1722</v>
+        <v>1788</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>53</v>
+        <v>1717</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>592</v>
+        <v>729</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G638" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H638" s="1" t="s">
-        <v>1723</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
-        <v>1724</v>
+        <v>1790</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>744</v>
+        <v>1768</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>721</v>
+        <v>409</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G639" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H639" s="1" t="s">
-        <v>1725</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
-        <v>1726</v>
+        <v>1792</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>576</v>
+        <v>1768</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1727</v>
+        <v>409</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G640" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H640" s="1" t="s">
-        <v>1728</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
-        <v>1729</v>
+        <v>1794</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>1730</v>
+        <v>1795</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1661</v>
+        <v>409</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>54</v>
+        <v>218</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1731</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
-        <v>1732</v>
+        <v>1797</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>1733</v>
+        <v>1798</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1734</v>
+        <v>499</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F642" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>100</v>
+        <v>218</v>
       </c>
       <c r="H642" s="1" t="s">
-        <v>1735</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1736</v>
+        <v>1800</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>1737</v>
+        <v>493</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>368</v>
+        <v>672</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G643" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H643" s="1" t="s">
-        <v>1738</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1739</v>
+        <v>1802</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>1737</v>
+        <v>883</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1740</v>
+        <v>935</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G644" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H644" s="1" t="s">
-        <v>1741</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
-        <v>1742</v>
+        <v>1804</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>1737</v>
+        <v>1048</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>566</v>
+        <v>672</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G645" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H645" s="1" t="s">
-        <v>1743</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
-        <v>1744</v>
+        <v>1806</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>591</v>
+        <v>1807</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>939</v>
+        <v>552</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G646" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H646" s="1" t="s">
-        <v>1745</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1746</v>
+        <v>1809</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>939</v>
+        <v>552</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G647" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H647" s="1" t="s">
-        <v>1747</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1748</v>
+        <v>1811</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>591</v>
+        <v>99</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1740</v>
+        <v>672</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G648" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H648" s="1" t="s">
-        <v>1749</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
-        <v>1750</v>
+        <v>1813</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>1751</v>
+        <v>510</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1752</v>
+        <v>552</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G649" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H649" s="1" t="s">
-        <v>1753</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
-        <v>1754</v>
+        <v>1815</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>57</v>
+        <v>1668</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>201</v>
+        <v>1816</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G650" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H650" s="1" t="s">
-        <v>1755</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1756</v>
+        <v>1818</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>57</v>
+        <v>1668</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>584</v>
+        <v>1369</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G651" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H651" s="1" t="s">
-        <v>1757</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1758</v>
+        <v>1820</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>154</v>
+        <v>634</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>364</v>
+        <v>1369</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G652" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H652" s="1" t="s">
-        <v>1759</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
-        <v>1760</v>
+        <v>1822</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>31</v>
+        <v>892</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>555</v>
+        <v>647</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G653" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H653" s="1" t="s">
-        <v>1761</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
-        <v>1758</v>
+        <v>1824</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>1762</v>
+        <v>1825</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>364</v>
+        <v>1826</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G654" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H654" s="1" t="s">
-        <v>1763</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
-        <v>1758</v>
+        <v>1828</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>1762</v>
+        <v>1826</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>364</v>
+        <v>1084</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G655" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H655" s="1" t="s">
-        <v>1764</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
-        <v>1765</v>
+        <v>1830</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>1766</v>
+        <v>1831</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>1767</v>
+        <v>860</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G656" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H656" s="1" t="s">
-        <v>1768</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
-        <v>1769</v>
+        <v>1833</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>1770</v>
+        <v>1286</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>584</v>
+        <v>1084</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G657" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H657" s="1" t="s">
-        <v>1771</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
-        <v>1772</v>
+        <v>1835</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>1770</v>
+        <v>1155</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>584</v>
+        <v>1156</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G658" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H658" s="1" t="s">
-        <v>1773</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
-        <v>1774</v>
+        <v>1837</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>1770</v>
+        <v>1742</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>584</v>
+        <v>1838</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G659" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H659" s="1" t="s">
-        <v>1775</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
-        <v>1776</v>
+        <v>1840</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>1770</v>
+        <v>275</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>584</v>
+        <v>1841</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G660" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H660" s="1" t="s">
-        <v>1777</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
-        <v>1778</v>
+        <v>1843</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>1779</v>
+        <v>658</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>962</v>
+        <v>927</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G661" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H661" s="1" t="s">
-        <v>1780</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
-        <v>1781</v>
+        <v>1845</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>1065</v>
+        <v>1846</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>962</v>
+        <v>466</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E662" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G662" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H662" s="1" t="s">
-        <v>1782</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
-        <v>1783</v>
+        <v>1848</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>43</v>
+        <v>1502</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>592</v>
+        <v>1849</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G663" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H663" s="1" t="s">
-        <v>1784</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
-        <v>1785</v>
+        <v>1851</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>43</v>
+        <v>1795</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>592</v>
+        <v>1217</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G664" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H664" s="1" t="s">
-        <v>1786</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
-        <v>1787</v>
+        <v>1853</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>969</v>
+        <v>1854</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>364</v>
+        <v>655</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G665" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H665" s="1" t="s">
-        <v>1788</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
-        <v>1789</v>
+        <v>1856</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>85</v>
+        <v>1857</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>962</v>
+        <v>1858</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G666" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H666" s="1" t="s">
-        <v>1790</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
-        <v>1791</v>
+        <v>1860</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>85</v>
+        <v>1861</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>962</v>
+        <v>598</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G667" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H667" s="1" t="s">
-        <v>1792</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
-        <v>1793</v>
+        <v>1863</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>1794</v>
+        <v>1493</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>962</v>
+        <v>377</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G668" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H668" s="1" t="s">
-        <v>1795</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
-        <v>1796</v>
+        <v>1865</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>1797</v>
+        <v>1716</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>584</v>
+        <v>1552</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G669" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H669" s="1" t="s">
-        <v>1798</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
-        <v>1799</v>
+        <v>1867</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>1800</v>
+        <v>1716</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>584</v>
+        <v>1684</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G670" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H670" s="1" t="s">
-        <v>1801</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
-        <v>1802</v>
+        <v>1869</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>1036</v>
+        <v>717</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>584</v>
+        <v>1552</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="H671" s="1" t="s">
-        <v>1803</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
-        <v>1804</v>
+        <v>1871</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>345</v>
+        <v>717</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>962</v>
+        <v>1552</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="H672" s="1" t="s">
-        <v>1805</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
-        <v>1806</v>
+        <v>1873</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>1807</v>
+        <v>1874</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1381</v>
+        <v>377</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="H673" s="1" t="s">
-        <v>1808</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
-        <v>1809</v>
+        <v>1876</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>1062</v>
+        <v>845</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>584</v>
+        <v>667</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="H674" s="1" t="s">
-        <v>1810</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
-        <v>1811</v>
+        <v>1878</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>1062</v>
+        <v>845</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>584</v>
+        <v>667</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="H675" s="1" t="s">
-        <v>1812</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
-        <v>1813</v>
+        <v>1880</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>1814</v>
+        <v>590</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1815</v>
+        <v>1519</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>1816</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
-        <v>1817</v>
+        <v>1882</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>1814</v>
+        <v>463</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>948</v>
+        <v>770</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>1818</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
-        <v>1819</v>
+        <v>1884</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>928</v>
+        <v>463</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1820</v>
+        <v>1885</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H678" s="1" t="s">
-        <v>1821</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
-        <v>1822</v>
+        <v>1887</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>928</v>
+        <v>1888</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1820</v>
+        <v>574</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>1823</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
-        <v>1824</v>
+        <v>1890</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>345</v>
+        <v>1888</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1820</v>
+        <v>574</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>1825</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
-        <v>1826</v>
+        <v>1892</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>1827</v>
+        <v>1893</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1828</v>
+        <v>724</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>1829</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
-        <v>1830</v>
+        <v>1895</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>1827</v>
+        <v>1896</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1828</v>
+        <v>541</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1831</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
-        <v>1832</v>
+        <v>1898</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>1827</v>
+        <v>405</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1075</v>
+        <v>1120</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>1833</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
-        <v>1834</v>
+        <v>1900</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>1835</v>
+        <v>757</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1836</v>
+        <v>1901</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>181</v>
+        <v>218</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1837</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1838</v>
+        <v>1903</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>1835</v>
+        <v>1651</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1836</v>
+        <v>236</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1839</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1840</v>
+        <v>1905</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>952</v>
+        <v>1651</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1075</v>
+        <v>236</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1841</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
-        <v>1842</v>
+        <v>1907</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>1705</v>
+        <v>189</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1843</v>
+        <v>236</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>1844</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
-        <v>1845</v>
+        <v>1909</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>947</v>
+        <v>63</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>201</v>
+        <v>1910</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E688" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F688" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H688" s="1" t="s">
-        <v>1846</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1847</v>
+        <v>1912</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>1848</v>
+        <v>63</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>400</v>
+        <v>1910</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G689" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H689" s="1" t="s">
-        <v>1849</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
-        <v>1850</v>
+        <v>1914</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>944</v>
+        <v>1354</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>584</v>
+        <v>236</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F690" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H690" s="1" t="s">
-        <v>1851</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
-        <v>1852</v>
+        <v>1916</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>1853</v>
+        <v>1917</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>1854</v>
+        <v>658</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F691" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="H691" s="1" t="s">
-        <v>1855</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1856</v>
+        <v>1919</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>1705</v>
+        <v>883</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>334</v>
+        <v>503</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F692" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>1857</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1858</v>
+        <v>1921</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>1859</v>
+        <v>401</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>1860</v>
+        <v>1786</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>188</v>
+        <v>240</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1861</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1862</v>
+        <v>1923</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>1859</v>
+        <v>1204</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>1860</v>
+        <v>658</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>1863</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1858</v>
+        <v>1925</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>1859</v>
+        <v>510</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1860</v>
+        <v>552</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E695" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>188</v>
+        <v>240</v>
       </c>
       <c r="H695" s="1" t="s">
-        <v>1864</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
-        <v>1865</v>
+        <v>1927</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>1859</v>
+        <v>1816</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1860</v>
+        <v>555</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>188</v>
+        <v>240</v>
       </c>
       <c r="H696" s="1" t="s">
-        <v>1866</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
-        <v>1867</v>
+        <v>1929</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>1859</v>
+        <v>1238</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1860</v>
+        <v>1930</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>188</v>
+        <v>240</v>
       </c>
       <c r="H697" s="1" t="s">
-        <v>1868</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1869</v>
+        <v>1932</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1859</v>
+        <v>961</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1860</v>
+        <v>1171</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>188</v>
+        <v>240</v>
       </c>
       <c r="H698" s="1" t="s">
-        <v>1870</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1871</v>
+        <v>1934</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1705</v>
+        <v>213</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1836</v>
+        <v>214</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H699" s="1" t="s">
-        <v>1872</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1873</v>
+        <v>1936</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1702</v>
+        <v>248</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1874</v>
+        <v>526</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="H700" s="1" t="s">
-        <v>1875</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1876</v>
+        <v>1938</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>1877</v>
+        <v>1607</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1457</v>
+        <v>655</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>1878</v>
+        <v>240</v>
       </c>
       <c r="H701" s="1" t="s">
-        <v>1879</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
-        <v>1880</v>
+        <v>1940</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>1877</v>
+        <v>1607</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1457</v>
+        <v>655</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1878</v>
+        <v>240</v>
       </c>
       <c r="H702" s="1" t="s">
-        <v>1881</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
-        <v>1882</v>
+        <v>1942</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>1877</v>
+        <v>1943</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1457</v>
+        <v>1944</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F703" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>1878</v>
+        <v>240</v>
       </c>
       <c r="H703" s="1" t="s">
-        <v>1883</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
-        <v>1884</v>
+        <v>1946</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>1885</v>
+        <v>1947</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1886</v>
+        <v>1381</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H704" s="1" t="s">
-        <v>1887</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
-        <v>1888</v>
+        <v>1949</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>1885</v>
+        <v>401</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1889</v>
+        <v>1381</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F705" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>203</v>
+        <v>240</v>
       </c>
       <c r="H705" s="1" t="s">
-        <v>1890</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1891</v>
+        <v>1951</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>1892</v>
+        <v>1127</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1860</v>
+        <v>1055</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F706" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>198</v>
+        <v>240</v>
       </c>
       <c r="H706" s="1" t="s">
-        <v>1893</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1894</v>
+        <v>1953</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>928</v>
+        <v>383</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1895</v>
+        <v>1120</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F707" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H707" s="1" t="s">
-        <v>1896</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
-        <v>1897</v>
+        <v>1955</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>1885</v>
+        <v>469</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1860</v>
+        <v>764</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F708" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>117</v>
+        <v>240</v>
       </c>
       <c r="H708" s="1" t="s">
-        <v>1898</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
-        <v>1899</v>
+        <v>1957</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>1900</v>
+        <v>1759</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>1178</v>
+        <v>1958</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H709" s="1" t="s">
-        <v>1901</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
-        <v>1902</v>
+        <v>1960</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>1903</v>
+        <v>1961</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>1904</v>
+        <v>882</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H710" s="1" t="s">
-        <v>1905</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
-        <v>1906</v>
+        <v>1963</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>345</v>
+        <v>1493</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>928</v>
+        <v>730</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H711" s="1" t="s">
-        <v>1907</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
-        <v>1908</v>
+        <v>1965</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>1909</v>
+        <v>1966</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>948</v>
+        <v>377</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H712" s="1" t="s">
-        <v>1910</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1911</v>
+        <v>1968</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>345</v>
+        <v>1969</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>1820</v>
+        <v>1970</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F713" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H713" s="1" t="s">
-        <v>1912</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
-        <v>1913</v>
+        <v>1972</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>1914</v>
+        <v>729</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1820</v>
+        <v>1973</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F714" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H714" s="1" t="s">
-        <v>1915</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
-        <v>1916</v>
+        <v>1975</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>1914</v>
+        <v>730</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1820</v>
+        <v>1120</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F715" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H715" s="1" t="s">
-        <v>1917</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
-        <v>1918</v>
+        <v>1977</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>947</v>
+        <v>1978</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1820</v>
+        <v>1536</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F716" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>1919</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
-        <v>1920</v>
+        <v>1980</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>947</v>
+        <v>1978</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1820</v>
+        <v>1536</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F717" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H717" s="1" t="s">
-        <v>1921</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
-        <v>1922</v>
+        <v>1982</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>1900</v>
+        <v>1983</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1923</v>
+        <v>251</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>188</v>
+        <v>240</v>
       </c>
       <c r="H718" s="1" t="s">
-        <v>1924</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
-        <v>1925</v>
+        <v>1985</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>1926</v>
+        <v>1155</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1927</v>
+        <v>259</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="H719" s="1" t="s">
-        <v>1928</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
-        <v>1929</v>
+        <v>1987</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>1930</v>
+        <v>344</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1889</v>
+        <v>1988</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E720" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H720" s="1" t="s">
-        <v>1931</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1932</v>
+        <v>1990</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>334</v>
+        <v>425</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>1634</v>
+        <v>431</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E721" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F721" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>188</v>
+        <v>240</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1933</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
-        <v>1934</v>
+        <v>1992</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>1935</v>
+        <v>1165</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>1936</v>
+        <v>259</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E722" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F722" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H722" s="1" t="s">
-        <v>1937</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
-        <v>1938</v>
+        <v>1994</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>1815</v>
+        <v>784</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>1939</v>
+        <v>1995</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E723" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G723" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H723" s="1" t="s">
-        <v>1940</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1941</v>
+        <v>1997</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>345</v>
+        <v>1501</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>1942</v>
+        <v>655</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E724" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F724" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H724" s="1" t="s">
-        <v>1943</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1944</v>
+        <v>1999</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>345</v>
+        <v>1369</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>962</v>
+        <v>1826</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E725" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F725" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H725" s="1" t="s">
-        <v>1945</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>1944</v>
+        <v>2001</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>345</v>
+        <v>425</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>962</v>
+        <v>838</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E726" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F726" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H726" s="1" t="s">
-        <v>1946</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>1947</v>
+        <v>2003</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>345</v>
+        <v>841</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>1948</v>
+        <v>842</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G727" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H727" s="1" t="s">
-        <v>1949</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
-        <v>1950</v>
+        <v>2005</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>1926</v>
+        <v>1108</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1951</v>
+        <v>384</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G728" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H728" s="1" t="s">
-        <v>1952</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
-        <v>1953</v>
+        <v>2007</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>1954</v>
+        <v>324</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1955</v>
+        <v>1364</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G729" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2008</v>
+      </c>
       <c r="H729" s="1" t="s">
-        <v>1956</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
-        <v>1957</v>
+        <v>2010</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>1958</v>
+        <v>597</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>1959</v>
+        <v>2011</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F730" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>188</v>
+        <v>2008</v>
       </c>
       <c r="H730" s="1" t="s">
-        <v>1960</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
-        <v>1961</v>
+        <v>2013</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>1962</v>
+        <v>357</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1963</v>
+        <v>1726</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>151</v>
+        <v>2008</v>
       </c>
       <c r="H731" s="1" t="s">
-        <v>1964</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
-        <v>1965</v>
+        <v>2015</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1966</v>
+        <v>1274</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>1967</v>
+        <v>2016</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F732" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>12</v>
+        <v>2008</v>
       </c>
       <c r="H732" s="1" t="s">
-        <v>1968</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
-        <v>1969</v>
+        <v>2018</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>1966</v>
+        <v>1716</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1967</v>
+        <v>655</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F733" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>12</v>
+        <v>2008</v>
       </c>
       <c r="H733" s="1" t="s">
-        <v>1970</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
-        <v>1971</v>
+        <v>2020</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>1836</v>
+        <v>2021</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1972</v>
+        <v>49</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F734" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>203</v>
+        <v>2008</v>
       </c>
       <c r="H734" s="1" t="s">
-        <v>1973</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
-        <v>1974</v>
+        <v>2023</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>947</v>
+        <v>1204</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1975</v>
+        <v>658</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E735" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F735" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>203</v>
+        <v>2008</v>
       </c>
       <c r="H735" s="1" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>1977</v>
+        <v>2025</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>1962</v>
+        <v>30</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1978</v>
+        <v>49</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>151</v>
+        <v>2008</v>
       </c>
       <c r="H736" s="1" t="s">
-        <v>1979</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
-        <v>1980</v>
+        <v>2027</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>1885</v>
+        <v>30</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1981</v>
+        <v>1786</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F737" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>12</v>
+        <v>2008</v>
       </c>
       <c r="H737" s="1" t="s">
-        <v>1982</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
-        <v>1983</v>
+        <v>2029</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>1984</v>
+        <v>392</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1985</v>
+        <v>2030</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E738" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F738" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G738" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2008</v>
+      </c>
       <c r="H738" s="1" t="s">
-        <v>1986</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
-        <v>1987</v>
+        <v>2032</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>345</v>
+        <v>802</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>999</v>
+        <v>730</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E739" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F739" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>203</v>
+        <v>2008</v>
       </c>
       <c r="H739" s="1" t="s">
-        <v>1988</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
-        <v>1989</v>
+        <v>2034</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1930</v>
+        <v>802</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>353</v>
+        <v>193</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F740" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>287</v>
+        <v>2008</v>
       </c>
       <c r="H740" s="1" t="s">
-        <v>1990</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
-        <v>1991</v>
+        <v>2036</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>1992</v>
+        <v>544</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1936</v>
+        <v>667</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F741" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>12</v>
+        <v>2008</v>
       </c>
       <c r="H741" s="1" t="s">
-        <v>1993</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
-        <v>1994</v>
+        <v>2038</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1995</v>
+        <v>544</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>353</v>
+        <v>1798</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>198</v>
+        <v>2008</v>
       </c>
       <c r="H742" s="1" t="s">
-        <v>1996</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
-        <v>1997</v>
+        <v>2040</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>1914</v>
+        <v>2041</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1998</v>
+        <v>1126</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F743" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>227</v>
+        <v>2008</v>
       </c>
       <c r="H743" s="1" t="s">
-        <v>1999</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
-        <v>2000</v>
+        <v>2043</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>1914</v>
+        <v>1204</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1998</v>
+        <v>655</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F744" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>181</v>
+        <v>2008</v>
       </c>
       <c r="H744" s="1" t="s">
-        <v>2001</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
-        <v>2002</v>
+        <v>2045</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>1914</v>
+        <v>1384</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1998</v>
+        <v>1608</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F745" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>181</v>
+        <v>2008</v>
       </c>
       <c r="H745" s="1" t="s">
-        <v>2003</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>2004</v>
+        <v>2047</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>1926</v>
+        <v>466</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>2005</v>
+        <v>2048</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F746" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>96</v>
+        <v>2008</v>
       </c>
       <c r="H746" s="1" t="s">
-        <v>2006</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>2007</v>
+        <v>2050</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>334</v>
+        <v>1089</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>962</v>
+        <v>1090</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>96</v>
+        <v>2008</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>2008</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
-        <v>2009</v>
+        <v>2050</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>1967</v>
+        <v>1089</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>353</v>
+        <v>1090</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F748" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>104</v>
+        <v>2008</v>
       </c>
       <c r="H748" s="1" t="s">
-        <v>2010</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
-        <v>2011</v>
+        <v>2053</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>1892</v>
+        <v>1089</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2012</v>
+        <v>1090</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F749" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>181</v>
+        <v>2008</v>
       </c>
       <c r="H749" s="1" t="s">
-        <v>2013</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
-        <v>2014</v>
+        <v>2055</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>1903</v>
+        <v>1089</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>1854</v>
+        <v>1090</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F750" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>188</v>
+        <v>2008</v>
       </c>
       <c r="H750" s="1" t="s">
-        <v>2015</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
-        <v>2016</v>
+        <v>2057</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>928</v>
+        <v>1089</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>1854</v>
+        <v>1090</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>100</v>
+        <v>2008</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>2017</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>2018</v>
+        <v>2059</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>2019</v>
+        <v>2060</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>910</v>
+        <v>2061</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F752" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>181</v>
+        <v>2008</v>
       </c>
       <c r="H752" s="1" t="s">
-        <v>2020</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
-        <v>2021</v>
+        <v>2063</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>2019</v>
+        <v>1285</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>910</v>
+        <v>425</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F753" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>181</v>
+        <v>2008</v>
       </c>
       <c r="H753" s="1" t="s">
-        <v>2022</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
-        <v>2023</v>
+        <v>2065</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>999</v>
+        <v>510</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>399</v>
+        <v>552</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F754" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>12</v>
+        <v>2008</v>
       </c>
       <c r="H754" s="1" t="s">
-        <v>2024</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
-        <v>2025</v>
+        <v>2067</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>999</v>
+        <v>1438</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>399</v>
+        <v>573</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F755" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>32</v>
+        <v>2008</v>
       </c>
       <c r="H755" s="1" t="s">
-        <v>2026</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
-        <v>2027</v>
+        <v>2069</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>999</v>
+        <v>510</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>399</v>
+        <v>1105</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F756" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>54</v>
+        <v>2008</v>
       </c>
       <c r="H756" s="1" t="s">
-        <v>2028</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
-        <v>2029</v>
+        <v>2071</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>1972</v>
+        <v>424</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>353</v>
+        <v>1826</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F757" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>104</v>
+        <v>2008</v>
       </c>
       <c r="H757" s="1" t="s">
-        <v>2030</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
-        <v>2031</v>
+        <v>2073</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>948</v>
+        <v>1736</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>2032</v>
+        <v>579</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F758" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>139</v>
+        <v>2008</v>
       </c>
       <c r="H758" s="1" t="s">
-        <v>2033</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
-        <v>2034</v>
+        <v>2075</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>999</v>
+        <v>774</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>399</v>
+        <v>1969</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>181</v>
+        <v>2008</v>
       </c>
       <c r="H759" s="1" t="s">
-        <v>2035</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2036</v>
+        <v>2032</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>999</v>
+        <v>2077</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>399</v>
+        <v>2078</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>181</v>
+        <v>2008</v>
       </c>
       <c r="H760" s="1" t="s">
-        <v>2037</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
-        <v>2038</v>
+        <v>2080</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>999</v>
+        <v>1165</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>399</v>
+        <v>1329</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F761" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>181</v>
+        <v>2008</v>
       </c>
       <c r="H761" s="1" t="s">
-        <v>2039</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>999</v>
+        <v>863</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>399</v>
+        <v>2082</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F762" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>104</v>
+        <v>2008</v>
       </c>
       <c r="H762" s="1" t="s">
-        <v>2041</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
-        <v>2042</v>
+        <v>2084</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>999</v>
+        <v>1174</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>399</v>
+        <v>276</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F763" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>227</v>
+        <v>2008</v>
       </c>
       <c r="H763" s="1" t="s">
-        <v>2043</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
-        <v>2044</v>
+        <v>2086</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>999</v>
+        <v>1807</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>399</v>
+        <v>1507</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F764" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>227</v>
+        <v>2008</v>
       </c>
       <c r="H764" s="1" t="s">
-        <v>2045</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
-        <v>2046</v>
+        <v>2088</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>999</v>
+        <v>1280</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>399</v>
+        <v>478</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F765" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>100</v>
+        <v>2008</v>
       </c>
       <c r="H765" s="1" t="s">
-        <v>2047</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
-        <v>2048</v>
+        <v>2090</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>399</v>
+        <v>1431</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>139</v>
+        <v>2008</v>
       </c>
       <c r="H766" s="1" t="s">
-        <v>2049</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
-        <v>2050</v>
+        <v>2092</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>1972</v>
+        <v>996</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>399</v>
+        <v>2093</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>100</v>
+        <v>2008</v>
       </c>
       <c r="H767" s="1" t="s">
-        <v>2051</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
-        <v>2052</v>
+        <v>2095</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>1998</v>
+        <v>466</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>1981</v>
+        <v>655</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="H768" s="1" t="s">
-        <v>2053</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
-        <v>2054</v>
+        <v>2097</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>1998</v>
+        <v>1397</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>353</v>
+        <v>2098</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="H769" s="1" t="s">
-        <v>2055</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
-        <v>2056</v>
+        <v>2100</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>2012</v>
+        <v>63</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>1939</v>
+        <v>655</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>181</v>
+        <v>2101</v>
       </c>
       <c r="H770" s="1" t="s">
-        <v>2057</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
-        <v>2058</v>
+        <v>2103</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>1927</v>
+        <v>63</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2059</v>
+        <v>655</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F771" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G771" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2101</v>
+      </c>
       <c r="H771" s="1" t="s">
-        <v>2060</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
-        <v>2061</v>
+        <v>2105</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>1978</v>
+        <v>2106</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1002</v>
+        <v>730</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2062</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
-        <v>2063</v>
+        <v>2108</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>2064</v>
+        <v>213</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2065</v>
+        <v>214</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="H773" s="1" t="s">
-        <v>2066</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
-        <v>2067</v>
+        <v>2110</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>2068</v>
+        <v>1581</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2069</v>
+        <v>2111</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H774" s="1" t="s">
-        <v>2070</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
-        <v>2071</v>
+        <v>2113</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>2072</v>
+        <v>2114</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>399</v>
+        <v>1513</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H775" s="1" t="s">
-        <v>2073</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
-        <v>2074</v>
+        <v>2116</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>1985</v>
+        <v>2117</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1981</v>
+        <v>724</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2075</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2076</v>
+        <v>2119</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>1985</v>
+        <v>63</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2077</v>
+        <v>1120</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2078</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2079</v>
+        <v>2121</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1634</v>
+        <v>1854</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1075</v>
+        <v>1364</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F778" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>198</v>
+        <v>12</v>
       </c>
       <c r="H778" s="1" t="s">
-        <v>2080</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
-        <v>2081</v>
+        <v>2123</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>1634</v>
+        <v>365</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>399</v>
+        <v>1717</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F779" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H779" s="1" t="s">
-        <v>2082</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
-        <v>2083</v>
+        <v>2125</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>957</v>
+        <v>377</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2084</v>
+        <v>2126</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G780" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H780" s="1" t="s">
-        <v>2085</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
-        <v>2086</v>
+        <v>2128</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>2087</v>
+        <v>2129</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>400</v>
+        <v>2106</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G781" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H781" s="1" t="s">
-        <v>2088</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
-        <v>2089</v>
+        <v>2131</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>345</v>
+        <v>2129</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>1820</v>
+        <v>2106</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G782" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H782" s="1" t="s">
-        <v>2090</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
-        <v>2091</v>
+        <v>2133</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>1634</v>
+        <v>1126</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2092</v>
+        <v>2134</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F783" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H783" s="1" t="s">
-        <v>2093</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2094</v>
+        <v>2136</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>2095</v>
+        <v>545</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>396</v>
+        <v>655</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F784" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>117</v>
+        <v>12</v>
       </c>
       <c r="H784" s="1" t="s">
-        <v>2096</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
-        <v>2097</v>
+        <v>2138</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>2069</v>
+        <v>99</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2098</v>
+        <v>259</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H785" s="1" t="s">
-        <v>2099</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
-        <v>2100</v>
+        <v>2140</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>2101</v>
+        <v>1709</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2102</v>
+        <v>2141</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E786" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F786" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H786" s="1" t="s">
-        <v>2103</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2104</v>
+        <v>2143</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2105</v>
+        <v>1709</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>972</v>
+        <v>2141</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E787" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G787" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H787" s="1" t="s">
-        <v>2106</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2107</v>
+        <v>2145</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2108</v>
+        <v>845</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>996</v>
+        <v>846</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E788" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G788" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H788" s="1" t="s">
-        <v>2109</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2110</v>
+        <v>2147</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>2108</v>
+        <v>510</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>411</v>
+        <v>552</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E789" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F789" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>198</v>
+        <v>12</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2111</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2112</v>
+        <v>2149</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>2108</v>
+        <v>510</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2098</v>
+        <v>552</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F790" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2113</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2114</v>
+        <v>2151</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2108</v>
+        <v>1368</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2098</v>
+        <v>1514</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E791" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F791" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2115</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2116</v>
+        <v>2153</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2092</v>
+        <v>1368</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>972</v>
+        <v>1514</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2117</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2118</v>
+        <v>2155</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>2092</v>
+        <v>806</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>411</v>
+        <v>807</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F793" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H793" s="1" t="s">
-        <v>2119</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2120</v>
+        <v>2157</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>1936</v>
+        <v>806</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>399</v>
+        <v>807</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F794" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2121</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2123</v>
+        <v>837</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2124</v>
+        <v>2159</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E795" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F795" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H795" s="1" t="s">
-        <v>2125</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
-        <v>2126</v>
+        <v>2161</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>2123</v>
+        <v>806</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>1006</v>
+        <v>807</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G796" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H796" s="1" t="s">
-        <v>2127</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2128</v>
+        <v>2163</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>1075</v>
+        <v>1225</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1002</v>
+        <v>470</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E797" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G797" s="1"/>
       <c r="H797" s="1" t="s">
-        <v>2129</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
-        <v>2130</v>
+        <v>2165</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>995</v>
+        <v>500</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>1310</v>
+        <v>696</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G798" s="1"/>
       <c r="H798" s="1" t="s">
-        <v>2131</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
-        <v>2132</v>
+        <v>2167</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>2133</v>
+        <v>275</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>1009</v>
+        <v>2168</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G799" s="1"/>
       <c r="H799" s="1" t="s">
-        <v>2134</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2135</v>
+        <v>2170</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2136</v>
+        <v>2171</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2032</v>
+        <v>2172</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G800" s="1"/>
       <c r="H800" s="1" t="s">
-        <v>2137</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
-        <v>2138</v>
+        <v>2174</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>2123</v>
+        <v>1590</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2124</v>
+        <v>1241</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F801" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>227</v>
+        <v>31</v>
       </c>
       <c r="H801" s="1" t="s">
-        <v>2139</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2140</v>
+        <v>2176</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>2123</v>
+        <v>1014</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2124</v>
+        <v>1008</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F802" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>227</v>
+        <v>77</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2141</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
-        <v>2142</v>
+        <v>2178</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>2123</v>
+        <v>1014</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2124</v>
+        <v>279</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F803" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>227</v>
+        <v>77</v>
       </c>
       <c r="H803" s="1" t="s">
-        <v>2143</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2144</v>
+        <v>2180</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>2123</v>
+        <v>1014</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2124</v>
+        <v>1008</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F804" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>227</v>
+        <v>77</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2145</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>2146</v>
+        <v>1234</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>2133</v>
+        <v>564</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2147</v>
+        <v>1454</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F805" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>227</v>
+        <v>96</v>
       </c>
       <c r="H805" s="1" t="s">
-        <v>2148</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
-        <v>2149</v>
+        <v>2183</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>2133</v>
+        <v>2184</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2147</v>
+        <v>279</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E806" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F806" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>227</v>
+        <v>2008</v>
       </c>
       <c r="H806" s="1" t="s">
-        <v>2150</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
-        <v>2151</v>
+        <v>2186</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>2123</v>
+        <v>2187</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2152</v>
+        <v>771</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F807" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H807" s="1" t="s">
-        <v>2153</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
-        <v>2154</v>
+        <v>2189</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>2155</v>
+        <v>2190</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>392</v>
+        <v>214</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E808" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F808" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>54</v>
+        <v>218</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2156</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
-        <v>2157</v>
+        <v>2192</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>996</v>
+        <v>2193</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>393</v>
+        <v>513</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E809" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F809" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H809" s="1" t="s">
-        <v>2158</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2159</v>
+        <v>2195</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>972</v>
+        <v>213</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>434</v>
+        <v>214</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E810" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F810" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>227</v>
+        <v>96</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2160</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2161</v>
+        <v>2197</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>487</v>
+        <v>213</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>9</v>
+        <v>214</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F811" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>198</v>
+        <v>96</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2162</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>2163</v>
+        <v>2199</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>2102</v>
+        <v>213</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>371</v>
+        <v>214</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F812" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2164</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>976</v>
+        <v>2201</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>977</v>
+        <v>213</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>434</v>
+        <v>214</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F813" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="H813" s="1" t="s">
-        <v>2165</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2166</v>
+        <v>2203</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>996</v>
+        <v>213</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>445</v>
+        <v>214</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F814" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G814" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H814" s="1" t="s">
-        <v>2167</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
-        <v>2168</v>
+        <v>2205</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>534</v>
+        <v>213</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2169</v>
+        <v>214</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E815" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F815" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="H815" s="1" t="s">
-        <v>2170</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
-        <v>2171</v>
+        <v>2207</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>2172</v>
+        <v>213</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>1877</v>
+        <v>214</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>203</v>
+        <v>77</v>
       </c>
       <c r="H816" s="1" t="s">
-        <v>2173</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
-        <v>2174</v>
+        <v>2209</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>2175</v>
+        <v>965</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2176</v>
+        <v>2210</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>227</v>
+        <v>685</v>
       </c>
       <c r="H817" s="1" t="s">
-        <v>2177</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
-        <v>2178</v>
+        <v>2212</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>2179</v>
+        <v>2190</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>1820</v>
+        <v>2213</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F818" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>104</v>
+        <v>685</v>
       </c>
       <c r="H818" s="1" t="s">
-        <v>2180</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2181</v>
+        <v>2215</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>2175</v>
+        <v>771</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>1909</v>
+        <v>2216</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G819" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="H819" s="1" t="s">
-        <v>2182</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>2183</v>
+        <v>2218</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>2184</v>
+        <v>2219</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>1814</v>
+        <v>2220</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G820" s="1"/>
       <c r="H820" s="1" t="s">
-        <v>2185</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
-        <v>2186</v>
+        <v>2222</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2187</v>
+        <v>2223</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1705</v>
+        <v>1241</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F821" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>287</v>
+        <v>1342</v>
       </c>
       <c r="H821" s="1" t="s">
-        <v>2188</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
-        <v>2189</v>
+        <v>2225</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>2190</v>
+        <v>2223</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2191</v>
+        <v>2226</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E822" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F822" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H822" s="1" t="s">
-        <v>2192</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2193</v>
+        <v>2228</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>2190</v>
+        <v>275</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1257</v>
+        <v>2168</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F823" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="H823" s="1" t="s">
-        <v>2194</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>2195</v>
+        <v>2230</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>2196</v>
+        <v>275</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2197</v>
+        <v>276</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G824" s="1"/>
       <c r="H824" s="1" t="s">
-        <v>2198</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2199</v>
+        <v>2232</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>2200</v>
+        <v>275</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>1814</v>
+        <v>276</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G825" s="1"/>
       <c r="H825" s="1" t="s">
-        <v>2201</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2202</v>
+        <v>2234</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>1877</v>
+        <v>275</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>928</v>
+        <v>276</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G826" s="1"/>
       <c r="H826" s="1" t="s">
-        <v>2203</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2204</v>
+        <v>2236</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>2205</v>
+        <v>275</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>634</v>
+        <v>276</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G827" s="1"/>
       <c r="H827" s="1" t="s">
-        <v>2206</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
-        <v>2207</v>
+        <v>2238</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>2208</v>
+        <v>275</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>584</v>
+        <v>276</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G828" s="1"/>
       <c r="H828" s="1" t="s">
-        <v>2209</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
-        <v>2210</v>
+        <v>2240</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>1727</v>
+        <v>275</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2191</v>
+        <v>276</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G829" s="1"/>
       <c r="H829" s="1" t="s">
-        <v>2211</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2212</v>
+        <v>2242</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>2213</v>
+        <v>771</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>928</v>
+        <v>513</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F830" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H830" s="1" t="s">
-        <v>2214</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2215</v>
+        <v>2244</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>591</v>
+        <v>2245</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>584</v>
+        <v>2246</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2216</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2217</v>
+        <v>2248</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>2218</v>
+        <v>2249</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>201</v>
+        <v>2250</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E832" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G832" s="1"/>
       <c r="H832" s="1" t="s">
-        <v>2219</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
-        <v>2220</v>
+        <v>2252</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>2218</v>
+        <v>2249</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>201</v>
+        <v>2253</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F833" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="H833" s="1" t="s">
-        <v>2221</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
-        <v>2222</v>
+        <v>2255</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>1727</v>
+        <v>2249</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>1835</v>
+        <v>2253</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E834" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>12</v>
+        <v>685</v>
       </c>
       <c r="H834" s="1" t="s">
-        <v>2223</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
-        <v>2224</v>
+        <v>2257</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>2225</v>
+        <v>1970</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>365</v>
+        <v>2250</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F835" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>198</v>
+        <v>218</v>
       </c>
       <c r="H835" s="1" t="s">
-        <v>2226</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
-        <v>2227</v>
+        <v>2259</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>2228</v>
+        <v>1970</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>399</v>
+        <v>2260</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F836" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>32</v>
+        <v>1342</v>
       </c>
       <c r="H836" s="1" t="s">
-        <v>2229</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
-        <v>2230</v>
+        <v>2262</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>2228</v>
+        <v>1454</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1853</v>
+        <v>2263</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F837" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>188</v>
+        <v>685</v>
       </c>
       <c r="H837" s="1" t="s">
-        <v>2231</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
-        <v>2232</v>
+        <v>2265</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>1584</v>
+        <v>1454</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2233</v>
+        <v>2263</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F838" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>188</v>
+        <v>685</v>
       </c>
       <c r="H838" s="1" t="s">
-        <v>2234</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
-        <v>2235</v>
+        <v>2267</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>2236</v>
+        <v>993</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>1807</v>
+        <v>214</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F839" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>181</v>
+        <v>240</v>
       </c>
       <c r="H839" s="1" t="s">
-        <v>2237</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
-        <v>2238</v>
+        <v>2269</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>684</v>
+        <v>214</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>958</v>
+        <v>214</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F840" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>104</v>
+        <v>204</v>
       </c>
       <c r="H840" s="1" t="s">
-        <v>2239</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
-        <v>2240</v>
+        <v>2271</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>947</v>
+        <v>2272</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2241</v>
+        <v>2273</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F841" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="H841" s="1" t="s">
-        <v>2242</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
-        <v>2243</v>
+        <v>2275</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>2197</v>
+        <v>2249</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>1992</v>
+        <v>2253</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F842" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>139</v>
+        <v>685</v>
       </c>
       <c r="H842" s="1" t="s">
-        <v>2244</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2245</v>
+        <v>2277</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2197</v>
+        <v>2249</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>1992</v>
+        <v>2253</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E843" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F843" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>139</v>
+        <v>685</v>
       </c>
       <c r="H843" s="1" t="s">
-        <v>2246</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2247</v>
+        <v>2279</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2197</v>
+        <v>2280</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1992</v>
+        <v>2281</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H844" s="1" t="s">
-        <v>2248</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
-        <v>2249</v>
+        <v>2283</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>2197</v>
+        <v>279</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2250</v>
+        <v>2284</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E845" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G845" s="1"/>
       <c r="H845" s="1" t="s">
-        <v>2251</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
-        <v>2252</v>
+        <v>2286</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>684</v>
+        <v>279</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>399</v>
+        <v>779</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F846" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="H846" s="1" t="s">
-        <v>2253</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
-        <v>2254</v>
+        <v>2288</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>1584</v>
+        <v>2249</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>622</v>
+        <v>2289</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F847" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>54</v>
+        <v>204</v>
       </c>
       <c r="H847" s="1" t="s">
-        <v>2255</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2256</v>
+        <v>2291</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>1647</v>
+        <v>2245</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2257</v>
+        <v>2246</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2258</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2259</v>
+        <v>2293</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>2260</v>
+        <v>2249</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>1848</v>
+        <v>2250</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G849" s="1"/>
       <c r="H849" s="1" t="s">
-        <v>2261</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
-        <v>2262</v>
+        <v>2295</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>613</v>
+        <v>2245</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>951</v>
+        <v>2246</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F850" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="H850" s="1" t="s">
-        <v>2263</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
-        <v>2264</v>
+        <v>2297</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>542</v>
+        <v>2249</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2265</v>
+        <v>2289</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F851" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H851" s="1" t="s">
-        <v>2266</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2267</v>
+        <v>2299</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>1078</v>
+        <v>2300</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1734</v>
+        <v>1222</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G852" s="1"/>
       <c r="H852" s="1" t="s">
-        <v>2268</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2269</v>
+        <v>2302</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>2270</v>
+        <v>729</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>584</v>
+        <v>2303</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G853" s="1"/>
       <c r="H853" s="1" t="s">
-        <v>2271</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2272</v>
+        <v>2305</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2273</v>
+        <v>2306</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>358</v>
+        <v>235</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G854" s="1"/>
       <c r="H854" s="1" t="s">
-        <v>2274</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2275</v>
+        <v>2308</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2276</v>
+        <v>2306</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>365</v>
+        <v>235</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G855" s="1"/>
       <c r="H855" s="1" t="s">
-        <v>2277</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2278</v>
+        <v>2305</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>2276</v>
+        <v>1083</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>365</v>
+        <v>235</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G856" s="1"/>
       <c r="H856" s="1" t="s">
-        <v>2279</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2280</v>
+        <v>2311</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>735</v>
+        <v>217</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>584</v>
+        <v>658</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G857" s="1"/>
       <c r="H857" s="1" t="s">
-        <v>2281</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2282</v>
+        <v>2313</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>2283</v>
+        <v>217</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>549</v>
+        <v>658</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G858" s="1"/>
       <c r="H858" s="1" t="s">
-        <v>2284</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2285</v>
+        <v>2315</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>735</v>
+        <v>186</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2286</v>
+        <v>235</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G859" s="1"/>
       <c r="H859" s="1" t="s">
-        <v>2287</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2288</v>
+        <v>2315</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>1072</v>
+        <v>2317</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>364</v>
+        <v>235</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G860" s="1"/>
       <c r="H860" s="1" t="s">
-        <v>2289</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2290</v>
+        <v>2315</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>738</v>
+        <v>2317</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2291</v>
+        <v>235</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G861" s="1"/>
       <c r="H861" s="1" t="s">
-        <v>2292</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
-        <v>2293</v>
+        <v>2320</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>2294</v>
+        <v>63</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2295</v>
+        <v>380</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G862" s="1"/>
       <c r="H862" s="1" t="s">
-        <v>2296</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
-        <v>2297</v>
+        <v>2322</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>2298</v>
+        <v>30</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2299</v>
+        <v>658</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G863" s="1"/>
       <c r="H863" s="1" t="s">
-        <v>2300</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
-        <v>2301</v>
+        <v>2324</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>927</v>
+        <v>2325</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2302</v>
+        <v>2326</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G864" s="1"/>
       <c r="H864" s="1" t="s">
-        <v>2303</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
-        <v>2304</v>
+        <v>2328</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>2276</v>
+        <v>532</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>634</v>
+        <v>478</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G865" s="1"/>
       <c r="H865" s="1" t="s">
-        <v>2305</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2306</v>
+        <v>2330</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>2307</v>
+        <v>1768</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2286</v>
+        <v>235</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G866" s="1"/>
       <c r="H866" s="1" t="s">
-        <v>2308</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2309</v>
+        <v>2332</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2307</v>
+        <v>2333</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>534</v>
+        <v>2334</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G867" s="1"/>
       <c r="H867" s="1" t="s">
-        <v>2310</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>2311</v>
+        <v>2336</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>613</v>
+        <v>2337</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>958</v>
+        <v>763</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
-        <v>2312</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
-        <v>2313</v>
+        <v>2339</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>545</v>
+        <v>941</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>364</v>
+        <v>2340</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2314</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2315</v>
+        <v>2342</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>1631</v>
+        <v>2343</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1705</v>
+        <v>1816</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G870" s="1"/>
       <c r="H870" s="1" t="s">
-        <v>2316</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2317</v>
+        <v>2345</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>1631</v>
+        <v>1368</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>566</v>
+        <v>630</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G871" s="1"/>
       <c r="H871" s="1" t="s">
-        <v>2318</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2319</v>
+        <v>2347</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>1631</v>
+        <v>630</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2320</v>
+        <v>424</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E872" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G872" s="1"/>
       <c r="H872" s="1" t="s">
-        <v>2321</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2322</v>
+        <v>2349</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>2294</v>
+        <v>552</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>562</v>
+        <v>1826</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G873" s="1"/>
       <c r="H873" s="1" t="s">
-        <v>2323</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2324</v>
+        <v>2351</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>2325</v>
+        <v>555</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>566</v>
+        <v>643</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G874" s="1"/>
       <c r="H874" s="1" t="s">
-        <v>2326</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2327</v>
+        <v>2353</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>2325</v>
+        <v>555</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2328</v>
+        <v>1274</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G875" s="1"/>
       <c r="H875" s="1" t="s">
-        <v>2329</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2330</v>
+        <v>2355</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>2294</v>
+        <v>1156</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2325</v>
+        <v>1475</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G876" s="1"/>
       <c r="H876" s="1" t="s">
-        <v>2331</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2332</v>
+        <v>2248</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>2325</v>
+        <v>1084</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2286</v>
+        <v>2357</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G877" s="1"/>
       <c r="H877" s="1" t="s">
-        <v>2333</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
-        <v>2334</v>
+        <v>2359</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>549</v>
+        <v>1510</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>2335</v>
+        <v>2360</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G878" s="1"/>
       <c r="H878" s="1" t="s">
-        <v>2336</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
-        <v>2337</v>
+        <v>2362</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>2338</v>
+        <v>806</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>562</v>
+        <v>1228</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G879" s="1"/>
       <c r="H879" s="1" t="s">
-        <v>2339</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2340</v>
+        <v>2364</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>2341</v>
+        <v>1841</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2342</v>
+        <v>2245</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G880" s="1"/>
       <c r="H880" s="1" t="s">
-        <v>2343</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2344</v>
+        <v>2366</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>2345</v>
+        <v>2367</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>2346</v>
+        <v>1174</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G881" s="1"/>
       <c r="H881" s="1" t="s">
-        <v>2347</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
-        <v>2348</v>
+        <v>2369</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>2345</v>
+        <v>2370</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2346</v>
+        <v>2371</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G882" s="1"/>
       <c r="H882" s="1" t="s">
-        <v>2349</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2350</v>
+        <v>2373</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>566</v>
+        <v>2159</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2191</v>
+        <v>1825</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2351</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2352</v>
+        <v>2375</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>2325</v>
+        <v>2159</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>368</v>
+        <v>1825</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G884" s="1"/>
       <c r="H884" s="1" t="s">
-        <v>2353</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2354</v>
+        <v>2377</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>545</v>
+        <v>99</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>1680</v>
+        <v>1762</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F885" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G885" s="1"/>
       <c r="H885" s="1" t="s">
-        <v>2355</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2356</v>
+        <v>2379</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>2357</v>
+        <v>2325</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>562</v>
+        <v>259</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G886" s="1"/>
       <c r="H886" s="1" t="s">
-        <v>2358</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2359</v>
+        <v>2381</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>545</v>
+        <v>40</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>1680</v>
+        <v>259</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G887" s="1"/>
       <c r="H887" s="1" t="s">
-        <v>2360</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2361</v>
+        <v>2383</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>358</v>
+        <v>2384</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>365</v>
+        <v>259</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F888" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G888" s="1"/>
       <c r="H888" s="1" t="s">
-        <v>2362</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2363</v>
+        <v>2386</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>2341</v>
+        <v>40</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>1085</v>
+        <v>259</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F889" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G889" s="1"/>
       <c r="H889" s="1" t="s">
-        <v>2364</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2365</v>
+        <v>2388</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>2366</v>
+        <v>1826</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2367</v>
+        <v>361</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F890" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G890" s="1"/>
       <c r="H890" s="1" t="s">
-        <v>2368</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2369</v>
+        <v>2390</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>2370</v>
+        <v>1329</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2371</v>
+        <v>647</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F891" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G891" s="1"/>
       <c r="H891" s="1" t="s">
-        <v>2372</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2373</v>
+        <v>2392</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>2370</v>
+        <v>493</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2371</v>
+        <v>1165</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G892" s="1"/>
       <c r="H892" s="1" t="s">
-        <v>2374</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
-        <v>2375</v>
+        <v>2394</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>2376</v>
+        <v>493</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2342</v>
+        <v>1165</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F893" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G893" s="1"/>
       <c r="H893" s="1" t="s">
-        <v>2377</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
-        <v>2378</v>
+        <v>2396</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>2376</v>
+        <v>493</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2342</v>
+        <v>1165</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F894" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G894" s="1"/>
       <c r="H894" s="1" t="s">
-        <v>2379</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2380</v>
+        <v>2398</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>2376</v>
+        <v>1519</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2342</v>
+        <v>2399</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F895" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G895" s="1"/>
       <c r="H895" s="1" t="s">
-        <v>2381</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
-        <v>2382</v>
+        <v>2401</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>2299</v>
+        <v>2402</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2371</v>
+        <v>380</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F896" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G896" s="1"/>
       <c r="H896" s="1" t="s">
-        <v>2383</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2384</v>
+        <v>2404</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>2385</v>
+        <v>1066</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2385</v>
+        <v>2405</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F897" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G897" s="1"/>
       <c r="H897" s="1" t="s">
-        <v>2386</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
-        <v>2387</v>
+        <v>2407</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>57</v>
+        <v>2219</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2388</v>
+        <v>1084</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F898" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G898" s="1"/>
       <c r="H898" s="1" t="s">
-        <v>2389</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
-        <v>2390</v>
+        <v>2409</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2388</v>
+        <v>667</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F899" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G899" s="1"/>
       <c r="H899" s="1" t="s">
-        <v>2391</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
-        <v>2392</v>
+        <v>2411</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>2346</v>
+        <v>63</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>364</v>
+        <v>655</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F900" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G900" s="1"/>
       <c r="H900" s="1" t="s">
-        <v>2393</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2394</v>
+        <v>2413</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>662</v>
+        <v>2414</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>577</v>
+        <v>2415</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F901" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G901" s="1"/>
       <c r="H901" s="1" t="s">
-        <v>2395</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
-        <v>2396</v>
+        <v>2417</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>673</v>
+        <v>1095</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>674</v>
+        <v>1120</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E902" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F902" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G902" s="1"/>
       <c r="H902" s="1" t="s">
-        <v>2397</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
-        <v>2398</v>
+        <v>2419</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>673</v>
+        <v>2420</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>674</v>
+        <v>2421</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G903" s="1"/>
       <c r="H903" s="1" t="s">
-        <v>2399</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2400</v>
+        <v>2423</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>741</v>
+        <v>1108</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>555</v>
+        <v>883</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G904" s="1"/>
       <c r="H904" s="1" t="s">
-        <v>2401</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2402</v>
+        <v>2425</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>741</v>
+        <v>2414</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>555</v>
+        <v>1665</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G905" s="1"/>
       <c r="H905" s="1" t="s">
-        <v>2403</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2404</v>
+        <v>2427</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>877</v>
+        <v>2414</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>538</v>
+        <v>1665</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E906" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G906" s="1"/>
       <c r="H906" s="1" t="s">
-        <v>2405</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2406</v>
-[...2 lines deleted...]
-      <c r="C907" s="1"/>
+        <v>2429</v>
+      </c>
+      <c r="B907" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C907" s="1" t="s">
+        <v>474</v>
+      </c>
       <c r="D907" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F907" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G907" s="1"/>
       <c r="H907" s="1" t="s">
-        <v>2407</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2408</v>
-[...2 lines deleted...]
-      <c r="C908" s="1"/>
+        <v>2431</v>
+      </c>
+      <c r="B908" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C908" s="1" t="s">
+        <v>1346</v>
+      </c>
       <c r="D908" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F908" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G908" s="1"/>
       <c r="H908" s="1" t="s">
-        <v>2409</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2410</v>
-[...2 lines deleted...]
-      <c r="C909" s="1"/>
+        <v>2433</v>
+      </c>
+      <c r="B909" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C909" s="1" t="s">
+        <v>1346</v>
+      </c>
       <c r="D909" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F909" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G909" s="1"/>
       <c r="H909" s="1" t="s">
-        <v>2411</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
-        <v>2412</v>
-[...2 lines deleted...]
-      <c r="C910" s="1"/>
+        <v>2435</v>
+      </c>
+      <c r="B910" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C910" s="1" t="s">
+        <v>2436</v>
+      </c>
       <c r="D910" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F910" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G910" s="1"/>
       <c r="H910" s="1" t="s">
-        <v>2413</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2414</v>
-[...2 lines deleted...]
-      <c r="C911" s="1"/>
+        <v>2438</v>
+      </c>
+      <c r="B911" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C911" s="1" t="s">
+        <v>1266</v>
+      </c>
       <c r="D911" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F911" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G911" s="1"/>
       <c r="H911" s="1" t="s">
-        <v>2415</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2416</v>
-[...2 lines deleted...]
-      <c r="C912" s="1"/>
+        <v>2440</v>
+      </c>
+      <c r="B912" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C912" s="1" t="s">
+        <v>631</v>
+      </c>
       <c r="D912" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F912" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G912" s="1"/>
       <c r="H912" s="1" t="s">
-        <v>2417</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2418</v>
-[...2 lines deleted...]
-      <c r="C913" s="1"/>
+        <v>2442</v>
+      </c>
+      <c r="B913" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C913" s="1" t="s">
+        <v>1463</v>
+      </c>
       <c r="D913" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F913" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G913" s="1"/>
       <c r="H913" s="1" t="s">
-        <v>2419</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2420</v>
-[...2 lines deleted...]
-      <c r="C914" s="1"/>
+        <v>2445</v>
+      </c>
+      <c r="B914" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C914" s="1" t="s">
+        <v>1463</v>
+      </c>
       <c r="D914" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F914" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G914" s="1"/>
       <c r="H914" s="1" t="s">
-        <v>2421</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2422</v>
-[...2 lines deleted...]
-      <c r="C915" s="1"/>
+        <v>2447</v>
+      </c>
+      <c r="B915" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C915" s="1" t="s">
+        <v>430</v>
+      </c>
       <c r="D915" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F915" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F915" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2423</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2424</v>
-[...2 lines deleted...]
-      <c r="C916" s="1"/>
+        <v>2449</v>
+      </c>
+      <c r="B916" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C916" s="1" t="s">
+        <v>552</v>
+      </c>
       <c r="D916" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F916" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F916" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2425</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2426</v>
-[...2 lines deleted...]
-      <c r="C917" s="1"/>
+        <v>2451</v>
+      </c>
+      <c r="B917" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C917" s="1" t="s">
+        <v>259</v>
+      </c>
       <c r="D917" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F917" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F917" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2427</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2426</v>
-[...2 lines deleted...]
-      <c r="C918" s="1"/>
+        <v>2453</v>
+      </c>
+      <c r="B918" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C918" s="1" t="s">
+        <v>259</v>
+      </c>
       <c r="D918" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F918" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F918" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2428</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2429</v>
-[...2 lines deleted...]
-      <c r="C919" s="1"/>
+        <v>2455</v>
+      </c>
+      <c r="B919" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C919" s="1" t="s">
+        <v>380</v>
+      </c>
       <c r="D919" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F919" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G919" s="1"/>
       <c r="H919" s="1" t="s">
-        <v>2430</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2431</v>
-[...2 lines deleted...]
-      <c r="C920" s="1"/>
+        <v>2457</v>
+      </c>
+      <c r="B920" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C920" s="1" t="s">
+        <v>2458</v>
+      </c>
       <c r="D920" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F920" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G920" s="1"/>
       <c r="H920" s="1" t="s">
-        <v>2432</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2433</v>
-[...2 lines deleted...]
-      <c r="C921" s="1"/>
+        <v>2460</v>
+      </c>
+      <c r="B921" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C921" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="D921" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F921" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G921" s="1"/>
       <c r="H921" s="1" t="s">
-        <v>2434</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2435</v>
-[...2 lines deleted...]
-      <c r="C922" s="1"/>
+        <v>2462</v>
+      </c>
+      <c r="B922" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C922" s="1" t="s">
+        <v>655</v>
+      </c>
       <c r="D922" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F922" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G922" s="1"/>
       <c r="H922" s="1" t="s">
-        <v>2436</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2437</v>
-[...2 lines deleted...]
-      <c r="C923" s="1"/>
+        <v>2464</v>
+      </c>
+      <c r="B923" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C923" s="1" t="s">
+        <v>1665</v>
+      </c>
       <c r="D923" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F923" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G923" s="1"/>
       <c r="H923" s="1" t="s">
-        <v>2438</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2439</v>
-[...2 lines deleted...]
-      <c r="C924" s="1"/>
+        <v>2466</v>
+      </c>
+      <c r="B924" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C924" s="1" t="s">
+        <v>1466</v>
+      </c>
       <c r="D924" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F924" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G924" s="1"/>
       <c r="H924" s="1" t="s">
-        <v>2440</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2441</v>
-[...2 lines deleted...]
-      <c r="C925" s="1"/>
+        <v>2466</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>655</v>
+      </c>
       <c r="D925" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F925" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G925" s="1"/>
       <c r="H925" s="1" t="s">
-        <v>2442</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2443</v>
-[...2 lines deleted...]
-      <c r="C926" s="1"/>
+        <v>2469</v>
+      </c>
+      <c r="B926" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="C926" s="1" t="s">
+        <v>2471</v>
+      </c>
       <c r="D926" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F926" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G926" s="1"/>
       <c r="H926" s="1" t="s">
-        <v>2444</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
-        <v>2445</v>
-[...2 lines deleted...]
-      <c r="C927" s="1"/>
+        <v>2473</v>
+      </c>
+      <c r="B927" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C927" s="1" t="s">
+        <v>724</v>
+      </c>
       <c r="D927" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F927" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G927" s="1"/>
       <c r="H927" s="1" t="s">
-        <v>2446</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
-        <v>2447</v>
-[...2 lines deleted...]
-      <c r="C928" s="1"/>
+        <v>2475</v>
+      </c>
+      <c r="B928" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C928" s="1" t="s">
+        <v>2477</v>
+      </c>
       <c r="D928" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F928" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G928" s="1"/>
       <c r="H928" s="1" t="s">
-        <v>2448</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>2449</v>
-[...2 lines deleted...]
-      <c r="C929" s="1"/>
+        <v>2479</v>
+      </c>
+      <c r="B929" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C929" s="1" t="s">
+        <v>1205</v>
+      </c>
       <c r="D929" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F929" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G929" s="1"/>
       <c r="H929" s="1" t="s">
-        <v>2450</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2451</v>
+        <v>2481</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>2452</v>
-[...1 lines deleted...]
-      <c r="C930" s="1"/>
+        <v>1204</v>
+      </c>
+      <c r="C930" s="1" t="s">
+        <v>1205</v>
+      </c>
       <c r="D930" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F930" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G930" s="1"/>
       <c r="H930" s="1" t="s">
-        <v>2453</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2454</v>
+        <v>2483</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>2346</v>
+        <v>1204</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>566</v>
+        <v>1259</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G931" s="1"/>
       <c r="H931" s="1" t="s">
-        <v>2455</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2456</v>
+        <v>2485</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2457</v>
+        <v>2486</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2458</v>
+        <v>1259</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G932" s="1"/>
       <c r="H932" s="1" t="s">
-        <v>2459</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2460</v>
+        <v>2488</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>2367</v>
+        <v>2486</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2458</v>
+        <v>193</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G933" s="1"/>
       <c r="H933" s="1" t="s">
-        <v>2461</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2462</v>
+        <v>2490</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>2463</v>
+        <v>2486</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2458</v>
+        <v>730</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G934" s="1"/>
       <c r="H934" s="1" t="s">
-        <v>2464</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2465</v>
+        <v>2492</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>2463</v>
+        <v>365</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2190</v>
+        <v>713</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G935" s="1"/>
       <c r="H935" s="1" t="s">
-        <v>2466</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2467</v>
+        <v>2494</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>951</v>
+        <v>2495</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>1647</v>
+        <v>655</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G936" s="1"/>
       <c r="H936" s="1" t="s">
-        <v>2468</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2469</v>
+        <v>2497</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>889</v>
+        <v>2495</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2191</v>
+        <v>655</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G937" s="1"/>
       <c r="H937" s="1" t="s">
-        <v>2470</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2471</v>
+        <v>2499</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>548</v>
+        <v>2495</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2472</v>
+        <v>655</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G938" s="1"/>
       <c r="H938" s="1" t="s">
-        <v>2473</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2474</v>
+        <v>2501</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2475</v>
+        <v>2495</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>365</v>
+        <v>655</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G939" s="1"/>
       <c r="H939" s="1" t="s">
-        <v>2476</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2477</v>
+        <v>2503</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>889</v>
+        <v>1684</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2357</v>
+        <v>374</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G940" s="1"/>
       <c r="H940" s="1" t="s">
-        <v>2478</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
-        <v>2479</v>
+        <v>2505</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>889</v>
+        <v>692</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2357</v>
+        <v>1084</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G941" s="1"/>
       <c r="H941" s="1" t="s">
-        <v>2480</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
-        <v>2481</v>
+        <v>2507</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>889</v>
+        <v>1581</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2357</v>
+        <v>548</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G942" s="1"/>
       <c r="H942" s="1" t="s">
-        <v>2482</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
-        <v>2483</v>
+        <v>2509</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>2475</v>
+        <v>2510</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2371</v>
+        <v>655</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G943" s="1"/>
       <c r="H943" s="1" t="s">
-        <v>2484</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
-        <v>2485</v>
+        <v>2512</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>2475</v>
+        <v>2513</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2486</v>
+        <v>655</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G944" s="1"/>
       <c r="H944" s="1" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>2457</v>
+        <v>2516</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2489</v>
+        <v>259</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G945" s="1"/>
       <c r="H945" s="1" t="s">
-        <v>2490</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
-        <v>2491</v>
+        <v>2518</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>2492</v>
+        <v>730</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2463</v>
+        <v>935</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E946" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G946" s="1"/>
       <c r="H946" s="1" t="s">
-        <v>2493</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
-        <v>2494</v>
+        <v>2520</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>2495</v>
+        <v>2521</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2486</v>
+        <v>968</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F947" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G947" s="1"/>
       <c r="H947" s="1" t="s">
-        <v>2496</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
-        <v>2497</v>
+        <v>2523</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>2492</v>
+        <v>806</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>1680</v>
+        <v>807</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E948" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F948" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H948" s="1" t="s">
-        <v>2498</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
-        <v>2499</v>
+        <v>2525</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>1734</v>
+        <v>837</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>566</v>
+        <v>2159</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E949" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F949" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H949" s="1" t="s">
-        <v>2500</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
-        <v>2501</v>
+        <v>2527</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>1734</v>
+        <v>1816</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E950" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F950" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H950" s="1" t="s">
-        <v>2502</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
-        <v>2503</v>
+        <v>2529</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>1734</v>
+        <v>2530</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>566</v>
+        <v>369</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H951" s="1" t="s">
-        <v>2504</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
-        <v>2505</v>
+        <v>2532</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>1734</v>
+        <v>1369</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>566</v>
+        <v>239</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E952" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F952" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H952" s="1" t="s">
-        <v>2506</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
-        <v>2507</v>
+        <v>2534</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>1734</v>
+        <v>2443</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>566</v>
+        <v>643</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E953" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F953" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H953" s="1" t="s">
-        <v>2508</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
-        <v>2509</v>
+        <v>2536</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>1734</v>
+        <v>369</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>566</v>
+        <v>463</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E954" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F954" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H954" s="1" t="s">
-        <v>2510</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
-        <v>2511</v>
+        <v>2538</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>1734</v>
+        <v>582</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>566</v>
+        <v>2539</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E955" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F955" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H955" s="1" t="s">
-        <v>2512</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
-        <v>2513</v>
+        <v>2541</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>1734</v>
+        <v>361</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>566</v>
+        <v>947</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E956" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F956" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H956" s="1" t="s">
-        <v>2514</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
-        <v>2515</v>
+        <v>2543</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>1734</v>
+        <v>1590</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>566</v>
+        <v>2544</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E957" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F957" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>181</v>
+        <v>77</v>
       </c>
       <c r="H957" s="1" t="s">
-        <v>2516</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
-        <v>2517</v>
+        <v>2546</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>2342</v>
+        <v>2187</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2518</v>
+        <v>2544</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E958" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F958" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>54</v>
+        <v>2008</v>
       </c>
       <c r="H958" s="1" t="s">
-        <v>2519</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
-        <v>2520</v>
+        <v>2548</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>834</v>
+        <v>2187</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2187</v>
+        <v>2544</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G959" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H959" s="1" t="s">
-        <v>2521</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
-        <v>2522</v>
+        <v>2550</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>2523</v>
+        <v>2187</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>584</v>
+        <v>2544</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E960" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F960" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H960" s="1" t="s">
-        <v>2524</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
-        <v>2525</v>
+        <v>2552</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>57</v>
+        <v>1171</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>584</v>
+        <v>2553</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F961" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>151</v>
+        <v>2008</v>
       </c>
       <c r="H961" s="1" t="s">
-        <v>2526</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
-        <v>2527</v>
+        <v>2555</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>1734</v>
+        <v>1590</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2528</v>
+        <v>2553</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G962" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>2008</v>
+      </c>
       <c r="H962" s="1" t="s">
-        <v>2529</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
-        <v>2530</v>
+        <v>2557</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>1734</v>
+        <v>1590</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2531</v>
+        <v>2553</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E963" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F963" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="H963" s="1" t="s">
-        <v>2532</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
-        <v>2533</v>
+        <v>2559</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>2486</v>
+        <v>2098</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>1727</v>
+        <v>2560</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F964" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H964" s="1" t="s">
-        <v>2534</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
-        <v>2535</v>
+        <v>2562</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>1740</v>
+        <v>2098</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>1727</v>
+        <v>2560</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E965" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F965" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>262</v>
+        <v>77</v>
       </c>
       <c r="H965" s="1" t="s">
-        <v>2536</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
-        <v>2537</v>
+        <v>2564</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>2486</v>
+        <v>2098</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2205</v>
+        <v>2565</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E966" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F966" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H966" s="1" t="s">
-        <v>2538</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
-        <v>2539</v>
+        <v>2567</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>57</v>
+        <v>1841</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>584</v>
+        <v>2568</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F967" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>287</v>
+        <v>2008</v>
       </c>
       <c r="H967" s="1" t="s">
-        <v>2540</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
-        <v>2541</v>
+        <v>2570</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>2542</v>
+        <v>279</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>1820</v>
+        <v>2568</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F968" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>188</v>
+        <v>2008</v>
       </c>
       <c r="H968" s="1" t="s">
-        <v>2543</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
-        <v>2544</v>
+        <v>2572</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>2545</v>
+        <v>2190</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2175</v>
+        <v>2573</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F969" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H969" s="1" t="s">
-        <v>2546</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
-        <v>2547</v>
+        <v>2575</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>2542</v>
+        <v>1013</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2200</v>
+        <v>2576</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F970" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>188</v>
+        <v>77</v>
       </c>
       <c r="H970" s="1" t="s">
-        <v>2548</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
-        <v>2549</v>
+        <v>2578</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>1677</v>
+        <v>1014</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2550</v>
+        <v>2576</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F971" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H971" s="1" t="s">
-        <v>2551</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
-        <v>2552</v>
+        <v>2580</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>1062</v>
+        <v>2249</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2257</v>
+        <v>2576</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F972" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H972" s="1" t="s">
-        <v>2553</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2554</v>
+        <v>2582</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>951</v>
+        <v>2583</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>562</v>
+        <v>2584</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G973" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H973" s="1" t="s">
-        <v>2555</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>566</v>
-[...3 lines deleted...]
-      </c>
+        <v>2573</v>
+      </c>
+      <c r="C974" s="1"/>
       <c r="D974" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F974" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>12</v>
+        <v>134</v>
       </c>
       <c r="H974" s="1" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
-        <v>2558</v>
+        <v>2588</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>2542</v>
+        <v>2553</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>1036</v>
+        <v>2589</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F975" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H975" s="1" t="s">
-        <v>2559</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B976" s="1" t="s">
         <v>2560</v>
       </c>
-      <c r="B976" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C976" s="1" t="s">
-        <v>2257</v>
+        <v>2592</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F976" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H976" s="1" t="s">
-        <v>2561</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
-        <v>2562</v>
+        <v>2594</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>2518</v>
+        <v>2553</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2550</v>
+        <v>2595</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G977" s="1"/>
       <c r="H977" s="1" t="s">
-        <v>2563</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
-        <v>2564</v>
+        <v>2597</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>2172</v>
+        <v>2576</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2213</v>
+        <v>214</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F978" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H978" s="1" t="s">
-        <v>2565</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
-        <v>2566</v>
+        <v>2599</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>2567</v>
+        <v>2573</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>365</v>
+        <v>2600</v>
       </c>
       <c r="D979" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F979" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G979" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H979" s="1" t="s">
-        <v>2568</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2569</v>
+        <v>2602</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>2570</v>
+        <v>2573</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2571</v>
+        <v>2600</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G980" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G980" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H980" s="1" t="s">
-        <v>2572</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2573</v>
+        <v>2604</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2575</v>
+        <v>2589</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F981" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>203</v>
+        <v>84</v>
       </c>
       <c r="H981" s="1" t="s">
-        <v>2576</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
-        <v>2577</v>
+        <v>2606</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>1498</v>
+        <v>2573</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>1479</v>
+        <v>2600</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F982" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>151</v>
+        <v>204</v>
       </c>
       <c r="H982" s="1" t="s">
-        <v>2578</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2579</v>
+        <v>2608</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>1474</v>
+        <v>213</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2580</v>
+        <v>214</v>
       </c>
       <c r="D983" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F983" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>203</v>
+        <v>1342</v>
       </c>
       <c r="H983" s="1" t="s">
-        <v>2581</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>1256</v>
+        <v>2610</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>2582</v>
+        <v>2573</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>910</v>
+        <v>2600</v>
       </c>
       <c r="D984" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F984" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>188</v>
+        <v>156</v>
       </c>
       <c r="H984" s="1" t="s">
-        <v>2583</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2584</v>
+        <v>2612</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>1425</v>
+        <v>2573</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2585</v>
+        <v>2613</v>
       </c>
       <c r="D985" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F985" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="H985" s="1" t="s">
-        <v>2586</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2587</v>
+        <v>2161</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>1402</v>
+        <v>2573</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2588</v>
+        <v>2600</v>
       </c>
       <c r="D986" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F986" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H986" s="1" t="s">
-        <v>2589</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
-        <v>2590</v>
+        <v>2616</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>2591</v>
+        <v>2573</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>910</v>
+        <v>2600</v>
       </c>
       <c r="D987" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F987" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H987" s="1" t="s">
-        <v>2592</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
-        <v>2593</v>
+        <v>2618</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2594</v>
+        <v>2573</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2595</v>
+        <v>2600</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="F988" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>12</v>
+        <v>2008</v>
       </c>
       <c r="H988" s="1" t="s">
-        <v>2596</v>
-[...204 lines deleted...]
-      <c r="H996" s="1" t="s">
         <v>2619</v>
-      </c>
-[...484 lines deleted...]
-        <v>2666</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>