--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -4,154 +4,349 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Plataformas y redes" sheetId="1" r:id="rId4"/>
+    <sheet name="Platforms and networks" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
-[...10 lines deleted...]
-    <t>RAIA - Rural Innovation Support Network</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+  <si>
+    <t>Name</t>
+  </si>
+  <si>
+    <t>Guy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>AFINET</t>
   </si>
   <si>
     <t>Grid</t>
   </si>
   <si>
-    <t>The RAIA project seeks to create a network in the Alentejo-Algarve-Andalusia region that will provide public administrations, associative fabric, companies and the general public with the necessary tools to promote agricultural innovation in rural areas , transforming the cross-border area of La Raya into a territory with new business opportunities and capable of meeting the new challenges and opportunities that arise. Innovation is considered an engine of rural development that establishes competitive advantages, and is therefore one of the main characteristics of the future network.</t>
+    <t>A thematic network designed to promote the exchange and transfer of knowledge between scientists and professionals dedicated to the agroforestry sector. AFINET will operate at the European level to implement the results of various research projects and promote innovative ideas that help professionals overcome challenges and problems.</t>
   </si>
   <si>
     <t>Spanish Society of Organic Agriculture/Agroecology (SEAE)</t>
   </si>
   <si>
     <t>Platform</t>
   </si>
   <si>
     <t>EAE is a non-profit association that promotes the improvement and dissemination of knowledge about the production of quality food based on agroecology under sustainable rural development.</t>
   </si>
   <si>
-    <t>Red Plant Micro</t>
-[...56 lines deleted...]
-    <t>NBSOIL (Nature-Based Solutions for Soil Management) enables soil consultants to implement a holistic view of soil health using Nature-Based Solutions (NBS) and collaborate effectively across different temporal and spatial scales through a learning program. The overall objective is to design an engaging blended learning program that enables soil assessors to implement a holistic view of soil health through Nature-Based Solutions (NBS) and collaborate effectively across different temporal and spatial scales.</t>
+    <t>CTA (Technological Corporation of Andalusia)</t>
+  </si>
+  <si>
+    <t>Business associations, Platform, Hubs</t>
+  </si>
+  <si>
+    <t>CTA is the multi-sector innovation cluster of Andalusia with national and international activity. It helps companies, public administrations, and universities plan an R&amp;D&amp;I strategy aligned with their needs. From identifying R&amp;D&amp;I needs and formulating projects to address them, to finding partners and funding, it supports companies throughout their innovation projects. It is a strategic ally for transforming results into business opportunities and a successful partner in international innovation projects. It is a private foundation with more than 186 member companies and 20 years of experience , originally promoted by the Junta de Andalucía and with private management, dedicated to promoting technological innovation. More than 186 companies are part of CTA. From large international corporations to SMEs or technology startups from all economic sectors.</t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>FarmPEP is a collaborative community initiative. It was launched in January 2020 through an Innovate UK project with ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop, and The Farming Forum, with the aim of connecting knowledge sharing in agriculture in the post-COVID-19 era.</t>
+  </si>
+  <si>
+    <t>Network of Public Utility Forests</t>
+  </si>
+  <si>
+    <t>The REMP, State Network of Public Forests, is established as a network to improve knowledge and enhance the value of public forest heritage, including Public Utility forests as well as those belonging to Local Entities.</t>
+  </si>
+  <si>
+    <t>Environmental Information Network of Andalusia</t>
+  </si>
+  <si>
+    <t>The Ministry of Sustainability and Environment of the Regional Government of Andalusia is the body responsible for guaranteeing the right of access to environmental information in Andalusia. Specifically, Decree 170/2024, of August 26, which establishes its organizational structure, stipulates that the General Secretariat for the Environment and Climate Change is responsible for the organization, management, structuring, and operation of the Environmental Information Network (REDIAM). This network integrates and disseminates all alphanumeric, graphic, and other types of information on the environment in Andalusia, generated by all types of environmental information-producing centers within the Autonomous Community. This information is intended for use in management, research, public dissemination, and decision-making, as well as for establishing the Ministry's lines of action regarding the production of statistical and cartographic information.</t>
+  </si>
+  <si>
+    <t>RECAN (National Agricultural Accounting Network)</t>
+  </si>
+  <si>
+    <t>The National Agricultural Accounting Network is a tool that allows for the assessment of farm income and the impact of agricultural policy on farms. It is governed by a European Union regulation, meaning that the same accounting principles apply in all member states. It is, therefore, the only comprehensive microdata source in Spain that is harmonized with the rest of the EU.</t>
+  </si>
+  <si>
+    <t>RUENA Network</t>
+  </si>
+  <si>
+    <t>Following the approval of several CICYT projects related to the use of nitrification inhibitors as a tool to reduce nitrogen losses to the atmosphere and water, and in accordance with the Ministry of Science and Technology's (MCyT) proposal for coordination, an initial meeting was held in Pamplona. At this meeting, the idea of creating a Thematic Network on the "Efficient Use of Nitrogen in Agriculture" was first raised. Subsequent meetings were held in Lleida and Madrid, where it was agreed to apply to the MCyT's Special Actions Call for Proposals. In January 2002, the Network creation project was submitted with the support of most of the attendees, and it was finally approved in September 2002. We understand that this approval constitutes official recognition of the Network's existence by the Ministry of Science and Technology. Clarifications: The thematic network is non-profit. It does not have funds for participant attendance at meetings; only small grants can be provided to facilitate their execution.</t>
+  </si>
+  <si>
+    <t>Female Livestock Farmers Network</t>
+  </si>
+  <si>
+    <t>This project was born out of the need to reclaim women's place in the livestock sector. The group aims to break with the male-dominated image of extensive livestock farming and overcome the social, institutional, and professional discrimination they face. "Both the newly arrived apprentice shepherds in the Sierra and the seasoned livestock farmers with generations of herding experience speak the same language, and above all, we are clear about what we want to change: we want to move from permanent invisibility to the forefront, we want to have a voice where important decisions are made, we want to break with the completely male-dominated image of extensive livestock farming and shepherding, we want to be respected as women livestock farmers, we want to overcome the familial, social, administrative, and professional discrimination we suffer, we want to change the excessive bureaucracy, we want to share household chores with men and overcome the forced multiple jobs that, as women, we all endure. We want change."</t>
+  </si>
+  <si>
+    <t>Municipal Livestock and Meat Network</t>
+  </si>
+  <si>
+    <t>In defense of the largest sector of national agricultural production and the leading food industry. A platform that aspires to become a forum for dialogue between the private sector and municipalities, fostering public-private action and collaboration, and recognizing the vital role of the food supply chain in addressing the demographic and economic challenges we face as a nation.</t>
+  </si>
+  <si>
+    <t>National Network of Traditional Farms</t>
+  </si>
+  <si>
+    <t>In response to the need for economic information systems for the livestock sector that would allow for comparisons at the farm, regional, national, and international levels, the Directorate General for Agricultural Production and Markets launched the National Network of Typical Farms (RENGRATI project) in 2003, now part of the REDES TECO network. This project focuses on establishing and maintaining permanent technical and economic information networks for the various livestock sectors in Spain. To this end, an infrastructure or network of institutions and individuals has been established to contribute information, including the main producer associations, researchers, consultants, producers, and related government agencies. These sectoral national networks are, in turn, integrated into the International Networks for Comparative Farm Analysis, which include the world's leading livestock-producing countries. These International Networks provide ongoing support to their members and collaborate in applying the appropriate methodology for validating information provided by producers, as well as for evaluating sectoral and production policies and strategies, or simulating their impact at all levels. The methodology used within this framework begins with the accounting records of real farms with similar characteristics, which are categorized to represent the most common production system in the region where they are located, in terms of size, management, and yields. In addition to validations carried out according to the international methodology, national meetings with producers, referred to as "panels" in the network's terminology, are held to discuss and validate the results in order to ensure greater representativeness. RENGRATI aims to serve as a strategic tool, providing accurate and up-to-date information on production costs, profitability, profits, and break-even points, supporting the sectors and serving as a reference for practical decision-making, helping to guide the immediate future of these sectors in the right direction. To this end, more detailed information on the operation of the National Network of Typical Farms and the International Networks, as well as sector-specific results reports, is available in this section.</t>
+  </si>
+  <si>
+    <t>REDIGA</t>
+  </si>
+  <si>
+    <t>REDIGA was created to strengthen synergies between researchers and institutions, increase the visibility and projection of research, and build a collaborative ecosystem in precision livestock farming.</t>
+  </si>
+  <si>
+    <t>Networked Pastoralism</t>
+  </si>
+  <si>
+    <t>This initiative by our subsidiary, Red Eléctrica, aims to manage vegetation under power lines through extensive grazing of livestock. It reflects our commitment to integrating our facilities with nature and the rural environment, transforming them into ecological corridors and thus reducing habitat fragmentation.</t>
+  </si>
+  <si>
+    <t>SiAR meteorological station network</t>
+  </si>
+  <si>
+    <t>The Ministry of Agriculture, Fisheries and Food, through the General Sub-Directorate of Irrigation, Natural Paths and Rural Infrastructure, makes available to users free of charge all the information collected through the SiAR meteorological station network.</t>
+  </si>
+  <si>
+    <t>Agroecology in Action Network</t>
+  </si>
+  <si>
+    <t>The Agroecology in Action Network begins with the intention of connecting the various agroecological and peasant-based projects being developed throughout the country, to help coordinate the sector, propose solutions to common needs, and consolidate these projects. At Ecologists in Action, we have been working for years on agroecology as a valid and high-potential approach to addressing the future ecological and social challenges facing rural areas, generated by the industrial and globalized food system. Furthermore, many agroecology activists and supporters have embarked on projects of this kind, especially peasant-scale models, encountering many difficulties in establishing and sustaining them. The development of care-based projects does not receive adequate support within the current capitalist and patriarchal model. Placing care at the center—the care of the land and the care of ourselves—makes it difficult to establish our projects. Over the years many projects have fallen through or been transformed, but more and more are being born and are resisting, because we want and are committed to another model of socio-economic development that respects the environment, people and the future of the planet.</t>
+  </si>
+  <si>
+    <t>Peasant network for carbon agriculture</t>
+  </si>
+  <si>
+    <t>We are promoting a farmers' network to help disseminate new ways of doing and understanding food production. We are certain that the primary sector needs a change in agronomic strategies that favor soil recovery, self-fertility, and conservation, while simultaneously strengthening economic viability. Our association aims to promote training and the exchange of knowledge and experiences related to what we like to call carbon-based bio-logical agriculture. The term 'bio-logical' incorporates the most logical biology that exists: nature's model. We are already aware of various private initiatives in our country and neighboring countries that are experimenting with and seeking agronomic techniques that promote soil recovery, self-fertility, and conservation. These farms are demonstrating their economic viability and are therefore becoming benchmarks in their field. By creating this network, we promote the exchange of information, experiences, and difficulties among network members to address the challenges facing agriculture: the environmental, climate, and energy crisis, the supply crisis (fertilizers, seeds, etc.), and the very survival of the sector.</t>
+  </si>
+  <si>
+    <t>Andalusian Grassland-Firebreak Areas Network (RAPCA)</t>
+  </si>
+  <si>
+    <t>Network focused on the use of livestock under controlled grazing regimes to eliminate plant fuel from firebreak areas and maintain infrastructure for forest fire prevention . A technical team is responsible for the operation of this network, determining the most appropriate areas in coordination with INFOCA and selecting livestock farmers based on strict technical criteria, in order to subsequently evaluate their performance. The benefits of RAPCA: Preventive function It represents essential work to preserve our forests from fire, not only by maintaining firebreaks, but also by providing surveillance necessary for the presence of shepherds in the area. Reduces the accumulation of combustible material It plays a key role in preventive forestry in hard-to-reach areas. Environmental improvements It increases biodiversity, contributes to seed dispersal, improves soil structure and reduces erosion and desertification. Contribution to the rural environment The work of the pastor is recognized Contributes to sustainable rural development and the settlement of the rural population Promotes the use of native breeds and the production of quality products</t>
+  </si>
+  <si>
+    <t>LAURUS</t>
+  </si>
+  <si>
+    <t>Support network for European forest owners' associations, offering innovation and training to their technical staff. The Network provides: Expert Training: Participate in webinars designed to enhance your knowledge and empower your decision-making by transferring SFH knowledge and practical experience. Innovative opportunities: Gain access to new business models, ideas, and opportunities that improve both the profitability and sustainability of your forest operations. Valuable Connections: Connect directly with managers who are already successfully implementing these innovative approaches through community-driven networking and support.</t>
+  </si>
+  <si>
+    <t>FORADVISE</t>
+  </si>
+  <si>
+    <t>FORADVISE will close knowledge gaps and provide tools to ensure that forestry advisory services are modern, effective, and well-integrated into Agricultural Knowledge and Innovation Systems (AKIS) at both national and EU levels. Its objectives are: Development of European Networks Capacity building and training Understanding and modernizing the Forestry Knowledge and Innovation System (FOKIS)</t>
+  </si>
+  <si>
+    <t>BBioNets</t>
+  </si>
+  <si>
+    <t>BBioNets is a thematic network based on the work carried out by EIP-AGRI Operational Groups related to the management and/or processing of agricultural and forestry biomass using Bio-Based Technologies (BBTs), promoting and fostering it. BBioNets envisions the establishment of six Regional Forestry and Agricultural Networks (FANs) with partners in Ireland, Spain (CTA, Tepro), Italy, Greece, Poland, and the Czech Republic. Click here to view the brochure in Spanish.</t>
+  </si>
+  <si>
+    <t>PTI. SOSECOCIR CSIC</t>
+  </si>
+  <si>
+    <t>PTI SosEcoCir's mission is to contribute to promoting sustainable development , combining the industrial and socioeconomic growth of the territory with the conservation of its natural resources . Platform Objectives : Advance actions and studies aimed at the sustainability of the urban environment (urban communities). Mitigate the effects of global warming; guide sectoral policies (agricultural, forestry, environmental). Implement innovative solutions in resource and waste management. Reducing the carbon footprint and using energy more efficiently by developing natural fuels and reducing the energy needs of buildings. Establish governance systems that lead to more sustainable agriculture. Establishing balances between human needs, innovation and socio-economic development.</t>
+  </si>
+  <si>
+    <t>Inno4Grass</t>
+  </si>
+  <si>
+    <t>Inno4Grass is the acronym for "Shared Innovation Space for Sustainable Grassland Productivity in Europe," an international, multi-stakeholder project bringing together leading farmer organizations, extension services, educational and research institutions from eight EU countries: Belgium, France, Germany, Ireland, Italy, the Netherlands, Poland, and Sweden. Grasslands play a significant role in agricultural production, and the production of dairy, beef, and sheep meat is a significant economic driver. It also addresses the general public/society with the message that forests, sustainably managed by rural dwellers, are a great source of wealth, providing us with cork, resins, aromatic and medicinal plants, and edible products such as nuts and wild berries, mushrooms, and truffles. Socioeconomic activity in our forests also contributes to forest fire prevention.</t>
+  </si>
+  <si>
+    <t>EURAKNOS</t>
+  </si>
+  <si>
+    <t>EURAKNOS aims to strengthen the EU agricultural knowledge base by co-creating "the network to connect all thematic networks" and explore the feasibility of creating a modular database of useful findings from various thematic networks. Euraknos will increase the compilation of practice-ready knowledge by intensifying interaction between various agricultural or forestry networks, thereby maximizing outcomes for practitioners. Cross-fertilization will be organized between existing thematic networks covering different countries, regions, and production systems. The main objective is to stimulate the exchange of existing approaches, methodologies, and tools to maximize the impact on practitioners, farmers, and foresters. Euraknos will also explore end-user needs to assess the possibility of establishing a European knowledge and innovation base to connect all TNS, including data management aspects.</t>
+  </si>
+  <si>
+    <t>Spanish Network for Monitoring Forest Decline (REDEC)</t>
+  </si>
+  <si>
+    <t>Network of researchers and managers from various Spanish institutions dedicated to the study of forest decline. The general objectives of the Network are to share existing knowledge of affected forest systems where fieldwork and research are being conducted, to advance knowledge of forest decline, to strengthen links between research groups to promote collaboration and information flow, and to help forest managers address the problem of forest decline.</t>
+  </si>
+  <si>
+    <t>PTI. Green Horizon CSIC</t>
+  </si>
+  <si>
+    <t>Platform faces the challenge of ensuring the future sustainability of agricultural and forestry systems in the face of the impact of climate change.</t>
+  </si>
+  <si>
+    <t>AF4EU</t>
+  </si>
+  <si>
+    <t>Network that promotes agroforestry in Europe by developing an interactive, innovation-driven, multi-stakeholder agroforestry network (Regional Agroforestry Innovation Networks (RAINs))</t>
+  </si>
+  <si>
+    <t>ResAlliance</t>
+  </si>
+  <si>
+    <t>A thematic network that aims to improve the flow of information and knowledge and increase the capacity of foresters and farmers in landscape resilience. ResAlliance promotes interactive multi-stakeholder initiatives at two levels: LandNet and LandLab.</t>
+  </si>
+  <si>
+    <t>Aragon Foundation for Innovation and Agri-Food Transfer (FITA)</t>
+  </si>
+  <si>
+    <t>The Aragon Foundation for Agri-Food Innovation and Transfer (FITA) aims to strengthen innovation and knowledge transfer in the agri-food and environmental sectors to address the economic, environmental, and social challenges facing public and private stakeholders, and society in general. FITA offers scientific and technological solutions to the sector's challenges, in addition to providing administrative and strategic advice that facilitates access to collaborative innovation in the agricultural, agri-food, and forestry sectors.</t>
+  </si>
+  <si>
+    <t>Network of Agricultural Test Spaces (RETA)</t>
+  </si>
+  <si>
+    <t>A leading network in the process of paradigm shift in the rural world for community, public, and private entities committed to innovative, creative, and honest approaches, facilitating the gradual incorporation of new stakeholders into the agricultural sector. An agricultural test space is a program to facilitate the progressive integration of new stakeholders into the agricultural sector, coordinated through structured governance agreed upon by all stakeholders. Its goal is to support entrepreneurs with little agricultural experience who want to develop an agricultural, livestock, or forestry project in a test environment . The agricultural test space is structured with legal support, physical support, and comprehensive support , which ensure the tester can complete the activity test.</t>
+  </si>
+  <si>
+    <t>INCREDIBLE - Innovation networks of cork, resins and edibles in the mediterranean basin</t>
+  </si>
+  <si>
+    <t>INCREDIBLE addresses the gap between existing research and knowledge of innovation in service systems for NTFPs in the Mediterranean. Specifically, INCREDIBLE links knowledge and fosters collaboration among different stakeholder groups, developing innovative business models and enhancing expertise in rural regions to develop inclusive economic strategies. INCREDIBLE aims to: Create and stimulate interregional and multilateral innovation networks (iNets). Accelerating knowledge flows and knowledge assimilation to support innovation in NTFPs. To contribute to social and business innovation through dissemination and selective activities and specific multipliers.</t>
   </si>
   <si>
     <t>Climate Change Adaptive Forestry Network (SILVADAPTNET)</t>
   </si>
   <si>
     <t>The Network was created as a means to unify the results obtained by different research groups, attempting to provide clear answers about the disturbances and problems associated with climate change , and thus help in the generation of new criteria for managing the forest . The fundamental objective is the integration of different research groups in adaptive silviculture to climate change , contributing with knowledge, methodologies and active experimental sites, for the development of an eco-hydrologically based adaptive forest management framework generalizable to the entire peninsular territory. The Silvadapt.net Network has a total of 34 plots for monitoring natural stands and silviculture in the face of climate change, distributed among the main phytoclimatic types present in Spain, as well as a representation of the most characteristic stand types of our natural environment. 
       Fuente: https://silvadaptnet.webs.upv.es/index.php/red-de-parcelas/</t>
   </si>
   <si>
+    <t>Madrid Urban Gardens Network</t>
+  </si>
+  <si>
+    <t>The Madrid Urban Gardens Network is an initiative driven by citizens involved in community agriculture in the city of Madrid. The Network was created to raise the profile of urban agriculture in Madrid and to address the needs of urban gardens for mutual support and the sharing of knowledge, experiences, supplies, and more. One of the Network's objectives is to create a meeting point for community agroecology initiatives in our city and to move towards a more sustainable urban model that addresses issues such as environmental education, food sovereignty, direct food distribution channels, consumer groups, sustainable mobility, and composting.</t>
+  </si>
+  <si>
+    <t>EIP-AGRI</t>
+  </si>
+  <si>
+    <t>Platform for the promotion of European networks, projects, research, and the dissemination of events and innovation</t>
+  </si>
+  <si>
+    <t>Network for the Promotion of Small-Scale Food Processing (RITA)</t>
+  </si>
+  <si>
+    <t>Innovation and relocation are fundamental aspects for the viability of small and medium-sized enterprises (SMEs) and individuals involved in food processing. Shared workshops, small slaughterhouses and cutting rooms, and other facilities adapted to artisanal and small-scale processes are innovative and, in many cases, pioneering initiatives for the sustainable development of the SME sector. These innovative practices address important technical aspects, but also social, management, and governance aspects that are necessary, among other things, to provide healthy food, achieve fair prices, and positively impact rural employment. The Network for the Promotion of Small-Scale Food Processing seeks to foster a supportive ecosystem for those who process food on a small and medium scale, and to improve the population's access to healthy, quality food that is environmentally friendly and fair to the people who produce it and to promote the socio-economic development of rural areas. RITA is a project promoted by 6 entities with extensive experience in initiatives for the development of territorialized food systems, the articulation of collective processes and the promotion of agroecology: ARCA (Associació d'Iniciatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego Galego, SEAE (Sociedad Española de Agricultura Ecológica y Agroecología) and ISEC-UCO (Instituto de Sociología y Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
+  </si>
+  <si>
+    <t>RAIA - Rural Innovation Support Network</t>
+  </si>
+  <si>
+    <t>The RAIA project seeks to create a network in the Alentejo-Algarve-Andalusia region that will provide public administrations, associative fabric, companies and the general public with the necessary tools to promote agricultural innovation in rural areas , transforming the cross-border area of La Raya into a territory with new business opportunities and capable of meeting the new challenges and opportunities that arise. Innovation is considered an engine of rural development that establishes competitive advantages, and is therefore one of the main characteristics of the future network.</t>
+  </si>
+  <si>
+    <t>Red Plant Micro</t>
+  </si>
+  <si>
+    <t>A network of research groups focused on investigating beneficial interactions between plants and microorganisms. The network comprises 15 research groups from various universities. The Network's objective is to unite knowledge, resources and efforts in research on plant-microorganism interactions in relation to their importance and applicability in improving crop tolerance to stress situations arising from climate change (mainly droughts, high temperatures and salinity) and in sustainable agricultural production, to guarantee food security despite the growing global demand and competition for resources.</t>
+  </si>
+  <si>
+    <t>Red PlasPain</t>
+  </si>
+  <si>
+    <t>A network focused on plasma technology research for the agri-food and biomedical industries . Eleven research groups from various universities participate in the network. The Network's objective is to consolidate and enhance research in the field of plasma technology applied to the biomedical and agri-food industries. Specific objectives: To promote the active exchange of ideas and the establishment of collaborations in research; Promote interaction with other related research groups, not belonging to the network, within and outside the national territory; Promote the use of equipment, services and technologies implemented in each of the network groups in the development of joint research; To promote the Network and its activities to society; Promote the transfer of results and interaction with the socio-productive fabric.</t>
+  </si>
+  <si>
+    <t>Spanish Legume Network (RELEG)</t>
+  </si>
+  <si>
+    <t>The Network was created to respond to the growing global demand for plant-based foods, environmental concerns, and food security. The Network's primary objective is to optimize the agronomic, economic, and nutritional services that legume crops provide to society, thereby promoting their implementation. The specific objectives are: Coordinate and integrate existing research on legumes in diverse disciplines such as genetics, genomics, breeding, agronomy, ecology, and nutritional quality. Contribute to the advancement of legume-based agricultural practices to increase productivity and environmental sustainability. Promote a synthetic approach that integrates knowledge and experience from various fields. Improve the sustainability of agriculture and strengthen the security of food and feed supplies. Promote scientific exchange and collaboration between researchers from different areas through coordinated working groups. Reducing protein deficiency by focusing on legume research and innovation. Improve understanding of the traits that determine adaptation, productivity, stress resistance, and quality of legume crops. Research the composition and nutritional quality of legumes and promote food innovation in the sector.</t>
+  </si>
+  <si>
+    <t>Research Network on Resilient and Quality Cereals for Spanish Food Security (CERES)</t>
+  </si>
+  <si>
+    <t>A network that aims to coordinate the efforts of Spanish public research in physiology , genetics, phenotyping, biochemistry and biotechnology of cereal crops for: To propose strategies that allow combining the use of genetic, genomic and phenonomic resources to mitigate the impact of climate change on cereal production, To produce value-added cereals and Strengthen communication channels and deliver results with the seed, fertilizer and agricultural technology development sector. To this end, it brings together research groups focused on plant genetic resources, genetics and genomics, pre-breeding and improvement, functional and nutritional quality, physiology at various scales, phenotyping, biochemistry and molecular biology of cereals.</t>
+  </si>
+  <si>
+    <t>PalmerNet</t>
+  </si>
+  <si>
+    <t>Network that integrates 7 national research groups that work with Amaranthus palmeri and/or herbicide resistance , and others that can contribute new tools for its control. The aim is to consolidate a national research line on A. palmeri that encompasses the work currently being carried out in Spain in an interdisciplinary manner by different teams, in order to capitalize on the achievements obtained so far and to guarantee its stability and its scientific and social impact. The main objective of PalmerNET is to define and address the problem of the introduction and spread of A. palmeri in Spain and to seek solutions for its prevention and containment at a national level.</t>
+  </si>
+  <si>
+    <t>SICURA OneHealth4Food Network</t>
+  </si>
+  <si>
+    <t>The Network to support and promote a methodological basis ( Onehealth ) that can serve to integrate the multisectoral approach (human, animal and environmental health) in the assessment and management of food safety in Spain. OneHealth4Food is made up of researchers from universities and research centers in the field of food safety and related areas of “OneHealth”, creating a framework of collaboration and synergies, in the food context, which will lay the methodological foundations of an integrated approach to Microbiological Risk Assessment in the food chain. You can view the members by clicking here</t>
+  </si>
+  <si>
+    <t>Spanish Network of Lactic Acid Bacteria (RedBal)</t>
+  </si>
+  <si>
+    <t>Research network dedicated to the study of lactic acid bacteria (LAB) that play a relevant role in our daily lives (LAB). Lactic acid bacteria (LAB) are bacteria that produce lactic acid from glucose and are naturally found in nutrient-rich environments, such as vegetables, fruits, and milk, as well as in various anatomical locations in animals, for example, in the intestine or mammary gland, from where they reach breast milk. Some LAB have beneficial properties, and their consumption as probiotics helps maintain the health of both humans and animals. The network integrates 51 groups belonging to various research entities for 4 lines of research: HUMAN AND ANIMAL MICROBIOTA. PROBIOTICS; FOOD MICROBIOTA. TECHNOLOGY; BIOTECHNOLOGY; FOOD QUALITY AND SAFETY.</t>
+  </si>
+  <si>
+    <t>NutriCrop</t>
+  </si>
+  <si>
+    <t>National research network on emerging crops made up of 14 research groups belonging to the public sector in collaboration with private companies working from different scientific fields related to agronomy, food science and technology and immunonutrition. The main objective of this Network is the coordination and promotion of research in emerging crops, integrating groups from agronomic, food and health disciplines to promote their cultivation and use in highly healthy foods in Spain. You can meet the members of the network by clicking here</t>
+  </si>
+  <si>
+    <t>VITIS CLIMADAPT Network</t>
+  </si>
+  <si>
+    <t>The VITIS CLIMADAPT Network is made up of public R&amp;D&amp;I entities from 15 Autonomous Communities and has the collaboration of nurseries, wineries, designations of origin, as well as foundations and associations that contribute the vision of the private sector, to improve the coordination between the different national research groups that are working on this subject, and thus maximize the impact of their studies, tools and materials developed, by compiling all this information in the same database. The overall objective of the VITIS CLIMADAPT Network is to enhance the adaptation of viticulture to climate change by facilitating interaction, communication, and networking among R&amp;D groups working on the conservation and improvement of grapevine genetic material. The specific objectives are: Facilitate active communication and collaboration among network members; To diagnose the state of research and innovation in grapevine genetic resources for adaptation to climate change; To promote interaction between basic research and the development of new genetic resources; To agree on common procedures and tools for the evaluation of productive performance, grape quality and oenological potential of genetic resources.</t>
+  </si>
+  <si>
+    <t>NBSoil</t>
+  </si>
+  <si>
+    <t>NBSOIL (Nature-Based Solutions for Soil Management) enables soil consultants to implement a holistic view of soil health using Nature-Based Solutions (NBS) and collaborate effectively across different temporal and spatial scales through a learning program. The overall objective is to design an engaging blended learning program that enables soil assessors to implement a holistic view of soil health through Nature-Based Solutions (NBS) and collaborate effectively across different temporal and spatial scales.</t>
+  </si>
+  <si>
     <t>Research Network on Precision Livestock Farming and Animal Digitization (REDIGA)</t>
   </si>
   <si>
     <t>REDIGA is a research network created to strengthen synergies between researchers and institutions , increase the visibility and reach of research, and build a collaborative ecosystem in precision livestock farming. In this sense, REDIGA brings together diverse profiles from agronomic engineering, veterinary medicine, animal science, and biology, with technological and data-driven approaches to animal monitoring. REDIGA involves people from the following institutions :  The main objective is to integrate and promote research in animal digitization and precision livestock farming , to train and involve new generations of researchers, and to communicate the projects developed in Spain within the European context. The network is aimed at all areas, systems and species of animal production , as well as other animal species, where the application of knowledge, technological innovation and the use of digital tools are essential to improve the lives of animals and optimize the technical-economic management of the system, facilitating objective and efficient decision-making.</t>
   </si>
   <si>
     <t>Spanish CO2 Technology Platform (PTECO2)</t>
   </si>
   <si>
     <t>PTECO2 aims to address technological development in Spain that contributes to reducing the environmental, social and economic impact derived from greenhouse gas emissions.</t>
   </si>
   <si>
     <t>AdvisoryAgriHub</t>
   </si>
   <si>
     <t>The AgriHub Advisory Platform is a collaborative hub dedicated to improving advisory services in agriculture, forestry, and environmental sustainability. On the Platform you can find: Unified Knowledge Inventory of five specialized networks (Stratus, AdvisoryNetPest, LiveNet, ForAdvise, Organic Advice Network) Cutting-edge training resources Collaborative networks Events and updates</t>
   </si>
   <si>
     <t>Innovation and Consulting Network for Short-Term Marketing (RIA-CCC)</t>
   </si>
   <si>
     <t>The Short-Marketing Channels Innovation and Advisory Network (CCC) is a comprehensive project developed by the Entretantos Foundation that seeks to transform agri-food advisory services into CCCs by creating a specialized national network. Information on these channels is scattered, and there are no specific tools for sharing among professionals. Therefore, a collaborative platform has been created that centralizes everything you need: the Short-Marketing Channels Innovation and Consulting Network. This project seeks to professionalize CCC consulting and create synergies with all stakeholders in the national agri-food system, thus contributing to the transition toward more sustainable and resilient food systems.</t>
   </si>
   <si>
     <t>The most beautiful towns in Spain</t>
@@ -192,182 +387,92 @@
   <si>
     <t>SheepNet - Sharing expertise and experience towards sheep productivity through networking</t>
   </si>
   <si>
     <t>SheepNet is a thematic network project on practical innovation to improve sheep productivity (number of lambs weaned per bred ewe), a critical component of farmers' income and therefore of the sustainability and attractiveness of sheep farming. SheepNet will establish a lasting exchange of scientific and practical knowledge between researchers, farmers and advisors, through a multi-actor and transdisciplinary approach at national and international levels and with the broad participation of European Agricultural Knowledge and Innovation Systems. This will promote the implementation and dissemination of innovative and optimal technologies and practices for improving sheep productivity. To maximize impact and ensure broad coverage of different production systems, SheepNet will bring together six of the EU's leading sheep-producing countries, as well as Turkey, Australia, New Zealand, and all relevant EU networks. Goals : To generate a stock of scientific, technical and practical knowledge through a combined "top-down and bottom-up" approach and the strong participation of 45 innovative farms Promoting cross-fertilization through multi-stakeholder workshops at the national and international levels, broad and interactive participation of the sheep community through social networks and an interactive platform Developing communication and learning materials, web tools, an interactive platform designed to assist both scientists and stakeholders, and strong interaction with the EIP AGRI Service Point will ensure broad and lasting accessibility to SheepNet results.</t>
   </si>
   <si>
     <t>R4D - Resilience for dairy</t>
   </si>
   <si>
     <t>A network to improve the commercial and operational strategies of dairy farms, as well as to foster positive interactions between farming communities and society. R4D will focus on 3 areas of knowledge in order to improve the sustainability of dairy farms: Economic and social resilience Technical efficiency Environment, animal welfare and socially acceptable production systems The objective is to strengthen the relationship between farmers, advisors, researchers and relevant actors in the sector, with the intention of creating better solutions through the exchange of knowledge among the participants. The project participants are working together to improve business strategies on dairy farms and foster positive interaction between farming communities and the wider society. They are exploring the most effective and innovative techniques to address challenges related to improving animal welfare, increasing biodiversity, reducing greenhouse gas emissions, and minimizing their environmental footprint. To increase the resilience and robustness of milk vacuum systems, R4D will work at different levels, from finding tailored solutions for different farms to providing in-person and online training. Participants from Belgium, Denmark, Finland, France, Germany, Hungary, Ireland, Italy, Lithuania, Luxembourg, the Netherlands, Northern Ireland, Poland, Slovenia, and Spain will collaborate to test different models and develop a range of solutions.</t>
   </si>
   <si>
     <t>PANACEA - A thematic network to design the penetration path of non-food agricultural crops into European agriculture</t>
   </si>
   <si>
     <t>Despite considerable investment in research and development, non-food crops (NFCs) are not widespread in European agriculture, primarily due to supply chain difficulties and shortcomings in the policy framework and investment incentives. Therefore, the growing need for raw materials to supply the bio-industries makes the successful integration of NFCs into EU agriculture essential. In this context, the PANACEA Network addresses the challenge of increasing the integration of NFCs into EU agriculture and the bioeconomy. The PANACEA Network aims to disseminate practical examples of non-food crops and foster cooperation between research, industry, and the agricultural sector to increase the contribution of these crops to the European Bioeconomy Strategy. Non-food crops (NFCs) are those that are not incorporated into the food chain and are used to produce a wide range of bio-based products, such as polymers, lubricants, construction materials, pharmaceuticals, bioenergy, and biofuels. However, NFCs are not widespread in European agriculture, mainly due to supply chain difficulties and policy shortcomings.</t>
   </si>
   <si>
     <t>HNV-Link - High nature value farming: learning, innovation and knowledge</t>
   </si>
   <si>
     <t>The HNV-Link network is dedicated to developing and sharing innovations that support high nature value (HNV) farming systems and communities. The network aims to gather innovative solutions of a technical, commercial, social, institutional, and political nature from 10 learning areas within high-value agricultural systems and community projects. These grassroots success stories and lessons will be freely available to benefit everyone involved in high-value agriculture. The project will also identify situations where innovations are lacking but could make a positive difference.</t>
   </si>
   <si>
-    <t>INCREDIBLE - Innovation networks of cork, resins and edibles in the mediterranean basin</t>
-[...4 lines deleted...]
-  <si>
     <t>HENNOVATION - Practice-led innovation supported by science and market-driven actors in the laying hen and other livestock sectors</t>
   </si>
   <si>
     <t>Hennovación demonstrates the potential for producer-led innovation and industry practices (on the farm, during transport, and at the slaughterhouse) by establishing innovation networks that proactively seek out and utilize new ideas to make their businesses more efficient and sustainable. The project will also develop the skills of participants in the innovation networks and facilitate communication among individuals within each network. These are the expected objectives: To demonstrate the potential of practice-based innovation networks, supported by existing scientific and market actors, to develop practical and cost-effective solutions to sustainability challenges. Develop multi-stakeholder networks that will develop technical innovations to address harmful pecking and end-of-life management of laying hens, based on practice, economics, and scientific information Creating web communication tools, facilitation guides, and online training programs, designed to assist scientific and market stakeholders, will be available to support practice-based innovation networks in other livestock sectors. Develop policy recommendations that contribute to realizing the full potential of practice-based innovation through multi-stakeholder networks in the livestock sectors</t>
   </si>
   <si>
     <t>EUROSHEEP - European network for interactive and innovative knowledge exchange on sheep health and nutrition</t>
   </si>
   <si>
     <t>EuroSheep creates a self-sustaining European and international network on "sheep profitability through health and nutrition" by facilitating knowledge exchange between various actors and disseminating best practices. EuroSheep brings together experts for a transdisciplinary approach to "sheep production" (animal health, animal nutrition, pasture management, precision livestock farming, breeding and genetics, as well as sociology and economics), which will allow for a multifactorial approach to practical solutions and the incorporation of innovations in sheep farms. The overall objective of the EuroSheep project is to create a self-sustaining European and international Thematic Network on "sheep profitability through health and nutrition", designed to stimulate knowledge exchange and collaboration among a wide range of actors and stakeholders in the sheep sector, in order to widely disseminate relevant and ready-to-use best practices and innovations, and to value input and knowledge exchange among farmers.</t>
   </si>
   <si>
     <t>EUFRUIT Network</t>
   </si>
   <si>
     <t>EUFRUIT, through a multi-stakeholder approach, seeks to improve the implementation of research results into practical and applicable knowledge that will directly benefit the European fruit sector. The project's objectives are: 1. Create a European network focused on the fruit sector. 2. Develop and implement a systematic approach to analyze and synthesize existing scientific and practical knowledge. 3. Establish a permanent dialogue with the relevant EU, national and regional political bodies. 4. Identify and support new priority research areas through continuous monitoring and analysis of existing and future research and innovation activities.</t>
   </si>
   <si>
     <t>ENABLING - Enhance new approaches in biobased local innovation networks for growth</t>
   </si>
   <si>
     <t>The thematic network promoted by ENABLING will provide a significant boost to innovation in the production, pre-processing and supply of biomass for bio-based products and processes across Europe. The project aims to address the need, expressed by professionals across Europe, to improve collaboration and business opportunities between operators that generate biomass flows (farmers) and the processing and transformation industry (the bio-based industry - BBI).</t>
   </si>
   <si>
     <t>CERERE - Cereal Renaissance in rural Europe</t>
   </si>
   <si>
     <t>CERERE synthesizes, shares and disseminates best practices, research results and co-innovative solutions in organic and low-input cereal food systems, with special emphasis on agrobiodiversity and associated values of quality and health.</t>
   </si>
   <si>
     <t>4D4F - Data driven dairy decisions 4 farmers</t>
   </si>
   <si>
     <t>The 4D4F thematic network focuses on developing a network for dairy farmers, sensor technology providers for the dairy industry, data companies, agricultural advisors, and researchers, in order to explore ways of using sensor-generated data to improve farmers' decision-making.</t>
   </si>
   <si>
     <t>AgriSpin - Space for agricultural innovation</t>
   </si>
   <si>
     <t>The AgriSpin project provides guidelines for partners to organize meetings, participate in meetings with other thematic networks and projects, and generate impact within their own organization.</t>
   </si>
   <si>
-    <t>Network of Agricultural Test Spaces (RETA)</t>
-[...82 lines deleted...]
-  <si>
     <t>Animal Health Research Network (RISA)</t>
   </si>
   <si>
     <t>The Network brings together researchers dedicated to animal health in Spain to enhance existing synergies between different animal health research groups in disciplines such as entomology, epidemiology, and animal welfare. This is intended to achieve a more rational, responsible, and optimized use of resources, guaranteeing animal health and welfare, and, consequently, public health. The objectives of the Network are: Strengthening synergies: Strengthening synergies among the various animal health research groups in our country, with the participation of experts in both wild and domestic terrestrial fauna and professionals from diverse animal health disciplines such as entomology, epidemiology, bacteriology, virology, immunology, pathological anatomy, animal welfare, and ethology, among others. Promote internationalization: Promote the internationalization of Spain's animal health research sector. Promote values: Promote rational, responsible, and optimized use of resources to ensure animal health and well-being and, consequently, public health. Promote technology transfer and dissemination: Promote technology transfer and scientific dissemination in animal health at the sector level and to the general public. Organize activities: Organize activities dedicated to topics of great relevance to animal health research, such as innovation, biological safety, the One Health approach, the environment, etc. Collaborate: Collaborate to promote greater visibility and communication of the animal health research sector in Spain and abroad.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast seeks to transform the way we design, produce, use, and recycle plastics to move toward a circular economy through a synergistic approach that involves materials science and biotechnology, developing research and innovation activities as well as socio-educational strategies. The objectives of the Platform are: Development of chemical and biotechnological strategies for recycling and the development of new sustainable polymers. Analysis of the health and environmental effects of plastic pollution. Regulation and certification of plastics with a lower environmental impact. Outreach, teaching, and training activities on the current status and advances in plastics.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>A platform that groups its activities into five strategic areas : renewable energy generation (biomass, solar thermal and photovoltaic, wind, etc.), efficient energy storage, industrial decarbonization, hydrogen technologies, and electrification. The objectives of the Platform are: Promote the development of key technologies in the energy cycle to achieve a more affordable, reliable, competitive, and sustainable energy system, both socially and environmentally. Integrate CSIC capabilities, technologies, and knowledge to address highly technologically advanced projects and promote their rapid integration into the industrial sector.</t>
   </si>
   <si>
     <t>Elaia</t>
   </si>
   <si>
     <t>Agricultural platform specializing in the management and processing of irrigated permanent crops with the highest standards of sustainability and quality using the latest technologies.</t>
   </si>
   <si>
     <t>PTI. SOILBIO CSIC</t>
@@ -606,140 +711,134 @@
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>The project builds on a network of advisors across the EU specializing in livestock production to establish a new EU-wide network that fosters open collaboration between advisors and key stakeholders in the livestock sector. The network will cover various aspects of agriculture, including best practices, technological advances, valorization of agricultural products, diversification of income sources, and addressing other critical challenges. The objectives of the project are: Establish and maintain a network of livestock advisors across the EU, enhancing skills, capacity, and long-term knowledge sharing on sustainable practices. To collect, select, evaluate, analyze, adapt, and translate 100 innovative advisory practices for sustainable livestock production in a multi-stakeholder environment across 29 European countries. Promote innovative advisory practices for sustainable livestock production through the exchange of specific knowledge and scaling-up activities tailored to each country.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Thematic network focused on pesticide use and risk reduction (RURP) across all EU Member States. The network will adopt a multi-stakeholder approach by bringing together 17 partners representing the diversity of AKIS stakeholders working at the agricultural, regional, national, and EU levels, with the aim of identifying, selecting, and shaping novel approaches that can be adapted and replicated across the EU.</t>
   </si>
   <si>
     <t>ENRD</t>
   </si>
   <si>
     <t>The European Network for Rural Development (ENRD) serves as a hub for exchanging information on how rural development policies, programs, projects, and other initiatives work in practice and how they can be improved to achieve more. The ENRD is not a membership organization.</t>
   </si>
   <si>
     <t>Food from Spain</t>
   </si>
   <si>
     <t>Ministerial outreach platform</t>
   </si>
   <si>
-    <t>EIP-AGRI</t>
-[...4 lines deleted...]
-  <si>
     <t>Navarra Agri-Food Cluster Association (NAGRIFOOD)</t>
   </si>
   <si>
     <t>The Agri-Food Cluster of Navarra, NAGRIFOOD is an organization of companies   which aims to continuously improve the competitiveness of its members through the development of intercooperation, open innovation, intrapreneurship and the internationalization of Navarrese agri-food companies</t>
   </si>
   <si>
     <t>Advisors of Aragon</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN is a platform promoted by the Foundation for Knowledge Agriculture and constitutes a Professional Social Network that accommodates researchers, technologists, advisors and farmers, thus integrating: knowledge, its transfer and its application</t>
   </si>
   <si>
     <t>Network of Municipalities for Agroecology</t>
   </si>
   <si>
     <t>The aim of the Network is to build, through the exchange of experiences, knowledge, data, information and projects, local food systems that are environmentally friendly, sustainable, inclusive, resilient, safe and diversified, ensuring healthy, sustainable and accessible food for the entire population, and that promote local employment, in line with the perspectives of agroecology and food sovereignty.</t>
   </si>
   <si>
     <t>SynergyNuts Platform</t>
   </si>
   <si>
     <t>Space for training, dissemination, and innovation in all aspects related to hedge nuts</t>
   </si>
   <si>
     <t>Stratus</t>
   </si>
   <si>
     <t>The Fertilization Innovation Network (FIN) is a technical network based on novel and effective approaches that address the main challenges leading to the creation of a Sustainable Nutrient Management Plan. FIN is composed of three specialized transnational subnetworks (FIN-precision agriculture, FIN-soil quality, FIN-bio-based fertilizers) in which trained assessors will collect Good Practices (GPs) and Research Innovations (RIs) on optimal fertilizer use and identify Best Practices (BPs) as a result of the systemic feasibility assessment of the GPs and RIs. A project brochure can be found in English by clicking here.</t>
   </si>
   <si>
     <t>Technological Platform for the Dairy Products and Food Technologies Classroom</t>
   </si>
   <si>
     <t>Specialized training and advanced technological services for companies and entities in the dairy and food sector</t>
   </si>
   <si>
     <t>Interpanel</t>
   </si>
   <si>
     <t>INTERPANEL is a collaborative platform for different entities belonging to each olive oil value chain. It also includes entities that contribute knowledge and technological capacity for the development of the system, as well as the ability to disseminate results to the entire sector.</t>
   </si>
   <si>
+    <t>Food For Life</t>
+  </si>
+  <si>
+    <t>A platform that promotes the dissemination of research, scientific, and technological advances through public-private collaboration among key stakeholders in the agri-food sector. This platform focuses on R&amp;D and innovation, and identifies new demands in the area of Societal Challenges, ensuring the competitiveness and growth of the Spanish agri-food sector.</t>
+  </si>
+  <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL encompasses Biotechnology, Biomedicine and Bioeconomy as part of the BIO sector, applied to health, agri-food and environmental sustainability, with the aim of promoting the development and competitiveness of the business fabric of the Biotech Sector to position its associates on the international map. BIOVAL's objectives are: Development of innovative healthcare products and services. Promoting sustainable production of healthy, quality food. Harnessing natural resources and applying Bio in products and processes to a wide range of sectors.</t>
   </si>
   <si>
-    <t>Food For Life</t>
-[...2 lines deleted...]
-    <t>A platform that promotes the dissemination of research, scientific, and technological advances through public-private collaboration among key stakeholders in the agri-food sector. This platform focuses on R&amp;D and innovation, and identifies new demands in the area of Societal Challenges, ensuring the competitiveness and growth of the Spanish agri-food sector.</t>
+    <t>Agronet - Brewing</t>
+  </si>
+  <si>
+    <t>Supplies, information and advice for breweries</t>
+  </si>
+  <si>
+    <t>Agro-food cooperatives Valencian community</t>
+  </si>
+  <si>
+    <t>Platform for institutional representation, cooperative promotion, training, communication, and business representation</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
   </si>
   <si>
     <t>Platform for disseminating research innovation, experiences in different productions, and regulatory updates</t>
   </si>
   <si>
     <t>EARTH Platform</t>
   </si>
   <si>
     <t>Plataforma Tierra is an open and participatory community of producers, companies and technology developers.</t>
   </si>
   <si>
     <t>National Network of Typical Farms (RENGRATI)</t>
   </si>
   <si>
     <t>Ministerial information and advisory platform for the evaluation of sectoral and productive policies and strategies and the simulation of their impact at all levels</t>
   </si>
   <si>
-    <t>Agronet - Brewing</t>
-[...10 lines deleted...]
-  <si>
     <t>agrifoodTEF</t>
   </si>
   <si>
     <t>agrifoodTEF is a network of testing and validation infrastructures in Europe that supports agrifood technology companies to develop products with AI and robotics solutions in real-world facilities</t>
   </si>
   <si>
     <t>Catalan Water Partnership (CWP)</t>
   </si>
   <si>
     <t>Catalan Water Partnership (CWP) is a non-profit strategic association of cluster type, formed by companies and knowledge centres operating in the sector of sustainable water use. CWP promotes multi-level projects and collaborations, aimed at achieving innovative solutions to global needs for quality water anywhere in the world and applicable in multiple sectors.</t>
   </si>
   <si>
     <t>Zinnae</t>
   </si>
   <si>
     <t>Zinnae focuses on the efficient use of water by offering solutions to water security challenges to contribute to building a sustainable and resilient future under the principles of the circular economy and smart society. Zinnae's objectives are: Contribute to public policies and be a benchmark in Aragon in the field of knowledge and innovation in the water sector. Identify training needs and capabilities and develop a talent attraction system. Support in project development and vehicle for valorizing the results of innovation by promoting the application of innovative solutions. Visibility of achievements and generation of business opportunities.</t>
   </si>
   <si>
     <t>Avanis</t>
   </si>
   <si>
     <t>A platform for creating connections between people in the agri-food sector to share knowledge, continue learning, and grow the sector day by day, making it more competitive, more sustainable, and more innovative.</t>
   </si>
   <si>
     <t>EU4Advice</t>
@@ -918,191 +1017,191 @@
   <si>
     <t>Valencian Rural Development Network</t>
   </si>
   <si>
     <t>A tool for disseminating information about its programs and activities, as well as for publicizing news and events related to rural development in Valencia. It also features a resources section, where you can find useful materials and guides for rural development in the region, and a catalog of products and services from rural areas of Valencia.</t>
   </si>
   <si>
     <t>PAC Network of Spain</t>
   </si>
   <si>
     <t>Platform that promotes the creation of working groups on issues relevant to rural areas</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Consulting, Audits, Analytics and Training in the agri-food sector</t>
   </si>
   <si>
     <t>Red-iCAT</t>
   </si>
   <si>
     <t>Catalan Agri-Food and Rural Innovation Network</t>
   </si>
   <si>
+    <t>ANOVE</t>
+  </si>
+  <si>
+    <t>Developers and propagators of plant varieties</t>
+  </si>
+  <si>
     <t>BIOFRUITNET</t>
   </si>
   <si>
     <t>This project focuses on organic pome, stone, and citrus fruits and aims to strengthen the competitiveness of European organic fruit production.</t>
   </si>
   <si>
     <t>INNOSETA</t>
   </si>
   <si>
     <t>The main objective of InnoSeta is to establish an innovative, self-sustaining thematic network in spraying equipment, training, and advice to contribute to bridging the gap between new, high-end crop protection solutions available—whether commercial or from applicable research results—and those applicable to everyday European farming practices. This will be achieved by promoting an effective exchange of novel ideas and information between research, industry, extension services, and the farming community so that existing research and commercial solutions can be widely communicated, while capturing the grassroots needs and innovative ideas of the farming community.</t>
   </si>
   <si>
     <t>OK-Net Arable</t>
   </si>
   <si>
     <t>Net Net Arable worked with 14 farmer innovation groups in 10 countries. Data from the groups showed a wide range of crop yields. This indicates a need, but also a clear possibility for improvements. Based on scientific literature and input from farmers, more than 100 materials with practical solutions have been compiled on Net Net's Arable Knowledge platform (Farmknowledge.org). The farmer groups evaluated formats and some solutions in practice. Their experiences have been documented in videos and practice summaries. The farmer groups translated materials relevant to them into their own language. Online courses were conducted, presenting the materials to farmers and advisors.</t>
   </si>
   <si>
     <t>Rosewood 4.0</t>
   </si>
   <si>
     <t>Rosewood 4.0 will collect and structure relevant best practices and innovations (BP&amp;I) with the aim of improving the timber mobilization framework in five regional hubs. Five regional (and one interregional/transregional) roadmaps will be developed based on the prioritization of collected BP&amp;Is that match the identified needs/challenges of the different regions. The project will organize dedicated workshops and study visits linked to newly designed training materials that favor the implementation of BP&amp;Is. Intensive dissemination actions for the transfer of BP&amp;Is will be achieved using different tools and channels (e.g., knowledge platform, practice summaries, video production, etc.).</t>
   </si>
   <si>
-    <t>ANOVE</t>
-[...2 lines deleted...]
-    <t>Developers and propagators of plant varieties</t>
+    <t>APROSE</t>
+  </si>
+  <si>
+    <t>Non-profit professional association of companies producing select seeds. Analyze, study, and address common problems that may arise depending on the seed species.</t>
   </si>
   <si>
     <t>SMARTPROTECT</t>
   </si>
   <si>
     <t>SmartProtect is a thematic network focusing on cross-regional knowledge exchange of smart Integrated Pest Management (IPM) solutions for farmers and advisors. The aim is to stimulate knowledge flows in regional Agricultural Knowledge and Innovation Systems (AKISS) across the EU and connect them to the innovative potential of advanced IPM methodologies in vegetable production, integrating precision agriculture technologies and data analytics.</t>
   </si>
   <si>
     <t>Best Practice Hens - Pilot Project on Best Practices for Alternative Egg Production Systems</t>
   </si>
   <si>
     <t>The Best Practice Hens (BPH) will prepare and provide practical support to egg producers to encourage them to transition from cage to cage-free systems. This applies to both the rearing of laying hens and the maintenance of laying hens during the production period. The BPH will ensure wide dissemination of the information gathered on best practices through the development of communication materials (videos and practice summaries). The BPH will organize dissemination events targeting Member States with a high percentage of cage systems to increase the implementation of cage-free housing systems in the target Member States (Spain, Poland, Portugal, and Belgium).</t>
   </si>
   <si>
     <t>BIOSCHAMP - Biostimulant of alternative casing for a sustainable and profitable mushroom industry</t>
   </si>
   <si>
     <t>In this project, we will develop an integrated approach to combating the main health challenges in mushroom production (parasitic fungi and bacteria). By developing a microbiota-enriched wrapping soil, we will reduce the need for pesticides and contribute to improving the productivity, sustainability, and profitability of the European mushroom sector.</t>
   </si>
   <si>
     <t>Boosting RurAl Bioeconomy Networks following multi-actor approaCHES - BRANCHES</t>
   </si>
   <si>
     <t>Identify, summarize, share, and present existing best practices and research results; Increase the application of new cost-effective technologies by enhancing active knowledge transfer between practitioners and researchers; Mobilize more biomass and create new business opportunities in rural areas by improving and strengthening the connection between practice and science; Apply a multidisciplinary and multi-stakeholder approach; Offer a channel for the two-way flow of information, new ideas, and technologies; Highlight identified needs and relevant business elements for practitioners; Promote the bioeconomy and rural development through new bio-based initiatives</t>
   </si>
   <si>
     <t>Sm@RT: Small Ruminant Technology - Precision Livestock Farming and Digital Technology for Small Ruminants</t>
   </si>
   <si>
     <t>Sm@RT uses an original interactive, transdisciplinary, and multi-stakeholder approach, based on three levels of networking: 1) a network of well-equipped demonstration farms (digifarms), 2) a network of innovative commercial farms to foster exchanges with, 3) the small ruminant industry in each country. Farmers' needs/barriers in terms of technology use will be assessed through a global survey and a series of workshops. Solutions to these needs will be proposed during the workshops. Training and demonstration opportunities will be offered through the digifarm networks and innovative farms, with testimonials collected to boost dissemination and communication in an environment of trust.</t>
   </si>
   <si>
     <t>AgriFoodTe Network: Teruel Agrifood Knowledge and Innovation Network</t>
   </si>
   <si>
     <t>Network to accelerate innovation in the agri-food sector to promote the ecological, digital, and circular bioeconomy transition in the Teruel region</t>
   </si>
   <si>
     <t>The Navarre Agri-Food Cluster (NAGRIFOOD) is a business organization whose objective is the continuous improvement of the competitiveness of its members through the development of intercooperation, open innovation, intrapreneurship and the internationalization of Navarrese agri-food companies.</t>
   </si>
   <si>
-    <t>APROSE</t>
-[...4 lines deleted...]
-  <si>
     <t>Spanish Association of the Bakery, Pastry and Confectionery Industry (ASEMAC)</t>
   </si>
   <si>
     <t>Professional organization of a sectoral nature</t>
   </si>
   <si>
     <t>Association of Compound Feed Manufacturers of Castilla y León (ASFACYL)</t>
   </si>
   <si>
     <t>Professional Association of Compound Feed Manufacturers of Castile and León</t>
   </si>
   <si>
     <t>Spanish Technological and Innovation Platform for Biocircularity (BIOPLAT)</t>
   </si>
   <si>
     <t>National non-profit organization that promotes the sustainable development of biomass and the bioeconomy</t>
   </si>
   <si>
     <t>Plant Biotechnology Technology Platform (BIOVEGEN)</t>
   </si>
   <si>
     <t>Public-private partnership, led by the business sector, bringing together entities from the agri-food sector with an interest in plant-based innovation</t>
   </si>
   <si>
     <t>Spanish Confederation of Bakery, Pastry, Confectionery and Related Products (CEOPPAN)</t>
   </si>
   <si>
     <t>A non-profit employers' association, associations and guilds of manufacturers and retailers of bread, pastries, baked goods, and related products, from provincial and local geographic areas, as well as individual companies throughout the country.</t>
   </si>
   <si>
+    <t>Spanish Confederation of Compound Animal Feed Manufacturers (CESFAC)</t>
+  </si>
+  <si>
+    <t>Technological platform for joint management of food safety in animal nutrition</t>
+  </si>
+  <si>
+    <t>CIRCULAR ECONOMY - Platform that integrates other Circular Economy platforms</t>
+  </si>
+  <si>
+    <t>To energize lines of action, define the contribution of Spanish technology and innovation platforms in the transition towards a circular economy, and develop tools to promote cooperation in R&amp;D&amp;I.</t>
+  </si>
+  <si>
+    <t>EIT-FOOD</t>
+  </si>
+  <si>
+    <t>HUB platform that promotes innovation, education, entrepreneurship, and public participation</t>
+  </si>
+  <si>
+    <t>Elika</t>
+  </si>
+  <si>
+    <t>Platform for the dissemination of research, events, and regulations in the Basque Country on food safety, healthy eating, sustainable eating, agriculture, livestock, fishing, animal feed, and the food industry</t>
+  </si>
+  <si>
+    <t>FEDIMA</t>
+  </si>
+  <si>
+    <t>Platform for disseminating information of interest to bakeries and contact between FEDIMA and its partners</t>
+  </si>
+  <si>
     <t>Aragonese Association of Conservation Agriculture</t>
   </si>
   <si>
     <t>The Association is an entity that brings together farmers, technicians, researchers, training centers and companies that are interested in promoting and disseminating the technique of Conservation Agriculture.</t>
   </si>
   <si>
-    <t>Spanish Confederation of Compound Animal Feed Manufacturers (CESFAC)</t>
-[...28 lines deleted...]
-  <si>
     <t>INASDE Agro-Food</t>
   </si>
   <si>
     <t>A private research center with an experienced team of professionals specializing in research activities for the implementation of its own projects and the provision of services, covering the various stages of the food chain, from primary production to the processing and presentation of consumer products.</t>
   </si>
   <si>
     <t>Spanish Technology Platform for Intermodal Logistics and Mobility (Logistop)</t>
   </si>
   <si>
     <t>A multidisciplinary and inter-territorial workspace in the field of logistics innovation, comprised of all stakeholders involved in the supply chain, as well as universities, technology centers, associations, and specialized consulting firms.</t>
   </si>
   <si>
     <t>Spanish Packaging Technology Platform (PACKNET)</t>
   </si>
   <si>
     <t>Platform that functions as a network for scientific and technological cooperation between agents in the packaging and evans chain</t>
   </si>
   <si>
     <t>Plants For The Future</t>
   </si>
   <si>
     <t>Platform for disseminating the group's projects, research, activities, collaborators, and working groups</t>
   </si>
   <si>
     <t>Animal Health Technology Platform, VET+I</t>
@@ -1227,98 +1326,98 @@
   <si>
     <t>Asturian Rural Development Network (READER)</t>
   </si>
   <si>
     <t>A tool for disseminating information about its programs and activities, as well as for publicizing news and events related to rural development in Asturias. It also features a resources section, where you can find useful materials and guides for rural development in the region, and a catalog of products and services from rural areas of Asturias.</t>
   </si>
   <si>
     <t>Cantabrian Rural Development Network</t>
   </si>
   <si>
     <t>A tool for disseminating information about its programs and activities, as well as for publicizing news and events related to rural development in Cantabria. It also features a resources section, where you can find useful materials and guides for rural development in the region, and a catalog of products and services from rural areas of Cantabria.</t>
   </si>
   <si>
     <t>Extremadura Rural Development Network (REDEX)</t>
   </si>
   <si>
     <t>Information and services platform, forum for exchanging experiences and cooperation, development of projects of general interest to members, and, in general, any other activity that impacts the social and economic development of rural Extremadura.</t>
   </si>
   <si>
     <t>Galician Network of Emerging Risks in Food Safety (RISEGAL)</t>
   </si>
   <si>
     <t>It offers detailed information on the network's objectives and activities, as well as news and events related to food safety. It also provides access to various tools and resources, such as databases and scientific publications, to promote research and management of emerging risks in the food chain.</t>
   </si>
   <si>
+    <t>Spanish Association of Cereal Technicians (AETC)</t>
+  </si>
+  <si>
+    <t>A non-profit association whose main purpose is to promote, study, and support all scientific and technical research activities related to cereals and their derivatives.</t>
+  </si>
+  <si>
+    <t>Luxembourg PAC Network</t>
+  </si>
+  <si>
+    <t>In Luxembourg, rural development is managed at the national level through a Strategic Plan, which is financed through the European Agricultural Fund for Rural Development (EAFRD) and national contributions. The Strategic Plan establishes the priority strategies and measures to be adopted to address the needs of the specific geographical area to which it refers. Rural development funding through the EAFRD falls within the general framework of the European Structural and Investment Funds (ESI Funds), which also include the Regional Development, Social, Cohesion, and Fisheries Funds. All these funds are managed at the national level by each EU Member State on the basis of Partnership Agreements, which are strategic plans that describe each country's objectives and investment priorities.</t>
+  </si>
+  <si>
+    <t>Interfood Forum</t>
+  </si>
+  <si>
+    <t>Platform for disseminating activities, projects, networks, value propositions, and innovation in the agri-food chain</t>
+  </si>
+  <si>
     <t>Food GIS</t>
   </si>
   <si>
     <t>Platform for disseminating activities, projects, networks, regulations, and the value and innovation proposition of the agri-food sector</t>
   </si>
   <si>
     <t>Association for Rural Development of Andalusia (ARA)</t>
   </si>
   <si>
     <t>A forum for collaboration and dialogue where all rural development groups in Andalusia, promoters of activity and job creation, are represented.</t>
   </si>
   <si>
-    <t>Spanish Association of Cereal Technicians (AETC)</t>
-[...14 lines deleted...]
-    <t>Platform for disseminating activities, projects, networks, value propositions, and innovation in the agri-food chain</t>
+    <t>EU - FarmBook</t>
+  </si>
+  <si>
+    <t>EU-FarmBook is a platform for good practices for farmers and foresters. All content in its library comes from Horizon research projects.</t>
   </si>
   <si>
     <t>Rural Development Network of Castilla y León</t>
   </si>
   <si>
     <t>An association that brings together and coordinates a significant number of groups managing rural development programs—LEADER and PRODER—in Castile and León.</t>
   </si>
   <si>
     <t>Spanish Rural Development Network (REDR)</t>
   </si>
   <si>
     <t>The Spanish Rural Development Network (REDR) is a non-profit association whose main mission is to promote a comprehensive and sustainable rural development model, improve the quality of life of the rural population, and highlight the importance of rural areas for society as a whole. REDR provides a shared space for rural areas and their inhabitants, a place where they can express their needs and concerns and make their voices heard.</t>
   </si>
   <si>
-    <t>EU - FarmBook</t>
-[...4 lines deleted...]
-  <si>
     <t>Knowledge Transfer Office Network (OTC Network)</t>
   </si>
   <si>
     <t>Network of research results transfer offices at Spanish universities.</t>
   </si>
   <si>
     <t>Farm Animal Breeding and Reproduction Technology Platform (FABRE TP)</t>
   </si>
   <si>
     <t>The Farm Animal Breeding and Reproduction Technology Platform for Europe (FABRE TP) is a forum led by research institutes and academia, collaborating with the private sector, providing a platform for defining research priorities in animal breeding, genetics and reproduction, with the aim of boosting the sustainability, competitiveness and resilience of all livestock systems.</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Technology transfer and digitalization of direct marketing processes for the commercialization of food produced by small agricultural and livestock producers in the national hospitality and catering sector.</t>
   </si>
   <si>
     <t>FERTINNOWA</t>
   </si>
   <si>
     <t>FERTINNOWA (an acronym for Transfer of Innovative Techniques for the Sustainable Practice of FERTirrigation) is a knowledge exchange network designed to facilitate the improvement of fertigation practices, adapting them to the environmental requirements and European regulations covered by the Water Framework Directive and those that ensure the avoidance of waste emissions due to the use of fertilizers, especially in areas declared vulnerable to aquifer contamination by nitrates.</t>
   </si>
   <si>
     <t>BovINE</t>
@@ -1329,96 +1428,96 @@
   <si>
     <t>EU PiG</t>
   </si>
   <si>
     <t>The network includes a variety of partners, from pig producer groups to researchers and economic advisors, connecting pig producers with the latest breeding science, techniques, and technologies. The project focuses on four key themes: Health Management, Meat Quality, Animal Welfare, and Precision Production.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>The project seeks to create a European network of innovation clusters to facilitate knowledge exchange and co-creation among farmers, businesses, researchers, and advisors by collecting end-user materials and developing new tools tailored to the needs of farmers and businesses.</t>
   </si>
   <si>
     <t>EuroDairy</t>
   </si>
   <si>
     <t>EuroDairy supports the development and communication of practice-based innovation in dairy production by focusing its activities on four key themes: Animal Care; Socioeconomic Resilience; Resource Efficiency; and Integrating Dairy Production with Biodiversity Goals.</t>
   </si>
   <si>
     <t>Legumes Translated</t>
   </si>
   <si>
     <t>The project is based on networking between farmers and other innovators and scientists in stakeholder groups to collect and validate relevant research-based knowledge.</t>
   </si>
   <si>
+    <t>Riojan Rural Development Network</t>
+  </si>
+  <si>
+    <t>A tool for disseminating information about its programs and activities, as well as for publicizing news and events related to rural development in La Rioja. It also features a resources section, where you can find useful materials and guides for rural development in the region, and a catalog of products and services from rural areas of La Rioja.</t>
+  </si>
+  <si>
+    <t>Malta PAC Network</t>
+  </si>
+  <si>
+    <t>In Malta, rural development is managed at the national level through a Strategic Plan, which is funded by the European Agricultural Fund for Rural Development (EAFRD) and national contributions. The Strategic Plan establishes the priority strategies and measures to be adopted to address the needs of the specific geographical area covered. Rural development funding through the EAFRD falls within the general framework of the European Structural and Investment Funds (ESIF), which also include the Regional Development, Social, Cohesion, and Fisheries Funds. All these funds are managed at the national level by each EU Member State on the basis of Partnership Agreements, which are strategic plans outlining each country's objectives and investment priorities.</t>
+  </si>
+  <si>
+    <t>PAC Network of Romania</t>
+  </si>
+  <si>
+    <t>In Romania, rural development is managed at the national level through a Strategic Plan, which is financed through the European Agricultural Fund for Rural Development (EAFRD) and national contributions. The Strategic Plan establishes the priority strategies and measures to be adopted to address the needs of the specific geographical area covered. Rural development funding through the EAFRD falls within the general framework of the European Structural and Investment Funds (ESIF), which also include the Regional Development, Social, Cohesion, and Fisheries Funds. All these funds are managed at the national level by each EU Member State on the basis of Partnership Agreements, which are strategic plans that describe each country's objectives and investment priorities.</t>
+  </si>
+  <si>
     <t>DISARM</t>
   </si>
   <si>
     <t>DISARM is a collaboration between farmers, veterinarians, advisory services, academics, and industry to disseminate innovative solutions for managing antibiotic resistance in livestock production and alleviate the threat of antibiotic resistance. The network will exchange innovative approaches across industries and countries to share best practices across the livestock sector.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN is a thematic network for nitrogen and phosphorus that compiles knowledge on technologies, products, applications, and practices of recovered, ready-to-use bio-based fertilizers for the benefit of agricultural professionals. The project focuses on connecting innovative, competitive, and commercially ready results derived from highly mature applied scientific research programs and common industrial practices.</t>
   </si>
   <si>
     <t>SuWaNu Europe</t>
   </si>
   <si>
     <t>SUWANU EUROPE focuses on water reuse projects in Europe by reusing treated wastewater in agriculture.</t>
   </si>
   <si>
     <t>BEST4SOIL</t>
   </si>
   <si>
     <t>Network of professionals created to share knowledge on the prevention and control of soil diseases</t>
   </si>
   <si>
     <t>WINETWORK</t>
   </si>
   <si>
     <t>Winetwork is a European collaborative project for the exchange and transfer of innovative knowledge between European winegrowing regions to increase the sector's productivity and sustainability. Over three years, 11 partners from seven European countries will exchange their knowledge on two important vineyard diseases: grapevine trunk diseases and flavessence dorée. The project's approach is based on interactions between a network of facilitators, regional working groups, and two scientific working groups. This participatory approach will allow the transfer of scientific results and practical knowledge into materials adapted to end-users.</t>
-  </si>
-[...16 lines deleted...]
-    <t>In Romania, rural development is managed at the national level through a Strategic Plan, which is financed through the European Agricultural Fund for Rural Development (EAFRD) and national contributions. The Strategic Plan establishes the priority strategies and measures to be adopted to address the needs of the specific geographical area covered. Rural development funding through the EAFRD falls within the general framework of the European Structural and Investment Funds (ESIF), which also include the Regional Development, Social, Cohesion, and Fisheries Funds. All these funds are managed at the national level by each EU Member State on the basis of Partnership Agreements, which are strategic plans that describe each country's objectives and investment priorities.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Consulting, Audits, Analytics, and Training in the Food Safety Sector</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Non-profit professional organization formed by companies dedicated to the production of yeast for nutrition and health, baking and fermentation</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Platform for research, knowledge transfer, events, and news related to the agri-food sector</t>
   </si>
   <si>
     <t>GAL Rural Development and Fisheries of Eivissa and Formentera</t>
   </si>
   <si>
     <t>The main task of the group is the management of local rural and fisheries development strategies and projects, the most important task in terms of resources and dedication being the Participatory Local Rural and Fisheries Development Strategies, co-financed by European (EAFRD and EMFF) and national funds.</t>
   </si>
@@ -1779,2673 +1878,2849 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C235"/>
+  <dimension ref="A1:C251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C235"/>
+      <selection activeCell="A1" sqref="A1:C251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="2425.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="2675.49" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
-        <v>199</v>
+        <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>356</v>
+        <v>232</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>504</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Plataformas y redes</vt:lpstr>
+      <vt:lpstr>Platforms and networks</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>