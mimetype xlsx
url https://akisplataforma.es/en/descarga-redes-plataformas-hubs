--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,152 +12,260 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Platforms and networks" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="523">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
+    <t>ATgro</t>
+  </si>
+  <si>
+    <t>Platform</t>
+  </si>
+  <si>
+    <t>ATGRO is Atitlan's global investment and agricultural project management platform, dedicated to the development of superfoods and other complementary agricultural lines.</t>
+  </si>
+  <si>
+    <t>SiAR meteorological station network</t>
+  </si>
+  <si>
+    <t>Grid</t>
+  </si>
+  <si>
+    <t>The Ministry of Agriculture, Fisheries and Food, through the General Sub-Directorate of Irrigation, Natural Paths and Rural Infrastructure, makes available to users free of charge all the information collected through the SiAR meteorological station network.</t>
+  </si>
+  <si>
+    <t>National Network of Traditional Farms</t>
+  </si>
+  <si>
+    <t>In response to the need for economic information systems for the livestock sector that would allow for comparisons at the farm, regional, national, and international levels, the Directorate General for Agricultural Production and Markets launched the National Network of Typical Farms (RENGRATI project) in 2003, now part of the REDES TECO network. This project focuses on establishing and maintaining permanent technical and economic information networks for the various livestock sectors in Spain. To this end, an infrastructure or network of institutions and individuals has been established to contribute information, including the main producer associations, researchers, consultants, producers, and related government agencies. These sectoral national networks are, in turn, integrated into the International Networks for Comparative Farm Analysis, which include the world's leading livestock-producing countries. These International Networks provide ongoing support to their members and collaborate in applying the appropriate methodology for validating information provided by producers, as well as for evaluating sectoral and production policies and strategies, or simulating their impact at all levels. The methodology used within this framework begins with the accounting records of real farms with similar characteristics, which are categorized to represent the most common production system in the region where they are located, in terms of size, management, and yields. In addition to validations carried out according to the international methodology, national meetings with producers, referred to as "panels" in the network's terminology, are held to discuss and validate the results in order to ensure greater representativeness. RENGRATI aims to serve as a strategic tool, providing accurate and up-to-date information on production costs, profitability, profits, and break-even points, supporting the sectors and serving as a reference for practical decision-making, helping to guide the immediate future of these sectors in the right direction. To this end, more detailed information on the operation of the National Network of Typical Farms and the International Networks, as well as sector-specific results reports, is available in this section.</t>
+  </si>
+  <si>
+    <t>RECAN (National Agricultural Accounting Network)</t>
+  </si>
+  <si>
+    <t>The National Agricultural Accounting Network is a tool that allows for the assessment of farm income and the impact of agricultural policy on farms. It is governed by a European Union regulation, meaning that the same accounting principles apply in all member states. It is, therefore, the only comprehensive microdata source in Spain that is harmonized with the rest of the EU.</t>
+  </si>
+  <si>
+    <t>Red Plant Micro</t>
+  </si>
+  <si>
+    <t>A network of research groups focused on investigating beneficial interactions between plants and microorganisms. The network comprises 15 research groups from various universities. The Network's objective is to unite knowledge, resources and efforts in research on plant-microorganism interactions in relation to their importance and applicability in improving crop tolerance to stress situations arising from climate change (mainly droughts, high temperatures and salinity) and in sustainable agricultural production, to guarantee food security despite the growing global demand and competition for resources.</t>
+  </si>
+  <si>
+    <t>ENRD</t>
+  </si>
+  <si>
+    <t>The European Network for Rural Development (ENRD) serves as a hub for exchanging information on how rural development policies, programs, projects, and other initiatives work in practice and how they can be improved to achieve more. The ENRD is not a membership organization.</t>
+  </si>
+  <si>
+    <t>SmaRT</t>
+  </si>
+  <si>
+    <t>Thematic network promoting the use of PLF (Precision Livestock Farming) and digital technologies across the small ruminant sector</t>
+  </si>
+  <si>
+    <t>NUTRICHECK-NET</t>
+  </si>
+  <si>
+    <t>Self-sustaining, multi-stakeholder thematic network to promote the adoption of field-specific nutrient management best practices at the farm level.</t>
+  </si>
+  <si>
+    <t>Dehesa Change Agents Network</t>
+  </si>
+  <si>
+    <t>A lively space for collaboration, bringing together individuals and organizations committed to improving the profitability and sustainability of the dehesa. It is a meeting point for all professionals who believe in a Dehesa of the Future model: resilient, innovative, and capable of addressing social, economic, and environmental challenges.</t>
+  </si>
+  <si>
+    <t>Network of Territorial Innovation Centers (CIT Network)</t>
+  </si>
+  <si>
+    <t>CITs are collaborative ecosystems for developing and sharing experiences that contribute to the social and economic revitalization of rural areas. They are strategic spaces at the provincial and multi-provincial level from which to promote the creation and development of activities in these rural areas, as well as to rethink the way we work or collaborate in these spaces. The main objective of the CITs is to enhance existing projects and launch innovative initiatives, based on a "new rurality" concept based on collaboration, collective intelligence, and socio-territorial innovation. The objectives of the CIT, aligned with the state policy of Demographic Challenge , are: Boosting the rural socioeconomic fabric Working on demographic challenges, supporting existing agents in the territory Improving the quality of life of people living in rural areas Retain and attract talent Develop entrepreneurship Seeking territorial balance</t>
+  </si>
+  <si>
+    <t>CTA (Technological Corporation of Andalusia)</t>
+  </si>
+  <si>
+    <t>Business associations, Platform</t>
+  </si>
+  <si>
+    <t>CTA is the multi-sector innovation cluster of Andalusia with national and international activity. It helps companies, public administrations, and universities plan an R&amp;D&amp;I strategy aligned with their needs. From identifying R&amp;D&amp;I needs and formulating projects to address them, to finding partners and funding, it supports companies throughout their innovation projects. It is a strategic ally for transforming results into business opportunities and a successful partner in international innovation projects. It is a private foundation with more than 186 member companies and 20 years of experience , originally promoted by the Junta de Andalucía and with private management, dedicated to promoting technological innovation. More than 186 companies are part of CTA. From large international corporations to SMEs or technology startups from all economic sectors.</t>
+  </si>
+  <si>
+    <t>Network of Public Utility Forests</t>
+  </si>
+  <si>
+    <t>The REMP, State Network of Public Forests, is established as a network to improve knowledge and enhance the value of public forest heritage, including Public Utility forests as well as those belonging to Local Entities.</t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>FarmPEP is a collaborative community initiative. It was launched in January 2020 through an Innovate UK project with ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop, and The Farming Forum, with the aim of connecting knowledge sharing in agriculture in the post-COVID-19 era.</t>
+  </si>
+  <si>
+    <t>EUFORGEN</t>
+  </si>
+  <si>
+    <t>EUFORGEN (European Programme for Forest Genetic Resources) is an international cooperation programme that promotes the conservation and sustainable use of forest genetic resources in Europe as an integral part of sustainable forest management. It was established in 1994 as a result of a resolution adopted in 1990 by the first Ministerial Conference of the Forest Europe process.</t>
+  </si>
+  <si>
+    <t>RETECHFOR (Forest Technology Network)</t>
+  </si>
+  <si>
+    <t>The RETECHFOR Project (Technological and territorial network for forest monitoring and the reduction of environmental disasters as levers for the development of the Forest Bioeconomy) is an ambitious initiative promoted by the Autonomous Communities of Castilla y León and the Canary Islands.</t>
+  </si>
+  <si>
+    <t>PTFOR (Spanish Forestry Technology Platform and its Derivative Industries)</t>
+  </si>
+  <si>
+    <t>PTFOR is a national cooperation network to promote R&amp;D&amp;I in the forestry sector and its related industries.</t>
+  </si>
+  <si>
+    <t>Digital Agricultural Extension</t>
+  </si>
+  <si>
+    <t>The constant evaluation of agricultural and livestock systems has driven the development of digital agriculture and livestock farming.</t>
+  </si>
+  <si>
+    <t>Redforesta</t>
+  </si>
+  <si>
+    <t>The platform serves as a meeting point, hosting virtual and in-person events to discuss key topics such as forest planning, biodiversity conservation, fire prevention, the use of new technologies (drones, sensors, AI), and climate change adaptation. It also offers, through the website of the Official Association of Forestry Technical Engineers, training resources, specialized forums, thematic groups, and access to high-value technical content, such as publications and case studies.</t>
+  </si>
+  <si>
+    <t>Spanish Society of Forest Sciences (SECF)</t>
+  </si>
+  <si>
+    <t>The Spanish Society of Forest Sciences was founded in 1991 to foster the study and advancement of forest sciences and techniques in Spain, promote the scientific and technical development of its members, encourage cooperation among them, and promote national and international exchange between entities and specialists in their fields. The Society's membership comprises researchers and professionals in forestry and related fields, as well as companies and organizations whose objectives include carrying out forestry work and activities in the private or public sectors. The most represented professional qualifications within the Society include forestry engineers, forestry technicians, agricultural engineers, biologists, chemists, lawyers, economists, geologists, pharmacists, and others.</t>
+  </si>
+  <si>
+    <t>CESEFOR</t>
+  </si>
+  <si>
+    <t>We are an organization convinced of the key role of the forestry sector in the new bioeconomy and circular economy strategies, in which our contribution to the integral development of this sector and all its value chains fits perfectly, promoting sustainability, innovation and research in all its productive areas.</t>
+  </si>
+  <si>
+    <t>Forestry Portal of Castile and León</t>
+  </si>
+  <si>
+    <t>Take a peek into this window into the forestry sector of Castile and León. Explore, through its thematic portals, some of the local resources whose use revitalizes rural areas, helps retain population, and generates employment. Discover some of the most important figures through the newly launched Forestry Data Portal and don't miss the upcoming events of interest. All of this, right here. Because from here we see the tree. And the forest.</t>
+  </si>
+  <si>
+    <t>PEFC</t>
+  </si>
+  <si>
+    <t>PEFC, the Programme for the Endorsement of Forest Certification, is a leading global alliance of national forest certification systems. As an international, non-governmental, non-profit organization, we are dedicated to promoting sustainable forest management through independent third-party certification.</t>
+  </si>
+  <si>
+    <t>SIEX (Information System for Agricultural Holdings)</t>
+  </si>
+  <si>
+    <t>The Agricultural Holdings Information System (SIEX) will pursue interoperability between the different sources of information available from the agricultural, livestock and forestry sectors.</t>
+  </si>
+  <si>
     <t>AFINET</t>
   </si>
   <si>
-    <t>Grid</t>
-[...1 lines deleted...]
-  <si>
     <t>A thematic network designed to promote the exchange and transfer of knowledge between scientists and professionals dedicated to the agroforestry sector. AFINET will operate at the European level to implement the results of various research projects and promote innovative ideas that help professionals overcome challenges and problems.</t>
   </si>
   <si>
     <t>Spanish Society of Organic Agriculture/Agroecology (SEAE)</t>
   </si>
   <si>
-    <t>Platform</t>
-[...1 lines deleted...]
-  <si>
     <t>EAE is a non-profit association that promotes the improvement and dissemination of knowledge about the production of quality food based on agroecology under sustainable rural development.</t>
   </si>
   <si>
-    <t>CTA (Technological Corporation of Andalusia)</t>
-[...17 lines deleted...]
-    <t>The REMP, State Network of Public Forests, is established as a network to improve knowledge and enhance the value of public forest heritage, including Public Utility forests as well as those belonging to Local Entities.</t>
+    <t>DATAGIA</t>
+  </si>
+  <si>
+    <t>DATAGIA is the Digital Agri-food Platform of Castile and León, created to accelerate the digitalization of the agri-food sector by facilitating the advanced use of data and enabling technologies in companies of varying sizes and levels of digital maturity. DATAGIA is a joint initiative within the framework of the RETECH PAN project to build an interoperable, secure agri-food data space geared towards real-world use cases in the sector. Shared data platform - An environment where companies, cooperatives, technology centers and administrations can connect, harmonize and exploit data from the agri-food chain. Real-world use cases . - Modules focused on traceability, optimization, IoT, explainable artificial intelligence, augmented reality and data space, with pilot projects at different points in the chain. Community and knowledge transfer . - Workshops, training sessions and an active community of companies and entities that share knowledge and results of the project. RETECH PAN is a collaborative project involving several autonomous communities —Castilla y León, Castilla-La Mancha, La Rioja and Extremadura— with the aim of promoting advanced digitalization of the agri-food chain through the use of digital technologies and data.</t>
   </si>
   <si>
     <t>Environmental Information Network of Andalusia</t>
   </si>
   <si>
     <t>The Ministry of Sustainability and Environment of the Regional Government of Andalusia is the body responsible for guaranteeing the right of access to environmental information in Andalusia. Specifically, Decree 170/2024, of August 26, which establishes its organizational structure, stipulates that the General Secretariat for the Environment and Climate Change is responsible for the organization, management, structuring, and operation of the Environmental Information Network (REDIAM). This network integrates and disseminates all alphanumeric, graphic, and other types of information on the environment in Andalusia, generated by all types of environmental information-producing centers within the Autonomous Community. This information is intended for use in management, research, public dissemination, and decision-making, as well as for establishing the Ministry's lines of action regarding the production of statistical and cartographic information.</t>
   </si>
   <si>
-    <t>RECAN (National Agricultural Accounting Network)</t>
-[...4 lines deleted...]
-  <si>
     <t>RUENA Network</t>
   </si>
   <si>
     <t>Following the approval of several CICYT projects related to the use of nitrification inhibitors as a tool to reduce nitrogen losses to the atmosphere and water, and in accordance with the Ministry of Science and Technology's (MCyT) proposal for coordination, an initial meeting was held in Pamplona. At this meeting, the idea of creating a Thematic Network on the "Efficient Use of Nitrogen in Agriculture" was first raised. Subsequent meetings were held in Lleida and Madrid, where it was agreed to apply to the MCyT's Special Actions Call for Proposals. In January 2002, the Network creation project was submitted with the support of most of the attendees, and it was finally approved in September 2002. We understand that this approval constitutes official recognition of the Network's existence by the Ministry of Science and Technology. Clarifications: The thematic network is non-profit. It does not have funds for participant attendance at meetings; only small grants can be provided to facilitate their execution.</t>
   </si>
   <si>
     <t>Female Livestock Farmers Network</t>
   </si>
   <si>
     <t>This project was born out of the need to reclaim women's place in the livestock sector. The group aims to break with the male-dominated image of extensive livestock farming and overcome the social, institutional, and professional discrimination they face. "Both the newly arrived apprentice shepherds in the Sierra and the seasoned livestock farmers with generations of herding experience speak the same language, and above all, we are clear about what we want to change: we want to move from permanent invisibility to the forefront, we want to have a voice where important decisions are made, we want to break with the completely male-dominated image of extensive livestock farming and shepherding, we want to be respected as women livestock farmers, we want to overcome the familial, social, administrative, and professional discrimination we suffer, we want to change the excessive bureaucracy, we want to share household chores with men and overcome the forced multiple jobs that, as women, we all endure. We want change."</t>
   </si>
   <si>
     <t>Municipal Livestock and Meat Network</t>
   </si>
   <si>
     <t>In defense of the largest sector of national agricultural production and the leading food industry. A platform that aspires to become a forum for dialogue between the private sector and municipalities, fostering public-private action and collaboration, and recognizing the vital role of the food supply chain in addressing the demographic and economic challenges we face as a nation.</t>
   </si>
   <si>
-    <t>National Network of Traditional Farms</t>
-[...4 lines deleted...]
-  <si>
     <t>REDIGA</t>
   </si>
   <si>
     <t>REDIGA was created to strengthen synergies between researchers and institutions, increase the visibility and projection of research, and build a collaborative ecosystem in precision livestock farming.</t>
   </si>
   <si>
     <t>Networked Pastoralism</t>
   </si>
   <si>
     <t>This initiative by our subsidiary, Red Eléctrica, aims to manage vegetation under power lines through extensive grazing of livestock. It reflects our commitment to integrating our facilities with nature and the rural environment, transforming them into ecological corridors and thus reducing habitat fragmentation.</t>
-  </si>
-[...4 lines deleted...]
-    <t>The Ministry of Agriculture, Fisheries and Food, through the General Sub-Directorate of Irrigation, Natural Paths and Rural Infrastructure, makes available to users free of charge all the information collected through the SiAR meteorological station network.</t>
   </si>
   <si>
     <t>Agroecology in Action Network</t>
   </si>
   <si>
     <t>The Agroecology in Action Network begins with the intention of connecting the various agroecological and peasant-based projects being developed throughout the country, to help coordinate the sector, propose solutions to common needs, and consolidate these projects. At Ecologists in Action, we have been working for years on agroecology as a valid and high-potential approach to addressing the future ecological and social challenges facing rural areas, generated by the industrial and globalized food system. Furthermore, many agroecology activists and supporters have embarked on projects of this kind, especially peasant-scale models, encountering many difficulties in establishing and sustaining them. The development of care-based projects does not receive adequate support within the current capitalist and patriarchal model. Placing care at the center—the care of the land and the care of ourselves—makes it difficult to establish our projects. Over the years many projects have fallen through or been transformed, but more and more are being born and are resisting, because we want and are committed to another model of socio-economic development that respects the environment, people and the future of the planet.</t>
   </si>
   <si>
     <t>Peasant network for carbon agriculture</t>
   </si>
   <si>
     <t>We are promoting a farmers' network to help disseminate new ways of doing and understanding food production. We are certain that the primary sector needs a change in agronomic strategies that favor soil recovery, self-fertility, and conservation, while simultaneously strengthening economic viability. Our association aims to promote training and the exchange of knowledge and experiences related to what we like to call carbon-based bio-logical agriculture. The term 'bio-logical' incorporates the most logical biology that exists: nature's model. We are already aware of various private initiatives in our country and neighboring countries that are experimenting with and seeking agronomic techniques that promote soil recovery, self-fertility, and conservation. These farms are demonstrating their economic viability and are therefore becoming benchmarks in their field. By creating this network, we promote the exchange of information, experiences, and difficulties among network members to address the challenges facing agriculture: the environmental, climate, and energy crisis, the supply crisis (fertilizers, seeds, etc.), and the very survival of the sector.</t>
   </si>
   <si>
     <t>Andalusian Grassland-Firebreak Areas Network (RAPCA)</t>
   </si>
   <si>
     <t>Network focused on the use of livestock under controlled grazing regimes to eliminate plant fuel from firebreak areas and maintain infrastructure for forest fire prevention . A technical team is responsible for the operation of this network, determining the most appropriate areas in coordination with INFOCA and selecting livestock farmers based on strict technical criteria, in order to subsequently evaluate their performance. The benefits of RAPCA: Preventive function It represents essential work to preserve our forests from fire, not only by maintaining firebreaks, but also by providing surveillance necessary for the presence of shepherds in the area. Reduces the accumulation of combustible material It plays a key role in preventive forestry in hard-to-reach areas. Environmental improvements It increases biodiversity, contributes to seed dispersal, improves soil structure and reduces erosion and desertification. Contribution to the rural environment The work of the pastor is recognized Contributes to sustainable rural development and the settlement of the rural population Promotes the use of native breeds and the production of quality products</t>
   </si>
   <si>
     <t>LAURUS</t>
   </si>
   <si>
     <t>Support network for European forest owners' associations, offering innovation and training to their technical staff. The Network provides: Expert Training: Participate in webinars designed to enhance your knowledge and empower your decision-making by transferring SFH knowledge and practical experience. Innovative opportunities: Gain access to new business models, ideas, and opportunities that improve both the profitability and sustainability of your forest operations. Valuable Connections: Connect directly with managers who are already successfully implementing these innovative approaches through community-driven networking and support.</t>
   </si>
@@ -243,56 +351,50 @@
   <si>
     <t>Madrid Urban Gardens Network</t>
   </si>
   <si>
     <t>The Madrid Urban Gardens Network is an initiative driven by citizens involved in community agriculture in the city of Madrid. The Network was created to raise the profile of urban agriculture in Madrid and to address the needs of urban gardens for mutual support and the sharing of knowledge, experiences, supplies, and more. One of the Network's objectives is to create a meeting point for community agroecology initiatives in our city and to move towards a more sustainable urban model that addresses issues such as environmental education, food sovereignty, direct food distribution channels, consumer groups, sustainable mobility, and composting.</t>
   </si>
   <si>
     <t>EIP-AGRI</t>
   </si>
   <si>
     <t>Platform for the promotion of European networks, projects, research, and the dissemination of events and innovation</t>
   </si>
   <si>
     <t>Network for the Promotion of Small-Scale Food Processing (RITA)</t>
   </si>
   <si>
     <t>Innovation and relocation are fundamental aspects for the viability of small and medium-sized enterprises (SMEs) and individuals involved in food processing. Shared workshops, small slaughterhouses and cutting rooms, and other facilities adapted to artisanal and small-scale processes are innovative and, in many cases, pioneering initiatives for the sustainable development of the SME sector. These innovative practices address important technical aspects, but also social, management, and governance aspects that are necessary, among other things, to provide healthy food, achieve fair prices, and positively impact rural employment. The Network for the Promotion of Small-Scale Food Processing seeks to foster a supportive ecosystem for those who process food on a small and medium scale, and to improve the population's access to healthy, quality food that is environmentally friendly and fair to the people who produce it and to promote the socio-economic development of rural areas. RITA is a project promoted by 6 entities with extensive experience in initiatives for the development of territorialized food systems, the articulation of collective processes and the promotion of agroecology: ARCA (Associació d'Iniciatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego Galego, SEAE (Sociedad Española de Agricultura Ecológica y Agroecología) and ISEC-UCO (Instituto de Sociología y Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
   </si>
   <si>
     <t>RAIA - Rural Innovation Support Network</t>
   </si>
   <si>
     <t>The RAIA project seeks to create a network in the Alentejo-Algarve-Andalusia region that will provide public administrations, associative fabric, companies and the general public with the necessary tools to promote agricultural innovation in rural areas , transforming the cross-border area of La Raya into a territory with new business opportunities and capable of meeting the new challenges and opportunities that arise. Innovation is considered an engine of rural development that establishes competitive advantages, and is therefore one of the main characteristics of the future network.</t>
   </si>
   <si>
-    <t>Red Plant Micro</t>
-[...4 lines deleted...]
-  <si>
     <t>Red PlasPain</t>
   </si>
   <si>
     <t>A network focused on plasma technology research for the agri-food and biomedical industries . Eleven research groups from various universities participate in the network. The Network's objective is to consolidate and enhance research in the field of plasma technology applied to the biomedical and agri-food industries. Specific objectives: To promote the active exchange of ideas and the establishment of collaborations in research; Promote interaction with other related research groups, not belonging to the network, within and outside the national territory; Promote the use of equipment, services and technologies implemented in each of the network groups in the development of joint research; To promote the Network and its activities to society; Promote the transfer of results and interaction with the socio-productive fabric.</t>
   </si>
   <si>
     <t>Spanish Legume Network (RELEG)</t>
   </si>
   <si>
     <t>The Network was created to respond to the growing global demand for plant-based foods, environmental concerns, and food security. The Network's primary objective is to optimize the agronomic, economic, and nutritional services that legume crops provide to society, thereby promoting their implementation. The specific objectives are: Coordinate and integrate existing research on legumes in diverse disciplines such as genetics, genomics, breeding, agronomy, ecology, and nutritional quality. Contribute to the advancement of legume-based agricultural practices to increase productivity and environmental sustainability. Promote a synthetic approach that integrates knowledge and experience from various fields. Improve the sustainability of agriculture and strengthen the security of food and feed supplies. Promote scientific exchange and collaboration between researchers from different areas through coordinated working groups. Reducing protein deficiency by focusing on legume research and innovation. Improve understanding of the traits that determine adaptation, productivity, stress resistance, and quality of legume crops. Research the composition and nutritional quality of legumes and promote food innovation in the sector.</t>
   </si>
   <si>
     <t>Research Network on Resilient and Quality Cereals for Spanish Food Security (CERES)</t>
   </si>
   <si>
     <t>A network that aims to coordinate the efforts of Spanish public research in physiology , genetics, phenotyping, biochemistry and biotechnology of cereal crops for: To propose strategies that allow combining the use of genetic, genomic and phenonomic resources to mitigate the impact of climate change on cereal production, To produce value-added cereals and Strengthen communication channels and deliver results with the seed, fertilizer and agricultural technology development sector. To this end, it brings together research groups focused on plant genetic resources, genetics and genomics, pre-breeding and improvement, functional and nutritional quality, physiology at various scales, phenotyping, biochemistry and molecular biology of cereals.</t>
   </si>
   <si>
     <t>PalmerNet</t>
   </si>
   <si>
     <t>Network that integrates 7 national research groups that work with Amaranthus palmeri and/or herbicide resistance , and others that can contribute new tools for its control. The aim is to consolidate a national research line on A. palmeri that encompasses the work currently being carried out in Spain in an interdisciplinary manner by different teams, in order to capitalize on the achievements obtained so far and to guarantee its stability and its scientific and social impact. The main objective of PalmerNET is to define and address the problem of the introduction and spread of A. palmeri in Spain and to seek solutions for its prevention and containment at a national level.</t>
   </si>
   <si>
     <t>SICURA OneHealth4Food Network</t>
@@ -447,56 +549,50 @@
   <si>
     <t>AgriSpin - Space for agricultural innovation</t>
   </si>
   <si>
     <t>The AgriSpin project provides guidelines for partners to organize meetings, participate in meetings with other thematic networks and projects, and generate impact within their own organization.</t>
   </si>
   <si>
     <t>Animal Health Research Network (RISA)</t>
   </si>
   <si>
     <t>The Network brings together researchers dedicated to animal health in Spain to enhance existing synergies between different animal health research groups in disciplines such as entomology, epidemiology, and animal welfare. This is intended to achieve a more rational, responsible, and optimized use of resources, guaranteeing animal health and welfare, and, consequently, public health. The objectives of the Network are: Strengthening synergies: Strengthening synergies among the various animal health research groups in our country, with the participation of experts in both wild and domestic terrestrial fauna and professionals from diverse animal health disciplines such as entomology, epidemiology, bacteriology, virology, immunology, pathological anatomy, animal welfare, and ethology, among others. Promote internationalization: Promote the internationalization of Spain's animal health research sector. Promote values: Promote rational, responsible, and optimized use of resources to ensure animal health and well-being and, consequently, public health. Promote technology transfer and dissemination: Promote technology transfer and scientific dissemination in animal health at the sector level and to the general public. Organize activities: Organize activities dedicated to topics of great relevance to animal health research, such as innovation, biological safety, the One Health approach, the environment, etc. Collaborate: Collaborate to promote greater visibility and communication of the animal health research sector in Spain and abroad.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast seeks to transform the way we design, produce, use, and recycle plastics to move toward a circular economy through a synergistic approach that involves materials science and biotechnology, developing research and innovation activities as well as socio-educational strategies. The objectives of the Platform are: Development of chemical and biotechnological strategies for recycling and the development of new sustainable polymers. Analysis of the health and environmental effects of plastic pollution. Regulation and certification of plastics with a lower environmental impact. Outreach, teaching, and training activities on the current status and advances in plastics.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>A platform that groups its activities into five strategic areas : renewable energy generation (biomass, solar thermal and photovoltaic, wind, etc.), efficient energy storage, industrial decarbonization, hydrogen technologies, and electrification. The objectives of the Platform are: Promote the development of key technologies in the energy cycle to achieve a more affordable, reliable, competitive, and sustainable energy system, both socially and environmentally. Integrate CSIC capabilities, technologies, and knowledge to address highly technologically advanced projects and promote their rapid integration into the industrial sector.</t>
   </si>
   <si>
-    <t>Elaia</t>
-[...4 lines deleted...]
-  <si>
     <t>PTI. SOILBIO CSIC</t>
   </si>
   <si>
     <t>Interdisciplinary Thematic Platform (PTI) of the CSIC committed to the study and preservation of soil as a fundamental natural resource. The objective of the PTI is to enhance the impact and quality of scientific and technical research related to soils, with a primary focus on agricultural sciences, but open to collaboration with interested groups from other subfields. The specific objectives are: Facilitate communication and collaboration between platform groups through regular activities. To promote collaboration in the CSIC's soils field with companies and other public bodies by offering an updated and coordinated directory of soil groups and specialists across a wide range of disciplines and biogeographical fields. Support participating groups in their search for and participation in national and international calls for proposals, promoting coordinated collaboration among different groups within the network. Identify and promote outstanding initiatives in the area of soils, such as long-term experiments that can be used in a network.</t>
   </si>
   <si>
     <t>PTI AGROFOR CSIC</t>
   </si>
   <si>
     <t>Platform that unites the efforts of different disciplines around specific objectives and activities that provide answers to the social challenge of agricultural and food productivity and sustainability.</t>
   </si>
   <si>
     <t>PTI. AGRIAMBIO CSIC</t>
   </si>
   <si>
     <t>The platform seeks to generate knowledge that will provide the scientific basis for adaptive improvement of the socio-environmental effectiveness of the Common Agricultural Policy (CAP) in Spain.</t>
   </si>
   <si>
     <t>PTI. FOODALLERGY CSIC</t>
   </si>
   <si>
     <t>The challenge of PTI is the knowledge and detection of food allergens that have a high impact, wide diffusion and high sensitivity.</t>
   </si>
   <si>
     <t>OrganicClimateNET</t>
@@ -573,98 +669,80 @@
   <si>
     <t>EUNetHorse</t>
   </si>
   <si>
     <t>A network that promotes the exchange of knowledge and learning among agents and stakeholders in the equine sector to improve the resilience of equine farms will help structure the equine sector and solidify new working habits.</t>
   </si>
   <si>
     <t>FARMWELL</t>
   </si>
   <si>
     <t>A network that seeks to improve the mental, physical, and social well-being of farmers by facilitating access to social innovations to address common social challenges. FARMWELL aims to help implement social innovations focused on farmers and their families in diverse national and local contexts.</t>
   </si>
   <si>
     <t>FOREST4EU</t>
   </si>
   <si>
     <t>European collaborative network for innovation and promotion of European forestry and agroforestry</t>
   </si>
   <si>
     <t>Grazing4AgroEcology</t>
   </si>
   <si>
     <t>Thematic network offering solutions for sustainable and integrated grazing-based animal production systems</t>
   </si>
   <si>
-    <t>NUTRICHECK-NET</t>
-[...4 lines deleted...]
-  <si>
     <t>NUTRI-KNOW</t>
   </si>
   <si>
     <t>Thematic network that capitalizes on the knowledge of EIP-AGRI operational groups in the field of nutrient management through practice-oriented information for farmers and professionals.</t>
   </si>
   <si>
     <t>Oper8</t>
   </si>
   <si>
     <t>Thematic Network to establish participatory processes and identify the factors, barriers, and root causes of the lack of adoption of non-chemical methods for weed control</t>
   </si>
   <si>
     <t>Newbie</t>
   </si>
   <si>
     <t>Describe the state-of-the-art of new business and entry models. Gather best practice examples across Europe. Develop new entrant support networks that will identify, develop, and promote innovative business models and entry models for new entrants. The networks will consist of at least 50 members per country. Develop a practical set of tools (toolkit) with recommendations and guidelines targeted at specific stakeholder groups.</t>
   </si>
   <si>
     <t>BROILERNET</t>
   </si>
   <si>
     <t>Network that seeks to improve the resilience and sustainability of the European poultry sector by creating a space for interaction between science and practice, as well as the co-creation of innovative and ready-to-use good practices in European poultry farms.</t>
   </si>
   <si>
-    <t>SmaRT</t>
-[...4 lines deleted...]
-  <si>
     <t>LAKTIS</t>
   </si>
   <si>
     <t>A network that promotes the decarbonization of the dairy sector from the ground up, connecting farms, innovation, and sustainability for a shared future. The objectives of the network are: Advise and inform participants, Generate a multi-actor dialogue, Promote and facilitate the interaction of opinions, Analyze the different technological tools, Promote the creation of regulations, Create a perennial network of collaboration</t>
   </si>
   <si>
-    <t>Dehesa Change Agents Network</t>
-[...4 lines deleted...]
-  <si>
     <t>European Network of Forest Extension Organizations (FOREXT)</t>
   </si>
   <si>
     <t>Network that helps its members develop their capacities in training and education for private forest owners. The network offers its members opportunities to develop outreach capacity through: Exchange of experiences, experts and knowledge Development and sharing of extension tools Establishment of joint learning platforms Exchange of best practices Development and implementation of relevant European projects</t>
   </si>
   <si>
     <t>Spanish Composting Network (REC)</t>
   </si>
   <si>
     <t>The Spanish Composting Network (REC) integrates the activities carried out in Spain by universities, public research organizations, technology centers, and companies related to the sustainable management of organic waste for the development of a circular economy. In this sense, the REC serves as a common information and meeting space for various stakeholders interested in all aspects of organic waste management. The REC integrates all actions that impact the development of best practices for managing organic waste to obtain bioenergy and value-added products that can be returned to production cycles and facilitate a low-carbon economy. The lines of work are: Organic waste management Composting and anaerobic digestion technologies Composting and bioremediation Standardization and quality control of organic waste treatment processes Compost and digestate applications Soil recovery and regeneration Antagonism and suppressive capacity of compost.</t>
   </si>
   <si>
     <t>ClieNFarms</t>
   </si>
   <si>
     <t>ClieNFarms will develop a network of farmers to discuss technical aspects, promote the involvement of the surrounding ecosystem (finance, farm equipment, etc.) to facilitate investment in specific equipment, strengthen advisory systems, and provide clear political support, key to the successful transition to climate-neutral farms. This network will provide a strong demonstration and empowerment for farmers. The project's core concept is a demonstration approach called the Innovative Systemic Solutions (I3S) Space . The I3S is comprised of different components and actors that will test and disseminate innovative solutions, co-designed and adapted by multiple stakeholders, to achieve climate-neutral farms within the supply chain and across the local geography. ClieNFarms aims to co-develop and scale up locally relevant systemic solutions (organizational, financial, technical) to achieve sustainable, climate-neutral and climate-resilient farms across Europe, by interactively integrating and improving existing solutions to achieve economically viable business models in farming systems by engaging farmers, extension services, agri-food companies, policymakers, finance, and citizens.</t>
   </si>
   <si>
     <t>FAIRShare</t>
   </si>
   <si>
     <t>FAIRshare engages, trains, and empowers the independent agricultural advisory community by sharing digital tools, services, expertise, and motivations. FAIRshare will support a broader social network of partner institutions through a navigable online interface and create a dynamic, participatory laboratory for interaction and application of digital tools. FAIRshare has two main programs. First, Work Packages 1, 2, and 3 will compile a database of internationally used digital tools and services , leveraging the social networks of partner institutions spanning EU and non-EU countries. The tool inventory will be accessible to end-users through an intuitive and navigable online interface, co-designed with a multi-stakeholder approach. The tools in the online inventory will be accompanied by information, such as short vignettes of good practices, on how to use or adapt them. Second, Work Packages 4, 5, and 6 will generate and resource a participatory lab that will allow peer advisors across the EU to interact with the online inventory and, in a series of workshops, exchange, co-adapt, co-design, and implement digital tools. FAIRshare's overall goal is to ensure that agricultural advisors and their organizations effectively use digital tools and services to support more productive and sustainable agriculture.</t>
   </si>
   <si>
     <t>ClimateSmartAdvisors</t>
@@ -675,128 +753,110 @@
   <si>
     <t>AgriLINK</t>
   </si>
   <si>
     <t>AgriLink seeks to drive the transition to sustainability in European agriculture by better understanding the role that agricultural advice plays in farmers' decision-making. AgriLink draws on knowledge and experience from both research and practice. The consortium is made up of researchers from different disciplines (institutional economics, innovation studies, AKIS studies, network sociology), as well as advisors (from public, private, and farmer organizations) from across the EU. AgriLink aims to analyze and improve the role of agricultural advisory services in eight innovation areas that combine the challenges identified in the Strategic Approach to Agricultural Research and Innovation in the EU.</t>
   </si>
   <si>
     <t>thERBN</t>
   </si>
   <si>
     <t>The thERNB Network facilitates accessible knowledge sharing on innovative circular bioeconomy (CB) solutions tailored to smallholder farmers and foresters in rural areas. The objective of thERNB is to operationalize a multi-stakeholder (MA) thematic network (RT) at EU level for knowledge exchange on innovative solutions for a sustainable circular bioeconomy (CB) applicable by smallholder farmers and (professional) foresters at local level in rural areas.</t>
   </si>
   <si>
     <t>AKISConnect</t>
   </si>
   <si>
     <t>AKISConnect brings together agricultural stakeholders from across Europe to harness the power of agricultural knowledge and innovation systems. AKISConnect connects the worlds of the EU-funded modernAKIS and ATTRACTISS projects. Its objectives are: Holistic integration of knowledge Empowering local communities Dynamic collaboration between countries</t>
   </si>
   <si>
     <t>AKISConnect Network</t>
   </si>
   <si>
     <t>Network with an interactive map of initiatives, projects, and collaborations that promote sustainable agricultural development and knowledge exchange across Europe. The objectives of AKISConnect are: Holistic integration of knowledge Empowering local communities Dynamic collaboration between countries</t>
   </si>
   <si>
-    <t>Network of Territorial Innovation Centers (CIT Network)</t>
-[...4 lines deleted...]
-  <si>
     <t>Organic Advice Network</t>
   </si>
   <si>
     <t>European network integrating experienced organic advisors and advisory services, consultants, young graduates and newcomers wishing to acquire skills in organic advisory. The main objective is to create and energize a diverse network of organic advisors in the 27 EU Member States and 7 other European countries. Other objectives are: Create a strong European network of advisors with experience in organic farming. Inspire and challenge the mindsets of advisors and farmers. Improve advisors' knowledge of organic farming practices. Improving counselling methods Contribute to building the organizational capacity of advisory services. Contribute to building the organizational capacity of advisory services. Highlight specific needs for policy support to strengthen ecological advisory services. You can consult the Network brochure by clicking here</t>
   </si>
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>The project builds on a network of advisors across the EU specializing in livestock production to establish a new EU-wide network that fosters open collaboration between advisors and key stakeholders in the livestock sector. The network will cover various aspects of agriculture, including best practices, technological advances, valorization of agricultural products, diversification of income sources, and addressing other critical challenges. The objectives of the project are: Establish and maintain a network of livestock advisors across the EU, enhancing skills, capacity, and long-term knowledge sharing on sustainable practices. To collect, select, evaluate, analyze, adapt, and translate 100 innovative advisory practices for sustainable livestock production in a multi-stakeholder environment across 29 European countries. Promote innovative advisory practices for sustainable livestock production through the exchange of specific knowledge and scaling-up activities tailored to each country.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Thematic network focused on pesticide use and risk reduction (RURP) across all EU Member States. The network will adopt a multi-stakeholder approach by bringing together 17 partners representing the diversity of AKIS stakeholders working at the agricultural, regional, national, and EU levels, with the aim of identifying, selecting, and shaping novel approaches that can be adapted and replicated across the EU.</t>
   </si>
   <si>
-    <t>ENRD</t>
-[...4 lines deleted...]
-  <si>
     <t>Food from Spain</t>
   </si>
   <si>
     <t>Ministerial outreach platform</t>
   </si>
   <si>
     <t>Navarra Agri-Food Cluster Association (NAGRIFOOD)</t>
   </si>
   <si>
     <t>The Agri-Food Cluster of Navarra, NAGRIFOOD is an organization of companies   which aims to continuously improve the competitiveness of its members through the development of intercooperation, open innovation, intrapreneurship and the internationalization of Navarrese agri-food companies</t>
   </si>
   <si>
     <t>Advisors of Aragon</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN is a platform promoted by the Foundation for Knowledge Agriculture and constitutes a Professional Social Network that accommodates researchers, technologists, advisors and farmers, thus integrating: knowledge, its transfer and its application</t>
   </si>
   <si>
     <t>Network of Municipalities for Agroecology</t>
   </si>
   <si>
     <t>The aim of the Network is to build, through the exchange of experiences, knowledge, data, information and projects, local food systems that are environmentally friendly, sustainable, inclusive, resilient, safe and diversified, ensuring healthy, sustainable and accessible food for the entire population, and that promote local employment, in line with the perspectives of agroecology and food sovereignty.</t>
   </si>
   <si>
     <t>SynergyNuts Platform</t>
   </si>
   <si>
     <t>Space for training, dissemination, and innovation in all aspects related to hedge nuts</t>
   </si>
   <si>
     <t>Stratus</t>
   </si>
   <si>
     <t>The Fertilization Innovation Network (FIN) is a technical network based on novel and effective approaches that address the main challenges leading to the creation of a Sustainable Nutrient Management Plan. FIN is composed of three specialized transnational subnetworks (FIN-precision agriculture, FIN-soil quality, FIN-bio-based fertilizers) in which trained assessors will collect Good Practices (GPs) and Research Innovations (RIs) on optimal fertilizer use and identify Best Practices (BPs) as a result of the systemic feasibility assessment of the GPs and RIs. A project brochure can be found in English by clicking here.</t>
   </si>
   <si>
     <t>Technological Platform for the Dairy Products and Food Technologies Classroom</t>
   </si>
   <si>
     <t>Specialized training and advanced technological services for companies and entities in the dairy and food sector</t>
   </si>
   <si>
-    <t>Interpanel</t>
-[...4 lines deleted...]
-  <si>
     <t>Food For Life</t>
   </si>
   <si>
     <t>A platform that promotes the dissemination of research, scientific, and technological advances through public-private collaboration among key stakeholders in the agri-food sector. This platform focuses on R&amp;D and innovation, and identifies new demands in the area of Societal Challenges, ensuring the competitiveness and growth of the Spanish agri-food sector.</t>
   </si>
   <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL encompasses Biotechnology, Biomedicine and Bioeconomy as part of the BIO sector, applied to health, agri-food and environmental sustainability, with the aim of promoting the development and competitiveness of the business fabric of the Biotech Sector to position its associates on the international map. BIOVAL's objectives are: Development of innovative healthcare products and services. Promoting sustainable production of healthy, quality food. Harnessing natural resources and applying Bio in products and processes to a wide range of sectors.</t>
   </si>
   <si>
     <t>Agronet - Brewing</t>
   </si>
   <si>
     <t>Supplies, information and advice for breweries</t>
   </si>
   <si>
     <t>Agro-food cooperatives Valencian community</t>
   </si>
   <si>
     <t>Platform for institutional representation, cooperative promotion, training, communication, and business representation</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
@@ -1017,191 +1077,185 @@
   <si>
     <t>Valencian Rural Development Network</t>
   </si>
   <si>
     <t>A tool for disseminating information about its programs and activities, as well as for publicizing news and events related to rural development in Valencia. It also features a resources section, where you can find useful materials and guides for rural development in the region, and a catalog of products and services from rural areas of Valencia.</t>
   </si>
   <si>
     <t>PAC Network of Spain</t>
   </si>
   <si>
     <t>Platform that promotes the creation of working groups on issues relevant to rural areas</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Consulting, Audits, Analytics and Training in the agri-food sector</t>
   </si>
   <si>
     <t>Red-iCAT</t>
   </si>
   <si>
     <t>Catalan Agri-Food and Rural Innovation Network</t>
   </si>
   <si>
+    <t>BIOFRUITNET</t>
+  </si>
+  <si>
+    <t>This project focuses on organic pome, stone, and citrus fruits and aims to strengthen the competitiveness of European organic fruit production.</t>
+  </si>
+  <si>
+    <t>INNOSETA</t>
+  </si>
+  <si>
+    <t>The main objective of InnoSeta is to establish an innovative, self-sustaining thematic network in spraying equipment, training, and advice to contribute to bridging the gap between new, high-end crop protection solutions available—whether commercial or from applicable research results—and those applicable to everyday European farming practices. This will be achieved by promoting an effective exchange of novel ideas and information between research, industry, extension services, and the farming community so that existing research and commercial solutions can be widely communicated, while capturing the grassroots needs and innovative ideas of the farming community.</t>
+  </si>
+  <si>
+    <t>OK-Net Arable</t>
+  </si>
+  <si>
+    <t>Net Net Arable worked with 14 farmer innovation groups in 10 countries. Data from the groups showed a wide range of crop yields. This indicates a need, but also a clear possibility for improvements. Based on scientific literature and input from farmers, more than 100 materials with practical solutions have been compiled on Net Net's Arable Knowledge platform (Farmknowledge.org). The farmer groups evaluated formats and some solutions in practice. Their experiences have been documented in videos and practice summaries. The farmer groups translated materials relevant to them into their own language. Online courses were conducted, presenting the materials to farmers and advisors.</t>
+  </si>
+  <si>
+    <t>Rosewood 4.0</t>
+  </si>
+  <si>
+    <t>Rosewood 4.0 will collect and structure relevant best practices and innovations (BP&amp;I) with the aim of improving the timber mobilization framework in five regional hubs. Five regional (and one interregional/transregional) roadmaps will be developed based on the prioritization of collected BP&amp;Is that match the identified needs/challenges of the different regions. The project will organize dedicated workshops and study visits linked to newly designed training materials that favor the implementation of BP&amp;Is. Intensive dissemination actions for the transfer of BP&amp;Is will be achieved using different tools and channels (e.g., knowledge platform, practice summaries, video production, etc.).</t>
+  </si>
+  <si>
     <t>ANOVE</t>
   </si>
   <si>
     <t>Developers and propagators of plant varieties</t>
   </si>
   <si>
-    <t>BIOFRUITNET</t>
-[...20 lines deleted...]
-    <t>Rosewood 4.0 will collect and structure relevant best practices and innovations (BP&amp;I) with the aim of improving the timber mobilization framework in five regional hubs. Five regional (and one interregional/transregional) roadmaps will be developed based on the prioritization of collected BP&amp;Is that match the identified needs/challenges of the different regions. The project will organize dedicated workshops and study visits linked to newly designed training materials that favor the implementation of BP&amp;Is. Intensive dissemination actions for the transfer of BP&amp;Is will be achieved using different tools and channels (e.g., knowledge platform, practice summaries, video production, etc.).</t>
+    <t>SMARTPROTECT</t>
+  </si>
+  <si>
+    <t>SmartProtect is a thematic network focusing on cross-regional knowledge exchange of smart Integrated Pest Management (IPM) solutions for farmers and advisors. The aim is to stimulate knowledge flows in regional Agricultural Knowledge and Innovation Systems (AKISS) across the EU and connect them to the innovative potential of advanced IPM methodologies in vegetable production, integrating precision agriculture technologies and data analytics.</t>
+  </si>
+  <si>
+    <t>Best Practice Hens - Pilot Project on Best Practices for Alternative Egg Production Systems</t>
+  </si>
+  <si>
+    <t>The Best Practice Hens (BPH) will prepare and provide practical support to egg producers to encourage them to transition from cage to cage-free systems. This applies to both the rearing of laying hens and the maintenance of laying hens during the production period. The BPH will ensure wide dissemination of the information gathered on best practices through the development of communication materials (videos and practice summaries). The BPH will organize dissemination events targeting Member States with a high percentage of cage systems to increase the implementation of cage-free housing systems in the target Member States (Spain, Poland, Portugal, and Belgium).</t>
+  </si>
+  <si>
+    <t>BIOSCHAMP - Biostimulant of alternative casing for a sustainable and profitable mushroom industry</t>
+  </si>
+  <si>
+    <t>In this project, we will develop an integrated approach to combating the main health challenges in mushroom production (parasitic fungi and bacteria). By developing a microbiota-enriched wrapping soil, we will reduce the need for pesticides and contribute to improving the productivity, sustainability, and profitability of the European mushroom sector.</t>
+  </si>
+  <si>
+    <t>Boosting RurAl Bioeconomy Networks following multi-actor approaCHES - BRANCHES</t>
+  </si>
+  <si>
+    <t>Identify, summarize, share, and present existing best practices and research results; Increase the application of new cost-effective technologies by enhancing active knowledge transfer between practitioners and researchers; Mobilize more biomass and create new business opportunities in rural areas by improving and strengthening the connection between practice and science; Apply a multidisciplinary and multi-stakeholder approach; Offer a channel for the two-way flow of information, new ideas, and technologies; Highlight identified needs and relevant business elements for practitioners; Promote the bioeconomy and rural development through new bio-based initiatives</t>
+  </si>
+  <si>
+    <t>AgriFoodTe Network: Teruel Agrifood Knowledge and Innovation Network</t>
+  </si>
+  <si>
+    <t>Network to accelerate innovation in the agri-food sector to promote the ecological, digital, and circular bioeconomy transition in the Teruel region</t>
+  </si>
+  <si>
+    <t>The Navarre Agri-Food Cluster (NAGRIFOOD) is a business organization whose objective is the continuous improvement of the competitiveness of its members through the development of intercooperation, open innovation, intrapreneurship and the internationalization of Navarrese agri-food companies.</t>
   </si>
   <si>
     <t>APROSE</t>
   </si>
   <si>
     <t>Non-profit professional association of companies producing select seeds. Analyze, study, and address common problems that may arise depending on the seed species.</t>
   </si>
   <si>
-    <t>SMARTPROTECT</t>
-[...37 lines deleted...]
-  <si>
     <t>Spanish Association of the Bakery, Pastry and Confectionery Industry (ASEMAC)</t>
   </si>
   <si>
     <t>Professional organization of a sectoral nature</t>
   </si>
   <si>
     <t>Association of Compound Feed Manufacturers of Castilla y León (ASFACYL)</t>
   </si>
   <si>
     <t>Professional Association of Compound Feed Manufacturers of Castile and León</t>
   </si>
   <si>
     <t>Spanish Technological and Innovation Platform for Biocircularity (BIOPLAT)</t>
   </si>
   <si>
     <t>National non-profit organization that promotes the sustainable development of biomass and the bioeconomy</t>
   </si>
   <si>
     <t>Plant Biotechnology Technology Platform (BIOVEGEN)</t>
   </si>
   <si>
     <t>Public-private partnership, led by the business sector, bringing together entities from the agri-food sector with an interest in plant-based innovation</t>
   </si>
   <si>
     <t>Spanish Confederation of Bakery, Pastry, Confectionery and Related Products (CEOPPAN)</t>
   </si>
   <si>
     <t>A non-profit employers' association, associations and guilds of manufacturers and retailers of bread, pastries, baked goods, and related products, from provincial and local geographic areas, as well as individual companies throughout the country.</t>
   </si>
   <si>
+    <t>Aragonese Association of Conservation Agriculture</t>
+  </si>
+  <si>
+    <t>The Association is an entity that brings together farmers, technicians, researchers, training centers and companies that are interested in promoting and disseminating the technique of Conservation Agriculture.</t>
+  </si>
+  <si>
     <t>Spanish Confederation of Compound Animal Feed Manufacturers (CESFAC)</t>
   </si>
   <si>
     <t>Technological platform for joint management of food safety in animal nutrition</t>
   </si>
   <si>
     <t>CIRCULAR ECONOMY - Platform that integrates other Circular Economy platforms</t>
   </si>
   <si>
     <t>To energize lines of action, define the contribution of Spanish technology and innovation platforms in the transition towards a circular economy, and develop tools to promote cooperation in R&amp;D&amp;I.</t>
   </si>
   <si>
     <t>EIT-FOOD</t>
   </si>
   <si>
     <t>HUB platform that promotes innovation, education, entrepreneurship, and public participation</t>
   </si>
   <si>
     <t>Elika</t>
   </si>
   <si>
     <t>Platform for the dissemination of research, events, and regulations in the Basque Country on food safety, healthy eating, sustainable eating, agriculture, livestock, fishing, animal feed, and the food industry</t>
   </si>
   <si>
     <t>FEDIMA</t>
   </si>
   <si>
     <t>Platform for disseminating information of interest to bakeries and contact between FEDIMA and its partners</t>
   </si>
   <si>
-    <t>Aragonese Association of Conservation Agriculture</t>
-[...4 lines deleted...]
-  <si>
     <t>INASDE Agro-Food</t>
   </si>
   <si>
     <t>A private research center with an experienced team of professionals specializing in research activities for the implementation of its own projects and the provision of services, covering the various stages of the food chain, from primary production to the processing and presentation of consumer products.</t>
   </si>
   <si>
     <t>Spanish Technology Platform for Intermodal Logistics and Mobility (Logistop)</t>
   </si>
   <si>
     <t>A multidisciplinary and inter-territorial workspace in the field of logistics innovation, comprised of all stakeholders involved in the supply chain, as well as universities, technology centers, associations, and specialized consulting firms.</t>
   </si>
   <si>
     <t>Spanish Packaging Technology Platform (PACKNET)</t>
   </si>
   <si>
     <t>Platform that functions as a network for scientific and technological cooperation between agents in the packaging and evans chain</t>
   </si>
   <si>
     <t>Plants For The Future</t>
   </si>
   <si>
     <t>Platform for disseminating the group's projects, research, activities, collaborators, and working groups</t>
   </si>
   <si>
     <t>Animal Health Technology Platform, VET+I</t>
@@ -1374,150 +1428,150 @@
   <si>
     <t>Association for Rural Development of Andalusia (ARA)</t>
   </si>
   <si>
     <t>A forum for collaboration and dialogue where all rural development groups in Andalusia, promoters of activity and job creation, are represented.</t>
   </si>
   <si>
     <t>EU - FarmBook</t>
   </si>
   <si>
     <t>EU-FarmBook is a platform for good practices for farmers and foresters. All content in its library comes from Horizon research projects.</t>
   </si>
   <si>
     <t>Rural Development Network of Castilla y León</t>
   </si>
   <si>
     <t>An association that brings together and coordinates a significant number of groups managing rural development programs—LEADER and PRODER—in Castile and León.</t>
   </si>
   <si>
     <t>Spanish Rural Development Network (REDR)</t>
   </si>
   <si>
     <t>The Spanish Rural Development Network (REDR) is a non-profit association whose main mission is to promote a comprehensive and sustainable rural development model, improve the quality of life of the rural population, and highlight the importance of rural areas for society as a whole. REDR provides a shared space for rural areas and their inhabitants, a place where they can express their needs and concerns and make their voices heard.</t>
   </si>
   <si>
+    <t>FERTINNOWA</t>
+  </si>
+  <si>
+    <t>FERTINNOWA (an acronym for Transfer of Innovative Techniques for the Sustainable Practice of FERTirrigation) is a knowledge exchange network designed to facilitate the improvement of fertigation practices, adapting them to the environmental requirements and European regulations covered by the Water Framework Directive and those that ensure the avoidance of waste emissions due to the use of fertilizers, especially in areas declared vulnerable to aquifer contamination by nitrates.</t>
+  </si>
+  <si>
     <t>Knowledge Transfer Office Network (OTC Network)</t>
   </si>
   <si>
     <t>Network of research results transfer offices at Spanish universities.</t>
   </si>
   <si>
     <t>Farm Animal Breeding and Reproduction Technology Platform (FABRE TP)</t>
   </si>
   <si>
     <t>The Farm Animal Breeding and Reproduction Technology Platform for Europe (FABRE TP) is a forum led by research institutes and academia, collaborating with the private sector, providing a platform for defining research priorities in animal breeding, genetics and reproduction, with the aim of boosting the sustainability, competitiveness and resilience of all livestock systems.</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Technology transfer and digitalization of direct marketing processes for the commercialization of food produced by small agricultural and livestock producers in the national hospitality and catering sector.</t>
   </si>
   <si>
-    <t>FERTINNOWA</t>
-[...2 lines deleted...]
-    <t>FERTINNOWA (an acronym for Transfer of Innovative Techniques for the Sustainable Practice of FERTirrigation) is a knowledge exchange network designed to facilitate the improvement of fertigation practices, adapting them to the environmental requirements and European regulations covered by the Water Framework Directive and those that ensure the avoidance of waste emissions due to the use of fertilizers, especially in areas declared vulnerable to aquifer contamination by nitrates.</t>
+    <t>EuroDairy</t>
+  </si>
+  <si>
+    <t>EuroDairy supports the development and communication of practice-based innovation in dairy production by focusing its activities on four key themes: Animal Care; Socioeconomic Resilience; Resource Efficiency; and Integrating Dairy Production with Biodiversity Goals.</t>
+  </si>
+  <si>
+    <t>Legumes Translated</t>
+  </si>
+  <si>
+    <t>The project is based on networking between farmers and other innovators and scientists in stakeholder groups to collect and validate relevant research-based knowledge.</t>
   </si>
   <si>
     <t>BovINE</t>
   </si>
   <si>
     <t>BovINE (European Beef Innovation Network) addressed the urgent sustainability challenges facing beef producers by bringing together farmers, livestock organizations, advisors, and researchers to jointly develop practical innovations that could be implemented on European farms. BovINE was established in 10 Member States and focused exclusively on the needs of the 255,000 farms that make up the EU beef sector.</t>
   </si>
   <si>
     <t>EU PiG</t>
   </si>
   <si>
     <t>The network includes a variety of partners, from pig producer groups to researchers and economic advisors, connecting pig producers with the latest breeding science, techniques, and technologies. The project focuses on four key themes: Health Management, Meat Quality, Animal Welfare, and Precision Production.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>The project seeks to create a European network of innovation clusters to facilitate knowledge exchange and co-creation among farmers, businesses, researchers, and advisors by collecting end-user materials and developing new tools tailored to the needs of farmers and businesses.</t>
   </si>
   <si>
-    <t>EuroDairy</t>
-[...8 lines deleted...]
-    <t>The project is based on networking between farmers and other innovators and scientists in stakeholder groups to collect and validate relevant research-based knowledge.</t>
+    <t>BEST4SOIL</t>
+  </si>
+  <si>
+    <t>Network of professionals created to share knowledge on the prevention and control of soil diseases</t>
+  </si>
+  <si>
+    <t>WINETWORK</t>
+  </si>
+  <si>
+    <t>Winetwork is a European collaborative project for the exchange and transfer of innovative knowledge between European winegrowing regions to increase the sector's productivity and sustainability. Over three years, 11 partners from seven European countries will exchange their knowledge on two important vineyard diseases: grapevine trunk diseases and flavessence dorée. The project's approach is based on interactions between a network of facilitators, regional working groups, and two scientific working groups. This participatory approach will allow the transfer of scientific results and practical knowledge into materials adapted to end-users.</t>
   </si>
   <si>
     <t>Riojan Rural Development Network</t>
   </si>
   <si>
     <t>A tool for disseminating information about its programs and activities, as well as for publicizing news and events related to rural development in La Rioja. It also features a resources section, where you can find useful materials and guides for rural development in the region, and a catalog of products and services from rural areas of La Rioja.</t>
   </si>
   <si>
     <t>Malta PAC Network</t>
   </si>
   <si>
     <t>In Malta, rural development is managed at the national level through a Strategic Plan, which is funded by the European Agricultural Fund for Rural Development (EAFRD) and national contributions. The Strategic Plan establishes the priority strategies and measures to be adopted to address the needs of the specific geographical area covered. Rural development funding through the EAFRD falls within the general framework of the European Structural and Investment Funds (ESIF), which also include the Regional Development, Social, Cohesion, and Fisheries Funds. All these funds are managed at the national level by each EU Member State on the basis of Partnership Agreements, which are strategic plans outlining each country's objectives and investment priorities.</t>
   </si>
   <si>
     <t>PAC Network of Romania</t>
   </si>
   <si>
     <t>In Romania, rural development is managed at the national level through a Strategic Plan, which is financed through the European Agricultural Fund for Rural Development (EAFRD) and national contributions. The Strategic Plan establishes the priority strategies and measures to be adopted to address the needs of the specific geographical area covered. Rural development funding through the EAFRD falls within the general framework of the European Structural and Investment Funds (ESIF), which also include the Regional Development, Social, Cohesion, and Fisheries Funds. All these funds are managed at the national level by each EU Member State on the basis of Partnership Agreements, which are strategic plans that describe each country's objectives and investment priorities.</t>
   </si>
   <si>
     <t>DISARM</t>
   </si>
   <si>
     <t>DISARM is a collaboration between farmers, veterinarians, advisory services, academics, and industry to disseminate innovative solutions for managing antibiotic resistance in livestock production and alleviate the threat of antibiotic resistance. The network will exchange innovative approaches across industries and countries to share best practices across the livestock sector.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN is a thematic network for nitrogen and phosphorus that compiles knowledge on technologies, products, applications, and practices of recovered, ready-to-use bio-based fertilizers for the benefit of agricultural professionals. The project focuses on connecting innovative, competitive, and commercially ready results derived from highly mature applied scientific research programs and common industrial practices.</t>
   </si>
   <si>
     <t>SuWaNu Europe</t>
   </si>
   <si>
     <t>SUWANU EUROPE focuses on water reuse projects in Europe by reusing treated wastewater in agriculture.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Winetwork is a European collaborative project for the exchange and transfer of innovative knowledge between European winegrowing regions to increase the sector's productivity and sustainability. Over three years, 11 partners from seven European countries will exchange their knowledge on two important vineyard diseases: grapevine trunk diseases and flavessence dorée. The project's approach is based on interactions between a network of facilitators, regional working groups, and two scientific working groups. This participatory approach will allow the transfer of scientific results and practical knowledge into materials adapted to end-users.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Consulting, Audits, Analytics, and Training in the Food Safety Sector</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Non-profit professional organization formed by companies dedicated to the production of yeast for nutrition and health, baking and fermentation</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Platform for research, knowledge transfer, events, and news related to the agri-food sector</t>
   </si>
   <si>
     <t>GAL Rural Development and Fisheries of Eivissa and Formentera</t>
   </si>
   <si>
     <t>The main task of the group is the management of local rural and fisheries development strategies and projects, the most important task in terms of resources and dedication being the Participatory Local Rural and Fisheries Development Strategies, co-financed by European (EAFRD and EMFF) and national funds.</t>
   </si>
@@ -1878,256 +1932,256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C251"/>
+  <dimension ref="A1:C260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C251"/>
+      <selection activeCell="A1" sqref="A1:C260"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2675.49" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>43</v>
@@ -2160,546 +2214,546 @@
         <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>147</v>
@@ -2721,150 +2775,150 @@
         <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>177</v>
@@ -2897,1316 +2951,1316 @@
         <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>232</v>
+        <v>358</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>373</v>
+        <v>254</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
         <v>397</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
         <v>405</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>420</v>
@@ -4228,472 +4282,571 @@
         <v>423</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
         <v>425</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
         <v>453</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
         <v>459</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
         <v>461</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
         <v>467</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="s">
         <v>473</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="s">
         <v>477</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="s">
         <v>479</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="s">
         <v>483</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="s">
         <v>485</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="s">
         <v>489</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="s">
         <v>491</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="s">
         <v>495</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="s">
         <v>497</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="s">
         <v>501</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="s">
         <v>503</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>504</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>