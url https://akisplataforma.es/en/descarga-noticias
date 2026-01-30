--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -12,62 +12,458 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1594">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
+  </si>
+  <si>
+    <t>Advances in wood analysis and soil studies by the Conifers+ Operational Group</t>
+  </si>
+  <si>
+    <t>The Conifers+ Operational Group continues to advance its research and data collection, achieving significant milestones in both the analysis of the structural quality of standing wood and soil sampling to identify alternatives to diseased conifers . These advances strengthen the project's scientific foundation and provide key information for decision-making in forest management. Measurements of…</t>
+  </si>
+  <si>
+    <t>Wed, 01/28/2026 - 12:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/advances-wood-analysis-and-soil-studies-conifers-operational-group</t>
+  </si>
+  <si>
+    <t>CDTI Conference “Between Two Programs, Horizon Europe”</t>
+  </si>
+  <si>
+    <t>The CDTI is organizing the thirteenth edition of the Conference of the European Union's Framework Programme for Research and Innovation (FP) in Spain, under the motto "Between two Programmes, Horizon Europe", which will take place June 16th at the Palau de Congressos de Catalunya (Barcelona). The event will be held in collaboration with the Ministry of Science, Innovation and Universities, the…</t>
+  </si>
+  <si>
+    <t>Wed, 01/28/2026 - 11:19</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/cdti-conference-between-two-programs-horizon-europe</t>
+  </si>
+  <si>
+    <t>APP-TRI: foliar sampling in wheat to “read” the plot and refine the harvest prediction</t>
+  </si>
+  <si>
+    <t>Source: APP-TRI The APP-TRI Operational Group is making progress on one of the project's key pillars: translating real-time agronomic data from the field into a digital application capable of estimating wheat productivity and anticipating potential crop deviations . The tool relies on integrating information from combine harvester yield maps and remote sensors (Sentinel-2) , with the aim of…</t>
+  </si>
+  <si>
+    <t>Tue, 01/27/2026 - 12:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/app-tri-foliar-sampling-wheat-read-plot-and-refine-harvest-prediction</t>
+  </si>
+  <si>
+    <t>A survey on digitization and data use in rural tourism is now open.</t>
+  </si>
+  <si>
+    <t>The Data4Rural project has launched a survey targeting rural tourism stakeholders to determine the level of digitalization, current data usage, and the sector's main training needs . The results will be used to design practical tools, training programs, and support services tailored to the specific needs of rural organizations. The survey is short and simple , with an estimated response time of 6…</t>
+  </si>
+  <si>
+    <t>Fri, 01/23/2026 - 13:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/survey-digitization-and-data-use-rural-tourism-now-open</t>
+  </si>
+  <si>
+    <t>The importance of beef cattle farming for health, debated in a new session of the Provacuno Campus</t>
+  </si>
+  <si>
+    <t>During the day, Juan Pascual, veterinarian, science communicator and vice president of AnimalhealthEurope, addressed from a scientific and technical perspective the role of cattle in sustainability, nutrition and human health. The Provacuno Campus is establishing itself as a leading resource for university students interested in the beef cattle sector. Its latest session, held online on January…</t>
+  </si>
+  <si>
+    <t>Fri, 01/23/2026 - 12:59</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/importance-beef-cattle-farming-health-debated-new-session-provacuno-campus</t>
+  </si>
+  <si>
+    <t>The deadline is now open to participate in the EU CAP Network conference on water resilience in agriculture</t>
+  </si>
+  <si>
+    <t>The EU CAP Network has opened the call for expressions of interest to participate in the conference “Water resilience in agriculture: innovation in practice” , a European meeting focused on innovation, knowledge exchange and the EIP-AGRI approach . February 9th is the deadline to submit applications to attend this meeting, which will take place in Hamburg, Germany, from May 19th to 21st. The…</t>
+  </si>
+  <si>
+    <t>Wed, 01/21/2026 - 22:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/deadline-now-open-participate-eu-cap-network-conference-water-resilience-agriculture</t>
+  </si>
+  <si>
+    <t>The call for proposals for CDTI grants for “Innovation and Transfer Ecosystems 2025” remains open until February 12.</t>
+  </si>
+  <si>
+    <t>The 2025 Innovation and Transfer Ecosystems call for applications remains open until February 12, 2026 , with the aim of strengthening interregional ecosystems focused on the transfer, dissemination and valorization of knowledge , in line with the approach of Agricultural Knowledge and Innovation Systems (AKIS) . This action seeks to foster collaborative and participatory models among the…</t>
+  </si>
+  <si>
+    <t>Tue, 01/20/2026 - 17:45</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/call-proposals-cdti-grants-innovation-and-transfer-ecosystems-2025-remains-open-until-february</t>
+  </si>
+  <si>
+    <t>SECUESVAC makes progress in calculating organic carbon sequestration in agricultural soils</t>
+  </si>
+  <si>
+    <t>The GO SECUESVAC project has taken another step forward with the start of the phase focused on calculating organic carbon sequestration in the soil. Following the start of this second stage, the members of the Operational Group for Optimizing Carbon Sequestration in Agricultural Soils Associated with Beef Production are working on defining strategies and collecting the data necessary to develop a…</t>
+  </si>
+  <si>
+    <t>Tue, 01/20/2026 - 10:22</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/secuesvac-makes-progress-calculating-organic-carbon-sequestration-agricultural-soils</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation opens its 2026 Open Call to boost the digitalization of the agri-food sector</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation has officially launched its 2026 Open Call , aimed at startups and technology projects that offer innovative solutions to the major challenges facing the agri-food sector. The program seeks initiatives capable of accelerating digital transformation , improving sustainability, and strengthening the sector's competitiveness. The acceleration program is powered by…</t>
+  </si>
+  <si>
+    <t>Mon, 01/19/2026 - 16:47</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/agrobank-tech-digital-innovation-opens-its-2026-open-call-boost-digitalization-agri-food</t>
+  </si>
+  <si>
+    <t>Digitalization of the countryside: an ally for the future of irrigation in the La Nava Irrigation Community</t>
+  </si>
+  <si>
+    <t>Digitalization has become a key tool for addressing the major challenges facing agriculture in the 21st century: water scarcity, climate change, and the need to produce more with fewer resources. In this context, new technologies applied to irrigation, such as sensors, data platforms, automation, and remote management, are transforming how farmers plan and manage their crops. This revolution,…</t>
+  </si>
+  <si>
+    <t>Fri, 01/16/2026 - 11:33</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/digitalization-countryside-ally-future-irrigation-la-nava-irrigation-community</t>
+  </si>
+  <si>
+    <t>Evolution of the GO Olivebiome project</t>
+  </si>
+  <si>
+    <t>The GO Olivebiome project, technically coordinated by Maslina , is making strong progress towards the industrial validation of sustainable probiotic solutions for animal feed, thanks to the full incorporation of AINIA . The latest advances focus on three key milestones: Optimizing cultures : AINIA is comparing probiotic growth in MRS medium and whey, with the aim of identifying the most efficient…</t>
+  </si>
+  <si>
+    <t>Fri, 01/16/2026 - 11:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/evolution-go-olivebiome-project</t>
+  </si>
+  <si>
+    <t>The Local Food Advisors' Journey 2026 campaign is launched: a European roadmap to strengthen advice on short supply chains</t>
+  </si>
+  <si>
+    <t>The EU 4Advice and COREnet initiative, Local Food Advisors' Journey 2026, was created with the aim of highlighting the European Network of Advisors on Short Food Supply Chains (EAN-SFSC) and, at the same time, actively involving advisors in its construction and continuous improvement . This initiative is designed as a flexible and evolving roadmap for advisors who are part of the shared COREnet…</t>
+  </si>
+  <si>
+    <t>Thu, 01/15/2026 - 13:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/local-food-advisors-journey-2026-campaign-launched-european-roadmap-strengthen-advice-short</t>
+  </si>
+  <si>
+    <t>CDTI Innovation is looking for a Spanish company for an R&amp;D project in Agritech together with FAEDA (Senegal)</t>
+  </si>
+  <si>
+    <t>CDTI Innovation has published a search for a business partner to identify a Spanish company interested in developing an R&amp;D project in international cooperation with the Senegalese company FAEDA , in the Agritech field, specifically in the application of ICT to poultry farming . The proposed collaboration focuses on the development and validation of a pilot poultry farm in Senegal , which…</t>
+  </si>
+  <si>
+    <t>Tue, 01/13/2026 - 23:03</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/cdti-innovation-looking-spanish-company-rd-project-agritech-together-faeda-senegal</t>
+  </si>
+  <si>
+    <t>In 2026, the block of sectoral technical workshops of the plan to promote regenerative and sustainable agriculture will begin.</t>
+  </si>
+  <si>
+    <t>In 2026, the block of sectoral technical workshops begins within the program "Technical workshops and seminars to promote regenerative and sustainable agriculture" , an initiative launched in March 2025 by the Juana de Vega Foundation and the company Agroassessor , and subsidized by the Ministry of Agriculture, Fisheries and Food . For almost a year and a half, both entities have jointly promoted…</t>
+  </si>
+  <si>
+    <t>Tue, 01/13/2026 - 20:26</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/2026-block-sectoral-technical-workshops-plan-promote-regenerative-and-sustainable-agriculture</t>
+  </si>
+  <si>
+    <t>The smart water revolution: Xinzo de Limia joins the digitalization of irrigation</t>
+  </si>
+  <si>
+    <t>The digitalization of agriculture is advancing steadily, and Galicia is no exception. The Laguna de Antela Irrigation Community, in the Ourense region of A Limia, has begun implementing technological solutions that will mark a turning point in agricultural water management . This project, supported by the European Union's Next Generation funds through the PERTE program for Digitalization of the…</t>
+  </si>
+  <si>
+    <t>Mon, 01/12/2026 - 16:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/smart-water-revolution-xinzo-limia-joins-digitalization-irrigation</t>
+  </si>
+  <si>
+    <t>Innovation and technology, pillars of food security and sovereignty in the EU</t>
+  </si>
+  <si>
+    <t>Ensuring food security and sovereignty for the European Union in a global context marked by geopolitical, climatic, and economic uncertainty has become a strategic priority. This was made clear at the recent extraordinary meeting of the European Union's Agriculture Ministers in Brussels , held on January 7 at the initiative of the European Commission and the Cypriot Presidency, which addressed…</t>
+  </si>
+  <si>
+    <t>Fri, 01/09/2026 - 12:36</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/innovation-and-technology-pillars-food-security-and-sovereignty-eu</t>
+  </si>
+  <si>
+    <t>The Galician government intensifies coordination with Xenética Fontao to improve Galician livestock</t>
+  </si>
+  <si>
+    <t>SOURCE: RFEAGAS The general directors of Livestock, Agriculture and Agri-Food Industries, José Balseiros, and of the PAC and Food Chain Control, Juan José Cerviño, met in San Caetano with officials from Xenética Fontao, a company owned by the Xunta and in charge of managing the Animal Escolma and Reproduction Center of Galicia. The meeting served to strengthen collaboration and coordination…</t>
+  </si>
+  <si>
+    <t>Wed, 01/07/2026 - 15:52</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/galician-government-intensifies-coordination-xenetica-fontao-improve-galician-livestock</t>
+  </si>
+  <si>
+    <t>The Government is promoting knowledge about carbon agriculture through an agreement with the Spanish Association of Conservation Agriculture Living Soils</t>
+  </si>
+  <si>
+    <t>The agreement continues the current framework for joint collaboration in order to contribute to a better understanding of conservation agriculture practices and their wider application across ecoregions. It will pay special attention to the training of women and to promoting generational renewal and retaining population in rural areas. The agreement has a maximum budget of 422,100 euros and will…</t>
+  </si>
+  <si>
+    <t>Tue, 12/23/2025 - 13:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/government-promoting-knowledge-about-carbon-agriculture-through-agreement-spanish-association</t>
+  </si>
+  <si>
+    <t>GO LIVLAB-IN: How insect frass is revolutionizing horticultural crop fertilization</t>
+  </si>
+  <si>
+    <t>This is the basis of the GO LIVLAB-IN project, an innovative initiative that focuses on insect farming and the circular economy as levers to transform agriculture and the agro-industry. LIVLAB-IN proposes a pioneering model that uses insect production to add value to byproducts, waste, and plant residues generated throughout the food chain, from the initial processing stages to waste from the…</t>
+  </si>
+  <si>
+    <t>Tue, 12/23/2025 - 12:51</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/go-livlab-how-insect-frass-revolutionizing-horticultural-crop-fertilization</t>
+  </si>
+  <si>
+    <t>The call for applications for R&amp;D stays is now open to promote scientific advice in the Administration, with challenges related to the agri-food and forestry sector.</t>
+  </si>
+  <si>
+    <t>The R&amp;D Stays call opens a new opportunity for the Spanish scientific community to contribute directly to the design and improvement of public policies through scientific advice in the General State Administration. This pioneering initiative, promoted by the National Office for Scientific Advice (ONAC) and the Spanish Foundation for Science and Technology (FECYT) , offers 42 six-month…</t>
+  </si>
+  <si>
+    <t>Mon, 12/22/2025 - 18:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/call-applications-rd-stays-now-open-promote-scientific-advice-administration-challenges</t>
+  </si>
+  <si>
+    <t>CITOLIVA offers the olive oil sector the technological tool to transform its by-products</t>
+  </si>
+  <si>
+    <t>OLIVEVALUE, funded by the Junta de Andalucía (PAIDI 2020), offers a pioneering system that recommends to olive mills and pomace processing plants the best route to valorize olive pomace, pits, leaves and other olive grove waste. CITOLIVA has successfully completed the OLIVEVALUE project , an initiative whose main result is an innovative model to support strategic decision-making for the use of by…</t>
+  </si>
+  <si>
+    <t>Mon, 12/22/2025 - 15:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/citoliva-offers-olive-oil-sector-technological-tool-transform-its-products</t>
+  </si>
+  <si>
+    <t>New call for aid for advice on the digitalization of the agri-food and forestry sector</t>
+  </si>
+  <si>
+    <t>Consulting is once again at the heart of the digital transformation of the agri-food and forestry sector . The Ministry of Agriculture, Fisheries and Food (MAPA) has launched a new call for proposals for digitalization advisory services , with a budget of €4.7 million , within the framework of the CAP Strategic Plan 2023-2027 (PEPAC) . This support is key to strengthening the role of advisory…</t>
+  </si>
+  <si>
+    <t>Mon, 12/22/2025 - 11:25</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/new-call-aid-advice-digitalization-agri-food-and-forestry-sector</t>
+  </si>
+  <si>
+    <t>SmartFarmRani is making progress in genetic conservation and livestock innovation in Ávila</t>
+  </si>
+  <si>
+    <t>The SmartFarmRani project continues to develop new actions in the province of Ávila , reinforcing its commitment to innovation, genetic conservation and the improvement of sustainability in extensive livestock farming of native breeds. As part of these activities, members of the project traveled to the Ávila Provincial Council to collect semen from two genetically superior Bociblanca bulls of the…</t>
+  </si>
+  <si>
+    <t>Fri, 12/19/2025 - 11:41</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/smartfarmrani-making-progress-genetic-conservation-and-livestock-innovation-avila</t>
+  </si>
+  <si>
+    <t>OP BIOTECH promotes microbial solutions to increase crop tolerance to water scarcity</t>
+  </si>
+  <si>
+    <t>The OP BIOTECH project continues to advance the development of innovative strategies based on the use of beneficial bacteria to strengthen crop resistance to water stress. This line of research focuses on harnessing the potential of certain microorganisms in the soil and rhizosphere to improve the physiological behavior of plants under drought conditions. In a context marked by climate change and…</t>
+  </si>
+  <si>
+    <t>Fri, 12/19/2025 - 09:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/op-biotech-promotes-microbial-solutions-increase-crop-tolerance-water-scarcity</t>
+  </si>
+  <si>
+    <t>ASH4SOIL participated in the closing of the European project AF4EU</t>
+  </si>
+  <si>
+    <t>The ASH4SOIL Operational Group , coordinated by FEUGA , participated on December 12th in the regional meeting of the Regional Agroforestry Innovation Network (RAIN) of the European project AF4EU , led by the University of Santiago de Compostela (USC) The event concluded three years of collaboration and joint work between entities from 10 European countries , with the aim of promoting agroforestry…</t>
+  </si>
+  <si>
+    <t>Thu, 12/18/2025 - 18:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/ash4soil-participated-closing-european-project-af4eu</t>
+  </si>
+  <si>
+    <t>Sixteen renowned chefs join the charity meal organized by Provacuno</t>
+  </si>
+  <si>
+    <t>Sixteen chefs, several of them Michelin-starred, have participated this year in the now traditional Christmas charity lunch for the benefit of the most needy people in Madrid, organized by the Interprofessional Beef Association (PROVACUNO) with the support of the city's mayor, José Luis Martínez-Almeida. The initiative, which has been held for four years, has consisted of the preparation and…</t>
+  </si>
+  <si>
+    <t>Thu, 12/18/2025 - 13:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/sixteen-renowned-chefs-join-charity-meal-organized-provacuno</t>
+  </si>
+  <si>
+    <t>An MSCA PhD position on chromosome biology has been announced within the framework of the AGILE network</t>
+  </si>
+  <si>
+    <t>Source: Red PlantMicro The European doctoral network Marie Skłodowska-Curie “AGILE” has opened a call for a PhD position starting in spring 2026 , focused on the comparative analysis of chromatin in standard and supernumerary chromosomes in plants. The research will be conducted at the IPK in Gatersleben (Germany) and will address key aspects of chromosome biology, epigenetics and transcriptional…</t>
+  </si>
+  <si>
+    <t>Thu, 12/18/2025 - 13:43</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/msca-phd-position-chromosome-biology-has-been-announced-within-framework-agile-network</t>
+  </si>
+  <si>
+    <t>The GO e-LocalHub launches its first video recipes to highlight native breeds</t>
+  </si>
+  <si>
+    <t>The e-LocalHub Operational Group has published the first video recipes of the project, a gastronomic initiative aimed at bringing products from native breeds and traditional extensive livestock farming closer to the end consumer. The products are made with ingredients from the breeds participating in the project: Iberian pigs , Castellana Negra poultry , Avileña-Negra Ibérica cattle and Merino…</t>
+  </si>
+  <si>
+    <t>Tue, 12/16/2025 - 15:13</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/go-e-localhub-launches-its-first-video-recipes-highlight-native-breeds</t>
+  </si>
+  <si>
+    <t>The RFEAGAS 2025 Technical Conferences strengthen coordination and the future of selective breeding.</t>
+  </si>
+  <si>
+    <t>The RFEAGAS 2025 Technical Conference brought together in Madrid breeders' associations, technicians and professionals from the sector with the aim of analyzing and updating the main challenges and opportunities of purebred livestock in Spain . The program addressed, from a technical and cross-cutting perspective, key issues such as animal health , genetic improvement , digitalization and data…</t>
+  </si>
+  <si>
+    <t>Tue, 12/16/2025 - 14:15</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/rfeagas-2025-technical-conferences-strengthen-coordination-and-future-selective-breeding</t>
+  </si>
+  <si>
+    <t>FutureFoodS launches its second transnational co-funded call to accelerate food sustainability</t>
+  </si>
+  <si>
+    <t>The European partnership FutureFoodS has announced the opening of its Second Transnational Co-financed Call for Proposals , aimed at funding research and innovation projects that drive the transition to more sustainable, healthy, circular, and transparent food systems . The call invites researchers, technology centers, universities, public administrations, NGOs, and companies—including SMEs—to…</t>
+  </si>
+  <si>
+    <t>Fri, 12/12/2025 - 16:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/futurefoods-launches-its-second-transnational-co-funded-call-accelerate-food-sustainability</t>
+  </si>
+  <si>
+    <t>CDTI Innovation will finance Spanish participation in the third call for the European Agroecology partnership</t>
+  </si>
+  <si>
+    <t>The Centre for the Development of Technology and Innovation (CDTI Innovación) has announced that it will fund the participation of Spanish entities in the third co-financed call for proposals of the European Agroecology Partnership , recently launched under the title “Fostering plant and animal genetic diversity and empowering farmers to accelerate the agroecological transition.” This initiative…</t>
+  </si>
+  <si>
+    <t>Fri, 12/12/2025 - 15:10</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/cdti-innovation-will-finance-spanish-participation-third-call-european-agroecology-partnership</t>
+  </si>
+  <si>
+    <t>CONAFE participates in seven scientific papers presented at the 2026 World Congress of Genetics Applied to Livestock Production</t>
+  </si>
+  <si>
+    <t>The Confederation of Spanish Friesian Associations (CONAFE) collaborates on several scientific works that have been presented at the World Congress of Genetics Applied to Livestock Production (WCGALP 2026) , which will be held from July 12 to 17, 2026 in Madison (Wisconsin, USA) . The WCGALP is the leading international forum on animal genetic improvement , bringing together researchers and…</t>
+  </si>
+  <si>
+    <t>Wed, 12/10/2025 - 16:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/conafe-participates-seven-scientific-papers-presented-2026-world-congress-genetics-applied</t>
+  </si>
+  <si>
+    <t>The recording of the seminar “R&amp;D&amp;I: Digital solutions for sustainable viticulture” in which GO PRERIVID participated is available on YouTube.</t>
+  </si>
+  <si>
+    <t>Source: GO PREVID On October 28 , the free online seminar “ R&amp;D&amp;I: Digital solutions for sustainable viticulture” took place, organized by the Wine Technology Platform (PTV) in collaboration with the Spanish Interprofessional Wine Organization (OIVE) and AgroBank . Within this framework, Débora Franco, director of Monet Viticultura, presented the progress of the PRERIVID Operational Group…</t>
+  </si>
+  <si>
+    <t>Tue, 12/09/2025 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/recording-seminar-rdi-digital-solutions-sustainable-viticulture-which-go-prerivid-participated</t>
   </si>
   <si>
     <t>Operational Groups: Agri-food innovation in the fight against African Swine Fever</t>
   </si>
   <si>
     <t>The Common Agricultural Policy (CAP) has fostered numerous Operational Innovation Groups in recent years, working to improve animal health and welfare in the livestock sector. These initiatives, funded by European funds and developed collaboratively by farmers, researchers, government agencies, and businesses, share a common goal: to translate science and technology into practical solutions to…</t>
   </si>
   <si>
     <t>Fri, 12/05/2025 - 21:14</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/operational-groups-agri-food-innovation-fight-against-african-swine-fever</t>
   </si>
   <si>
     <t>GO CONTROL holds a technical meeting in Valencia to assess the progress of the pilots</t>
   </si>
   <si>
     <t>GO CONTROL held a technical meeting in the city of Valencia with the aim of analyzing in detail the state of development and the degree of progress of the pilot projects that are currently being implemented in the Valencian Community and in Castilla y León . The meeting brought together the technical teams responsible for implementing the pilot projects in both regions , becoming a key forum for…</t>
   </si>
   <si>
     <t>Fri, 12/05/2025 - 10:53</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/go-control-holds-technical-meeting-valencia-assess-progress-pilots</t>
   </si>
@@ -4773,54 +5169,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D383"/>
+  <dimension ref="A1:D416"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D383"/>
+      <selection activeCell="A1" sqref="A1:D416"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="237.085" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="474.17" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -6317,513 +6713,513 @@
       <c r="C108" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B110" s="1"/>
+      <c r="B110" s="1" t="s">
+        <v>437</v>
+      </c>
       <c r="C110" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="B143" s="1" t="s">
         <v>568</v>
       </c>
+      <c r="B143" s="1"/>
       <c r="C143" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>571</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>575</v>
       </c>
@@ -8783,1412 +9179,1874 @@
         <v>1134</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1207</v>
+        <v>1225</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1207</v>
+        <v>1229</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1223</v>
+        <v>1237</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1223</v>
+        <v>1241</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1223</v>
+        <v>1245</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1223</v>
+        <v>1249</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>1236</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1223</v>
+        <v>1253</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1239</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1223</v>
+        <v>1257</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1223</v>
+        <v>1261</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1223</v>
+        <v>1265</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1248</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>1249</v>
+        <v>1267</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1250</v>
+        <v>1268</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1251</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>1252</v>
+        <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1253</v>
+        <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1254</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>1255</v>
+        <v>1274</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1256</v>
+        <v>1275</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1257</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1258</v>
+        <v>1277</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1259</v>
+        <v>1278</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1261</v>
+        <v>1281</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1262</v>
+        <v>1282</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1263</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1265</v>
+        <v>1285</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1266</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1267</v>
+        <v>1287</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1268</v>
+        <v>1288</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1223</v>
+        <v>1289</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1269</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1270</v>
+        <v>1291</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1271</v>
+        <v>1292</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1272</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1273</v>
+        <v>1295</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1274</v>
+        <v>1296</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1275</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1276</v>
+        <v>1298</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1277</v>
+        <v>1299</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1278</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1279</v>
+        <v>1301</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1280</v>
+        <v>1302</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1223</v>
+        <v>1303</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1281</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1282</v>
+        <v>1305</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1283</v>
+        <v>1306</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1223</v>
+        <v>1307</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1284</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1285</v>
+        <v>1309</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1286</v>
+        <v>1310</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1223</v>
+        <v>1311</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1287</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1288</v>
+        <v>1313</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1289</v>
+        <v>1314</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1223</v>
+        <v>1315</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1290</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1291</v>
+        <v>1317</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1223</v>
+        <v>1319</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1293</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1294</v>
+        <v>1321</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1295</v>
+        <v>1322</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1223</v>
+        <v>1323</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1296</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1297</v>
+        <v>1325</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1298</v>
+        <v>1326</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1223</v>
+        <v>1327</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1299</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1300</v>
+        <v>1329</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1301</v>
+        <v>1330</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1223</v>
+        <v>1331</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1302</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1303</v>
+        <v>1333</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1304</v>
+        <v>1334</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1223</v>
+        <v>1335</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1305</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1306</v>
+        <v>1337</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1307</v>
+        <v>1338</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1308</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1309</v>
+        <v>1341</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1310</v>
+        <v>1342</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1311</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1312</v>
+        <v>1344</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1313</v>
+        <v>1345</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1314</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1315</v>
+        <v>1347</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1316</v>
+        <v>1348</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1317</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1318</v>
+        <v>1350</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1319</v>
+        <v>1351</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1320</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1321</v>
+        <v>1353</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1322</v>
+        <v>1354</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1323</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1324</v>
+        <v>1357</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1325</v>
+        <v>1358</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1326</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1327</v>
+        <v>1360</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1328</v>
+        <v>1361</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1329</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1330</v>
+        <v>1363</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1331</v>
+        <v>1364</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1332</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1333</v>
+        <v>1366</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1334</v>
+        <v>1367</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1335</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1336</v>
+        <v>1369</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1337</v>
+        <v>1370</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1338</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1339</v>
+        <v>1372</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1340</v>
+        <v>1373</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1341</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1342</v>
+        <v>1375</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1343</v>
+        <v>1376</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1344</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1345</v>
+        <v>1378</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1346</v>
+        <v>1379</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1347</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1348</v>
+        <v>1381</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1349</v>
+        <v>1382</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1350</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1351</v>
+        <v>1384</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1352</v>
+        <v>1385</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1353</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1354</v>
+        <v>1387</v>
       </c>
       <c r="B353" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C353" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="C353" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D353" s="1" t="s">
-        <v>1357</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1358</v>
+        <v>1390</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1359</v>
+        <v>1391</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1361</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1362</v>
+        <v>1393</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1363</v>
+        <v>1394</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1364</v>
+        <v>1355</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1365</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1366</v>
+        <v>1396</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1367</v>
+        <v>1397</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1368</v>
+        <v>1355</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1369</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1370</v>
+        <v>1399</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1371</v>
+        <v>1400</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1372</v>
+        <v>1355</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1373</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1374</v>
+        <v>1402</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1375</v>
+        <v>1403</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1376</v>
+        <v>1355</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1377</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1378</v>
+        <v>1405</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1379</v>
+        <v>1406</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1380</v>
+        <v>1355</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1381</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1382</v>
+        <v>1408</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1383</v>
+        <v>1409</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1384</v>
+        <v>1355</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1385</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1386</v>
+        <v>1411</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1387</v>
+        <v>1412</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1388</v>
+        <v>1355</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1389</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1390</v>
+        <v>1414</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1391</v>
+        <v>1415</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1392</v>
+        <v>1355</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1393</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1394</v>
+        <v>1417</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1395</v>
+        <v>1418</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1396</v>
+        <v>1355</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1397</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1398</v>
+        <v>1420</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1399</v>
+        <v>1421</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1401</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1402</v>
+        <v>1423</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1403</v>
+        <v>1424</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1404</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1405</v>
+        <v>1426</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1406</v>
+        <v>1427</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1407</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1408</v>
+        <v>1429</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1409</v>
+        <v>1430</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1410</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1411</v>
+        <v>1432</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1412</v>
+        <v>1433</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1413</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1414</v>
+        <v>1435</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1415</v>
+        <v>1436</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1416</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1417</v>
+        <v>1438</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1418</v>
+        <v>1439</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1419</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1420</v>
+        <v>1441</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1421</v>
+        <v>1442</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1423</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1424</v>
+        <v>1444</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1425</v>
+        <v>1445</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1426</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1427</v>
+        <v>1447</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1428</v>
+        <v>1448</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1429</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1430</v>
+        <v>1450</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1431</v>
+        <v>1451</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1432</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1433</v>
+        <v>1453</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1434</v>
+        <v>1454</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1435</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1436</v>
+        <v>1456</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1437</v>
+        <v>1457</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1438</v>
+        <v>1355</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1439</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1440</v>
+        <v>1459</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1441</v>
+        <v>1460</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1443</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1444</v>
+        <v>1462</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1445</v>
+        <v>1463</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1446</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1447</v>
+        <v>1465</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1448</v>
+        <v>1466</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1449</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1450</v>
+        <v>1468</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1451</v>
+        <v>1469</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1452</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1453</v>
+        <v>1471</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1454</v>
+        <v>1472</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1455</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1456</v>
+        <v>1474</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1457</v>
+        <v>1475</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1458</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1459</v>
+        <v>1477</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1460</v>
+        <v>1478</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1461</v>
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>1593</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>