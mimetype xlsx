--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -12,64 +12,328 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1702">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
+    <t>The Andalusian Regional Government has inaugurated the new Ronda Regional Agricultural Office (OCA).</t>
+  </si>
+  <si>
+    <t>The Andalusian Regional Government has inaugurated the new Ronda District Agricultural Office (OCA) , an infrastructure project representing an investment of €1.7 million , largely financed by the European Agricultural Fund for Rural Development (EAFRD ). The new facility replaces older premises that were insufficient to serve the more than 5,000 farms in the district and is intended to…</t>
+  </si>
+  <si>
+    <t>Thu, 03/12/2026 - 09:54</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/andalusian-regional-government-has-inaugurated-new-ronda-regional-agricultural-office-oca</t>
+  </si>
+  <si>
+    <t>The MujerForest project trains rural women for green employability</t>
+  </si>
+  <si>
+    <t>MujerForest is a free green training and employability project aimed primarily at women in the rural areas of the Sierra Morena in Seville , within the framework of bioeconomy and sustainable forest management. It is co-financed by the European Social Fund Plus (ESF+) at 85% , within the 2024 Call of the Empleaverde+ Program , managed by the Biodiversity Foundation of the Ministry for Ecological…</t>
+  </si>
+  <si>
+    <t>Mon, 03/09/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/mujerforest-project-trains-rural-women-green-employability</t>
+  </si>
+  <si>
+    <t>The Board approves the creation of the Andalusian Academy of Agriculture</t>
+  </si>
+  <si>
+    <t>Source: Regional Government of Andalusia The entity will be based in Almería and will promote research, innovation and knowledge transfer in the agricultural sector. The Governing Council has approved the decree creating the Andalusian Academy of Agriculture, headquartered at the Almería Science and Technology Park (PITA), and its integration into the Institute of Academies of Andalusia. The new…</t>
+  </si>
+  <si>
+    <t>Mon, 03/09/2026 - 12:49</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/board-approves-creation-andalusian-academy-agriculture</t>
+  </si>
+  <si>
+    <t>CIDAF and four circular innovation projects: from agri-food waste to bio-input and functional ingredient</t>
+  </si>
+  <si>
+    <t>The circular bioeconomy is opening new avenues for the agri-food sector to transform byproducts and natural resources into high-value solutions : biostimulants, functional ingredients, more efficient animal feed, and natural alternatives to improve crop health and productivity. Four collaborative projects, with significant participation from the Center for Innovation and Development of Functional…</t>
+  </si>
+  <si>
+    <t>Mon, 03/02/2026 - 18:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/cidaf-and-four-circular-innovation-projects-agri-food-waste-bio-input-and-functional</t>
+  </si>
+  <si>
+    <t>CTAEX promotes knowledge transfer and collaboration at Transfiere 2026</t>
+  </si>
+  <si>
+    <t>The Extremadura National Agri-Food Technology Centre (CTAEX) participated in Transfiere , the European Forum for Science, Technology and Innovation , with the aim of strengthening knowledge transfer and opening new avenues of cooperation in the agri-food sector. The event was held from February 24 to 26, 2016, at the Trade Fair and Congress Centre in Málaga . As in previous editions, CTAEX was…</t>
+  </si>
+  <si>
+    <t>Mon, 03/02/2026 - 16:05</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/ctaex-promotes-knowledge-transfer-and-collaboration-transfiere-2026</t>
+  </si>
+  <si>
+    <t>The CITOLIVA Seminars kick off in March in Cordoba: six technical days to boost the future of olive groves</t>
+  </si>
+  <si>
+    <t>Córdoba will be the starting point for the CITOLIVA Seminars , a face-to-face training proposal that connects science, practice and territory to face the great challenges of the olive oil sector: climate change, scarcity of resources and growing demand for quality . Under the motto "Be part of the knowledge network that is transforming the olive grove" , CITOLIVA promotes this cycle as a…</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 21:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/citoliva-seminars-kick-march-cordoba-six-technical-days-boost-future-olive-groves</t>
+  </si>
+  <si>
+    <t>Besemoslatierra brings together guides and innovative solutions to improve soil health</t>
+  </si>
+  <si>
+    <t>The February issue of Besemoslatierra's newsletter offers content of particular interest to professionals in the primary sector, consultants, technicians, and those involved in agricultural innovation. In a context where sustainability and productivity increasingly depend on sound soil management, this edition compiles practical resources and innovative approaches aimed at improving farming…</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 18:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/besemoslatierra-brings-together-guides-and-innovative-solutions-improve-soil-health</t>
+  </si>
+  <si>
+    <t>Luis Planas places innovation and digitalization at the heart of Spanish agri-food leadership</t>
+  </si>
+  <si>
+    <t>The minister defends the government's commitment to technological modernization, which is key to strengthening the sector's competitiveness and sustainability in a complex international context. It emphasizes that Spain is an agri-food powerhouse and that the National Food Strategy and the International Gastronomy Plan consolidate a roadmap to guarantee its leadership. Planas highlights the “…</t>
+  </si>
+  <si>
+    <t>Wed, 02/25/2026 - 18:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/luis-planas-places-innovation-and-digitalization-heart-spanish-agri-food-leadership</t>
+  </si>
+  <si>
+    <t>CNTA launches the sixth edition of Food (Tech)² Challengers and opens the application period until March 13</t>
+  </si>
+  <si>
+    <t>The National Center for Food Technology and Safety (CNTA) has opened the application period to participate in the 6th edition of Food (Tech)² Challengers , a technology promotion program funded by the Ministry of Agriculture, Fisheries and Food (MAPA) and aimed at accelerating the development and competitiveness of Spanish foodtech startups , strengthening their connection with the market. The…</t>
+  </si>
+  <si>
+    <t>Fri, 02/20/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/cnta-launches-sixth-edition-food-tech2-challengers-and-opens-application-period-until-march-13</t>
+  </si>
+  <si>
+    <t>A new call for applications for “Digital Rural Challenge” is now open, offering free training to promote digital inclusion in rural areas.</t>
+  </si>
+  <si>
+    <t>The UNED Foundation has opened a new registration period for the Rural Digital Challenge program – “Rural Digital Inclusion: A Social Advancement,” a free digital training program for residents of rural areas and sparsely populated communities. The 6th call for applications will be open from March 9 to 27, 2026 . The project is subsidized by the European Union – Next Generation EU , within the…</t>
+  </si>
+  <si>
+    <t>Wed, 02/18/2026 - 16:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/new-call-applications-digital-rural-challenge-now-open-offering-free-training-promote-digital</t>
+  </si>
+  <si>
+    <t>EDIH Madrid Region 2.0 kicks off its new phase with the launch meeting at the madri+d Foundation</t>
+  </si>
+  <si>
+    <t>The headquarters of the madri+d Knowledge Foundation hosted the kick-off meeting of EDIH Madrid Region 2.0 on January 20, 2026 , a milestone that formally marks the beginning of the new phase of the European Digital Innovation Hub of the Community of Madrid. The event brought together consortium partners and institutional representatives to strengthen collaboration, share priorities, and…</t>
+  </si>
+  <si>
+    <t>Tue, 02/17/2026 - 11:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/edih-madrid-region-20-kicks-its-new-phase-launch-meeting-madrid-foundation</t>
+  </si>
+  <si>
+    <t>Castillo de Canena will be the first Spanish olive grove to entrust pest control to beneficial insects</t>
+  </si>
+  <si>
+    <t>The initiative, promoted by CITOLIVA, through its AGRO·LIVE Natural Allies service, will reduce the use of pesticides and strengthen the natural balance of the crop. In the olive groves of Castillo de Canena, it won't just be technicians and tractors working anymore. Starting this season, insects will be working too. Small, discreet, and almost invisible, they will become the silent guardians of…</t>
+  </si>
+  <si>
+    <t>Tue, 02/17/2026 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/castillo-canena-will-be-first-spanish-olive-grove-entrust-pest-control-beneficial-insects</t>
+  </si>
+  <si>
+    <t>Congressional Office C includes interesting agricultural issues in its public vote for one of its three upcoming reports</t>
+  </si>
+  <si>
+    <t>The Spanish Congress of Deputies has opened a public vote for citizens to choose the topic of one of the three "C Reports" that the Office of Science and Technology (Office C) will prepare and present in 2026. Participation is open until February 23, 2026 . The vote is based on a closed list of 20 topics , compiled by Office C ( the Congressional Office of Science and Technology) from various…</t>
+  </si>
+  <si>
+    <t>Mon, 02/16/2026 - 17:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/congressional-office-c-includes-interesting-agricultural-issues-its-public-vote-one-its-three</t>
+  </si>
+  <si>
+    <t>GO VOLTAGRO will participate as a speaker at the CIES 2026 technical conference on agrivoltaics.</t>
+  </si>
+  <si>
+    <t>The VOLTAGRO Operational Group will participate as a speaker in the technical conference "Agrivoltaics: solar energy beyond the kilowatt-hour" , an event held within the framework of the parallel activities open to the XX Iberian Congress and XVI Ibero-American Congress of Solar Energy (CIES 2026) , organized by CIESOL and AEDES . The event will take place on March 25, 2026 , from 9:30 a.m. to 1:…</t>
+  </si>
+  <si>
+    <t>Thu, 02/12/2026 - 11:08</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/go-voltagro-will-participate-speaker-cies-2026-technical-conference-agrivoltaics</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech opens a new call for Technological Challenges to accelerate innovative solutions in agri-food</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech has launched a new edition of its Technological Challenges , a call aimed at startups, technology companies, research groups and innovative teams that wish to develop tools and applications aimed at solving real needs of the agri-food sector . The initiative is part of the Andalucía Agrotech European Digital Innovation Hub (Agrotech EDIH) project and seeks to connect…</t>
+  </si>
+  <si>
+    <t>Wed, 02/11/2026 - 12:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/cajamar-innova-agrotech-opens-new-call-technological-challenges-accelerate-innovative</t>
+  </si>
+  <si>
+    <t>Nearly 830,000 euros to bring the agriculture of the future closer: the Villadangos Canal promotes its water transformation with the PERTE</t>
+  </si>
+  <si>
+    <t>With one of the largest PERTE investments in the province, the Villadangos Canal Irrigation Community is digitizing 7,000 hectares to achieve maximum efficiency and technological autonomy. The Villadangos Canal Irrigation Community has launched its comprehensive digitalization project. With 6,000 hectares of corn, cereals, and sugar beets, among other crops, and the involvement of 800 farmers,…</t>
+  </si>
+  <si>
+    <t>Tue, 02/10/2026 - 18:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/nearly-830000-euros-bring-agriculture-future-closer-villadangos-canal-promotes-its-water</t>
+  </si>
+  <si>
+    <t>GO FOTOPUR will present its progress in two technical days on innovation, energy and emissions in swine</t>
+  </si>
+  <si>
+    <t>The GO FOTOPUR Operational Group will participate in two key events in February focused on innovation and improving the efficiency and sustainability of the pig farming sector. These events, taking place in Zaragoza and Tauste , will provide an opportunity to share knowledge, exchange experiences with industry professionals, and raise awareness of the work being carried out by the project…</t>
+  </si>
+  <si>
+    <t>Tue, 02/10/2026 - 12:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/go-fotopur-will-present-its-progress-two-technical-days-innovation-energy-and-emissions-swine</t>
+  </si>
+  <si>
+    <t>Researchers at INMA develop a new rapid sensor for dangerous bacteria in food, such as salmonella or listeria</t>
+  </si>
+  <si>
+    <t>Source: REFEAGAS The study, which uses liquid crystals that 'light up' when they detect a pathogen, has been published in the prestigious Journal of the American Chemical Society, and opens the door to finding effective and rapid solutions to prevent outbreaks. A team of researchers from INMA, a joint institute of the Spanish National Research Council (CSIC) and the University of Zaragoza, has…</t>
+  </si>
+  <si>
+    <t>Fri, 02/06/2026 - 14:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/researchers-inma-develop-new-rapid-sensor-dangerous-bacteria-food-such-salmonella-or-listeria</t>
+  </si>
+  <si>
+    <t>A preliminary report on the Sustainability Barometer for the Spanish wine sector has been presented.</t>
+  </si>
+  <si>
+    <t>Cajamar Caja Rural and the Spanish Wine Federation (FEV) presented at Barcelona Wine Week a first look at the Sustainability Barometer for the Spanish wine sector , a tool linked to the Sustainable Wineries for Climate Protection seal (promoted by the FEV and with more than 148 certified wineries ). The barometer will provide a snapshot of wineries' performance across the various pillars of…</t>
+  </si>
+  <si>
+    <t>Fri, 02/06/2026 - 14:16</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/preliminary-report-sustainability-barometer-spanish-wine-sector-has-been-presented</t>
+  </si>
+  <si>
+    <t>EU CAP Network opens the call for participation in the 2026 cross-visits</t>
+  </si>
+  <si>
+    <t>The EU CAP Network has launched a call for expressions of interest to participate in the 2026 cross-visits , a series of cross-visits aimed at boosting innovation, knowledge sharing, and networking within the framework of the EIP-AGRI . The application deadline is 20 February 2026 (23:59 CET) . Three themes for the 2026 cross-visits The 2026 visits will be directed towards Operational Group…</t>
+  </si>
+  <si>
+    <t>Fri, 01/30/2026 - 19:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/eu-cap-network-opens-call-participation-2026-cross-visits</t>
+  </si>
+  <si>
+    <t>GO INGNUTS promotes almond sustainability at CICYTEX</t>
+  </si>
+  <si>
+    <t>Source: GO INGNUTS Last December, the CICYTEX Extremadura Technical Conference on Agronomy, entitled "Agrotechnology and Sustainability: The New Impetus for Extremadura's Agriculture," was held at the COFRUIT cooperative facilities in Mérida. The second presentation was on the " GO_INGNUTS " project: " Use of Precision Agriculture, Biodiversity, and Soil Health in Almond Orchards." The project…</t>
+  </si>
+  <si>
+    <t>Fri, 01/30/2026 - 17:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/go-ingnuts-promotes-almond-sustainability-cicytex</t>
+  </si>
+  <si>
+    <t>The third co-financed call for proposals from the European Association AGROECOLOGY closes on February 18th.</t>
+  </si>
+  <si>
+    <t>The European association AGROECOLOGY has officially opened the 3rd co-financed call for research and innovation projects , under the motto "Promoting plant and animal genetic diversity and empowering farmers to accelerate the agroecological transition" . This call focuses on two key pillars of the agroecological transition : the genetic dimension and the social dimension , funding R&amp;D&amp;I…</t>
+  </si>
+  <si>
+    <t>Wed, 01/28/2026 - 14:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/third-co-financed-call-proposals-european-association-agroecology-closes-february-18th</t>
+  </si>
+  <si>
     <t>Advances in wood analysis and soil studies by the Conifers+ Operational Group</t>
   </si>
   <si>
     <t>The Conifers+ Operational Group continues to advance its research and data collection, achieving significant milestones in both the analysis of the structural quality of standing wood and soil sampling to identify alternatives to diseased conifers . These advances strengthen the project's scientific foundation and provide key information for decision-making in forest management. Measurements of…</t>
   </si>
   <si>
     <t>Wed, 01/28/2026 - 12:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/advances-wood-analysis-and-soil-studies-conifers-operational-group</t>
   </si>
   <si>
     <t>CDTI Conference “Between Two Programs, Horizon Europe”</t>
   </si>
   <si>
     <t>The CDTI is organizing the thirteenth edition of the Conference of the European Union's Framework Programme for Research and Innovation (FP) in Spain, under the motto "Between two Programmes, Horizon Europe", which will take place June 16th at the Palau de Congressos de Catalunya (Barcelona). The event will be held in collaboration with the Ministry of Science, Innovation and Universities, the…</t>
   </si>
   <si>
     <t>Wed, 01/28/2026 - 11:19</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/cdti-conference-between-two-programs-horizon-europe</t>
   </si>
   <si>
     <t>APP-TRI: foliar sampling in wheat to “read” the plot and refine the harvest prediction</t>
@@ -86,50 +350,62 @@
   <si>
     <t>A survey on digitization and data use in rural tourism is now open.</t>
   </si>
   <si>
     <t>The Data4Rural project has launched a survey targeting rural tourism stakeholders to determine the level of digitalization, current data usage, and the sector's main training needs . The results will be used to design practical tools, training programs, and support services tailored to the specific needs of rural organizations. The survey is short and simple , with an estimated response time of 6…</t>
   </si>
   <si>
     <t>Fri, 01/23/2026 - 13:20</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/survey-digitization-and-data-use-rural-tourism-now-open</t>
   </si>
   <si>
     <t>The importance of beef cattle farming for health, debated in a new session of the Provacuno Campus</t>
   </si>
   <si>
     <t>During the day, Juan Pascual, veterinarian, science communicator and vice president of AnimalhealthEurope, addressed from a scientific and technical perspective the role of cattle in sustainability, nutrition and human health. The Provacuno Campus is establishing itself as a leading resource for university students interested in the beef cattle sector. Its latest session, held online on January…</t>
   </si>
   <si>
     <t>Fri, 01/23/2026 - 12:59</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/importance-beef-cattle-farming-health-debated-new-session-provacuno-campus</t>
   </si>
   <si>
+    <t>GO FOTOPUR progress: floating photovoltaics to reduce emissions in slurry lagoons</t>
+  </si>
+  <si>
+    <t>The FOTOPUR Operational Group is making progress in the development and validation of innovative solutions based on floating photovoltaics to reduce polluting emissions from slurry lagoons in pig farms, while generating renewable energy for self-consumption . The project, focused on photovoltaics on floating platforms in slurry , responds to the regulatory requirements for reducing ammonia…</t>
+  </si>
+  <si>
+    <t>Thu, 01/22/2026 - 17:17</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/go-fotopur-progress-floating-photovoltaics-reduce-emissions-slurry-lagoons</t>
+  </si>
+  <si>
     <t>The deadline is now open to participate in the EU CAP Network conference on water resilience in agriculture</t>
   </si>
   <si>
     <t>The EU CAP Network has opened the call for expressions of interest to participate in the conference “Water resilience in agriculture: innovation in practice” , a European meeting focused on innovation, knowledge exchange and the EIP-AGRI approach . February 9th is the deadline to submit applications to attend this meeting, which will take place in Hamburg, Germany, from May 19th to 21st. The…</t>
   </si>
   <si>
     <t>Wed, 01/21/2026 - 22:44</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/deadline-now-open-participate-eu-cap-network-conference-water-resilience-agriculture</t>
   </si>
   <si>
     <t>The call for proposals for CDTI grants for “Innovation and Transfer Ecosystems 2025” remains open until February 12.</t>
   </si>
   <si>
     <t>The 2025 Innovation and Transfer Ecosystems call for applications remains open until February 12, 2026 , with the aim of strengthening interregional ecosystems focused on the transfer, dissemination and valorization of knowledge , in line with the approach of Agricultural Knowledge and Innovation Systems (AKIS) . This action seeks to foster collaborative and participatory models among the…</t>
   </si>
   <si>
     <t>Tue, 01/20/2026 - 17:45</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/call-proposals-cdti-grants-innovation-and-transfer-ecosystems-2025-remains-open-until-february</t>
   </si>
   <si>
     <t>SECUESVAC makes progress in calculating organic carbon sequestration in agricultural soils</t>
@@ -170,50 +446,86 @@
   <si>
     <t>Evolution of the GO Olivebiome project</t>
   </si>
   <si>
     <t>The GO Olivebiome project, technically coordinated by Maslina , is making strong progress towards the industrial validation of sustainable probiotic solutions for animal feed, thanks to the full incorporation of AINIA . The latest advances focus on three key milestones: Optimizing cultures : AINIA is comparing probiotic growth in MRS medium and whey, with the aim of identifying the most efficient…</t>
   </si>
   <si>
     <t>Fri, 01/16/2026 - 11:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/evolution-go-olivebiome-project</t>
   </si>
   <si>
     <t>The Local Food Advisors' Journey 2026 campaign is launched: a European roadmap to strengthen advice on short supply chains</t>
   </si>
   <si>
     <t>The EU 4Advice and COREnet initiative, Local Food Advisors' Journey 2026, was created with the aim of highlighting the European Network of Advisors on Short Food Supply Chains (EAN-SFSC) and, at the same time, actively involving advisors in its construction and continuous improvement . This initiative is designed as a flexible and evolving roadmap for advisors who are part of the shared COREnet…</t>
   </si>
   <si>
     <t>Thu, 01/15/2026 - 13:07</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/local-food-advisors-journey-2026-campaign-launched-european-roadmap-strengthen-advice-short</t>
   </si>
   <si>
+    <t>Smart irrigation as a sustainability goal for the countryside in the Páramo Medio region</t>
+  </si>
+  <si>
+    <t>The Leonese community is implementing the first digital solutions to control and optimize water use in one of the areas most dependent on the Barrios de Luna reservoir. The Páramo Medio Irrigation Community , based in Bercianos del Páramo (León), has begun a new phase of technological modernization within the framework of the Water Cycle Digitalization Project (PERTE), funded by the European…</t>
+  </si>
+  <si>
+    <t>Wed, 01/14/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/smart-irrigation-sustainability-goal-countryside-paramo-medio-region</t>
+  </si>
+  <si>
+    <t>GO SUPRA BIOLIVA: transforming olive grove by-products into added value and sustainability</t>
+  </si>
+  <si>
+    <t>SOURCE: GO SUPRA BIOLIVA At the heart of Spain's olive groves lies a paradox: while olive oil is one of our most renowned treasures, thousands of tons of byproducts, such as olive pomace and leaves, are lost every day without their true potential being realized. This waste, traditionally considered an environmental and economic problem, can be transformed into a high-value resource thanks to…</t>
+  </si>
+  <si>
+    <t>Wed, 01/14/2026 - 12:01</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/go-supra-bioliva-transforming-olive-grove-products-added-value-and-sustainability</t>
+  </si>
+  <si>
+    <t>The Spanish AKIS coordinating body approves its roadmap for 2026 and strengthens the alignment between science, innovation and the agri-food sector</t>
+  </si>
+  <si>
+    <t>On December 17, 2025 , the second plenary meeting of the Coordinating Body of the Knowledge and Innovation System in Agriculture (SCIA-AKIS) was held at the headquarters of the Ministry of Agriculture, Fisheries and Food in Madrid. The session took place in person and was co-chaired by the Secretary of State for Agriculture and Food, Begoña García Bernal , and the Secretary of State for Science,…</t>
+  </si>
+  <si>
+    <t>Tue, 01/13/2026 - 23:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/spanish-akis-coordinating-body-approves-its-roadmap-2026-and-strengthens-alignment-between</t>
+  </si>
+  <si>
     <t>CDTI Innovation is looking for a Spanish company for an R&amp;D project in Agritech together with FAEDA (Senegal)</t>
   </si>
   <si>
     <t>CDTI Innovation has published a search for a business partner to identify a Spanish company interested in developing an R&amp;D project in international cooperation with the Senegalese company FAEDA , in the Agritech field, specifically in the application of ICT to poultry farming . The proposed collaboration focuses on the development and validation of a pilot poultry farm in Senegal , which…</t>
   </si>
   <si>
     <t>Tue, 01/13/2026 - 23:03</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/cdti-innovation-looking-spanish-company-rd-project-agritech-together-faeda-senegal</t>
   </si>
   <si>
     <t>In 2026, the block of sectoral technical workshops of the plan to promote regenerative and sustainable agriculture will begin.</t>
   </si>
   <si>
     <t>In 2026, the block of sectoral technical workshops begins within the program "Technical workshops and seminars to promote regenerative and sustainable agriculture" , an initiative launched in March 2025 by the Juana de Vega Foundation and the company Agroassessor , and subsidized by the Ministry of Agriculture, Fisheries and Food . For almost a year and a half, both entities have jointly promoted…</t>
   </si>
   <si>
     <t>Tue, 01/13/2026 - 20:26</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/2026-block-sectoral-technical-workshops-plan-promote-regenerative-and-sustainable-agriculture</t>
   </si>
   <si>
     <t>The smart water revolution: Xinzo de Limia joins the digitalization of irrigation</t>
@@ -350,50 +662,62 @@
   <si>
     <t>Sixteen renowned chefs join the charity meal organized by Provacuno</t>
   </si>
   <si>
     <t>Sixteen chefs, several of them Michelin-starred, have participated this year in the now traditional Christmas charity lunch for the benefit of the most needy people in Madrid, organized by the Interprofessional Beef Association (PROVACUNO) with the support of the city's mayor, José Luis Martínez-Almeida. The initiative, which has been held for four years, has consisted of the preparation and…</t>
   </si>
   <si>
     <t>Thu, 12/18/2025 - 13:55</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/sixteen-renowned-chefs-join-charity-meal-organized-provacuno</t>
   </si>
   <si>
     <t>An MSCA PhD position on chromosome biology has been announced within the framework of the AGILE network</t>
   </si>
   <si>
     <t>Source: Red PlantMicro The European doctoral network Marie Skłodowska-Curie “AGILE” has opened a call for a PhD position starting in spring 2026 , focused on the comparative analysis of chromatin in standard and supernumerary chromosomes in plants. The research will be conducted at the IPK in Gatersleben (Germany) and will address key aspects of chromosome biology, epigenetics and transcriptional…</t>
   </si>
   <si>
     <t>Thu, 12/18/2025 - 13:43</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/msca-phd-position-chromosome-biology-has-been-announced-within-framework-agile-network</t>
   </si>
   <si>
+    <t>CITOLIVA is launching a pioneering line of research in 2026 based on advanced lipidomics techniques</t>
+  </si>
+  <si>
+    <t>The Foundation held its Board of Trustees meeting, where the roadmap for the coming year was presented. Among the main new developments, the launch of a new line of research in the field of food and health stood out, which will open new opportunities in the development of healthier and more functional foods. At the meeting, the Action Plan for 2026 was approved and the positions in its governing…</t>
+  </si>
+  <si>
+    <t>Wed, 12/17/2025 - 09:53</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/citoliva-launching-pioneering-line-research-2026-based-advanced-lipidomics-techniques</t>
+  </si>
+  <si>
     <t>The GO e-LocalHub launches its first video recipes to highlight native breeds</t>
   </si>
   <si>
     <t>The e-LocalHub Operational Group has published the first video recipes of the project, a gastronomic initiative aimed at bringing products from native breeds and traditional extensive livestock farming closer to the end consumer. The products are made with ingredients from the breeds participating in the project: Iberian pigs , Castellana Negra poultry , Avileña-Negra Ibérica cattle and Merino…</t>
   </si>
   <si>
     <t>Tue, 12/16/2025 - 15:13</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/go-e-localhub-launches-its-first-video-recipes-highlight-native-breeds</t>
   </si>
   <si>
     <t>The RFEAGAS 2025 Technical Conferences strengthen coordination and the future of selective breeding.</t>
   </si>
   <si>
     <t>The RFEAGAS 2025 Technical Conference brought together in Madrid breeders' associations, technicians and professionals from the sector with the aim of analyzing and updating the main challenges and opportunities of purebred livestock in Spain . The program addressed, from a technical and cross-cutting perspective, key issues such as animal health , genetic improvement , digitalization and data…</t>
   </si>
   <si>
     <t>Tue, 12/16/2025 - 14:15</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/rfeagas-2025-technical-conferences-strengthen-coordination-and-future-selective-breeding</t>
   </si>
   <si>
     <t>FutureFoodS launches its second transnational co-funded call to accelerate food sustainability</t>
@@ -3887,78 +4211,78 @@
   <si>
     <t>https://akisplataforma.es/en/news/european-council-approves-conclusions-strategy-long-term-vision-rural-areas-european-union</t>
   </si>
   <si>
     <t>The “We Grow Together” convention presents successful cases of female entrepreneurship in rural areas</t>
   </si>
   <si>
     <t>More support for rural areas The state meeting of rural women “Crecemos Juntas-Proyecto Mentoras Rurales” presented successful entrepreneurial experiences led by rural women in order to encourage revitalization in rural areas A documentary premiered at the convention with four success stories of women in the fields of livestock, agriculture, textiles and fishing. The Ministry of Agriculture,…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/we-grow-together-convention-presents-successful-cases-female-entrepreneurship-rural-areas</t>
   </si>
   <si>
     <t>The Secretary General of Agriculture and Food highlights the role of fertilization in achieving sustainable agriculture</t>
   </si>
   <si>
     <t>The Secretary General of Agriculture and Food, Fernando Miranda, today highlighted the role of fertilisation in achieving sustainable agriculture, since the application of nutrients to crops is essential for crop productivity and results in their profitability and sustainability. Fernando Miranda has spoken at the closing of the presentation of the results of the AgroSceNa-up project , which…</t>
   </si>
   <si>
     <t>Thu, 11/30/2023 - 11:02</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/secretary-general-agriculture-and-food-highlights-role-fertilization-achieving-sustainable</t>
   </si>
   <si>
+    <t>The Ministry of Agriculture, Fisheries and Food invests two million euros in modernization works for sustainable irrigation in Valderredible (Cantabria)</t>
+  </si>
+  <si>
+    <t>The Ministry of Agriculture, Fisheries and Food (MAPA), through the State Commercial Society of Agrarian Infrastructures (SEIASA), has formalized today two collaboration agreements with the irrigation communities of Ruijas-Ebro and Villamoñicos-Revelillas, in the municipality Cantabro of Valderredible to carry out modernization actions in these irrigation systems for a value of 2,000,000 euros (…</t>
+  </si>
+  <si>
+    <t>Mon, 07/24/2023 - 09:28</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/ministry-agriculture-fisheries-and-food-invests-two-million-euros-modernization-works</t>
+  </si>
+  <si>
+    <t>Luis Planas: Research and innovation are strategic tools for efficient food production</t>
+  </si>
+  <si>
+    <t>The Minister of Agriculture, Fisheries and Food, Luis Planas, has reiterated today that research, innovation and the application of new technologies are “essential strategic tools” that will allow more efficient food production, that consumes fewer resources, and that generates greater added value and better quality of life in rural areas.   The minister, who spoke today in Brussels at the EU…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/luis-planas-research-and-innovation-are-strategic-tools-efficient-food-production</t>
+  </si>
+  <si>
     <t>The Secretary General of Agriculture underlines the importance of restoring trade flows of food and fertilizers for global food security</t>
   </si>
   <si>
     <t>The Secretary General of Agriculture and Food, Fernando Miranda, today highlighted the need to restore trade flows of food and fertilizers to guarantee food security in the world, threatened by the war situation in Ukraine, and especially in the most vulnerable countries. . particularly indicating that it is necessary to maintain the Black Sea Grain Agreement, to guarantee trade in these products…</t>
   </si>
   <si>
-    <t>Mon, 07/24/2023 - 09:28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/en/news/secretary-general-agriculture-underlines-importance-restoring-trade-flows-food-and-fertilizers</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://akisplataforma.es/en/news/luis-planas-research-and-innovation-are-strategic-tools-efficient-food-production</t>
   </si>
   <si>
     <t>The VI Congress of “Culture and Ruralities” delves into the importance of culture for the identity of peoples</t>
   </si>
   <si>
     <t>More boost to rural areas  The sixth edition of the Culture and Ruralities Forum took place in Cuenca from July 4 to 7 Under the title of “Continuities-Discontinuities. Arts, creation and contemporary ruralities in Europe”, the forum has analyzed the influence of rural traditions on contemporary art This edition has coincided with the start of the Spanish Presidency of the Council of the…</t>
   </si>
   <si>
     <t>Mon, 07/17/2023 - 15:05</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/vi-congress-culture-and-ruralities-delves-importance-culture-identity-peoples</t>
   </si>
   <si>
     <t>The FitoNet Operational Group launches the development of a social network on plant genetic biodiversity</t>
   </si>
   <si>
     <t>More boost to rural areas The GO FitoNet Operational Group was created to improve the supply of genetic varieties and promote the use of crop biodiversity Its purpose is to provide information and resources to promote the use of a greater genetic variety that enhances the quality of plant products. 06/19/2023 . “ Biodiversity ” is not an empty concept nor does it refer only to the world of…</t>
   </si>
   <si>
     <t>Fri, 07/07/2023 - 14:40</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/fitonet-operational-group-launches-development-social-network-plant-genetic-biodiversity</t>
   </si>
@@ -4324,215 +4648,215 @@
   <si>
     <t>Earlier this year the FAIRshare project added a new Assessment Tool to the FAIRshare DATS Inventory. The aim of the Assessment tool is to help farm advisors to evaluate and select the most appropriate DATS to help them to meet their needs. The tool works by evaluating selected tools using a uniform set of criteria, which has been tried and tested with farm advisors from the different regions of…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/new-online-version-fairshare-dats-assessment-tool</t>
   </si>
   <si>
     <t>The National Rural Network holds the fifth meeting of the partnership to present the main news on the CAP Strategic Plan 2023 – 2027</t>
   </si>
   <si>
     <t>The National Rural Network holds the fifth meeting of the partnership to present the main news on the CAP Strategic Plan 2023 – 2027 asimon Thu, 03/11/2022 - 16:35 The members of the Partnership are invited to a new information and debate day on the CAP Strategic Plan 2023-2027 for Spain The Plan partnership brings together interested entities and associations and its main objective is to inform…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/national-rural-network-holds-fifth-meeting-partnership-present-main-news-cap-strategic-plan</t>
   </si>
   <si>
     <t>The National Rural Network shows the existing projects in the territories with a gender and conciliation perspective</t>
   </si>
   <si>
     <t>The National Rural Network shows the existing projects in the territories with a gender and conciliation perspective asimon Wed, 02/11/2022 - 08:00 The National Rural Network (RRN) organizes the conference “Exchange of LEADER experiences: rural women in the areas of conciliation, co-responsibility, gender perspective, social economy and sustainability” The meeting is framed within the actions of…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/national-rural-network-shows-existing-projects-territories-gender-and-conciliation-perspective</t>
   </si>
   <si>
+    <t>The “European CAP Network” is born</t>
+  </si>
+  <si>
+    <t>The “European CAP Network” is born asimon Thu, 10/20/2022 - 09:52 The “European CAP Network” is the continuation of the European Network for Rural Development (ENRD) under the framework of the new PEPAC 23-27 It will bring together the new “CAP National Networks”, known until now as national rural development networks, under a single network at European level. In this way, new agricultural…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/european-cap-network-born</t>
+  </si>
+  <si>
+    <t>The “European Rural Inspiration Awards” 2022 recognize projects led by rural young people</t>
+  </si>
+  <si>
+    <t>The “European Rural Inspiration Awards” 2022 recognize projects led by rural young people asimon Thu, 10/13/2022 - 13:41 The IV edition of the “Rural Inspiration Awards 2022” – organized by the European Rural Development Network – announces the projects benefiting from aid from the European Agricultural Fund for Rural Development (EAFRD) for the period 2014-2020 This year the awards have been…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/european-rural-inspiration-awards-2022-recognize-projects-led-rural-young-people</t>
+  </si>
+  <si>
+    <t>Cross visit of Hungarian advisors in Germany (Niederalteich) within the framework of the i2connect project</t>
+  </si>
+  <si>
+    <t>What is NAK's role in i2connect? (NAK) has been an active member of the international i2connect H2020 project as a consortium partner for two and a half years. The project , which started in November 2019, addresses agricultural advisors building on the already existing advisory networks and realized success stories , with an approach in which innovation is a bottom-up initiative . Particular…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/cross-visit-hungarian-advisors-germany-niederalteich-within-framework-i2connect-project</t>
+  </si>
+  <si>
+    <t>Inspirational ideas: French farmers establish local value chain with wood from hedgerows</t>
+  </si>
+  <si>
+    <t>Barbecue season is approaching! And that is good news for the farmers of the ‘Association Bois Paysan’ in the French Cévennes region, who established a local collective that produces logs, woodchips and “barbecue wood” from old hedgerows on their farmlands.
+The idea for the wood producing collective originated a few years ago when a number of farmers and breeders from the Cévennes attended an…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/inspirational-ideas-french-farmers-establish-local-value-chain-wood-hedgerows</t>
+  </si>
+  <si>
+    <t>Inspirational ideas: Data-based decisions for better farming</t>
+  </si>
+  <si>
+    <t>Farmers are increasingly using new technologies to gather and process data to deliver economic and environmental insights and increase farm performance. Smart ways to collect, manage and share data can help farmers work more precisely, efficiently and sustainably. The Swedish innovative project ‘Better decisions for cultivation strategy’ is creating a digital data service for farmers, advisors…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/inspirational-ideas-data-based-decisions-better-farming</t>
+  </si>
+  <si>
+    <t>Inspirational ideas: Mobile technology to prevent wolf attacks</t>
+  </si>
+  <si>
+    <t>A growing wolf population is increasingly causing problems for Spanish extensive livestock farmers. Operational Group GELOB has developed and tested a technological solution that can help monitor grazing animals and keep them safe from attacks.
+Wolf attacks cause millions of euros worth of damage to Spanish livestock every year. Especially in remote mountain areas, extensive livestock farmers…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/inspirational-ideas-mobile-technology-prevent-wolf-attacks</t>
+  </si>
+  <si>
+    <t>Managing emerging forest pests and diseases</t>
+  </si>
+  <si>
+    <t>In the last few decades, a growing number of native and non-native pests and diseases have caused severe losses to European forests. Horizon 2020 multi-actor project HOMED is developing science-based, practical methods and tools to assess and control emerging or invasive forest pests and pathogens.
+“Insect pests and fungal pathogens may be harmless in their place of origin but very damaging when…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/managing-emerging-forest-pests-and-diseases</t>
+  </si>
+  <si>
+    <t>Demonstrating that IPM works</t>
+  </si>
+  <si>
+    <t>IPMWORKS is a Horizon 2020 project which aims to demonstrate ways to significantly reduce pesticides in all European agricultural sectors. It is a network of demonstration farm hubs giving farmers the opportunity to exchange knowledge about non-chemical methods to control pests and reduce pest pressure. 21 hubs are now installed in 14 European countries promoting the adoption of Integrated Pest…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/news/demonstrating-ipm-works</t>
+  </si>
+  <si>
     <t>The BIOFRUITNET Operational Group promotes innovation in the production of European organic fruits</t>
   </si>
   <si>
     <t>The BIOFRUITNET Operational Group promotes innovation in the production of European organic fruits asimon Fri, 10/28/2022 - 07:09 The BIOFRUITNET Operational Group (GO) project aims to strengthen and generate new networks between the different European actors involved Its objective is the dissemination of knowledge about the cultivation of organic fruits to make them known in countries of the…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/biofruitnet-operational-group-promotes-innovation-production-european-organic-fruits</t>
   </si>
   <si>
     <t>Rural youth associations present their projects at the Presura fair with the help of the National Rural Network</t>
   </si>
   <si>
     <t>Rural youth associations present their projects at the Presura fair with the help of the National Rural Network asimon Thu, 10/27/2022 - 11:11 The “Youth in REDada” initiative of the National Rural Network (RRN) aims to make youth associations visible to motivate youth associations in projects that have an impact on rural areas. The (RRN) has selected several works of youth associations for their…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/rural-youth-associations-present-their-projects-presura-fair-help-national-rural-network</t>
   </si>
   <si>
     <t>The National Rural Network becomes the National CAP Network</t>
   </si>
   <si>
     <t>The National Rural Network becomes the National Network of the CAP asimon Tue, 10/25/2022 - 10:28 The National Rural Network holds its last assembly before its conversion The new CAP Strategic Plans transform all the rural networks of the member states into national CAP networks The National CAP Network becomes the new umbrella of rural development and agricultural policies together The National…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/national-rural-network-becomes-national-cap-network</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://akisplataforma.es/en/news/european-rural-inspiration-awards-2022-recognize-projects-led-rural-young-people</t>
   </si>
   <si>
     <t>The Ministry of Agriculture, Fisheries and Food organizes the fifth edition of the National Film and Rural Women Series</t>
   </si>
   <si>
     <t>October 10, 2022 The exhibition will reach 70 locations spread across the 17 autonomous communities and can be followed online in 8 Central American countries. The Ministry of Agriculture, Fisheries and Food organizes the fifth edition of the National Cycle of Cinema and Rural Women, which will be held between October 11 and November 24, and will reach 70 locations throughout the national…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/ministry-agriculture-fisheries-and-food-organizes-fifth-edition-national-film-and-rural-women</t>
   </si>
   <si>
     <t>Competition for the best practical case of supporting innovation in Europe</t>
   </si>
   <si>
     <t>We are looking for agricultural and forestry advisors with a success story to share! The times they Are a changing! Across Europe, agricultural and forestry businesses face significant economic, and environmental challenges, as well as unprecedented opportunities. Innovation is a key factor in continually adapting to these diverse and sometimes contradictory challenges and seizing new…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/competition-best-practical-case-supporting-innovation-europe</t>
   </si>
   <si>
     <t>The V edition of the national cycle of "Cinema and Rural Women" brings cinema to 70 rural towns in Spain</t>
   </si>
   <si>
     <t>The V edition of the national cycle of "Cinema and Rural Women" brings cinema to 70 rural towns in Spain asimon Fri, 07/10/2022 - 10:13 The Ministry of Agriculture, Fisheries and Food organizes the fifth edition of the National Film and Rural Women Series This year it takes place between October 11 and November 24 The exhibition will take the cinema to 70 locations spread throughout the national…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/v-edition-national-cycle-cinema-and-rural-women-brings-cinema-70-rural-towns-spain</t>
   </si>
   <si>
     <t>The Ministry of Agriculture, Fisheries and Food selects the winners of the "Awards of Excellence for Innovation for Rural Women"</t>
   </si>
   <si>
     <t>The Ministry of Agriculture, Fisheries and Food selects the winners of the "Excellence Awards for Innovation for Rural Women" asimon Fri, 07/10/2022 - 06:58 The XIII Excellence Awards for Innovation for Rural Women reward 13 different initiatives to give visibility to the work of rural women The support is provided to show the diversification of economic activity and entrepreneurial actions…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/ministry-agriculture-fisheries-and-food-selects-winners-awards-excellence-innovation-rural</t>
   </si>
   <si>
     <t>Apply for the EU Cap Network workshop ‘Young entrepreneurs – Engines of innovation in rural areas’</t>
   </si>
   <si>
     <t>The EU CAP Network workshop ‘Young entrepreneurs – Engines of innovation in rural areas’ is one-and-a-half day event, taking place in Dublin, Ireland, on Wednesday 30 November and Thursday 1 December 2022.
 The workshop will focus on exchanging knowledge and sharing innovative, inspirational practices that can support young entrepreneurship and innovation ecosystems in rural areas and we are…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/apply-eu-cap-network-workshop-young-entrepreneurs-engines-innovation-rural-areas</t>
   </si>
   <si>
-    <t>Cross visit of Hungarian advisors in Germany (Niederalteich) within the framework of the i2connect project</t>
-[...46 lines deleted...]
-  <si>
     <t>Inspirational ideas: Joining forces for water-related ecosystem services</t>
   </si>
   <si>
     <t>The middle Brenta river plain in the Italian Veneto region forms a rich ecosystem with environmental, cultural, recreational and agricultural value. Under the title ‘Parco Fiume Brenta’, a LIFE project and Operational Group are working in close synergy to manage the Brenta water resources in a sustainable way. 
 The Brenta river plain is an ecological corridor for biodiversity, recognised as a…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/inspirational-ideas-joining-forces-water-related-ecosystem-services</t>
   </si>
   <si>
     <t>Accelerating positive change in the food system</t>
   </si>
   <si>
     <t>The new EIT Food Open Innovation Call will fund collaborative food innovation projects that will create positive change in the food system. The proposals must aim to result in commercially viable products and services which help to secure a healthier, fairer, more transparent and resilient food system for all. Join the webinar for information on 16 September. Call deadline 14 October. Apply now.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/accelerating-positive-change-food-system</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://akisplataforma.es/en/news/demonstrating-ipm-works</t>
   </si>
   <si>
     <t>The European Leadership Academy creates the “Women's Academy for Rural Innovation”</t>
   </si>
   <si>
     <t>The European Leadership Academy creates the “Women's Academy for Rural Innovation” asimon Mon, 09/19/2022 - 12:54 The program will host 15 women from different European rural areas to acquire the necessary skills and tools that will allow them to start digital businesses from their own towns. The inauguration will take place in Candeleda (Castilla y León) from October 23 to 28, 2022 The…</t>
   </si>
   <si>
     <t>Tue, 11/08/2022 - 13:16</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/european-leadership-academy-creates-womens-academy-rural-innovation</t>
   </si>
   <si>
     <t>EFSA recommendations to improve animal welfare during transport</t>
   </si>
   <si>
     <t>According to recommendations published by EFSA, it is necessary to provide more space, reduce maximum temperatures and keep travel times to a minimum to improve the welfare of farm animals during transport. EFSA provides its recommendations to the European Commission in a series of five scientific opinions intended to support its ongoing review of animal welfare legislation in the European Union…</t>
   </si>
   <si>
     <t>Mon, 10/10/2022 - 15:50</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/news/efsa-recommendations-improve-animal-welfare-during-transport</t>
   </si>
@@ -5169,54 +5493,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D416"/>
+  <dimension ref="A1:D443"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D416"/>
+      <selection activeCell="A1" sqref="A1:D443"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="237.085" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="474.17" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -7175,429 +7499,429 @@
       <c r="C141" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>564</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>565</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="B143" s="1"/>
+      <c r="B143" s="1" t="s">
+        <v>569</v>
+      </c>
       <c r="C143" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="B170" s="1" t="s">
         <v>676</v>
       </c>
+      <c r="B170" s="1"/>
       <c r="C170" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>679</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>683</v>
       </c>
@@ -9641,1412 +9965,1790 @@
         <v>1266</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1339</v>
+        <v>1353</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1339</v>
+        <v>1357</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1349</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1339</v>
+        <v>1361</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1355</v>
+        <v>1365</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1355</v>
+        <v>1369</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1359</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1360</v>
+        <v>1371</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1355</v>
+        <v>1373</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1365</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1366</v>
+        <v>1379</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1367</v>
+        <v>1380</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1368</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1369</v>
+        <v>1382</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1370</v>
+        <v>1383</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1374</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1377</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1378</v>
+        <v>1392</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1379</v>
+        <v>1393</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1380</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1381</v>
+        <v>1395</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1382</v>
+        <v>1396</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1355</v>
+        <v>1397</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1383</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1385</v>
+        <v>1400</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1386</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1387</v>
+        <v>1403</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1388</v>
+        <v>1404</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1389</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1390</v>
+        <v>1406</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1391</v>
+        <v>1407</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1392</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1393</v>
+        <v>1409</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1394</v>
+        <v>1410</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1355</v>
+        <v>1411</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1396</v>
+        <v>1413</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1397</v>
+        <v>1414</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1355</v>
+        <v>1415</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1398</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1399</v>
+        <v>1417</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1400</v>
+        <v>1418</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1355</v>
+        <v>1419</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1401</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1402</v>
+        <v>1421</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1403</v>
+        <v>1422</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1355</v>
+        <v>1423</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1404</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1405</v>
+        <v>1425</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1406</v>
+        <v>1426</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1355</v>
+        <v>1427</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1407</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1408</v>
+        <v>1429</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1409</v>
+        <v>1430</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1355</v>
+        <v>1431</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1410</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1411</v>
+        <v>1433</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1412</v>
+        <v>1434</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1355</v>
+        <v>1435</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1413</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1414</v>
+        <v>1437</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1415</v>
+        <v>1438</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1355</v>
+        <v>1439</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1416</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1417</v>
+        <v>1441</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1418</v>
+        <v>1442</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1355</v>
+        <v>1443</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1419</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1420</v>
+        <v>1445</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1421</v>
+        <v>1446</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1422</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1423</v>
+        <v>1449</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1424</v>
+        <v>1450</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1425</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1426</v>
+        <v>1452</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1427</v>
+        <v>1453</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1428</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1429</v>
+        <v>1455</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1430</v>
+        <v>1456</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1431</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1432</v>
+        <v>1458</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1433</v>
+        <v>1459</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1434</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1435</v>
+        <v>1461</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1436</v>
+        <v>1462</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1437</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1438</v>
+        <v>1465</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1439</v>
+        <v>1466</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1440</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1441</v>
+        <v>1468</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1442</v>
+        <v>1469</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1443</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1444</v>
+        <v>1471</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1445</v>
+        <v>1472</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1446</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1447</v>
+        <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1448</v>
+        <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1449</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1450</v>
+        <v>1477</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1451</v>
+        <v>1478</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1452</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1453</v>
+        <v>1480</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1454</v>
+        <v>1481</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1455</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1456</v>
+        <v>1483</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1457</v>
+        <v>1484</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1458</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1459</v>
+        <v>1486</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1460</v>
+        <v>1487</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1461</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1462</v>
+        <v>1489</v>
       </c>
       <c r="B378" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C378" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="C378" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D378" s="1" t="s">
-        <v>1464</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1465</v>
+        <v>1492</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1466</v>
+        <v>1493</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1467</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1468</v>
+        <v>1495</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1469</v>
+        <v>1496</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1470</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1471</v>
+        <v>1498</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1472</v>
+        <v>1499</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1473</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1474</v>
+        <v>1501</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1475</v>
+        <v>1502</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1476</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1477</v>
+        <v>1504</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1478</v>
+        <v>1505</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1479</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1480</v>
+        <v>1507</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1481</v>
+        <v>1508</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1482</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1483</v>
+        <v>1510</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1484</v>
+        <v>1511</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1485</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1486</v>
+        <v>1513</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1487</v>
+        <v>1514</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1488</v>
+        <v>1463</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1489</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1490</v>
+        <v>1516</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1491</v>
+        <v>1517</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1493</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1495</v>
+        <v>1520</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1496</v>
+        <v>1463</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1497</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1498</v>
+        <v>1522</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1499</v>
+        <v>1523</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1500</v>
+        <v>1463</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1501</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1502</v>
+        <v>1525</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1503</v>
+        <v>1526</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1504</v>
+        <v>1463</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1505</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1506</v>
+        <v>1528</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1507</v>
+        <v>1529</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1508</v>
+        <v>1463</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1512</v>
+        <v>1463</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1513</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1516</v>
+        <v>1463</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1520</v>
+        <v>1463</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1521</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1522</v>
+        <v>1540</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1523</v>
+        <v>1541</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1524</v>
+        <v>1463</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1528</v>
+        <v>1463</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1533</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1535</v>
+        <v>1550</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1536</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1537</v>
+        <v>1552</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1538</v>
+        <v>1553</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1539</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1540</v>
+        <v>1555</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1541</v>
+        <v>1556</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1542</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1543</v>
+        <v>1558</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1544</v>
+        <v>1559</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1545</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1546</v>
+        <v>1561</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1547</v>
+        <v>1562</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1548</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1549</v>
+        <v>1564</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1550</v>
+        <v>1565</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1551</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1552</v>
+        <v>1567</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1553</v>
+        <v>1568</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1555</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1556</v>
+        <v>1570</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1557</v>
+        <v>1571</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1558</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1559</v>
+        <v>1573</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1560</v>
+        <v>1574</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1561</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1562</v>
+        <v>1576</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1563</v>
+        <v>1577</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1564</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1565</v>
+        <v>1579</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1566</v>
+        <v>1580</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1567</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1568</v>
+        <v>1582</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1569</v>
+        <v>1583</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1570</v>
+        <v>1463</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1578</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1579</v>
+        <v>1591</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1580</v>
+        <v>1592</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1581</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1574</v>
+        <v>1596</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1585</v>
+        <v>1598</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1586</v>
+        <v>1599</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1574</v>
+        <v>1600</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1587</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1589</v>
+        <v>1603</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1574</v>
+        <v>1604</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1590</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1591</v>
+        <v>1606</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1592</v>
+        <v>1607</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1574</v>
+        <v>1608</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1593</v>
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1701</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>