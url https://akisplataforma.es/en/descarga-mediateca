--- v0 (2025-11-30)
+++ v1 (2026-02-11)
@@ -12,70 +12,1276 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mediateca" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3926">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4209">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Más información</t>
   </si>
   <si>
+    <t>Management of Iberian pigs in pastures</t>
+  </si>
+  <si>
+    <t>Publications</t>
+  </si>
+  <si>
+    <t>The Dehesa or pastureland system is a livestock agroecosystem comprised of two basic components: the tree (usually Quercus sp.) and the vegetation cover (grass and scrubland). Extensive livestock farming (cattle, sheep, and Iberian pigs) takes advantage of their products. Of the livestock species mentioned above, the Iberian pig is perfectly linked and integrated with the pastureland and its uses, traditionally referred to as "the lord of the pasture." Thus, the Iberian pig and the pastureland form an inseparable pairing, and today it is a benchmark in terms of food quality.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/58c3d7c9-5dde-46e5-9534-c8ec8d6632a1</t>
+  </si>
+  <si>
+    <t>Impact of Different Dehesa Conservation Actions on the Sector and Society of Andalusia</t>
+  </si>
+  <si>
+    <t>Results of the evaluation carried out on the impact of the actions carried out by the LIFE+ Biodehesa Project in Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2288d79a-72c1-4453-9ea7-9c93f994dd2b</t>
+  </si>
+  <si>
+    <t>Cider Brandy Production Manual</t>
+  </si>
+  <si>
+    <t>The main objective of making a spirit is to obtain a high-proof beverage by distilling a lower-proof spirit. Therefore, any raw material capable of undergoing alcoholic fermentation can be used to produce a spirit.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Manual+de+elaboraci%C3%B3n+de+aguardiente+de+sidra.pdf/82e61477-2503-c91a-466e-e1512b10c351?t=1729770338719</t>
+  </si>
+  <si>
+    <t>INFOVI: Market Information System for the Wine Sector</t>
+  </si>
+  <si>
+    <t>Video and TV channel online</t>
+  </si>
+  <si>
+    <t>Behind every bottle of wine there is much more than grapes and vineyards. Tradition, effort, and constant work sustain the wine sector. Today, thanks to the INFOVI system, Spanish wine has greater transparency and real-time data to make better decisions.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=hVLxMmuBknM</t>
+  </si>
+  <si>
+    <t>Agricultural Operation Logbook</t>
+  </si>
+  <si>
+    <t>The Digital Farm Logbook (CUE) is one of the tools aimed at agricultural professionals to optimize their production and simplify farm management. It involves switching from the traditional paper-based farm logbook to a digital format that allows farmers to make better use of the information they generate and transmit it to government agencies electronically. Following the latest modifications to the CAP Strategic Plan 2023-2027, its use is voluntary, and applications have been made available to easily make entries anytime, anywhere, with flexibility. The Departments of Agriculture of the autonomous communities provide the necessary information for users who want to learn how to implement the CUE.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=MZ1SwK7T0nA</t>
+  </si>
+  <si>
+    <t>Sustainable agriculture and eco-regimes: practices that care for the countryside and receive European support</t>
+  </si>
+  <si>
+    <t>Did you know you can protect the environment and receive direct aid? Eco-schemes are voluntary practices that improve environmental and climate performance in agriculture. In this video from the CAP Network, we show you two real-world examples of good practices applicable to eco-schemes.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=j1hA5YwST8g</t>
+  </si>
+  <si>
+    <t>Insecticide resistance management for the chemical control of Scirtothrips aurantii</t>
+  </si>
+  <si>
+    <t>Workshop on new thrips in citrus</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/manejo-de-resistencias-a-insecticidas-para-el-control-qu%C3%ADmico-de-scirtothrips-aurantii?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Livestock management regulations</t>
+  </si>
+  <si>
+    <t>Livestock farming in Spain is subject to increasingly standardized regulations in line with European guidelines. This video explains the rationale behind these livestock management regulations, which aim to consolidate all requirements for livestock professionals, facilitate their work, increase efficiency, and ensure sustainability. They adopt a comprehensive approach that promotes food quality and safety, reduces environmental impact, and enhances animal welfare.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=jlrBSPSNV9Y</t>
+  </si>
+  <si>
+    <t>Management strategies for Scirtothrips aurantii in citrus fruits of the Valencian Community</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/estrategias-de-manejo-de-scirtothrips-aurantii-en-c%C3%ADtricos-de-la-comunitat-valenciana?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Host plants of Scirtothrips aurantii in the Valencian Community</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/plantas-hospederas-de-scirtothrips-aurantii-en-la-comunitat-valenciana-1?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Vertical and hydroponic farming: Cajamar's research to produce more with less</t>
+  </si>
+  <si>
+    <t>At the Cajamar Experimental Center (Paiporta, Valencia), they have been working for years on soilless horticultural production systems. On this occasion, its director, Carlos Baixauli, presents research that combines vertical farming and high-efficiency hydroponic systems, two technologies that aim to maximize production in small spaces, reduce consumption, and improve sustainability.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/cultivo-vertical-hidroponico-investigacion-centro-experiencias-cajamar-producir-con-menos</t>
+  </si>
+  <si>
+    <t>Pest and disease management strategies in persimmon</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/dra.-patricia-chueca-centro-de-agroingenier%C3%ADa-ivia-claves-para-tratamientos-fitosanitarios-eficientes-en-caqui-1?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Workshop on Kiwi Cultivation</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/jornada-sobre-el-cultivo-del-kiwi?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Integrated management of mealybugs in persimmon</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/gesti%C3%B3n-integrada-de-cotonets?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>First steps towards integrated management of Scirtothrips aurantii in persimmon</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/dr.-c%C3%A9sar-monz%C3%B3-centro-protecci%C3%B3n-vegetal-y-biotecnolog%C3%ADa-ivia-primeras-bases-para-la-gesti%C3%B3n-integrada-de-scirtothrips-aurantii?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Biology, ecology and control methods of Scirtothrips aurantii in citrus</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/biolog%C3%ADa-ecolog%C3%ADa-y-m%C3%A9todos-de-control-de-scirtothrips-aurantii-en-c%C3%ADtricos?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Presentation of the Conference on new thrips in citrus by the Regional Secretary and the Director of IVIA</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/presentaci%C3%B3n-de-la-jornada-nuevos-trips-en-c%C3%ADtricos-por-el-secretario-auton%C3%B3mico-y-el-director-del-ivia?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Biological control in persimmon: Cajamar and Agrobío opt for combined strategies for sustainable cultivation</t>
+  </si>
+  <si>
+    <t>Hedges, ground cover, and the release of beneficial insects become key allies in reducing the use of chemicals and protecting biodiversity in this crop.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/control-biologico-caqui-cajamar-agrobio-apuestan-estrategias-combinadas-cultivo-sostenible</t>
+  </si>
+  <si>
+    <t>Regenerative Viticulture</t>
+  </si>
+  <si>
+    <t>Importance of microbiology in agricultural soils</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=jWwBA7NMK1Q</t>
+  </si>
+  <si>
+    <t>Regulations for the marketing of legally harvested wood products: EUTR Reg. - FLEGT</t>
+  </si>
+  <si>
+    <t>Information on the obligations of importers, owners and auctioneers in the framework of the application of the European Union timber regulations, and the future framework for combating deforestation.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=zF__omXNvik</t>
+  </si>
+  <si>
+    <t>Agroecology, the agriculture of the future</t>
+  </si>
+  <si>
+    <t>A talk by Miguel Altieri. Agroecology is the only alternative to address the current global food crisis. There is a clash between industrial agriculture and peasant agriculture. We must choose peasant agriculture because it currently produces 70% of the food we consume, because it is sustainable, resilient, and will help mitigate climate change.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/video-agroecologia-la-agricultura-del-futuro-miguel-altieri/</t>
+  </si>
+  <si>
+    <t>Biodynamic agriculture conference</t>
+  </si>
+  <si>
+    <t>Conference on biodynamic agriculture by Ms. Marisol Garrido, Director of Demeter Certification Spain.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/conferencia-de-agricultura-biodinamica//</t>
+  </si>
+  <si>
+    <t>Practical guide for sowing holm oak acorns</t>
+  </si>
+  <si>
+    <t>The conservation and renewal of holm oaks and cork oaks is essential for the survival of the Mediterranean sclerophyllous forest, which is the most abundant forest formation in Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7c258946-6e55-4f46-b92f-0d482607a9b0</t>
+  </si>
+  <si>
+    <t>Behavior of new almond varieties in the Cartagena countryside</t>
+  </si>
+  <si>
+    <t>The rise in almond prices in recent years, a consequence of strong global demand, is causing a revolution in this crop, with a significant increase in the cultivated area in Spain. In this context, and with the aim of expanding into colder regions, the research centers CEBAS (Murcia), CITA (Aragon), IRTA (Catalonia), and INRA (France) have made new self-compatible almond varieties available to farmers, including those with late or extra-late flowering. Late flowering is not a significant factor in our climatic conditions in the Campo de Cartagena region, with its very low risk of frost. Therefore, native varieties such as 'Peraleja', 'Ramillete', 'Colorada', and 'Garrigues' have continued to be cultivated due to their hardiness and almond quality. However, pollination problems frequently arise in irrigated orchards with these traditional varieties, which we believe would be reduced by using self-compatible varieties.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-de-nuevas-variedades-de-almendro-en-el-campo-de-cartagena/</t>
+  </si>
+  <si>
+    <t>Performance of traditional tomato varieties in coconut fiber under greenhouse conditions in the Campo de Cartagena</t>
+  </si>
+  <si>
+    <t>The aim of this study is to determine the performance of different traditional tomato cultivars, sourced from the germplasm bank of the Murcia Institute of Agricultural and Food Research and Development (IMIDA), known as BAGERIM, and the Torre-Pacheco Integrated Center for Agricultural Training and Experiences (CIFEA de Torre-Pacheco), intended for fresh consumption. These tomatoes were grown on coconut fiber in an unheated greenhouse between January and July. The performance of 25 different tomato cultivars—cherry, pear, kumato, plump, smooth, and ribbed—was evaluated over five years.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-de-variedades-tradicionales-de-tomate-en-fibra-de-coco-bajo-invernadero-en-el-campo-de-cartagena/</t>
+  </si>
+  <si>
+    <t>Plant conservation structures and nutrient retention surfaces of Law 3/2020 of the Mar Menor</t>
+  </si>
+  <si>
+    <t>This book presents the results of several demonstration plots implemented at the CIFEA research center in Torre-Pacheco. These plots focused on two types of vegetation: Vegetative Barrier and Conservation Structures (VBS) and Nutrient Retention Surfaces (5%), both of which are mandated by Law 3/2020 for the recovery and protection of the Mar Menor lagoon. The objective was to assess the ease or difficulty of implementing these surfaces and VBS, as well as to evaluate their installation and maintenance costs, by testing different types of VBS and plant species on nutrient retention surfaces.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/las-estructuras-vegetales-de-conservacion-y-las-superficies-de-retencion-de-nutrientes-de-la-ley-3-2020-del-mar-menor/</t>
+  </si>
+  <si>
+    <t>Agronomic Behavior and Characterization of Different Pomegranate Varieties in the Huerta Region of Murcia</t>
+  </si>
+  <si>
+    <t>Seven pomegranate varieties are being studied on a collaborating farm located in the Murcian district of Cabezo de Torres, within the jurisdiction of the Huerta de Murcia Regional Agricultural Office. This publication compiles the field data on the agronomic performance and characteristics of these varieties in order to disseminate the information obtained to both technicians and farmers interested in cultivating this species.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-agronomico-y-caracterizacion-de-distintas-variedades-de-granado-en-la-comarca-de-la-huerta-de-murcia/</t>
+  </si>
+  <si>
+    <t>Wine sector intervention</t>
+  </si>
+  <si>
+    <t>Wine sector intervention, Interventions within the framework of the CAP Strategic Plan</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/TRIPTICO_VITIVINICOLA.pdf</t>
+  </si>
+  <si>
+    <t>Report on good business practices and agri-food projects in rural areas</t>
+  </si>
+  <si>
+    <t>When mainstream media discuss sustainability, it often seems that one of its pillars, the economic one, is barely mentioned, overshadowed by the greater external impact of the other two: the environmental and the social. However, all three components are essential if a business activity or project is to be truly successful and sustainable over time—the variable that will ultimately determine its viability.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_buenas_practicas_agroalimentarias.pdf</t>
+  </si>
+  <si>
+    <t>Report on operational programs of fruit and vegetable producer organizations (OPFH) and their associations (AOPFH)</t>
+  </si>
+  <si>
+    <t>Fruit and vegetable producer organizations and their associations (OPFH and AOPFH) are a fundamental element of the 2023-2027 CAP aid scheme, through their own sectoral intervention (the Fruit and Vegetable Sectoral Intervention, ISFH) in Spain. Our country is the leading European producer of fruit and vegetables and the fourth largest exporter worldwide, and it does so with a wide variety of production and marketing schedules. A testament to their internal importance within the sector is that the nearly 500 OPFH and their associations market just over 50% of Spain's fruit and vegetable production.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_programas_operativos_de_opfh_y_aopfh.pdf</t>
+  </si>
+  <si>
+    <t>Report on good environmental practices in rural areas</t>
+  </si>
+  <si>
+    <t>Agriculture and the environment can not only coexist, but are the best allies for ensuring each other's future. However, when agriculture develops at the expense of the environment (depleting resources, altering biodiversity, generating waste, etc.), or does so with energy consumption that is unsustainable in climate terms, the degraded natural environment ends up making the development of agriculture unfeasible or extremely difficult.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_buenas_practicas_medioambientales.pdf</t>
+  </si>
+  <si>
+    <t>The challenges and opportunities of the Spanish cheese sector</t>
+  </si>
+  <si>
+    <t>The challenges and opportunities of the Spanish cheese sector is a publication, promoted by Cajamar, with the collaboration of the Interprofessional Dairy Organization (InLac), intended to be a reference text for anyone interested in the world of cheese, whether from a social perspective as a consumer, a technological perspective as a producer, an economic perspective as a producer or marketer, or as a food that promotes rural development and generates added value.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/retos-desafios-sector-quesero-espanol</t>
+  </si>
+  <si>
+    <t>Agri-food research and innovation systems worldwide</t>
+  </si>
+  <si>
+    <t>Cajamar celebrates 50 years of commitment to agricultural research by publishing a work that transcends mere commemoration to become a key reference tool. Coordinated by Tomás García Azcárate, one of the most respected agricultural economists in Europe, this monograph brings together international experts to map the current state of agri-food R&amp;D&amp;I in the world's leading innovation hubs. The book starts from a premise that is now universally accepted: the global food system must produce more and better food in a context of accelerated climate change and increasingly limited natural resources. The good news, according to the authors, is that this challenge is perfectly achievable. The bad news is that achieving it requires research and innovation systems that operate with an efficiency we have not yet reached.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/sistemas-investigacion-innovacion-agroalimentaria-mundo</t>
+  </si>
+  <si>
+    <t>Microbiological techniques to address climate change in the wine industry</t>
+  </si>
+  <si>
+    <t>Over the last few decades, it has become clear that wines from current and future harvests will undergo chemical and microbiological alterations due to the effects of climate change. Changes in grape ripening are producing musts with higher sugar concentrations and lower acidity, resulting in wines with higher alcohol levels and less freshness on the palate.</t>
+  </si>
+  <si>
+    <t>https://vitec.wine/wp-content/uploads/2025/02/Poster-lowph-def-2.pdf</t>
+  </si>
+  <si>
+    <t>Feasibility study on the use of ATR-FTIR spectroscopy as a tool for estimating polysaccharides in wine</t>
+  </si>
+  <si>
+    <t>Polysaccharides are the main colloidal macromolecules present in wine. These compounds play a fundamental role in stabilizing other molecules in solution, thus modifying the wine's processing and organoleptic properties. Various analytical techniques have been proposed for their determination. However, most are complex and time-consuming. To overcome these drawbacks, Fourier transform infrared spectroscopy (FTIR) offers a rapid and non-destructive method for estimating polysaccharides in wine.</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/science/article/pii/S0144861722002697</t>
+  </si>
+  <si>
+    <t>Oenological suitability of native yeast strains for the production of 'Verdejo' wine</t>
+  </si>
+  <si>
+    <t>The use of indigenous yeasts in wine production is a tool for preserving the typicity of a particular region. Selecting appropriate indigenous yeasts ensures the maintenance of oenological characteristics by simulating spontaneous alcoholic fermentation (SF) while avoiding the risks of stalled or slow fermentations. In this study, indigenous yeasts were selected, identified, and characterized from Verdejo grape must (Rueda Designation of Origin) to exploit the characteristics of the terroir.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2304-8158/12/9/1888</t>
+  </si>
+  <si>
+    <t>Selection and use of wild strains of Lachancea thermotolerans from the Rioja DOC with bioacidifying capacity as a strategy to mitigate the effects of climate change in the wine industry</t>
+  </si>
+  <si>
+    <t>Wine is an alcoholic product that has been produced worldwide for millennia with very few changes to its production process until the last century. Over the past few decades, grapevines have been affected by climate change as multiple climacteric crops, and consequently, the composition of grape must and the final wine is changing. The combined effect of rising temperatures and advanced phenology affects the composition of the berries, increasing sugar content, decreasing organic acid concentrations, and altering the compositions of secondary metabolites and aroma precursors. Therefore, wines produced under these new climatic conditions tend to have low acidity, high alcohol content, high pH, and variations in several parameters, such as color and phenolic compounds.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2306-5710/11/3/70</t>
+  </si>
+  <si>
+    <t>fertigation of the lemon tree</t>
+  </si>
+  <si>
+    <t>Fertigation is the technique that allows the distribution of fertilizers dissolved in irrigation water. This technique, which can be used with various irrigation systems, is widely used in drip irrigation.</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/descarga?ARCHIVO=Publicacion_La%20fertirrigacion%20en%20el%20limonero.pdf&amp;ALIAS=ARCH&amp;IDCONTENIDO=156578&amp;IDTIPO=60&amp;RASTRO=c3039%24m64522%2C64556%2C64566%2C65559</t>
+  </si>
+  <si>
+    <t>Impact of the harvest season on the biodiversity of wild yeasts and their influence on wine fermentation</t>
+  </si>
+  <si>
+    <t>The grape microbiome is a key factor impacting the composition and aroma of wine. The native biodiversity of grapes is linked to the microbial signature responsible for the distinctive oenological properties of each region, known as the microbial "terroir." The microbiota of grapes depends on several factors, including climate, grape variety, harvest, vineyard characteristics, soil, and viticultural practices. In this context, spontaneous fermentations are gaining attention for their potential effects on the organoleptic complexity of wine.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2076-2607/13/12/2836</t>
+  </si>
+  <si>
+    <t>Pests and diseases of lemon and grapefruit in the Region of Murcia</t>
+  </si>
+  <si>
+    <t>Critical period, most vulnerable states, monitoring methods, etc.</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/descarga?ARCHIVO=Publicacion_Plagas%20y%20enfermedades%20de%20limon%20y%20%20pomelo%20en%20la%20Region%20de%20Murcia.pdf&amp;ALIAS=ARCH&amp;IDCONTENIDO=156579&amp;IDTIPO=60&amp;RASTRO=c3039%24m64522%2C64556%2C64566%2C65559</t>
+  </si>
+  <si>
+    <t>Agriculture without farmers</t>
+  </si>
+  <si>
+    <t>France has always been seen as a country of small and medium-sized farms, independent and managed by the owner and their family. The family farming model, consolidated and strengthened during the modernization period following World War II, is now undergoing profound changes that are generating new and diverse forms of organizing agricultural labor and capital.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/agricultura-sin-agricultores</t>
+  </si>
+  <si>
+    <t>Regulated pests in stone fruit and almond production (Quarantine and RNQPS)</t>
+  </si>
+  <si>
+    <t>The entry into force of Regulation 2016/2031 has brought about numerous legislative changes. Among them is the classification of pests as quarantine, priority, and regulated non-quarantine pests. This classification, established by the European Union, entails specific levels of protection and the application of different measures.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/95195654/3-2023+Informaci%C3%B3n+T%C3%A9cnica+.pdf/3dcfbaa6-c7a7-601e-fafa-e37a4d52766f?t=1698916023334</t>
+  </si>
+  <si>
+    <t>Guidelines for monitoring Eurytoma amygdali</t>
+  </si>
+  <si>
+    <t>In recent years, Eurytoma amygdali has spread throughout the Autonomous Community of Aragon in a manner similar to its spread in other parts of Spain, and this expansion is expected to continue. Currently, pheromone-based attractants or other semiochemicals are not available that would allow for reliable monitoring of adult almond populations to determine optimal treatment times. This is a crucial factor given the short period during which the pest is off the almond trees and susceptible to control with plant protection products.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/d/guest/it-4-orientaciones-para-el-seguimiento-de-eurytoma-amygdali</t>
+  </si>
+  <si>
+    <t>Pests and diseases of winter cereals</t>
+  </si>
+  <si>
+    <t>Cereal cultivation is linked to the very history of humankind. It is one of the oldest and most widespread agricultural activities in the world. Cereals, such as wheat, barley, and rye, form the basis of the diet for a vast number of people and animals worldwide.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/d/guest/2024_01_informacion_tecnica_fitosanitaria</t>
+  </si>
+  <si>
+    <t>Characterization of the impact of different clarifying agents on white wine colloids by Asymmetric Flow Fractionation in the Field</t>
+  </si>
+  <si>
+    <t>Clarifying agents are substances used during the winemaking process to improve the clarity and stability of wines. Different clarifying agents can alter the removal capacity in different ways. In this study, the removal efficiency of seven common clarifying agents, divided into three groups (mineral clarifying agents, synthetic polymeric clarifying agents, and vegetable protein clarifying agents), was analyzed using asymmetric flow fractionation (AF4). Furthermore, the relationship between removal capacity and various molecular and macromolecular properties was evaluated.</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/science/article/pii/S030881462200084X</t>
+  </si>
+  <si>
+    <t>Priority pests for the European Union</t>
+  </si>
+  <si>
+    <t>The Basic Regulation on Plant Health adopts a new classification of pests associated with plants, plant products, and other objects. This classification, developed in Chapters II and III of Regulation (EU) 2016/2031, allows for better prioritization of actions and measures to be taken against these pests and, therefore, a more efficient allocation of resources.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/Plagas+Prioritarias+I.T.+3_2020.pdf/5e1faf18-cbd3-230a-1475-31f7f97c5a22?t=1607083147926</t>
+  </si>
+  <si>
+    <t>Requirements to be met by the plant material producing and trading sector in Aragon</t>
+  </si>
+  <si>
+    <t>Legislation and guidelines for the professional operator</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/95195654/1-2023+REQUISITOS+CUMPLIR+OPERADORES+PROFESIONALES.pdf/fb8ca64d-5c83-3c89-86df-e154dc13e1e6?t=1686040005898</t>
+  </si>
+  <si>
+    <t>Herbicide resistance, types of resistance and practices to avoid them</t>
+  </si>
+  <si>
+    <t>Two main factors are necessary for a resistant weed population to appear: - The application of an active ingredient in a herbicide consecutively for several years - That the specific weed species has the propensity to develop resistance</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/201109_HERBICIDAS+DEFINITIVO+DIGITAL.pdf/4e008ef0-0bfb-f916-a0c2-6a8c3bf3c7d9?t=1604997330365</t>
+  </si>
+  <si>
+    <t>Diabrotica, Diabrotica virgifera virgifera LeConte</t>
+  </si>
+  <si>
+    <t>Diabrotica virgifera virgifera is a beetle belonging to the Chrysomelidae family, native to Mexico and considered one of the most damaging pests of corn.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/91544181/25-07-2022+Diabrotica+IT+1_2022.pdf/851211fb-3b18-3caf-bfd6-bd4c5c595641?t=1658749536532</t>
+  </si>
+  <si>
+    <t>Pests and diseases of the almond tree</t>
+  </si>
+  <si>
+    <t>In recent years the area dedicated to almond cultivation has experienced significant growth in Aragon; currently, some 83,800 hectares of almond trees are cultivated.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/91544181/INFORMACIONES_TECNICAS_2_2022_Almendro_plagas.pdf/035d40fb-5e40-7459-df39-26011a60f81a?t=1660909624232</t>
+  </si>
+  <si>
+    <t>Modes of action of herbicides (New Nomenclature)</t>
+  </si>
+  <si>
+    <t>Herbicides are classified according to their mode of action, which can be defined as the sequence of events or processes that occur from the time the herbicide penetrates the plant until the appearance of phytotoxicity.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/93070343/IT+2-2023+MOAS+Diptico+A4+Web_definitivo.pdf/1fcba101-7b38-9a4c-50a3-642632f7a08f?t=1693551947880</t>
+  </si>
+  <si>
+    <t>Practical manual for managing a dairy cattle farm</t>
+  </si>
+  <si>
+    <t>The optimal profitability of a farm depends on technical and productive efficiency, while an animal's productivity depends on three pillars: genetics, nutrition, and management. Genetics, through the appropriate use of selection programs, allows for the improvement of traits that are most desirable from a production standpoint. To achieve the maximum expression of these traits, animals must receive adequate nutrition, both in quantity and quality, appropriate to their stage of production, and be raised in optimal animal welfare conditions that allow them to express their full productive potential and the ethological characteristics of their species.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1131977209076/Publicacion/1250170548860/Redaccion</t>
+  </si>
+  <si>
+    <t>National Plan for the Conservation of Forest Genetic Resources 2024-2033</t>
+  </si>
+  <si>
+    <t>The National Plan for the Conservation of Forest Genetic Resources aims to direct the genetic conservation activities provided for in Royal Decree 159/2022, of March 1, on the conservation of forest genetic resources and wild flora, as well as the monitoring and continuous evaluation of the results in order to estimate their degree of response to the conservation objectives.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Plan%20Nacional%20de%20Conservacion%20de%20RGF.pdf</t>
+  </si>
+  <si>
+    <t>Technical Document: Spanish Strategy for the Conservation and Sustainable Use of Forest Genetic Resources</t>
+  </si>
+  <si>
+    <t>The last fifteen years have been a decisive period for the advancement of conservation initiatives and policies internationally and, consequently, nationally, reflecting these global agreements. Awareness of the importance of maintaining the planet's biodiversity has spread to virtually all sectors of society, and the concept of sustainable development is integrated into a wide variety of action plans. The forestry sector, directly linked to environmental management, has also undergone specific processes to incorporate biodiversity conservation principles into its management objectives and methods.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/documento_tecnico_estrategia_tcm30-156101.pdf</t>
+  </si>
+  <si>
+    <t>Catalogue of measures to promote coexistence between wolves and livestock farming</t>
+  </si>
+  <si>
+    <t>Evidence accumulated in recent years indicates that the Iberian wolf (Canis lupus signatus) exhibits a highly adaptable trophic ecology, which includes predation and scavenging of domestic livestock. As in other contexts, livestock losses due to predation are a major trigger for conflicts surrounding the wolf's presence. Furthermore, livestock predation is often the underlying cause of poaching pressure on the species, and even of lawsuits filed by interest groups against the relevant authorities to limit the size of the canid's populations. The 2018 report submitted by Spanish environmental authorities to the European Commission, in accordance with EU regulations, considers the Iberian wolf to be in an unfavorable conservation status, primarily due to the persistence and chronic nature of the aforementioned conflict with livestock and the persecution suffered by the species.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/medidasproteccionlobo_tcm30-533588.pdf</t>
+  </si>
+  <si>
+    <t>Hydrological-forestry restoration sheets</t>
+  </si>
+  <si>
+    <t>Hydrological-forestry restoration comprises the set of actions necessary to protect the soil from erosion, defend the territory from drought and floods, increase the capacity for water supply and contribute to the conservation and improvement of soil functionality.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/desertificacion-restauracion/restauracion-hidrologico-forestal/index.html</t>
+  </si>
+  <si>
+    <t>Legal timber and deforestation-free products</t>
+  </si>
+  <si>
+    <t>Although forests cover only 30% of the Earth's land surface, these ecosystems harbor 80% of the planet's biodiversity, act as carbon dioxide sinks, release oxygen into the atmosphere, and provide the organic infrastructure for numerous and diverse life forms. Furthermore, they are a source of income and livelihood for approximately 25% of the population, and a large portion of the land has traditionally been inhabited by Indigenous peoples.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/politica-forestal/madera-legal-productos-libres-defor.html</t>
+  </si>
+  <si>
+    <t>Introduction to the fight against desertification</t>
+  </si>
+  <si>
+    <t>The fight against desertification requires the development of actions in different fields and from different levels of approach, always paying special attention to the socio-economic dimension of the phenomenon.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/desertificacion-restauracion/lucha-contra-la-desertificacion/introduccion.html</t>
+  </si>
+  <si>
+    <t>Guide to good hygiene practices in rabbit farms</t>
+  </si>
+  <si>
+    <t>To control the presence of diseases and health risks on farms, it is essential to address critical points of entry and spread. This is the objective of this Guide to Good Hygiene Practices in Rabbit Farms: to assist farmers by proposing a series of measures to minimize the risk of disease introduction into rabbit farms. It also provides guidelines on the controls to be implemented to prevent the spread of infection within the farm and to other farms.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/publicaciones/cbbpp_cunicultura-2011-web.pdf</t>
+  </si>
+  <si>
+    <t>Rice Field Protection: Interactions of the Common Purple Swamphen (Porphyrio porphyrio)</t>
+  </si>
+  <si>
+    <t>The common purple swamphen (Porphyrio porphyrio) is a species included in the List of Wild Species under Special Protection, pursuant to the provisions of Royal Decree 139/2011, of February 4, for the development of the List of Wild Species under Special Protection and the Spanish Catalogue of Threatened Species.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/ce_silvestres_resolucion_calamon_tcm30-201427.pdf</t>
+  </si>
+  <si>
+    <t>Genetic conservation of forest species</t>
+  </si>
+  <si>
+    <t>GENETIC CONSERVATION UNITS Definition: Population consisting of a group of individuals of the same forest species that occupies a defined geographical area and is genetically isolated, to a certain degree, from other groups</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Monograf%C3%ADa%20de%20Divulgaci%C3%B3n.pdf</t>
+  </si>
+  <si>
+    <t>Spanish Strategy for the Conservation and Sustainable Use of Forest Genetic Resources. Information brochure</t>
+  </si>
+  <si>
+    <t>The Spanish Strategy for the Conservation and Sustainable Use of Forest Genetic Resources is designed as a framework to support, develop, and coordinate activities and programs for forest conservation and genetic improvement, facilitating cooperation and integration among initiatives undertaken by different administrations and organizations. The Strategy's ultimate goal is the conservation and sustainable use of forest genetic resources in Spain, preserving their capacity for evolution and ensuring their availability to future generations.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Tr%C3%ADptico_UCGs_publicaci%C3%B3n%20en%20l%C3%ADnea.pdf</t>
+  </si>
+  <si>
+    <t>Description of the invasive species: Solanum elaeagnifolium cav.</t>
+  </si>
+  <si>
+    <t>It is a robust perennial plant with a root system that, in theory, can reach two meters deep and tends to be placed horizontally from which new plants can sprout.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/2759332/4_2018_SOLANUM.pdf/94d59843-97de-c2ad-7e4c-727044810803?t=1696423569324</t>
+  </si>
+  <si>
+    <t>Hygiene in primary agricultural production, a practical guide for farms</t>
+  </si>
+  <si>
+    <t>Requirements to be met by agricultural holdings in relation to hygiene in primary agricultural production</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/I.T+Higiene+5-10-2020.pdf/efaa89c3-65b7-6b7e-51da-7e4797a6b38f?t=1601897256207</t>
+  </si>
+  <si>
+    <t>The new European phytosanitary regime: implications for operators of plant material</t>
+  </si>
+  <si>
+    <t>Since December 14, 2019, the new provisions on plant health, which affect operators of plant material and are included within the legislative package on animal health and phytotoxicity, have been fully applicable throughout the European Union.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/06-11-2020+I.T.+Viveros+N%C2%BA+2.pdf/5b00a4e6-44b7-0d30-c8d7-7720c593b0ab?t=1604656792905</t>
+  </si>
+  <si>
+    <t>Blackberry cultivation</t>
+  </si>
+  <si>
+    <t>Currently, blackberry cultivation is present almost all over the world, although there are few countries where large-scale commercial production is carried out for the fresh market.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/-/el-cultivo-de-la-zarzamora</t>
+  </si>
+  <si>
+    <t>Clonal selection of grapevine cultivars from the Principality of Asturias</t>
+  </si>
+  <si>
+    <t>Asturian vineyards are part of the mountain viticulture tradition. The vines are characterized by their age, their location on steep slopes, and their diversity and exclusivity of grape varieties. Since the recognition in 2001 of the "Vinos de la Tierra de Cangas" designation, which became the current Cangas Protected Designation of Origin (http://www.vinosdeasturias.es), the vineyards have been experiencing a recovery with promising prospects for the future. The need for Asturian winegrowers to have access to grapevine clones with guaranteed identity, producing high-quality grapes and free of viruses, to ensure a greater guarantee of success in their vineyards, motivated the start of the long but essential Clonal Selection Program.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Selecci%C3%B3n+clonal+de+cultivares+de+vid+del+Principado+de+Asturias.pdf/fc9d7837-e9ae-43f7-bf1f-0e91dbc7b94e?t=1729770356226</t>
+  </si>
+  <si>
+    <t>Study of pruning types and planting frames in grape varieties of Asturias</t>
+  </si>
+  <si>
+    <t>Asturian vineyards are situated on steep slopes and are characterized by their age, varietal diversity, lack of mechanization, and high planting densities. In recent years, this crop has been expanding, with new plantings being established on terraces and at lower densities to allow for mechanization. The simpler and more economical Royat Cordon pruning method is being introduced, replacing the traditional pruning techniques used in the area (Guyot in the Cangas del Narcea municipality, along with goblet pruning in other municipalities).</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Estudio+de+tipos+de+poda+y+marcos+de+plantaci%C3%B3n+en+variedades+de+vid+de+Asturias.pdf/360a560e-1e68-5a71-92db-055acc126679?t=1729770307152</t>
+  </si>
+  <si>
+    <t>Apiary Protection: Interactions of the European Bee-eater (Merops apiaster)</t>
+  </si>
+  <si>
+    <t>The European bee-eater (Merops apiaster) is a species included in the List of Wild Species under Special Protection, pursuant to the provisions of Royal Decree 139/2011, of February 4, for the development of the List of Wild Species under Special Protection and the Spanish Catalogue of Threatened Species.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/ce_silvestres_resolucion_abejaruco_tcm30-201421.pdf</t>
+  </si>
+  <si>
+    <t>Guidelines for growing faba beans</t>
+  </si>
+  <si>
+    <t>During the development of bean cultivation, the producer has to face a series of decisions that will determine the final success of the crop: when and how to prepare the land?, when to sow?, what seed to use?, how to control weeds?, how to identify and combat the most common pests and diseases?, how to manage the crop sustainably?, how to manage the harvest?, how to preserve the grain?, etc.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Orientaciones+para+el+cultivo+de+la+faba.pdf/a5130653-e636-2606-270a-4fe10b29f79d?t=1729770351013</t>
+  </si>
+  <si>
+    <t>The hazelnut tree in Asturias</t>
+  </si>
+  <si>
+    <t>The European hazelnut (Corylus avellana L.) is a traditional crop in Asturias, whose importance was already documented in 1711 by Fray Toribio Santo Tomás y Pumarada (2006). However, at the end of the 20th century, this crop declined in the region due to the low price of its fruit and the demographic decline in rural areas. Although rural Asturias represents 80% of the Autonomous Community's surface area, approximately 82.2% of the population is currently concentrated in urban areas (Environmental Profile of Asturias, 2015). Nevertheless, this nut maintains its local recognition, where it is harvested for personal consumption or for the sale of surplus in local markets, and is generating increasing interest.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/El+avellano+en+Asturias.pdf/1fc5e939-30f2-31ff-92ad-14a04dac646d?t=1729770419422</t>
+  </si>
+  <si>
+    <t>Plant pathogens described in Spain</t>
+  </si>
+  <si>
+    <t>This second edition of the book “Plant Pathogens Described in Spain” aims to update the first edition published in 1999, with the new pathogens detected since then, completing the list, their description, affected hosts, diseases they cause and their geographical distribution, based on sufficiently accredited references.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/temas/sanidad-vegetal/publicaciones/patogenos-final.pdf</t>
+  </si>
+  <si>
+    <t>Recommendations for the prevention, control and monitoring of mycotoxins in flour and semolina factories</t>
+  </si>
+  <si>
+    <t>Mycotoxins are one of the health hazards that can affect cereals and their derived products, which is why they were one of the first contaminants to be evaluated and regulated at the European level, in order to reduce the total intake of consumers to this type of toxin through their diet.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/publicaciones/textomicotoxinas18122015_completorev_nipo.pdf</t>
+  </si>
+  <si>
+    <t>Prospective report on the state of agrivoltaic energy</t>
+  </si>
+  <si>
+    <t>Climate change and its negative consequences for our planet and socioeconomic systems are now recognized by the scientific community and society at large [1]. To mitigate this situation, it is crucial to reduce greenhouse gas emissions resulting from human activity, as they are the primary cause of global warming. In this regard, participants at COP21 in Paris [2] agreed to promote a low-emission model of technological and financial progress with the goal of keeping the global temperature increase below 2°C, and ideally limiting it to 1.5°C. Regarding the feasibility of achieving these goals, the Intergovernmental Panel on Climate Change (IPCC), in its 2022 report, indicates that with greater climate ambition from governments, it is possible to keep the global temperature increase below 1.5°C [2].</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/publicaciones/informeprospectivoagrivoltaica2023.pdf</t>
+  </si>
+  <si>
+    <t>Rootstock trial in grape varieties from Asturias</t>
+  </si>
+  <si>
+    <t>In antiquity, the Greek geographer and historian Strabo (c. 63 BC – 20 AD) mentions that the pre-Roman inhabitants of Asturias knew about wine, but it was very scarce and they only drank it at large feasts. When the Romans arrived in what is now Asturias in 29 BC, there were no vineyards; the Roman invasion did not give any impetus to this crop, and the Cocolobis variety continued to be cultivated on trellises, with little wine production (Gómez, 1920).</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Ensayo+de+portainjertos+en+variedades+de+vid+de+Asturias.pdf/d4ef19e8-6c62-bbdd-aeb1-97f0972435e8?t=1729770450155</t>
+  </si>
+  <si>
+    <t>Fire blight of roses (Erwinia amylovora)</t>
+  </si>
+  <si>
+    <t>Fire blight is caused by the bacterium Erwinia amylovora (Burril) Winslow et al., considered a quarantine pest in the European Union, for which there is specific legislation on preventive measures against introduction and spread (RD 58/2005), as well as a national program for the eradication and control of fire blight of rosaceous plants (RD 1201/1999 and RD 1512/2005).</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/temas/sanidad-vegetal/publicaciones/erwinia-baja.pdf</t>
+  </si>
+  <si>
+    <t>Horticultural crops in Castile and León</t>
+  </si>
+  <si>
+    <t>This set of fact sheets on horticultural crops in Castile and León contains information on: Garlic. Cabbage. Onion. Endive. Asparagus. Strawberry. Green peas. Green beans. Lettuce. Pepper. Leek. Tomato. Carrot.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284254644782/Redaccion</t>
+  </si>
+  <si>
+    <t>Frequently Asked Questions Manual. Organic Production Consulting.</t>
+  </si>
+  <si>
+    <t>What is organic production? It is a method of agricultural and livestock production characterized by combining environmentally friendly farming practices, demanding standards on animal welfare, maintaining high levels of biodiversity and not applying synthetic chemicals, all to provide us with healthy and high-quality food.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/manual-preguntas-frecuentes-en-la-produccion-ecologica/</t>
+  </si>
+  <si>
+    <t>Keys to improving bacteriology and somatic cell count of milk from sheep and goats</t>
+  </si>
+  <si>
+    <t>Absolutely all the veterinarians and sheep and goat experts consulted for the preparation of this manual agree that the keys to successfully establishing an effective mastitis control program in these animals are fundamentally based on management.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250170901/Publicacion/1284254097035/Redaccion</t>
+  </si>
+  <si>
+    <t>Practical Guidance on the Application of Traceability, Self-Control and Conditionality in the Integrated Production System of Castilla y León</t>
+  </si>
+  <si>
+    <t>The purpose of this PRACTICAL GUIDE is to recommend the minimum actions that must be implemented by entities that carry out the Integrated Production system, especially regarding the types of control to be carried out, their frequency and the sampling methodology.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284253423680/Redaccion</t>
+  </si>
+  <si>
+    <t>Agriculture Podcast</t>
+  </si>
+  <si>
+    <t>Podcast</t>
+  </si>
+  <si>
+    <t>Welcome to Podcast Agricultura, the first agricultural podcast in Spanish. Since its launch in January 2020, it has established itself as a leading source of information in the agricultural world. My goal is to offer valuable content for professionals in the agricultural sector. Whether you're an experienced agronomist or a recent graduate, you'll find a wealth of knowledge here. I cover general agricultural topics, all related to the agribusiness and agricultural industries. I consider my podcast an essential resource for those who have studied agronomy.</t>
+  </si>
+  <si>
+    <t>https://podimo.com/es/shows/podcast-agricultura?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Between Huts and Ravines</t>
+  </si>
+  <si>
+    <t>This podcast from the Royal Spanish Federation of Associations of Selected Livestock (RFEAGAS) showcases the reality of a sector that combines tradition, sustainability, and cutting-edge technology. From the drove roads used by transhumant herders to the laboratories where the genetic treasures of our native breeds are safeguarded, this program guides us through the world of livestock farming, guided by experts.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/5ZE7poKYhtmSERTg7JOrS3</t>
+  </si>
+  <si>
+    <t>The Farm</t>
+  </si>
+  <si>
+    <t>The agri-food sector faces the challenge of feeding 7 billion people, a figure that will continue to grow and which poses serious technological and innovation challenges. elEconomista wants to witness this revolution while also looking to the past to try to recover the best traditions.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/playlist?list=PLd1_lp3IlaH8jCOkjGVJWQyKnUoLV3wjT</t>
+  </si>
+  <si>
+    <t>The Earth</t>
+  </si>
+  <si>
+    <t>This episode of LA TIERRA Podcast tackles a fascinating topic, one that remains largely unknown to the general public: food harvesting, and especially the machinery used to collect it. We interviewed Juan Marugán, Product Manager for the Harvesting Line at New Holland.</t>
+  </si>
+  <si>
+    <t>https://www.upa.es/upa/noticias-upa/La-Tierra-Podcast-EP-6-recoleccion/2026/6857/</t>
+  </si>
+  <si>
+    <t>Citrus</t>
+  </si>
+  <si>
+    <t>For decades, citrus production in the Valencian Community has been at the forefront of Spanish agriculture, a benchmark in the sector's modernization and a model of local development to be emulated due to the strength of its commercial structure, largely based on cooperatives, and its competitive position in the international citrus market. The orange economy fostered the development of a unique commercial network in Spain, encompassing both private exporters and cooperative enterprises, many of which have led the marketing channels for fruits and vegetables across much of the country. Furthermore, beyond the economic profitability of its production, Valencian oranges have been a way of life for thousands of families for generations.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=7sQAk5l-Bmc</t>
+  </si>
+  <si>
+    <t>Extensive livestock farming and eco-regimes: caring for the countryside with European aid</t>
+  </si>
+  <si>
+    <t>How can extensive livestock farming protect the environment and access European subsidies? Eco-schemes are voluntary practices that improve environmental and climate performance in the countryside. In this video from the CAP Network, we show you two real-world examples applicable to extensive livestock farming.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=AEKs0kxjxTE</t>
+  </si>
+  <si>
+    <t>Savia Rural, The magazine of the CAP Network</t>
+  </si>
+  <si>
+    <t>The PAC Network Magazine</t>
+  </si>
+  <si>
+    <t>https://redpac.es/revista/2025otono/pdf/savia_rural_n8_otono_2025.pdf</t>
+  </si>
+  <si>
+    <t>Evaluating the Spanish AKIS</t>
+  </si>
+  <si>
+    <t>MODERNAKIS online workshop that provides an understanding of the fundamentals that describe the evaluation of the Agricultural Knowledge and Innovation System (AKIS), analyzes the governance that is being promoted by the MAPA, provides a glimpse into interactive innovation and, finally, the application of the systemic thinking approach in complex contexts related to agriculture, livestock and forestry. Agenda (23/10/2025): 11:00 Presentation: Raúl Carbonell (MAPA). 11:10 Introduction to ModernAKIS: Amalia Hafner (FEUGA). 11:20 Interactive Innovation: Nicolás Aranda (ATTRACTISS, Ceia3). 11:30 AKIS Governance: Carmen Gil (MAP). 11:40 Are there AKIS outside the CAP?: Juan Pedro Romero (MAPA). 11:50 Mentimeter: Question round on ModernAKIS. 12:00 Coffee break 12:15 How to contribute to the success of an evaluation from your position: Mª Ascensión Barajas (CDTI). 13:00 Questions and answers. 13.15 Public policy evaluation: case studies: Toni Mora. Policy evaluation expert public. 14.00 Questions and answers</t>
+  </si>
+  <si>
+    <t>https://youtu.be/LvJs1HmULnw</t>
+  </si>
+  <si>
+    <t>We are Ecological</t>
+  </si>
+  <si>
+    <t>Podcast of the Spanish Professional Association of Organic Production.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/1E13e4EaDB4kdHszyVFiTd</t>
+  </si>
+  <si>
+    <t>DigiMAPA: The digital tool that connects the agri-food sector with companies Agroteching animal health</t>
+  </si>
+  <si>
+    <t>DigiMAPA: The digital tool that connects the agri-food sector with Agrotech companies.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
+  </si>
+  <si>
+    <t>Dossier of supra-autonomous innovation projects</t>
+  </si>
+  <si>
+    <t>Inventory of innovative projects implemented by supra-regional operational groups of the European Innovation Partnership for agricultural productivity and sustainability of the National Rural Development Programme (PNDR) 2014-2022, submeasure 16.2. English version of the document: https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_eng_tcm30-673123.pdf</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_digital_esp_tcm30-671808.pdf</t>
+  </si>
+  <si>
+    <t>The voice of water</t>
+  </si>
+  <si>
+    <t>Key players in the agricultural sector working towards more efficient water use in defense of sustainability. Projects with funding aimed at implementing digital solutions to transform and modernize the irrigation system within the first and second calls of the PERTE for Digitalization of the Water Cycle with the economic support of the European Union through the NextGenerationEU funds and managed by the Ministry for Ecological Transition and the Demographic Challenge of the Government of Spain within the Recovery, Transformation and Resilience Plan</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/1wI5kiw3IVxrhFF0VQ60Wy?si=b0f1f46be24d4460</t>
+  </si>
+  <si>
+    <t>Report on agricultural practices in the ecoregimes of the PEPAC</t>
+  </si>
+  <si>
+    <t>Two years into the implementation of the 2023-2027 PEPAC (Special Plan for Agricultural and Food Policy), the measures promoting climate, the environment, and animal welfare, known as eco-schemes, appear to be consolidating the adoption of these schemes, one of the key regulatory innovations of this period. This set of new direct aid, whose adoption is entirely voluntary, is based on annual commitments to implement certain agricultural practices that applicants must apply. And, although none of these practices actually involve tasks that agricultural professionals weren't already familiar with—or even haven't always been doing—they were sometimes met with skepticism. This natural apprehension, typical of any new development that alters our habits (especially when it affects regulatory frameworks), seems to be giving way to greater acceptance.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_practicas_agrarias_en_los_ecorregimenes_del_pepac.pdf</t>
+  </si>
+  <si>
+    <t>Improvements In Forest Management.Operational Groups And Innovative Projects</t>
+  </si>
+  <si>
+    <t>English translation of a compilation of projects developed through Rural Development Programmes, operational groups and innovative projects that are working on issues of improving forest management.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Improvements%20in%20Forest%20Management.pdf</t>
+  </si>
+  <si>
+    <t>i2Connect Webinar. 18 September 2024</t>
+  </si>
+  <si>
+    <t>This webinar discussed the tools developed for the training of advisors and professionals in the agri-food and forestry sector. In addition, the importance of the continuity of the project through the Innovation Support Services was mentioned and different examples of how the project has been developed in Spain and in other European countries were shown.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=aQXd1yulecA</t>
+  </si>
+  <si>
+    <t>Marketing In Agricultural, Livestock, Forestry And Agri-Food Industries. Operational Groups And Innovative...</t>
+  </si>
+  <si>
+    <t>English translation of a compilation of projects developed through EAFRD funds, operational groups and innovative projects working in marketing in the agricultural, livestock, forestry and agri-food industries sectors.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Marketing.pdf</t>
+  </si>
+  <si>
+    <t>Traceability In The Agri-Food, Livestock, Agriculture And Forestry Sectors</t>
+  </si>
+  <si>
+    <t>English translation of a compilation of projects developed through Rural Development Programmes, operational groups and innovative projects working on traceability in the agri-food, livestock, agricultural and forestry sectors</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Traceability.pdf</t>
+  </si>
+  <si>
+    <t>Prominifun. “Innovative management models for improving productivity in smallholding areas”</t>
+  </si>
+  <si>
+    <t>The change in population and land use in rural forest areas has led to the abandonment of potentially productive areas, which requires the design of new management models and proposals for their revaluation.</t>
+  </si>
+  <si>
+    <t>Extensive precision management of Celtic trunk pigs in Ibero-Atlantic deciduous forests (FORESCELTA)</t>
+  </si>
+  <si>
+    <t>To combine innovation in the rural world through technological transfer and the use of silvopastoral systems for the production of native Celtic pigs that give rise to products of differentiating quality through the use of own resources that allow sustainable and environmentally friendly practices within the agricultural and forestry sectors, carrying out activities that mitigate climate change.</t>
+  </si>
+  <si>
+    <t>Dossier of Operational Groups of Catalonia - 2016</t>
+  </si>
+  <si>
+    <t>One of the key factors for improving the competitiveness of the agri-food and forestry sector is the promotion of innovation and the capitalisation of research results. The Generalitat de Catalunya approved the Strategic Plan for Agri-Food Research, Innovation and Transfer of Knowledge in Catalonia (PRITAC 2013-2020), an interdepartmental plan created to support the productive economy and the sustainability of the agricultural, agri-food and rural sectors through innovation, aligned with the main innovation-related policies of the European Union for the period 2014-2020.</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/9379558/DT108_web_CAST.pdf/e31f3ba8-cb8b-49fc-8cb4-de88a59d29cb</t>
+  </si>
+  <si>
+    <t>The 2024 Annual Report of the European Network of Forest Extension Organizations (FOREXT)</t>
+  </si>
+  <si>
+    <t>Annual report of the European Network of Forestry Extension Organisations (FOREXT) with information on training activities for private forest owners to improve forestry extension services across Europe</t>
+  </si>
+  <si>
+    <t>https://forext.eu/wp-content/uploads/2025/06/FOREXT-Annual-Report-2024.pdf</t>
+  </si>
+  <si>
+    <t>i2Connect Webinar. September 18, 2024.</t>
+  </si>
+  <si>
+    <t>Recording of the webinar organized by the Ministry of Agriculture, Fisheries and Food on September 18, 2024, to share with the agri-food and forestry sector the main results of the i2connect project: Connecting Advisors. Promoting Interactive Innovation in Agriculture and Forestry. This webinar discussed the tools developed for the training of advisors and professionals in the agri-food and forestry sectors. The importance of project continuity through Innovation Support Services was also highlighted, and various examples of how the project has been developed in Spain and other European countries were presented.</t>
+  </si>
+  <si>
+    <t>https://youtu.be/aQXd1yulecA</t>
+  </si>
+  <si>
+    <t>Sprouting, survival, and initial growth of eight walnut clones for the production of quality wood on agricultural land in the Vega de Granada.</t>
+  </si>
+  <si>
+    <t>The budding, survival, and initial growth of eight walnut clones selected for their forestry suitability were evaluated. Planting was carried out in March 2014 using a randomized complete block design. All clones tested, except one, had budding percentages above 50%. We can classify clones as early-budding and late-budding. The duration of the budding period varies depending on the clone. Survival was very good for some clones (between 70 and 90%) and low for others (50%). Forestry suitability was very good in all clones tested, and growth was acceptable, except for one, which showed the lowest growth.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a980cc49-5aca-48d2-b076-a53b2cbefac2</t>
+  </si>
+  <si>
+    <t>Operational Groups in Catalonia. Call for 2018</t>
+  </si>
+  <si>
+    <t>"Technical Dossier No. 123: “Operational groups in Catalonia. Call 2018” is dedicated to the Operational Groups developed within the framework of the CAP Strategic Plan (PEPAC 2023-2027), and taking into account the Agricultural Knowledge and Innovation Systems, also known as AKIS (Agricultural Knowledge and Innovation System). The Operational Groups will be essential for the drafting and execution of projects within the framework of the European Partnership for Innovation in agricultural productivity and sustainability (AEI-Agri). This is the subject of the first article in this technical dossier “AEI-Agri operational groups in Catalonia: period 2015-2023”. Below is an explanation of each of the 2018 Operational Groups' projects, which are divided into agricultural, forestry, agri-food industry and livestock projects. Each one is explained in detail, as well as the results and conclusions obtained. Finally, the Dossier ends with two interviews with people who have developed projects and explain their experience. The first, with Rosana Garcia, an agricultural technical engineer at IRTA. Next, the interview with Eloi Montcada, an agricultural engineer and cluster manager at INNOVI. The Technical Dossier is a monographic publication of the Department of Climate Action, Food and Rural Agenda on relevant aspects of agricultural, livestock, food, fishing, forestry and rural activities, produced with the collaboration of experts from the administration, universities and research centres and the sector.</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/10397819/DT123_Cast+20_09_24.pdf/0eba81ef-0cbb-41f3-8d04-8948e1fa71d4</t>
+  </si>
+  <si>
+    <t>Modeling water flows and vegetation cover in dehesa with remote sensing</t>
+  </si>
+  <si>
+    <t>This publication describes the progress made by IFAPA in remote sensing modeling of water flows and vegetation cover in dehesa forests. The different sections of the document detail the results obtained in estimating the tree cover fraction, water consumption, and water stress of dehesa vegetation, as well as some of the potential applications of this information in the management of this system. This work integrates satellite-based remote sensing data and meteorological information into energy and water balance models with different spatial and temporal resolutions, allowing for accurate and regular monitoring of the dehesa's health.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a2197b5e-7849-4dff-bf2a-9b4f36e967f3</t>
+  </si>
+  <si>
+    <t>How much is Andalusian society willing to pay for agricultural landscapes and why? The case of the dehesa and olive groves on slopes</t>
+  </si>
+  <si>
+    <t>In agricultural landscapes, their aesthetic, ecological, and cultural dimensions are clearly integrated, creating a link between the cultural ecosystem services they provide to society and other ecosystem services, including biodiversity preservation. In this sense, it is important to understand public preferences regarding agricultural landscapes and the factors that determine these preferences, especially those related to farm management, as well as their willingness to pay for their improvement. This assessment is particularly relevant considering that this assessment is connected to other ecosystem services that are also of political interest, and that their assessment by the population justifies public support for farmers through agricultural policy. To this end, the Andalusian dehesas and olive groves on slopes are used as a case study.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b7530bc-3338-4fa3-b948-1ffb8e688301</t>
+  </si>
+  <si>
+    <t>Advances in Root Rot Control in the Dehesa: Biofumigation</t>
+  </si>
+  <si>
+    <t>Root rot caused by Phytophthora cinnamomi in Quercus trees is responsible for the death of holm oaks and cork oaks in dehesas. Biofumigation using green burying of some Brassicas may be another tool for integrated disease control. This paper analyzes the adaptation of some Brassica species (mustards) to dehesa conditions, their sinigrin content, biomass production, mode of action, and how to use these species as biofumigants.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a0024046-8ddb-469f-86d3-5a2d1cab7415</t>
+  </si>
+  <si>
+    <t>Calcium Fertilizations in the Control of Root Rot in Trees in the Dehesa</t>
+  </si>
+  <si>
+    <t>Root rot affecting Quercus, caused by soil-borne pathogens such as Phytophthora cinnamomi or Pythium spiculum, is responsible for many deaths of holm oaks and cork oaks in dehesas. Calcium fertilization is a tool for integrated disease control. This paper analyzes various aspects related to the application of calcium fertilizers in dehesas as a tool for controlling and preventing this disease, including its integration into routine dehesa management, the role of calcium in vegetation, the main characteristics of the most common calcium fertilizers, and some interesting aspects related to the distribution of these fertilizers to optimize their effectiveness.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91c09153-2409-4762-b073-4f4c892b34a9</t>
+  </si>
+  <si>
+    <t>Root rot: Description and control applied to dehesa ecosystems</t>
+  </si>
+  <si>
+    <t>Root rot caused by the pathogen Phytophthora cinnamomi Rands. has been identified as one of the most damaging and lethal diseases affecting Quercus trees worldwide. In Andalusia, its presence has been confirmed through laboratory analysis in a significant area of the dehesa forests, which is why it requires special attention and a special effort in communication and outreach among those involved in the dehesa. This manual aims to be a practical and simple guide to aspects that help understand the conditions that favor infection and reproduction of the pathogen, as well as to facilitate diagnosis and the implementation of currently available control methods, in order to hinder contagion and prevent the spread of the disease.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2428d6aa-a359-49a7-8771-47bec46b1b2f</t>
+  </si>
+  <si>
+    <t>The Production of Holm Oak Acorns in the Dehesa</t>
+  </si>
+  <si>
+    <t>The acorn plays a fundamental role in the dehesa (pasture) because it is obtained in a season when there are few resources available in the countryside, and its high energy value makes it highly valued for fattening and maintaining livestock and game. Currently, the acorn has become a precious and scarce commodity, which in many cases is used in its entirety by the Iberian pig due to the high demand for quality products derived from it. The acorn is also crucial for tree regeneration and is an important indicator of tree vigor. Holm oak acorn production is characterized by its high variability between individuals, between areas, and between years. Multiple factors affect acorn production and quality, in some cases inherent to the tree (more or less alternate-bearing, or more or less productive) and in other cases unrelated (weather, ecological characteristics of the environment, pests and diseases, pruning, cork stripping, etc.). Units 1 and 2 delve into all the variables that influence this variable and their impact on the tree's annual cycle. Furthermore, having estimates of acorn production would allow for a better assessment of the livestock carrying capacity, whether domestic or wild, allowed in an area. Another reason for the potential benefit of having a montanera forecast is that measures that promote natural regeneration should be implemented during years of abundant harvests. Unit 3 offers a brief review of the main methods that can be used to assess acorn production, as well as a guideline for implementing them in the dehesa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78a344c5-e2ed-45a0-9f3d-8d7ca17b11c9</t>
+  </si>
+  <si>
+    <t>Soil management against erosion in Dehesa</t>
+  </si>
+  <si>
+    <t>This manual is intended as a reference tool for identifying erosion risks in pastureland farms and recommends actions to address them where possible. Specifically, the manual outlines good soil management practices and devotes a chapter to the control of gullies, the appearance of which is a symptom of severe erosion.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb16ecd1-14b9-43d4-b206-e95a6e8d6ba6</t>
+  </si>
+  <si>
+    <t>Sheep management in the dehesa</t>
+  </si>
+  <si>
+    <t>This manual covers the basics of sheep production in the dehesa, the minimum facilities required for proper management, feeding based on pasture availability in the dehesa, reproductive management, health, hygiene, and animal welfare aspects, and reviews the differentiating factors between conventional production and organic and integrated production.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0440c59f-9cfc-4b2c-b3d0-1515ca92c13c</t>
+  </si>
+  <si>
+    <t>Acorn Production in the Dehesa: Influencing Factors</t>
+  </si>
+  <si>
+    <t>This document reviews the main factors, both internal and external to the tree, that affect acorn production in the dehesa. This document summarizes the talk given at the 9th Iberian Pork Conference, organized by ASAJA Córdoba on April 6, 2016, in Villanueva de Córdoba.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14f94d6e-ee37-4d15-a93e-684d42558a1e</t>
+  </si>
+  <si>
+    <t>Pruning the tree in the pasture</t>
+  </si>
+  <si>
+    <t>The purpose of this publication is to present the most important technical aspects that define tree pruning in the dehesa, as well as the limitations and precautions that must be taken into account when carrying out its implementation. Unit 1 presents the general criteria and physiological basis that must be taken into account when approaching tree pruning in the dehesa. Unit 2 describes the different types of pruning performed in the dehesa, as well as the considerations that must be taken into account to avoid negative impacts on tree vigor. Finally, Unit 3 quantifies the cost of pruning and the management of the various byproducts, describes the process for requesting permits from the Administration, and addresses some basic aspects of risk prevention.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbcb1934-ab8c-4ad9-9a3c-288d3404d6ce</t>
+  </si>
+  <si>
+    <t>Advances in the evaluation of grass and acorn production in the dehesa using near and remote sensors</t>
+  </si>
+  <si>
+    <t>This publication describes a series of advances made at IFAPA to integrate information from remote sensing into the management of extensive grazing in dehesa systems. To achieve this, data provided by these sensors, primarily onboard satellites and aircraft, are combined with precise field measurements and models. This integration allows for accurate, regular, and low-cost monitoring of the state of the dehesa's vegetation cover, quantifying and estimating its phenological development and its production, specifically the production and quality of grass and acorn production, the main foodstuffs for livestock in the dehesa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89b5eb5e-7dd8-4449-b253-6cd55bd4e53a</t>
+  </si>
+  <si>
+    <t>Traceability in the Agri-Food, Livestock, Agricultural and Forestry Sector</t>
+  </si>
+  <si>
+    <t>Technology and digitalisation through different tools such as blockchain, ICT tools or Big Data, constitute efficient solutions to optimise traceability, food safety, and avoid fraud and unfair competition throughout the supply chain. However, it should be noted that there is still a significant digital technological gap that mainly affects producers, both individual farmers and micro and small businesses.</t>
+  </si>
+  <si>
+    <t>https://www.redruralnacional.es/sites/default/files/documents/dossier_Trazabilidad_V2.pdf</t>
+  </si>
+  <si>
+    <t>Validation and safety of aerial drone applications in the agroforestry environment (PHYTODRON)</t>
+  </si>
+  <si>
+    <t>Validation of the use of drones as a safe and effective alternative in comparison to applications with conventional phytosanitary products (rigorous analysis of risks, scenarios, applications and equipment).</t>
+  </si>
+  <si>
+    <t>Development and implementation of a Forest Management Support System in RED-SAGEFER</t>
+  </si>
+  <si>
+    <t>Design, development and implementation of a network of territorial implementation software systems that allows the promotion and enhancement of forest territory at municipal level in Spain with the mobilization of all agents in the sector.</t>
+  </si>
+  <si>
+    <t>Digitalisation strategy for the agri-food and forestry sector and the rural environment</t>
+  </si>
+  <si>
+    <t>Document defining the strategic lines and measures necessary to promote the digital transformation of the agri-food, forestry and rural sectors and the instruments provided for their implementation.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/estrategia_digitalizacion_sector_agroalimentario_forestal_medio_rural_ve_tcm30-560060.pdf</t>
+  </si>
+  <si>
+    <t>Summary of the presentation day of the digital forestry demonstrator implemented in Kiwi Atlántico within the framework of the HIBA+ project</t>
+  </si>
+  <si>
+    <t>Summary of the presentation day of the digital forestry demonstrator implemented in Atlantic kiwi within the framework of the HIBA+ project</t>
+  </si>
+  <si>
+    <t>https://youtu.be/kXcI_sF3gGM?feature=shared</t>
+  </si>
+  <si>
+    <t>Traceability in the Agri-Food, Livestock, Agricultural and Forestry Sector. Operational Groups and Innovative Projects</t>
+  </si>
+  <si>
+    <t>This publication is a compilation of Operational Groups and Innovative Projects in the field of traceability in the agri-food, agricultural, livestock and forestry sectors in Spain and Europe.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/dossier_Trazabilidad_V2.pdf</t>
+  </si>
+  <si>
+    <t>Marketing in the Agricultural, Livestock, Forestry and Agri-Food Industries Sectors. Operational Groups and Innovative Projects</t>
+  </si>
+  <si>
+    <t>This publication is a compilation of Operational Groups and Innovative Projects in the field of marketing in the agricultural, livestock, forestry and agri-food industries in Spain and Europe.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/dossier_Marketing_v2.pdf</t>
+  </si>
+  <si>
+    <t>Improvements in the Management of Forestry Operations. Operational Groups and Innovative Projects</t>
+  </si>
+  <si>
+    <t>This publication is a compilation of Operational Groups and Innovative Projects on improvements in the management of forest farms in Spain and Europe.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/dossier_MejoraExplotacionesForestales_v2.pdf</t>
+  </si>
+  <si>
+    <t>Marketing in the agricultural, livestock, forestry and agro-food industries</t>
+  </si>
+  <si>
+    <t>Digitalisation represents an opportunity advantage for the agricultural, livestock, forestry and agri-food sectors, in terms of the promotion and sale of their products. Likewise, online sales platforms, websites and social networks are affordable, easy-to-use and effective tools for making oneself known, communicating with a wide audience and generating new marketing channels, such as short circuits and km0. Dissemination - in a simple way for the consumer - through a communication and marketing strategy is essential today.</t>
+  </si>
+  <si>
+    <t>https://www.redruralnacional.es/sites/default/files/documents/dossier_Marketing_v2.pdf</t>
+  </si>
+  <si>
+    <t>Analysis of the willingness of mountain olive growers to participate in forest conversion programs</t>
+  </si>
+  <si>
+    <t>This paper analyzes the willingness of mountain olive growers to participate in an agri-environmental program that promotes the partial or total abandonment of production in order to enhance the provision of environmental public goods (biodiversity and soil functionality). To this end, a survey based on the contingent valuation technique was conducted in the regions of Los Pedroches and La Sierra (Córdoba) and Sª Norte (Seville). The results show a low level of acceptance among mountain olive growers (between 5% and 25% depending on the scenario and the level of compensation), with the program being more attractive to those with low yields and currently implementing good agricultural practices (e.g., land cover on a large part of their farms). Furthermore, participation in the program is determined by olive growers' opinions and attitudes, especially regarding organic production and the conversion of olive groves to forest land.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0ac670bd-7596-4afe-8adc-8e08217adab3</t>
+  </si>
+  <si>
+    <t>Ten Commandments on Wild Boar Pest Control</t>
+  </si>
+  <si>
+    <t>Summary of the main measures for the sustainable control of wild boar populations</t>
+  </si>
+  <si>
+    <t>https://iberico.com/wp-content/uploads/2023/04/DECALOGO.pdf</t>
+  </si>
+  <si>
+    <t>Online workshop: Advanced advisory skills for agricultural advisors in the field of technological solutions for digital agriculture</t>
+  </si>
+  <si>
+    <t>In this online workshop, organized by QuantiFarm in collaboration with EUFRAS, on November 28, 2024, farmers, rural consultants and other stakeholders had the opportunity to delve deeper into: Factors that influence the adoption of DATS ( Digital Agriculture Technology Solutions) by farmers Various categories of DATS ( Digital Agriculture Technology Solutions) and their potential benefits QuantiFarm's toolkit and personalized advisory services How to support farmers in the use of DATS ( Digital Agriculture Technology Solutions) in real-world situations</t>
+  </si>
+  <si>
+    <t>https://youtu.be/Cjv4ZaZPcfg</t>
+  </si>
+  <si>
+    <t>African swine fever (ASF) prevention measures in small and self-consumption farms</t>
+  </si>
+  <si>
+    <t>Leaflet from the Ministry of Agriculture, Fisheries and Food with measures for the prevention of African Swine Fever (ASF) in small farms and for self-consumption</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/dipticoexplotacionesreducidasfinal.pdf</t>
+  </si>
+  <si>
+    <t>Reinforcement of biosecurity in transport (ASICI)</t>
+  </si>
+  <si>
+    <t>Infographic</t>
+  </si>
+  <si>
+    <t>Infographic reinforcing biosecurity on African Swine Fever (ASF) in transport</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_transporteasici.jpg</t>
+  </si>
+  <si>
+    <t>Reinforcement of biosecurity in the slaughterhouse (ASICI)</t>
+  </si>
+  <si>
+    <t>Infographic reinforcing biosecurity measures regarding African Swine Fever (ASF) in the slaughterhouse</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_mataderoasici.jpg</t>
+  </si>
+  <si>
+    <t>Reinforcement of biosecurity on the farm (ASICI)</t>
+  </si>
+  <si>
+    <t>Infographic reinforcing biosecurity on African Swine Fever (ASF) on the farm</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_explotacionesasici.jpg</t>
+  </si>
+  <si>
+    <t>Reinforcement of biosecurity on the farm (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Biosecurity infographic on African Swine Fever (ASF) on the farm</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_granja10012022.pdf</t>
+  </si>
+  <si>
+    <t>Reinforcement of biosecurity in transport (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Biosecurity infographic on African Swine Fever (ASF) in transport</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_transporte10012022.pdf</t>
+  </si>
+  <si>
+    <t>Reinforcement of biosecurity at the slaughterhouse (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Biosecurity infographic on African Swine Fever (ASF) in the slaughterhouse</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_matadero10012022.pdf</t>
+  </si>
+  <si>
+    <t>African Swine Fever Situation</t>
+  </si>
+  <si>
+    <t>ASF is a highly contagious disease caused by a virus of the Asfarviridae family, genus Asfivirus. Some strains can cause acute or hyperacute symptoms with mortality and morbidity rates approaching 100%, while other strains cause sub-acute or even chronic clinical symptoms with lower mortality. It causes hemorrhagic lesions in the skin and internal organs due to damage to the vascular endothelium, but unlike CSF, this disease does not typically present with nervous system symptoms. In any case, it is impossible to differentiate these two diseases based on symptoms, and if clinical suspicion is present, immediate sample collection is necessary for laboratory diagnosis to differentiate them.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/informe-ppa_2025-11-13.pdf</t>
+  </si>
+  <si>
+    <t>Practical manual of operations in the fight against African Swine Fever (ASF)</t>
+  </si>
+  <si>
+    <t>The purpose of this manual is to serve as a working guide for Official Veterinary Services in cases of suspected and confirmed outbreaks of African Swine Fever (ASF).</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/manualpracticoppa_122024.pdf</t>
+  </si>
+  <si>
+    <t>Involving stakeholders in the prevention of African Swine Fever (ASF)</t>
+  </si>
+  <si>
+    <t>Fact sheet on the management of African Swine Fever (ASF)</t>
+  </si>
+  <si>
+    <t>https://iberico.com/wp-content/uploads/2023/04/Involucrando-a-los-diferentes-sectores-en-la-prevencion-de-la-Peste-Porcina-Africana-porciNews.pdf</t>
+  </si>
+  <si>
     <t>Considerations on vineyard nutrition and fertilization</t>
   </si>
   <si>
-    <t>Publications</t>
-[...1 lines deleted...]
-  <si>
     <t>From a nutritional standpoint, the grapevine is characterized by a regular rate of nutrient absorption throughout its growth cycle and relatively moderate mineral requirements. Inadequate fertilization strategies lead to undesirable nutritional imbalances with negative repercussions for quality, farm profitability, and the environment.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/ministerio/pags/Biblioteca/Revistas/pdf_Agri/Agri_2011_940_334_338.pdf</t>
   </si>
   <si>
     <t>How many colostrum feedings are enough for proper colostrum intake?</t>
   </si>
   <si>
     <t>The issue of colostrum feeding in calves has always been very dear to me. After graduating with my veterinary degree in 1984, in addition to immediately working as a clinician, I wanted to pursue an academic career, which required obtaining what was then called a bachelor's degree. This could be done through an exam or by completing a research project called a thesis. Back then, few of us obtained this degree, as it was only necessary to then pursue a doctorate. Today, all students must present and orally defend a final degree project to obtain their veterinary degree. The topic I chose for my thesis was colostrum feeding in calves. The importance of colostrum was already known in those years; in fact, the first article dates back to 1922, and by the 1980s there was a considerable amount of scientific literature, but nothing like what has happened since the beginning of this century. Today, the amount of scientific and popular information is immense.</t>
   </si>
   <si>
     <t>https://www.revistafrisona.com/Noticia/cuantas-tomas-de-calostro-son-suficientes-para-un-buen-encalostrado</t>
   </si>
   <si>
     <t>Practical manual of operations in the fight against avian influenza</t>
   </si>
   <si>
     <t>Highly Pathogenic Avian Influenza (HPAI) is a viral disease caused by certain subtypes (H5 and H7) of type A influenza virus, belonging to the Orthomyxoviridae family. It affects most avian species, causing a systemic and highly contagious disease with high mortality within 24 hours in commercial poultry farms. Consequently, it can significantly impact the production and marketing of poultry and poultry products in a region or country. For this reason, HPAI is included in the World Organisation for Animal Health (WOAH) Single List of Notifiable Diseases and in the European Union's List A of Notifiable Diseases.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/aves/influenza-aviar/manualpracticoia_052025.pdf</t>
   </si>
   <si>
     <t>How infected poultry could spread avian influenza to people</t>
@@ -92,527 +1298,209 @@
   <si>
     <t>ETIOLOGY. Avian influenza is a highly contagious viral disease that affects both domestic and wild birds. Avian influenza viruses have also been isolated, although less frequently, from some mammal species, such as rats, mice, weasels, ferrets, pigs, cats, tigers, dogs, and horses, as well as from humans. Some strains can be highly zoonotic and, in some cases, cause severe illness in humans.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/aves/influenza-aviar/influenzaaviarfichatecnica.pdf</t>
   </si>
   <si>
     <t>Introduction to regenerative agriculture</t>
   </si>
   <si>
     <t>Extensive livestock management to avoid depleting pastures.</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/4.%20Definiciones%20y%20herramientas%20de%20la%20agroganader%C3%ADa%20regenerativa_Javi%20Garc%C3%ADa%20Lacal.pdf</t>
   </si>
   <si>
     <t>Analysis of the current situation of agricultural soils</t>
   </si>
   <si>
     <t>What does the regenerative model propose?</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/2.%20An%C3%A1lisis%20de%20la%20situaci%C3%B3n%20actual%20de%20los%20suelos%20agr%C3%ADcolas_Alberto%20P%C3%A9rez%20Rold%C3%A1n.pdf</t>
   </si>
   <si>
-    <t>Evaluating the Spanish AKIS</t>
-[...10 lines deleted...]
-  <si>
     <t>Regenerative Agriculture and Livestock Farming: A Brief Introduction to its Development in Iberia and Europe</t>
   </si>
   <si>
     <t>Regenerative agriculture proposes producing food while caring for the soil, biodiversity, and the well-being of those who work the land.</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/1.%20Trayectoria%20y%20situaci%C3%B3n%20actual%20de%20la%20agroganader%C3%ADa%20regenerativa%20en%20la%20Pen%C3%ADnsula%20Ib%C3%A9rica%20y%20en%20Europa_Ana%20Dig%C3%B3n.pdf</t>
   </si>
   <si>
     <t>Introduction workshop to Regenerative Agriculture, session 3</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=NYXAeHi5GyU&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=4</t>
   </si>
   <si>
     <t>Introduction workshop to Regenerative Agriculture, session 2</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=qev1l6X1ZNs&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=3</t>
   </si>
   <si>
     <t>Introduction workshop to Regenerative Agriculture, session 1</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=MpV-I8KwS4Q&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=2</t>
   </si>
   <si>
-    <t>Prominifun. “Innovative management models for improving productivity in smallholding areas”</t>
-[...52 lines deleted...]
-  <si>
     <t>Grups operatius a Catalunya. Call 2018 (Catalan)</t>
   </si>
   <si>
     <t>The Technical Dossier no. 123: “Grups operatius a Catalunya. Call 2018” is dedicated to the Groups Operatius developed within the framework of the CAP Strategic Plan (PEPAC 2023-2027), and includes the Agricultural Knowledge and Innovation Systems, also linked to AKIS (Agricultural Knowledge and Innovation System). The Operative Groups provide funding for the drafting and execution of projects within the framework of the European Association for Innovation in Agricultural Productivity and Sustainability (AEI-Agri). This contains the first article of this technical dossier “The operating groups of L'AEI-Agri in Catalonia: period 2015-2023”. Next, each of the projects of the Operative Groups of 2018 will be explained, which is divided into agricultural, forestry, agro-food industry and branch projects. For each one, it is explained what it is about, and the results and conclusions obtained. Finally, the Dossier ends with interviews with people who have developed projects and explain their experience. The first, to Rosana Garcia, agricultural technical engineer at IRTA. Next, the interview with Eloi Montcada, agronomist and cluster manager at INNOVI. The Technical Dossier is a monographic publication of the Department of Climate Action, Food and Rural Agenda on relevant aspects of agricultural, branch, food, fishing, forestry and rural activities, carried out by the collaboration of experts. of the administration, universities and research centers and the sector.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/10397814/02+DT123+12_09_23.pdf/5b1a344a-5586-4807-b64e-1de75637e861</t>
   </si>
   <si>
-    <t>Operational Groups in Catalonia. Call for 2018</t>
-[...250 lines deleted...]
-  <si>
     <t>EIT Food Consumer Observatory</t>
   </si>
   <si>
     <t>The EIT Food Consumer Observatory regularly produces research reports and studies on consumer perceptions of food.</t>
   </si>
   <si>
     <t>https://www.eitfood.eu/projects/consumerobservatory/consumer-observatory-reports</t>
   </si>
   <si>
     <t>EATrends 2025-2027</t>
   </si>
   <si>
     <t>Identify food trends Key factors that will shape innovation and business strategy in the coming years, with an eye toward new social values, consumer priorities, and the forces of a changing environment.</t>
   </si>
   <si>
     <t>https://www.azti.es/productos/eatrends2025/</t>
   </si>
   <si>
     <t>Practical guide on soil management and soil health from the SOILBIO project</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_AGRICULTORES_digital.pdf</t>
   </si>
   <si>
     <t>Guide to good practices in soil management with respect to biodiversity</t>
   </si>
   <si>
     <t>Guide to provide farmers with knowledge about the interactions that occur in the soil in relation to its biodiversity and how these influence fertility and resilience depending on the agricultural practices used by the farmer.</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_completa_digital.pdf</t>
   </si>
   <si>
     <t>Influence of Irrigation and Other Factors on Sunflower Crop Yield</t>
   </si>
   <si>
     <t>Traditionally, rainfed agriculture has been developed not only due to the low availability of irrigation water but also because farmers assume that applying water to crops such as wheat or sunflower is not economically viable, as that water could be used for other crops that potentially generate higher profits. In recent years, the profitability of irrigated agriculture has declined significantly, with irrigation water productivity values very close to the limits of profitability. This document addresses the results of a study on the yields of a sunflower crop under irrigated conditions during winter sowing, with the application of different nitrogen fertilizer doses and different plant densities.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7de5a60e-ad00-4f0c-af70-aa76d8239df9</t>
   </si>
   <si>
+    <t>Evaluation of Desi Chickpea Germplasm for Use in Animal Feed</t>
+  </si>
+  <si>
+    <t>A set of chickpea entries of the Desi type from the IFAPA Legume Germplasm Bank were evaluated in two different locations for the variables flowering date, plant height, date of first pod emergence, dry grain yield, dry grain relative humidity, test weight, 100-seed weight, and protein content. The experimental design was a randomized block with three replicates. The results of the statistical analyses performed are presented in the document. Ecotypes with optimal qualities for use in animal feed can be identified with cycles adapted to the agroclimatic conditions tested.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3d33a57-03b2-4e50-a910-550b555abb8f</t>
+  </si>
+  <si>
+    <t>Study of Mycotoxins in Winter Cereals in Andalusia</t>
+  </si>
+  <si>
+    <t>A wide range of filamentous fungi are capable of producing different types of mycotoxins in cereals, which pose a serious risk of chronic toxicity to humans and animals. These toxins can be generated throughout the entire production cycle, with the highest levels found in raw materials (cereal grains). In products for direct consumption, the food processing process tends to dilute the concentration of mycotoxins by using other, uncontaminated ingredients. This document includes a study on the presence of mycotoxins (aflatoxins, zearalenone, and ochratoxin-A) in control varieties of winter cereals (durum wheat, common wheat, and barley) grown in the different locations tested within the RAEA (Andalusian Agricultural Experimentation Network) network, in order to understand the current situation regarding their incidence in the different agroclimatic zones considered during the 2019/2020 and 2020/2021 campaigns.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c12e90a0-1676-4830-aaba-cfc3ad24b628</t>
+  </si>
+  <si>
+    <t>Aflatoxins in corn grain. Flowchart and HACCP system in the field, receiving, and storage.</t>
+  </si>
+  <si>
+    <t>A wide range of fungi are capable of producing different types of mycotoxins. In the case of aflatoxins, the most well-known producing fungi are of the Aspergillus genus. Corn is among the most affected crops. This document includes the reference flow diagram, highlighting critical control points and improving sampling methodology in the field and during storage, conducting trials to assess the degree of varietal susceptibility to Aspergillus infections, and conducting surveys of farmers to determine their level of awareness about the problem.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21e88bd2-806b-48c0-9f2b-945cf0e93346</t>
+  </si>
+  <si>
+    <t>Recommendations for Composting Horticultural Remains.</t>
+  </si>
+  <si>
+    <t>One of the possibilities for managing and recovering plant waste is composting, minimizing transportation and processing costs to obtain a product that improves the soil's physical and chemical properties. Compost has great fertilizing value and improves the soil's water retention capacity. It also reduces leaching and the environmental impact on aquifers. This document provides recommendations for the composting process of plant waste from greenhouse horticulture, establishing how the various parameters should be optimized to obtain quality compost.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/57bbac64-177a-47db-8e6b-f57b2aa1c1b9</t>
+  </si>
+  <si>
+    <t>Behavior of the Main Pistachio Varieties</t>
+  </si>
+  <si>
+    <t>One of the key aspects for successful cultivation is the correct variety selection. This publication presents the initial results of a study on the performance of the main pistachio varieties, conducted by the Mediterranean Fruit Growing team at IFAPA. It contains information on aspects to consider when choosing a variety, such as: size and branching; flowering and ripening periods; early production; and fruit characteristics.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fdcc0d9e-d1ac-4567-9e71-a7e85bcca327</t>
+  </si>
+  <si>
+    <t>Guide to groundcovers in citrus trees</t>
+  </si>
+  <si>
+    <t>One of the fundamental objectives of sustainable production systems must be the control of water erosion of the soil, which requires appropriate soil management and conservation techniques. Along these lines, the installation of vegetation cover along plantation alleys is considered one of the best measures to prevent erosion and minimize pollution caused by the use of phytosanitary products, as well as one of the recommended practices for promoting sustainable agriculture.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa0532aa-eede-450d-b799-6ff1648c391b</t>
+  </si>
+  <si>
+    <t>Characterization of Functional Compounds in Different Strawberry Varieties</t>
+  </si>
+  <si>
+    <t>Several studies have shown that these varieties differ in the quantity and type of antioxidants. Given this multivarietal nature, it is interesting to know the antioxidant levels of the varieties grown each season. In fact, these antioxidants can vary depending on the phenological stage of the crop and the weather conditions during the season, which runs from autumn to late spring.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e4987db0-ef98-41bb-8ac1-079bc2f5b8c7</t>
+  </si>
+  <si>
+    <t>Agronomic Evaluation of Kabuli Chickpea Ecotypes. 2023/2024 Crop Season.</t>
+  </si>
+  <si>
+    <t>A set of Kabuli chickpea ecotypes was evaluated in two different locations for the variables flowering date, plant height, first pod emergence date, dry grain yield, dry grain relative humidity, test weight, and 100-seed weight. The experimental design was a randomized block with three replicates. The results of the statistical analyses performed are presented in the document. Ecotypes with higher yield and grain size, and with cycles adapted to the tested conditions, were identified.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c89097c7-5422-4e61-a046-aa00bfdeaf35</t>
+  </si>
+  <si>
     <t>Recommendations for Making Brine-Ripened Cheese</t>
   </si>
   <si>
     <t>Traditionally, brined cheeses have been produced in Mediterranean countries and some near the Balkans. They are characterized by a final ripening and preservation stage immersed in brine, which gives them their firmness and characteristic saline and acidic notes. These producing regions are characterized by high temperatures, which makes cheese ripening difficult without refrigeration equipment. Therefore, after production, they are preserved immersed in brine, which is the main characteristic that distinguishes them. Furthermore, they have mountainous terrain that favors pastoral activity with small ruminants (goats and sheep). This work establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ff0411f-1c78-438b-8b00-a013010b5991</t>
   </si>
   <si>
-    <t>Agronomic Evaluation of Kabuli Chickpea Ecotypes. 2023/2024 Crop Season.</t>
-[...70 lines deleted...]
-  <si>
     <t>Red Fruit Irrigation Programming Manual</t>
   </si>
   <si>
     <t>A detailed review of irrigation scheduling for soft fruit crops in the province of Huelva, using weather forecasts, is presented. The scheduling is based on the FAO methodology for calculating crop water requirements. The procedure for calculating greenhouse ETo is described, and specific Kc values for soft fruit crops in the province of Huelva are proposed. A practical example is included illustrating the calculation of irrigation time for a strawberry crop in the province of Huelva. The "Riego Berry" application is introduced, a digital tool that offers personalized irrigation recommendations for strawberry, raspberry, and blueberry crops in the province of Huelva. Finally, the results of the validation of this scheduling method on commercial farms are presented, along with irrigation performance indicators such as irrigation water efficiency and productivity in soft fruit crops.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dcf255d3-71ea-47b5-aab4-5656e3694452</t>
   </si>
   <si>
     <t>Ten years of applying alperujo compost in olive groves</t>
   </si>
   <si>
     <t>The results of a ten-year study are presented, during which different mixtures of olive oil compost were applied to olive groves. The influence on the improvement of soil fertility and fruit oil yield was evaluated.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14de70dd-4551-4a95-b842-11982791d69c</t>
   </si>
   <si>
     <t>Biohealthy Compounds of Pistachio</t>
   </si>
   <si>
     <t>The results of a study of 11 pistachio varieties grown in Andalusia during the 2019 and 2020 seasons are presented, assessing their total phenolic compound content, antioxidant activity, carotenoid content, and chlorophyll content. The color of the shell, the integument, and the interior of the fruit are also studied.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/61f83cc7-451d-47d7-be17-e3ec8ffecb53</t>
@@ -911,50 +1799,77 @@
   <si>
     <t>Results of a research project that studied different alternative fertilization methodologies using urea. Among these, the use of nitrification inhibitors and urease stands out. The results were presented in terms of agronomic benefits (harvest, N in grain, etc.) and environmental benefits (reduction of nitrate leaching and N02 emissions).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76fb3e4e-8484-4fa4-865a-fdcab95eaaf4</t>
   </si>
   <si>
     <t>Comparative study of fruit production and quality in five late-harvest plum cultivars under organic and conventional management.</t>
   </si>
   <si>
     <t>Results from 2009 to 2013 regarding the production and quality of five commercial cultivars of late-harvest Japanese plum, which have been cultivated for several years under two different agronomic management systems: organic and conventional.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d109d527-1abd-438d-a3e1-12e169313572</t>
   </si>
   <si>
     <t>Trials of Sunflower Varieties Resistant to Jopo (O. cumana) in Andalusia. 2024 Campaign</t>
   </si>
   <si>
     <t>Results of the five trials of sunflower varieties resistant to jopo (O. Cumana) in Andalusia in the 2024 campaign. Data on both seed and oil yield, data on the different diseases, and a summary table of yields are presented for each trial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d35cebaa-01bd-46fd-8c49-6c776c3f3969</t>
   </si>
   <si>
+    <t>Use of manual and electronic tensiometers for irrigation management</t>
+  </si>
+  <si>
+    <t>Tensiometers are instruments that measure the matric potential or matric tension of soil. This is an indirect measure of soil moisture and is caused by the forces that retain water in the capillaries and on soil particles.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/341bbbd5-9403-4e30-bf4f-855945132330</t>
+  </si>
+  <si>
+    <t>Animal Welfare in Poultry Farms</t>
+  </si>
+  <si>
+    <t>Manual intended for use in courses on Animal Welfare in Poultry Farms. The courses will have a minimum duration of 20 hours and are intended for owners and those working on poultry farms. IFAPA has deemed it appropriate to develop and publish this specific teaching material on Animal Welfare in Poultry Farms, with the aim of providing both the sector and educators in this field with appropriate content that addresses the topics covered in the regulations governing Animal Welfare training.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4effe209-78ac-40b0-8f2f-f6f243c394c4</t>
+  </si>
+  <si>
+    <t>Optimizing Irrigation and Fertilization in Sunflower Cultivation</t>
+  </si>
+  <si>
+    <t>To further our understanding of the interaction between water and fertilizer requirements in sunflower cultivation, a three-year experiment was conducted testing different irrigation volumes, different fertilization strategies, and their potential interactions on seed yield, oil content, and other yield components. This document presents the results of the experiment.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff8af041-9d03-48b7-ae84-7436d05fa364</t>
+  </si>
+  <si>
     <t>What is the asset value of a farm?</t>
   </si>
   <si>
     <t>For a fair valuation of agricultural land, the total costs involved in managing a farm must be considered, without overlooking factors that, in certain cases, generate significant differences in agricultural accounting and, therefore, in the income to be considered as a starting value. This study highlights the impact that land fragmentation and dispersion have on farm profitability in the case of traditional olive groves in the province of Jaén and, consequently, on the asset valuation of rural properties. The results indicate that reducing land fragmentation is essential to maintaining the asset value of land.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33fa9470-9142-4312-b776-b8f2ed64ead3</t>
   </si>
   <si>
     <t>Phytopathological Problems of Strawberry Cultivation in Huelva</t>
   </si>
   <si>
     <t>To assess the impact of plant pathology problems on strawberries and the perceived effectiveness of plant protection products, a survey was conducted among plant health technicians responsible for strawberry crops in Huelva. A questionnaire was developed consisting of three groups of questions: (i) geographical and agronomic characteristics of the plots supervised by the interviewee, (ii) the most widespread and damaging diseases, and (iii) control methods used. The questionnaires were distributed among cooperatives in the strawberry-producing regions of Huelva, and responses were collected through personal interviews with technicians responsible for the health of this crop in 2017.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cb5558a-df1a-4326-8c90-921a870af6bb</t>
   </si>
   <si>
     <t>Short Channels for Organic Vegetables in Almería and Granada. Analysis of Marketing Experiences</t>
   </si>
   <si>
     <t>Short-channel marketing experiences refer to a set of initiatives focused on food production, distribution, and consumption. These initiatives are developed, in most cases, as alternatives to more widespread forms of these activities. The objective of this study is to explore the current status of these initiatives in the marketing of organic vegetables in the provinces of Almería and Granada. To this end, the commercial structure of these channels, product offerings, origin, type and range of products, sales methods, and other aspects have been characterized. The information used in this study comes from a 2015 survey of 37 establishments in the metropolitan area of the provinces of Almería and Granada and their neighboring areas; virtually all organic establishments were surveyed. The results of this study show that organic foods, due to the nature of their production systems, their local ties, and the type of market niches they typically serve, are particularly suitable for short-channel marketing.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/15dcde6f-2a55-4310-a226-84fd84f0e602</t>
@@ -965,77 +1880,50 @@
   <si>
     <t>Procedure for the correct implementation and management of a Sinapis alba subsp. mairei plant cover and its use for biofumigation</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e635cb6a-a041-47e8-a7f9-4d24bdbda418</t>
   </si>
   <si>
     <t>Sustainable Olive Grove Systems.</t>
   </si>
   <si>
     <t>It sets out the commitments to be fulfilled by all beneficiaries of this operation, with the aim of implementing good agro-environmental practices by making sustainable use of the natural resources that coexist with olive cultivation, making it a profitable crop both economically and environmentally.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e2dbfb-ba33-4432-84a8-16f828cd68b0</t>
   </si>
   <si>
     <t>Irrigation recommendations for olive groves in the 2022-2023 campaign</t>
   </si>
   <si>
     <t>Irrigation recommendations for olive groves during years of low rainfall, offering strategies to mitigate, as much as possible, the effects of water stress on olive and oil production.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7257cf50-7f90-4212-b8e8-adbf02e922c2</t>
   </si>
   <si>
-    <t>Use of manual and electronic tensiometers for irrigation management</t>
-[...25 lines deleted...]
-  <si>
     <t>Environmental impact of olive cultivation in Andalusia</t>
   </si>
   <si>
     <t>The objectives of this study were to analyze the environmental impacts of existing olive production systems in Andalusia, select and improve agricultural practices to identify the processes that cause the most significant environmental problems, and design a more efficient and environmentally friendly olive cultivation management system. This is the first study conducted in Spain to demonstrate the environmental impacts of a wide variety of olive production systems using life cycle assessment, including integrated production systems.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c55e8e17-e72f-44cd-82f3-1c5f3503cc1d</t>
   </si>
   <si>
     <t>Multifunctionality of olive farms in Andalusia based on the agricultural techniques implemented</t>
   </si>
   <si>
     <t>The objectives of this study are, first, to develop an integrated model for assessing the multifunctionality of olive groves in Andalusia based on the ANP technique, and second, to apply this model to improve the design of agri-environmental policies focused on multifunctionality, defining the agricultural practices with the greatest potential to affect the multifunctional performance of olive groves and the best technical alternatives. The evolution of these practices in recent years will also be analyzed.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6930c778-22c5-4393-a7f6-70dd870e4a5d</t>
   </si>
   <si>
     <t>Use of copper-storing plants for phytoremediation of agricultural soils. Application to the Phytobac system.</t>
   </si>
   <si>
     <t>The main objectives of this work are: 1) the selection of plants capable of accumulating and immobilizing heavy metals in their aerial parts (phytoremediation) to be used in soils contaminated by heavy metals, mainly copper, since its use is still permitted in agriculture and 2) the subsequent implementation of the Phytobac system. For this purpose, two trials have been carried out, one in a growth chamber and another in a greenhouse, with different plant species and subjected to different concentrations of copper during different stages of development.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da00b2f3-1a92-4c6c-9f9d-1b1ec2326096</t>
@@ -2960,131 +3848,131 @@
   <si>
     <t>This paper presents the main results obtained from analyzing the incidence and causes of chestnut decline in the Sierra de Aracena and Picos de Aroche mountains. The affected area is described, as well as the symptoms and main diseases present in the area. Finally, a proposal for actions to reduce the incidence and spread of the main pathologies detected is made.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff070672-7214-4f3b-8e19-7f375f44c3fd</t>
   </si>
   <si>
     <t>Preparation of a Garlic Extract Rich in Healthy Compounds</t>
   </si>
   <si>
     <t>This work presents the results of various extraction methods of compounds of nutritional and health interest in two varieties of garlic (white and purple).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e057cb85-3f06-48a9-a6b3-1eaba717951a</t>
   </si>
   <si>
     <t>Oenological Potential of the Doradilla and Vijiriega Grape Varieties Cultivated in Andalusia</t>
   </si>
   <si>
     <t>This work presents the results of winemaking from two minority varieties grown in</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f97be1-e121-4d81-aacf-78b9373caff7</t>
   </si>
   <si>
+    <t>Composting of Plant Remains from Extensive Crops and Fruit Trees in Andalusia</t>
+  </si>
+  <si>
+    <t>This paper presents the initial results of the "CompostAnd" project, which addresses the sustainable management of plant residues from extensive and fruit crops typical of Western Andalusia. It justifies the need for composting as a response to various problems facing the agricultural sector, transforming it into an economic and environmental opportunity. It presents the initial experiences carried out by IFAPA in the composting of plant residues typical of Western Andalusia, such as straw, citrus fruit remains from detritus, and pruning waste. It also details the parameters to be measured and the handling of the compost to ensure its stability and final quality.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45083272-d36a-4111-a0a8-d6b01c9e4bc1</t>
+  </si>
+  <si>
+    <t>Effect of Sun Exposure on Fruit Quality in Different Strawberry Varieties</t>
+  </si>
+  <si>
+    <t>This study aimed to test the effect of light exposure level on strawberry fruit quality and assess whether the differences observed between varieties are due to the architecture or biochemistry of each variety. Four of the most representative varieties were analyzed during the 2015-16 campaign, differentiating between light-exposed and non-light-exposed fruits. The main results showed that light exposure affects fruit quality, both in terms of flavor and antioxidant concentration. Therefore, it is a factor to consider when guiding cultivation, although the magnitude of the effect depends on the variety.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5bd1cb6b-186f-43d3-9b7a-6b32e6cdff3e</t>
+  </si>
+  <si>
+    <t>Effectiveness of Different Chemical Soil Disinfestation Techniques in Strawberry Cultivation. 2017-18 Crop Season</t>
+  </si>
+  <si>
+    <t>This paper presents the results of agronomic evaluation and the effectiveness of important combinations of chemically derived active ingredients and novel application techniques in controlling fungal pathogens and nematodes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d8d6ae2-b68e-474d-85a3-ddf0fb59a967</t>
+  </si>
+  <si>
+    <t>Determination of the Bioavailability of Strawberry Antioxidant Compounds for Use in Breeding Programs</t>
+  </si>
+  <si>
+    <t>This work raises the need to include in strawberry breeding programs not only the quantification of the fruit's antioxidants but also the quantification of the fruit's potentially bioactive antioxidants, that is, those that can exert a beneficial effect on human health. To this end, we present an in vitro method that simulates typical human digestion and can be used as a tool in developing healthy strawberry varieties.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5eaba83-0b97-4c86-933a-a29a50e07c4d</t>
+  </si>
+  <si>
+    <t>Organoleptic and Nutraceutical Characterization of Five Strawberry Varieties</t>
+  </si>
+  <si>
+    <t>This paper presents the nutritional, organoleptic and functional characterization of five strawberry varieties during the years 2010 and 2011 in Spain: Fuentepina, Amiga, Camarosa, Candonga and Primoris.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76051c55-042c-4404-8063-263985f38319</t>
+  </si>
+  <si>
     <t>Raspberry irrigation schedules based on historical weather data</t>
   </si>
   <si>
     <t>This paper presents a trial of different irrigation schedules for raspberry cultivation in the province of Huelva. Treatment T1 applied the irrigation resulting from the ETo calculation under clear-sky conditions. Treatment T2 applied a schedule based on the AEMET weather forecast on a weekly basis. Treatment T3 applied a schedule based on the historical average ETo over the past 20 years. Finally, the control treatment (T4) received the irrigation applied to the rest of the field. Using the irrigation schedule for raspberry cultivation, based on historical series of meteorological data to estimate ETo, allowed for yields similar to those achieved using an irrigation schedule based on the AEMET weather forecast or under clear-sky conditions, with the advantage of having a fixed schedule at the beginning of the season that can be used from one season to the next.</t>
   </si>
   <si>
     <t>https://lajunta.es/5u1l9</t>
   </si>
   <si>
     <t>Volatile Characterization of Organic and Conventional Orange Juice (cv. Salustiana)</t>
   </si>
   <si>
     <t>This paper presents a method for analyzing volatiles in oranges using a rapid, clean, and environmentally friendly technique (solid-phase headspace microextraction coupled with gas chromatography-mass spectrometry) to determine the volatiles that contribute to the aroma of oranges. This method is useful not only for characterizing oranges but also for discriminating between organic and conventional cultivation systems using statistical analysis. However, applying this technique to discriminate between orange cultivation systems requires additional studies with more varieties and years of measurement, as well as a deeper understanding of the causes of these differences.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34cff86a-dae1-40b1-a80f-adb18b3b2b69</t>
   </si>
   <si>
     <t>Confirmation of Hybrids in Chickpeas with DNA Testing</t>
   </si>
   <si>
     <t>This paper presents two cases (for Orobanche and Fusarium) that confirm the hybrid nature of F1 plants obtained from directed crosses in the Córdoba chickpea breeding program. The verification was performed using molecular markers selected based on polymorphism between the parents of the cross, an essential requirement for their use. Confirming the hybrid nature of crosses is of utmost importance since verification is performed at the seedling stage, allowing us to discard F1 seeds that do not originate from the desired cross, saving time, space, effort, and therefore money.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7361391-8b46-4dd3-a0f4-0328ee879add</t>
   </si>
   <si>
     <t>Morphological Variability in Broad Beans and Chickpeas</t>
   </si>
   <si>
     <t>This paper presents the morphological variability of broad beans and chickpeas collected at the IFAPA Legume Germplasm Bank in Córdoba. This variability is being used in Córdoba's breeding programs for both crops to obtain new varieties and to develop molecular markers associated with traits of agronomic interest that aid in more effective and efficient selection of new materials. Both crops are important grain legumes in Andalusia and are characterized by their high protein content and their ability to fix atmospheric N2. Furthermore, they are an important source of macro- and microelements beneficial to health, making them crops of great interest for both human consumption and animal feed.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5588b038-45eb-44e9-803e-0209459c89a8</t>
   </si>
   <si>
-    <t>Composting of Plant Remains from Extensive Crops and Fruit Trees in Andalusia</t>
-[...43 lines deleted...]
-  <si>
     <t>Comprehensive Pest Management of Stone Fruit Trees.</t>
   </si>
   <si>
     <t>This teaching material reviews the main theoretical and practical aspects that may be useful in combating the main pests of stone fruit trees in our region, within the framework of the Integrated Production Program contemplated in the Regulations for Integrated Production of Peach, Plum, and Apricot Trees in Andalusia (BOJA, 2013). This publication aims to provide farmers and sector technicians with a useful and easily accessible tool to facilitate the practice of integrated management of pests that attack our stone fruit trees.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ebd9bd7-a32d-40e6-af2e-de54c93a4576</t>
   </si>
   <si>
     <t>Production of High-Quality Durum Wheat under Irrigated Conditions</t>
   </si>
   <si>
     <t>In this study, using high-quality durum wheat varieties, a study was conducted in two locations: Santaella (Córdoba) and Jerez de la Frontera (Cádiz). Different irrigation strategies were tested, with particular emphasis on the timing of the final irrigation. The application of greater amounts of water and a delay in the date of the final irrigation led to increased yields in all tested varieties without affecting grain quality, with all varieties classified in group 1. In addition, the use of a growth regulator was studied, which will reduce the height of the first internodes of the plants, hindering lodging. It has been shown that the application of a growth regulator does not produce losses in the yield or grain quality of the durum wheat varieties studied; therefore, its use will allow higher irrigation doses to be applied without the risk of increasing plant height and resulting lodging.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/efc09b3f-8826-4c19-be69-127cb53e23e3</t>
   </si>
   <si>
     <t>Instantaneous Protein Analysis in Wheat Grain Using a Portable NIR Instrument</t>
   </si>
   <si>
     <t>In this work, prediction models are developed to use a portable NIRS instrument to determine the protein content of whole wheat grains instantly and in situ. The models obtained have adequate predictive capacity.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c6e66cc-870b-41b3-84ed-01f4916d7ab3</t>
@@ -4058,92 +4946,92 @@
   <si>
     <t>This study presents data from 2017, across two extensive meat sheep production systems. Two herd reproductive management systems were used, along with economic data on profitability in both cases.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ede4f23-931f-453a-83e9-06c2ec17b25c</t>
   </si>
   <si>
     <t>Compatibility of the presence of game fauna with other uses in the pasture</t>
   </si>
   <si>
     <t>This manual provides a brief description of the main wildlife species targeted for hunting in Andalusia's dehesa formations and describes how some actions can be taken to promote the compatibility of agricultural, livestock, and hunting activities in dehesa farms.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d0294477-7f02-484e-abde-38a8afd85310</t>
   </si>
   <si>
     <t>Analysis and Situation of Young Vineyards in the Province of Cádiz</t>
   </si>
   <si>
     <t>This paper analyzes the situation of young vineyards in the province of Cádiz, based on provincial data obtained from the Andalusian Viticultural Registry. A detailed analysis of the data obtained from this registry was conducted, analyzing the structure of young vineyards, surface area distribution, rootstock type, cultivars, and nurseries.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/69c6984f-e609-42f0-ab45-e6bd6ea6dfa4</t>
   </si>
   <si>
+    <t>Sustainable woody cropping systems. Almond cultivation. Operation 10.1.6</t>
+  </si>
+  <si>
+    <t>This document is addressed to those almond farm owners who are beneficiaries of aid under the Agri-Environment and Climate measure, with the aim of informing them of the mandatory requirements to be met, as well as arguing the reasons for this aid and the purpose it seeks to achieve, in order to understand the commitments required. Within the European Community, the general rules for aid for rural development and the participation of that fund, aimed at financing a series of measures, including that of Agri-Environment and Climate, which is the subject of development in this document. They are defined in Regulation (EU) No. 1305/2013 of the European Parliament and of the Council of 17 December 2013 on support for rural development by the European Agricultural Fund for Rural Development (EAFRD). At the national level, the National Rural Development Framework for the period 2014-2020 harmonizes the conditions of application and defines the elements</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14163078-d512-414d-bef9-896b55a8b325</t>
+  </si>
+  <si>
+    <t>Sustainable Woody Crop Systems. Almond Cultivation. 2nd Monitoring Session for Operation 10.1.6.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/96032a66-142b-488a-91fd-941bfc6bc85b</t>
+  </si>
+  <si>
     <t>Herbicide trial against Chrysanthemum segetum</t>
   </si>
   <si>
     <t>This document presents the results of a field trial that tested various active ingredients for the control of Chrysantemum segetum, a herbicide-tolerant species that causes problems in herbaceous and woody crops.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3930ac9d-2a12-4ad2-a910-7b224a8a9e98</t>
   </si>
   <si>
     <t>Characteristics of the grass Brachypodium distachyon as a groundcover</t>
   </si>
   <si>
     <t>This document contains all the existing information and the results of field trials on the use of the grass Brachypodium distachyon as a groundcover, including its main characteristics, development, adaptation to the environment, pests and diseases, and its effectiveness against erosion.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04206e91-804a-4176-b1ae-b1ac1047cc9f</t>
   </si>
   <si>
     <t>Foliar fertilization in olive groves. Correcting nutritional deficiencies</t>
   </si>
   <si>
     <t>This document compiles updated information to correctly perform foliar fertilization in olive groves.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6379c212-eb77-4251-9e9a-db6665f3b4ba</t>
   </si>
   <si>
-    <t>Sustainable woody cropping systems. Almond cultivation. Operation 10.1.6</t>
-[...13 lines deleted...]
-  <si>
     <t>Auxiliary Raw Materials in the Dairy Industry</t>
   </si>
   <si>
     <t>This document constitutes the teaching material that complements the second module (Reception and Storage of Auxiliary Raw Materials) of the "Cheese Specialist" Training Program. In the production of dairy products, the incorporation of auxiliary raw materials in addition to milk is necessary to facilitate the development of the production process. Their addition aims to restore the characteristics of the milk after the previous basic operations, adapt it to the production process, preserve the product, or modify its organoleptic characteristics. In any case, exhaustive quality control is necessary since they directly or indirectly affect the final product.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89658127-f194-4fa4-8202-7513057040ae</t>
   </si>
   <si>
     <t>Obtaining quality compost from plant waste. Experience with the "CompostAnd" project</t>
   </si>
   <si>
     <t>This document describes composting as a sustainable solution for improving soil health and managing agricultural waste. It explains the process, from the proper mixing of materials to compost maturation, highlighting the importance of carbon/nitrogen balance, aeration, and moisture and temperature control. Based on the experience of the CompostAnd project, it offers practical recommendations for farmers to produce quality compost on their farms, promoting sustainability and the circular economy.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6543a30e-3045-4207-81eb-74bf7c082dc9</t>
   </si>
   <si>
     <t>Characteristics of Sinapis alba subsp. Mairei as plant cover and for biofumigation</t>
   </si>
   <si>
     <t>This document is a summary of all the information currently available on the use of Sinapis alba subsp. mairei as a groundcover: description and characteristics of the species, implementation and management techniques for this type of groundcover, adaptation to the environment, and use in biofumigation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e5c327a-0236-445e-bf36-b47de8ee7930</t>
@@ -4742,122 +5630,122 @@
   <si>
     <t>Grafting in tomato is mainly used to: i) prolong the harvest period and greenhouse production; ii) counteract production losses caused by soil-borne pathogens; and iii) increase plant vigor without affecting fruit size or quantity. This document summarizes the advantages and limitations of grafting tomato on rootstocks resistant to nematodes of the genus Meloidogyne. The results of several trials comparing its effectiveness in reducing nematode populations and increasing tomato productivity with resistant and susceptible varieties are presented. Recommendations are given for its use as a control measure for diseases caused by plant-parasitic nematodes of the genus Meloidogyne.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26504cb4-77a4-4ae5-9361-31137970b17e</t>
   </si>
   <si>
     <t>Agronomic and Oenological Study of the Blanca Gordal Variety Cultivated in the Granada Highlands. Results 2013-2018</t>
   </si>
   <si>
     <t>The interest in conserving and achieving better use of a local resource such as the Gordal vine variety has been the basis of a socioeconomic development project that has brought together a public research organization, the Institute for Agricultural and Fisheries Research and Training (IFAPA), the Rural Development Group (GDR) of the Altiplano de Granada, as well as winegrowers and winemakers from the region, all rowing in the same direction to achieve the recovery, conservation and enhancement of this local variety that can be a hallmark of the wine sector in the Altiplano de Granada region.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c07d038e-f151-4eaf-bb92-5bf51e1db7d4</t>
   </si>
   <si>
     <t>Production of Sparkling Wines from the Pedro Ximénez Variety in Combination with Other Aromatic Varieties.</t>
   </si>
   <si>
     <t>Interest in producing sparkling wines using the traditional method as a means of diversification is growing in Andalusian wine-growing regions. Since 2013, the IFAPA (Spanish Institute of Wine and Spirits) in Cabra has been experimenting with sparkling wine production, especially with the traditional Pedro Ximénez variety, which, due to its relative neutrality, has yielded excellent results in wines aged for at least one year. With the aim of obtaining sparkling wines with a sensory profile with fewer aging notes and more fruity and floral notes, this trial was proposed. It studies the production of sparkling wines from Pedro Ximénez base wines in blends with other more aromatic varieties such as Chardonnay and Muscat de grano pequeño. The resulting wines have been positively evaluated by a large tasting panel, improving the scores in the olfactory, gustatory, and overall impression phases compared to single-varietal wines.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d4610b-90f5-4b24-8eb0-4356a3e69284</t>
   </si>
   <si>
+    <t>Integrated Dodder Control</t>
+  </si>
+  <si>
+    <t>The document contains useful information for the integrated control of this parasitic plant, addressing aspects of its morphology, life cycle, preventive measures, etc.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9f43329f-d7f4-45a9-a1b3-1d43bf2efc3f</t>
+  </si>
+  <si>
+    <t>Integrated Control of Jopo in Grain Legumes</t>
+  </si>
+  <si>
+    <t>The document collects information on the possibilities of controlling the pathogen jopo (Orobanche creata Forsk.) in grain legumes under integrated production cultivation systems.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b417cbec-0003-4d8c-8075-905651e006d6</t>
+  </si>
+  <si>
+    <t>Diversification of artisanal cheese production: Goat cheese with sweet wine</t>
+  </si>
+  <si>
+    <t>The essay presented here is a first step toward assessing the potential use of sweet wines for incorporation into the goat cheese production process. Among them, Pedro Ximénez wine, aged for five years, stands out, demonstrating, from a consumer perspective, sensory and, therefore, commercial potential for use as an additive in goat cheese production.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/193ad8a9-b12b-48f9-a53f-5a1228b76614</t>
+  </si>
+  <si>
+    <t>Study of Diversity in Protected Horticulture: Spiders and Biological Control (II)</t>
+  </si>
+  <si>
+    <t>Establishing native vegetation as favorable habitats for natural enemies enhances their abundance and diversity. This increased diversity is especially useful in highly simplified agricultural landscapes, such as those with greenhouse horticultural crops. Spiders are one of the most abundant and ubiquitous generalist predators in agroecosystems. Therefore, they can be an important biological agent of pests, but they can also be involved in intraguild predation. In this study, the abundance of spiders and the two main horticultural pests, Bemisia tabaci and Frankliniella occidentalis, was analyzed in a mixture of 21 newly planted shrubs selected for habitat management in a highly simplified horticultural system over the course of one year.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf8b3432-7fe4-44e4-8e53-4a41400f635c</t>
+  </si>
+  <si>
+    <t>Horticulture and Gender 2020</t>
+  </si>
+  <si>
+    <t>The study "Horticulture and Gender 2020" aims to be a useful tool to contribute to improving the quality of life of women farmers by identifying potential needs or shortcomings. It analyzes the current trend based on the results obtained from a similar study conducted in 2006. To this end, two distinct objectives were pursued: (i) compilation of positive actions carried out by public and private entities in support of women; and (ii) analysis of the situation of women farmers within their protected horticulture farms. The positive action plans were compiled using a questionnaire that collected information on projects, courses, workshops, etc. The field survey covered the regions of Campo de Níjar-Bajo Andarax and Campo de Dalías, together accounting for 96% of the wintering area of the province of Almería (30,729 ha) and the region of La Costa (Granada), which has an area of 2,863 ha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4c3e8a3c-ee52-4490-b877-57ef65faacd1</t>
+  </si>
+  <si>
     <t>Strategies for Integrated Nematode Management in Protected Horticulture</t>
   </si>
   <si>
     <t>The key factor for greenhouse-protected horticultural cultivation is the climate under the cover, which favors crop development and precocity, but also promotes the development of pests and diseases, including plant-parasitic nematodes. The intensity of crop cultivation and the short fallow periods between successive crops largely prevent the natural mortality of nematode populations due to the absence of a host plant. Therefore, the integrated management of nematode diseases should be targeted at the entire agricultural season, rather than at a single crop, since the measure(s) applied to one crop will likely affect the next crop in the rotation. The biological and epidemiological factors influencing nematode-induced vegetable diseases are presented, and management strategies for these diseases are recommended, based on scientific knowledge of the nematode in horticultural crops protected under plastic along the coast of Almería.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/35aedf68-eded-4881-9409-374485980f3e</t>
   </si>
   <si>
     <t>Land consolidation: determining the ideal areas for olive cultivation in Jaén</t>
   </si>
   <si>
     <t>Property division is the result of the application of an inheritance system that encourages the division of assets among heirs and the failure of measures intended to halt this process. It hinders efficient land management, leading to economic, social, and environmental inefficiencies. This paper delimits the olive-growing areas in the province of Jaén that are potentially optimal for land consolidation, minimizing the financial compensation transactions for the different qualities of the land contributed, in order to streamline and expedite the administrative process.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f117c147-f78f-4e66-9c18-a2e0d2c15ca4</t>
   </si>
   <si>
     <t>Growing Guides. Legume Series: Chickpeas</t>
   </si>
   <si>
     <t>Chickpeas have been a traditional crop throughout the Mediterranean Basin, becoming part of dryland agricultural alternatives alongside cereals. Their hardiness, the improving effect they have on the soil, and the human use of their grain for food have been the main reasons for this.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f1ea0de-ebcf-404a-aa1c-6fd94f1b91d0</t>
   </si>
   <si>
-    <t>Integrated Dodder Control</t>
-[...43 lines deleted...]
-  <si>
     <t>The IFAPA Legume Germplasm Bank</t>
   </si>
   <si>
     <t>This document presents the IFAPA Legume Germplasm Bank, its objectives, functions, nature, and procedures for requesting information and germplasm.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01e2d493-8f74-4269-8709-0addd9d39274</t>
   </si>
   <si>
     <t>Registration and Production of Traditional Varieties</t>
   </si>
   <si>
     <t>The document presents the concept of conservation varieties as a tool for addressing the registration of traditional varieties and ecotypes, thereby contributing to the diversity of agrosystems under production models that are more environmentally friendly and socially responsible.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0788677-ff18-46c5-9431-f88676ee9f82</t>
   </si>
   <si>
     <t>Andalusian Chickpea Ecotypes Showcases. 2021-2022 Campaign.</t>
   </si>
   <si>
     <t>The document presents the results of a demonstration trial in which different Andalusian chickpea ecotypes selected for their adaptation and yield were grown in the town of El Carpio (Córdoba). These plots were the subject of the Technical Visit held on May 20, during which farmers and technicians were able to learn about the characteristics of these materials firsthand.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/746bafbf-627b-45df-a1ef-923ec6360d08</t>
@@ -5156,140 +6044,140 @@
   <si>
     <t>Technical document on the methodology for implementing no-till farming and its impact as a climate change mitigation practice, sequestering atmospheric carbon and reducing atmospheric emissions.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/06409323-1599-426d-ab50-45360a55c279</t>
   </si>
   <si>
     <t>Influence of the Cultivation System on Strawberry Variety Production. 2020/2021 Crop Season. I. Production Parameters</t>
   </si>
   <si>
     <t>During the 2020/2021 crop year, IFAPA characterized the productivity of a group of 12 varieties selected from those currently available on the market. The objective of this study is to study and demonstrate the differences in production-related parameters between the tested varieties. The information generated is offered as a tool for farmers, technicians, and exporters to facilitate varietal selection given the current wide range of varieties available.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04ee09e8-29ae-4720-b8c6-24969e21a657</t>
   </si>
   <si>
     <t>Blueberry Variety Evaluation. 2020/2021 Campaign</t>
   </si>
   <si>
     <t>During the 2020/2021 campaign, a group of 14 varieties selected from those currently available on the market were characterized. The parameters evaluated and presented in this work are related to the production and quality of the different varieties. The information generated is offered as a tool for farmers, technicians, and exporters to facilitate varietal selection given the current wide range of available varieties. This activity is part of Objective 2 "Characterize blueberry varieties grown in different agro-environments" of the Sectoral Transfer Project TRA2019.004: "Sustainable production in the cultivation of strawberries and other berries." To achieve this objective, two trials were conducted: the first in soil-free cultivation in Moguer, and the second in organic cultivation in Almonte, both locations in the province of Huelva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91f47311-fc8b-4ff0-a41a-397a6542aad5</t>
   </si>
   <si>
+    <t>Watermelon Rootstocks Against the New Sieve Virus (MNSV-W-SP)</t>
+  </si>
+  <si>
+    <t>During the spring of 2014, watermelon plants in a greenhouse located in the province of Almería exhibited symptoms similar to those induced by Melon necrotic spot virus (MNSV), such as necrosis of fruit, leaves, and stems. Mechanical inoculation of symptomatic watermelon plants in the laboratory onto melon, cucumber, wine squash, zucchini, pumpkin, and watermelon produced symptoms similar to those observed in the field only in the case of watermelon, while the rest of the inoculated cucurbits remained asymptomatic. Using molecular techniques such as high-throughput sequencing, it was determined that the watermelon symptoms were attributed to a new, previously undescribed strain of MNSV, called MNSV-W-SP. We have confirmed that the main commercially available rootstocks for watermelon cultivation are resistant to the virus.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a52f9cb-ec34-4d2a-9bd6-ef9ac78b4462</t>
+  </si>
+  <si>
     <t>Effect of Variety and Cultivation System on Yield-Related Traits in Strawberries. 2023/2024 Crop Season</t>
   </si>
   <si>
     <t>During the 2023/2024 crop year, yield-related traits were analyzed in 16 strawberry varieties from different breeding programs grown in four cultivation systems in the Huelva growing region: conventional cultivation, cultivation without soil disinfection, soilless cultivation, and organic cultivation. The results obtained are presented in this paper.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a4d0ec4f-b650-4f31-8971-f21312a6fcf4</t>
   </si>
   <si>
-    <t>Watermelon Rootstocks Against the New Sieve Virus (MNSV-W-SP)</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a52f9cb-ec34-4d2a-9bd6-ef9ac78b4462</t>
+    <t>Study of the intrinsic attributes of 11 varieties of traditional organic tomatoes</t>
+  </si>
+  <si>
+    <t>Document showing the results of consumer opinions on the acceptance and preferences for the most representative intrinsic attributes of the traditional tomato varieties tested, assessing their taste quality. During the tasting sessions, respondents evaluated the following intrinsic attributes: firmness, juiciness, sweetness, acidity, and persistence.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b6bd11d-3095-470d-94f3-3f44c413a1d4</t>
+  </si>
+  <si>
+    <t>Effect of mechanized pruning on the agronomic and oenological behavior of red wine varieties grown in warm climates</t>
+  </si>
+  <si>
+    <t>Document showing the results of a three-year trial comparing the effects of manual pruning and mechanical pruning of two red grape varieties grown in the Montilla mountain range on their agronomic performance and oenological potential.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1296fb92-a4b8-4a2e-a3c1-198d8a97d560</t>
+  </si>
+  <si>
+    <t>Potential of the Melon Variety for the Production of Rosé Wines</t>
+  </si>
+  <si>
+    <t>Document showing the results of a study aimed at optimizing maceration time to obtain a rosé wine from the Melonera variety. It details the production of rosé wines and the results obtained with this variety in four consecutive campaigns (2011-2014).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bd19952-5136-4d2d-9d8d-188409d917fa</t>
+  </si>
+  <si>
+    <t>Crop coefficients for young almond trees in western Andalusia: recommendations</t>
+  </si>
+  <si>
+    <t>Document showing the results of the calculation of the cultivation coefficient (Kc) for almond trees in Western Andalusia, recommending the irrigation water dosage in three areas of Córdoba and Seville.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e83b4a6b-775d-4a4a-adf7-6803c19285ae</t>
+  </si>
+  <si>
+    <t>Vineyard Mechanization: A New, More Profitable Model of Viticulture</t>
+  </si>
+  <si>
+    <t>Document showing the results of the study carried out over four consecutive seasons in a vineyard located in the IFAPA Rancho de la Merced center. The main objectives were to improve crop profitability by applying new mechanized cultivation practices and techniques, and to study the impact of new viticulture models on plant physiology and the quality of the grapes and wine.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13cad6fa-b2b9-4989-98f4-a30f6ec392be</t>
+  </si>
+  <si>
+    <t>Perception of the Olive and Olive Oil Sector on Rural Development Groups</t>
+  </si>
+  <si>
+    <t>This document presents the olive and olive oil sector's perception of the work carried out by the Rural Development Groups in the provinces of Jaén, Córdoba, and Granada. The work was carried out as part of the Transforma Olive and Olive Oil Project. It analyzes whether the olive and olive oil sector is satisfied with the Rural Development Groups' work in managing innovative olive-related projects for the endogenous development of agricultural regions.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dabc61b-1fe2-43f1-aa86-f893b71a814f</t>
   </si>
   <si>
     <t>Partial Dealcoholization of White Wines by Reverse Osmosis</t>
   </si>
   <si>
     <t>Document showing the analytical and sensory results of the partial dealcoholization of young Palomino Fino white wines. The wines were produced and subsequently dealcoholized at the Rancho de la Merced experimental winery. The grapes used came from three coastal towns in the province of Cádiz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990955ef-05c8-4e05-b325-ece16f4aa7f0</t>
   </si>
   <si>
     <t>Agronomic and Oenological Behavior of Vitis vinifera Under Moderate Irrigation</t>
   </si>
   <si>
     <t>Document showing the results of trials conducted between 2011 and 2013 on the agronomic, physiological, and qualitative effects of moderate irrigation on Vitis vinifera cv. Syrah and cv. Cabernet Sauvignon, grown in a Mediterranean climate.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/086a630b-fe6a-417a-a8e2-4cf8bc38625e</t>
   </si>
   <si>
-    <t>Study of the intrinsic attributes of 11 varieties of traditional organic tomatoes</t>
-[...52 lines deleted...]
-  <si>
     <t>Accelerated Aging of Pedro Ximénez Wine Vinegars</t>
   </si>
   <si>
     <t>Document describing an accelerated aging experience with Pedro Ximénez wine vinegar using micro-oxygenation and oak chips.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43ab9d37-d254-4f43-8250-3c1fa1346f8e</t>
   </si>
   <si>
     <t>Sulfur in Winemaking. Alternatives</t>
   </si>
   <si>
     <t>This document presents the current status of the use of sulfur dioxide preservatives in the wine industry. It describes how this preservative works, its properties, and its effects on wine quality and consumer health. It summarizes the analytical methodologies for its determination, current international regulations on its use, and the alternatives proposed by the international scientific community for its replacement. Finally, it presents the main conclusions derived from the project carried out at IFAPA in the search for alternatives to sulfur dioxide, and outlines the future of sulfur dioxide and its alternatives in wineries and research.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fbb0bb4-261a-4c19-97d4-6e8ba8dafeb4</t>
   </si>
   <si>
     <t>Introduction to Organic Viticulture in Andalusia</t>
   </si>
   <si>
     <t>This document presents the current status of organic viticulture at the national level and in the autonomous community of Andalusia. It also covers regulations on organic farming, with particular emphasis on the conversion process and the importance of certification. Finally, it includes an analysis of the various applicable aid and subsidies.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eafed293-d927-49f5-a55d-991483765307</t>
@@ -6446,68 +7334,56 @@
   <si>
     <t>Inventory of innovative projects implemented by supra-regional operational groups of the European Partnership for Innovation for Agricultural Productivity and Sustainability of the National Rural Development Programme (PNDR) 2014-2022, submeasure 16.2.</t>
   </si>
   <si>
     <t>Plant pest and disease alerts: Presence of Cydalima perspectalis, a defoliating lepidopteran associated with the genus Buxus spp.; boxwood (Buxus sempervirens) specimens in Asturias are affected.</t>
   </si>
   <si>
     <t>Very voracious defoliating caterpillar that can cause drying and death of affected plants.</t>
   </si>
   <si>
     <t>https://www.asturias.es/documents/217090/1859119/Articulo-plaga-buxus-pen-iberica.pdf/5c8e5568-3691-be9b-dfb0-47f0a943dfed?t=1667479003151</t>
   </si>
   <si>
     <t>Annual Report 2023</t>
   </si>
   <si>
     <t>The Institute of Natural Resources and Agrobiology of Seville (IRNAS) is an experimental research center in the areas of Agricultural Sciences and Natural Resources.</t>
   </si>
   <si>
     <t>https://www.irnas.csic.es/wp-content/uploads/2024/06/MEMORIA_IRNAS_2023.pdf</t>
   </si>
   <si>
     <t>Plowing</t>
   </si>
   <si>
-    <t>Podcast</t>
-[...1 lines deleted...]
-  <si>
     <t>Agriculture, livestock, and current agri-food program.</t>
   </si>
   <si>
     <t>https://www.ivoox.com/podcast-arada_sq_f1308280_1.html</t>
   </si>
   <si>
-    <t>We are Ecological</t>
-[...7 lines deleted...]
-  <si>
     <t>EFE-Agro Mundo Rural</t>
   </si>
   <si>
     <t>Audios related to agriculture and livestock.</t>
   </si>
   <si>
     <t>https://www.ivoox.com/podcast-mundo-rural_sq_f174949_1.html</t>
   </si>
   <si>
     <t>Legume diseases. Legume rust</t>
   </si>
   <si>
     <t>CAUSING AGENT: Legume rust refers to several diseases caused by fungi of the genus Uromyces. They are obligate parasites, most of them specialized, each species or subspecies attacking a different crop (bean rust, pea rust, broad bean rust, alfalfa rust, etc.). Broad bean rust also affects peas, lentils, vetch, and others. The aerial part of the plant becomes covered with round, rusty spots on the leaves, elongated on stems and peduncles, on which powdery pustules form. The pustules prevent the absorption of solar radiation and gas exchange in the parts of the leaf they cover, reducing crop yield. The onset of infection requires the presence of water on the leaves for at least 8-10 hours and temperatures of 17-23ºC. Wind, water, insects, and birds disseminate the spores, spreading the disease. The biological cycle of each rust is completed on a single species and is complex, involving five different spore forms. CYCLE, SYMPTOMS, AND DAMAGE: Symptoms appear first on the basal leaves and later spread to the upper leaves, stems, and even pods. They usually appear after rain. Small, chlorotic spots turning ochre, surrounded by a yellow or green halo, on which orange-brown pustules that produce urediospores form. Under favorable conditions, the urediospores reinfect the plant in a cycle that repeats until the end of the growing season. Severe infections cause stem dehydration, leaf drop, and flower abortion. When crop growth ends or environmental conditions are adverse, longer, black pustules form that produce teliospores, resistant spores capable of surviving until spring.</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/301887/LE-E-04+ROYA+EN+LEGUMINOSAS-W.pdf/60ef4e9e-87d3-a718-8964-6efb8d73eacb?t=1560241555771</t>
   </si>
   <si>
     <t>Pests in sunflower. Jopo in sunflower</t>
   </si>
   <si>
     <t>The sunflower is an oilseed crop from which high-quality oil is extracted for human consumption. The residues from seed milling are used for animal feed and in derivatives for industrial use. It is a hardy, adaptable plant that makes excellent use of soil resources and recovers easily after periods of drought. These characteristics make its cultivation the main alternative to winter cereals in the Community of Castilla y León. The hardiness of the sunflower generally guarantees the absence of phytopathological problems, but occasionally they can be significant: failures at germination due to the activity of groundworms, fungal diseases in rainy seasons, and parasitic damage to plants weakened by drought. The Castilla y León Pest Observatory includes the sunflower in its Pest Surveillance and Control System to detect the appearance of these diseases, issue the corresponding warnings, and recommend appropriate practices to reduce their incidence.</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/2035963/GI-P-01_JOPO+EN+GIRASOL_2022-W.pdf/a6d79a91-381d-0081-22df-8245b183949d?t=1669363902320</t>
@@ -7136,53 +8012,50 @@
   <si>
     <t>https://plagas.itacyl.es/documents/109511/2033001/VI-E-04_FLAVESCENCIA+DORADA_2022-W.pdf/df74320f-2783-cbd6-1f65-68475c953488?t=1641900135853</t>
   </si>
   <si>
     <t>Vineyard diseases. Wood diseases</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/921714/VI-E-03+YESCA+20-W.pptx.pdf/93c57353-a097-e5f1-8daf-3dc7960c464a?t=1586253574594</t>
   </si>
   <si>
     <t>GPS collars for livestock. Function and study of grazing behavior.</t>
   </si>
   <si>
     <t>New Information and Communication Technologies (ICTs) represent a major advance in livestock farm management, contributing to improved productivity and the quality of life of livestock farmers. Precision livestock farming, through the use of various sensor devices, allows for automated, continuous, and individual monitoring of animals, providing vital information on their production, health, and well-being. These innovations are increasingly being implemented in more intensive livestock farming (particularly dairy cattle and pigs), but not so much in extensive farming, where animals are grazed, often freely, over relatively large areas, such as in ports. In these cases, GPS (Global Positioning System) devices make it possible to monitor the location and movement of animals in near-real time, greatly facilitating livestock monitoring efforts.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/159334/8446.pdf/9ef2b650-9c8b-0cf4-be54-0e7bc77666d4?t=1715863524285</t>
   </si>
   <si>
     <t>Rootstock trials on Asturian grape varieties</t>
   </si>
   <si>
     <t>The upswing in viticulture in Asturias began in 1997, when a group of winegrowers interested in promoting it and improving the quality of their wines founded the Association of Producers and Makers of Cangas Wine (APROVICAN), gradually incorporating new technologies into cultivation and production. In 2001, wineries in southwestern Asturias were included for the first time in the distribution of European Union funds for the conversion of Spanish vineyards (Feo, 2004). In the middle of that same year, the geographical indication "Vino de la Tierra de Cangas" was granted, and in 2008, it was granted the level of protection for quality wine produced in certain regions (vcprd), "Vino de Calidad de Cangas" (BOPA, 2001; 2008). The application for the Cangas Designation of Origin has currently been submitted to the Community Registry for processing.</t>
   </si>
   <si>
-    <t>https://serida.asturias.es/documents/99361/179941/Ensayo+de+portainjertos+en+variedades+de+vid+de+Asturias.pdf/d4ef19e8-6c62-bbdd-aeb1-97f0972435e8?t=1729770450155</t>
-[...1 lines deleted...]
-  <si>
     <t>Vine Varieties in Asturias</t>
   </si>
   <si>
     <t>This book presents the first results of an intense work plan that aims to advance the knowledge of the wine heritage of Asturias.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Variedades+de+Vid+en+Asturias.pdf/d56c8713-23ab-5cd0-66a0-39b39cfa2aed?t=1729770395974</t>
   </si>
   <si>
     <t>Animal tuberculosis: Research and control in Spain</t>
   </si>
   <si>
     <t>Animal tuberculosis is a chronic granulomatous infectious disease that affects various domestic and wild mammals and, very rarely, birds. It is caused by species belonging to the Mycobacterium tuberculosis complex (MTC), primarily M. bovis and M. caprae (Grange et al. 1990). Mycobacterium bovis combines one of the broadest host ranges of all pathogens with a complex epidemiological model that encompasses interactions between humans, domestic animals, and wildlife (Galagan 2014).</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Tuberculosis+animal.pdf/42834f1a-505d-b993-2f8e-210099d9b828?t=1729770366791</t>
   </si>
   <si>
     <t>Presentation "Effect of direct seeding on soil quality indicators in extensive rainfed systems"</t>
   </si>
   <si>
     <t>Course: Direct sowing in rainfed crops. Keys to its implementation and development within the framework of the CAP ecoregimes. "Effect of direct sowing on soil quality indicators in extensive rainfed systems"</t>
   </si>
   <si>
     <t>https://sossuelo-cita.es/wp-content/uploads/2024/02/PresentacionCurso_13Mayo_RamonIsla.pdf</t>
@@ -7193,56 +8066,50 @@
   <si>
     <t>The pig, in its most rustic and extensively farmed form, has traditionally been one of the domestic animals most used by humans to exploit forest resources and generate the food needed for family consumption. Asturias, the birthplace of many native livestock breeds, also has its own native pig breed: the Gochu Asturcelta, known as the Asturian pig by ancient authors, which for many years was linked to the family economy of Asturian agriculture.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Manual+del+Gochu+Asturcelta.pdf/5798cc3e-ad14-36d2-36ac-3a77389da033?t=1729770346602</t>
   </si>
   <si>
     <t>Magaya red flour as an ingredient in cookies</t>
   </si>
   <si>
     <t>The Circular Economy seeks to minimize waste in industrial processes by making more efficient use of resources. Unlike models based on extracting, producing, consuming, and disposing, the Circular Economy promotes reuse, recycling, and renewal within a closed production system.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/0/Harina+roxa+de+magaya+como+ingrediente+de+galletas.pdf/fdd53c28-988b-b130-641e-404c4f14d62e?t=1748604980716</t>
   </si>
   <si>
     <t>Cheese Dictionary</t>
   </si>
   <si>
     <t>To talk about cheese is to talk about a food with more than 10,000 years of history, even predating writing, whose origin is a mystery steeped in legend. The first cheeses appeared in the Neolithic period, when humans began shepherding and learned to domesticate animals (the first sheep appeared between 8000 BC and 3000 BC), a time when our ancestors began to prepare this ancient food.</t>
   </si>
   <si>
     <t>https://www.itacyl.es/documents/20143/235841/Diccionario+del+queso_prueba+maquetaci%C3%B3n.pdf/dcda7e14-59b1-fce7-d509-faf109fefdbc?t=1733386537036</t>
   </si>
   <si>
-    <t>Dossier of supra-autonomous innovation projects</t>
-[...4 lines deleted...]
-  <si>
     <t>CONAFE TUTORIALS</t>
   </si>
   <si>
     <t>Specialized video channel on Friesian livestock with tutorials on management, genetics, etc.</t>
   </si>
   <si>
     <t>https://www.youtube.com/playlist?list=PLw3H0LRHH720buTI7Eulqg5PWNqJ2AyOh</t>
   </si>
   <si>
     <t>Manual of good practices for vine cultivation in the region of Murcia. Socioeconomic and environmental assessment</t>
   </si>
   <si>
     <t>The manual aims to convey, in a direct and simple way, to winegrowers and technicians involved in the regional wine chain, sustainable cultivation guidelines, both for dryland bush-fed vines and for irrigated trellis vines.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/manual-de-buenas-practicas-para-el-cultivo-de-la-vina-en-la-region-de-murcia-evaluacion-socioeconomica-y-ambient-1</t>
   </si>
   <si>
     <t>Cost structure of agricultural production areas in the Region of Murcia: open-air and greenhouse horticulture</t>
   </si>
   <si>
     <t>Publication dedicated to regional horticultural crops, both outdoors and under protected and greenhouse conditions.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/estructura-de-costes-de-las-orientaciones-productivas-agricolas-de-la-region-de-murcia-horticultura-al-aire-libre-y-bajo-invernadero</t>
@@ -7619,59 +8486,50 @@
   <si>
     <t>Nutritional assessment: The majority of tripe is water, followed by protein. Its fat content, especially saturated fat, is less than 3%. This last figure should be interpreted with caution. When assessing the nutritional value of a recipe based on tripe, the lipid content of the other ingredients must be taken into account. According to traditional Spanish cuisine, tripe is typically high in lipids (such as chorizo or blood sausage), which significantly increases the final fat content of the dish. Tripe contains no carbohydrates and has cholesterol levels above the group average. Because of this, it is not recommended for low-cholesterol diets. Its mineral content, such as iron, magnesium, zinc, phosphorus, potassium, and especially selenium, is particularly important. A 150g serving of tripe covers the recommended intake of this mineral. The most important B vitamins in its composition are B2 and niacin. It contains small amounts of folic acid and vitamin E.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ministerio/servicios/informacion/callos_tcm30-102867.pdf</t>
   </si>
   <si>
     <t>Phytopathological Records</t>
   </si>
   <si>
     <t>To provide information on the biology and control of pests, diseases, weeds, physiopathies, and auxiliaries of interest to plants in Extremadura.</t>
   </si>
   <si>
     <t>https://www.juntaex.es/documents/77055/621136/Fichas+Fitopatologicas+Indice+20231003.pdf/511213aa-e15c-4ae1-afcc-449680c0f7b9?t=1696338055227</t>
   </si>
   <si>
     <t>Epidemiological situation of classical swine fever</t>
   </si>
   <si>
     <t>CSF is a highly contagious disease that affects both domestic and wild swine. It is caused by a virus of the Flaviviridae family, genus Pestivirus, and is characterized by hemorrhagic lesions and is typically fatal in its acute forms, affecting animals of all ages. CSF must be ruled out in any case that presents with hemorrhagic symptoms or nervous symptoms. Mortality and morbidity are usually very high, although less virulent strains have also been described that cause chronic or mild infections, with significant neonatal losses and impaired fertility.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ganaderia/temas/sanidad-animal-higiene-ganadera/informeppc_2025-03-21_tcm30-550589.pdf</t>
   </si>
   <si>
-    <t>African Swine Fever Situation</t>
-[...7 lines deleted...]
-  <si>
     <t>German Agrolife</t>
   </si>
   <si>
     <t>Here, we'll explore my evolution as a farmer, discuss everything related to the primary sector, and share tips and tricks to help everyone improve. You'll also have a weekly podcast where we'll talk about agriculture and feature guests who'll tell us their stories. We'll bring in experts and professionals from all sectors.</t>
   </si>
   <si>
     <t>https://www.youtube.com/@GermanAgrolife</t>
   </si>
   <si>
     <t>Be Agro</t>
   </si>
   <si>
     <t>Welcome to Be Agro! ????? Your new favorite podcast where the world of farming becomes a fascinating adventure. If you think agriculture is all about dirt and sweat, prepare to be amazed. From the best-kept secrets of farming to funny stories from the countryside, here you'll find everything you need to become a true agro lover. Join us and discover why rural life is anything but boring. Laughter, fun facts, and much more on Be Agro!</t>
   </si>
   <si>
     <t>https://www.youtube.com/@Beagro</t>
   </si>
   <si>
     <t>Informational video about Eurytoma amigdali (almond wasp)</t>
   </si>
   <si>
     <t>Informational video about the almond wasp (Eurytoma amigdali)</t>
   </si>
   <si>
     <t>https://videos.gva.es/index.php/extwidget/preview/partner_id/251/uiconf_id/23448677/entry_id/0_xxjjcmdi/embed/dynamic</t>
@@ -9269,60 +10127,51 @@
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacionestudio-6_tcm30-685717.pdf</t>
   </si>
   <si>
     <t>High Precision Automated Systems for Pest Monitoring</t>
   </si>
   <si>
     <t>How does digitalization impact pest and disease control in greenhouse crops?</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/high-tech-patsc-trap-eye-josepedro-sanchez_tcm30-690560.pdf</t>
   </si>
   <si>
     <t>Development of digital tools in agriculture</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/desarrollo-herramientas-digitales-shawn-carlisle_tcm30-690558.pdf</t>
   </si>
   <si>
     <t>Webinar - How does digitalization impact pest and disease control in greenhouse crops?</t>
   </si>
   <si>
     <t>Webinar - DigiMAPA: The digital tool that connects the agri-food sector with Agrotech companies</t>
   </si>
   <si>
-    <t>DigiMAPA: The digital tool that connects the agri-food sector with Agrotech companies.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.youtube.com/watch?v=jdXXgHEqdoM</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
   </si>
   <si>
     <t>Webinar - Application of artificial intelligence in animal health monitoring</t>
   </si>
   <si>
     <t>Application of artificial intelligence in animal health monitoring.</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=ce7kztbSi9s</t>
   </si>
   <si>
     <t>Webinar - Session I - Robotization in outdoor agriculture</t>
   </si>
   <si>
     <t>Session I: Robotization in outdoor agriculture</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=S-cFcBWs-gY</t>
   </si>
   <si>
     <t>ModernAKIS Strengthening in AKIS Spanish</t>
   </si>
   <si>
     <t>Strengthening the Spanish AKIS: Systemic Approaches for Future Challenges in Agriculture", within the framework of the European project @heuropemodernakis Its main objective was to provide a deeper understanding of the foundations that describe the Agrarian Knowledge and Innovation System (AKIS) and to visualize the various connections that exist within the agri-food sector and the rural environment, and to apply "systemic thinking" in complex contexts related to agriculture, livestock and forestry. #agriculture #agriculturalinnovation #agriculturalinnovation</t>
   </si>
@@ -12140,54 +12989,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1389"/>
+  <dimension ref="A1:D1486"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D1389"/>
+      <selection activeCell="A1" sqref="A1:D1486"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="273.648" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2191.751" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1014.467" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -12215,8048 +13064,8048 @@
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="1" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>41</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="1" t="s">
+      <c r="D57" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="1" t="s">
+      <c r="D58" s="1" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="1" t="s">
+      <c r="D59" s="1" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="1" t="s">
+      <c r="D60" s="1" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="1" t="s">
+      <c r="D61" s="1" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="1" t="s">
+      <c r="D62" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="1" t="s">
+      <c r="D63" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="1" t="s">
+      <c r="D64" s="1" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="1" t="s">
+      <c r="D65" s="1" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="1" t="s">
+      <c r="D66" s="1" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="1" t="s">
+      <c r="D68" s="1" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="1" t="s">
+      <c r="D69" s="1" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="1" t="s">
+      <c r="D70" s="1" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="1" t="s">
+      <c r="D71" s="1" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="1" t="s">
+      <c r="D72" s="1" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="1" t="s">
+      <c r="D73" s="1" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="1" t="s">
+      <c r="D75" s="1" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="1" t="s">
+      <c r="D76" s="1" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="1" t="s">
+      <c r="D77" s="1" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="1" t="s">
+      <c r="D78" s="1" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>257</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>263</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
         <v>269</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>270</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>292</v>
+        <v>271</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D100" s="1" t="s">
-        <v>295</v>
+        <v>271</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D101" s="1" t="s">
         <v>296</v>
-      </c>
-[...7 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>299</v>
-      </c>
-[...7 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D103" s="1" t="s">
         <v>302</v>
-      </c>
-[...7 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D104" s="1" t="s">
         <v>305</v>
-      </c>
-[...7 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D105" s="1" t="s">
         <v>308</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D106" s="1" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>317</v>
-      </c>
-[...7 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>320</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>326</v>
-      </c>
-[...7 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>329</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>335</v>
-      </c>
-[...7 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D115" s="1" t="s">
         <v>338</v>
-      </c>
-[...7 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>341</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D117" s="1" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>349</v>
+        <v>271</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>352</v>
+        <v>271</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>5</v>
+        <v>380</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>5</v>
+        <v>380</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>5</v>
+        <v>380</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>5</v>
+        <v>380</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>5</v>
+        <v>380</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>5</v>
+        <v>380</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="1" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="1" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="1" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="1" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="1" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="1" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="1" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="1" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="1" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="1" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="1" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="1" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="1" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="1" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="1" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="1" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="1" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="1" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>583</v>
+        <v>576</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="1" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="1" t="s">
-        <v>587</v>
+        <v>580</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="1" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="1" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="1" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="1" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="1" t="s">
-        <v>602</v>
+        <v>595</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>603</v>
+        <v>596</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="1" t="s">
-        <v>605</v>
+        <v>598</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>606</v>
+        <v>599</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="1" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="1" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="1" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="1" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="1" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="1" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="1" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="1" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="1" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="1" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>637</v>
+        <v>630</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="1" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="1" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>643</v>
+        <v>636</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="1" t="s">
-        <v>644</v>
+        <v>637</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>645</v>
+        <v>638</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="1" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>649</v>
+        <v>642</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="1" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="1" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="1" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="1" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="1" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="1" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="1" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C225" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="D225" s="1" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="1" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="1" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="1" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="1" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="1" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="1" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="1" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="1" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="1" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="1" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="1" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="1" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="1" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="1" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="1" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="1" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="1" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="1" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="1" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="1" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="1" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="1" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="1" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="1" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="1" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="1" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="1" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="1" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="1" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="1" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C255" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D255" s="1" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="1" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="1" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="1" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="1" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="1" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="1" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="1" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="1" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="1" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="1" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="1" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="1" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="1" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="1" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="1" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="1" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="1" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="1" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="1" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="1" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="1" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="1" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="1" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="1" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="1" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="1" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="1" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="1" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="1" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>965</v>
+        <v>959</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>968</v>
+        <v>959</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>991</v>
+        <v>986</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1009</v>
+        <v>1004</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1013</v>
+        <v>1007</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1014</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1015</v>
+        <v>1009</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1016</v>
+        <v>1010</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1017</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1018</v>
+        <v>1012</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1019</v>
+        <v>1013</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1020</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1023</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1024</v>
+        <v>1018</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1026</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1027</v>
+        <v>1021</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1029</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1030</v>
+        <v>1024</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1031</v>
+        <v>1025</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1032</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1033</v>
+        <v>1027</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1034</v>
+        <v>1028</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1035</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1036</v>
+        <v>1030</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1037</v>
+        <v>1031</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1038</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1040</v>
+        <v>1034</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1041</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1042</v>
+        <v>1036</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1043</v>
+        <v>1037</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1044</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1045</v>
+        <v>1039</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1048</v>
+        <v>1042</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1049</v>
+        <v>1043</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1057</v>
+        <v>1051</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1070</v>
+        <v>1063</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1071</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1072</v>
+        <v>1065</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1073</v>
+        <v>1066</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1074</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1077</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1078</v>
+        <v>1071</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1079</v>
+        <v>1072</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1080</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1082</v>
+        <v>1075</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1085</v>
+        <v>1078</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1090</v>
+        <v>1083</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1093</v>
+        <v>1086</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1094</v>
+        <v>1087</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1096</v>
+        <v>1089</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1097</v>
+        <v>1090</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1098</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1099</v>
+        <v>1092</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1100</v>
+        <v>1093</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1101</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1102</v>
+        <v>1095</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1103</v>
+        <v>1096</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1104</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1108</v>
+        <v>1101</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1109</v>
+        <v>1102</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1111</v>
+        <v>1104</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1112</v>
+        <v>1105</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1114</v>
+        <v>1107</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1115</v>
+        <v>1108</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1116</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1117</v>
+        <v>1110</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1118</v>
+        <v>1111</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1120</v>
+        <v>1113</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1121</v>
+        <v>1114</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1124</v>
+        <v>1117</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1125</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1126</v>
+        <v>1119</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1127</v>
+        <v>1120</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1128</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1129</v>
+        <v>1122</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1130</v>
+        <v>1123</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1131</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1132</v>
+        <v>1125</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1133</v>
+        <v>1126</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1134</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1135</v>
+        <v>1128</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1136</v>
+        <v>1129</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1137</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1138</v>
+        <v>1131</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1139</v>
+        <v>1132</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1142</v>
+        <v>1135</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1151</v>
+        <v>1144</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1152</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1153</v>
+        <v>1146</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1154</v>
+        <v>1147</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1155</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1158</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1159</v>
+        <v>1152</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1160</v>
+        <v>1153</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1161</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1162</v>
+        <v>1155</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1163</v>
+        <v>1156</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1166</v>
+        <v>1159</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1168</v>
+        <v>1161</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1169</v>
+        <v>1162</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1170</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1171</v>
+        <v>1164</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1172</v>
+        <v>1165</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1174</v>
+        <v>1167</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1175</v>
+        <v>1168</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1176</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1177</v>
+        <v>1170</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1178</v>
+        <v>1171</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1179</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1180</v>
+        <v>1173</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1181</v>
+        <v>1174</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1183</v>
+        <v>1176</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1184</v>
+        <v>1177</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1186</v>
+        <v>1179</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1190</v>
+        <v>1183</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1192</v>
+        <v>1185</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1193</v>
+        <v>1186</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1194</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1195</v>
+        <v>1188</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1196</v>
+        <v>1189</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1197</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1198</v>
+        <v>1191</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1199</v>
+        <v>1192</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1200</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1201</v>
+        <v>1194</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1202</v>
+        <v>1195</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1203</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1204</v>
+        <v>1197</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1205</v>
+        <v>1198</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1206</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1207</v>
+        <v>1200</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1208</v>
+        <v>1201</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1209</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1210</v>
+        <v>1203</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1211</v>
+        <v>1204</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1212</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1213</v>
+        <v>1206</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1217</v>
+        <v>1210</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1219</v>
+        <v>1212</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1220</v>
+        <v>1213</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1221</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1222</v>
+        <v>1215</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1223</v>
+        <v>1216</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1224</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1225</v>
+        <v>1218</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1226</v>
+        <v>1219</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1227</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1228</v>
+        <v>1221</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1229</v>
+        <v>1222</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1230</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1231</v>
+        <v>1224</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1232</v>
+        <v>1225</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1233</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1234</v>
+        <v>1227</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1235</v>
+        <v>1228</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1236</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1237</v>
+        <v>1230</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1238</v>
+        <v>1231</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1239</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1241</v>
+        <v>1234</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1242</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="1" t="s">
-        <v>1243</v>
+        <v>1236</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1244</v>
+        <v>1237</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1245</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="1" t="s">
-        <v>1246</v>
+        <v>1239</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1247</v>
+        <v>1240</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1248</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="1" t="s">
-        <v>1249</v>
+        <v>1242</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1250</v>
+        <v>1243</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1251</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="1" t="s">
-        <v>1252</v>
+        <v>1245</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1253</v>
+        <v>1246</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1254</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="1" t="s">
-        <v>1255</v>
+        <v>1248</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1256</v>
+        <v>1249</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1257</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="1" t="s">
-        <v>1258</v>
+        <v>1251</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1259</v>
+        <v>1252</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1260</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="1" t="s">
-        <v>1261</v>
+        <v>1254</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1262</v>
+        <v>1255</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1263</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="1" t="s">
-        <v>1264</v>
+        <v>1257</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1265</v>
+        <v>1258</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>1266</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="1" t="s">
-        <v>1267</v>
+        <v>1260</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1268</v>
+        <v>1261</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1269</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="1" t="s">
-        <v>1270</v>
+        <v>1263</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1271</v>
+        <v>1264</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>1272</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="1" t="s">
-        <v>1273</v>
+        <v>1266</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1274</v>
+        <v>1267</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>1275</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="1" t="s">
-        <v>1276</v>
+        <v>1269</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1277</v>
+        <v>1270</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>1278</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="1" t="s">
-        <v>1279</v>
+        <v>1272</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1280</v>
+        <v>1273</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>1281</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="1" t="s">
-        <v>1282</v>
+        <v>1275</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1283</v>
+        <v>1276</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1284</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" s="1" t="s">
-        <v>1285</v>
+        <v>1278</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1286</v>
+        <v>1279</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>1287</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" s="1" t="s">
-        <v>1288</v>
+        <v>1281</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1289</v>
+        <v>1282</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1290</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" s="1" t="s">
-        <v>1291</v>
+        <v>1284</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1292</v>
+        <v>1285</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1293</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" s="1" t="s">
-        <v>1294</v>
+        <v>1287</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1295</v>
+        <v>1288</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" s="1" t="s">
-        <v>1297</v>
+        <v>1290</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1298</v>
+        <v>1291</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" s="1" t="s">
-        <v>1300</v>
+        <v>1293</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1302</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="1" t="s">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>1305</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" s="1" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1307</v>
+        <v>1300</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>1308</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="1" t="s">
-        <v>1309</v>
+        <v>1302</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1310</v>
+        <v>1303</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>1311</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" s="1" t="s">
-        <v>1312</v>
+        <v>1305</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1313</v>
+        <v>1306</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>1314</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
-        <v>1315</v>
+        <v>1308</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1316</v>
+        <v>1309</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1317</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
-        <v>1318</v>
+        <v>1311</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1319</v>
+        <v>1312</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>1320</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
-        <v>1321</v>
+        <v>1314</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1322</v>
+        <v>1315</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1323</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
-        <v>1324</v>
+        <v>1317</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>1326</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" s="1" t="s">
-        <v>1327</v>
+        <v>1320</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1328</v>
+        <v>1321</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>1329</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" s="1" t="s">
-        <v>1330</v>
+        <v>1323</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1331</v>
+        <v>1324</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1332</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" s="1" t="s">
-        <v>1333</v>
+        <v>1326</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1335</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" s="1" t="s">
-        <v>1336</v>
+        <v>1329</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1337</v>
+        <v>1330</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>1338</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" s="1" t="s">
-        <v>1339</v>
+        <v>1332</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1340</v>
+        <v>1333</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>1341</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" s="1" t="s">
-        <v>1342</v>
+        <v>1335</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1343</v>
+        <v>1336</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>1344</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" s="1" t="s">
-        <v>1345</v>
+        <v>1338</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1346</v>
+        <v>1339</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1347</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" s="1" t="s">
-        <v>1348</v>
+        <v>1341</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>1350</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="1" t="s">
-        <v>1351</v>
+        <v>1344</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1352</v>
+        <v>1345</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>1353</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" s="1" t="s">
-        <v>1354</v>
+        <v>1347</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1355</v>
+        <v>1348</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>1356</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="1" t="s">
-        <v>1357</v>
+        <v>1350</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1358</v>
+        <v>1351</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>1359</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" s="1" t="s">
-        <v>1360</v>
+        <v>1353</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1358</v>
+        <v>1354</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>1361</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" s="1" t="s">
-        <v>1362</v>
+        <v>1356</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1363</v>
+        <v>1357</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>1364</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" s="1" t="s">
-        <v>1365</v>
+        <v>1359</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1366</v>
+        <v>1360</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>1367</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" s="1" t="s">
-        <v>1368</v>
+        <v>1362</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1369</v>
+        <v>1363</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>1370</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" s="1" t="s">
-        <v>1371</v>
+        <v>1365</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1372</v>
+        <v>1366</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>1373</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" s="1" t="s">
-        <v>1374</v>
+        <v>1368</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1375</v>
+        <v>1369</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>1376</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="1" t="s">
-        <v>1377</v>
+        <v>1371</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1378</v>
+        <v>1372</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>1379</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="1" t="s">
-        <v>1380</v>
+        <v>1374</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1381</v>
+        <v>1375</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>1382</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="1" t="s">
-        <v>1383</v>
+        <v>1377</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1384</v>
+        <v>1378</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>1385</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="1" t="s">
-        <v>1386</v>
+        <v>1380</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1387</v>
+        <v>1381</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="1" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1390</v>
+        <v>1384</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>1391</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" s="1" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>1394</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" s="1" t="s">
-        <v>1395</v>
+        <v>1389</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1396</v>
+        <v>1390</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>1397</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" s="1" t="s">
-        <v>1398</v>
+        <v>1392</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1399</v>
+        <v>1393</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>1400</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" s="1" t="s">
-        <v>1401</v>
+        <v>1395</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1402</v>
+        <v>1396</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>1403</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" s="1" t="s">
-        <v>1404</v>
+        <v>1398</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1405</v>
+        <v>1399</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>1406</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" s="1" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>1409</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" s="1" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1411</v>
+        <v>1405</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>1412</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" s="1" t="s">
-        <v>1413</v>
+        <v>1407</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1411</v>
+        <v>1408</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" s="1" t="s">
-        <v>1415</v>
+        <v>1410</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" s="1" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1419</v>
+        <v>1414</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>1420</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" s="1" t="s">
-        <v>1421</v>
+        <v>1416</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>1423</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" s="1" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1425</v>
+        <v>1420</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>1426</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" s="1" t="s">
-        <v>1427</v>
+        <v>1422</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1428</v>
+        <v>1423</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>1429</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" s="1" t="s">
-        <v>1430</v>
+        <v>1425</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1431</v>
+        <v>1426</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" s="1" t="s">
-        <v>1433</v>
+        <v>1428</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>1435</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" s="1" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1437</v>
+        <v>1432</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" s="1" t="s">
-        <v>1439</v>
+        <v>1434</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" s="1" t="s">
-        <v>1442</v>
+        <v>1437</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1443</v>
+        <v>1438</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>1444</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" s="1" t="s">
-        <v>1445</v>
+        <v>1440</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1446</v>
+        <v>1441</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>1447</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" s="1" t="s">
-        <v>1448</v>
+        <v>1443</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1449</v>
+        <v>1444</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>1450</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" s="1" t="s">
-        <v>1451</v>
+        <v>1446</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1452</v>
+        <v>1447</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" s="1" t="s">
-        <v>1454</v>
+        <v>1449</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1455</v>
+        <v>1450</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>1456</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" s="1" t="s">
-        <v>1457</v>
+        <v>1452</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1458</v>
+        <v>1453</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>1459</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" s="1" t="s">
-        <v>1460</v>
+        <v>1455</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1461</v>
+        <v>1456</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>1462</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" s="1" t="s">
-        <v>1463</v>
+        <v>1458</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" s="1" t="s">
-        <v>1466</v>
+        <v>1461</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1467</v>
+        <v>1462</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>1468</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" s="1" t="s">
-        <v>1469</v>
+        <v>1464</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" s="1" t="s">
-        <v>1471</v>
+        <v>1467</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1431</v>
+        <v>1468</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>1472</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" s="1" t="s">
-        <v>1473</v>
+        <v>1470</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1431</v>
+        <v>1471</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>1474</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D497" s="1" t="s">
         <v>1475</v>
-      </c>
-[...7 lines deleted...]
-        <v>1476</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C498" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="B498" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C498" s="1" t="s">
+      <c r="D498" s="1" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C499" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="B499" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C499" s="1" t="s">
+      <c r="D499" s="1" t="s">
         <v>1481</v>
-      </c>
-[...1 lines deleted...]
-        <v>1482</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C500" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="B500" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C500" s="1" t="s">
+      <c r="D500" s="1" t="s">
         <v>1484</v>
-      </c>
-[...1 lines deleted...]
-        <v>1485</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C501" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="B501" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C501" s="1" t="s">
+      <c r="D501" s="1" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C502" s="1" t="s">
         <v>1489</v>
-      </c>
-[...4 lines deleted...]
-        <v>1487</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>1490</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" s="1" t="s">
         <v>1491</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1492</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" s="1" t="s">
         <v>1494</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" s="1" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" s="1" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" s="1" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" s="1" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" s="1" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" s="1" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" s="1" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" s="1" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" s="1" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" s="1" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" s="1" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" s="1" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" s="1" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" s="1" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" s="1" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" s="1" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" s="1" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" s="1" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" s="1" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" s="1" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" s="1" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" s="1" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" s="1" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" s="1" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" s="1" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" s="1" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" s="1" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" s="1" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" s="1" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" s="1" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" s="1" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" s="1" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" s="1" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" s="1" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" s="1" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" s="1" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" s="1" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" s="1" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" s="1" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" s="1" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" s="1" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" s="1" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" s="1" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C555" s="1" t="s">
         <v>1645</v>
       </c>
-      <c r="B555" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D555" s="1" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" s="1" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" s="1" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" s="1" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" s="1" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" s="1" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" s="1" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" s="1" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" s="1" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" s="1" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" s="1" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" s="1" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" s="1" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" s="1" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" s="1" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" s="1" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" s="1" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1709</v>
+        <v>1707</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>1710</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" s="1" t="s">
         <v>1711</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>1712</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>1713</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>5</v>
@@ -20478,11140 +21327,12498 @@
         <v>1761</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" s="1" t="s">
         <v>1762</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>1763</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>1764</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" s="1" t="s">
         <v>1765</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C595" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D595" s="1" t="s">
         <v>1766</v>
-      </c>
-[...1 lines deleted...]
-        <v>1767</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D596" s="1" t="s">
         <v>1768</v>
-      </c>
-[...7 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" s="1" t="s">
-        <v>1771</v>
+        <v>1769</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1772</v>
+        <v>1727</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" s="1" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1775</v>
+        <v>1727</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1776</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" s="1" t="s">
-        <v>1777</v>
+        <v>1773</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1778</v>
+        <v>1774</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>1779</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" s="1" t="s">
-        <v>1780</v>
+        <v>1776</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1781</v>
+        <v>1777</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1782</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" s="1" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1784</v>
+        <v>1780</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>1785</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" s="1" t="s">
-        <v>1786</v>
+        <v>1782</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1787</v>
+        <v>1783</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1788</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" s="1" t="s">
-        <v>1789</v>
+        <v>1785</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1790</v>
+        <v>1783</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1791</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" s="1" t="s">
-        <v>1792</v>
+        <v>1787</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1793</v>
+        <v>1788</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>1794</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" s="1" t="s">
-        <v>1795</v>
+        <v>1790</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" s="1" t="s">
-        <v>1798</v>
+        <v>1792</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1799</v>
+        <v>1793</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1800</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" s="1" t="s">
-        <v>1801</v>
+        <v>1795</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1802</v>
+        <v>1793</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1803</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" s="1" t="s">
-        <v>1804</v>
+        <v>1797</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1805</v>
+        <v>1798</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1806</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" s="1" t="s">
-        <v>1807</v>
+        <v>1800</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1808</v>
+        <v>1801</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>1809</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" s="1" t="s">
-        <v>1810</v>
+        <v>1803</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>1811</v>
+        <v>1804</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1812</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" s="1" t="s">
-        <v>1813</v>
+        <v>1806</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1814</v>
+        <v>1807</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1815</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" s="1" t="s">
-        <v>1816</v>
+        <v>1809</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1817</v>
+        <v>1810</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>1818</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" s="1" t="s">
-        <v>1819</v>
+        <v>1812</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1820</v>
+        <v>1813</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1821</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" s="1" t="s">
-        <v>1822</v>
+        <v>1815</v>
       </c>
       <c r="B614" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1823</v>
+        <v>1816</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>1824</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="1" t="s">
-        <v>1825</v>
+        <v>1818</v>
       </c>
       <c r="B615" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1826</v>
+        <v>1819</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>1827</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" s="1" t="s">
-        <v>1828</v>
+        <v>1821</v>
       </c>
       <c r="B616" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1829</v>
+        <v>1822</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>1830</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" s="1" t="s">
-        <v>1831</v>
+        <v>1824</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1832</v>
+        <v>1825</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>1833</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" s="1" t="s">
-        <v>1834</v>
+        <v>1827</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1835</v>
+        <v>1828</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>1836</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
-        <v>1837</v>
+        <v>1830</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1838</v>
+        <v>1831</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>1839</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
-        <v>1840</v>
+        <v>1833</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1841</v>
+        <v>1834</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1842</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1843</v>
+        <v>1836</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1844</v>
+        <v>1837</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>1845</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
-        <v>1846</v>
+        <v>1839</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>1848</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
-        <v>1849</v>
+        <v>1842</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1850</v>
+        <v>1843</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>1851</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" s="1" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
       <c r="B624" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1853</v>
+        <v>1846</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>1854</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" s="1" t="s">
-        <v>1855</v>
+        <v>1848</v>
       </c>
       <c r="B625" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1856</v>
+        <v>1849</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>1857</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" s="1" t="s">
-        <v>1858</v>
+        <v>1851</v>
       </c>
       <c r="B626" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1859</v>
+        <v>1852</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>1860</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" s="1" t="s">
-        <v>1861</v>
+        <v>1854</v>
       </c>
       <c r="B627" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1862</v>
+        <v>1855</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>1863</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" s="1" t="s">
-        <v>1864</v>
+        <v>1857</v>
       </c>
       <c r="B628" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1865</v>
+        <v>1858</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>1866</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" s="1" t="s">
-        <v>1867</v>
+        <v>1860</v>
       </c>
       <c r="B629" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1868</v>
+        <v>1861</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>1869</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" s="1" t="s">
-        <v>1870</v>
+        <v>1863</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1871</v>
+        <v>1864</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>1872</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" s="1" t="s">
-        <v>1873</v>
+        <v>1866</v>
       </c>
       <c r="B631" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1874</v>
+        <v>1867</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>1875</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" s="1" t="s">
-        <v>1876</v>
+        <v>1869</v>
       </c>
       <c r="B632" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1877</v>
+        <v>1870</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>1878</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" s="1" t="s">
-        <v>1879</v>
+        <v>1872</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1880</v>
+        <v>1873</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1881</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" s="1" t="s">
-        <v>1882</v>
+        <v>1875</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1883</v>
+        <v>1876</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1884</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" s="1" t="s">
-        <v>1885</v>
+        <v>1878</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1886</v>
+        <v>1879</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>1887</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" s="1" t="s">
-        <v>1888</v>
+        <v>1881</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1889</v>
+        <v>1882</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>1890</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" s="1" t="s">
-        <v>1891</v>
+        <v>1884</v>
       </c>
       <c r="B637" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1892</v>
+        <v>1885</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>1893</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" s="1" t="s">
-        <v>1894</v>
+        <v>1887</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1895</v>
+        <v>1888</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>1896</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" s="1" t="s">
-        <v>1897</v>
+        <v>1890</v>
       </c>
       <c r="B639" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1898</v>
+        <v>1891</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>1899</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" s="1" t="s">
-        <v>1900</v>
+        <v>1893</v>
       </c>
       <c r="B640" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1901</v>
+        <v>1894</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>1902</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" s="1" t="s">
-        <v>1903</v>
+        <v>1896</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1901</v>
+        <v>1897</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>1904</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" s="1" t="s">
-        <v>1905</v>
+        <v>1899</v>
       </c>
       <c r="B642" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1906</v>
+        <v>1900</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>1907</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" s="1" t="s">
-        <v>1908</v>
+        <v>1902</v>
       </c>
       <c r="B643" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C643" s="1"/>
+      <c r="C643" s="1" t="s">
+        <v>1903</v>
+      </c>
       <c r="D643" s="1" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" s="1" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C644" s="1"/>
+      <c r="C644" s="1" t="s">
+        <v>1906</v>
+      </c>
       <c r="D644" s="1" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" s="1" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="B645" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" s="1" t="s">
-        <v>1915</v>
+        <v>1911</v>
       </c>
       <c r="B646" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1916</v>
+        <v>1912</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>1917</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" s="1" t="s">
-        <v>1918</v>
+        <v>1914</v>
       </c>
       <c r="B647" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1919</v>
+        <v>1915</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>1920</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" s="1" t="s">
-        <v>1921</v>
+        <v>1917</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1922</v>
+        <v>1918</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1923</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" s="1" t="s">
-        <v>1924</v>
+        <v>1920</v>
       </c>
       <c r="B649" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1925</v>
+        <v>1921</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>1926</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" s="1" t="s">
-        <v>1927</v>
+        <v>1923</v>
       </c>
       <c r="B650" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1928</v>
+        <v>1924</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1929</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" s="1" t="s">
-        <v>1930</v>
+        <v>1926</v>
       </c>
       <c r="B651" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C651" s="1"/>
+      <c r="C651" s="1" t="s">
+        <v>1927</v>
+      </c>
       <c r="D651" s="1" t="s">
-        <v>1931</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" s="1" t="s">
-        <v>1932</v>
+        <v>1929</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C652" s="1"/>
+      <c r="C652" s="1" t="s">
+        <v>1930</v>
+      </c>
       <c r="D652" s="1" t="s">
-        <v>1933</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B653" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C653" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D653" s="1" t="s">
         <v>1934</v>
-      </c>
-[...5 lines deleted...]
-        <v>1935</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B654" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C654" s="1" t="s">
         <v>1936</v>
       </c>
-      <c r="B654" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C654" s="1"/>
       <c r="D654" s="1" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" s="1" t="s">
         <v>1938</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C655" s="1"/>
+      <c r="C655" s="1" t="s">
+        <v>1939</v>
+      </c>
       <c r="D655" s="1" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" s="1" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="B656" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C656" s="1"/>
+      <c r="C656" s="1" t="s">
+        <v>1942</v>
+      </c>
       <c r="D656" s="1" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" s="1" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C657" s="1"/>
+      <c r="C657" s="1" t="s">
+        <v>1945</v>
+      </c>
       <c r="D657" s="1" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" s="1" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" s="1" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" s="1" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" s="1" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" s="1" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" s="1" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>1960</v>
+        <v>1963</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>1961</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" s="1" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" s="1" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" s="1" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" s="1" t="s">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="B667" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" s="1" t="s">
-        <v>1974</v>
+        <v>1977</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" s="1" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" s="1" t="s">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="B670" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" s="1" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="B671" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>1985</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" s="1" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="B672" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" s="1" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="B673" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" s="1" t="s">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" s="1" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" s="1" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="B676" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" s="1" t="s">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="B677" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" s="1" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="B678" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" s="1" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="1" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" s="1" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" s="1" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" s="1" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" s="1" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" s="1" t="s">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" s="1" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="B686" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" s="1" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="B687" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" s="1" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" s="1" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2011</v>
+        <v>2041</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" s="1" t="s">
-        <v>2037</v>
+        <v>2043</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2011</v>
+        <v>2044</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>2038</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" s="1" t="s">
-        <v>2039</v>
+        <v>2046</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2011</v>
+        <v>2047</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>2040</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" s="1" t="s">
-        <v>2041</v>
+        <v>2049</v>
       </c>
       <c r="B692" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2042</v>
+        <v>2050</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>2043</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" s="1" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="B693" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2045</v>
+        <v>2053</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>2046</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" s="1" t="s">
-        <v>2047</v>
+        <v>2055</v>
       </c>
       <c r="B694" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>2048</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" s="1" t="s">
-        <v>2049</v>
+        <v>2058</v>
       </c>
       <c r="B695" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2050</v>
+        <v>2059</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>2051</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" s="1" t="s">
-        <v>2052</v>
+        <v>2061</v>
       </c>
       <c r="B696" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>2053</v>
+        <v>2062</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>2054</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" s="1" t="s">
-        <v>2055</v>
+        <v>2064</v>
       </c>
       <c r="B697" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>2045</v>
+        <v>2065</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>2056</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" s="1" t="s">
-        <v>2057</v>
+        <v>2067</v>
       </c>
       <c r="B698" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2045</v>
+        <v>2068</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>2058</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" s="1" t="s">
-        <v>2059</v>
+        <v>2070</v>
       </c>
       <c r="B699" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2045</v>
+        <v>2071</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>2060</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" s="1" t="s">
-        <v>2061</v>
+        <v>2073</v>
       </c>
       <c r="B700" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2062</v>
+        <v>2074</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>2063</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" s="1" t="s">
-        <v>2064</v>
+        <v>2076</v>
       </c>
       <c r="B701" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2065</v>
+        <v>2077</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>2066</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" s="1" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
       <c r="B702" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>2068</v>
+        <v>2080</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" s="1" t="s">
-        <v>2070</v>
+        <v>2082</v>
       </c>
       <c r="B703" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2045</v>
+        <v>2083</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>2071</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" s="1" t="s">
-        <v>2072</v>
+        <v>2085</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2045</v>
+        <v>2086</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>2073</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" s="1" t="s">
-        <v>2074</v>
+        <v>2088</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2045</v>
+        <v>2089</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>2075</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" s="1" t="s">
-        <v>2076</v>
+        <v>2091</v>
       </c>
       <c r="B706" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>2077</v>
+        <v>2092</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>2078</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" s="1" t="s">
-        <v>2079</v>
+        <v>2094</v>
       </c>
       <c r="B707" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2045</v>
+        <v>2095</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>2080</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" s="1" t="s">
-        <v>2081</v>
+        <v>2097</v>
       </c>
       <c r="B708" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2045</v>
+        <v>2098</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>2082</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" s="1" t="s">
-        <v>2083</v>
+        <v>2100</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2084</v>
+        <v>2101</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>2085</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" s="1" t="s">
-        <v>2086</v>
+        <v>2103</v>
       </c>
       <c r="B710" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>2087</v>
+        <v>2104</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>2088</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" s="1" t="s">
-        <v>2089</v>
+        <v>2106</v>
       </c>
       <c r="B711" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2090</v>
+        <v>2107</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>2091</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" s="1" t="s">
-        <v>2092</v>
+        <v>2109</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>2093</v>
+        <v>2110</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>2094</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" s="1" t="s">
-        <v>2095</v>
+        <v>2112</v>
       </c>
       <c r="B713" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2096</v>
+        <v>2113</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>2097</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" s="1" t="s">
-        <v>2098</v>
+        <v>2115</v>
       </c>
       <c r="B714" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2099</v>
+        <v>2116</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>2100</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" s="1" t="s">
-        <v>2101</v>
+        <v>2118</v>
       </c>
       <c r="B715" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2102</v>
+        <v>2119</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>2103</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" s="1" t="s">
-        <v>2104</v>
+        <v>2121</v>
       </c>
       <c r="B716" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>2105</v>
+        <v>2122</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>2106</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" s="1" t="s">
-        <v>2107</v>
+        <v>2124</v>
       </c>
       <c r="B717" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2045</v>
+        <v>2125</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>2108</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" s="1" t="s">
-        <v>2109</v>
+        <v>2127</v>
       </c>
       <c r="B718" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>2110</v>
+        <v>2128</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>2111</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" s="1" t="s">
-        <v>2112</v>
+        <v>2130</v>
       </c>
       <c r="B719" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2113</v>
+        <v>2131</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" s="1" t="s">
-        <v>2115</v>
+        <v>2133</v>
       </c>
       <c r="B720" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2110</v>
+        <v>2134</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>2116</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" s="1" t="s">
-        <v>2117</v>
+        <v>2136</v>
       </c>
       <c r="B721" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2110</v>
+        <v>2137</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>2118</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" s="1" t="s">
-        <v>2119</v>
+        <v>2139</v>
       </c>
       <c r="B722" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>2120</v>
+        <v>2140</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>2121</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" s="1" t="s">
-        <v>2122</v>
+        <v>2142</v>
       </c>
       <c r="B723" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2123</v>
+        <v>2143</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>2124</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" s="1" t="s">
-        <v>2125</v>
+        <v>2145</v>
       </c>
       <c r="B724" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2123</v>
+        <v>2146</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>2126</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" s="1" t="s">
-        <v>2127</v>
+        <v>2148</v>
       </c>
       <c r="B725" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2128</v>
+        <v>2149</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>2129</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" s="1" t="s">
-        <v>2130</v>
+        <v>2151</v>
       </c>
       <c r="B726" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>2131</v>
+        <v>2152</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>2132</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" s="1" t="s">
-        <v>2133</v>
+        <v>2154</v>
       </c>
       <c r="B727" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2110</v>
+        <v>2155</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>2134</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" s="1" t="s">
-        <v>2135</v>
+        <v>2157</v>
       </c>
       <c r="B728" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2136</v>
+        <v>2158</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>41</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" s="1" t="s">
-        <v>2137</v>
+        <v>2160</v>
       </c>
       <c r="B729" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2138</v>
+        <v>2161</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>2139</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" s="1" t="s">
-        <v>2140</v>
+        <v>2163</v>
       </c>
       <c r="B730" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2141</v>
+        <v>2164</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>2142</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" s="1" t="s">
-        <v>2143</v>
+        <v>2166</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2145</v>
+        <v>2167</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>2146</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" s="1" t="s">
-        <v>2147</v>
+        <v>2169</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2148</v>
+        <v>2170</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>2149</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" s="1" t="s">
-        <v>2150</v>
+        <v>2172</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2151</v>
+        <v>2173</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>2152</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" s="1" t="s">
-        <v>2153</v>
+        <v>2175</v>
       </c>
       <c r="B734" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>2155</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" s="1" t="s">
-        <v>2156</v>
+        <v>2178</v>
       </c>
       <c r="B735" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2157</v>
+        <v>2179</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>2158</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" s="1" t="s">
-        <v>2159</v>
+        <v>2181</v>
       </c>
       <c r="B736" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2123</v>
+        <v>2182</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>2160</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" s="1" t="s">
-        <v>2161</v>
+        <v>2184</v>
       </c>
       <c r="B737" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2123</v>
+        <v>2185</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>2162</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" s="1" t="s">
-        <v>2163</v>
+        <v>2187</v>
       </c>
       <c r="B738" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2123</v>
+        <v>2188</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>2164</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" s="1" t="s">
-        <v>2165</v>
+        <v>2190</v>
       </c>
       <c r="B739" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2123</v>
+        <v>2191</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>2166</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" s="1" t="s">
-        <v>2167</v>
+        <v>2193</v>
       </c>
       <c r="B740" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2123</v>
+        <v>2194</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>2168</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" s="1" t="s">
-        <v>2169</v>
+        <v>2196</v>
       </c>
       <c r="B741" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2157</v>
+        <v>2197</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>2170</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" s="1" t="s">
-        <v>2171</v>
+        <v>2199</v>
       </c>
       <c r="B742" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2157</v>
+        <v>2197</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>2172</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" s="1" t="s">
-        <v>2173</v>
+        <v>2201</v>
       </c>
       <c r="B743" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>2157</v>
+        <v>2202</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>2174</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" s="1" t="s">
-        <v>2175</v>
+        <v>2204</v>
       </c>
       <c r="B744" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C744" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C744" s="1"/>
       <c r="D744" s="1" t="s">
-        <v>2176</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" s="1" t="s">
-        <v>2177</v>
+        <v>2206</v>
       </c>
       <c r="B745" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C745" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C745" s="1"/>
       <c r="D745" s="1" t="s">
-        <v>2178</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" s="1" t="s">
-        <v>2179</v>
+        <v>2208</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>2157</v>
+        <v>2209</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>2180</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" s="1" t="s">
-        <v>2181</v>
+        <v>2211</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2157</v>
+        <v>2212</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>2182</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" s="1" t="s">
-        <v>2183</v>
+        <v>2214</v>
       </c>
       <c r="B748" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2157</v>
+        <v>2215</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>2184</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" s="1" t="s">
-        <v>2185</v>
+        <v>2217</v>
       </c>
       <c r="B749" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2157</v>
+        <v>2218</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" s="1" t="s">
-        <v>2187</v>
+        <v>2220</v>
       </c>
       <c r="B750" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2157</v>
+        <v>2221</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>2188</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" s="1" t="s">
-        <v>2189</v>
+        <v>2223</v>
       </c>
       <c r="B751" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2157</v>
+        <v>2224</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>2190</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" s="1" t="s">
-        <v>2191</v>
+        <v>2226</v>
       </c>
       <c r="B752" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C752" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C752" s="1"/>
       <c r="D752" s="1" t="s">
-        <v>2192</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" s="1" t="s">
-        <v>2193</v>
+        <v>2228</v>
       </c>
       <c r="B753" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C753" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C753" s="1"/>
       <c r="D753" s="1" t="s">
-        <v>2194</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" s="1" t="s">
-        <v>2195</v>
+        <v>2230</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C754" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C754" s="1"/>
       <c r="D754" s="1" t="s">
-        <v>2196</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" s="1" t="s">
-        <v>2197</v>
+        <v>2232</v>
       </c>
       <c r="B755" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C755" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C755" s="1"/>
       <c r="D755" s="1" t="s">
-        <v>2198</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" s="1" t="s">
-        <v>2199</v>
+        <v>2234</v>
       </c>
       <c r="B756" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C756" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C756" s="1"/>
       <c r="D756" s="1" t="s">
-        <v>2200</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" s="1" t="s">
-        <v>2201</v>
+        <v>2236</v>
       </c>
       <c r="B757" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C757" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C757" s="1"/>
       <c r="D757" s="1" t="s">
-        <v>2202</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758" s="1" t="s">
-        <v>2203</v>
+        <v>2238</v>
       </c>
       <c r="B758" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C758" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C758" s="1"/>
       <c r="D758" s="1" t="s">
-        <v>2205</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759" s="1" t="s">
-        <v>2206</v>
+        <v>2240</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>2204</v>
+        <v>2241</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>2207</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" s="1" t="s">
-        <v>2208</v>
+        <v>2243</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2204</v>
+        <v>2244</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>2209</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" s="1" t="s">
-        <v>2210</v>
+        <v>2246</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2204</v>
+        <v>2247</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>2211</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" s="1" t="s">
-        <v>2212</v>
+        <v>2249</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2213</v>
+        <v>2250</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>2214</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" s="1" t="s">
-        <v>2215</v>
+        <v>2252</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2216</v>
+        <v>2253</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>2217</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" s="1" t="s">
-        <v>2218</v>
+        <v>2255</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2219</v>
+        <v>2256</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>2220</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" s="1" t="s">
-        <v>2221</v>
+        <v>2258</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2222</v>
+        <v>2259</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>2223</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" s="1" t="s">
-        <v>2224</v>
+        <v>2261</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2204</v>
+        <v>2262</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>2225</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" s="1" t="s">
-        <v>2226</v>
+        <v>2264</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2204</v>
+        <v>2265</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>2227</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" s="1" t="s">
-        <v>2228</v>
+        <v>2267</v>
       </c>
       <c r="B768" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2213</v>
+        <v>2268</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>2229</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="1" t="s">
-        <v>2230</v>
+        <v>2270</v>
       </c>
       <c r="B769" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2213</v>
+        <v>2271</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>2231</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" s="1" t="s">
-        <v>2232</v>
+        <v>2273</v>
       </c>
       <c r="B770" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2213</v>
+        <v>2274</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>2233</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" s="1" t="s">
-        <v>2234</v>
+        <v>2276</v>
       </c>
       <c r="B771" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2213</v>
+        <v>2277</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>2235</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" s="1" t="s">
-        <v>2236</v>
+        <v>2279</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2237</v>
+        <v>2280</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>2238</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" s="1" t="s">
-        <v>2239</v>
+        <v>2282</v>
       </c>
       <c r="B773" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2213</v>
+        <v>2283</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>2240</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" s="1" t="s">
-        <v>2241</v>
+        <v>2285</v>
       </c>
       <c r="B774" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2213</v>
+        <v>2286</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>2242</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" s="1" t="s">
-        <v>2243</v>
+        <v>2288</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2213</v>
+        <v>2289</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>2244</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" s="1" t="s">
-        <v>2245</v>
+        <v>2291</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2213</v>
+        <v>2292</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>2246</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" s="1" t="s">
-        <v>2247</v>
+        <v>2294</v>
       </c>
       <c r="B777" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2248</v>
+        <v>2295</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>2249</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" s="1" t="s">
-        <v>2250</v>
+        <v>2297</v>
       </c>
       <c r="B778" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C778" s="1"/>
+      <c r="C778" s="1" t="s">
+        <v>2298</v>
+      </c>
       <c r="D778" s="1" t="s">
-        <v>2251</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" s="1" t="s">
-        <v>2252</v>
+        <v>2300</v>
       </c>
       <c r="B779" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2213</v>
+        <v>2301</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>2253</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" s="1" t="s">
-        <v>2254</v>
+        <v>2303</v>
       </c>
       <c r="B780" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C780" s="1"/>
+      <c r="C780" s="1" t="s">
+        <v>2304</v>
+      </c>
       <c r="D780" s="1" t="s">
-        <v>2255</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" s="1" t="s">
-        <v>2256</v>
+        <v>2306</v>
       </c>
       <c r="B781" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2213</v>
+        <v>2307</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>2257</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" s="1" t="s">
-        <v>2258</v>
+        <v>2309</v>
       </c>
       <c r="B782" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2213</v>
+        <v>2307</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>2259</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" s="1" t="s">
-        <v>2260</v>
+        <v>2311</v>
       </c>
       <c r="B783" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2213</v>
+        <v>2307</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>2261</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" s="1" t="s">
-        <v>2262</v>
+        <v>2313</v>
       </c>
       <c r="B784" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2213</v>
+        <v>2314</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>2263</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" s="1" t="s">
-        <v>2264</v>
+        <v>2316</v>
       </c>
       <c r="B785" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2265</v>
+        <v>2317</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>2266</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" s="1" t="s">
-        <v>2267</v>
+        <v>2319</v>
       </c>
       <c r="B786" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2268</v>
+        <v>2320</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>2269</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" s="1" t="s">
-        <v>2270</v>
+        <v>2322</v>
       </c>
       <c r="B787" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2265</v>
+        <v>2323</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>2271</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" s="1" t="s">
-        <v>2272</v>
+        <v>2325</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2265</v>
+        <v>2326</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>2273</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" s="1" t="s">
-        <v>2274</v>
+        <v>2328</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2265</v>
+        <v>2329</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>2275</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" s="1" t="s">
-        <v>2276</v>
+        <v>2331</v>
       </c>
       <c r="B790" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2265</v>
+        <v>2307</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>2277</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" s="1" t="s">
-        <v>2278</v>
+        <v>2333</v>
       </c>
       <c r="B791" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2265</v>
+        <v>2307</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>2279</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" s="1" t="s">
-        <v>2280</v>
+        <v>2335</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2265</v>
+        <v>2307</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>2281</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" s="1" t="s">
-        <v>2282</v>
+        <v>2337</v>
       </c>
       <c r="B793" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C793" s="1"/>
+      <c r="C793" s="1" t="s">
+        <v>2338</v>
+      </c>
       <c r="D793" s="1" t="s">
-        <v>2283</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" s="1" t="s">
-        <v>2284</v>
+        <v>2340</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2285</v>
+        <v>2341</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>2286</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" s="1" t="s">
-        <v>2287</v>
+        <v>2343</v>
       </c>
       <c r="B795" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2288</v>
+        <v>2341</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>2289</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" s="1" t="s">
-        <v>2290</v>
+        <v>2345</v>
       </c>
       <c r="B796" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2291</v>
+        <v>2346</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>2292</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" s="1" t="s">
-        <v>2293</v>
+        <v>2348</v>
       </c>
       <c r="B797" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>2265</v>
+        <v>2349</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>2294</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" s="1" t="s">
-        <v>2295</v>
+        <v>2351</v>
       </c>
       <c r="B798" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2265</v>
+        <v>2341</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>2296</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" s="1" t="s">
-        <v>2297</v>
+        <v>2353</v>
       </c>
       <c r="B799" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2298</v>
+        <v>2341</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>2299</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" s="1" t="s">
-        <v>2300</v>
+        <v>2355</v>
       </c>
       <c r="B800" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2301</v>
+        <v>2341</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>2302</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" s="1" t="s">
-        <v>2303</v>
+        <v>2357</v>
       </c>
       <c r="B801" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2304</v>
+        <v>2358</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>2305</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" s="1" t="s">
-        <v>2306</v>
+        <v>2360</v>
       </c>
       <c r="B802" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2307</v>
+        <v>2361</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>2308</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" s="1" t="s">
-        <v>2309</v>
+        <v>2363</v>
       </c>
       <c r="B803" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2310</v>
+        <v>2364</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>2311</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" s="1" t="s">
-        <v>2312</v>
+        <v>2366</v>
       </c>
       <c r="B804" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2313</v>
+        <v>2341</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>2314</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" s="1" t="s">
-        <v>2315</v>
+        <v>2368</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2316</v>
+        <v>2341</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>2317</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" s="1" t="s">
-        <v>2318</v>
+        <v>2370</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2319</v>
+        <v>2341</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>2320</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" s="1" t="s">
-        <v>2321</v>
+        <v>2372</v>
       </c>
       <c r="B807" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2011</v>
+        <v>2373</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>2322</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" s="1" t="s">
-        <v>2323</v>
+        <v>2375</v>
       </c>
       <c r="B808" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2011</v>
+        <v>2341</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>2324</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" s="1" t="s">
-        <v>2325</v>
+        <v>2377</v>
       </c>
       <c r="B809" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2011</v>
+        <v>2341</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>2326</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" s="1" t="s">
-        <v>2327</v>
+        <v>2379</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2328</v>
+        <v>2380</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>2329</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" s="1" t="s">
-        <v>2330</v>
+        <v>2382</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2331</v>
+        <v>2383</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>2332</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" s="1" t="s">
-        <v>2333</v>
+        <v>2385</v>
       </c>
       <c r="B812" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2334</v>
+        <v>2386</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>2335</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" s="1" t="s">
-        <v>2336</v>
+        <v>2388</v>
       </c>
       <c r="B813" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>2337</v>
+        <v>2389</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>2338</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" s="1" t="s">
-        <v>2339</v>
+        <v>2391</v>
       </c>
       <c r="B814" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>2340</v>
+        <v>2392</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>2341</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" s="1" t="s">
-        <v>2342</v>
+        <v>2394</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2343</v>
+        <v>2395</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>2344</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" s="1" t="s">
-        <v>2345</v>
+        <v>2397</v>
       </c>
       <c r="B816" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2343</v>
+        <v>2398</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>2346</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" s="1" t="s">
-        <v>2347</v>
+        <v>2400</v>
       </c>
       <c r="B817" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2343</v>
+        <v>2401</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>2348</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" s="1" t="s">
-        <v>2349</v>
+        <v>2403</v>
       </c>
       <c r="B818" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>2343</v>
+        <v>2341</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>2350</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" s="1" t="s">
-        <v>2351</v>
+        <v>2405</v>
       </c>
       <c r="B819" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2343</v>
+        <v>2406</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>2352</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" s="1" t="s">
-        <v>2353</v>
+        <v>2408</v>
       </c>
       <c r="B820" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2343</v>
+        <v>2409</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>2354</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" s="1" t="s">
-        <v>2355</v>
+        <v>2411</v>
       </c>
       <c r="B821" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>2343</v>
+        <v>2406</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>2356</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" s="1" t="s">
-        <v>2357</v>
+        <v>2413</v>
       </c>
       <c r="B822" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2343</v>
+        <v>2406</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>2358</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" s="1" t="s">
-        <v>2359</v>
+        <v>2415</v>
       </c>
       <c r="B823" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>2343</v>
+        <v>2416</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>2360</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" s="1" t="s">
-        <v>2361</v>
+        <v>2418</v>
       </c>
       <c r="B824" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2343</v>
+        <v>2419</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>2362</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" s="1" t="s">
-        <v>2363</v>
+        <v>2421</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2343</v>
+        <v>2419</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>2364</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" s="1" t="s">
-        <v>2365</v>
+        <v>2423</v>
       </c>
       <c r="B826" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>2343</v>
+        <v>2424</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>2366</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" s="1" t="s">
-        <v>2367</v>
+        <v>2426</v>
       </c>
       <c r="B827" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>2343</v>
+        <v>2427</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>2368</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" s="1" t="s">
-        <v>2369</v>
+        <v>2429</v>
       </c>
       <c r="B828" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>2370</v>
+        <v>2406</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>2371</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" s="1" t="s">
-        <v>2372</v>
+        <v>2431</v>
       </c>
       <c r="B829" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2373</v>
+        <v>2432</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>2374</v>
+        <v>271</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" s="1" t="s">
-        <v>2375</v>
+        <v>2433</v>
       </c>
       <c r="B830" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>2376</v>
+        <v>2434</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>2377</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" s="1" t="s">
-        <v>2378</v>
+        <v>2436</v>
       </c>
       <c r="B831" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>2379</v>
+        <v>2437</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>2380</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" s="1" t="s">
-        <v>2381</v>
+        <v>2439</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>2382</v>
+        <v>2440</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>2383</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" s="1" t="s">
-        <v>2384</v>
+        <v>2442</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>2385</v>
+        <v>2443</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>2386</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" s="1" t="s">
-        <v>2387</v>
+        <v>2445</v>
       </c>
       <c r="B834" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>2388</v>
+        <v>2446</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>2389</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" s="1" t="s">
-        <v>2390</v>
+        <v>2448</v>
       </c>
       <c r="B835" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>2391</v>
+        <v>2449</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>2392</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" s="1" t="s">
-        <v>2393</v>
+        <v>2451</v>
       </c>
       <c r="B836" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2394</v>
+        <v>2419</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>41</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" s="1" t="s">
-        <v>2395</v>
+        <v>2453</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>2396</v>
+        <v>2419</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>2397</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" s="1" t="s">
-        <v>2398</v>
+        <v>2455</v>
       </c>
       <c r="B838" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2399</v>
+        <v>2419</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>2400</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" s="1" t="s">
-        <v>2401</v>
+        <v>2457</v>
       </c>
       <c r="B839" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2402</v>
+        <v>2419</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>2403</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" s="1" t="s">
-        <v>2404</v>
+        <v>2459</v>
       </c>
       <c r="B840" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>2405</v>
+        <v>2419</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>2406</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841" s="1" t="s">
-        <v>2407</v>
+        <v>2461</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2408</v>
+        <v>2449</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>2409</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" s="1" t="s">
-        <v>2410</v>
+        <v>2463</v>
       </c>
       <c r="B842" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2411</v>
+        <v>2449</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>2412</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" s="1" t="s">
-        <v>2413</v>
+        <v>2465</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>2414</v>
+        <v>2449</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>2415</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" s="1" t="s">
-        <v>2416</v>
+        <v>2467</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>2417</v>
+        <v>2449</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>2418</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" s="1" t="s">
-        <v>2419</v>
+        <v>2469</v>
       </c>
       <c r="B845" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2420</v>
+        <v>2449</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>2421</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" s="1" t="s">
-        <v>2422</v>
+        <v>2471</v>
       </c>
       <c r="B846" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>2423</v>
+        <v>2449</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>2424</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" s="1" t="s">
-        <v>2425</v>
+        <v>2473</v>
       </c>
       <c r="B847" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>2426</v>
+        <v>2449</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>2427</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" s="1" t="s">
-        <v>2428</v>
+        <v>2475</v>
       </c>
       <c r="B848" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2429</v>
+        <v>2449</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>2430</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" s="1" t="s">
-        <v>2431</v>
+        <v>2477</v>
       </c>
       <c r="B849" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>2432</v>
+        <v>2449</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>2433</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" s="1" t="s">
-        <v>2434</v>
+        <v>2479</v>
       </c>
       <c r="B850" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2435</v>
+        <v>2449</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>2436</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" s="1" t="s">
-        <v>2437</v>
+        <v>2481</v>
       </c>
       <c r="B851" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2438</v>
+        <v>2449</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>2439</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" s="1" t="s">
-        <v>2440</v>
+        <v>2483</v>
       </c>
       <c r="B852" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2441</v>
+        <v>2449</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>2442</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" s="1" t="s">
-        <v>2443</v>
+        <v>2485</v>
       </c>
       <c r="B853" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2444</v>
+        <v>2449</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>2445</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" s="1" t="s">
-        <v>2446</v>
+        <v>2487</v>
       </c>
       <c r="B854" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>2448</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" s="1" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B855" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C855" s="1" t="s">
         <v>2449</v>
       </c>
-      <c r="B855" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D855" s="1" t="s">
-        <v>2451</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" s="1" t="s">
-        <v>2452</v>
+        <v>2491</v>
       </c>
       <c r="B856" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>2450</v>
+        <v>2449</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>2453</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" s="1" t="s">
-        <v>2454</v>
+        <v>2493</v>
       </c>
       <c r="B857" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>2455</v>
+        <v>2449</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>2456</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" s="1" t="s">
-        <v>2457</v>
+        <v>2495</v>
       </c>
       <c r="B858" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>2458</v>
+        <v>2496</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>2459</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" s="1" t="s">
-        <v>2460</v>
+        <v>2498</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2461</v>
+        <v>2496</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>2462</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" s="1" t="s">
-        <v>2463</v>
+        <v>2500</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>2464</v>
+        <v>2496</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>2465</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" s="1" t="s">
-        <v>2466</v>
+        <v>2502</v>
       </c>
       <c r="B861" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2467</v>
+        <v>2496</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>2468</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" s="1" t="s">
-        <v>2469</v>
+        <v>2504</v>
       </c>
       <c r="B862" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2470</v>
+        <v>2505</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>2471</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" s="1" t="s">
-        <v>2472</v>
+        <v>2507</v>
       </c>
       <c r="B863" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2473</v>
+        <v>2508</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>2474</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" s="1" t="s">
-        <v>2475</v>
+        <v>2510</v>
       </c>
       <c r="B864" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2476</v>
+        <v>2511</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>2477</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" s="1" t="s">
-        <v>2478</v>
+        <v>2513</v>
       </c>
       <c r="B865" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>2479</v>
+        <v>2514</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>2480</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" s="1" t="s">
-        <v>2481</v>
+        <v>2516</v>
       </c>
       <c r="B866" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2482</v>
+        <v>2496</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>2483</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" s="1" t="s">
-        <v>2484</v>
+        <v>2518</v>
       </c>
       <c r="B867" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2485</v>
+        <v>2496</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>2486</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" s="1" t="s">
-        <v>2487</v>
+        <v>2520</v>
       </c>
       <c r="B868" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>2488</v>
+        <v>2505</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>2489</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" s="1" t="s">
-        <v>2490</v>
+        <v>2522</v>
       </c>
       <c r="B869" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2491</v>
+        <v>2505</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>2492</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" s="1" t="s">
-        <v>2493</v>
+        <v>2524</v>
       </c>
       <c r="B870" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>2494</v>
+        <v>2505</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>2495</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" s="1" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
       <c r="B871" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>2497</v>
+        <v>2505</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>2498</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" s="1" t="s">
-        <v>2499</v>
+        <v>2528</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2500</v>
+        <v>2529</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>2501</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" s="1" t="s">
-        <v>2502</v>
+        <v>2531</v>
       </c>
       <c r="B873" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>2504</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="1" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B874" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C874" s="1" t="s">
         <v>2505</v>
       </c>
-      <c r="B874" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D874" s="1" t="s">
-        <v>2507</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" s="1" t="s">
-        <v>2508</v>
+        <v>2535</v>
       </c>
       <c r="B875" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2509</v>
+        <v>2505</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>2510</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" s="1" t="s">
-        <v>2511</v>
+        <v>2537</v>
       </c>
       <c r="B876" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2512</v>
+        <v>2505</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>2513</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="877" spans="1:4">
       <c r="A877" s="1" t="s">
-        <v>2514</v>
+        <v>2539</v>
       </c>
       <c r="B877" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2515</v>
+        <v>2540</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>2516</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" s="1" t="s">
-        <v>2517</v>
+        <v>2542</v>
       </c>
       <c r="B878" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C878" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C878" s="1"/>
       <c r="D878" s="1" t="s">
-        <v>2519</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" s="1" t="s">
-        <v>2520</v>
+        <v>2544</v>
       </c>
       <c r="B879" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>2521</v>
+        <v>2505</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>2522</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" s="1" t="s">
-        <v>2523</v>
+        <v>2546</v>
       </c>
       <c r="B880" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C880" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C880" s="1"/>
       <c r="D880" s="1" t="s">
-        <v>2525</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" s="1" t="s">
-        <v>2526</v>
+        <v>2548</v>
       </c>
       <c r="B881" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>2527</v>
+        <v>2505</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>2528</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" s="1" t="s">
-        <v>2529</v>
+        <v>2550</v>
       </c>
       <c r="B882" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2530</v>
+        <v>2505</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>2531</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" s="1" t="s">
-        <v>2532</v>
+        <v>2552</v>
       </c>
       <c r="B883" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2533</v>
+        <v>2505</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>2534</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" s="1" t="s">
-        <v>2535</v>
+        <v>2554</v>
       </c>
       <c r="B884" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>2536</v>
+        <v>2505</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>2537</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" s="1" t="s">
-        <v>2538</v>
+        <v>2556</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>2539</v>
+        <v>2557</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>2540</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" s="1" t="s">
-        <v>2541</v>
+        <v>2559</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>2542</v>
+        <v>2560</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>2543</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" s="1" t="s">
-        <v>2544</v>
+        <v>2562</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>2546</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" s="1" t="s">
-        <v>2547</v>
+        <v>2564</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>2548</v>
+        <v>2557</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>2549</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" s="1" t="s">
-        <v>2550</v>
+        <v>2566</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>2551</v>
+        <v>2557</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>2552</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" s="1" t="s">
-        <v>2553</v>
+        <v>2568</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2554</v>
+        <v>2557</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>2555</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" s="1" t="s">
-        <v>2556</v>
+        <v>2570</v>
       </c>
       <c r="B891" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C891" s="1" t="s">
         <v>2557</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>2558</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" s="1" t="s">
-        <v>2559</v>
+        <v>2572</v>
       </c>
       <c r="B892" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2560</v>
+        <v>2557</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>2561</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" s="1" t="s">
-        <v>2562</v>
+        <v>2574</v>
       </c>
       <c r="B893" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C893" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C893" s="1"/>
       <c r="D893" s="1" t="s">
-        <v>2564</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" s="1" t="s">
-        <v>2565</v>
+        <v>2576</v>
       </c>
       <c r="B894" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2566</v>
+        <v>2577</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>2567</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" s="1" t="s">
-        <v>2568</v>
+        <v>2579</v>
       </c>
       <c r="B895" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2569</v>
+        <v>2580</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>2570</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" s="1" t="s">
-        <v>2571</v>
+        <v>2582</v>
       </c>
       <c r="B896" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2572</v>
+        <v>2583</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>2573</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" s="1" t="s">
-        <v>2574</v>
+        <v>2585</v>
       </c>
       <c r="B897" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2575</v>
+        <v>2557</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>2576</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" s="1" t="s">
-        <v>2577</v>
+        <v>2587</v>
       </c>
       <c r="B898" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2578</v>
+        <v>2557</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>2579</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" s="1" t="s">
-        <v>2580</v>
+        <v>2589</v>
       </c>
       <c r="B899" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2581</v>
+        <v>2590</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>2582</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" s="1" t="s">
-        <v>2583</v>
+        <v>2592</v>
       </c>
       <c r="B900" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2584</v>
+        <v>2593</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>2585</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" s="1" t="s">
-        <v>2586</v>
+        <v>2595</v>
       </c>
       <c r="B901" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2587</v>
+        <v>2596</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>2588</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" s="1" t="s">
-        <v>2589</v>
+        <v>2598</v>
       </c>
       <c r="B902" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2590</v>
+        <v>2599</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>2591</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" s="1" t="s">
-        <v>2592</v>
+        <v>2601</v>
       </c>
       <c r="B903" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2593</v>
+        <v>2602</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>2594</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" s="1" t="s">
-        <v>2595</v>
+        <v>2604</v>
       </c>
       <c r="B904" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>2595</v>
+        <v>2605</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>2596</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" s="1" t="s">
-        <v>2597</v>
+        <v>2607</v>
       </c>
       <c r="B905" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>2597</v>
+        <v>2608</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>2598</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" s="1" t="s">
-        <v>2599</v>
+        <v>2610</v>
       </c>
       <c r="B906" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2600</v>
+        <v>2611</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>2601</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" s="1" t="s">
-        <v>2602</v>
+        <v>2613</v>
       </c>
       <c r="B907" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>2603</v>
+        <v>2307</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>2604</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" s="1" t="s">
-        <v>2605</v>
+        <v>2615</v>
       </c>
       <c r="B908" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>2606</v>
+        <v>2307</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>2607</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" s="1" t="s">
-        <v>2608</v>
+        <v>2617</v>
       </c>
       <c r="B909" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>2609</v>
+        <v>2307</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>2610</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" s="1" t="s">
-        <v>2611</v>
+        <v>2619</v>
       </c>
       <c r="B910" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>2612</v>
+        <v>2620</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2613</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" s="1" t="s">
-        <v>2614</v>
+        <v>2622</v>
       </c>
       <c r="B911" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2615</v>
+        <v>2623</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>2616</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" s="1" t="s">
-        <v>2617</v>
+        <v>2625</v>
       </c>
       <c r="B912" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>2618</v>
+        <v>2626</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>2619</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" s="1" t="s">
-        <v>2620</v>
+        <v>2628</v>
       </c>
       <c r="B913" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>2621</v>
+        <v>2629</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>2622</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" s="1" t="s">
-        <v>2623</v>
+        <v>2631</v>
       </c>
       <c r="B914" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2624</v>
+        <v>2632</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>2625</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" s="1" t="s">
-        <v>2626</v>
+        <v>2634</v>
       </c>
       <c r="B915" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>2627</v>
+        <v>2635</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>2628</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" s="1" t="s">
-        <v>2629</v>
+        <v>2637</v>
       </c>
       <c r="B916" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2630</v>
+        <v>2635</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>2631</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" s="1" t="s">
-        <v>2632</v>
+        <v>2639</v>
       </c>
       <c r="B917" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2633</v>
+        <v>2635</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>2634</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B918" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C918" s="1" t="s">
         <v>2635</v>
       </c>
-      <c r="B918" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D918" s="1" t="s">
-        <v>2637</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" s="1" t="s">
-        <v>2638</v>
+        <v>2643</v>
       </c>
       <c r="B919" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>2639</v>
+        <v>2635</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>2640</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" s="1" t="s">
-        <v>2641</v>
+        <v>2645</v>
       </c>
       <c r="B920" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2642</v>
+        <v>2635</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>2643</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" s="1" t="s">
-        <v>2644</v>
+        <v>2647</v>
       </c>
       <c r="B921" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2645</v>
+        <v>2635</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" s="1" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2648</v>
+        <v>2635</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" s="1" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="B923" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2651</v>
+        <v>2635</v>
       </c>
       <c r="D923" s="1" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" s="1" t="s">
         <v>2653</v>
       </c>
       <c r="B924" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C924" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D924" s="1" t="s">
         <v>2654</v>
-      </c>
-[...1 lines deleted...]
-        <v>2655</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D925" s="1" t="s">
         <v>2656</v>
-      </c>
-[...7 lines deleted...]
-        <v>2658</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" s="1" t="s">
-        <v>2659</v>
+        <v>2657</v>
       </c>
       <c r="B926" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>2660</v>
+        <v>2635</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>2661</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" s="1" t="s">
-        <v>2662</v>
+        <v>2659</v>
       </c>
       <c r="B927" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2663</v>
+        <v>2635</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2664</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" s="1" t="s">
-        <v>2665</v>
+        <v>2661</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2666</v>
+        <v>2662</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" s="1" t="s">
-        <v>2668</v>
+        <v>2664</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2669</v>
+        <v>2665</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>2670</v>
+        <v>222</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" s="1" t="s">
-        <v>2671</v>
+        <v>2666</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2618</v>
+        <v>2667</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>2672</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" s="1" t="s">
-        <v>2673</v>
+        <v>2669</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2674</v>
+        <v>2670</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>2675</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" s="1" t="s">
-        <v>2676</v>
+        <v>2672</v>
       </c>
       <c r="B932" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2677</v>
+        <v>2673</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>2678</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" s="1" t="s">
-        <v>2679</v>
+        <v>2675</v>
       </c>
       <c r="B933" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2680</v>
+        <v>2676</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>2681</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" s="1" t="s">
-        <v>2682</v>
+        <v>2678</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2683</v>
+        <v>2679</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>2684</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" s="1" t="s">
-        <v>2685</v>
+        <v>2681</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>2687</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" s="1" t="s">
-        <v>2688</v>
+        <v>2684</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2689</v>
+        <v>2685</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2690</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" s="1" t="s">
-        <v>2691</v>
+        <v>2687</v>
       </c>
       <c r="B937" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2692</v>
+        <v>2688</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>2693</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" s="1" t="s">
-        <v>2694</v>
+        <v>2690</v>
       </c>
       <c r="B938" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2695</v>
+        <v>2691</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>2696</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" s="1" t="s">
-        <v>2697</v>
+        <v>2693</v>
       </c>
       <c r="B939" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2698</v>
+        <v>2694</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>2699</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" s="1" t="s">
-        <v>2700</v>
+        <v>2696</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2701</v>
+        <v>2697</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>2702</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" s="1" t="s">
-        <v>2703</v>
+        <v>2699</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2704</v>
+        <v>2700</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2705</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" s="1" t="s">
-        <v>2706</v>
+        <v>2702</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2707</v>
+        <v>2703</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" s="1" t="s">
-        <v>2709</v>
+        <v>2705</v>
       </c>
       <c r="B943" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2710</v>
+        <v>2706</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>2711</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" s="1" t="s">
-        <v>2712</v>
+        <v>2708</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2713</v>
+        <v>2709</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>2714</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" s="1" t="s">
-        <v>2715</v>
+        <v>2711</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2716</v>
+        <v>2712</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>2717</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" s="1" t="s">
-        <v>2718</v>
+        <v>2714</v>
       </c>
       <c r="B946" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>2720</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" s="1" t="s">
-        <v>2721</v>
+        <v>2717</v>
       </c>
       <c r="B947" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2722</v>
+        <v>2718</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>2723</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" s="1" t="s">
-        <v>2724</v>
+        <v>2720</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2725</v>
+        <v>2721</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>2726</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="949" spans="1:4">
       <c r="A949" s="1" t="s">
-        <v>2727</v>
+        <v>2723</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>2728</v>
+        <v>2724</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>2729</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" s="1" t="s">
-        <v>2730</v>
+        <v>2726</v>
       </c>
       <c r="B950" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2731</v>
+        <v>2727</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>2732</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" s="1" t="s">
-        <v>2733</v>
+        <v>2729</v>
       </c>
       <c r="B951" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2734</v>
+        <v>2730</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2735</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" s="1" t="s">
-        <v>2736</v>
+        <v>2732</v>
       </c>
       <c r="B952" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2737</v>
+        <v>2733</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2738</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" s="1" t="s">
-        <v>2739</v>
+        <v>2735</v>
       </c>
       <c r="B953" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2740</v>
+        <v>2736</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>2741</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" s="1" t="s">
-        <v>2742</v>
+        <v>2738</v>
       </c>
       <c r="B954" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2743</v>
+        <v>2739</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>2744</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" s="1" t="s">
-        <v>2745</v>
+        <v>2741</v>
       </c>
       <c r="B955" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2746</v>
+        <v>2739</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>2747</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" s="1" t="s">
-        <v>2748</v>
+        <v>2743</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2749</v>
+        <v>2744</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>2750</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" s="1" t="s">
-        <v>2751</v>
+        <v>2746</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2752</v>
+        <v>2747</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>2753</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" s="1" t="s">
-        <v>2754</v>
+        <v>2749</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2755</v>
+        <v>2750</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2756</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" s="1" t="s">
-        <v>2757</v>
+        <v>2752</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2758</v>
+        <v>2753</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>2759</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" s="1" t="s">
-        <v>2760</v>
+        <v>2755</v>
       </c>
       <c r="B960" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2761</v>
+        <v>2756</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>2762</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" s="1" t="s">
-        <v>2763</v>
+        <v>2758</v>
       </c>
       <c r="B961" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2764</v>
+        <v>2759</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>2765</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" s="1" t="s">
-        <v>2766</v>
+        <v>2761</v>
       </c>
       <c r="B962" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2767</v>
+        <v>2762</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>2768</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="963" spans="1:4">
       <c r="A963" s="1" t="s">
-        <v>2769</v>
+        <v>2764</v>
       </c>
       <c r="B963" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2770</v>
+        <v>2765</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>2771</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" s="1" t="s">
-        <v>2772</v>
+        <v>2767</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2773</v>
+        <v>2768</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2774</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" s="1" t="s">
-        <v>2775</v>
+        <v>2770</v>
       </c>
       <c r="B965" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2776</v>
+        <v>2771</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2777</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" s="1" t="s">
-        <v>2778</v>
+        <v>2773</v>
       </c>
       <c r="B966" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2779</v>
+        <v>2774</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2780</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" s="1" t="s">
-        <v>2781</v>
+        <v>2776</v>
       </c>
       <c r="B967" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>2782</v>
+        <v>2777</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>2783</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" s="1" t="s">
-        <v>2784</v>
+        <v>2779</v>
       </c>
       <c r="B968" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2785</v>
+        <v>2780</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>2786</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" s="1" t="s">
-        <v>2787</v>
+        <v>2782</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2788</v>
+        <v>2783</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2789</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="970" spans="1:4">
       <c r="A970" s="1" t="s">
-        <v>2790</v>
+        <v>2785</v>
       </c>
       <c r="B970" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2791</v>
+        <v>2786</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2792</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="971" spans="1:4">
       <c r="A971" s="1" t="s">
-        <v>2793</v>
+        <v>2788</v>
       </c>
       <c r="B971" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2794</v>
+        <v>2789</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>2795</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="972" spans="1:4">
       <c r="A972" s="1" t="s">
-        <v>2796</v>
+        <v>2791</v>
       </c>
       <c r="B972" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2797</v>
+        <v>2792</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>2798</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" s="1" t="s">
-        <v>2799</v>
+        <v>2794</v>
       </c>
       <c r="B973" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>2800</v>
+        <v>2795</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>2801</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" s="1" t="s">
-        <v>2802</v>
+        <v>2797</v>
       </c>
       <c r="B974" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2803</v>
+        <v>2798</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>2804</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="975" spans="1:4">
       <c r="A975" s="1" t="s">
-        <v>2805</v>
+        <v>2800</v>
       </c>
       <c r="B975" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2806</v>
+        <v>2801</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>2807</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" s="1" t="s">
-        <v>2808</v>
+        <v>2803</v>
       </c>
       <c r="B976" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2809</v>
+        <v>2804</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>2810</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="977" spans="1:4">
       <c r="A977" s="1" t="s">
-        <v>2811</v>
+        <v>2806</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2812</v>
+        <v>2807</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>2813</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="978" spans="1:4">
       <c r="A978" s="1" t="s">
-        <v>2814</v>
+        <v>2809</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2815</v>
+        <v>2810</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>2816</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="979" spans="1:4">
       <c r="A979" s="1" t="s">
-        <v>2817</v>
+        <v>2812</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2818</v>
+        <v>2813</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>2819</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" s="1" t="s">
-        <v>2820</v>
+        <v>2815</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2821</v>
+        <v>2816</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>2822</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" s="1" t="s">
-        <v>2823</v>
+        <v>2818</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2824</v>
+        <v>2819</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>2825</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" s="1" t="s">
-        <v>2826</v>
+        <v>2821</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2827</v>
+        <v>2822</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>2828</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="983" spans="1:4">
       <c r="A983" s="1" t="s">
-        <v>2829</v>
+        <v>2824</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2830</v>
+        <v>2825</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>2831</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" s="1" t="s">
-        <v>2832</v>
+        <v>2827</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2833</v>
+        <v>2828</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>2834</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" s="1" t="s">
-        <v>2835</v>
+        <v>2830</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2836</v>
+        <v>2831</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>2837</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" s="1" t="s">
-        <v>2838</v>
+        <v>2833</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2839</v>
+        <v>2834</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>2840</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="987" spans="1:4">
       <c r="A987" s="1" t="s">
-        <v>2841</v>
+        <v>2836</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2842</v>
+        <v>2837</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>2843</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" s="1" t="s">
-        <v>2844</v>
+        <v>2839</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2845</v>
+        <v>2840</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>2846</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="989" spans="1:4">
       <c r="A989" s="1" t="s">
-        <v>2847</v>
+        <v>2842</v>
       </c>
       <c r="B989" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2848</v>
+        <v>2843</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>2849</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="1" t="s">
-        <v>2850</v>
+        <v>2845</v>
       </c>
       <c r="B990" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>2851</v>
+        <v>2846</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>2852</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" s="1" t="s">
-        <v>2853</v>
+        <v>2848</v>
       </c>
       <c r="B991" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2854</v>
+        <v>2849</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>2855</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" s="1" t="s">
-        <v>2856</v>
+        <v>2851</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2857</v>
+        <v>2852</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>2858</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" s="1" t="s">
-        <v>2859</v>
+        <v>2854</v>
       </c>
       <c r="B993" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2860</v>
+        <v>2855</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>2861</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" s="1" t="s">
-        <v>2862</v>
+        <v>2857</v>
       </c>
       <c r="B994" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>2863</v>
+        <v>2858</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>2864</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" s="1" t="s">
-        <v>2865</v>
+        <v>2860</v>
       </c>
       <c r="B995" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2866</v>
+        <v>2861</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>2867</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="1" t="s">
-        <v>2868</v>
+        <v>2863</v>
       </c>
       <c r="B996" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2869</v>
+        <v>2864</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>2870</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" s="1" t="s">
-        <v>2871</v>
+        <v>2866</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2872</v>
+        <v>2867</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>2873</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="1" t="s">
-        <v>2874</v>
+        <v>2869</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2875</v>
+        <v>2870</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>2876</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="1" t="s">
-        <v>2877</v>
+        <v>2872</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2878</v>
+        <v>2873</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>2879</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
       <c r="A1000" s="1" t="s">
-        <v>2880</v>
+        <v>2875</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2881</v>
+        <v>2876</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>2882</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="1" t="s">
-        <v>2883</v>
+        <v>2878</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2884</v>
+        <v>2879</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>2885</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" s="1" t="s">
-        <v>2886</v>
+        <v>2881</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>2887</v>
+        <v>2881</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>2888</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" s="1" t="s">
-        <v>2889</v>
+        <v>2883</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>2890</v>
+        <v>2883</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>2891</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" s="1" t="s">
-        <v>2892</v>
+        <v>2885</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>2893</v>
+        <v>2886</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>2894</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" s="1" t="s">
-        <v>2895</v>
+        <v>2888</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>2896</v>
+        <v>2889</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>2897</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" s="1" t="s">
-        <v>2898</v>
+        <v>2891</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>2899</v>
+        <v>2892</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>2900</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="1" t="s">
-        <v>2901</v>
+        <v>2894</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>2902</v>
+        <v>2895</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>2903</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" s="1" t="s">
-        <v>2904</v>
+        <v>2897</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>2905</v>
+        <v>2898</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>2906</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="1" t="s">
-        <v>2907</v>
+        <v>2900</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>2908</v>
+        <v>2901</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>2909</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="1" t="s">
-        <v>2910</v>
+        <v>2903</v>
       </c>
       <c r="B1010" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>2911</v>
+        <v>2904</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>2912</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" s="1" t="s">
-        <v>2913</v>
+        <v>2906</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>2914</v>
+        <v>2907</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>2915</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="1" t="s">
-        <v>2916</v>
+        <v>2909</v>
       </c>
       <c r="B1012" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>2917</v>
+        <v>2910</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>2918</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" s="1" t="s">
-        <v>2919</v>
+        <v>2912</v>
       </c>
       <c r="B1013" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>2920</v>
+        <v>2913</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>2921</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" s="1" t="s">
-        <v>2922</v>
+        <v>2915</v>
       </c>
       <c r="B1014" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>2923</v>
+        <v>2916</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>2924</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" s="1" t="s">
-        <v>2925</v>
+        <v>2918</v>
       </c>
       <c r="B1015" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>2926</v>
+        <v>2919</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>2927</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" s="1" t="s">
-        <v>2928</v>
+        <v>2921</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>2929</v>
+        <v>2922</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>2930</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" s="1" t="s">
-        <v>2931</v>
+        <v>2924</v>
       </c>
       <c r="B1017" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>2932</v>
+        <v>2925</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>2933</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" s="1" t="s">
-        <v>2934</v>
+        <v>2927</v>
       </c>
       <c r="B1018" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>2935</v>
+        <v>2928</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>2936</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" s="1" t="s">
-        <v>2937</v>
+        <v>2930</v>
       </c>
       <c r="B1019" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>2938</v>
+        <v>2931</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>2939</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" s="1" t="s">
-        <v>2940</v>
+        <v>2933</v>
       </c>
       <c r="B1020" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>2941</v>
+        <v>2934</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>2942</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" s="1" t="s">
-        <v>2943</v>
+        <v>2936</v>
       </c>
       <c r="B1021" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>2944</v>
+        <v>2937</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>2945</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" s="1" t="s">
-        <v>2946</v>
+        <v>2939</v>
       </c>
       <c r="B1022" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>2947</v>
+        <v>2940</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>2948</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" s="1" t="s">
-        <v>2949</v>
+        <v>2942</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>2950</v>
+        <v>2943</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>2951</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" s="1" t="s">
-        <v>2952</v>
+        <v>2945</v>
       </c>
       <c r="B1024" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>2953</v>
+        <v>2946</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>2954</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" s="1" t="s">
-        <v>2955</v>
+        <v>2948</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>2956</v>
+        <v>2949</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>2957</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" s="1" t="s">
-        <v>2958</v>
+        <v>2951</v>
       </c>
       <c r="B1026" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>2959</v>
+        <v>2952</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>2960</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" s="1" t="s">
-        <v>2961</v>
+        <v>2954</v>
       </c>
       <c r="B1027" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>2962</v>
+        <v>2955</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>2963</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" s="1" t="s">
-        <v>2964</v>
+        <v>2957</v>
       </c>
       <c r="B1028" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>2965</v>
+        <v>2904</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>2966</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" s="1" t="s">
-        <v>2967</v>
+        <v>2959</v>
       </c>
       <c r="B1029" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>2968</v>
+        <v>2960</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>2969</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" s="1" t="s">
-        <v>2970</v>
+        <v>2962</v>
       </c>
       <c r="B1030" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>2971</v>
+        <v>2963</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>2972</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" s="1" t="s">
-        <v>2973</v>
+        <v>2965</v>
       </c>
       <c r="B1031" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>2974</v>
+        <v>2966</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>2975</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" s="1" t="s">
-        <v>2976</v>
+        <v>2968</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>2977</v>
+        <v>2969</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>2978</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" s="1" t="s">
-        <v>2979</v>
+        <v>2971</v>
       </c>
       <c r="B1033" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>2980</v>
+        <v>2972</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>2981</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" s="1" t="s">
-        <v>2982</v>
+        <v>2974</v>
       </c>
       <c r="B1034" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>2983</v>
+        <v>2975</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>2984</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" s="1" t="s">
-        <v>2985</v>
+        <v>2977</v>
       </c>
       <c r="B1035" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>2986</v>
+        <v>2978</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>2987</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" s="1" t="s">
-        <v>2988</v>
+        <v>2980</v>
       </c>
       <c r="B1036" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>2989</v>
+        <v>2981</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>2990</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" s="1" t="s">
-        <v>2991</v>
+        <v>2983</v>
       </c>
       <c r="B1037" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>2992</v>
+        <v>2984</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>2993</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" s="1" t="s">
-        <v>2994</v>
+        <v>2986</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>2995</v>
+        <v>2987</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>2996</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" s="1" t="s">
-        <v>2997</v>
+        <v>2989</v>
       </c>
       <c r="B1039" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>2998</v>
+        <v>2990</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>2999</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" s="1" t="s">
-        <v>3000</v>
+        <v>2992</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>3001</v>
+        <v>2993</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>3002</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" s="1" t="s">
-        <v>3003</v>
+        <v>2995</v>
       </c>
       <c r="B1041" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>3004</v>
+        <v>2996</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>3005</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="1042" spans="1:4">
       <c r="A1042" s="1" t="s">
-        <v>3006</v>
+        <v>2998</v>
       </c>
       <c r="B1042" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>3007</v>
+        <v>2999</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>3008</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
       <c r="A1043" s="1" t="s">
-        <v>3009</v>
+        <v>3001</v>
       </c>
       <c r="B1043" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>3010</v>
+        <v>3002</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>3011</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
       <c r="A1044" s="1" t="s">
-        <v>3012</v>
+        <v>3004</v>
       </c>
       <c r="B1044" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>3013</v>
+        <v>3005</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>3014</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" s="1" t="s">
-        <v>3015</v>
+        <v>3007</v>
       </c>
       <c r="B1045" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>3016</v>
+        <v>3008</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>3017</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" s="1" t="s">
-        <v>3018</v>
+        <v>3010</v>
       </c>
       <c r="B1046" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>3019</v>
+        <v>3011</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>3020</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" s="1" t="s">
-        <v>3021</v>
+        <v>3013</v>
       </c>
       <c r="B1047" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>3022</v>
+        <v>3014</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>3023</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" s="1" t="s">
-        <v>3024</v>
+        <v>3016</v>
       </c>
       <c r="B1048" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>3025</v>
+        <v>3017</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>3026</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" s="1" t="s">
-        <v>3027</v>
+        <v>3019</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>3028</v>
+        <v>3020</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>3029</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" s="1" t="s">
-        <v>3030</v>
+        <v>3022</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>3031</v>
+        <v>3023</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>3032</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="1" t="s">
-        <v>3033</v>
+        <v>3025</v>
       </c>
       <c r="B1051" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>3034</v>
+        <v>3026</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>3035</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" s="1" t="s">
-        <v>3036</v>
+        <v>3028</v>
       </c>
       <c r="B1052" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>3037</v>
+        <v>3029</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>3038</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="1" t="s">
-        <v>3039</v>
+        <v>3031</v>
       </c>
       <c r="B1053" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>3040</v>
+        <v>3032</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>3041</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" s="1" t="s">
-        <v>3042</v>
+        <v>3034</v>
       </c>
       <c r="B1054" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>3043</v>
+        <v>3035</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>3044</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" s="1" t="s">
-        <v>3045</v>
+        <v>3037</v>
       </c>
       <c r="B1055" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>3046</v>
+        <v>3038</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>3047</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" s="1" t="s">
-        <v>3048</v>
+        <v>3040</v>
       </c>
       <c r="B1056" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>3049</v>
+        <v>3041</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>3050</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" s="1" t="s">
-        <v>3051</v>
+        <v>3043</v>
       </c>
       <c r="B1057" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>3052</v>
+        <v>3044</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>3053</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" s="1" t="s">
-        <v>3054</v>
+        <v>3046</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>3055</v>
+        <v>3047</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>3056</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" s="1" t="s">
-        <v>3057</v>
+        <v>3049</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>3058</v>
+        <v>3050</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>3059</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" s="1" t="s">
-        <v>3060</v>
+        <v>3052</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>3061</v>
+        <v>3053</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>3062</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" s="1" t="s">
-        <v>3060</v>
+        <v>3055</v>
       </c>
       <c r="B1061" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>3061</v>
+        <v>3056</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>3063</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" s="1" t="s">
-        <v>3064</v>
+        <v>3058</v>
       </c>
       <c r="B1062" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>3065</v>
+        <v>3059</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>3066</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" s="1" t="s">
-        <v>3064</v>
+        <v>3061</v>
       </c>
       <c r="B1063" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>3065</v>
+        <v>3062</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>3067</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" s="1" t="s">
-        <v>3068</v>
+        <v>3064</v>
       </c>
       <c r="B1064" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>2938</v>
+        <v>3065</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>3069</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" s="1" t="s">
-        <v>3070</v>
-[...1 lines deleted...]
-      <c r="B1065" s="1"/>
+        <v>3067</v>
+      </c>
+      <c r="B1065" s="1" t="s">
+        <v>5</v>
+      </c>
       <c r="C1065" s="1" t="s">
-        <v>3071</v>
+        <v>3068</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>3072</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" s="1" t="s">
-        <v>3073</v>
+        <v>3070</v>
       </c>
       <c r="B1066" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1066" s="1" t="s">
         <v>3071</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>3074</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" s="1" t="s">
+        <v>3073</v>
+      </c>
+      <c r="B1067" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1067" s="1" t="s">
+        <v>3074</v>
+      </c>
+      <c r="D1067" s="1" t="s">
         <v>3075</v>
-      </c>
-[...7 lines deleted...]
-        <v>3077</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" s="1" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B1068" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1068" s="1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="D1068" s="1" t="s">
         <v>3078</v>
-      </c>
-[...7 lines deleted...]
-        <v>3080</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" s="1" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B1069" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1069" s="1" t="s">
+        <v>3080</v>
+      </c>
+      <c r="D1069" s="1" t="s">
         <v>3081</v>
-      </c>
-[...7 lines deleted...]
-        <v>3082</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" s="1" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B1070" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1070" s="1" t="s">
         <v>3083</v>
       </c>
-      <c r="B1070" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1070" s="1" t="s">
-        <v>3082</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" s="1" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="B1071" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" s="1" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
       <c r="B1072" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>3085</v>
+        <v>3089</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>3088</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" s="1" t="s">
-        <v>3089</v>
+        <v>3091</v>
       </c>
       <c r="B1073" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>3090</v>
+        <v>3092</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>3091</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" s="1" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
       <c r="B1074" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>3093</v>
+        <v>3095</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" s="1" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="B1075" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
       <c r="D1075" s="1" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" s="1" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
       <c r="B1076" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="D1076" s="1" t="s">
-        <v>3100</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" s="1" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="B1077" s="1" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="C1077" s="1"/>
+        <v>5</v>
+      </c>
+      <c r="C1077" s="1" t="s">
+        <v>3104</v>
+      </c>
       <c r="D1077" s="1" t="s">
-        <v>3102</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="1" t="s">
-        <v>3103</v>
+        <v>3106</v>
       </c>
       <c r="B1078" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>3104</v>
+        <v>3107</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>3105</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="1" t="s">
-        <v>3106</v>
+        <v>3109</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>3107</v>
+        <v>3110</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>3108</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="1" t="s">
-        <v>3109</v>
+        <v>3112</v>
       </c>
       <c r="B1080" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>3110</v>
+        <v>3113</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>3111</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="1" t="s">
-        <v>3112</v>
+        <v>3115</v>
       </c>
       <c r="B1081" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>3113</v>
+        <v>3116</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>3114</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" s="1" t="s">
-        <v>3115</v>
+        <v>3118</v>
       </c>
       <c r="B1082" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>3116</v>
+        <v>3119</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>3117</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="1" t="s">
-        <v>3118</v>
+        <v>3121</v>
       </c>
       <c r="B1083" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>3119</v>
+        <v>3122</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>3120</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="1" t="s">
-        <v>3121</v>
+        <v>3124</v>
       </c>
       <c r="B1084" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>3122</v>
+        <v>3125</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>3123</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="1" t="s">
-        <v>3124</v>
+        <v>3127</v>
       </c>
       <c r="B1085" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>3125</v>
+        <v>3128</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>3126</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="1" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
       <c r="B1086" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>3128</v>
+        <v>3131</v>
       </c>
       <c r="D1086" s="1" t="s">
-        <v>3129</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="1" t="s">
-        <v>3130</v>
+        <v>3133</v>
       </c>
       <c r="B1087" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>3131</v>
+        <v>3134</v>
       </c>
       <c r="D1087" s="1" t="s">
-        <v>3132</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="1" t="s">
-        <v>3133</v>
+        <v>3136</v>
       </c>
       <c r="B1088" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>3134</v>
+        <v>3137</v>
       </c>
       <c r="D1088" s="1" t="s">
-        <v>3135</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="1" t="s">
-        <v>3136</v>
+        <v>3139</v>
       </c>
       <c r="B1089" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>3137</v>
+        <v>3140</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="1" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
       <c r="B1090" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>3141</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="1" t="s">
-        <v>3142</v>
+        <v>3145</v>
       </c>
       <c r="B1091" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>3143</v>
+        <v>3146</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>3144</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="1" t="s">
-        <v>3145</v>
+        <v>3148</v>
       </c>
       <c r="B1092" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>3146</v>
+        <v>3149</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>3147</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="1" t="s">
-        <v>3148</v>
+        <v>3151</v>
       </c>
       <c r="B1093" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>3149</v>
+        <v>3152</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>3150</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" s="1" t="s">
-        <v>3151</v>
+        <v>3154</v>
       </c>
       <c r="B1094" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>3152</v>
+        <v>3155</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>3153</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="1" t="s">
-        <v>3154</v>
+        <v>3157</v>
       </c>
       <c r="B1095" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>3155</v>
+        <v>3158</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>3156</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" s="1" t="s">
-        <v>3157</v>
+        <v>3160</v>
       </c>
       <c r="B1096" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>3158</v>
+        <v>3161</v>
       </c>
       <c r="D1096" s="1" t="s">
-        <v>3159</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="1" t="s">
-        <v>3160</v>
+        <v>3163</v>
       </c>
       <c r="B1097" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>3161</v>
+        <v>3164</v>
       </c>
       <c r="D1097" s="1" t="s">
-        <v>3162</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" s="1" t="s">
-        <v>3163</v>
+        <v>3166</v>
       </c>
       <c r="B1098" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>3164</v>
+        <v>3167</v>
       </c>
       <c r="D1098" s="1" t="s">
-        <v>3165</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" s="1" t="s">
-        <v>3166</v>
+        <v>3169</v>
       </c>
       <c r="B1099" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>3167</v>
+        <v>3170</v>
       </c>
       <c r="D1099" s="1" t="s">
-        <v>3168</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" s="1" t="s">
-        <v>3169</v>
+        <v>3172</v>
       </c>
       <c r="B1100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>3170</v>
+        <v>3173</v>
       </c>
       <c r="D1100" s="1" t="s">
-        <v>3171</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" s="1" t="s">
-        <v>3172</v>
+        <v>3175</v>
       </c>
       <c r="B1101" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>3173</v>
+        <v>3176</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>3174</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" s="1" t="s">
-        <v>3175</v>
+        <v>3178</v>
       </c>
       <c r="B1102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>3176</v>
+        <v>3179</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>3177</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" s="1" t="s">
-        <v>3178</v>
+        <v>3181</v>
       </c>
       <c r="B1103" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>3179</v>
+        <v>3182</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>3180</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" s="1" t="s">
-        <v>3181</v>
+        <v>3184</v>
       </c>
       <c r="B1104" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>3182</v>
+        <v>3185</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>3183</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" s="1" t="s">
-        <v>3184</v>
+        <v>3187</v>
       </c>
       <c r="B1105" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>3185</v>
+        <v>3188</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>3186</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" s="1" t="s">
-        <v>3187</v>
+        <v>3190</v>
       </c>
       <c r="B1106" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>3188</v>
+        <v>3191</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>3189</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" s="1" t="s">
-        <v>3190</v>
+        <v>3193</v>
       </c>
       <c r="B1107" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>3191</v>
+        <v>3194</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>3192</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" s="1" t="s">
-        <v>3193</v>
+        <v>3196</v>
       </c>
       <c r="B1108" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>3194</v>
+        <v>3197</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>3195</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" s="1" t="s">
-        <v>3196</v>
+        <v>3199</v>
       </c>
       <c r="B1109" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>3197</v>
+        <v>3200</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>3198</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" s="1" t="s">
-        <v>3199</v>
+        <v>3202</v>
       </c>
       <c r="B1110" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>3200</v>
+        <v>3203</v>
       </c>
       <c r="D1110" s="1" t="s">
-        <v>3201</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" s="1" t="s">
-        <v>3202</v>
+        <v>3205</v>
       </c>
       <c r="B1111" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>3203</v>
+        <v>3206</v>
       </c>
       <c r="D1111" s="1" t="s">
-        <v>3204</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" s="1" t="s">
-        <v>3205</v>
+        <v>3208</v>
       </c>
       <c r="B1112" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>2151</v>
+        <v>3209</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>3206</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="1" t="s">
-        <v>3207</v>
+        <v>3211</v>
       </c>
       <c r="B1113" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>3208</v>
+        <v>3212</v>
       </c>
       <c r="D1113" s="1" t="s">
-        <v>3209</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="1" t="s">
-        <v>3210</v>
+        <v>3214</v>
       </c>
       <c r="B1114" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>3211</v>
+        <v>3215</v>
       </c>
       <c r="D1114" s="1" t="s">
-        <v>3212</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" s="1" t="s">
-        <v>3213</v>
+        <v>3217</v>
       </c>
       <c r="B1115" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>3214</v>
+        <v>3218</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>3215</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" s="1" t="s">
-        <v>3216</v>
+        <v>3220</v>
       </c>
       <c r="B1116" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>3217</v>
+        <v>3221</v>
       </c>
       <c r="D1116" s="1" t="s">
-        <v>3218</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" s="1" t="s">
-        <v>3219</v>
+        <v>3223</v>
       </c>
       <c r="B1117" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>3220</v>
+        <v>3224</v>
       </c>
       <c r="D1117" s="1" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" s="1" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
       <c r="D1118" s="1" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" s="1" t="s">
-        <v>3225</v>
+        <v>3229</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>3226</v>
+        <v>3230</v>
       </c>
       <c r="D1119" s="1" t="s">
-        <v>3227</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" s="1" t="s">
-        <v>3228</v>
+        <v>3232</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>3229</v>
+        <v>3233</v>
       </c>
       <c r="D1120" s="1" t="s">
-        <v>3230</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" s="1" t="s">
-        <v>3231</v>
+        <v>3235</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>3232</v>
+        <v>3236</v>
       </c>
       <c r="D1121" s="1" t="s">
-        <v>3233</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" s="1" t="s">
-        <v>3234</v>
+        <v>3238</v>
       </c>
       <c r="B1122" s="1" t="s">
-        <v>2144</v>
+        <v>15</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>3235</v>
+        <v>3239</v>
       </c>
       <c r="D1122" s="1" t="s">
-        <v>3236</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" s="1" t="s">
-        <v>3237</v>
+        <v>3241</v>
       </c>
       <c r="B1123" s="1" t="s">
-        <v>2144</v>
+        <v>15</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>3238</v>
+        <v>3242</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>3239</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" s="1" t="s">
-        <v>3240</v>
+        <v>3244</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>3241</v>
+        <v>3245</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>3242</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" s="1" t="s">
-        <v>3243</v>
+        <v>3247</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>3244</v>
+        <v>3248</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>3245</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" s="1" t="s">
-        <v>3246</v>
+        <v>3250</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>3247</v>
+        <v>3251</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>3248</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" s="1" t="s">
-        <v>3249</v>
+        <v>3253</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>3250</v>
+        <v>3254</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>3251</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" s="1" t="s">
-        <v>3252</v>
+        <v>3256</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>3253</v>
+        <v>3257</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>3254</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" s="1" t="s">
-        <v>3255</v>
+        <v>3259</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>3256</v>
+        <v>3260</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>3257</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" s="1" t="s">
-        <v>3258</v>
+        <v>3262</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>3259</v>
+        <v>3263</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>3260</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" s="1" t="s">
-        <v>3261</v>
+        <v>3265</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>3262</v>
+        <v>3266</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>3263</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" s="1" t="s">
-        <v>3264</v>
+        <v>3268</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>3265</v>
+        <v>3269</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>3266</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" s="1" t="s">
-        <v>3267</v>
+        <v>3271</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>3268</v>
+        <v>3272</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>3269</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="1134" spans="1:4">
       <c r="A1134" s="1" t="s">
-        <v>3270</v>
+        <v>3274</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>3271</v>
+        <v>3275</v>
       </c>
       <c r="D1134" s="1" t="s">
-        <v>3272</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
       <c r="A1135" s="1" t="s">
-        <v>3273</v>
+        <v>3277</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>3274</v>
+        <v>3278</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>3275</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
       <c r="A1136" s="1" t="s">
-        <v>3276</v>
+        <v>3280</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>3277</v>
+        <v>3281</v>
       </c>
       <c r="D1136" s="1" t="s">
-        <v>3278</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" s="1" t="s">
-        <v>3279</v>
+        <v>3283</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>3280</v>
+        <v>3284</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>3281</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" s="1" t="s">
-        <v>3282</v>
+        <v>3286</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>3283</v>
+        <v>3287</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>3284</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" s="1" t="s">
-        <v>3285</v>
+        <v>3289</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>3286</v>
+        <v>3290</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>3287</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" s="1" t="s">
-        <v>3288</v>
+        <v>3292</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>3289</v>
+        <v>3293</v>
       </c>
       <c r="D1140" s="1" t="s">
-        <v>3290</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" s="1" t="s">
-        <v>3291</v>
+        <v>3295</v>
       </c>
       <c r="B1141" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>3292</v>
+        <v>3296</v>
       </c>
       <c r="D1141" s="1" t="s">
-        <v>3293</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" s="1" t="s">
-        <v>3294</v>
+        <v>3298</v>
       </c>
       <c r="B1142" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>3295</v>
+        <v>3299</v>
       </c>
       <c r="D1142" s="1" t="s">
-        <v>3296</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" s="1" t="s">
-        <v>3297</v>
+        <v>3301</v>
       </c>
       <c r="B1143" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>3298</v>
+        <v>3302</v>
       </c>
       <c r="D1143" s="1" t="s">
-        <v>3299</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" s="1" t="s">
-        <v>3300</v>
+        <v>3304</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>3301</v>
+        <v>3305</v>
       </c>
       <c r="D1144" s="1" t="s">
-        <v>3302</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" s="1" t="s">
-        <v>3303</v>
+        <v>3307</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>3289</v>
+        <v>3308</v>
       </c>
       <c r="D1145" s="1" t="s">
-        <v>3304</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" s="1" t="s">
-        <v>3305</v>
+        <v>3310</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>2144</v>
+        <v>5</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>3306</v>
+        <v>3311</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>3307</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" s="1" t="s">
-        <v>3308</v>
+        <v>3313</v>
       </c>
       <c r="B1147" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>3309</v>
+        <v>3314</v>
       </c>
       <c r="D1147" s="1" t="s">
-        <v>3310</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" s="1" t="s">
-        <v>3311</v>
+        <v>3316</v>
       </c>
       <c r="B1148" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>3312</v>
+        <v>3317</v>
       </c>
       <c r="D1148" s="1" t="s">
-        <v>3313</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" s="1" t="s">
-        <v>3314</v>
+        <v>3319</v>
       </c>
       <c r="B1149" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>3315</v>
+        <v>3320</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>3316</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" s="1" t="s">
-        <v>3317</v>
+        <v>3322</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>3318</v>
+        <v>3323</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>3319</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" s="1" t="s">
-        <v>3320</v>
+        <v>3325</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>3321</v>
+        <v>3326</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>3322</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" s="1" t="s">
-        <v>3323</v>
+        <v>3328</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>3324</v>
+        <v>3329</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>3325</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" s="1" t="s">
-        <v>3326</v>
+        <v>3331</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>3327</v>
+        <v>3332</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>3328</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" s="1" t="s">
-        <v>3329</v>
+        <v>3334</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>3330</v>
+        <v>3335</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>3331</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" s="1" t="s">
-        <v>3332</v>
+        <v>3337</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>3333</v>
+        <v>3338</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>3334</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" s="1" t="s">
-        <v>3335</v>
+        <v>3340</v>
       </c>
       <c r="B1156" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>3336</v>
+        <v>3341</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>3337</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" s="1" t="s">
-        <v>3338</v>
+        <v>3343</v>
       </c>
       <c r="B1157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>3339</v>
+        <v>3344</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>3340</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" s="1" t="s">
-        <v>3341</v>
+        <v>3346</v>
       </c>
       <c r="B1158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>3342</v>
+        <v>3347</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>3343</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="1" t="s">
-        <v>3344</v>
+        <v>3346</v>
       </c>
       <c r="B1159" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>3345</v>
+        <v>3347</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>3346</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="1" t="s">
-        <v>3347</v>
+        <v>3350</v>
       </c>
       <c r="B1160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>3348</v>
+        <v>3351</v>
       </c>
       <c r="D1160" s="1" t="s">
-        <v>3349</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" s="1" t="s">
         <v>3350</v>
       </c>
       <c r="B1161" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1161" s="1" t="s">
         <v>3351</v>
       </c>
       <c r="D1161" s="1" t="s">
-        <v>3352</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" s="1" t="s">
-        <v>3353</v>
+        <v>3354</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>3354</v>
+        <v>3224</v>
       </c>
       <c r="D1162" s="1" t="s">
         <v>3355</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" s="1" t="s">
         <v>3356</v>
       </c>
-      <c r="B1163" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B1163" s="1"/>
       <c r="C1163" s="1" t="s">
         <v>3357</v>
       </c>
       <c r="D1163" s="1" t="s">
         <v>3358</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" s="1" t="s">
         <v>3359</v>
       </c>
       <c r="B1164" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1164" s="1" t="s">
+        <v>3357</v>
+      </c>
+      <c r="D1164" s="1" t="s">
         <v>3360</v>
-      </c>
-[...1 lines deleted...]
-        <v>3361</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" s="1" t="s">
+        <v>3361</v>
+      </c>
+      <c r="B1165" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1165" s="1" t="s">
         <v>3362</v>
       </c>
-      <c r="B1165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1165" s="1" t="s">
+      <c r="D1165" s="1" t="s">
         <v>3363</v>
-      </c>
-[...1 lines deleted...]
-        <v>3364</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="B1166" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1166" s="1" t="s">
         <v>3365</v>
       </c>
-      <c r="B1166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1166" s="1" t="s">
+      <c r="D1166" s="1" t="s">
         <v>3366</v>
-      </c>
-[...1 lines deleted...]
-        <v>3367</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" s="1" t="s">
+        <v>3367</v>
+      </c>
+      <c r="B1167" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1167" s="1" t="s">
+        <v>3365</v>
+      </c>
+      <c r="D1167" s="1" t="s">
         <v>3368</v>
-      </c>
-[...7 lines deleted...]
-        <v>3370</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" s="1" t="s">
-        <v>3371</v>
+        <v>3369</v>
       </c>
       <c r="B1168" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>3372</v>
+        <v>3365</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>3373</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" s="1" t="s">
-        <v>3374</v>
+        <v>3370</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>3375</v>
+        <v>267</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>3376</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" s="1" t="s">
-        <v>3377</v>
+        <v>3372</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>3378</v>
+        <v>3373</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>3379</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" s="1" t="s">
-        <v>3380</v>
+        <v>3375</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>3381</v>
+        <v>3376</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>3382</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" s="1" t="s">
-        <v>3383</v>
+        <v>3378</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>3384</v>
+        <v>3379</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>3385</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" s="1" t="s">
-        <v>3386</v>
+        <v>3381</v>
       </c>
       <c r="B1173" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>3387</v>
+        <v>3382</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>3388</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" s="1" t="s">
-        <v>3389</v>
+        <v>3384</v>
       </c>
       <c r="B1174" s="1" t="s">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="C1174" s="1"/>
       <c r="D1174" s="1" t="s">
-        <v>3391</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" s="1" t="s">
-        <v>3392</v>
+        <v>3386</v>
       </c>
       <c r="B1175" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>3393</v>
+        <v>3387</v>
       </c>
       <c r="D1175" s="1" t="s">
-        <v>3394</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" s="1" t="s">
-        <v>3395</v>
+        <v>3389</v>
       </c>
       <c r="B1176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>3396</v>
+        <v>3390</v>
       </c>
       <c r="D1176" s="1" t="s">
-        <v>3397</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" s="1" t="s">
-        <v>3398</v>
+        <v>3392</v>
       </c>
       <c r="B1177" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>3399</v>
+        <v>3393</v>
       </c>
       <c r="D1177" s="1" t="s">
-        <v>3400</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" s="1" t="s">
-        <v>3401</v>
+        <v>3395</v>
       </c>
       <c r="B1178" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>3402</v>
+        <v>3396</v>
       </c>
       <c r="D1178" s="1" t="s">
-        <v>3403</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" s="1" t="s">
-        <v>3404</v>
+        <v>3398</v>
       </c>
       <c r="B1179" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>3405</v>
+        <v>3399</v>
       </c>
       <c r="D1179" s="1" t="s">
-        <v>3406</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" s="1" t="s">
-        <v>3407</v>
+        <v>3401</v>
       </c>
       <c r="B1180" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>3408</v>
+        <v>3402</v>
       </c>
       <c r="D1180" s="1" t="s">
-        <v>3409</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" s="1" t="s">
-        <v>3410</v>
+        <v>3404</v>
       </c>
       <c r="B1181" s="1" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>3411</v>
+        <v>3405</v>
       </c>
       <c r="D1181" s="1" t="s">
-        <v>3412</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1182" spans="1:4">
       <c r="A1182" s="1" t="s">
-        <v>3413</v>
+        <v>3407</v>
       </c>
       <c r="B1182" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>3411</v>
+        <v>3408</v>
       </c>
       <c r="D1182" s="1" t="s">
-        <v>3414</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
       <c r="A1183" s="1" t="s">
-        <v>3415</v>
+        <v>3410</v>
       </c>
       <c r="B1183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>3416</v>
+        <v>3411</v>
       </c>
       <c r="D1183" s="1" t="s">
-        <v>3417</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
       <c r="A1184" s="1" t="s">
-        <v>3418</v>
+        <v>3413</v>
       </c>
       <c r="B1184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>3419</v>
+        <v>3414</v>
       </c>
       <c r="D1184" s="1" t="s">
-        <v>3420</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" s="1" t="s">
-        <v>3421</v>
+        <v>3416</v>
       </c>
       <c r="B1185" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1185" s="1"/>
+      <c r="C1185" s="1" t="s">
+        <v>3417</v>
+      </c>
       <c r="D1185" s="1" t="s">
-        <v>3422</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" s="1" t="s">
-        <v>3423</v>
+        <v>3419</v>
       </c>
       <c r="B1186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>3419</v>
+        <v>3420</v>
       </c>
       <c r="D1186" s="1" t="s">
-        <v>3424</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" s="1" t="s">
-        <v>3425</v>
+        <v>3422</v>
       </c>
       <c r="B1187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>3426</v>
+        <v>3423</v>
       </c>
       <c r="D1187" s="1" t="s">
-        <v>3427</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" s="1" t="s">
-        <v>3428</v>
+        <v>3425</v>
       </c>
       <c r="B1188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>3429</v>
+        <v>3426</v>
       </c>
       <c r="D1188" s="1" t="s">
-        <v>3430</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" s="1" t="s">
-        <v>3431</v>
+        <v>3428</v>
       </c>
       <c r="B1189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>3432</v>
+        <v>3429</v>
       </c>
       <c r="D1189" s="1" t="s">
-        <v>3433</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" s="1" t="s">
-        <v>3434</v>
+        <v>3431</v>
       </c>
       <c r="B1190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>3435</v>
+        <v>3432</v>
       </c>
       <c r="D1190" s="1" t="s">
-        <v>3436</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" s="1" t="s">
-        <v>3437</v>
+        <v>3434</v>
       </c>
       <c r="B1191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>3438</v>
+        <v>3435</v>
       </c>
       <c r="D1191" s="1" t="s">
-        <v>3439</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" s="1" t="s">
-        <v>3440</v>
+        <v>3437</v>
       </c>
       <c r="B1192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>3441</v>
+        <v>3438</v>
       </c>
       <c r="D1192" s="1" t="s">
-        <v>3442</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" s="1" t="s">
-        <v>3443</v>
+        <v>3440</v>
       </c>
       <c r="B1193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>3444</v>
+        <v>3441</v>
       </c>
       <c r="D1193" s="1" t="s">
-        <v>3445</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" s="1" t="s">
-        <v>3446</v>
+        <v>3443</v>
       </c>
       <c r="B1194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>3447</v>
+        <v>3444</v>
       </c>
       <c r="D1194" s="1" t="s">
-        <v>3448</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" s="1" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="B1195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="D1195" s="1" t="s">
-        <v>3451</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" s="1" t="s">
-        <v>3452</v>
+        <v>3449</v>
       </c>
       <c r="B1196" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1196" s="1" t="s">
-        <v>3453</v>
+        <v>3450</v>
       </c>
       <c r="D1196" s="1" t="s">
-        <v>3454</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" s="1" t="s">
-        <v>3455</v>
+        <v>3452</v>
       </c>
       <c r="B1197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1197" s="1" t="s">
-        <v>3456</v>
+        <v>3453</v>
       </c>
       <c r="D1197" s="1" t="s">
-        <v>3457</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1198" spans="1:4">
       <c r="A1198" s="1" t="s">
-        <v>3458</v>
+        <v>3455</v>
       </c>
       <c r="B1198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>3459</v>
+        <v>3456</v>
       </c>
       <c r="D1198" s="1" t="s">
-        <v>3460</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
       <c r="A1199" s="1" t="s">
-        <v>3461</v>
+        <v>3458</v>
       </c>
       <c r="B1199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>3462</v>
+        <v>3459</v>
       </c>
       <c r="D1199" s="1" t="s">
-        <v>3463</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
       <c r="A1200" s="1" t="s">
-        <v>3464</v>
+        <v>3461</v>
       </c>
       <c r="B1200" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>3465</v>
+        <v>3462</v>
       </c>
       <c r="D1200" s="1" t="s">
-        <v>3466</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" s="1" t="s">
-        <v>3467</v>
+        <v>3464</v>
       </c>
       <c r="B1201" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>3468</v>
+        <v>3465</v>
       </c>
       <c r="D1201" s="1" t="s">
-        <v>3469</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" s="1" t="s">
-        <v>3470</v>
+        <v>3467</v>
       </c>
       <c r="B1202" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>3471</v>
+        <v>3468</v>
       </c>
       <c r="D1202" s="1" t="s">
-        <v>3472</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="1203" spans="1:4">
       <c r="A1203" s="1" t="s">
-        <v>3473</v>
+        <v>3470</v>
       </c>
       <c r="B1203" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>3474</v>
+        <v>3471</v>
       </c>
       <c r="D1203" s="1" t="s">
-        <v>3475</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
       <c r="A1204" s="1" t="s">
-        <v>3476</v>
+        <v>3473</v>
       </c>
       <c r="B1204" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>3477</v>
+        <v>3474</v>
       </c>
       <c r="D1204" s="1" t="s">
-        <v>3478</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
       <c r="A1205" s="1" t="s">
-        <v>3479</v>
+        <v>3476</v>
       </c>
       <c r="B1205" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>3480</v>
+        <v>3477</v>
       </c>
       <c r="D1205" s="1" t="s">
-        <v>3481</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" s="1" t="s">
-        <v>3482</v>
+        <v>3479</v>
       </c>
       <c r="B1206" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>3483</v>
+        <v>3480</v>
       </c>
       <c r="D1206" s="1" t="s">
-        <v>3484</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" s="1" t="s">
-        <v>3485</v>
+        <v>3482</v>
       </c>
       <c r="B1207" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>3486</v>
+        <v>3483</v>
       </c>
       <c r="D1207" s="1" t="s">
-        <v>3487</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" s="1" t="s">
-        <v>3488</v>
+        <v>3485</v>
       </c>
       <c r="B1208" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>3489</v>
+        <v>3486</v>
       </c>
       <c r="D1208" s="1" t="s">
-        <v>3490</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" s="1" t="s">
-        <v>3491</v>
+        <v>3488</v>
       </c>
       <c r="B1209" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>3492</v>
+        <v>2443</v>
       </c>
       <c r="D1209" s="1" t="s">
-        <v>3493</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" s="1" t="s">
-        <v>3494</v>
+        <v>3490</v>
       </c>
       <c r="B1210" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>3495</v>
+        <v>3491</v>
       </c>
       <c r="D1210" s="1" t="s">
-        <v>3496</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" s="1" t="s">
-        <v>3497</v>
+        <v>3493</v>
       </c>
       <c r="B1211" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>3498</v>
+        <v>3494</v>
       </c>
       <c r="D1211" s="1" t="s">
-        <v>3499</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" s="1" t="s">
-        <v>3500</v>
+        <v>3496</v>
       </c>
       <c r="B1212" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1212" s="1" t="s">
-        <v>3501</v>
+        <v>3497</v>
       </c>
       <c r="D1212" s="1" t="s">
-        <v>3502</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" s="1" t="s">
-        <v>3503</v>
+        <v>3499</v>
       </c>
       <c r="B1213" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>3504</v>
+        <v>3500</v>
       </c>
       <c r="D1213" s="1" t="s">
-        <v>3505</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" s="1" t="s">
-        <v>3506</v>
+        <v>3502</v>
       </c>
       <c r="B1214" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>3507</v>
+        <v>3503</v>
       </c>
       <c r="D1214" s="1" t="s">
-        <v>3508</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" s="1" t="s">
-        <v>3509</v>
+        <v>3505</v>
       </c>
       <c r="B1215" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>3510</v>
+        <v>3506</v>
       </c>
       <c r="D1215" s="1" t="s">
-        <v>3511</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" s="1" t="s">
-        <v>3512</v>
+        <v>3508</v>
       </c>
       <c r="B1216" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>3513</v>
+        <v>3509</v>
       </c>
       <c r="D1216" s="1" t="s">
-        <v>3514</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" s="1" t="s">
-        <v>3515</v>
+        <v>3511</v>
       </c>
       <c r="B1217" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>3516</v>
+        <v>3512</v>
       </c>
       <c r="D1217" s="1" t="s">
-        <v>3517</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="1218" spans="1:4">
       <c r="A1218" s="1" t="s">
-        <v>3518</v>
+        <v>3514</v>
       </c>
       <c r="B1218" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>3519</v>
+        <v>3515</v>
       </c>
       <c r="D1218" s="1" t="s">
-        <v>3520</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
       <c r="A1219" s="1" t="s">
-        <v>3521</v>
+        <v>3517</v>
       </c>
       <c r="B1219" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>3522</v>
+        <v>3518</v>
       </c>
       <c r="D1219" s="1" t="s">
-        <v>3523</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
       <c r="A1220" s="1" t="s">
-        <v>3524</v>
+        <v>3520</v>
       </c>
       <c r="B1220" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>3525</v>
+        <v>3521</v>
       </c>
       <c r="D1220" s="1" t="s">
-        <v>3526</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" s="1" t="s">
-        <v>3527</v>
+        <v>3523</v>
       </c>
       <c r="B1221" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>3528</v>
+        <v>3524</v>
       </c>
       <c r="D1221" s="1" t="s">
-        <v>3529</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" s="1" t="s">
-        <v>3530</v>
+        <v>3526</v>
       </c>
       <c r="B1222" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>3531</v>
+        <v>3527</v>
       </c>
       <c r="D1222" s="1" t="s">
-        <v>3532</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1223" spans="1:4">
       <c r="A1223" s="1" t="s">
-        <v>3533</v>
+        <v>3529</v>
       </c>
       <c r="B1223" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>3534</v>
+        <v>3530</v>
       </c>
       <c r="D1223" s="1" t="s">
-        <v>3535</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
       <c r="A1224" s="1" t="s">
-        <v>3536</v>
+        <v>3532</v>
       </c>
       <c r="B1224" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>3537</v>
+        <v>3533</v>
       </c>
       <c r="D1224" s="1" t="s">
-        <v>3538</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
       <c r="A1225" s="1" t="s">
-        <v>3539</v>
+        <v>3535</v>
       </c>
       <c r="B1225" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>3540</v>
+        <v>3536</v>
       </c>
       <c r="D1225" s="1" t="s">
-        <v>3541</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" s="1" t="s">
-        <v>3542</v>
+        <v>3538</v>
       </c>
       <c r="B1226" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>3543</v>
+        <v>3539</v>
       </c>
       <c r="D1226" s="1" t="s">
-        <v>41</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" s="1" t="s">
-        <v>3544</v>
+        <v>3541</v>
       </c>
       <c r="B1227" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1227" s="1" t="s">
-        <v>3545</v>
+        <v>3542</v>
       </c>
       <c r="D1227" s="1" t="s">
-        <v>41</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="1228" spans="1:4">
       <c r="A1228" s="1" t="s">
+        <v>3544</v>
+      </c>
+      <c r="B1228" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C1228" s="1" t="s">
+        <v>3545</v>
+      </c>
+      <c r="D1228" s="1" t="s">
         <v>3546</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
       <c r="A1229" s="1" t="s">
+        <v>3547</v>
+      </c>
+      <c r="B1229" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C1229" s="1" t="s">
         <v>3548</v>
       </c>
-      <c r="B1229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1229" s="1" t="s">
+      <c r="D1229" s="1" t="s">
         <v>3549</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
       <c r="A1230" s="1" t="s">
         <v>3550</v>
       </c>
       <c r="B1230" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1230" s="1" t="s">
         <v>3551</v>
       </c>
       <c r="D1230" s="1" t="s">
-        <v>41</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" s="1" t="s">
-        <v>3552</v>
+        <v>3553</v>
       </c>
       <c r="B1231" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1231" s="1" t="s">
-        <v>3553</v>
+        <v>3554</v>
       </c>
       <c r="D1231" s="1" t="s">
-        <v>41</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" s="1" t="s">
-        <v>3554</v>
+        <v>3556</v>
       </c>
       <c r="B1232" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1232" s="1" t="s">
-        <v>3555</v>
+        <v>3557</v>
       </c>
       <c r="D1232" s="1" t="s">
-        <v>41</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" s="1" t="s">
-        <v>3556</v>
+        <v>3559</v>
       </c>
       <c r="B1233" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1233" s="1" t="s">
-        <v>3557</v>
+        <v>3560</v>
       </c>
       <c r="D1233" s="1" t="s">
-        <v>41</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" s="1" t="s">
-        <v>3558</v>
+        <v>3562</v>
       </c>
       <c r="B1234" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1234" s="1" t="s">
-        <v>3559</v>
+        <v>3563</v>
       </c>
       <c r="D1234" s="1" t="s">
-        <v>41</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" s="1" t="s">
-        <v>3560</v>
+        <v>3565</v>
       </c>
       <c r="B1235" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1235" s="1" t="s">
-        <v>3561</v>
+        <v>3566</v>
       </c>
       <c r="D1235" s="1" t="s">
-        <v>41</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" s="1" t="s">
-        <v>3562</v>
+        <v>3568</v>
       </c>
       <c r="B1236" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1236" s="1" t="s">
-        <v>3563</v>
+        <v>3569</v>
       </c>
       <c r="D1236" s="1" t="s">
-        <v>41</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" s="1" t="s">
-        <v>3564</v>
+        <v>3571</v>
       </c>
       <c r="B1237" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1237" s="1" t="s">
-        <v>3565</v>
+        <v>3572</v>
       </c>
       <c r="D1237" s="1" t="s">
-        <v>41</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" s="1" t="s">
-        <v>3566</v>
+        <v>3574</v>
       </c>
       <c r="B1238" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1238" s="1" t="s">
-        <v>3567</v>
+        <v>3575</v>
       </c>
       <c r="D1238" s="1" t="s">
-        <v>41</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" s="1" t="s">
-        <v>3568</v>
+        <v>3577</v>
       </c>
       <c r="B1239" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1239" s="1" t="s">
-        <v>3569</v>
+        <v>3578</v>
       </c>
       <c r="D1239" s="1" t="s">
-        <v>41</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" s="1" t="s">
-        <v>3570</v>
+        <v>3580</v>
       </c>
       <c r="B1240" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1240" s="1" t="s">
-        <v>3571</v>
+        <v>3581</v>
       </c>
       <c r="D1240" s="1" t="s">
-        <v>41</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" s="1" t="s">
-        <v>3572</v>
+        <v>3583</v>
       </c>
       <c r="B1241" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1241" s="1" t="s">
-        <v>3573</v>
+        <v>3584</v>
       </c>
       <c r="D1241" s="1" t="s">
-        <v>41</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" s="1" t="s">
-        <v>3574</v>
+        <v>3586</v>
       </c>
       <c r="B1242" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1242" s="1" t="s">
-        <v>3575</v>
+        <v>3572</v>
       </c>
       <c r="D1242" s="1" t="s">
-        <v>41</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="1243" spans="1:4">
       <c r="A1243" s="1" t="s">
-        <v>3576</v>
+        <v>3588</v>
       </c>
       <c r="B1243" s="1" t="s">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="C1243" s="1" t="s">
-        <v>3577</v>
+        <v>3589</v>
       </c>
       <c r="D1243" s="1" t="s">
-        <v>41</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
       <c r="A1244" s="1" t="s">
-        <v>3578</v>
+        <v>3591</v>
       </c>
       <c r="B1244" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1244" s="1" t="s">
-        <v>3579</v>
+        <v>3592</v>
       </c>
       <c r="D1244" s="1" t="s">
-        <v>41</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
       <c r="A1245" s="1" t="s">
-        <v>3580</v>
+        <v>3594</v>
       </c>
       <c r="B1245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1245" s="1" t="s">
-        <v>3581</v>
+        <v>3595</v>
       </c>
       <c r="D1245" s="1" t="s">
-        <v>41</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" s="1" t="s">
-        <v>3582</v>
+        <v>3597</v>
       </c>
       <c r="B1246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1246" s="1" t="s">
-        <v>3583</v>
+        <v>3598</v>
       </c>
       <c r="D1246" s="1" t="s">
-        <v>41</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" s="1" t="s">
-        <v>3584</v>
+        <v>3600</v>
       </c>
       <c r="B1247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1247" s="1" t="s">
-        <v>3585</v>
+        <v>3601</v>
       </c>
       <c r="D1247" s="1" t="s">
-        <v>41</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" s="1" t="s">
-        <v>3586</v>
+        <v>3603</v>
       </c>
       <c r="B1248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1248" s="1" t="s">
-        <v>3587</v>
+        <v>3604</v>
       </c>
       <c r="D1248" s="1" t="s">
-        <v>41</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" s="1" t="s">
-        <v>3588</v>
+        <v>3606</v>
       </c>
       <c r="B1249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1249" s="1" t="s">
-        <v>3589</v>
+        <v>3607</v>
       </c>
       <c r="D1249" s="1" t="s">
-        <v>41</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" s="1" t="s">
-        <v>3590</v>
+        <v>3609</v>
       </c>
       <c r="B1250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1250" s="1" t="s">
-        <v>3591</v>
+        <v>3610</v>
       </c>
       <c r="D1250" s="1" t="s">
-        <v>41</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="1" t="s">
-        <v>3592</v>
+        <v>3612</v>
       </c>
       <c r="B1251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1251" s="1" t="s">
-        <v>3593</v>
+        <v>3613</v>
       </c>
       <c r="D1251" s="1" t="s">
-        <v>41</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="1252" spans="1:4">
       <c r="A1252" s="1" t="s">
-        <v>3594</v>
+        <v>3615</v>
       </c>
       <c r="B1252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1252" s="1" t="s">
-        <v>3595</v>
+        <v>3616</v>
       </c>
       <c r="D1252" s="1" t="s">
-        <v>41</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" s="1" t="s">
-        <v>3596</v>
+        <v>3618</v>
       </c>
       <c r="B1253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1253" s="1" t="s">
-        <v>3597</v>
+        <v>3619</v>
       </c>
       <c r="D1253" s="1" t="s">
-        <v>41</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="1254" spans="1:4">
       <c r="A1254" s="1" t="s">
-        <v>3598</v>
+        <v>3621</v>
       </c>
       <c r="B1254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1254" s="1" t="s">
-        <v>3599</v>
+        <v>3622</v>
       </c>
       <c r="D1254" s="1" t="s">
-        <v>41</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="1255" spans="1:4">
       <c r="A1255" s="1" t="s">
-        <v>3600</v>
+        <v>3624</v>
       </c>
       <c r="B1255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1255" s="1" t="s">
-        <v>3601</v>
+        <v>3625</v>
       </c>
       <c r="D1255" s="1" t="s">
-        <v>41</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="1256" spans="1:4">
       <c r="A1256" s="1" t="s">
-        <v>3602</v>
+        <v>3627</v>
       </c>
       <c r="B1256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1256" s="1" t="s">
-        <v>3603</v>
+        <v>3628</v>
       </c>
       <c r="D1256" s="1" t="s">
-        <v>41</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="1257" spans="1:4">
       <c r="A1257" s="1" t="s">
-        <v>3604</v>
+        <v>3630</v>
       </c>
       <c r="B1257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1257" s="1" t="s">
-        <v>3605</v>
+        <v>3631</v>
       </c>
       <c r="D1257" s="1" t="s">
-        <v>41</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" s="1" t="s">
-        <v>3606</v>
+        <v>3633</v>
       </c>
       <c r="B1258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1258" s="1" t="s">
-        <v>3607</v>
+        <v>3634</v>
       </c>
       <c r="D1258" s="1" t="s">
-        <v>41</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="1259" spans="1:4">
       <c r="A1259" s="1" t="s">
-        <v>3608</v>
+        <v>3636</v>
       </c>
       <c r="B1259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1259" s="1" t="s">
-        <v>3609</v>
+        <v>3637</v>
       </c>
       <c r="D1259" s="1" t="s">
-        <v>41</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" s="1" t="s">
-        <v>3610</v>
+        <v>3639</v>
       </c>
       <c r="B1260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1260" s="1" t="s">
-        <v>3611</v>
+        <v>3640</v>
       </c>
       <c r="D1260" s="1" t="s">
-        <v>41</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="1261" spans="1:4">
       <c r="A1261" s="1" t="s">
-        <v>3612</v>
+        <v>3642</v>
       </c>
       <c r="B1261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1261" s="1" t="s">
-        <v>3613</v>
+        <v>3643</v>
       </c>
       <c r="D1261" s="1" t="s">
-        <v>41</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="1262" spans="1:4">
       <c r="A1262" s="1" t="s">
-        <v>3614</v>
+        <v>3645</v>
       </c>
       <c r="B1262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1262" s="1" t="s">
-        <v>3615</v>
+        <v>3646</v>
       </c>
       <c r="D1262" s="1" t="s">
-        <v>41</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="1263" spans="1:4">
       <c r="A1263" s="1" t="s">
-        <v>3616</v>
+        <v>3648</v>
       </c>
       <c r="B1263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1263" s="1" t="s">
-        <v>3617</v>
+        <v>3649</v>
       </c>
       <c r="D1263" s="1" t="s">
-        <v>41</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="1264" spans="1:4">
       <c r="A1264" s="1" t="s">
-        <v>3618</v>
+        <v>3651</v>
       </c>
       <c r="B1264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1264" s="1" t="s">
-        <v>3619</v>
+        <v>3652</v>
       </c>
       <c r="D1264" s="1" t="s">
-        <v>41</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="1265" spans="1:4">
       <c r="A1265" s="1" t="s">
-        <v>3620</v>
+        <v>3654</v>
       </c>
       <c r="B1265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1265" s="1" t="s">
-        <v>3621</v>
+        <v>3655</v>
       </c>
       <c r="D1265" s="1" t="s">
-        <v>41</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="1266" spans="1:4">
       <c r="A1266" s="1" t="s">
-        <v>3622</v>
+        <v>3657</v>
       </c>
       <c r="B1266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1266" s="1" t="s">
-        <v>3623</v>
+        <v>3658</v>
       </c>
       <c r="D1266" s="1" t="s">
-        <v>41</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1267" spans="1:4">
       <c r="A1267" s="1" t="s">
-        <v>3624</v>
+        <v>3660</v>
       </c>
       <c r="B1267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1267" s="1" t="s">
-        <v>3625</v>
+        <v>3661</v>
       </c>
       <c r="D1267" s="1" t="s">
-        <v>41</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="1268" spans="1:4">
       <c r="A1268" s="1" t="s">
-        <v>3626</v>
+        <v>3663</v>
       </c>
       <c r="B1268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1268" s="1" t="s">
-        <v>3627</v>
+        <v>3664</v>
       </c>
       <c r="D1268" s="1" t="s">
-        <v>41</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" s="1" t="s">
-        <v>3628</v>
+        <v>3666</v>
       </c>
       <c r="B1269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1269" s="1" t="s">
-        <v>3629</v>
+        <v>3667</v>
       </c>
       <c r="D1269" s="1" t="s">
-        <v>41</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="1270" spans="1:4">
       <c r="A1270" s="1" t="s">
-        <v>3630</v>
+        <v>3669</v>
       </c>
       <c r="B1270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1270" s="1" t="s">
-        <v>3631</v>
+        <v>3670</v>
       </c>
       <c r="D1270" s="1" t="s">
-        <v>41</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="1271" spans="1:4">
       <c r="A1271" s="1" t="s">
-        <v>3632</v>
+        <v>3672</v>
       </c>
       <c r="B1271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1271" s="1" t="s">
-        <v>3633</v>
+        <v>3673</v>
       </c>
       <c r="D1271" s="1" t="s">
-        <v>41</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="1272" spans="1:4">
       <c r="A1272" s="1" t="s">
-        <v>3634</v>
+        <v>3675</v>
       </c>
       <c r="B1272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1272" s="1" t="s">
-        <v>3635</v>
+        <v>3676</v>
       </c>
       <c r="D1272" s="1" t="s">
-        <v>41</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="1273" spans="1:4">
       <c r="A1273" s="1" t="s">
-        <v>3636</v>
+        <v>3678</v>
       </c>
       <c r="B1273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1273" s="1" t="s">
-        <v>3637</v>
+        <v>3679</v>
       </c>
       <c r="D1273" s="1" t="s">
-        <v>41</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="1274" spans="1:4">
       <c r="A1274" s="1" t="s">
-        <v>3638</v>
+        <v>3681</v>
       </c>
       <c r="B1274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1274" s="1" t="s">
-        <v>3639</v>
+        <v>3682</v>
       </c>
       <c r="D1274" s="1" t="s">
-        <v>41</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="1275" spans="1:4">
       <c r="A1275" s="1" t="s">
-        <v>3640</v>
+        <v>3684</v>
       </c>
       <c r="B1275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1275" s="1" t="s">
-        <v>3641</v>
+        <v>3685</v>
       </c>
       <c r="D1275" s="1" t="s">
-        <v>41</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="1276" spans="1:4">
       <c r="A1276" s="1" t="s">
-        <v>3642</v>
+        <v>3687</v>
       </c>
       <c r="B1276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1276" s="1" t="s">
-        <v>3643</v>
+        <v>3688</v>
       </c>
       <c r="D1276" s="1" t="s">
-        <v>41</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="1277" spans="1:4">
       <c r="A1277" s="1" t="s">
-        <v>3644</v>
+        <v>3690</v>
       </c>
       <c r="B1277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1277" s="1" t="s">
-        <v>3645</v>
+        <v>3691</v>
       </c>
       <c r="D1277" s="1" t="s">
-        <v>41</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="1278" spans="1:4">
       <c r="A1278" s="1" t="s">
-        <v>3646</v>
+        <v>3693</v>
       </c>
       <c r="B1278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1278" s="1" t="s">
-        <v>3647</v>
+        <v>3694</v>
       </c>
       <c r="D1278" s="1" t="s">
-        <v>41</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="1279" spans="1:4">
       <c r="A1279" s="1" t="s">
-        <v>3648</v>
+        <v>3696</v>
       </c>
       <c r="B1279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1279" s="1" t="s">
-        <v>3649</v>
+        <v>3694</v>
       </c>
       <c r="D1279" s="1" t="s">
-        <v>41</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="1280" spans="1:4">
       <c r="A1280" s="1" t="s">
-        <v>3650</v>
+        <v>3698</v>
       </c>
       <c r="B1280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1280" s="1" t="s">
-        <v>3651</v>
+        <v>3699</v>
       </c>
       <c r="D1280" s="1" t="s">
-        <v>41</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="1281" spans="1:4">
       <c r="A1281" s="1" t="s">
-        <v>3652</v>
+        <v>3701</v>
       </c>
       <c r="B1281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1281" s="1" t="s">
-        <v>3653</v>
+        <v>3702</v>
       </c>
       <c r="D1281" s="1" t="s">
-        <v>41</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="1282" spans="1:4">
       <c r="A1282" s="1" t="s">
-        <v>3654</v>
+        <v>3704</v>
       </c>
       <c r="B1282" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1282" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C1282" s="1"/>
       <c r="D1282" s="1" t="s">
-        <v>41</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="1283" spans="1:4">
       <c r="A1283" s="1" t="s">
-        <v>3656</v>
+        <v>3706</v>
       </c>
       <c r="B1283" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1283" s="1" t="s">
-        <v>3657</v>
+        <v>3702</v>
       </c>
       <c r="D1283" s="1" t="s">
-        <v>41</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="1284" spans="1:4">
       <c r="A1284" s="1" t="s">
-        <v>3658</v>
+        <v>3708</v>
       </c>
       <c r="B1284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1284" s="1" t="s">
-        <v>3659</v>
+        <v>3709</v>
       </c>
       <c r="D1284" s="1" t="s">
-        <v>41</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="1285" spans="1:4">
       <c r="A1285" s="1" t="s">
-        <v>3660</v>
+        <v>3711</v>
       </c>
       <c r="B1285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1285" s="1" t="s">
-        <v>3661</v>
+        <v>3712</v>
       </c>
       <c r="D1285" s="1" t="s">
-        <v>41</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="1286" spans="1:4">
       <c r="A1286" s="1" t="s">
-        <v>3662</v>
+        <v>3714</v>
       </c>
       <c r="B1286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1286" s="1" t="s">
-        <v>3663</v>
+        <v>3715</v>
       </c>
       <c r="D1286" s="1" t="s">
-        <v>41</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="1287" spans="1:4">
       <c r="A1287" s="1" t="s">
-        <v>3664</v>
+        <v>3717</v>
       </c>
       <c r="B1287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1287" s="1" t="s">
-        <v>3665</v>
+        <v>3718</v>
       </c>
       <c r="D1287" s="1" t="s">
-        <v>41</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="1288" spans="1:4">
       <c r="A1288" s="1" t="s">
-        <v>3666</v>
+        <v>3720</v>
       </c>
       <c r="B1288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1288" s="1" t="s">
-        <v>3667</v>
+        <v>3721</v>
       </c>
       <c r="D1288" s="1" t="s">
-        <v>41</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="1289" spans="1:4">
       <c r="A1289" s="1" t="s">
-        <v>3668</v>
+        <v>3723</v>
       </c>
       <c r="B1289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1289" s="1" t="s">
-        <v>3669</v>
+        <v>3724</v>
       </c>
       <c r="D1289" s="1" t="s">
-        <v>41</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="1290" spans="1:4">
       <c r="A1290" s="1" t="s">
-        <v>3670</v>
+        <v>3726</v>
       </c>
       <c r="B1290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1290" s="1" t="s">
-        <v>3671</v>
+        <v>3727</v>
       </c>
       <c r="D1290" s="1" t="s">
-        <v>41</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="1291" spans="1:4">
       <c r="A1291" s="1" t="s">
-        <v>3672</v>
+        <v>3729</v>
       </c>
       <c r="B1291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1291" s="1" t="s">
-        <v>3673</v>
+        <v>3730</v>
       </c>
       <c r="D1291" s="1" t="s">
-        <v>41</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="1292" spans="1:4">
       <c r="A1292" s="1" t="s">
-        <v>3674</v>
+        <v>3732</v>
       </c>
       <c r="B1292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1292" s="1" t="s">
-        <v>3675</v>
+        <v>3733</v>
       </c>
       <c r="D1292" s="1" t="s">
-        <v>41</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="1293" spans="1:4">
       <c r="A1293" s="1" t="s">
-        <v>3676</v>
+        <v>3735</v>
       </c>
       <c r="B1293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1293" s="1" t="s">
-        <v>3677</v>
+        <v>3736</v>
       </c>
       <c r="D1293" s="1" t="s">
-        <v>41</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="1294" spans="1:4">
       <c r="A1294" s="1" t="s">
-        <v>3678</v>
+        <v>3738</v>
       </c>
       <c r="B1294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1294" s="1" t="s">
-        <v>3679</v>
+        <v>3739</v>
       </c>
       <c r="D1294" s="1" t="s">
-        <v>41</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="1295" spans="1:4">
       <c r="A1295" s="1" t="s">
-        <v>3680</v>
+        <v>3741</v>
       </c>
       <c r="B1295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1295" s="1" t="s">
-        <v>3681</v>
+        <v>3742</v>
       </c>
       <c r="D1295" s="1" t="s">
-        <v>41</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="1296" spans="1:4">
       <c r="A1296" s="1" t="s">
-        <v>3682</v>
+        <v>3744</v>
       </c>
       <c r="B1296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1296" s="1" t="s">
-        <v>3683</v>
+        <v>3745</v>
       </c>
       <c r="D1296" s="1" t="s">
-        <v>41</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="1297" spans="1:4">
       <c r="A1297" s="1" t="s">
-        <v>3684</v>
+        <v>3747</v>
       </c>
       <c r="B1297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1297" s="1" t="s">
-        <v>3685</v>
+        <v>3748</v>
       </c>
       <c r="D1297" s="1" t="s">
-        <v>41</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="1298" spans="1:4">
       <c r="A1298" s="1" t="s">
-        <v>3686</v>
+        <v>3750</v>
       </c>
       <c r="B1298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1298" s="1" t="s">
-        <v>3687</v>
+        <v>3751</v>
       </c>
       <c r="D1298" s="1" t="s">
-        <v>41</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="1299" spans="1:4">
       <c r="A1299" s="1" t="s">
-        <v>3688</v>
+        <v>3753</v>
       </c>
       <c r="B1299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1299" s="1" t="s">
-        <v>3689</v>
+        <v>3754</v>
       </c>
       <c r="D1299" s="1" t="s">
-        <v>41</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="1300" spans="1:4">
       <c r="A1300" s="1" t="s">
-        <v>3690</v>
+        <v>3756</v>
       </c>
       <c r="B1300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1300" s="1" t="s">
-        <v>3691</v>
+        <v>3757</v>
       </c>
       <c r="D1300" s="1" t="s">
-        <v>41</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1301" spans="1:4">
       <c r="A1301" s="1" t="s">
-        <v>3692</v>
+        <v>3759</v>
       </c>
       <c r="B1301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1301" s="1" t="s">
-        <v>3693</v>
+        <v>3760</v>
       </c>
       <c r="D1301" s="1" t="s">
-        <v>41</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="1302" spans="1:4">
       <c r="A1302" s="1" t="s">
-        <v>3694</v>
+        <v>3762</v>
       </c>
       <c r="B1302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1302" s="1" t="s">
-        <v>3695</v>
+        <v>3763</v>
       </c>
       <c r="D1302" s="1" t="s">
-        <v>41</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1303" spans="1:4">
       <c r="A1303" s="1" t="s">
-        <v>3696</v>
+        <v>3765</v>
       </c>
       <c r="B1303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1303" s="1" t="s">
-        <v>3697</v>
+        <v>3766</v>
       </c>
       <c r="D1303" s="1" t="s">
-        <v>41</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="1304" spans="1:4">
       <c r="A1304" s="1" t="s">
-        <v>3698</v>
+        <v>3768</v>
       </c>
       <c r="B1304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1304" s="1" t="s">
-        <v>3699</v>
+        <v>3769</v>
       </c>
       <c r="D1304" s="1" t="s">
-        <v>41</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1305" spans="1:4">
       <c r="A1305" s="1" t="s">
-        <v>3700</v>
+        <v>3771</v>
       </c>
       <c r="B1305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1305" s="1" t="s">
-        <v>3701</v>
+        <v>3772</v>
       </c>
       <c r="D1305" s="1" t="s">
-        <v>41</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1306" spans="1:4">
       <c r="A1306" s="1" t="s">
-        <v>3702</v>
+        <v>3774</v>
       </c>
       <c r="B1306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1306" s="1" t="s">
-        <v>3703</v>
+        <v>3775</v>
       </c>
       <c r="D1306" s="1" t="s">
-        <v>41</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="1307" spans="1:4">
       <c r="A1307" s="1" t="s">
-        <v>3704</v>
+        <v>3777</v>
       </c>
       <c r="B1307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1307" s="1" t="s">
-        <v>3705</v>
+        <v>3778</v>
       </c>
       <c r="D1307" s="1" t="s">
-        <v>41</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1308" spans="1:4">
       <c r="A1308" s="1" t="s">
-        <v>3706</v>
+        <v>3780</v>
       </c>
       <c r="B1308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1308" s="1" t="s">
-        <v>3707</v>
+        <v>3781</v>
       </c>
       <c r="D1308" s="1" t="s">
-        <v>41</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="1309" spans="1:4">
       <c r="A1309" s="1" t="s">
-        <v>3708</v>
+        <v>3783</v>
       </c>
       <c r="B1309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1309" s="1" t="s">
-        <v>3709</v>
+        <v>3784</v>
       </c>
       <c r="D1309" s="1" t="s">
-        <v>41</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="1310" spans="1:4">
       <c r="A1310" s="1" t="s">
-        <v>3710</v>
+        <v>3786</v>
       </c>
       <c r="B1310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1310" s="1" t="s">
-        <v>3711</v>
+        <v>3787</v>
       </c>
       <c r="D1310" s="1" t="s">
-        <v>41</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="1311" spans="1:4">
       <c r="A1311" s="1" t="s">
-        <v>3712</v>
+        <v>3789</v>
       </c>
       <c r="B1311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1311" s="1" t="s">
-        <v>3713</v>
+        <v>3790</v>
       </c>
       <c r="D1311" s="1" t="s">
-        <v>41</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="1312" spans="1:4">
       <c r="A1312" s="1" t="s">
-        <v>3714</v>
+        <v>3792</v>
       </c>
       <c r="B1312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1312" s="1" t="s">
-        <v>3715</v>
+        <v>3793</v>
       </c>
       <c r="D1312" s="1" t="s">
-        <v>41</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="1313" spans="1:4">
       <c r="A1313" s="1" t="s">
-        <v>3716</v>
+        <v>3795</v>
       </c>
       <c r="B1313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1313" s="1" t="s">
-        <v>3717</v>
+        <v>3796</v>
       </c>
       <c r="D1313" s="1" t="s">
-        <v>41</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="1314" spans="1:4">
       <c r="A1314" s="1" t="s">
-        <v>3718</v>
+        <v>3798</v>
       </c>
       <c r="B1314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1314" s="1" t="s">
-        <v>3719</v>
+        <v>3799</v>
       </c>
       <c r="D1314" s="1" t="s">
-        <v>41</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="1315" spans="1:4">
       <c r="A1315" s="1" t="s">
-        <v>3720</v>
+        <v>3801</v>
       </c>
       <c r="B1315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1315" s="1" t="s">
-        <v>3721</v>
+        <v>3802</v>
       </c>
       <c r="D1315" s="1" t="s">
-        <v>41</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="1316" spans="1:4">
       <c r="A1316" s="1" t="s">
-        <v>3722</v>
+        <v>3804</v>
       </c>
       <c r="B1316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1316" s="1" t="s">
-        <v>3723</v>
+        <v>3805</v>
       </c>
       <c r="D1316" s="1" t="s">
-        <v>41</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="1317" spans="1:4">
       <c r="A1317" s="1" t="s">
-        <v>3724</v>
+        <v>3807</v>
       </c>
       <c r="B1317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1317" s="1" t="s">
-        <v>3725</v>
+        <v>3808</v>
       </c>
       <c r="D1317" s="1" t="s">
-        <v>41</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="1318" spans="1:4">
       <c r="A1318" s="1" t="s">
-        <v>3726</v>
+        <v>3810</v>
       </c>
       <c r="B1318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1318" s="1" t="s">
-        <v>3727</v>
+        <v>3811</v>
       </c>
       <c r="D1318" s="1" t="s">
-        <v>41</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1319" spans="1:4">
       <c r="A1319" s="1" t="s">
-        <v>3728</v>
+        <v>3813</v>
       </c>
       <c r="B1319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1319" s="1" t="s">
-        <v>3729</v>
+        <v>3814</v>
       </c>
       <c r="D1319" s="1" t="s">
-        <v>41</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="1320" spans="1:4">
       <c r="A1320" s="1" t="s">
-        <v>3730</v>
+        <v>3816</v>
       </c>
       <c r="B1320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1320" s="1" t="s">
-        <v>3731</v>
+        <v>3817</v>
       </c>
       <c r="D1320" s="1" t="s">
-        <v>41</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="1321" spans="1:4">
       <c r="A1321" s="1" t="s">
-        <v>3732</v>
+        <v>3819</v>
       </c>
       <c r="B1321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1321" s="1" t="s">
-        <v>3733</v>
+        <v>3820</v>
       </c>
       <c r="D1321" s="1" t="s">
-        <v>41</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="1322" spans="1:4">
       <c r="A1322" s="1" t="s">
-        <v>3734</v>
+        <v>3822</v>
       </c>
       <c r="B1322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1322" s="1" t="s">
-        <v>3735</v>
+        <v>3823</v>
       </c>
       <c r="D1322" s="1" t="s">
-        <v>41</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="1323" spans="1:4">
       <c r="A1323" s="1" t="s">
-        <v>3736</v>
+        <v>3825</v>
       </c>
       <c r="B1323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1323" s="1" t="s">
-        <v>3737</v>
+        <v>3826</v>
       </c>
       <c r="D1323" s="1" t="s">
-        <v>3738</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1324" spans="1:4">
       <c r="A1324" s="1" t="s">
-        <v>3739</v>
+        <v>3827</v>
       </c>
       <c r="B1324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1324" s="1" t="s">
-        <v>3740</v>
+        <v>3828</v>
       </c>
       <c r="D1324" s="1" t="s">
-        <v>3741</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1325" spans="1:4">
       <c r="A1325" s="1" t="s">
-        <v>3742</v>
+        <v>3829</v>
       </c>
       <c r="B1325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1325" s="1" t="s">
-        <v>3743</v>
+        <v>3830</v>
       </c>
       <c r="D1325" s="1" t="s">
-        <v>3744</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1326" spans="1:4">
       <c r="A1326" s="1" t="s">
-        <v>3745</v>
+        <v>3831</v>
       </c>
       <c r="B1326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1326" s="1" t="s">
-        <v>3746</v>
+        <v>3832</v>
       </c>
       <c r="D1326" s="1" t="s">
-        <v>3747</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1327" spans="1:4">
       <c r="A1327" s="1" t="s">
-        <v>3748</v>
+        <v>3833</v>
       </c>
       <c r="B1327" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>3749</v>
+        <v>3834</v>
       </c>
       <c r="D1327" s="1" t="s">
-        <v>3750</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1328" spans="1:4">
       <c r="A1328" s="1" t="s">
-        <v>3751</v>
+        <v>3835</v>
       </c>
       <c r="B1328" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>3752</v>
+        <v>3836</v>
       </c>
       <c r="D1328" s="1" t="s">
-        <v>3753</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1329" spans="1:4">
       <c r="A1329" s="1" t="s">
-        <v>3754</v>
+        <v>3837</v>
       </c>
       <c r="B1329" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1329" s="1" t="s">
-        <v>3755</v>
+        <v>3838</v>
       </c>
       <c r="D1329" s="1" t="s">
-        <v>3756</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1330" spans="1:4">
       <c r="A1330" s="1" t="s">
-        <v>3757</v>
+        <v>3839</v>
       </c>
       <c r="B1330" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1330" s="1" t="s">
-        <v>3758</v>
+        <v>3840</v>
       </c>
       <c r="D1330" s="1" t="s">
-        <v>3759</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1331" spans="1:4">
       <c r="A1331" s="1" t="s">
-        <v>3760</v>
+        <v>3841</v>
       </c>
       <c r="B1331" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1331" s="1" t="s">
-        <v>3761</v>
+        <v>3842</v>
       </c>
       <c r="D1331" s="1" t="s">
-        <v>3762</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1332" spans="1:4">
       <c r="A1332" s="1" t="s">
-        <v>3763</v>
+        <v>3843</v>
       </c>
       <c r="B1332" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1332" s="1" t="s">
-        <v>3764</v>
+        <v>3844</v>
       </c>
       <c r="D1332" s="1" t="s">
-        <v>3765</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1333" spans="1:4">
       <c r="A1333" s="1" t="s">
-        <v>3766</v>
+        <v>3845</v>
       </c>
       <c r="B1333" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1333" s="1" t="s">
-        <v>3767</v>
+        <v>3846</v>
       </c>
       <c r="D1333" s="1" t="s">
-        <v>3768</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1334" spans="1:4">
       <c r="A1334" s="1" t="s">
-        <v>3769</v>
+        <v>3847</v>
       </c>
       <c r="B1334" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1334" s="1" t="s">
-        <v>3770</v>
+        <v>3848</v>
       </c>
       <c r="D1334" s="1" t="s">
-        <v>3771</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1335" spans="1:4">
       <c r="A1335" s="1" t="s">
-        <v>3772</v>
+        <v>3849</v>
       </c>
       <c r="B1335" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1335" s="1" t="s">
-        <v>3773</v>
+        <v>3850</v>
       </c>
       <c r="D1335" s="1" t="s">
-        <v>3774</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1336" spans="1:4">
       <c r="A1336" s="1" t="s">
-        <v>3775</v>
+        <v>3851</v>
       </c>
       <c r="B1336" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1336" s="1" t="s">
-        <v>3776</v>
+        <v>3852</v>
       </c>
       <c r="D1336" s="1" t="s">
-        <v>3777</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1337" spans="1:4">
       <c r="A1337" s="1" t="s">
-        <v>3778</v>
+        <v>3853</v>
       </c>
       <c r="B1337" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1337" s="1" t="s">
-        <v>3779</v>
+        <v>3854</v>
       </c>
       <c r="D1337" s="1" t="s">
-        <v>3780</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1338" spans="1:4">
       <c r="A1338" s="1" t="s">
-        <v>3781</v>
+        <v>3855</v>
       </c>
       <c r="B1338" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>3782</v>
+        <v>3856</v>
       </c>
       <c r="D1338" s="1" t="s">
-        <v>3783</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1339" spans="1:4">
       <c r="A1339" s="1" t="s">
-        <v>3784</v>
+        <v>3857</v>
       </c>
       <c r="B1339" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>3785</v>
+        <v>3858</v>
       </c>
       <c r="D1339" s="1" t="s">
-        <v>3786</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1340" spans="1:4">
       <c r="A1340" s="1" t="s">
-        <v>3787</v>
+        <v>3859</v>
       </c>
       <c r="B1340" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1340" s="1" t="s">
-        <v>3788</v>
+        <v>3860</v>
       </c>
       <c r="D1340" s="1" t="s">
-        <v>3789</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1341" spans="1:4">
       <c r="A1341" s="1" t="s">
-        <v>3790</v>
+        <v>3861</v>
       </c>
       <c r="B1341" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>3791</v>
+        <v>3862</v>
       </c>
       <c r="D1341" s="1" t="s">
-        <v>3792</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1342" spans="1:4">
       <c r="A1342" s="1" t="s">
-        <v>3793</v>
+        <v>3863</v>
       </c>
       <c r="B1342" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1342" s="1" t="s">
-        <v>3794</v>
+        <v>3864</v>
       </c>
       <c r="D1342" s="1" t="s">
-        <v>3795</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1343" spans="1:4">
       <c r="A1343" s="1" t="s">
-        <v>3796</v>
+        <v>3865</v>
       </c>
       <c r="B1343" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1343" s="1" t="s">
-        <v>3797</v>
+        <v>3866</v>
       </c>
       <c r="D1343" s="1" t="s">
-        <v>3798</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1344" spans="1:4">
       <c r="A1344" s="1" t="s">
-        <v>3799</v>
+        <v>3867</v>
       </c>
       <c r="B1344" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1344" s="1" t="s">
-        <v>3800</v>
+        <v>3868</v>
       </c>
       <c r="D1344" s="1" t="s">
-        <v>3801</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1345" spans="1:4">
       <c r="A1345" s="1" t="s">
-        <v>3802</v>
+        <v>3869</v>
       </c>
       <c r="B1345" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1345" s="1" t="s">
-        <v>3803</v>
+        <v>3870</v>
       </c>
       <c r="D1345" s="1" t="s">
-        <v>3804</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1346" spans="1:4">
       <c r="A1346" s="1" t="s">
-        <v>3805</v>
+        <v>3871</v>
       </c>
       <c r="B1346" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1346" s="1" t="s">
-        <v>3806</v>
+        <v>3872</v>
       </c>
       <c r="D1346" s="1" t="s">
-        <v>3807</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1347" spans="1:4">
       <c r="A1347" s="1" t="s">
-        <v>3808</v>
+        <v>3873</v>
       </c>
       <c r="B1347" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1347" s="1" t="s">
-        <v>3809</v>
+        <v>3874</v>
       </c>
       <c r="D1347" s="1" t="s">
-        <v>3810</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1348" spans="1:4">
       <c r="A1348" s="1" t="s">
-        <v>3811</v>
+        <v>3875</v>
       </c>
       <c r="B1348" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1348" s="1" t="s">
-        <v>3812</v>
+        <v>3876</v>
       </c>
       <c r="D1348" s="1" t="s">
-        <v>3813</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1349" spans="1:4">
       <c r="A1349" s="1" t="s">
-        <v>3814</v>
+        <v>3877</v>
       </c>
       <c r="B1349" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1349" s="1" t="s">
-        <v>3815</v>
+        <v>3878</v>
       </c>
       <c r="D1349" s="1" t="s">
-        <v>3816</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1350" spans="1:4">
       <c r="A1350" s="1" t="s">
-        <v>3817</v>
+        <v>3879</v>
       </c>
       <c r="B1350" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1350" s="1" t="s">
-        <v>3818</v>
+        <v>3880</v>
       </c>
       <c r="D1350" s="1" t="s">
-        <v>3819</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1351" spans="1:4">
       <c r="A1351" s="1" t="s">
-        <v>3820</v>
+        <v>3881</v>
       </c>
       <c r="B1351" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1351" s="1" t="s">
-        <v>3821</v>
+        <v>3882</v>
       </c>
       <c r="D1351" s="1" t="s">
-        <v>3822</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1352" spans="1:4">
       <c r="A1352" s="1" t="s">
-        <v>3823</v>
+        <v>3883</v>
       </c>
       <c r="B1352" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1352" s="1" t="s">
-        <v>3767</v>
+        <v>3884</v>
       </c>
       <c r="D1352" s="1" t="s">
-        <v>3824</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1353" spans="1:4">
       <c r="A1353" s="1" t="s">
-        <v>3825</v>
+        <v>3885</v>
       </c>
       <c r="B1353" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1353" s="1" t="s">
-        <v>3826</v>
+        <v>3886</v>
       </c>
       <c r="D1353" s="1" t="s">
-        <v>3827</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1354" spans="1:4">
       <c r="A1354" s="1" t="s">
-        <v>3828</v>
+        <v>3887</v>
       </c>
       <c r="B1354" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1354" s="1" t="s">
-        <v>3829</v>
+        <v>3888</v>
       </c>
       <c r="D1354" s="1" t="s">
-        <v>3830</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1355" spans="1:4">
       <c r="A1355" s="1" t="s">
-        <v>3831</v>
+        <v>3889</v>
       </c>
       <c r="B1355" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1355" s="1" t="s">
-        <v>3832</v>
+        <v>3890</v>
       </c>
       <c r="D1355" s="1" t="s">
-        <v>3833</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1356" spans="1:4">
       <c r="A1356" s="1" t="s">
-        <v>3834</v>
+        <v>3891</v>
       </c>
       <c r="B1356" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1356" s="1" t="s">
-        <v>3835</v>
+        <v>3892</v>
       </c>
       <c r="D1356" s="1" t="s">
-        <v>3836</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1357" spans="1:4">
       <c r="A1357" s="1" t="s">
-        <v>3837</v>
+        <v>3893</v>
       </c>
       <c r="B1357" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1357" s="1" t="s">
-        <v>3838</v>
+        <v>3894</v>
       </c>
       <c r="D1357" s="1" t="s">
-        <v>3839</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1358" spans="1:4">
       <c r="A1358" s="1" t="s">
-        <v>3840</v>
+        <v>3895</v>
       </c>
       <c r="B1358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1358" s="1" t="s">
-        <v>3841</v>
+        <v>3896</v>
       </c>
       <c r="D1358" s="1" t="s">
-        <v>3842</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1359" spans="1:4">
       <c r="A1359" s="1" t="s">
-        <v>3843</v>
+        <v>3897</v>
       </c>
       <c r="B1359" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1359" s="1" t="s">
-        <v>3844</v>
+        <v>3898</v>
       </c>
       <c r="D1359" s="1" t="s">
-        <v>3845</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1360" spans="1:4">
       <c r="A1360" s="1" t="s">
-        <v>3846</v>
+        <v>3899</v>
       </c>
       <c r="B1360" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1360" s="1" t="s">
-        <v>3847</v>
+        <v>3900</v>
       </c>
       <c r="D1360" s="1" t="s">
-        <v>3848</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1361" spans="1:4">
       <c r="A1361" s="1" t="s">
-        <v>3849</v>
+        <v>3901</v>
       </c>
       <c r="B1361" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1361" s="1" t="s">
-        <v>3850</v>
+        <v>3902</v>
       </c>
       <c r="D1361" s="1" t="s">
-        <v>3851</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1362" spans="1:4">
       <c r="A1362" s="1" t="s">
-        <v>3852</v>
+        <v>3903</v>
       </c>
       <c r="B1362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1362" s="1" t="s">
-        <v>3853</v>
+        <v>3904</v>
       </c>
       <c r="D1362" s="1" t="s">
-        <v>3854</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1363" spans="1:4">
       <c r="A1363" s="1" t="s">
-        <v>3855</v>
+        <v>3905</v>
       </c>
       <c r="B1363" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1363" s="1" t="s">
-        <v>3856</v>
+        <v>3906</v>
       </c>
       <c r="D1363" s="1" t="s">
-        <v>3857</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1364" spans="1:4">
       <c r="A1364" s="1" t="s">
-        <v>3858</v>
+        <v>3907</v>
       </c>
       <c r="B1364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1364" s="1" t="s">
-        <v>3859</v>
+        <v>3908</v>
       </c>
       <c r="D1364" s="1" t="s">
-        <v>3860</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1365" spans="1:4">
       <c r="A1365" s="1" t="s">
-        <v>3861</v>
+        <v>3909</v>
       </c>
       <c r="B1365" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1365" s="1" t="s">
-        <v>3862</v>
+        <v>3910</v>
       </c>
       <c r="D1365" s="1" t="s">
-        <v>3863</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1366" spans="1:4">
       <c r="A1366" s="1" t="s">
-        <v>3864</v>
+        <v>3911</v>
       </c>
       <c r="B1366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1366" s="1" t="s">
-        <v>3865</v>
+        <v>3912</v>
       </c>
       <c r="D1366" s="1" t="s">
-        <v>3866</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1367" spans="1:4">
       <c r="A1367" s="1" t="s">
-        <v>3867</v>
+        <v>3913</v>
       </c>
       <c r="B1367" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1367" s="1" t="s">
-        <v>3868</v>
+        <v>3914</v>
       </c>
       <c r="D1367" s="1" t="s">
-        <v>3869</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1368" spans="1:4">
       <c r="A1368" s="1" t="s">
-        <v>3870</v>
+        <v>3915</v>
       </c>
       <c r="B1368" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1368" s="1" t="s">
-        <v>3871</v>
+        <v>3916</v>
       </c>
       <c r="D1368" s="1" t="s">
-        <v>3872</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1369" spans="1:4">
       <c r="A1369" s="1" t="s">
-        <v>3873</v>
+        <v>3917</v>
       </c>
       <c r="B1369" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1369" s="1" t="s">
-        <v>3874</v>
+        <v>3918</v>
       </c>
       <c r="D1369" s="1" t="s">
-        <v>3875</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1370" spans="1:4">
       <c r="A1370" s="1" t="s">
-        <v>3876</v>
+        <v>3919</v>
       </c>
       <c r="B1370" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1370" s="1" t="s">
-        <v>3877</v>
+        <v>3920</v>
       </c>
       <c r="D1370" s="1" t="s">
-        <v>3878</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1371" spans="1:4">
       <c r="A1371" s="1" t="s">
-        <v>3879</v>
+        <v>3921</v>
       </c>
       <c r="B1371" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1371" s="1" t="s">
-        <v>3880</v>
+        <v>3922</v>
       </c>
       <c r="D1371" s="1" t="s">
-        <v>3881</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1372" spans="1:4">
       <c r="A1372" s="1" t="s">
-        <v>3882</v>
+        <v>3923</v>
       </c>
       <c r="B1372" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1372" s="1" t="s">
-        <v>3844</v>
+        <v>3924</v>
       </c>
       <c r="D1372" s="1" t="s">
-        <v>3883</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1373" spans="1:4">
       <c r="A1373" s="1" t="s">
-        <v>3884</v>
+        <v>3925</v>
       </c>
       <c r="B1373" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1373" s="1" t="s">
-        <v>3885</v>
+        <v>3926</v>
       </c>
       <c r="D1373" s="1" t="s">
-        <v>3886</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1374" spans="1:4">
       <c r="A1374" s="1" t="s">
-        <v>3887</v>
+        <v>3927</v>
       </c>
       <c r="B1374" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1374" s="1" t="s">
-        <v>3888</v>
+        <v>3928</v>
       </c>
       <c r="D1374" s="1" t="s">
-        <v>3889</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1375" spans="1:4">
       <c r="A1375" s="1" t="s">
-        <v>3890</v>
+        <v>3929</v>
       </c>
       <c r="B1375" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1375" s="1" t="s">
-        <v>3891</v>
+        <v>3930</v>
       </c>
       <c r="D1375" s="1" t="s">
-        <v>3892</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1376" spans="1:4">
       <c r="A1376" s="1" t="s">
-        <v>3893</v>
+        <v>3931</v>
       </c>
       <c r="B1376" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1376" s="1" t="s">
-        <v>3894</v>
+        <v>3932</v>
       </c>
       <c r="D1376" s="1" t="s">
-        <v>3895</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1377" spans="1:4">
       <c r="A1377" s="1" t="s">
-        <v>3896</v>
+        <v>3933</v>
       </c>
       <c r="B1377" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1377" s="1" t="s">
-        <v>3897</v>
+        <v>3934</v>
       </c>
       <c r="D1377" s="1" t="s">
-        <v>3898</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1378" spans="1:4">
       <c r="A1378" s="1" t="s">
-        <v>3899</v>
+        <v>3935</v>
       </c>
       <c r="B1378" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1378" s="1" t="s">
-        <v>3900</v>
+        <v>3936</v>
       </c>
       <c r="D1378" s="1" t="s">
-        <v>3901</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1379" spans="1:4">
       <c r="A1379" s="1" t="s">
-        <v>3902</v>
+        <v>3937</v>
       </c>
       <c r="B1379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1379" s="1" t="s">
-        <v>3903</v>
+        <v>3938</v>
       </c>
       <c r="D1379" s="1" t="s">
-        <v>3904</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1380" spans="1:4">
       <c r="A1380" s="1" t="s">
-        <v>3905</v>
+        <v>3939</v>
       </c>
       <c r="B1380" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1380" s="1" t="s">
-        <v>3903</v>
+        <v>3940</v>
       </c>
       <c r="D1380" s="1" t="s">
-        <v>3906</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1381" spans="1:4">
       <c r="A1381" s="1" t="s">
-        <v>3907</v>
+        <v>3941</v>
       </c>
       <c r="B1381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1381" s="1" t="s">
-        <v>3903</v>
+        <v>3942</v>
       </c>
       <c r="D1381" s="1" t="s">
-        <v>3908</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1382" spans="1:4">
       <c r="A1382" s="1" t="s">
-        <v>3909</v>
+        <v>3943</v>
       </c>
       <c r="B1382" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1382" s="1" t="s">
-        <v>3903</v>
+        <v>3944</v>
       </c>
       <c r="D1382" s="1" t="s">
-        <v>3910</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1383" spans="1:4">
       <c r="A1383" s="1" t="s">
-        <v>3911</v>
+        <v>3945</v>
       </c>
       <c r="B1383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1383" s="1" t="s">
-        <v>3903</v>
+        <v>3946</v>
       </c>
       <c r="D1383" s="1" t="s">
-        <v>3912</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1384" spans="1:4">
       <c r="A1384" s="1" t="s">
-        <v>3913</v>
+        <v>3947</v>
       </c>
       <c r="B1384" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1384" s="1" t="s">
-        <v>3903</v>
+        <v>3948</v>
       </c>
       <c r="D1384" s="1" t="s">
-        <v>3914</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1385" spans="1:4">
       <c r="A1385" s="1" t="s">
-        <v>3915</v>
+        <v>3949</v>
       </c>
       <c r="B1385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1385" s="1" t="s">
-        <v>3903</v>
+        <v>3950</v>
       </c>
       <c r="D1385" s="1" t="s">
-        <v>3916</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1386" spans="1:4">
       <c r="A1386" s="1" t="s">
-        <v>3917</v>
+        <v>3951</v>
       </c>
       <c r="B1386" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1386" s="1" t="s">
-        <v>3903</v>
+        <v>3952</v>
       </c>
       <c r="D1386" s="1" t="s">
-        <v>3918</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1387" spans="1:4">
       <c r="A1387" s="1" t="s">
-        <v>3919</v>
+        <v>3953</v>
       </c>
       <c r="B1387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1387" s="1" t="s">
-        <v>3903</v>
+        <v>3954</v>
       </c>
       <c r="D1387" s="1" t="s">
-        <v>3920</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1388" spans="1:4">
       <c r="A1388" s="1" t="s">
-        <v>3921</v>
+        <v>3955</v>
       </c>
       <c r="B1388" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1388" s="1" t="s">
-        <v>3903</v>
+        <v>3956</v>
       </c>
       <c r="D1388" s="1" t="s">
-        <v>3922</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1389" spans="1:4">
       <c r="A1389" s="1" t="s">
-        <v>3923</v>
+        <v>3957</v>
       </c>
       <c r="B1389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1389" s="1" t="s">
-        <v>3924</v>
+        <v>3958</v>
       </c>
       <c r="D1389" s="1" t="s">
-        <v>3925</v>
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:4">
+      <c r="A1390" s="1" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B1390" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1390" s="1" t="s">
+        <v>3960</v>
+      </c>
+      <c r="D1390" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:4">
+      <c r="A1391" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="B1391" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1391" s="1" t="s">
+        <v>3962</v>
+      </c>
+      <c r="D1391" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:4">
+      <c r="A1392" s="1" t="s">
+        <v>3963</v>
+      </c>
+      <c r="B1392" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1392" s="1" t="s">
+        <v>3964</v>
+      </c>
+      <c r="D1392" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:4">
+      <c r="A1393" s="1" t="s">
+        <v>3965</v>
+      </c>
+      <c r="B1393" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1393" s="1" t="s">
+        <v>3966</v>
+      </c>
+      <c r="D1393" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:4">
+      <c r="A1394" s="1" t="s">
+        <v>3967</v>
+      </c>
+      <c r="B1394" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1394" s="1" t="s">
+        <v>3968</v>
+      </c>
+      <c r="D1394" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:4">
+      <c r="A1395" s="1" t="s">
+        <v>3969</v>
+      </c>
+      <c r="B1395" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1395" s="1" t="s">
+        <v>3970</v>
+      </c>
+      <c r="D1395" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:4">
+      <c r="A1396" s="1" t="s">
+        <v>3971</v>
+      </c>
+      <c r="B1396" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1396" s="1" t="s">
+        <v>3972</v>
+      </c>
+      <c r="D1396" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:4">
+      <c r="A1397" s="1" t="s">
+        <v>3973</v>
+      </c>
+      <c r="B1397" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1397" s="1" t="s">
+        <v>3974</v>
+      </c>
+      <c r="D1397" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:4">
+      <c r="A1398" s="1" t="s">
+        <v>3975</v>
+      </c>
+      <c r="B1398" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1398" s="1" t="s">
+        <v>3976</v>
+      </c>
+      <c r="D1398" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:4">
+      <c r="A1399" s="1" t="s">
+        <v>3977</v>
+      </c>
+      <c r="B1399" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1399" s="1" t="s">
+        <v>3978</v>
+      </c>
+      <c r="D1399" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:4">
+      <c r="A1400" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="B1400" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1400" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D1400" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:4">
+      <c r="A1401" s="1" t="s">
+        <v>3981</v>
+      </c>
+      <c r="B1401" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1401" s="1" t="s">
+        <v>3982</v>
+      </c>
+      <c r="D1401" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:4">
+      <c r="A1402" s="1" t="s">
+        <v>3983</v>
+      </c>
+      <c r="B1402" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1402" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="D1402" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:4">
+      <c r="A1403" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="B1403" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1403" s="1" t="s">
+        <v>3986</v>
+      </c>
+      <c r="D1403" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:4">
+      <c r="A1404" s="1" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1404" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1404" s="1" t="s">
+        <v>3988</v>
+      </c>
+      <c r="D1404" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:4">
+      <c r="A1405" s="1" t="s">
+        <v>3989</v>
+      </c>
+      <c r="B1405" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1405" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="D1405" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:4">
+      <c r="A1406" s="1" t="s">
+        <v>3991</v>
+      </c>
+      <c r="B1406" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1406" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1406" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:4">
+      <c r="A1407" s="1" t="s">
+        <v>3993</v>
+      </c>
+      <c r="B1407" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1407" s="1" t="s">
+        <v>3994</v>
+      </c>
+      <c r="D1407" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:4">
+      <c r="A1408" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="B1408" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1408" s="1" t="s">
+        <v>3996</v>
+      </c>
+      <c r="D1408" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:4">
+      <c r="A1409" s="1" t="s">
+        <v>3997</v>
+      </c>
+      <c r="B1409" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1409" s="1" t="s">
+        <v>3998</v>
+      </c>
+      <c r="D1409" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:4">
+      <c r="A1410" s="1" t="s">
+        <v>3999</v>
+      </c>
+      <c r="B1410" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1410" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="D1410" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:4">
+      <c r="A1411" s="1" t="s">
+        <v>4001</v>
+      </c>
+      <c r="B1411" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1411" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="D1411" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:4">
+      <c r="A1412" s="1" t="s">
+        <v>4003</v>
+      </c>
+      <c r="B1412" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1412" s="1" t="s">
+        <v>4004</v>
+      </c>
+      <c r="D1412" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:4">
+      <c r="A1413" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="B1413" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1413" s="1" t="s">
+        <v>4006</v>
+      </c>
+      <c r="D1413" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:4">
+      <c r="A1414" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B1414" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1414" s="1" t="s">
+        <v>4008</v>
+      </c>
+      <c r="D1414" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:4">
+      <c r="A1415" s="1" t="s">
+        <v>4009</v>
+      </c>
+      <c r="B1415" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1415" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="D1415" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:4">
+      <c r="A1416" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="B1416" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1416" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="D1416" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:4">
+      <c r="A1417" s="1" t="s">
+        <v>4013</v>
+      </c>
+      <c r="B1417" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1417" s="1" t="s">
+        <v>4014</v>
+      </c>
+      <c r="D1417" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:4">
+      <c r="A1418" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="B1418" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1418" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1418" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:4">
+      <c r="A1419" s="1" t="s">
+        <v>4017</v>
+      </c>
+      <c r="B1419" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1419" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="D1419" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:4">
+      <c r="A1420" s="1" t="s">
+        <v>4019</v>
+      </c>
+      <c r="B1420" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1420" s="1" t="s">
+        <v>4020</v>
+      </c>
+      <c r="D1420" s="1" t="s">
+        <v>4021</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:4">
+      <c r="A1421" s="1" t="s">
+        <v>4022</v>
+      </c>
+      <c r="B1421" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1421" s="1" t="s">
+        <v>4023</v>
+      </c>
+      <c r="D1421" s="1" t="s">
+        <v>4024</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:4">
+      <c r="A1422" s="1" t="s">
+        <v>4025</v>
+      </c>
+      <c r="B1422" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1422" s="1" t="s">
+        <v>4026</v>
+      </c>
+      <c r="D1422" s="1" t="s">
+        <v>4027</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:4">
+      <c r="A1423" s="1" t="s">
+        <v>4028</v>
+      </c>
+      <c r="B1423" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1423" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D1423" s="1" t="s">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:4">
+      <c r="A1424" s="1" t="s">
+        <v>4031</v>
+      </c>
+      <c r="B1424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1424" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="D1424" s="1" t="s">
+        <v>4033</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:4">
+      <c r="A1425" s="1" t="s">
+        <v>4034</v>
+      </c>
+      <c r="B1425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1425" s="1" t="s">
+        <v>4035</v>
+      </c>
+      <c r="D1425" s="1" t="s">
+        <v>4036</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:4">
+      <c r="A1426" s="1" t="s">
+        <v>4037</v>
+      </c>
+      <c r="B1426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1426" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="D1426" s="1" t="s">
+        <v>4039</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:4">
+      <c r="A1427" s="1" t="s">
+        <v>4040</v>
+      </c>
+      <c r="B1427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1427" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D1427" s="1" t="s">
+        <v>4042</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:4">
+      <c r="A1428" s="1" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B1428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1428" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="D1428" s="1" t="s">
+        <v>4045</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:4">
+      <c r="A1429" s="1" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B1429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1429" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="D1429" s="1" t="s">
+        <v>4048</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:4">
+      <c r="A1430" s="1" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B1430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1430" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="D1430" s="1" t="s">
+        <v>4051</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:4">
+      <c r="A1431" s="1" t="s">
+        <v>4052</v>
+      </c>
+      <c r="B1431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1431" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="D1431" s="1" t="s">
+        <v>4054</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:4">
+      <c r="A1432" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="B1432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1432" s="1" t="s">
+        <v>4056</v>
+      </c>
+      <c r="D1432" s="1" t="s">
+        <v>4057</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:4">
+      <c r="A1433" s="1" t="s">
+        <v>4058</v>
+      </c>
+      <c r="B1433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1433" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D1433" s="1" t="s">
+        <v>4060</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:4">
+      <c r="A1434" s="1" t="s">
+        <v>4061</v>
+      </c>
+      <c r="B1434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1434" s="1" t="s">
+        <v>4062</v>
+      </c>
+      <c r="D1434" s="1" t="s">
+        <v>4063</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:4">
+      <c r="A1435" s="1" t="s">
+        <v>4064</v>
+      </c>
+      <c r="B1435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1435" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="D1435" s="1" t="s">
+        <v>4066</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:4">
+      <c r="A1436" s="1" t="s">
+        <v>4067</v>
+      </c>
+      <c r="B1436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1436" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="D1436" s="1" t="s">
+        <v>4069</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:4">
+      <c r="A1437" s="1" t="s">
+        <v>4070</v>
+      </c>
+      <c r="B1437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1437" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="D1437" s="1" t="s">
+        <v>4072</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:4">
+      <c r="A1438" s="1" t="s">
+        <v>4073</v>
+      </c>
+      <c r="B1438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1438" s="1" t="s">
+        <v>4074</v>
+      </c>
+      <c r="D1438" s="1" t="s">
+        <v>4075</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:4">
+      <c r="A1439" s="1" t="s">
+        <v>4076</v>
+      </c>
+      <c r="B1439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1439" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="D1439" s="1" t="s">
+        <v>4078</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:4">
+      <c r="A1440" s="1" t="s">
+        <v>4079</v>
+      </c>
+      <c r="B1440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1440" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="D1440" s="1" t="s">
+        <v>4081</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:4">
+      <c r="A1441" s="1" t="s">
+        <v>4082</v>
+      </c>
+      <c r="B1441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1441" s="1" t="s">
+        <v>4083</v>
+      </c>
+      <c r="D1441" s="1" t="s">
+        <v>4084</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:4">
+      <c r="A1442" s="1" t="s">
+        <v>4085</v>
+      </c>
+      <c r="B1442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1442" s="1" t="s">
+        <v>4086</v>
+      </c>
+      <c r="D1442" s="1" t="s">
+        <v>4087</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:4">
+      <c r="A1443" s="1" t="s">
+        <v>4088</v>
+      </c>
+      <c r="B1443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1443" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="D1443" s="1" t="s">
+        <v>4090</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:4">
+      <c r="A1444" s="1" t="s">
+        <v>4091</v>
+      </c>
+      <c r="B1444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1444" s="1" t="s">
+        <v>4092</v>
+      </c>
+      <c r="D1444" s="1" t="s">
+        <v>4093</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:4">
+      <c r="A1445" s="1" t="s">
+        <v>4094</v>
+      </c>
+      <c r="B1445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1445" s="1" t="s">
+        <v>4095</v>
+      </c>
+      <c r="D1445" s="1" t="s">
+        <v>4096</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:4">
+      <c r="A1446" s="1" t="s">
+        <v>4097</v>
+      </c>
+      <c r="B1446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1446" s="1" t="s">
+        <v>4098</v>
+      </c>
+      <c r="D1446" s="1" t="s">
+        <v>4099</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:4">
+      <c r="A1447" s="1" t="s">
+        <v>4100</v>
+      </c>
+      <c r="B1447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1447" s="1" t="s">
+        <v>4101</v>
+      </c>
+      <c r="D1447" s="1" t="s">
+        <v>4102</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:4">
+      <c r="A1448" s="1" t="s">
+        <v>4103</v>
+      </c>
+      <c r="B1448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1448" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="D1448" s="1" t="s">
+        <v>4105</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:4">
+      <c r="A1449" s="1" t="s">
+        <v>4106</v>
+      </c>
+      <c r="B1449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1449" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="D1449" s="1" t="s">
+        <v>4107</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:4">
+      <c r="A1450" s="1" t="s">
+        <v>4108</v>
+      </c>
+      <c r="B1450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1450" s="1" t="s">
+        <v>4109</v>
+      </c>
+      <c r="D1450" s="1" t="s">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:4">
+      <c r="A1451" s="1" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B1451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1451" s="1" t="s">
+        <v>4112</v>
+      </c>
+      <c r="D1451" s="1" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:4">
+      <c r="A1452" s="1" t="s">
+        <v>4114</v>
+      </c>
+      <c r="B1452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1452" s="1" t="s">
+        <v>4115</v>
+      </c>
+      <c r="D1452" s="1" t="s">
+        <v>4116</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:4">
+      <c r="A1453" s="1" t="s">
+        <v>4117</v>
+      </c>
+      <c r="B1453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1453" s="1" t="s">
+        <v>4118</v>
+      </c>
+      <c r="D1453" s="1" t="s">
+        <v>4119</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:4">
+      <c r="A1454" s="1" t="s">
+        <v>4120</v>
+      </c>
+      <c r="B1454" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1454" s="1" t="s">
+        <v>4121</v>
+      </c>
+      <c r="D1454" s="1" t="s">
+        <v>4122</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:4">
+      <c r="A1455" s="1" t="s">
+        <v>4123</v>
+      </c>
+      <c r="B1455" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1455" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="D1455" s="1" t="s">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:4">
+      <c r="A1456" s="1" t="s">
+        <v>4126</v>
+      </c>
+      <c r="B1456" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1456" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="D1456" s="1" t="s">
+        <v>4128</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:4">
+      <c r="A1457" s="1" t="s">
+        <v>4129</v>
+      </c>
+      <c r="B1457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1457" s="1" t="s">
+        <v>4130</v>
+      </c>
+      <c r="D1457" s="1" t="s">
+        <v>4131</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:4">
+      <c r="A1458" s="1" t="s">
+        <v>4132</v>
+      </c>
+      <c r="B1458" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1458" s="1" t="s">
+        <v>4133</v>
+      </c>
+      <c r="D1458" s="1" t="s">
+        <v>4134</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:4">
+      <c r="A1459" s="1" t="s">
+        <v>4135</v>
+      </c>
+      <c r="B1459" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1459" s="1" t="s">
+        <v>4136</v>
+      </c>
+      <c r="D1459" s="1" t="s">
+        <v>4137</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:4">
+      <c r="A1460" s="1" t="s">
+        <v>4138</v>
+      </c>
+      <c r="B1460" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1460" s="1" t="s">
+        <v>4139</v>
+      </c>
+      <c r="D1460" s="1" t="s">
+        <v>4140</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:4">
+      <c r="A1461" s="1" t="s">
+        <v>4141</v>
+      </c>
+      <c r="B1461" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1461" s="1" t="s">
+        <v>4142</v>
+      </c>
+      <c r="D1461" s="1" t="s">
+        <v>4143</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:4">
+      <c r="A1462" s="1" t="s">
+        <v>4144</v>
+      </c>
+      <c r="B1462" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1462" s="1" t="s">
+        <v>4145</v>
+      </c>
+      <c r="D1462" s="1" t="s">
+        <v>4146</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:4">
+      <c r="A1463" s="1" t="s">
+        <v>4147</v>
+      </c>
+      <c r="B1463" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1463" s="1" t="s">
+        <v>4148</v>
+      </c>
+      <c r="D1463" s="1" t="s">
+        <v>4149</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:4">
+      <c r="A1464" s="1" t="s">
+        <v>4150</v>
+      </c>
+      <c r="B1464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1464" s="1" t="s">
+        <v>4151</v>
+      </c>
+      <c r="D1464" s="1" t="s">
+        <v>4152</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:4">
+      <c r="A1465" s="1" t="s">
+        <v>4153</v>
+      </c>
+      <c r="B1465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1465" s="1" t="s">
+        <v>4154</v>
+      </c>
+      <c r="D1465" s="1" t="s">
+        <v>4155</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:4">
+      <c r="A1466" s="1" t="s">
+        <v>4156</v>
+      </c>
+      <c r="B1466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1466" s="1" t="s">
+        <v>4157</v>
+      </c>
+      <c r="D1466" s="1" t="s">
+        <v>4158</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:4">
+      <c r="A1467" s="1" t="s">
+        <v>4159</v>
+      </c>
+      <c r="B1467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1467" s="1" t="s">
+        <v>4160</v>
+      </c>
+      <c r="D1467" s="1" t="s">
+        <v>4161</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:4">
+      <c r="A1468" s="1" t="s">
+        <v>4162</v>
+      </c>
+      <c r="B1468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1468" s="1" t="s">
+        <v>4163</v>
+      </c>
+      <c r="D1468" s="1" t="s">
+        <v>4164</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:4">
+      <c r="A1469" s="1" t="s">
+        <v>4165</v>
+      </c>
+      <c r="B1469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1469" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="D1469" s="1" t="s">
+        <v>4166</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:4">
+      <c r="A1470" s="1" t="s">
+        <v>4167</v>
+      </c>
+      <c r="B1470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1470" s="1" t="s">
+        <v>4168</v>
+      </c>
+      <c r="D1470" s="1" t="s">
+        <v>4169</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:4">
+      <c r="A1471" s="1" t="s">
+        <v>4170</v>
+      </c>
+      <c r="B1471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1471" s="1" t="s">
+        <v>4171</v>
+      </c>
+      <c r="D1471" s="1" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:4">
+      <c r="A1472" s="1" t="s">
+        <v>4173</v>
+      </c>
+      <c r="B1472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1472" s="1" t="s">
+        <v>4174</v>
+      </c>
+      <c r="D1472" s="1" t="s">
+        <v>4175</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:4">
+      <c r="A1473" s="1" t="s">
+        <v>4176</v>
+      </c>
+      <c r="B1473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1473" s="1" t="s">
+        <v>4177</v>
+      </c>
+      <c r="D1473" s="1" t="s">
+        <v>4178</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:4">
+      <c r="A1474" s="1" t="s">
+        <v>4179</v>
+      </c>
+      <c r="B1474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1474" s="1" t="s">
+        <v>4180</v>
+      </c>
+      <c r="D1474" s="1" t="s">
+        <v>4181</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:4">
+      <c r="A1475" s="1" t="s">
+        <v>4182</v>
+      </c>
+      <c r="B1475" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1475" s="1" t="s">
+        <v>4183</v>
+      </c>
+      <c r="D1475" s="1" t="s">
+        <v>4184</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:4">
+      <c r="A1476" s="1" t="s">
+        <v>4185</v>
+      </c>
+      <c r="B1476" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1476" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1476" s="1" t="s">
+        <v>4187</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:4">
+      <c r="A1477" s="1" t="s">
+        <v>4188</v>
+      </c>
+      <c r="B1477" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1477" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1477" s="1" t="s">
+        <v>4189</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:4">
+      <c r="A1478" s="1" t="s">
+        <v>4190</v>
+      </c>
+      <c r="B1478" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1478" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1478" s="1" t="s">
+        <v>4191</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:4">
+      <c r="A1479" s="1" t="s">
+        <v>4192</v>
+      </c>
+      <c r="B1479" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1479" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1479" s="1" t="s">
+        <v>4193</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:4">
+      <c r="A1480" s="1" t="s">
+        <v>4194</v>
+      </c>
+      <c r="B1480" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1480" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1480" s="1" t="s">
+        <v>4195</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:4">
+      <c r="A1481" s="1" t="s">
+        <v>4196</v>
+      </c>
+      <c r="B1481" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1481" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1481" s="1" t="s">
+        <v>4197</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:4">
+      <c r="A1482" s="1" t="s">
+        <v>4198</v>
+      </c>
+      <c r="B1482" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1482" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1482" s="1" t="s">
+        <v>4199</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:4">
+      <c r="A1483" s="1" t="s">
+        <v>4200</v>
+      </c>
+      <c r="B1483" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1483" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1483" s="1" t="s">
+        <v>4201</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:4">
+      <c r="A1484" s="1" t="s">
+        <v>4202</v>
+      </c>
+      <c r="B1484" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1484" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1484" s="1" t="s">
+        <v>4203</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:4">
+      <c r="A1485" s="1" t="s">
+        <v>4204</v>
+      </c>
+      <c r="B1485" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1485" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1485" s="1" t="s">
+        <v>4205</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:4">
+      <c r="A1486" s="1" t="s">
+        <v>4206</v>
+      </c>
+      <c r="B1486" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1486" s="1" t="s">
+        <v>4207</v>
+      </c>
+      <c r="D1486" s="1" t="s">
+        <v>4208</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>