--- v1 (2026-02-11)
+++ v2 (2026-03-31)
@@ -12,70 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mediateca" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4219">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Más información</t>
   </si>
   <si>
+    <t>ECOGAN Livestock Profile User Manual - Fattening Cattle</t>
+  </si>
+  <si>
+    <t>Publications</t>
+  </si>
+  <si>
+    <t>It is a computerized system developed by the Ministry of Agriculture, Fisheries and Food in coordination with the Ministry for Ecological Transition and Demographic Challenge, which allows the registration of the Best Available Techniques (BATs) applied on the farm, as well as estimating the polluting and greenhouse gas emissions and the consumption of resources of a specific farm throughout the production process, taking into account the techniques and procedures used.</t>
+  </si>
+  <si>
+    <t>ECOGAN PORCINE FAQ DOCUMENT</t>
+  </si>
+  <si>
+    <t>This document is entirely non-binding and serves solely as a working tool to facilitate a better understanding of the regulations applicable to the subject matter, as well as their harmonized application. Under no circumstances may it constitute the legal basis for administrative actions or decisions that could affect, in any way, the rights, interests, and legal positions of the parties involved, whether they are interested parties or public administrations.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/ganaderia-y-medio-ambiente/ecogan/mapa--documentos--imagenes/manuales-y-faq/faqsecoganporcinofebrero2025.pdf</t>
+  </si>
+  <si>
+    <t>ECOGAN Swine Livestock Profile User Manual</t>
+  </si>
+  <si>
+    <t>Farm owners are responsible for estimating their emissions and implementing Best Available Techniques (BAT) to avoid or, where this is not possible, reduce emissions and their impact on the environment. They are also responsible for notifying the relevant authorities of the implementation of these techniques. In order to provide the livestock sector and the competent authorities with a national electronic support that facilitates the calculation, monitoring and notification of emissions from each farm, as well as notification to the General Register of MTDs, the Ministry of Agriculture, Fisheries and Food has developed the computerized system ECOGAN. Pursuant to Article 16.2 of Royal Decree 306/2020 of February 11, owners of pig farms operating in intensive production systems are required to report to the competent authorities the Best Available Techniques (BATs) applied on the farm during the previous year. Extensive farms (Article 1.3.a), subsistence farms, and small-scale farms are exempt from this requirement. The farm owner must report the BATs applied on the farm to the competent authority between January 1 and March 1 of each year.</t>
+  </si>
+  <si>
+    <t>EATrends 2025-2027</t>
+  </si>
+  <si>
+    <t>Identify food trends Key factors that will shape innovation and business strategy in the coming years, with an eye toward new social values, consumer priorities, and the forces of a changing environment.</t>
+  </si>
+  <si>
+    <t>https://www.azti.es/productos/eatrends-2025-2027/</t>
+  </si>
+  <si>
+    <t>Code of good environmental practices for beef cattle</t>
+  </si>
+  <si>
+    <t>Code of good environmental practices for beef cattle to help the sector reduce its emissions</t>
+  </si>
+  <si>
+    <t>https://www.gosecuesvac.com/wp-content/uploads/2024/10/CODIGO-BUENAS-PRACTICAS-MEDIOAMBIENTALES-GANADERIA.pdf</t>
+  </si>
+  <si>
     <t>Management of Iberian pigs in pastures</t>
   </si>
   <si>
-    <t>Publications</t>
-[...1 lines deleted...]
-  <si>
     <t>The Dehesa or pastureland system is a livestock agroecosystem comprised of two basic components: the tree (usually Quercus sp.) and the vegetation cover (grass and scrubland). Extensive livestock farming (cattle, sheep, and Iberian pigs) takes advantage of their products. Of the livestock species mentioned above, the Iberian pig is perfectly linked and integrated with the pastureland and its uses, traditionally referred to as "the lord of the pasture." Thus, the Iberian pig and the pastureland form an inseparable pairing, and today it is a benchmark in terms of food quality.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/58c3d7c9-5dde-46e5-9534-c8ec8d6632a1</t>
   </si>
   <si>
     <t>Impact of Different Dehesa Conservation Actions on the Sector and Society of Andalusia</t>
   </si>
   <si>
     <t>Results of the evaluation carried out on the impact of the actions carried out by the LIFE+ Biodehesa Project in Andalusia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2288d79a-72c1-4453-9ea7-9c93f994dd2b</t>
   </si>
   <si>
     <t>Cider Brandy Production Manual</t>
   </si>
   <si>
     <t>The main objective of making a spirit is to obtain a high-proof beverage by distilling a lower-proof spirit. Therefore, any raw material capable of undergoing alcoholic fermentation can be used to produce a spirit.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Manual+de+elaboraci%C3%B3n+de+aguardiente+de+sidra.pdf/82e61477-2503-c91a-466e-e1512b10c351?t=1729770338719</t>
   </si>
   <si>
     <t>INFOVI: Market Information System for the Wine Sector</t>
@@ -749,95 +788,95 @@
   <si>
     <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284253423680/Redaccion</t>
   </si>
   <si>
     <t>Agriculture Podcast</t>
   </si>
   <si>
     <t>Podcast</t>
   </si>
   <si>
     <t>Welcome to Podcast Agricultura, the first agricultural podcast in Spanish. Since its launch in January 2020, it has established itself as a leading source of information in the agricultural world. My goal is to offer valuable content for professionals in the agricultural sector. Whether you're an experienced agronomist or a recent graduate, you'll find a wealth of knowledge here. I cover general agricultural topics, all related to the agribusiness and agricultural industries. I consider my podcast an essential resource for those who have studied agronomy.</t>
   </si>
   <si>
     <t>https://podimo.com/es/shows/podcast-agricultura?utm_source=chatgpt.com</t>
   </si>
   <si>
     <t>Between Huts and Ravines</t>
   </si>
   <si>
     <t>This podcast from the Royal Spanish Federation of Associations of Selected Livestock (RFEAGAS) showcases the reality of a sector that combines tradition, sustainability, and cutting-edge technology. From the drove roads used by transhumant herders to the laboratories where the genetic treasures of our native breeds are safeguarded, this program guides us through the world of livestock farming, guided by experts.</t>
   </si>
   <si>
     <t>https://open.spotify.com/show/5ZE7poKYhtmSERTg7JOrS3</t>
   </si>
   <si>
+    <t>The Earth</t>
+  </si>
+  <si>
+    <t>This episode of LA TIERRA Podcast tackles a fascinating topic, one that remains largely unknown to the general public: food harvesting, and especially the machinery used to collect it. We interviewed Juan Marugán, Product Manager for the Harvesting Line at New Holland.</t>
+  </si>
+  <si>
+    <t>https://www.upa.es/upa/noticias-upa/La-Tierra-Podcast-EP-6-recoleccion/2026/6857/</t>
+  </si>
+  <si>
     <t>The Farm</t>
   </si>
   <si>
     <t>The agri-food sector faces the challenge of feeding 7 billion people, a figure that will continue to grow and which poses serious technological and innovation challenges. elEconomista wants to witness this revolution while also looking to the past to try to recover the best traditions.</t>
   </si>
   <si>
     <t>https://www.youtube.com/playlist?list=PLd1_lp3IlaH8jCOkjGVJWQyKnUoLV3wjT</t>
   </si>
   <si>
-    <t>The Earth</t>
-[...7 lines deleted...]
-  <si>
     <t>Citrus</t>
   </si>
   <si>
     <t>For decades, citrus production in the Valencian Community has been at the forefront of Spanish agriculture, a benchmark in the sector's modernization and a model of local development to be emulated due to the strength of its commercial structure, largely based on cooperatives, and its competitive position in the international citrus market. The orange economy fostered the development of a unique commercial network in Spain, encompassing both private exporters and cooperative enterprises, many of which have led the marketing channels for fruits and vegetables across much of the country. Furthermore, beyond the economic profitability of its production, Valencian oranges have been a way of life for thousands of families for generations.</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=7sQAk5l-Bmc</t>
   </si>
   <si>
+    <t>Savia Rural, The magazine of the CAP Network</t>
+  </si>
+  <si>
+    <t>The PAC Network Magazine</t>
+  </si>
+  <si>
+    <t>https://redpac.es/revista/2025otono/pdf/savia_rural_n8_otono_2025.pdf</t>
+  </si>
+  <si>
     <t>Extensive livestock farming and eco-regimes: caring for the countryside with European aid</t>
   </si>
   <si>
     <t>How can extensive livestock farming protect the environment and access European subsidies? Eco-schemes are voluntary practices that improve environmental and climate performance in the countryside. In this video from the CAP Network, we show you two real-world examples applicable to extensive livestock farming.</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=AEKs0kxjxTE</t>
   </si>
   <si>
-    <t>Savia Rural, The magazine of the CAP Network</t>
-[...7 lines deleted...]
-  <si>
     <t>Evaluating the Spanish AKIS</t>
   </si>
   <si>
     <t>MODERNAKIS online workshop that provides an understanding of the fundamentals that describe the evaluation of the Agricultural Knowledge and Innovation System (AKIS), analyzes the governance that is being promoted by the MAPA, provides a glimpse into interactive innovation and, finally, the application of the systemic thinking approach in complex contexts related to agriculture, livestock and forestry. Agenda (23/10/2025): 11:00 Presentation: Raúl Carbonell (MAPA). 11:10 Introduction to ModernAKIS: Amalia Hafner (FEUGA). 11:20 Interactive Innovation: Nicolás Aranda (ATTRACTISS, Ceia3). 11:30 AKIS Governance: Carmen Gil (MAP). 11:40 Are there AKIS outside the CAP?: Juan Pedro Romero (MAPA). 11:50 Mentimeter: Question round on ModernAKIS. 12:00 Coffee break 12:15 How to contribute to the success of an evaluation from your position: Mª Ascensión Barajas (CDTI). 13:00 Questions and answers. 13.15 Public policy evaluation: case studies: Toni Mora. Policy evaluation expert public. 14.00 Questions and answers</t>
   </si>
   <si>
     <t>https://youtu.be/LvJs1HmULnw</t>
   </si>
   <si>
     <t>We are Ecological</t>
   </si>
   <si>
     <t>Podcast of the Spanish Professional Association of Organic Production.</t>
   </si>
   <si>
     <t>https://open.spotify.com/show/1E13e4EaDB4kdHszyVFiTd</t>
   </si>
   <si>
     <t>DigiMAPA: The digital tool that connects the agri-food sector with companies Agroteching animal health</t>
   </si>
   <si>
     <t>DigiMAPA: The digital tool that connects the agri-food sector with Agrotech companies.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
@@ -1343,162 +1382,162 @@
   <si>
     <t>Introduction workshop to Regenerative Agriculture, session 1</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=MpV-I8KwS4Q&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=2</t>
   </si>
   <si>
     <t>Grups operatius a Catalunya. Call 2018 (Catalan)</t>
   </si>
   <si>
     <t>The Technical Dossier no. 123: “Grups operatius a Catalunya. Call 2018” is dedicated to the Groups Operatius developed within the framework of the CAP Strategic Plan (PEPAC 2023-2027), and includes the Agricultural Knowledge and Innovation Systems, also linked to AKIS (Agricultural Knowledge and Innovation System). The Operative Groups provide funding for the drafting and execution of projects within the framework of the European Association for Innovation in Agricultural Productivity and Sustainability (AEI-Agri). This contains the first article of this technical dossier “The operating groups of L'AEI-Agri in Catalonia: period 2015-2023”. Next, each of the projects of the Operative Groups of 2018 will be explained, which is divided into agricultural, forestry, agro-food industry and branch projects. For each one, it is explained what it is about, and the results and conclusions obtained. Finally, the Dossier ends with interviews with people who have developed projects and explain their experience. The first, to Rosana Garcia, agricultural technical engineer at IRTA. Next, the interview with Eloi Montcada, agronomist and cluster manager at INNOVI. The Technical Dossier is a monographic publication of the Department of Climate Action, Food and Rural Agenda on relevant aspects of agricultural, branch, food, fishing, forestry and rural activities, carried out by the collaboration of experts. of the administration, universities and research centers and the sector.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/10397814/02+DT123+12_09_23.pdf/5b1a344a-5586-4807-b64e-1de75637e861</t>
   </si>
   <si>
     <t>EIT Food Consumer Observatory</t>
   </si>
   <si>
     <t>The EIT Food Consumer Observatory regularly produces research reports and studies on consumer perceptions of food.</t>
   </si>
   <si>
     <t>https://www.eitfood.eu/projects/consumerobservatory/consumer-observatory-reports</t>
   </si>
   <si>
-    <t>EATrends 2025-2027</t>
-[...7 lines deleted...]
-  <si>
     <t>Practical guide on soil management and soil health from the SOILBIO project</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_AGRICULTORES_digital.pdf</t>
   </si>
   <si>
     <t>Guide to good practices in soil management with respect to biodiversity</t>
   </si>
   <si>
     <t>Guide to provide farmers with knowledge about the interactions that occur in the soil in relation to its biodiversity and how these influence fertility and resilience depending on the agricultural practices used by the farmer.</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_completa_digital.pdf</t>
   </si>
   <si>
     <t>Influence of Irrigation and Other Factors on Sunflower Crop Yield</t>
   </si>
   <si>
     <t>Traditionally, rainfed agriculture has been developed not only due to the low availability of irrigation water but also because farmers assume that applying water to crops such as wheat or sunflower is not economically viable, as that water could be used for other crops that potentially generate higher profits. In recent years, the profitability of irrigated agriculture has declined significantly, with irrigation water productivity values very close to the limits of profitability. This document addresses the results of a study on the yields of a sunflower crop under irrigated conditions during winter sowing, with the application of different nitrogen fertilizer doses and different plant densities.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7de5a60e-ad00-4f0c-af70-aa76d8239df9</t>
   </si>
   <si>
+    <t>Recommendations for Composting Horticultural Remains.</t>
+  </si>
+  <si>
+    <t>One of the possibilities for managing and recovering plant waste is composting, minimizing transportation and processing costs to obtain a product that improves the soil's physical and chemical properties. Compost has great fertilizing value and improves the soil's water retention capacity. It also reduces leaching and the environmental impact on aquifers. This document provides recommendations for the composting process of plant waste from greenhouse horticulture, establishing how the various parameters should be optimized to obtain quality compost.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/57bbac64-177a-47db-8e6b-f57b2aa1c1b9</t>
+  </si>
+  <si>
+    <t>Behavior of the Main Pistachio Varieties</t>
+  </si>
+  <si>
+    <t>One of the key aspects for successful cultivation is the correct variety selection. This publication presents the initial results of a study on the performance of the main pistachio varieties, conducted by the Mediterranean Fruit Growing team at IFAPA. It contains information on aspects to consider when choosing a variety, such as: size and branching; flowering and ripening periods; early production; and fruit characteristics.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fdcc0d9e-d1ac-4567-9e71-a7e85bcca327</t>
+  </si>
+  <si>
+    <t>Recommendations for Making Brine-Ripened Cheese</t>
+  </si>
+  <si>
+    <t>Traditionally, brined cheeses have been produced in Mediterranean countries and some near the Balkans. They are characterized by a final ripening and preservation stage immersed in brine, which gives them their firmness and characteristic saline and acidic notes. These producing regions are characterized by high temperatures, which makes cheese ripening difficult without refrigeration equipment. Therefore, after production, they are preserved immersed in brine, which is the main characteristic that distinguishes them. Furthermore, they have mountainous terrain that favors pastoral activity with small ruminants (goats and sheep). This work establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ff0411f-1c78-438b-8b00-a013010b5991</t>
+  </si>
+  <si>
+    <t>Agronomic Evaluation of Kabuli Chickpea Ecotypes. 2023/2024 Crop Season.</t>
+  </si>
+  <si>
+    <t>A set of Kabuli chickpea ecotypes was evaluated in two different locations for the variables flowering date, plant height, first pod emergence date, dry grain yield, dry grain relative humidity, test weight, and 100-seed weight. The experimental design was a randomized block with three replicates. The results of the statistical analyses performed are presented in the document. Ecotypes with higher yield and grain size, and with cycles adapted to the tested conditions, were identified.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c89097c7-5422-4e61-a046-aa00bfdeaf35</t>
+  </si>
+  <si>
     <t>Evaluation of Desi Chickpea Germplasm for Use in Animal Feed</t>
   </si>
   <si>
     <t>A set of chickpea entries of the Desi type from the IFAPA Legume Germplasm Bank were evaluated in two different locations for the variables flowering date, plant height, date of first pod emergence, dry grain yield, dry grain relative humidity, test weight, 100-seed weight, and protein content. The experimental design was a randomized block with three replicates. The results of the statistical analyses performed are presented in the document. Ecotypes with optimal qualities for use in animal feed can be identified with cycles adapted to the agroclimatic conditions tested.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3d33a57-03b2-4e50-a910-550b555abb8f</t>
   </si>
   <si>
     <t>Study of Mycotoxins in Winter Cereals in Andalusia</t>
   </si>
   <si>
     <t>A wide range of filamentous fungi are capable of producing different types of mycotoxins in cereals, which pose a serious risk of chronic toxicity to humans and animals. These toxins can be generated throughout the entire production cycle, with the highest levels found in raw materials (cereal grains). In products for direct consumption, the food processing process tends to dilute the concentration of mycotoxins by using other, uncontaminated ingredients. This document includes a study on the presence of mycotoxins (aflatoxins, zearalenone, and ochratoxin-A) in control varieties of winter cereals (durum wheat, common wheat, and barley) grown in the different locations tested within the RAEA (Andalusian Agricultural Experimentation Network) network, in order to understand the current situation regarding their incidence in the different agroclimatic zones considered during the 2019/2020 and 2020/2021 campaigns.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c12e90a0-1676-4830-aaba-cfc3ad24b628</t>
   </si>
   <si>
     <t>Aflatoxins in corn grain. Flowchart and HACCP system in the field, receiving, and storage.</t>
   </si>
   <si>
     <t>A wide range of fungi are capable of producing different types of mycotoxins. In the case of aflatoxins, the most well-known producing fungi are of the Aspergillus genus. Corn is among the most affected crops. This document includes the reference flow diagram, highlighting critical control points and improving sampling methodology in the field and during storage, conducting trials to assess the degree of varietal susceptibility to Aspergillus infections, and conducting surveys of farmers to determine their level of awareness about the problem.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21e88bd2-806b-48c0-9f2b-945cf0e93346</t>
   </si>
   <si>
-    <t>Recommendations for Composting Horticultural Remains.</t>
-[...16 lines deleted...]
-  <si>
     <t>Guide to groundcovers in citrus trees</t>
   </si>
   <si>
     <t>One of the fundamental objectives of sustainable production systems must be the control of water erosion of the soil, which requires appropriate soil management and conservation techniques. Along these lines, the installation of vegetation cover along plantation alleys is considered one of the best measures to prevent erosion and minimize pollution caused by the use of phytosanitary products, as well as one of the recommended practices for promoting sustainable agriculture.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa0532aa-eede-450d-b799-6ff1648c391b</t>
   </si>
   <si>
     <t>Characterization of Functional Compounds in Different Strawberry Varieties</t>
   </si>
   <si>
     <t>Several studies have shown that these varieties differ in the quantity and type of antioxidants. Given this multivarietal nature, it is interesting to know the antioxidant levels of the varieties grown each season. In fact, these antioxidants can vary depending on the phenological stage of the crop and the weather conditions during the season, which runs from autumn to late spring.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e4987db0-ef98-41bb-8ac1-079bc2f5b8c7</t>
   </si>
   <si>
-    <t>Agronomic Evaluation of Kabuli Chickpea Ecotypes. 2023/2024 Crop Season.</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ff0411f-1c78-438b-8b00-a013010b5991</t>
+    <t>Evaluation of the effect of commercial foliar fertilizers on the control of leaf spot in organic olive groves of the Picual variety</t>
+  </si>
+  <si>
+    <t>Traditionally, control of olive leaf spot, one of the most serious diseases of olive groves caused by the fungus Fusicladium oleagineum, has relied on the inefficient use of foliar fungicides, especially copper compounds. The environmental damage caused by these practices has led governments to restrict their use. In organic farming, where copper-based products are the most widely used option, current limitations make it necessary to seek alternative products that reduce copper input. This paper presents, for the Picual variety, the results of trials conducted to control olive leaf spot using foliar applications of commercial fertilizers that are thought to reduce disease incidence. The results demonstrate significant differences between treatment with oxychloride and foliar fertilizers, with the latter having a higher incidence of the disease.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0638d87-e773-4604-9e0f-888479354b98</t>
   </si>
   <si>
     <t>Red Fruit Irrigation Programming Manual</t>
   </si>
   <si>
     <t>A detailed review of irrigation scheduling for soft fruit crops in the province of Huelva, using weather forecasts, is presented. The scheduling is based on the FAO methodology for calculating crop water requirements. The procedure for calculating greenhouse ETo is described, and specific Kc values for soft fruit crops in the province of Huelva are proposed. A practical example is included illustrating the calculation of irrigation time for a strawberry crop in the province of Huelva. The "Riego Berry" application is introduced, a digital tool that offers personalized irrigation recommendations for strawberry, raspberry, and blueberry crops in the province of Huelva. Finally, the results of the validation of this scheduling method on commercial farms are presented, along with irrigation performance indicators such as irrigation water efficiency and productivity in soft fruit crops.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dcf255d3-71ea-47b5-aab4-5656e3694452</t>
   </si>
   <si>
     <t>Ten years of applying alperujo compost in olive groves</t>
   </si>
   <si>
     <t>The results of a ten-year study are presented, during which different mixtures of olive oil compost were applied to olive groves. The influence on the improvement of soil fertility and fruit oil yield was evaluated.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14de70dd-4551-4a95-b842-11982791d69c</t>
   </si>
   <si>
     <t>Biohealthy Compounds of Pistachio</t>
   </si>
   <si>
     <t>The results of a study of 11 pistachio varieties grown in Andalusia during the 2019 and 2020 seasons are presented, assessing their total phenolic compound content, antioxidant activity, carotenoid content, and chlorophyll content. The color of the shell, the integument, and the interior of the fruit are also studied.</t>
   </si>
@@ -1538,59 +1577,50 @@
   <si>
     <t>Sinapis flexuosa is a native cruciferous mustard species found in southeastern Spain, in the provinces of Almería, Murcia, and Jaén, and occasionally naturalized in other provinces further north (Barcelona, Coruña, and Pontevedra). This paper presents the results of trials evaluating the usefulness of Sinapis flexuosa as a ground cover for biofumigation under the conditions of Andalusia and its comparison with Sinapis alba.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d6d885a1-473e-4fac-89b0-2c41ce3dca3d</t>
   </si>
   <si>
     <t>Sustainable Agro-environmental Crop Systems</t>
   </si>
   <si>
     <t>Sustainable Agroindustrial Crop Systems is included in Submeasure 10.1. Payments for Agricultural and Environmental Commitments. This means that the beneficiary of this aid will receive financial compensation for carrying out a series of agricultural practices that are beneficial not only to the environment but also to the crops themselves. Furthermore, it is necessary not only to value and seek the profitability of these crops, but also to ensure that these are obtained through environmentally friendly agricultural practices, in addition to efficient natural resource management.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fd76489-e670-4d3a-aee4-3d28620fcb88</t>
   </si>
   <si>
     <t>Basic Manual of Oenological Laboratory</t>
   </si>
   <si>
     <t>Both large wineries and cooperatives have highly qualified personnel dedicated to the chemical oenological control of grapes, must, and wine. However, in small, family-run wineries and presses, this specialization is not as common. This manual can serve as support and reference for all of them, even those less familiar with chemistry, by providing them with basic working methods that allow them to adequately control their production processes, from the selection of the harvest date to the bottling process, including the fermentation process.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ea0a90e-f147-4020-bcd5-d34fcf787547</t>
   </si>
   <si>
-    <t>Evaluation of the effect of commercial foliar fertilizers on the control of leaf spot in organic olive groves of the Picual variety</t>
-[...7 lines deleted...]
-  <si>
     <t>Berry Irrigation. A tool for scheduling berry irrigation. User's guide.</t>
   </si>
   <si>
     <t>Riego Berry is a mobile application from IFAPA (the Regional Government of Andalusia's Agricultural Development Agency) that allows for quick and intuitive irrigation recommendations for strawberry, raspberry, and blueberry crops in the province of Huelva. It is based on the results of 10 years of research and experimentation on commercial farms and the IFAPA, which supports its application on a commercial scale. The application allows irrigation recommendations for berry crops to be customized for each plot. Irrigation rates are targeted at achieving maximum production while optimizing water consumption to the maximum extent possible, ensuring that the crop never suffers from water stress. The application of this irrigation scheduling methodology on commercial farms has led to water savings of up to 40%.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6203f89e-0ac8-4d9d-8ee8-0d0b930893af</t>
   </si>
   <si>
     <t>Analysis of the production costs of small traditional no-till olive farms</t>
   </si>
   <si>
     <t>The production costs of small olive farms are analyzed to demonstrate the importance of family labor in their profitability and to highlight the importance of CAP subsidies. In addition, innovative production strategies are proposed that would reduce production costs and thus increase profitability.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a66f3449-5911-4a0e-a71b-d5546a47797f</t>
   </si>
   <si>
     <t>Opportunities for Legumes under the New CAP (2014-2020)</t>
   </si>
   <si>
     <t>The importance of legumes in agriculture and the role these crops play in light of the new reform of the Common Agricultural Policy are described. The document focuses on the difficulties of weed control in legumes and the most relevant aspects of cultivating broad beans and chickpeas, the main legumes grown in Andalusia. The main limitations of these crops are highlighted, such as the lack of approved herbicides for weed control, pests and diseases, drought, and low yields, among others. Several strategies are proposed to increase the cultivation of legumes in Spanish agriculture.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2756f07-f178-49ea-937b-d1e047c9c021</t>
@@ -1745,86 +1775,86 @@
   <si>
     <t>Results of a 2013/2014 experiment on the influence of different nutrient solution salinity levels on fruit quality in two strawberry varieties (cv. 'Primoris' and cv. 'Albion') grown in greenhouses using leachate reuse systems. The proposed strategy of subjecting strawberry crops to salinity during the fruit development and fattening phase positively affects strawberry fruit quality without affecting yield in both varieties evaluated.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab14335d-93d7-485f-9d55-17d8bf6968da</t>
   </si>
   <si>
     <t>Eutrophication and Ecotoxicity in Strawberry Cultivation</t>
   </si>
   <si>
     <t>Results of a study aimed at quantifying and evaluating the environmental impacts of eutrophication and ecotoxicity in strawberry cultivation, considering the entire life cycle of different production systems. The results suggest strategies for optimizing agricultural practices implemented by farmers to improve the sustainability of their farms and increase the competitiveness of the strawberry production sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ddd250b4-934e-47b1-a6c7-bfee69eb760f</t>
   </si>
   <si>
     <t>Use of Bacteria in Strawberry Cultivation. Preliminary Field Results.</t>
   </si>
   <si>
     <t>Results of preliminary trials conducted during the 2017/18 campaign on the use of three growth-promoting bacteria in strawberry crops. The objective of this study is to test whether inoculation with growth-promoting bacteria can, in part, reduce the use of synthetic products in a crop as important in the Andalusian countryside as the strawberry.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/349abc8b-0511-4e2a-a5e6-6721ec10b51c</t>
   </si>
   <si>
+    <t>Fertilization practices in wheat under direct sowing: alternatives to the use of urea</t>
+  </si>
+  <si>
+    <t>Results of a research project that studied different alternative fertilization methodologies using urea. Among these, the use of nitrification inhibitors and urease stands out. The results were presented in terms of agronomic benefits (harvest, N in grain, etc.) and environmental benefits (reduction of nitrate leaching and N02 emissions).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76fb3e4e-8484-4fa4-865a-fdcab95eaaf4</t>
+  </si>
+  <si>
     <t>Preliminary study of deficit irrigation in almond trees</t>
   </si>
   <si>
     <t>Results of trials on different deficit irrigation strategies in almond cultivation carried out in the 2013 and 2014 campaigns.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef23c898-ac38-43a8-9eae-f632b1983fc0</t>
   </si>
   <si>
     <t>Corn Cultivation in Andalusia under the Impact of Climate Change</t>
   </si>
   <si>
     <t>Results of studies on the potential impacts of climate change on irrigated corn cultivation in Andalusia and adaptation measures evaluated to limit them.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fb65255-04b4-48fb-95aa-09e9ab613ec2</t>
   </si>
   <si>
     <t>The effect of different irrigation allocations on avocado cultivation. 2016/2017 season</t>
   </si>
   <si>
     <t>Results of the 2016/17 campaign of irrigation trials on commercial avocado farms on the Andalusian coast.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f18bb1f-9001-491f-8578-be213b1b55a1</t>
   </si>
   <si>
-    <t>Fertilization practices in wheat under direct sowing: alternatives to the use of urea</t>
-[...7 lines deleted...]
-  <si>
     <t>Comparative study of fruit production and quality in five late-harvest plum cultivars under organic and conventional management.</t>
   </si>
   <si>
     <t>Results from 2009 to 2013 regarding the production and quality of five commercial cultivars of late-harvest Japanese plum, which have been cultivated for several years under two different agronomic management systems: organic and conventional.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d109d527-1abd-438d-a3e1-12e169313572</t>
   </si>
   <si>
     <t>Trials of Sunflower Varieties Resistant to Jopo (O. cumana) in Andalusia. 2024 Campaign</t>
   </si>
   <si>
     <t>Results of the five trials of sunflower varieties resistant to jopo (O. Cumana) in Andalusia in the 2024 campaign. Data on both seed and oil yield, data on the different diseases, and a summary table of yields are presented for each trial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d35cebaa-01bd-46fd-8c49-6c776c3f3969</t>
   </si>
   <si>
     <t>Use of manual and electronic tensiometers for irrigation management</t>
   </si>
   <si>
     <t>Tensiometers are instruments that measure the matric potential or matric tension of soil. This is an indirect measure of soil moisture and is caused by the forces that retain water in the capillaries and on soil particles.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/341bbbd5-9403-4e30-bf4f-855945132330</t>
@@ -1889,266 +1919,266 @@
   <si>
     <t>It sets out the commitments to be fulfilled by all beneficiaries of this operation, with the aim of implementing good agro-environmental practices by making sustainable use of the natural resources that coexist with olive cultivation, making it a profitable crop both economically and environmentally.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e2dbfb-ba33-4432-84a8-16f828cd68b0</t>
   </si>
   <si>
     <t>Irrigation recommendations for olive groves in the 2022-2023 campaign</t>
   </si>
   <si>
     <t>Irrigation recommendations for olive groves during years of low rainfall, offering strategies to mitigate, as much as possible, the effects of water stress on olive and oil production.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7257cf50-7f90-4212-b8e8-adbf02e922c2</t>
   </si>
   <si>
     <t>Environmental impact of olive cultivation in Andalusia</t>
   </si>
   <si>
     <t>The objectives of this study were to analyze the environmental impacts of existing olive production systems in Andalusia, select and improve agricultural practices to identify the processes that cause the most significant environmental problems, and design a more efficient and environmentally friendly olive cultivation management system. This is the first study conducted in Spain to demonstrate the environmental impacts of a wide variety of olive production systems using life cycle assessment, including integrated production systems.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c55e8e17-e72f-44cd-82f3-1c5f3503cc1d</t>
   </si>
   <si>
+    <t>Recommendations for Making Lactic Coagulation Cheese</t>
+  </si>
+  <si>
+    <t>Cheeses made using lactic coagulation originate in France, where they are primarily made from goat's milk, due to the productive potential of the country's goat herd. The beginning of this type of cheese dates back to the 18th century, when Muslim expansion led to the introduction of goats into France, with their milk being used in the production of this dairy product. This work establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b8b53265-24d8-4a51-b0ac-f52c12cae787</t>
+  </si>
+  <si>
+    <t>Agronomic Response of Rice to Saline Irrigation in Different Phases of Cultivation</t>
+  </si>
+  <si>
+    <t>The results presented here are derived from the work carried out within the research project "Agronomic Response of Rice to Saline Irrigation at Different Crop Phases," initiated and defined by Hisparroz, SA, in collaboration with IFAPA, as part of the line of work on Rice Cultivation Sustainability. The results of this trial show that salinity at each crop phase primarily affected its corresponding yield component: the number of panicles/m2 and the number of filled grains/panicle.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6667c7f8-1905-4671-aaf9-5d2122b621d6</t>
+  </si>
+  <si>
     <t>Multifunctionality of olive farms in Andalusia based on the agricultural techniques implemented</t>
   </si>
   <si>
     <t>The objectives of this study are, first, to develop an integrated model for assessing the multifunctionality of olive groves in Andalusia based on the ANP technique, and second, to apply this model to improve the design of agri-environmental policies focused on multifunctionality, defining the agricultural practices with the greatest potential to affect the multifunctional performance of olive groves and the best technical alternatives. The evolution of these practices in recent years will also be analyzed.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6930c778-22c5-4393-a7f6-70dd870e4a5d</t>
   </si>
   <si>
     <t>Use of copper-storing plants for phytoremediation of agricultural soils. Application to the Phytobac system.</t>
   </si>
   <si>
     <t>The main objectives of this work are: 1) the selection of plants capable of accumulating and immobilizing heavy metals in their aerial parts (phytoremediation) to be used in soils contaminated by heavy metals, mainly copper, since its use is still permitted in agriculture and 2) the subsequent implementation of the Phytobac system. For this purpose, two trials have been carried out, one in a growth chamber and another in a greenhouse, with different plant species and subjected to different concentrations of copper during different stages of development.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da00b2f3-1a92-4c6c-9f9d-1b1ec2326096</t>
   </si>
   <si>
     <t>Recommendations for Making Soft Cheese with Moldy Rind</t>
   </si>
   <si>
     <t>Externally moldy soft cheeses are characterized by the presence of a white outer coating, caused by the growth of Penicillium molds on the surface. The presence of this mold gives these cheeses a distinctive appearance, aroma, and flavor. These cheeses originate in France and are increasingly popular among consumers, with demand for them increasing. This paper establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd2e0621-6d5d-4307-bba9-05791dec2e60</t>
   </si>
   <si>
     <t>Recommendations for Making Pressed Cow Cheese</t>
   </si>
   <si>
     <t>Cheeses made from cow's milk are typical of the northern part of the Iberian Peninsula, where cattle are predominantly farmed. The production of this product, as with goat and sheep milk, was born with the aim of enhancing the value of the raw material, milk, and obtaining greater returns from livestock farms. Today, there is a wide variety of cheeses made from cow's milk nationwide. This work establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88a2129a-76aa-4aca-add5-3fb7c0600412</t>
   </si>
   <si>
-    <t>Recommendations for Making Lactic Coagulation Cheese</t>
-[...16 lines deleted...]
-  <si>
     <t>Search for herbicidal active ingredients in grain legumes. Pre-emergence herbicides in broad beans.</t>
   </si>
   <si>
     <t>Grain legumes have traditionally been cultivated in Andalusian drylands primarily for the production of vegetable protein for human and animal consumption. One of the main reasons for their abandonment as a crop has been the lack of approved pre- and post-emergence herbicides, especially against dicotyledons. In this document, we present the results of pre-emergence herbicide trials on broad beans.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/79303531-9810-412c-a0ab-91c243acc4f2</t>
   </si>
   <si>
     <t>Effect of Baking Temperature on the Physical-Chemical and Nutritional Quality of Dehydrated and Regenerated Peppers Ready for Consumption.</t>
   </si>
   <si>
     <t>Ready-to-eat foods are highly demanded by today's society in developed countries due to the lifestyle changes that have occurred in recent decades. Cooked vegetables stand out among these foods. The heat treatments they undergo produce physical, chemical, and nutritional changes that need to be characterized. Furthermore, these products typically have a relatively short shelf life. Partially dehydrating them after cooking extends their shelf life and makes them easier to handle. In this format, they can be easily rehydrated at the time of consumption.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a4094ba-54c9-4621-b6dd-c23ce9f8a0a8</t>
   </si>
   <si>
+    <t>Application of biocides for veterinary hygiene</t>
+  </si>
+  <si>
+    <t>Changes in regulations and the need to adapt and update content justify the new edition of the Book on the Application of Biocides for Veterinary Hygiene. The development of this teaching material responds to a demand from the sector and aims to provide a useful working tool for students, serving as a support and reference for teachers participating in courses taught by IFAPA and collaborating entities. Index: Unit 1: Biocides for veterinary hygiene; Unit 2: Safety recommendations and regulations. First aid; Unit 3: Environmental protection. Legal regulations; Unit 4: Public health. Veterinary medicines; Unit 5: Pests. Methods for combating them; Unit 6: Infectious agents. Disinfection of transport vehicle facilities; Unit 7: Animal protection and care.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/24b63d9d-a943-4476-8a34-e0856efb92e8</t>
+  </si>
+  <si>
+    <t>Physicochemical Diversity in Zucchini Varieties</t>
+  </si>
+  <si>
+    <t>Commercial zucchini cultivars have a narrow genetic base that limits the development of new varieties. Diversifying and introducing new sources of genetic variability is a priority for maintaining the competitiveness required of horticultural crops. Almería's production is a leader in crop diversification, given the long tradition of new crops and cultivars that have been renewed and adopted to boost the marketing and production of these vegetables. The objective of this study was to study the physical and chemical quality of traditional squash and zucchini varieties available in the germplasm bank of the IFAPA La Mojonera Center, as well as some commercial hybrid varieties, with the aim of providing this information to consumers, farmers, technicians, and agri-food companies. A high degree of variability was found in the physical, chemical, and nutritional quality components of the traditional varieties studied.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d628afe7-63a0-4cf6-91ab-2cd28da4c462</t>
+  </si>
+  <si>
+    <t>Behavior Analysis of 13 Snack Pepper Cultivars in Protected Cultivation</t>
+  </si>
+  <si>
+    <t>Snack pepper cultivars differ in handling and marketing from the pepper cultivars commonly found in protected crops and are little known in the sector, thus continuing to occupy a small market share. This study explores the snack pepper cultivars available on the market with the aim of transferring the results to the sector, thus contributing to the necessary diversification of horticultural production in Almería.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18ca5e15-687f-43e5-9d32-e347937a8200</t>
+  </si>
+  <si>
+    <t>Growing Guides. Emerging Crops Series: Buckwheat</t>
+  </si>
+  <si>
+    <t>Emerging crops are those whose surface area is growing significantly due to their high yield potential, their good adaptation to agroclimatic conditions, and their constant growth in demand and price. Buckwheat is considered a pseudocereal due to the appearance of its grains; however, it does not contain gluten, making its consumption a useful alternative in celiac diets due to the high quality of its proteins.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef0982c1-b5f7-4f5c-864d-6f7402704e0f</t>
+  </si>
+  <si>
+    <t>Evaluating irrigation tape uniformity under field conditions. Selecting the most appropriate irrigation time.</t>
+  </si>
+  <si>
+    <t>Efforts to reduce water consumption in strawberry cultivation should be directed toward both optimizing irrigation schedules and understanding the irrigation system's ability to apply water in a timely and appropriate manner. This document presents the results of field evaluations to compare the uniformity of irrigation distribution obtained using irrigation tapes with different nominal flow rates and irrigation pulse durations.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7e54e5d4-49ad-420c-a3f2-dc09212f5dd8</t>
+  </si>
+  <si>
+    <t>Dynamic Programming of Fertigation in Lettuce Using Simulation Models</t>
+  </si>
+  <si>
+    <t>The EU-Rotate_N and CropSyst simulation models were evaluated for outdoor lettuce cultivation. The performance of the models was assessed in relation to: i) dry matter production, ii) crop N uptake, iii) commercial production, iv) soil water content, and v) soil mineral N content. Data from three years with different nitrogen (N) doses were used. Overall, the EU-Rotate_N model showed better performance than the CropSyst model for the studied crop and soil variables in lettuce with fertigation. CropSyst would need to be adapted for fertigated horticultural crops. Nitrogen fertilization in lettuce was optimized by combining the KNS system with EU-Rotate_N. This methodology proved to be a useful and easy-to-implement tool for optimizing fertigation program design for lettuce.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9d27339-f511-4409-b22f-396418ca9009</t>
+  </si>
+  <si>
     <t>Quality parameters in fresh tomatoes</t>
   </si>
   <si>
     <t>External aspects (presentation, appearance, uniformity, ripeness, freshness) are the main components of the decision to purchase tomatoes for fresh consumption. Internal quality (flavor, aroma, texture, nutritional value, absence of biotic and abiotic contaminants) is linked to aspects that are generally not perceptible but are no less important for consumers. This document briefly describes the procedures for performing quality control on tomatoes, ensuring compliance with regulations and market demands.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5804cf66-79fc-499a-811b-d7f03e00cd17</t>
   </si>
   <si>
-    <t>Application of biocides for veterinary hygiene</t>
-[...52 lines deleted...]
-  <si>
     <t>Herbicide-Resistant Sunflower Variety Trials. 2024 Crop Campaign</t>
   </si>
   <si>
     <t>Sunflower varieties with genetic resistance to certain herbicide treatments (Clearfield and Sulfo varieties) are gradually gaining ground. These varieties provide acceptable control of broad- and narrow-leaved weeds, as well as control the common hornwort (Orobanche cumana). Planting of these varieties can be brought forward to early February and even late January, since dicotyledonous plants can be controlled with herbicide treatments, allowing the crop to better take advantage of winter and spring rains. This document provides agronomic information on the performance of 19 varieties in two trials conducted in El Puerto de Santa María and Carmona, and on the effectiveness of herbicide treatments on weeds.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3dcddb78-e1b0-4189-b6a5-f1f2b3fcade3</t>
   </si>
   <si>
+    <t>Identification of Grapevine Varieties through Microsatellite Genetic Characterization.</t>
+  </si>
+  <si>
+    <t>Local grape varieties are becoming increasingly important for producing wines that meet quality and typicity requirements. The procedures for recovering, cataloging, and authorizing grape varieties are very long and cumbersome. IFAPA, with its know-how and technical resources, represents a valuable tool for correctly identifying varieties and advising on decision-making to expedite these procedures as much as possible.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5fd71d1e-7945-4a4c-b310-f9ec5f2fdfd8</t>
+  </si>
+  <si>
+    <t>Agronomic Evaluation of Spring Chickpea Ecotypes. 2022/2023 Crop Season.</t>
+  </si>
+  <si>
+    <t>Local varieties or ecotypes are the result of the repeated process carried out by farmers to sow and select seeds for planting, generating most of the diversity in types and forms specific to each crop, for each use, and in each region. Part of this diversity is currently preserved in germplasm banks, with IFAPA responsible for the conservation and management of the Legume Bank, among others. This bank maintains an important collection of Andalusian chickpea ecotypes that must be studied to promote their use. This is the ultimate goal of this work: the evaluation of the agronomic performance of a series of chickpea ecotypes of Andalusian origin, in a plot located in the Alto Guadalquivir, a legume-producing area. The study identifies ecotypes of the Castellano, Pedrosillano, and Blanco Lechoso types with attractive yields, making them suitable for commercial use.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13aa670e-4e0c-4297-a7d0-73e12f2ecb95</t>
+  </si>
+  <si>
+    <t>Productive Potential of Andalusian Chickpea Ecotypes. 2021/2022 Crop Season.</t>
+  </si>
+  <si>
+    <t>Local varieties or ecotypes are the result of the repeated process carried out by farmers to sow and select seeds for planting, generating most of the diversity in types and forms specific to each crop, for each use, and in each region. Part of this diversity is currently preserved in germplasm banks, with IFAPA responsible for the conservation and management of the Legume Bank, among others. This bank maintains an important collection of Andalusian chickpea ecotypes that must be studied to promote their use. This is the ultimate goal of this work: the evaluation of the agronomic performance of a series of chickpea ecotypes of Andalusian origin, in a plot located in the Alto Guadalquivir, a production area for this legume.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e9b4417c-f88d-429d-b7d0-30feb6b955b1</t>
+  </si>
+  <si>
+    <t>Identification and Recovery of New Local Olive Varieties in Spain</t>
+  </si>
+  <si>
+    <t>Minority olive varieties could harbor some agronomic traits of interest to address new future biotic and abiotic challenges, or to meet potential new cultivation or market demands. Therefore, their recovery, conservation, and study are essential, and the World Olive Germplasm Bank of Córdoba (BGMO-ESP046) plays a key role in this. In the last decade, a new survey campaign has been launched in Spain to identify, recover, and characterize new, previously unknown minority varieties. Thanks to multi-institutional efforts and the use of a set of cutting-edge molecular markers, the number of olive varieties documented in Spain (427 different varieties) has increased by more than 62%.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1fcd5ac-d8e1-4d1c-b1ca-5986052174c3</t>
+  </si>
+  <si>
     <t>Clearfield and Sulfo Sunflower Variety Trials in Andalusia. 2022 Crop Season.</t>
   </si>
   <si>
     <t>Sunflower varieties with genetic resistance to certain herbicide treatments (Clearfield and Sulfo varieties) are gradually gaining ground. These varieties provide acceptable control of broad- and narrow-leaved weeds, as well as control the common hornwort (Orobanche cumana). Planting of these varieties can be brought forward to early February and even late January, since dicotyledonous plants can be controlled with herbicide treatments, allowing the crop to better take advantage of winter and spring rains. This document provides agronomic information on the performance of 20 varieties in two trials conducted in Écija and Carmona, and on the effectiveness of herbicide treatments on weeds.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3b80a17d-99ab-419e-b0ab-9e2fcad8922c</t>
   </si>
   <si>
     <t>Results of Clearfield and Sulfo Sunflower Variety Trials in Andalusia. 2020 Crop Season</t>
   </si>
   <si>
     <t>Sunflower varieties with genetic resistance to certain herbicide treatments (Clearfield and Sulfo varieties) are gradually gaining ground. These varieties provide acceptable control of broad- and narrow-leaved weeds, as well as control the common hornwort (Orobanche cumana). Planting of these varieties can be brought forward to early February and even late January, since dicotyledonous weeds can be controlled with herbicide treatments, allowing the crop to better take advantage of winter and spring rains. This document provides agronomic information on the performance of 21 varieties in a trial conducted in Écija and on the efficacy of herbicide treatments on the weeds present.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/642bf056-6a35-4053-ba0d-538921e9419a</t>
   </si>
   <si>
-    <t>Identification of Grapevine Varieties through Microsatellite Genetic Characterization.</t>
-[...7 lines deleted...]
-  <si>
     <t>Evaluation of Andalusian Broad Bean Ecotypes. 2020/2021 Campaign</t>
   </si>
   <si>
     <t>Local varieties or ecotypes are the result of the repeated process carried out by farmers to sow and select seeds for planting, generating most of the diversity in types and forms specific to each crop, for each use, and in each region. Part of this diversity is currently preserved in germplasm banks, with IFAPA responsible for the conservation and management of the Legume Bank, among others. This bank maintains an important collection of Andalusian broad bean ecotypes that must be studied to promote their use. This is the ultimate goal of this work: the evaluation of the agronomic performance of a series of chickpea ecotypes of Andalusian origin, thus demonstrating their potential. The study identifies several lines from the major, equina, and minor botanical groups with interesting yields, highlighting the great potential of local ecotypes or varieties for commercial use.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17224da5-2ec8-4e4e-8a22-36be9abf7948</t>
   </si>
   <si>
-    <t>Agronomic Evaluation of Spring Chickpea Ecotypes. 2022/2023 Crop Season.</t>
-[...7 lines deleted...]
-  <si>
     <t>Evaluation of Andalusian chickpea ecotypes. 2020/2021 campaign.</t>
   </si>
   <si>
     <t>Local varieties or ecotypes are the result of the repeated process carried out by farmers to sow and select seeds for planting, generating most of the diversity in types and forms specific to each crop, for each use, and in each region. Part of this diversity is currently preserved in germplasm banks, with IFAPA responsible for the conservation and management of the Legume Bank, among others. This bank maintains an important collection of Andalusian chickpea ecotypes that must be studied to promote their use. This is the ultimate goal of this work: the evaluation of the agronomic performance of a series of chickpea ecotypes of Andalusian origin, thus demonstrating their potential.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ca0d71f-f6b3-4eb3-938e-323ecf5b4f26</t>
   </si>
   <si>
-    <t>Productive Potential of Andalusian Chickpea Ecotypes. 2021/2022 Crop Season.</t>
-[...16 lines deleted...]
-  <si>
     <t>Sustainable agro-industrial crop system. Operation 10.1.5</t>
   </si>
   <si>
     <t>The Agro-Environment and Climate Training Workshops are part of the initiatives aimed at ensuring proper compliance with the agro-environmental commitments acquired in some of the operations included in Measure 10 "Agro-Environment and Climate" of the Andalusian Rural Development Program 2014-2020. The objective of these workshops is to improve the skills of the beneficiaries of these grants, as well as to raise awareness among the agricultural population about the use of production systems compatible with environmental conservation and animal welfare and hygiene.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01a4fed3-d822-4533-bde5-37fdee0f1545</t>
   </si>
   <si>
     <t>Sustainable Dryland Herbaceous Crop Systems. 2nd Monitoring Session for Operation 10.1.4.</t>
   </si>
   <si>
     <t>The Agro-Environment and Climate Training Workshops are part of the initiatives aimed, first, at ensuring proper compliance with the agro-environmental commitments acquired in some of the operations included in Measure 10 "Agro-Environment and Climate" of the Andalusian Rural Development Program 2014-2020 and, simultaneously, at raising awareness in the sector of the need for sustainable agriculture. The objective of these workshops is to improve the skills of the beneficiaries of these grants and their use of production systems compatible with environmental conservation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8d9ecd02-ddff-4ca8-b477-0f8877ccc020</t>
   </si>
   <si>
     <t>Agronomic evaluation of lentil varieties in Andalusia</t>
   </si>
   <si>
     <t>Legumes are an important source of protein and nutrients for human and animal consumption. They are also a complete and basic food in the Mediterranean diet due to their contribution of fiber, carbohydrates, vitamins, and minerals (iron and potassium).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/018a5d40-16de-466d-913b-a0cf066c055c</t>
@@ -2627,113 +2657,113 @@
   <si>
     <t>The improvement in knowledge of oat cultivation addressed in this document takes as its starting point the innovations incorporated in commercially available seeds. The results presented here are intended to evaluate the new varieties registered in Spain and Europe in relation to their agronomic, productive, disease resistance, and quality parameters.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3fffacd-760e-49ef-b0af-8bcba50b9411</t>
   </si>
   <si>
     <t>Results of Trials on New Barley Varieties in Andalusia. 2018/2019 Crop Season</t>
   </si>
   <si>
     <t>The improved knowledge of barley cultivation offered in this document stems from the innovations incorporated in the seeds sold on the market. Information is provided on new varieties registered in Spain and Europe regarding agronomic, production, disease resistance, and quality parameters.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51a6b7ea-a29f-40d0-8bd2-a4c211c904cf</t>
   </si>
   <si>
     <t>Results of Trials on New Triticale Varieties in Andalusia. 2018/2019 Crop Season</t>
   </si>
   <si>
     <t>The improved knowledge of triticale cultivation offered in this document stems from the innovations incorporated into the seeds currently on the market. Information is provided on new varieties registered in Spain and Europe regarding agronomic, production, disease resistance, and quality parameters.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84b28e55-89ff-4ece-9b25-7cc53b60a79d</t>
   </si>
   <si>
+    <t>Analytical Determinations in Milk</t>
+  </si>
+  <si>
+    <t>Milk has a varied composition (proteins, fats, carbohydrates, vitamins, and minerals), is highly digestible and usable by the human body, and is highly suitable for the production of other food products. This document constitutes the teaching material for the laboratory practices of Module 1: "Reception and Storage of Milk," corresponding to the "Cheesemaking Specialist" Training Program. It describes the analytical determinations to be performed for milk quality control, which ensure compliance with basic regulations regarding hygiene for foods of animal origin (Regulation 853/2004) and the control requirements that dairy sector operators must comply with (Royal Decree 1728/2007 for cow's milk and Royal Decree 752/2011 for sheep and goat's milk). Other highly useful determinations for technological process control are also included.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4c126b0-f732-480d-930e-2bb9b406f553</t>
+  </si>
+  <si>
+    <t>Recommendations for making butter</t>
+  </si>
+  <si>
+    <t>Artisanal cow, goat, and sheep butter is a high-value product that is increasingly being produced by dairy companies, either using cream from skimmed milk or whey intended for the production of dairy products, or by purchasing cream from third-party companies. This paper establishes a series of basic recommendations for artisanal buttermaking, ensuring a product of high technological and sensorial quality.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7cb5a7bc-f596-49c3-9713-b0ffcb4a2f69</t>
+  </si>
+  <si>
+    <t>The Use of Solarization for Disinfection of Systems Used in Soilless Cultivation</t>
+  </si>
+  <si>
+    <t>Most soil-borne pathogens persist in the growing media used in soilless cultures, requiring disinfection or replacement. Solarization is a disinfection system that involves covering the moist growing media with thin, transparent plastic for 4–8 weeks during periods of highest temperature and solar radiation. The main objective of the study was to evaluate the effectiveness of this technique in eliminating several pathogens from growing media in order to select long-lasting systems suitable for disinfection by solarization. The results obtained indicate its effectiveness in eliminating the three pathogens in the four systems tested.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b466f94-e2fe-4f4d-93bc-ebc2f0f23690</t>
+  </si>
+  <si>
     <t>Inorganic Waste Management in Intensive Horticulture</t>
   </si>
   <si>
     <t>Horticulture in southeastern Andalusia covers an area of 31,173 ha (Junta de Andalucía, 2020), which implies a dispersed generation of a large volume of agricultural waste.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d3328bb1-734b-4c84-9183-72016cf2c2e6</t>
   </si>
   <si>
     <t>Results of the Rapeseed Trials in Andalusia. 2016-17 Campaign</t>
   </si>
   <si>
     <t>The importance that rapeseed (Brassica napus) cultivation has taken on in Andalusia, as the cultivated area has grown from just over 1,000 hectares in 2014 to more than 30,000 hectares in 2017, has led IFAPA, being aware of the importance of this crop and that rapeseed can be consolidated as a crop with a future in the alternatives of our region, to decide to start a trial network within the RAEA in order to be able to respond to the farmer in various aspects related to cultivation techniques, behavior of new varieties (Clearfield), treatments and response to new herbicides, resistance to new diseases and treatments to combat them, and a series of other agronomic practices related to this plant.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/745032b7-cfc0-448b-adc9-81a1c15c28ec</t>
   </si>
   <si>
     <t>Non-Chemical Soil Disinfestation Techniques for Strawberry Cultivation</t>
   </si>
   <si>
     <t>Uncertainty surrounding the legal status of the main active ingredients used in soil disinfestation for strawberry cultivation necessitates continued research into physical and biological alternatives that provide farmers with potential work tools in the event of a ban or restriction on the use of currently used options. This study aims to evaluate the agronomic and efficacy of treatments based on low-dose biosolarization with microbiological support and the use of ozone in controlling fungal pathogens and nematodes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/48e31c87-0ae1-4db6-b62a-f3b65baec173</t>
   </si>
   <si>
     <t>Influence of a Passive Heat Accumulator on Microclimate and Bioproductivity in a Greenhouse</t>
   </si>
   <si>
     <t>The use of water-filled plastic sleeves as heat accumulators in the greenhouse is a passive heating system that increases air and plant temperature during the cold season and increases pepper fruit production.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17c380d9-cd75-4036-a72b-27f59bdea821</t>
   </si>
   <si>
-    <t>Analytical Determinations in Milk</t>
-[...25 lines deleted...]
-  <si>
     <t>Effects of the application of olive mill effluents on agricultural soils</t>
   </si>
   <si>
     <t>The extraction of olive oil by physical methods produces large quantities of olive and oil washing water. This water is stored in large ponds for evaporation, and is not reused. In this regard, a study was conducted on the agricultural, environmental, and business benefits and limitations of its use as irrigation in olive groves and on calm soil. Specifically, the study consisted of two aspects. First, it consisted of a complete characterization of the composition and variability of the liquids from the washing of olives and oils in olive mills. Second, it aimed to study the effects of irrigation, evaluating its agricultural utility, as well as the potential generation of wastewater on the soil, plants, and the environment in general. Based on the results compiled during the study, a series of conclusions were drawn regarding the benefits that farmers can obtain from irrigating with effluent, in addition to the obvious contribution of moisture during periods of low rainfall. This also allows recommendations to be made on when to irrigate with effluent.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2e8ecd58-de53-45ac-b0a9-066b253d1856</t>
   </si>
   <si>
     <t>Fertilization Adapted to Crop Needs: Nutrient Absorption Curves</t>
   </si>
   <si>
     <t>Fertilization through high-frequency localized irrigation improves the efficiency of plant nutrient use. The advantages of fertigation lie in the ability to apply nutrients directly to the root zone and according to the plant's nutritional demand. This requires understanding nutrient uptake curves over time. Uptake curves reflect the nutritional changes dependent on plant phenology. The objective of this paper is to provide agricultural technicians and producers with updated and summarized information on basic concepts (daily uptake rate, uptake concentration), as well as on determining crop nutrient uptake curves and examples of N, P, and K uptake curves for tomatoes, peppers, cucumbers, and melons grown under greenhouse conditions on the Mediterranean coast of Andalusia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9699ca21-f82d-40d8-a483-f9f0890e1eff</t>
   </si>
   <si>
     <t>Integrated Management Guide for Stone Fruit Diseases</t>
   </si>
   <si>
     <t>The purpose of this teaching material, "Diseases of stone fruit trees and their management in integrated production," is to assist and guide farmers and advisors in implementing the principles of integrated disease management following the National Action Plan for the Sustainable Use of Phytosanitary Products, and to complement the integrated pest management guide for stone fruit trees prepared by the Ministry of Agriculture, Fisheries and Environment (MAGRAMA).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c9d036b-dc0e-4988-86a7-3f831c2d5220</t>
@@ -3443,104 +3473,104 @@
   <si>
     <t>This publication describes an approach for estimating crop water requirements by integrating remote sensing information into the guidelines contained in FAO Manual 56. Accurate estimation of crop water consumption, or evapotranspiration (ET), allows irrigation inputs to be adjusted to actual plant needs. This would optimize water use, reducing the environmental impact of irrigation. This document serves as a guide and explains step by step the calculation procedure for applying this approach, from data collection to ET estimation, listing different tools for visualization and processing. Finally, several examples of practical applications in agricultural and natural vegetation areas are presented.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9d8c96ec-5a22-4a55-a4c0-581dada82c13</t>
   </si>
   <si>
     <t>Remote sensing for agriculture</t>
   </si>
   <si>
     <t>This publication provides a series of basic concepts on the use of remote sensing focused on the agricultural sector. The various sections of the document detail the fundamental characteristics and resolution of the data provided by remote sensors, as well as the main satellites currently available for agricultural applications. The document also describes the characteristics of the images, with particular emphasis on information processing prior to their use. Finally, some examples of the use of sensors in the agricultural field are presented, such as in the precise monitoring of crop health, in the estimation of biomass production, and in the monitoring of water stress, among others.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bdac6055-21a9-4dd7-8cba-06a3e9d67873</t>
   </si>
   <si>
     <t>Results of New Oat Varieties Trials in Andalusia 2019/2020 Campaign</t>
   </si>
   <si>
     <t>This publication aims to incorporate an element of interest into farmers' decision-making, since knowledge of variety adaptability and behavior is crucial for knowing what to sow based on the harvest's intended use. The constant need to evaluate and characterize new oat varieties launched on the market is vital for providing proper advice to the production sector, thus influencing its greater professionalization.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21c42c4a-83aa-43f1-82a1-13771ee18e14</t>
   </si>
   <si>
+    <t>Sunflower Growing Guide</t>
+  </si>
+  <si>
+    <t>This cultivation guide aims to provide information on sunflower plant development, current trends in cultivation techniques, different planting methods and seasons, as well as the most common diseases and pests in Andalusia. The document provides information on the results obtained in recent years from trials of varieties resistant to the "F" race of thorns and new herbicide-resistant genetic material. Yields obtained from winter-sown sunflower trials can also be consulted.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c8516ca-e9d5-4783-aec3-34c450712550</t>
+  </si>
+  <si>
+    <t>Growing Guide for Sweet Vetch</t>
+  </si>
+  <si>
+    <t>This guide contains the information needed to successfully cultivate vetch (Lathyrus sativus) under extensive dryland conditions, using conventional, integrated, or organic production models.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cfce4075-b1d9-4fc6-ab1c-cc01f8644449</t>
+  </si>
+  <si>
+    <t>Sustainable rainfed herbaceous cropping systems. Operation 10.1.4</t>
+  </si>
+  <si>
+    <t>This "Agro-Environment and Climate" Training Day is part of the actions aimed at ensuring proper compliance with the agro-environmental commitments acquired in some of the operations included in Measure 10 of the Andalusian Rural Development Program (PDRA). The objective sought to achieve with the delivery of these workshops is to improve the capacities of the beneficiaries of the aid and raise awareness among the agricultural population in the use of production systems compatible with environmental conservation, as well as to inform them about the PDRA and the commitments signed. The Andalusian Institute for Research and Training in Agriculture, Fisheries, Food and Organic Production (IFAPA) has among its objectives the design and development of actions aimed at training workers, technicians and professionals in the agricultural, food and fishing sectors. The development of these manuals is part of the activities developed by IFAPA to transfer</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/08bf06d6-20e0-45f5-bd39-0533d1a6861a</t>
+  </si>
+  <si>
     <t>Adoption and Industrial and Marketing Practices Associated with the ISO 9001 Standard in the Andalusian Olive Oil Industry</t>
   </si>
   <si>
     <t>Spain and Andalusia are the world's leading olive oil exporters, experiencing strong growth in recent years. This has led to an increased demand for internationally recognized quality standards, one of the most important being ISO 9001. The objectives of this study are to define the factors that have influenced the adoption of ISO 9001 in the Andalusian olive oil industry; to examine whether the adoption of ISO 9001 by industries is associated with the use of differentiated industrial and marketing practices; and to generate knowledge for the design of public policies to promote the adoption of the standard in the sector and improve associated industrial and marketing practices.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3466a464-29d1-4f3e-a0e7-23aa5cc53186</t>
   </si>
   <si>
     <t>Bitter Almond Detection by Near Infrared Spectroscopy (NIRS)</t>
   </si>
   <si>
     <t>Near Infrared Spectroscopy (NIRS) is a non-destructive analytical technique that allows the differentiation of bitter almonds, with more than 5 mg/g of amygdalin, from non-bitter almonds.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81594322-fb67-4ad4-9289-e7b022528c73</t>
   </si>
   <si>
     <t>Outdoor Watermelon Growing Guide</t>
   </si>
   <si>
     <t>This growing guide aims to provide information on the outdoor cultivation method for watermelons (Citrullus lanatus). This crop occupies 9% of the world's vegetable crop area. Andalusia is the leading region in both cultivated area and production. This document provides a botanical description of the plant, planting techniques, cultivation requirements and management, pests and diseases, as well as the main varieties and types of watermelons. Finally, production costs are presented, taking into account the irrigation system used.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/10fe84b7-8254-463c-9909-40e9b159cc1c</t>
   </si>
   <si>
-    <t>Sunflower Growing Guide</t>
-[...25 lines deleted...]
-  <si>
     <t>Varietal Distribution in Strawberry Cultivation in Huelva. 2017-2018 Crop Season</t>
   </si>
   <si>
     <t>This document presents the varietal composition, expressed in percentages of plants per variety, for the current 2017/2018 crop season, as well as the participation of each breeding program. This work is based on information provided by breeding companies or licensees of the main strawberry breeding programs.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50c3aaf9-4fd3-4bce-9947-ed28ede3aed6</t>
   </si>
   <si>
     <t>Strawberry Variety Distribution in Huelva. 2018-2019 Crop Season</t>
   </si>
   <si>
     <t>This document presents the varietal composition, expressed in percentages of plants per variety, for the current 2018/2019 crop season, as well as the participation of each breeding program. This work is based primarily on information provided by breeding companies or licensees of the main strawberry breeding programs.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6dd741e8-f54a-498e-a5a5-aa62dcaaf637</t>
   </si>
   <si>
     <t>Strawberry Varietal Overview in Huelva. 2012-2015 Period</t>
   </si>
   <si>
     <t>This technical report presents the information obtained from the last three growing seasons (2012-2013, 2013-2014 and 2014-2015) regarding the estimated varietal distribution in Huelva, in terms of the percentage of plants in production.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4a000e7f-9bfa-43e2-a774-f69339bccaaa</t>
@@ -3587,104 +3617,104 @@
   <si>
     <t>The purpose of this paper is to present the potential that the use of different techniques and products offers for citrus cultivation. In this vein, and as part of IFAPA's ongoing research, we present the results of an experimental trial evaluating grating and the use of natural plant growth regulators to improve fruit set in Navel Powell.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/928d8a63-0b2f-455f-bd18-dd638bf9e42d</t>
   </si>
   <si>
     <t>Is the Andalusian olive grove profitable? An analysis by production system.</t>
   </si>
   <si>
     <t>Over the last decade, there has been an intense debate about the economic sustainability of Andalusian olive groves, where mountain and traditional systems coexist with intensive ones. This study aims to contribute to increasing knowledge about their profitability. To this end, a multi-stage survey of olive farms was conducted to establish their cost structure. The results show that the unit cost of producing one kilogram of olive oil is significantly higher in mountain and traditional systems than in intensive ones. So much so, that these systems are highly dependent on direct subsidies, which have become established as the instrument that guarantees their economic viability. Olive grove conversion is a feasible option, in certain locations, that can be promoted by the regional administration so that it can be addressed jointly by farmers, incentivizing the creation of farm management units.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7ca5ff9a-0e6a-46d7-85d0-9c3b56f78ab3</t>
   </si>
   <si>
     <t>The regeneration of trees in the dehesa</t>
   </si>
   <si>
     <t>Unit 1 describes in detail the role of trees in this system, sets out the process of natural tree regeneration, as well as the factors that promote and hinder it in the dehesa, and characterizes the state of tree regeneration in the dehesa in Andalusia. Unit 2 presents some of the strategies that could be used depending on the initial situation, and the precautions that must be taken to maximize their success. Unit 3 presents some strategies that can improve the conservation of these plant formations in a way that is compatible with other uses of the property. The manual concludes with a practical exercise that seeks to consolidate the main knowledge presented.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/61335217-8519-4e73-83df-b100ad9b0004</t>
   </si>
   <si>
+    <t>Irrigation recommendations for almond cultivation in Andalusia under drought conditions</t>
+  </si>
+  <si>
+    <t>In recent years, almond cultivation has gone from being relegated to unproductive, dryland areas to becoming a clear alternative to other traditional crops in highly fertile agricultural areas, making intensive use of irrigation.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1ln</t>
+  </si>
+  <si>
+    <t>Results of Clearfield and Sulfo Sunflower Variety Trials in Andalusia. 2019 Crop Season.</t>
+  </si>
+  <si>
+    <t>In recent years, new sunflower varieties have appeared on the market. These varieties are characterized by their genetic resistance to certain herbicide treatments, providing acceptable control of broad- and narrow-leaved weeds, as well as the common bean (Orobanche cumana). These varieties, many of which have high oleic (HO) characteristics, are occupying more and more planted areas each year. These varieties can be planted earlier since dicot control can be achieved with herbicide treatments, allowing the crop to better take advantage of winter and spring rains.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d73d15a6-2498-42e6-80c7-adcaf70c8516</t>
+  </si>
+  <si>
+    <t>Effect of irrigation pulse duration on iceberg lettuce production and quality</t>
+  </si>
+  <si>
+    <t>In high-frequency localized irrigation, the factor that most influences irrigation distribution within a plot is the duration of the irrigation pulse. This study evaluates the effect of irrigation pulse duration on the production and quality of an Iceberg lettuce crop grown on a sloping plot. The trial was conducted during a short summer cycle in Huéneja (Granada). Plot area was shown to be a determining factor in both the yield obtained and the percentage of top-quality lettuce.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04408a5e-908b-4bc4-8db1-708e052dcdd4</t>
+  </si>
+  <si>
     <t>Post-emergence herbicide trial against Centaurea diluta in durum wheat</t>
   </si>
   <si>
     <t>Centaurea diluta infestations are becoming increasingly frequent and significant in the Andalusian countryside. This species belongs to the Compositae family and in southern Spain undergoes staggered emergence from the first autumn rains until well into spring, which is why it is found in many alternative crops, practically all of them. It also grows rapidly and surpasses cultivated plants in height, reaching well over 2 m in height under favorable conditions, making it highly competitive. This species is currently clearly expanding. It is quite tolerant to many authorized herbicides. In previous years, two trials with pre-emergence herbicides were conducted, but with little success, as the best products were recently deregistered for Spain (Alcántara et al., 2016 and Saavedra et al., 2017). However, several authorized post-emergence herbicides provide good control of C. diluta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7448c104-d746-40b8-86bb-797223c47afe</t>
   </si>
   <si>
     <t>Post-emergence herbicide trial against Ridolfia segetum and Centaurea diluta on malting barley</t>
   </si>
   <si>
     <t>Under the conditions of the Cordoba countryside, in a year with favorable weather conditions for crop and weed development, malting barley proved to be highly competitive with weeds, more so than wheat, as observed in previous trials.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a59defed-a900-4525-9048-b9ffbfb6481c</t>
   </si>
   <si>
     <t>Assessment of Sunflower Damage Caused by Sulfonylurea Residues and the Effect of Water Deficit</t>
   </si>
   <si>
     <t>In the springs of 2015 and 2016, phytotoxicity damage was observed in sunflower crops attributed to residues of sulfonylurea herbicides applied to the previous wheat crop. This study proposes new trials to expand on previous studies. Specifically, it aims to determine whether a lower soil water content aggravates the herbicide's effect, whether the herbicide's effect diminishes after several cultivation cycles of plants in the same soil, and to study the symptoms caused by the herbicide in plants grown in a liquid hydroponic medium, which allows for better observation of root development.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0213067d-cb8d-4c1a-827d-e64edab32c4c</t>
   </si>
   <si>
-    <t>Irrigation recommendations for almond cultivation in Andalusia under drought conditions</t>
-[...25 lines deleted...]
-  <si>
     <t>Soil Diseases of Pepper Crops Covered with Plastic in Southeast Andalusia</t>
   </si>
   <si>
     <t>This paper describes the soil-borne diseases detected in pepper crops grown under plastic in southeastern Andalusia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/451f75a4-007c-4365-b68a-8b0d1fc87063</t>
   </si>
   <si>
     <t>Diseases Caused by Soil-Borne Fungi in Eggplant Crops Covered with Plastic in Southeast Andalusia</t>
   </si>
   <si>
     <t>This paper describes the diseases caused by soil-borne fungi detected in eggplant crops grown under plastic in southeastern Andalusia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b5d2e52-f13c-4061-9bcc-4b6cf7e9fa3f</t>
   </si>
   <si>
     <t>Effect of Black Mesh Mulching on Clementina de Nules Under Salinity Conditions. Almería, 2015-2016 Crop Season</t>
   </si>
   <si>
     <t>This study aims to study the effect of mesh mulching under these growing conditions. The objective of this study is to evaluate the effect of black mesh mulching and two water regimes (100% ETc and 66.6% ETc) on the Clementina de Nules variety under saline irrigation water (low-quality, high-conductivity water) and plot soil conditions in the province of Almería.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4dc7b098-73ef-440b-a5fb-f8c345b2c2ec</t>
@@ -3830,194 +3860,194 @@
   <si>
     <t>This paper presents data obtained during the 2017/2018 crop season, during which a total of 12 varieties were characterized, selected from those currently available on the market. Specifically, this study was conducted at the El Cebollar Experimental Farm (part of IFAPA), where conventional cultivation techniques were used, with the exception of biosolarization for soil disinfection prior to planting.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f2132b28-eb5b-47ff-b020-a1c39a8f88bd</t>
   </si>
   <si>
     <t>Strawberry Variety Evaluation: Results Obtained in Soilless Cultivation. 2017/2018 Crop Season</t>
   </si>
   <si>
     <t>This paper presents data obtained during the 2017/2018 campaign, during which a total of 12 varieties selected from those currently available on the market were characterized in soilless cultivation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c1bfedfe-0af8-4c08-bcdb-a35f1d22e893</t>
   </si>
   <si>
     <t>Diseases linked to Chestnut Drought in Huelva</t>
   </si>
   <si>
     <t>This paper presents the main results obtained from analyzing the incidence and causes of chestnut decline in the Sierra de Aracena and Picos de Aroche mountains. The affected area is described, as well as the symptoms and main diseases present in the area. Finally, a proposal for actions to reduce the incidence and spread of the main pathologies detected is made.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff070672-7214-4f3b-8e19-7f375f44c3fd</t>
   </si>
   <si>
+    <t>Oenological Potential of the Doradilla and Vijiriega Grape Varieties Cultivated in Andalusia</t>
+  </si>
+  <si>
+    <t>This work presents the results of winemaking from two minority varieties grown in</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f97be1-e121-4d81-aacf-78b9373caff7</t>
+  </si>
+  <si>
     <t>Preparation of a Garlic Extract Rich in Healthy Compounds</t>
   </si>
   <si>
     <t>This work presents the results of various extraction methods of compounds of nutritional and health interest in two varieties of garlic (white and purple).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e057cb85-3f06-48a9-a6b3-1eaba717951a</t>
   </si>
   <si>
-    <t>Oenological Potential of the Doradilla and Vijiriega Grape Varieties Cultivated in Andalusia</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f97be1-e121-4d81-aacf-78b9373caff7</t>
+    <t>Organoleptic and Nutraceutical Characterization of Five Strawberry Varieties</t>
+  </si>
+  <si>
+    <t>This paper presents the nutritional, organoleptic and functional characterization of five strawberry varieties during the years 2010 and 2011 in Spain: Fuentepina, Amiga, Camarosa, Candonga and Primoris.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76051c55-042c-4404-8063-263985f38319</t>
+  </si>
+  <si>
+    <t>Raspberry irrigation schedules based on historical weather data</t>
+  </si>
+  <si>
+    <t>This paper presents a trial of different irrigation schedules for raspberry cultivation in the province of Huelva. Treatment T1 applied the irrigation resulting from the ETo calculation under clear-sky conditions. Treatment T2 applied a schedule based on the AEMET weather forecast on a weekly basis. Treatment T3 applied a schedule based on the historical average ETo over the past 20 years. Finally, the control treatment (T4) received the irrigation applied to the rest of the field. Using the irrigation schedule for raspberry cultivation, based on historical series of meteorological data to estimate ETo, allowed for yields similar to those achieved using an irrigation schedule based on the AEMET weather forecast or under clear-sky conditions, with the advantage of having a fixed schedule at the beginning of the season that can be used from one season to the next.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1l9</t>
+  </si>
+  <si>
+    <t>Volatile Characterization of Organic and Conventional Orange Juice (cv. Salustiana)</t>
+  </si>
+  <si>
+    <t>This paper presents a method for analyzing volatiles in oranges using a rapid, clean, and environmentally friendly technique (solid-phase headspace microextraction coupled with gas chromatography-mass spectrometry) to determine the volatiles that contribute to the aroma of oranges. This method is useful not only for characterizing oranges but also for discriminating between organic and conventional cultivation systems using statistical analysis. However, applying this technique to discriminate between orange cultivation systems requires additional studies with more varieties and years of measurement, as well as a deeper understanding of the causes of these differences.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34cff86a-dae1-40b1-a80f-adb18b3b2b69</t>
+  </si>
+  <si>
+    <t>Confirmation of Hybrids in Chickpeas with DNA Testing</t>
+  </si>
+  <si>
+    <t>This paper presents two cases (for Orobanche and Fusarium) that confirm the hybrid nature of F1 plants obtained from directed crosses in the Córdoba chickpea breeding program. The verification was performed using molecular markers selected based on polymorphism between the parents of the cross, an essential requirement for their use. Confirming the hybrid nature of crosses is of utmost importance since verification is performed at the seedling stage, allowing us to discard F1 seeds that do not originate from the desired cross, saving time, space, effort, and therefore money.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7361391-8b46-4dd3-a0f4-0328ee879add</t>
+  </si>
+  <si>
+    <t>Morphological Variability in Broad Beans and Chickpeas</t>
+  </si>
+  <si>
+    <t>This paper presents the morphological variability of broad beans and chickpeas collected at the IFAPA Legume Germplasm Bank in Córdoba. This variability is being used in Córdoba's breeding programs for both crops to obtain new varieties and to develop molecular markers associated with traits of agronomic interest that aid in more effective and efficient selection of new materials. Both crops are important grain legumes in Andalusia and are characterized by their high protein content and their ability to fix atmospheric N2. Furthermore, they are an important source of macro- and microelements beneficial to health, making them crops of great interest for both human consumption and animal feed.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5588b038-45eb-44e9-803e-0209459c89a8</t>
   </si>
   <si>
     <t>Composting of Plant Remains from Extensive Crops and Fruit Trees in Andalusia</t>
   </si>
   <si>
     <t>This paper presents the initial results of the "CompostAnd" project, which addresses the sustainable management of plant residues from extensive and fruit crops typical of Western Andalusia. It justifies the need for composting as a response to various problems facing the agricultural sector, transforming it into an economic and environmental opportunity. It presents the initial experiences carried out by IFAPA in the composting of plant residues typical of Western Andalusia, such as straw, citrus fruit remains from detritus, and pruning waste. It also details the parameters to be measured and the handling of the compost to ensure its stability and final quality.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45083272-d36a-4111-a0a8-d6b01c9e4bc1</t>
   </si>
   <si>
     <t>Effect of Sun Exposure on Fruit Quality in Different Strawberry Varieties</t>
   </si>
   <si>
     <t>This study aimed to test the effect of light exposure level on strawberry fruit quality and assess whether the differences observed between varieties are due to the architecture or biochemistry of each variety. Four of the most representative varieties were analyzed during the 2015-16 campaign, differentiating between light-exposed and non-light-exposed fruits. The main results showed that light exposure affects fruit quality, both in terms of flavor and antioxidant concentration. Therefore, it is a factor to consider when guiding cultivation, although the magnitude of the effect depends on the variety.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5bd1cb6b-186f-43d3-9b7a-6b32e6cdff3e</t>
   </si>
   <si>
     <t>Effectiveness of Different Chemical Soil Disinfestation Techniques in Strawberry Cultivation. 2017-18 Crop Season</t>
   </si>
   <si>
     <t>This paper presents the results of agronomic evaluation and the effectiveness of important combinations of chemically derived active ingredients and novel application techniques in controlling fungal pathogens and nematodes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d8d6ae2-b68e-474d-85a3-ddf0fb59a967</t>
   </si>
   <si>
     <t>Determination of the Bioavailability of Strawberry Antioxidant Compounds for Use in Breeding Programs</t>
   </si>
   <si>
     <t>This work raises the need to include in strawberry breeding programs not only the quantification of the fruit's antioxidants but also the quantification of the fruit's potentially bioactive antioxidants, that is, those that can exert a beneficial effect on human health. To this end, we present an in vitro method that simulates typical human digestion and can be used as a tool in developing healthy strawberry varieties.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5eaba83-0b97-4c86-933a-a29a50e07c4d</t>
   </si>
   <si>
-    <t>Organoleptic and Nutraceutical Characterization of Five Strawberry Varieties</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5588b038-45eb-44e9-803e-0209459c89a8</t>
+    <t>Application of NIRS Technology for Quality Assessment in Whole Wheat Grain</t>
+  </si>
+  <si>
+    <t>In this work, prediction models are developed to instantly determine various quality parameters (moisture, protein, hectoliter weight, thousand-grain weight, etc.) in whole wheat grains using a laboratory NIRS instrument. The models obtained have adequate predictive capacity.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cbde0c4f-ede5-49b7-8926-0bdcbd7073fc</t>
+  </si>
+  <si>
+    <t>The CAP reform in the olive groves of the province of Jaén</t>
+  </si>
+  <si>
+    <t>This paper describes the main changes introduced by the CAP reform and discusses their impact on the amount received per hectare for olive groves in the province of Jaén, defining the effects of internal convergence in the regions of Jaén.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/790a7cad-b46f-4fb2-a5f8-4972b945e409</t>
   </si>
   <si>
     <t>Comprehensive Pest Management of Stone Fruit Trees.</t>
   </si>
   <si>
     <t>This teaching material reviews the main theoretical and practical aspects that may be useful in combating the main pests of stone fruit trees in our region, within the framework of the Integrated Production Program contemplated in the Regulations for Integrated Production of Peach, Plum, and Apricot Trees in Andalusia (BOJA, 2013). This publication aims to provide farmers and sector technicians with a useful and easily accessible tool to facilitate the practice of integrated management of pests that attack our stone fruit trees.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ebd9bd7-a32d-40e6-af2e-de54c93a4576</t>
   </si>
   <si>
     <t>Production of High-Quality Durum Wheat under Irrigated Conditions</t>
   </si>
   <si>
     <t>In this study, using high-quality durum wheat varieties, a study was conducted in two locations: Santaella (Córdoba) and Jerez de la Frontera (Cádiz). Different irrigation strategies were tested, with particular emphasis on the timing of the final irrigation. The application of greater amounts of water and a delay in the date of the final irrigation led to increased yields in all tested varieties without affecting grain quality, with all varieties classified in group 1. In addition, the use of a growth regulator was studied, which will reduce the height of the first internodes of the plants, hindering lodging. It has been shown that the application of a growth regulator does not produce losses in the yield or grain quality of the durum wheat varieties studied; therefore, its use will allow higher irrigation doses to be applied without the risk of increasing plant height and resulting lodging.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/efc09b3f-8826-4c19-be69-127cb53e23e3</t>
   </si>
   <si>
     <t>Instantaneous Protein Analysis in Wheat Grain Using a Portable NIR Instrument</t>
   </si>
   <si>
     <t>In this work, prediction models are developed to use a portable NIRS instrument to determine the protein content of whole wheat grains instantly and in situ. The models obtained have adequate predictive capacity.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c6e66cc-870b-41b3-84ed-01f4916d7ab3</t>
   </si>
   <si>
-    <t>Application of NIRS Technology for Quality Assessment in Whole Wheat Grain</t>
-[...16 lines deleted...]
-  <si>
     <t>Characterization of the Bioavailability of Antioxidant Compounds in Two Strawberry Varieties. 2016/2017 Crop Season</t>
   </si>
   <si>
     <t>This paper details the results of the 2016-2017 campaign regarding the study of the bioavailability of antioxidant compounds in two strawberry varieties, Primoris and Fortuna, with the aim of providing a markedly biohealthy characterization of these varieties.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/10284c05-e32b-401e-b174-aa3082a6168a</t>
   </si>
   <si>
     <t>Effect of Water Reduction on the Organoleptic and Functional Quality of Raspberry</t>
   </si>
   <si>
     <t>This paper details the results regarding the organoleptic and functional quality of a water-cutting trial on a raspberry variety carried out during the 2017 campaign in Huelva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9c7792b9-5689-4f1c-96e0-b934d9703301</t>
   </si>
   <si>
     <t>Effects of Using Microperforated Plastics on the Quality and Shelf Life of Strawberries</t>
   </si>
   <si>
     <t>This study studies the postharvest behavior of different strawberry varieties during cold storage and simulated retail conditions, using different types of microperforated plastic in the packaging of strawberry tubs.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c6de9d6-d7de-4704-91ba-89c787e8092a</t>
@@ -4208,95 +4238,95 @@
   <si>
     <t>This document presents the results obtained in a trial on the differentiation of various cucumber varieties grown in Andalusia using conventional and organic systems, using the analytical technique of isotope ratio mass spectrometry.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f5101bb6-4623-4eee-8d95-a859a3981172</t>
   </si>
   <si>
     <t>Organic Certification of Chickpeas Using Stable Nitrogen Isotopes</t>
   </si>
   <si>
     <t>This document presents the results obtained for the differentiation, by isotope ratio mass spectrometry (IRMS), of chickpeas of the Fardón variety, grown in two different soils and with different types of fertilizer, some suitable for conventional cultivation and others for organic cultivation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88cd2601-97d3-4833-a11d-4f6dd243817b</t>
   </si>
   <si>
     <t>Integrated Pest Management Guide</t>
   </si>
   <si>
     <t>This document reviews the main theoretical and practical aspects that may be useful in combating the main pests of stone fruit trees in our community, within the Integrated Production Program contemplated in the Regulations for Integrated Production of peach, plum and apricot trees in Andalusia (BOJA, 2013).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3c216cb3-5d8b-4586-80ab-d7cea8443a69</t>
   </si>
   <si>
+    <t>Inoculation Protocol with Fusarium oxysporum f. sp. ciceris in Chickpea</t>
+  </si>
+  <si>
+    <t>This document presents the procedure for inoculating chickpeas with the soil-borne fungus Fusarium oxysporum f.sp. ciceris under controlled conditions. This procedure enables anyone interested to carry out this process. Although focused on Fusarium oxysporum, this manual will be useful for other fungal species that penetrate the root, as well as for other susceptible species that are infected in the same way. Correct genotype selection is essential in any breeding program, so it is very important to have adequate protocols that allow for reliable selection.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef635d93-2dfb-4068-b76a-35665ec2bad7</t>
+  </si>
+  <si>
+    <t>Analysis of the Pungency of 110 Cultivars of Peppers (Capsicum annuum L.)</t>
+  </si>
+  <si>
+    <t>This paper presents the results of the capsaicin content of a collection of 110 new pepper varieties developed by a company in Andalusia, finding values between 200 and 250,000 Scoville units.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0cdab447-e0d9-4969-9731-b15a5c129398</t>
+  </si>
+  <si>
     <t>Effect of Electrical Conductivity of Irrigation Water and Carbon Fertilization on the Conservation of Raf Tomato</t>
   </si>
   <si>
     <t>This document presents the results of a study that evaluates the effect of the electrical conductivity (EC) of the nutrient solution and carbon dioxide fertilization through the addition of CO2 to the greenhouse on the quality and shelf life of Raf tomato (cv. Delizia).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c11ea844-a941-427f-99e7-7e65008b164d</t>
   </si>
   <si>
-    <t>Inoculation Protocol with Fusarium oxysporum f. sp. ciceris in Chickpea</t>
-[...7 lines deleted...]
-  <si>
     <t>Technical evaluation of the effect of working pressure on phytosanitary applications with a manual spray lance on greenhouse tomato crops.</t>
   </si>
   <si>
     <t>This document presents a technical evaluation of three phytosanitary applications carried out with a manual spray lance at different working pressures (20 bar, 15 bar and 10 bar), determining the quantity of sprayed product that falls on the plant mass, the uniformity of the distribution of the applied product on the plant and the losses to the soil of the sprayed product generated, with the aim of optimizing the operational parameter "working pressure".</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c35a3b24-4dc3-49d5-a473-f1af85821d51</t>
   </si>
   <si>
     <t>Organic and Conventional Oranges. Overall and Sensory Quality</t>
   </si>
   <si>
     <t>This document presents the physical-chemical and sensory quality results of two orange varieties, Navelina and Salustiana, widely cultivated in the Guadalquivir Valley, in conventional and organic cultivation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9432afc-949b-436f-a9a6-bbf2ff8eb78c</t>
   </si>
   <si>
-    <t>Analysis of the Pungency of 110 Cultivars of Peppers (Capsicum annuum L.)</t>
-[...7 lines deleted...]
-  <si>
     <t>Recommendations to Reduce the Impact of Drought on Citrus Fruits</t>
   </si>
   <si>
     <t>This document provides the most appropriate recommendations for efficient water management in citrus cultivation in situations of water scarcity and under different availability scenarios. To this end, it is important to differentiate different action groups based on the authorized water allocation for the campaign, and recommendations or strategies to follow in each case will be made:</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3b58e877-2b7a-4164-a98c-c4becb4302c3</t>
   </si>
   <si>
     <t>Traditional Irrigation Systems in Andalusia: Definition, Characterization, Values and Problems</t>
   </si>
   <si>
     <t>This document defines historical or traditional irrigation systems, characterizes them, lists their values, and addresses their current problems. Traditional irrigation systems, in addition to providing productive value that generates economic growth and employment, provide significant ecosystem services and are of special social, heritage, landscape, and historical importance. The survival of these systems depends on economically sustainable agricultural activity, as they must compete with other production systems in the market economy. To achieve this, product differentiation (e.g., organic farming and livestock farming), increased productivity (diversification, new crops), and the search for new marketing channels and markets, among other factors, must be sought.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e584da2e-6277-43f8-9956-9849bf20d65a</t>
   </si>
   <si>
     <t>Making Quince Preserves</t>
   </si>
   <si>
     <t>This document describes the production process for nine types of preserves made from quince fruit and a quince leaf infusion. Process flow diagrams, product analytical characteristics, yield, and sensory evaluation are presented.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39cb01b8-b27a-4952-bdd6-505750a17cb8</t>
@@ -4442,77 +4472,77 @@
   <si>
     <t>This document presents the results obtained from the agronomic evaluation of twelve strawberry varieties at the Flor de Doñana partner farm in the municipality of Almonte, using organic farming techniques (EC Regulation 834/2007). This work was conducted to generate objective information about the performance of the studied varieties under the indicated conditions. This document is offered as a tool for farmers and technicians to facilitate varietal selection given the wide range of available varieties.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04efd11e-e806-45dd-823c-b2879ba72ec7</t>
   </si>
   <si>
     <t>Strawberry Variety Evaluation. Results Obtained in Conventional Cultivation with Biosolarized Soil. 2016/2017 Crop Season</t>
   </si>
   <si>
     <t>This document presents the results obtained at the 'El Cebollar' Experimental Farm during the agronomic evaluation of twelve strawberry varieties using conventional cultivation techniques, with the exception of the use of biosolarization for soil disinfection prior to planting. This work was conducted to generate objective information about the performance of the studied varieties under the indicated conditions. This document is offered as a tool for farmers and technicians to facilitate varietal selection given the wide range of varieties currently available.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/05efd1f5-71a5-4b8e-9f31-b1125532e44b</t>
   </si>
   <si>
     <t>Strawberry Variety Evaluation: Results Obtained in Conventional Cultivation with Chemically Disinfected Soil. 2016/2017 Crop Season</t>
   </si>
   <si>
     <t>This document presents the results of the agronomic evaluation of twelve strawberry varieties at the collaborating farm 'Fresperiquito' using conventional cultivation techniques (chemical soil disinfection with 1,3 dichloropropene plus chloropicrin). This work was conducted to generate objective information about the performance of the studied varieties under the indicated conditions. This document is offered as a tool for farmers and technicians to facilitate varietal selection given the current wide range of available varieties.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9a4575a4-087a-4d64-afd3-0164a7b8a957</t>
   </si>
   <si>
+    <t>Improving strawberry quality and production in recirculating hydroponic cultivation using different fertigation strategies.</t>
+  </si>
+  <si>
+    <t>In this work (Degree Thesis), three strawberry varieties were studied, two of them short-day, 'Primoris' and 'Festival', and one day-neutral, 'Albion', each with a different planting date. The effect of increased salinity on fruit production and quality during the generative phase was evaluated by increasing the NaCl concentration in the nutrient solution from 8 mmol/L to 12 mmol/L in one of the treatments, and to 19 mmol/L in the other. This was done to confirm that adding salinity during the initial phase of fruit development, rather than producing negative effects, actually produces certain benefits, as it improves the properties of the fruits subjected to it. These three varieties were studied throughout the entire cycle, and the following conclusions were obtained: It was confirmed that increased salinity does not affect fruit production. In very early plantings, there has been no increase in early production due to extreme weather conditions. Regarding quality, increased salinity favored fruit quality, increasing soluble solids content, titratable acidity, and firmness. Soluble solids content, measured in °Brix, increased with the applied salinity level, and this response was more pronounced as the time (days) the plants were subjected to salt stress increased, coinciding with an increase in solar radiation intensity and temperature. Regarding nutritional components, salinity decreased vitamin C content, while the increase or decrease in polyphenols with salinity was determined by the variety. In the sensory evaluation, the tasters did not detect the differences obtained in the analytical results regarding acidity and °Brix. In the 'Festival' and 'Albion' varieties, the differences found favored the higher salinity treatment. In the 'Primoris' variety, the differences were favorable for the treatment with less salinity.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/434b09a5-95ee-47cb-a6fa-2e3c5f87d5ac</t>
+  </si>
+  <si>
     <t>Technology of ecological greenhouses on the Almería and Granada coast</t>
   </si>
   <si>
     <t>This study describes the main characteristics of organic greenhouses located on the coast of Almería and Granada, based on a survey of 150 organic vegetable producers in the study area. Specifically, it describes the main technologies used by producers in their greenhouses, and finally compares organic and conventional production systems.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99edb4cb-7ac9-4833-ada7-bf1aad3e8078</t>
   </si>
   <si>
     <t>Prospecting for new olive genetic resources in Andalusia</t>
   </si>
   <si>
     <t>This project aims to enrich the World Olive Germplasm Bank with new material (landrace varieties) from Andalusia and increase the representativeness of Andalusian wild populations in the wild olive collection also housed at the IFAPA Center in Córdoba. The identification and diversity study of this material has been carried out using DNA molecular markers.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14b52297-0270-42a3-af97-6691bd34d19f</t>
   </si>
   <si>
-    <t>Improving strawberry quality and production in recirculating hydroponic cultivation using different fertigation strategies.</t>
-[...7 lines deleted...]
-  <si>
     <t>Overall Quality (Morphological, Organoleptic and Functional) and Production of Three Citrus Varieties from the Blancas Group in the Guadalquivir Valley</t>
   </si>
   <si>
     <t>This paper presents the results obtained in an experimental trial carried out on a plot located in Hornachuelos (Córdoba-Andalusia) during three study campaigns, 2016/2017, 2017/2018 and 2018/2019. Data on general fruit quality, morphological, organoleptic and functional, and production of three varieties of sweet oranges from the Blancas group, `Barberina´, `Valencia Midknight´ and `Valencia Delta Seedless´, grafted onto the Forner-Alcaide nº 5 rootstock, are presented. The methodology used in the trial as well as the results and conclusions obtained are presented.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2c642587-97af-44ad-971e-92e663df6452</t>
   </si>
   <si>
     <t>Utilization of bunch-thinning grapes for the production of an extract enriched with bioactive stilbenes</t>
   </si>
   <si>
     <t>In grape cultivation, the utilization of by-products is an important factor for sustainable production. One of these by-products is the grapes from the thinning of red grape bunches, which are normally discarded.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2513b221-50c5-4e7e-ac8f-0cd399c1d28c</t>
   </si>
   <si>
     <t>Farmers' opinions on olive grove vegetation cover</t>
   </si>
   <si>
     <t>In olive cultivation, the use of plant covers has been implemented and extended as a cultural practice in the last decade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/41f3665a-d9a2-4486-910f-f7cf216c5b39</t>
@@ -4685,104 +4715,113 @@
   <si>
     <t>Vinegar is a product as old as wine and found in most homes, yet knowledge about it is scarce and poorly disseminated.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759a1d9b-d25c-4937-b59b-83ba54464d65</t>
   </si>
   <si>
     <t>Recommendations for Making Pedroches Cheese</t>
   </si>
   <si>
     <t>Pedroches cheese is one of the five traditional sheep's milk cheeses from Andalusia included in the catalog of Spanish cheeses. It is made with raw Merino sheep's milk and coagulated by adding rennet, a plant-based coagulant derived from the dried flowers of the cardoon Cynara cardunculus. This work establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e385964-a440-41be-aae5-4158bef17f50</t>
   </si>
   <si>
     <t>Recommendations for Making Soft Sheep Cheese</t>
   </si>
   <si>
     <t>Soft sheep's milk cheese is traditionally considered a ripened cheese made from enzymatically coagulated raw milk, coagulated with a plant-based coagulant derived from the dried flowers of the cardoon Cynara cardunculus, and aged for a minimum of 60 days. This type of cheese was initially referred to by shepherds as "avería" (a cheese with a thin rind and a creamy interior, unlike traditional cheeses). Today, this type of cheese is called "tortas" (cakes), which are renowned nationally and internationally for their exclusivity and quality. This work establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f0db88e0-9080-4cc1-b964-14066a2575e3</t>
   </si>
   <si>
+    <t>Recommendations for Cheese Making by Acid or Mineral Destabilization</t>
+  </si>
+  <si>
+    <t>Mató cheese is a type of cheese that can be obtained through different production techniques: by mineral destabilization (calcium chloride) or acidic (lemon juice or vinegar), or by coagulating the milk with plant-based enzymes, such as the flower of the wild cardoon (Cynara cardunculus). It is obtained by draining the whey, gently pressing (self-pressing) and periodically turning. It is a fresh cheese, unripened, and can be consumed after production.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b8643113-4bd1-478c-b3fb-23b617685470</t>
+  </si>
+  <si>
+    <t>Feasibility of reusing fermentation brines as process and wash waters</t>
+  </si>
+  <si>
+    <t>The table olive sector in Spain has grown in recent years, doubling its production in the last decade, reaching figures exceeding 800,000 tons. Andalusian table olive production is particularly notable, accounting for around 80% of Spanish production, and within this, the province of Seville accounts for 58% of national production. This industrial sector is undergoing a modernization process, dynamic, and prepared to carry out all phases of table olive preparation and processing. The data provided above partially attest to the sector's dynamism, allowing it to more successfully address the challenges it faces, such as environmental improvements in the industry, increasing competition from other producing countries, and the need for continued innovation.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bcc42289-1763-40fe-83a7-ebbc5554c9bd</t>
+  </si>
+  <si>
     <t>Recommendations for Making Self-Draining Fresh Cheese</t>
   </si>
   <si>
     <t>Self-drained fresh cheese is a type of cheese originating in northern Spain. It differs from conventional fresh cheese in its higher moisture content, making it one of the dairy products with the lowest energy content. This paper establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa30cc9f-284a-4419-930e-9a5bef5bd1f9</t>
   </si>
   <si>
     <t>Recommendations for Making Fresh Malaga Cheese</t>
   </si>
   <si>
     <t>Fresh Málaga cheese is one of the ten traditional goat's milk cheeses from Andalusia included in the Catalog of Spanish Cheeses. Currently, many artisanal cheese factories in the province of Málaga base their production on this type of dairy. This document offers basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7552eb17-55c3-4a5a-ad65-d0e5fe81a034</t>
   </si>
   <si>
-    <t>Recommendations for Cheese Making by Acid or Mineral Destabilization</t>
-[...7 lines deleted...]
-  <si>
     <t>Recommendations for Making Cottage Cheese</t>
   </si>
   <si>
     <t>Cottage cheese is a dairy product obtained from the whey obtained during the cheesemaking process. It is made by heating the whey, which causes the whey proteins to precipitate. This paper establishes basic recommendations during the different stages of cheesemaking to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c81531ee-ecf7-4c39-a22a-b77d4416ced7</t>
   </si>
   <si>
-    <t>Feasibility of reusing fermentation brines as process and wash waters</t>
-[...7 lines deleted...]
-  <si>
     <t>Inefficiency due to the edge effect caused by the fragmentation of the Jaén olive grove</t>
   </si>
   <si>
     <t>Farm size, fragmentation, and dispersion affect profitability. Despite this, there are no studies that analyze these variables together; virtually all of them focus on farm size. The optimal proportion of fixed costs for machinery used in farm management can only be achieved when farms reach a certain minimum size. This fact is analyzed through the edge effect.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e5d4750-3daa-4735-8ce4-ef71a3c09c6c</t>
   </si>
   <si>
+    <t>Recommendations for Making Blue Cheese</t>
+  </si>
+  <si>
+    <t>Blue cheese is a general category of cheeses, made from cow's, goat's, sheep's, or blended milk, characterized by the internal growth of the Penicillium roqueforti mold, which gives it its characteristic blue-green color. Traditionally, these cheeses were matured in caves, where the mold was established, providing ideal conditions for its development. This paper establishes basic recommendations during the different stages of production to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bac23b35-3909-4cb0-b9db-40efc053cd6f</t>
+  </si>
+  <si>
     <t>Protected Designation of Origin as a Certified Quality System in the Andalusian Olive Oil Industry: Adoption Factors and Management Practices</t>
   </si>
   <si>
     <t>This paper aims to analyze the factors that have influenced the adoption of the PDO in the olive industry of Andalusia, as well as the influence of this adoption on the industrial and commercial practices implemented within the industry. This is intended to assist in the design of public policies that strengthen the dissemination of the PDO in the sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/607e3013-a7a1-4a10-81dc-7a0d746fe198</t>
   </si>
   <si>
     <t>Development of Sinapis alba subsp. Mairei and glucosinolate production with different sowing rates and fertilizer types</t>
   </si>
   <si>
     <t>This work evaluates different sowing doses of Sinapis alba and the appropriate fertilization strategies to maximize plant development and glucosinolate content of this species, so that it is effective when used as a plant cover for biofumigation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c3d7e278-d868-409a-9806-16b7001cc936</t>
   </si>
   <si>
     <t>Diversity of the Physical-Chemical Quality of Sweet Cucumber, a New Crop in Spain</t>
   </si>
   <si>
     <t>The main objective of this study was to study the physical and chemical quality of sweet cucumber varieties grown in greenhouses in Almería. This information is intended to provide consumers, farmers, technicians, and agri-food companies with a view to diversifying and boosting consumption and production. A wide range of physical and chemical quality components was found in the six varieties studied.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b48fc5e7-6e3b-4b08-8fd0-14dc0d3cd46a</t>
@@ -4793,59 +4832,50 @@
   <si>
     <t>The Andalusian Rural Development Program 2014-2020 has included Measure 10 "Agri-Environment and Climate" and a series of submeasures; specifically, Submeasure 10.1. Payments for agri-environment and climate commitments defines operations that seek to maintain environmentally beneficial activities in the face of the risk of abandonment, the introduction of production systems that allow for a more sustainable use of natural resources, and the sustainable development of genetic resources in agriculture. Order No. 102 of May 26, 2015, published in the Official Gazette of the Autonomous Community of Andalusia, approves the regulatory bases for granting subsidies for Measure 10 "Agri-Environment and Climate" in the Autonomous Community of Andalusia. In its Annex I entitled “Eligibility conditions to be met throughout the commitment period and commitments of the different operations of Measure 10: Agro-environment and Climate”, it establishes as a commitment for operations 10.1.4. “Sustainable herbaceous crop systems”</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db97df28-4975-45ac-a7fa-42652a1d39f6</t>
   </si>
   <si>
     <t>Agricultural Enterprise. Module I.</t>
   </si>
   <si>
     <t>The Training Program consists of four generic modules, common to all productive areas. The remaining four modules are specific to each productive area and focus on specific technical aspects of agricultural and livestock production. Module 1, Agricultural Business, addresses general aspects related to farm management. These include the economic profitability of investments, business start-up assistance for young farmers entering the sector for the first time, farm modernization assistance, and priority farms.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e09d92b-ffdc-46fb-b42b-84bdae77e3ad</t>
   </si>
   <si>
     <t>Influence of rootstock on the agronomic performance of Clementina de Nules in organic cultivation in Malaga. 2022/2023 season.</t>
   </si>
   <si>
     <t>The TRANSFORMA Cítricos project, through a network of experimental trials in Andalusia, seeks to promote more sustainable and profitable citrus farming, especially in organic production. The IFAPA Center in Malaga contributes by evaluating plant material and innovative cultivation practices. This study focuses on the agronomic performance of the 'Clementina de Nules' mandarin on five organic citrus rootstocks in Malaga during the 2022/2023 campaign, assessing production, ripening, and fruit quality to optimize agronomic management and improve the profitability of organic plantations.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e7348afa-5c56-4668-a96b-ee7918125c0f</t>
   </si>
   <si>
-    <t>Recommendations for Making Blue Cheese</t>
-[...7 lines deleted...]
-  <si>
     <t>Floral phenology and flower quality in the olive tree</t>
   </si>
   <si>
     <t>This study shows the genetic and environmental variability in olive flowering and flower quality in Andalusia. It also highlights the potential effect of temperature on these crucial parameters for annual production.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e19b443d-088a-4c4f-bf04-850b23a8ec88</t>
   </si>
   <si>
     <t>Trial of selective herbicides in olive groves for a Brachypodium distachyon ground cover</t>
   </si>
   <si>
     <t>This paper presents the results of a field trial in an olive grove in which three herbicide treatments were applied to control weeds in an established Brachypodium distachyon plant cover.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e6331c-28bc-4cb1-97e4-c6ca6d1babf8</t>
   </si>
   <si>
     <t>Correction of iron chlorosis in olive groves using chelates</t>
   </si>
   <si>
     <t>This paper shows the results of a study in which, for 4 years, from 2003 to 2006, the productive response of different types of olive groves to the application of iron chelates or Fe EDDHA was evaluated.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5aa92a17-01b1-4a8a-bf8f-4c577f0ca450</t>
@@ -4946,92 +4976,92 @@
   <si>
     <t>This study presents data from 2017, across two extensive meat sheep production systems. Two herd reproductive management systems were used, along with economic data on profitability in both cases.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ede4f23-931f-453a-83e9-06c2ec17b25c</t>
   </si>
   <si>
     <t>Compatibility of the presence of game fauna with other uses in the pasture</t>
   </si>
   <si>
     <t>This manual provides a brief description of the main wildlife species targeted for hunting in Andalusia's dehesa formations and describes how some actions can be taken to promote the compatibility of agricultural, livestock, and hunting activities in dehesa farms.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d0294477-7f02-484e-abde-38a8afd85310</t>
   </si>
   <si>
     <t>Analysis and Situation of Young Vineyards in the Province of Cádiz</t>
   </si>
   <si>
     <t>This paper analyzes the situation of young vineyards in the province of Cádiz, based on provincial data obtained from the Andalusian Viticultural Registry. A detailed analysis of the data obtained from this registry was conducted, analyzing the structure of young vineyards, surface area distribution, rootstock type, cultivars, and nurseries.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/69c6984f-e609-42f0-ab45-e6bd6ea6dfa4</t>
   </si>
   <si>
+    <t>Herbicide trial against Chrysanthemum segetum</t>
+  </si>
+  <si>
+    <t>This document presents the results of a field trial that tested various active ingredients for the control of Chrysantemum segetum, a herbicide-tolerant species that causes problems in herbaceous and woody crops.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3930ac9d-2a12-4ad2-a910-7b224a8a9e98</t>
+  </si>
+  <si>
+    <t>Characteristics of the grass Brachypodium distachyon as a groundcover</t>
+  </si>
+  <si>
+    <t>This document contains all the existing information and the results of field trials on the use of the grass Brachypodium distachyon as a groundcover, including its main characteristics, development, adaptation to the environment, pests and diseases, and its effectiveness against erosion.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04206e91-804a-4176-b1ae-b1ac1047cc9f</t>
+  </si>
+  <si>
+    <t>Foliar fertilization in olive groves. Correcting nutritional deficiencies</t>
+  </si>
+  <si>
+    <t>This document compiles updated information to correctly perform foliar fertilization in olive groves.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6379c212-eb77-4251-9e9a-db6665f3b4ba</t>
+  </si>
+  <si>
     <t>Sustainable woody cropping systems. Almond cultivation. Operation 10.1.6</t>
   </si>
   <si>
     <t>This document is addressed to those almond farm owners who are beneficiaries of aid under the Agri-Environment and Climate measure, with the aim of informing them of the mandatory requirements to be met, as well as arguing the reasons for this aid and the purpose it seeks to achieve, in order to understand the commitments required. Within the European Community, the general rules for aid for rural development and the participation of that fund, aimed at financing a series of measures, including that of Agri-Environment and Climate, which is the subject of development in this document. They are defined in Regulation (EU) No. 1305/2013 of the European Parliament and of the Council of 17 December 2013 on support for rural development by the European Agricultural Fund for Rural Development (EAFRD). At the national level, the National Rural Development Framework for the period 2014-2020 harmonizes the conditions of application and defines the elements</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14163078-d512-414d-bef9-896b55a8b325</t>
   </si>
   <si>
     <t>Sustainable Woody Crop Systems. Almond Cultivation. 2nd Monitoring Session for Operation 10.1.6.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/96032a66-142b-488a-91fd-941bfc6bc85b</t>
   </si>
   <si>
-    <t>Herbicide trial against Chrysanthemum segetum</t>
-[...25 lines deleted...]
-  <si>
     <t>Auxiliary Raw Materials in the Dairy Industry</t>
   </si>
   <si>
     <t>This document constitutes the teaching material that complements the second module (Reception and Storage of Auxiliary Raw Materials) of the "Cheese Specialist" Training Program. In the production of dairy products, the incorporation of auxiliary raw materials in addition to milk is necessary to facilitate the development of the production process. Their addition aims to restore the characteristics of the milk after the previous basic operations, adapt it to the production process, preserve the product, or modify its organoleptic characteristics. In any case, exhaustive quality control is necessary since they directly or indirectly affect the final product.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89658127-f194-4fa4-8202-7513057040ae</t>
   </si>
   <si>
     <t>Obtaining quality compost from plant waste. Experience with the "CompostAnd" project</t>
   </si>
   <si>
     <t>This document describes composting as a sustainable solution for improving soil health and managing agricultural waste. It explains the process, from the proper mixing of materials to compost maturation, highlighting the importance of carbon/nitrogen balance, aeration, and moisture and temperature control. Based on the experience of the CompostAnd project, it offers practical recommendations for farmers to produce quality compost on their farms, promoting sustainability and the circular economy.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6543a30e-3045-4207-81eb-74bf7c082dc9</t>
   </si>
   <si>
     <t>Characteristics of Sinapis alba subsp. Mairei as plant cover and for biofumigation</t>
   </si>
   <si>
     <t>This document is a summary of all the information currently available on the use of Sinapis alba subsp. mairei as a groundcover: description and characteristics of the species, implementation and management techniques for this type of groundcover, adaptation to the environment, and use in biofumigation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e5c327a-0236-445e-bf36-b47de8ee7930</t>
@@ -5114,119 +5144,119 @@
   <si>
     <t>This document constitutes the teaching material for the module "Facilities and Machinery in the Dairy Industry" of the "Cheese Specialist" Training Project. The different sections aim to explain the various concepts related to the design of the dairy industry, as well as the equipment and facilities that constitute cheesemaking technology in each of the stages leading to the production of cheese, a traditional gastronomic product. The design and implementation of a dairy industry requires taking into account certain factors that will determine its future development. Before making any investment, it is necessary to understand the regulatory framework, which establishes a series of requirements that will affect the construction and layout of the plant, in order to avoid delays in the start-up of the activity and economic losses. Furthermore, the plant design must be optimized for the functionality of the food industry.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb5b94e6-fdd1-4c06-8585-1ca55e4117d5</t>
   </si>
   <si>
     <t>Occupational Risk Prevention and Environmental Impact in the Dairy Industry</t>
   </si>
   <si>
     <t>This document constitutes the teaching material for the third module, "Occupational Risk Prevention and Environmental Impact in the Dairy Industry," of the "Cheese Specialist" Training Project. The management of a dairy processing company, even a small one, has evolved considerably in recent years, becoming a complex activity requiring knowledge of many disciplines, including Occupational Risk Prevention and Environmental Management. The various sections aim, on the one hand, to identify the most common risk factors and situations in the dairy industry and their consequences, as well as to understand the general standards for risk prevention and occupational health. Furthermore, the impact factors and environmental effects of waste on the environment resulting from the industrial activities carried out must also be analyzed.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e999b004-caef-4ffb-a921-5842172e88cd</t>
   </si>
   <si>
     <t>Milk. Composition and Characteristics</t>
   </si>
   <si>
     <t>This document constitutes the teaching material that complements the first module (Receiving and Storing Milk) of the "Cheesemaking Specialist" Training Program. The various sections aim to identify and recognize the main constituents of milk, its physical and chemical characteristics, the qualitative and quantitative influence of the different components on the production process and on the quality of various dairy products, and the main alterations suffered by milk prior to processing.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/436502c6-f47c-42ab-a053-f3ab26dee712</t>
   </si>
   <si>
+    <t>Strategies for fertilizing a Sinapis alba subsp. Mairei cover crop for biofumigation in olive groves</t>
+  </si>
+  <si>
+    <t>The objective was to evaluate three fertilization strategies for Sinapis alba (mustard) in a young olive grove and a traditional one. N requirements are estimated at 80–85 kg/ha for the formation of a good canopy and biomass. S is also necessary for the formation of glucosinolates. In mature olive groves, deficiency symptoms appeared in the center of the rows, even among those fertilized, and a marked edge effect was evident in the canopy strip. This was attributable to the continued practice of fertilizing the soil under the canopy rather than in the center of the rows. The addition of P and K in addition to N improved the results compared to fertilization with N alone. Nitrogen fertilization recommendations are provided according to soil fertility.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a48b43e-6594-44dc-aa87-970b88c16505</t>
+  </si>
+  <si>
+    <t>Sensory evaluation of natural goat yogurt made with three commercial starter cultures of S. Thermophilus and L. Bulgaricus</t>
+  </si>
+  <si>
+    <t>The main objective of this work is to explore the diversification options in the production of dairy products, such as yogurt, by comparing different commercial ferments (YO-MIX 496 LYO 100 DCU and YO-MIX 885 LYO 50 DCU) to the one commonly used (YO-MIX 300 LYO 50 DCU, Danisco), and their subsequent sensory evaluation.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/83923c00-8401-4ef8-86bf-3ee70d3066ab</t>
+  </si>
+  <si>
     <t>Agricultural systems of special interest for steppe bird populations and birds of Andalusian rice fields.</t>
   </si>
   <si>
     <t>The objective of Operation 10.1.8 is to provide financial support to those areas of environmental interest, Agricultural Holdings included in the ZEPA (Natura 2000 Network), are on the list of wetlands of the RAMSAR Convention or in the Doñana Biosphere Reserve, hosting a large number of bird species.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/73f9c87d-9053-4a23-9fcc-70c8b3ba5322</t>
   </si>
   <si>
     <t>Pollination service associated with different irrigation channeling systems</t>
   </si>
   <si>
     <t>The objective was to evaluate the effect of irrigation canal systems on pollinator abundance. Insect abundance and pollination were highest in traditional irrigation ditches, but progressively decreased in intermediate and piped irrigation ditches.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f6c20f9-8530-4879-af54-38d5541f4ba9</t>
   </si>
   <si>
     <t>Maintenance of Traditional Extensive Livestock Farming Systems in Andalusia with Ruminants. Operation 10.1.13</t>
   </si>
   <si>
     <t>The overall objective of this operation is to maintain the extensive livestock farming model, promote sustainable livestock management and the environmental benefits derived from this agricultural activity, and encourage a greater degree of extensification of ruminant farms. The following are encouraged: ? Stubble and natural pastures. ? Reduced grazing pressure. ? The use of natural resources. ? Biodiversity, by facilitating the dissemination of seeds throughout the territory. ? A greater degree of self-sufficiency in animal feed.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/456c92fc-bf96-4a97-989a-d03c4790e710</t>
   </si>
   <si>
     <t>Maintenance of Traditional Extensive Livestock Systems in Andalusia with Ruminants. Operation 10.1.13 - Update 2022 -</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d93d49a4-31ad-4138-95ec-662eac901839</t>
   </si>
   <si>
-    <t>Strategies for fertilizing a Sinapis alba subsp. Mairei cover crop for biofumigation in olive groves</t>
-[...7 lines deleted...]
-  <si>
     <t>Access to plant genetic resources conserved in IFAPA</t>
   </si>
   <si>
     <t>The objective is to facilitate the various procedures for accessing plant genetic resources conserved ex situ at IFAPA, as established in Royal Decree 429/2020, of March 3.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cf3421e-4b9f-456c-a6b9-31e884690aba</t>
   </si>
   <si>
     <t>Environmental Assessment of a Passive Heating System under a Greenhouse</t>
   </si>
   <si>
     <t>The main objective of this study was to calculate and evaluate the environmental impact of a passive heating system in a greenhouse representative of the production area of Andalusia. To do so, we compared the environmental impacts of a pepper crop grown in a greenhouse equipped with such a heating system using simple heat accumulators (water hoses) and in an unheated greenhouse.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d1fcc8c1-fe0c-42dc-9853-18aed4af58a0</t>
   </si>
   <si>
-    <t>Sensory evaluation of natural goat yogurt made with three commercial starter cultures of S. Thermophilus and L. Bulgaricus</t>
-[...7 lines deleted...]
-  <si>
     <t>Mango Powdery Mildew</t>
   </si>
   <si>
     <t>Powdery mildew, along with bacterial necrosis and flower malformation, is one of the most damaging and common diseases found in Andalusian mango plantations. The symptoms are obvious and easily recognized, but if not properly controlled, they can lead to yield losses and, in some cases, affect crop quality. Furthermore, once it occurs once, it is very likely to recur annually, or even within a single year, if conditions are favorable for its development. This document aims to provide the necessary guidelines for recognizing the disease, as well as a series of recommendations for its control.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7ac967-ab95-4e40-8210-3cf107c01e15</t>
   </si>
   <si>
     <t>Results of Trials on Jopo-Resistant Sunflower Varieties (Orobanche Cumana) in Andalusia. 2021 Crop Season</t>
   </si>
   <si>
     <t>The objective of this publication is to provide annual information on the vegetative characteristics, seed production, and oil content of new sunflower varieties resistant to broomrape in different environments, as well as their resistance to certain diseases widespread in Andalusia. A quick overview of the document will guide farmers when making decisions about which variety to grow, based on the agroclimatic conditions of their farm.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3df436b-e40a-4614-a144-700fbacfa2b5</t>
   </si>
   <si>
     <t>Application of Ultrasound in Red Winemaking</t>
   </si>
   <si>
     <t>The objective of this document is to provide the industry with an overview of the various ultrasound tests performed at the Rancho de la Merced Center and their application in oenology. The document aims to provide information on their application to improve red winemaking using red varieties with color instability in warm climates, such as Tempranillo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab35ab93-9b83-474f-8eb1-3896e1315f31</t>
@@ -5333,122 +5363,122 @@
   <si>
     <t>Results of Sunflower Trials in Andalusia. 2015 Campaign</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/479cde97-470b-421d-acb8-7d0ca2051d65</t>
   </si>
   <si>
     <t>Trials of Sunflower Varieties Resistant to Jopo in Andalusia. 2022 Campaign</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f1cef8a-7a75-4623-acb5-b1214239b267</t>
   </si>
   <si>
     <t>Results of Trials on Sunflower Varieties Resistant to Jopo (Orobanche cumana) in Andalusia. 2019 Campaign</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aef7ce6f-30d0-4edb-b747-ab710d0eb0cd</t>
   </si>
   <si>
     <t>Results of Trials on Jopo-Resistant Sunflower Varieties (Orobanche cumana) in Andalusia. 2020 Campaign</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7d62dd40-b042-4554-9d97-2567767dce8a</t>
   </si>
   <si>
+    <t>Results of commercial rice variety trials in Andalusia. 2014 campaign.</t>
+  </si>
+  <si>
+    <t>The objective of this publication is to provide the agricultural sector with up-to-date information on rice varieties in Andalusia, their agronomic and productive performance, and their quality parameters in the main Andalusian production areas. In this way, a quick overview of the document will provide good guidance when making timely and appropriate decisions about the rice variety to cultivate, depending on the type of soil, climate, and characteristics of the farm.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/32aae31f-1d09-4d13-a96d-1b88157fe792</t>
+  </si>
+  <si>
+    <t>Results of Commercial Rice Variety Trials in Andalusia. 2015 Crop Season.</t>
+  </si>
+  <si>
+    <t>The objective of this publication is to provide the agricultural sector with up-to-date information on rice varieties in Andalusia, their agronomic and productive performance, and their quality parameters in the main Andalusian producing areas. A quick overview of the document will provide guidance for making timely and appropriate decisions about the corn variety to grow, based on the type of soil, climate, and farm characteristics.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7d034b-9ab6-4aa1-8de7-18f92524de6d</t>
+  </si>
+  <si>
+    <t>RAEA of commercial corn varieties. 2016 campaign</t>
+  </si>
+  <si>
+    <t>The objective of this publication is to provide the agricultural sector with up-to-date information on corn varieties in Andalusia, their agronomic and productive performance, and their quality parameters in the main Andalusian producing areas. A quick overview of the document will provide guidance for making timely and appropriate decisions about the corn variety to grow, based on the type of soil, climate, and farm characteristics.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f05c2db1-aaf0-4edc-a273-62f55092c1d3</t>
+  </si>
+  <si>
+    <t>Results of commercial corn variety trials in Andalusia. 2015 campaign.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/46df5869-1af8-4551-807b-3c364477b675</t>
+  </si>
+  <si>
+    <t>Results of Trials on Advanced Chickpea Varieties and Lines in Andalusia. 2015/2016 Crop Season</t>
+  </si>
+  <si>
+    <t>The objective of this publication is to provide the agricultural sector with up-to-date information on chickpea plant material tested in western Andalusia, its agronomic and productive performance, and its quality parameters.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ce1009aa-2672-4c7d-aebc-560789f8cfe8</t>
+  </si>
+  <si>
+    <t>Results of Trials on Advanced Chickpea Varieties and Lines in Andalusia. 2014/2015 Crop Season</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/302633c2-6b50-42cd-8453-9b45d6d7be51</t>
+  </si>
+  <si>
+    <t>Protein Pea Variety Trial Results. 2015/2016 Crop Season</t>
+  </si>
+  <si>
+    <t>The objective of this publication is to provide the agricultural sector with up-to-date information on pea plant material tested in western Andalusia, its agronomic and productive performance, and its quality parameters.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5e72989d-8d72-457c-969e-7d0e12a7a7b5</t>
+  </si>
+  <si>
+    <t>Results of Protein Pea Variety Trials. 2014/2015 Crop Season</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bbdd5f20-f6b1-41cf-b37d-7358b3dae861</t>
+  </si>
+  <si>
     <t>Results of Trials on High-Potential Durum and Soft Wheat Varieties in Andalusia. 2013/2014 Crop Season</t>
   </si>
   <si>
     <t>The objective of this publication is to provide the agricultural sector with up-to-date information on the evaluation of durum and soft wheat varieties with high genetic potential for quality in high-yield growing areas. This publication provides data that will enable technicians and farmers to find a technical path for growing high-potential wheat, as well as the varieties that have best adapted, including information on yield, phenology, disease susceptibility, and quality.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7dea5ae0-21e8-48d8-bbf2-415f57a106ed</t>
   </si>
   <si>
-    <t>Results of commercial rice variety trials in Andalusia. 2014 campaign.</t>
-[...61 lines deleted...]
-  <si>
     <t>Alfalfa Growing Guide</t>
   </si>
   <si>
     <t>The objective of this publication is to provide useful information to technicians and farmers, seeking to contribute to the improvement and sustainability of their farms through an action plan that facilitates the implementation and management of alfalfa cultivation under different production systems. To this end, it presents in a simple manner information related to its different types of use, cultural techniques, soil and climate requirements, production potential, and limiting factors.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ea7315e9-cf12-411c-bc20-7f0adad66b0e</t>
   </si>
   <si>
     <t>Broad Bean Growing Guide</t>
   </si>
   <si>
     <t>The objective of this publication is to provide useful information to technicians and farmers, seeking to contribute to the improvement and sustainability of their farms through an action plan that facilitates the implementation and management of broad bean cultivation under different production systems. To this end, it presents in a simple manner information related to the different types of crops used, cultural techniques, soil and climate requirements, production potential, and limiting factors.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9a7c3d25-ce0e-4b14-8c98-4355cb72123e</t>
   </si>
   <si>
     <t>Protein Pea Growing Guide</t>
   </si>
   <si>
     <t>The objective of this publication is to provide useful information to technicians and farmers, seeking to contribute to the improvement and sustainability of their farms through an action plan that facilitates the implementation and management of pea cultivation under different production systems. To this end, it presents in a simple manner information related to the different types of pea cultivation, cultural techniques, soil and climate requirements, production potential, and limiting factors.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4265fd1f-07b7-402a-8e19-9af5ff530ec5</t>
@@ -5486,113 +5516,122 @@
   <si>
     <t>The objective of this publication is to provide the agricultural sector with up-to-date information on the protein pea plant material tested in western Andalusia, including its agronomic and productive performance. A quick overview of the document will provide farmers with guidance on these varieties.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1deb91c5-4f3f-4787-a683-36b7bbef2899</t>
   </si>
   <si>
     <t>Results of Trials on Advanced Legume Varieties and Lines in Andalusia. 2016/2017 Crop Season</t>
   </si>
   <si>
     <t>The objective of this publication is to provide the agricultural sector with up-to-date information on legume plant material tested in western Andalusia, including its agronomic and productive performance. A quick overview of the document will provide farmers with guidance on this material.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ed941c7b-a0b2-4c92-a566-542ef80abe0f</t>
   </si>
   <si>
     <t>Results of Trials on High-Potential Durum Wheat and Soft Wheat Varieties in Andalusia. 2014/2015 Crop Season.</t>
   </si>
   <si>
     <t>The objective of this publication is to provide the agricultural sector with up-to-date information on the evaluation of durum and soft wheat varieties with high genetic potential for quality in high-yield growing areas. This publication provides data that will allow technicians and farmers to understand the technical path for growing high-potential wheat, as well as the best-adapted varieties, including information on yield, phenology, disease susceptibility, and quality.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f27ba9d0-4a8a-4ab9-a74f-478d1d68610b</t>
   </si>
   <si>
+    <t>Recommendations for making kefir</t>
+  </si>
+  <si>
+    <t>Kefir is a dairy product originating in Eastern Europe, which has recently gained significant value for its distinctive organoleptic qualities and health-promoting properties. This document establishes a series of basic recommendations for the artisanal production of two types of kefir: traditional and modern, and their respective adaptations to dairy manufacturing.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/42454887-cc92-4dca-a269-5716e0c6cae9</t>
+  </si>
+  <si>
+    <t>Recommendations for the Preparation of Laban</t>
+  </si>
+  <si>
+    <t>Laban is a traditional dairy product originating in Lebanon and widely consumed in many Middle Eastern countries. This document establishes a series of basic recommendations for the production of industrial laban, adapting traditional manufacturing methods to the modern dairy industry.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ea16986-41e6-465f-a8f1-3a74d28cb047</t>
+  </si>
+  <si>
     <t>Kale (Brassica oleracea convar. acephala) Cultivation Trials in Eastern Andalusia</t>
   </si>
   <si>
     <t>Kale is a subspecies of brassica that does not develop a head (Brassica oleracea convar. acephala) with various cultivars of different morphology, considered due to its nutritional composition (according to the USDA) as a superfood with high contents of vitamins A and C and calcium and iron, among others.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/045a42d0-f30d-4615-8eaa-fb21fea96103</t>
   </si>
   <si>
-    <t>Recommendations for making kefir</t>
-[...16 lines deleted...]
-  <si>
     <t>Feasibility of Hop Cultivation in Andalusia: Production and Quality</t>
   </si>
   <si>
     <t>Hops (Humulus lupulus L.) are a poor crop in Spain, an essential ingredient in beer, and have medicinal and cosmetic applications. Currently, all necessary production is imported, and only about 550 hectares are cultivated in León. Three trials were conducted to determine its viability using a single variety, Nugget, the most common in the north. Two of them were located on the experimental farm of the IFAPA center in Granada, one outdoors and another under a net cover (with a 40% reduction in PAR radiation). A third trial was conducted on the farm of the Campanilla Center in Malaga under a net cover with a 50% reduction in PAR radiation. The results determined its viability in Granada outdoors, but it showed very promising results under a net cover, improving even further in the more temperate climate of Malaga, where quality measured in alpha acid content was also higher. Further trials with other varieties are needed, as well as new cultivation techniques and calendars.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/82e0a7ea-705b-4f76-8144-12cebf19348c</t>
   </si>
   <si>
     <t>Manual for promoting biodiversity in the dehesa</t>
   </si>
   <si>
     <t>Managing dehesas is complex. It requires knowledge and skills that can only be acquired through training and experience. Incorporating biodiversity promotion into dehesas should be a criterion used in decision-making to improve management and make them more sustainable. It is understood, of course, that the concept of biodiversity is very broad and that the objective should not be as vague as favoring any of the potential species. There are species that fulfill relevant ecological functions or simply have existential value, and, additionally, they nourish our experiences and are part of our emotional landscapes, providing ample room for coexistence between numerous species of our flora and fauna and the productive system. The reasons for promoting biodiversity in our dehesas, in short, are far more numerous than we sometimes think. As we will see throughout this manual, it is not difficult to improve the biodiversity of dehesas. We have many alternatives: some involve only modifying some aspects of our management practices; Others require implementing a specific approach, but one that can also have positive effects on our production system. In general, as we will see, anything that involves avoiding excessive simplification and homogenization of the dehesa structure contributes to maintaining and, often, enriching its flora and fauna.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/adfadeed-6cc5-4e31-bf28-cf0bc9789eeb</t>
   </si>
   <si>
     <t>Feasibility of sustained deficit irrigation in mango cultivation</t>
   </si>
   <si>
     <t>Mango is one of the most prized exotic fruits worldwide. In Andalusia, it is cultivated commercially in the provinces of Granada and Málaga thanks to the area's characteristic microclimate. Deficit irrigation is an optimization strategy whereby crops are subjected to a controlled level of water stress, resulting from a reduction in water input based on the crop's net demand. This paper presents the most relevant results of a study on the effects of sustained deficit irrigation on mango production over three consecutive years. According to the results obtained within the framework of this study, the sustained deficit irrigation strategy based on a 50% reduction in crop demand can be adopted as a sustainable measure to achieve water savings and maximize production.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c981437e-0ed5-4c35-9244-171fb4380e5a</t>
   </si>
   <si>
     <t>The Wheat Mosquito in Andalusia (Mayetiola destructor Say). Life Cycle and Control Measures</t>
   </si>
   <si>
     <t>The wheat midge is a pest present in Andalusian wheat every season, usually in a secondary role. However, its incidence has been increasing in recent seasons. This publication analyzes the insect's life cycle and the control measures available for its dissemination in the Andalusian cereal sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e66ac0-e230-4a80-a27f-33f0bbfb184e</t>
   </si>
   <si>
+    <t>Tomato Rootstocks for Protection Against Root-Knot Nematodes</t>
+  </si>
+  <si>
+    <t>Grafting in tomato is mainly used to: i) prolong the harvest period and greenhouse production; ii) counteract production losses caused by soil-borne pathogens; and iii) increase plant vigor without affecting fruit size or quantity. This document summarizes the advantages and limitations of grafting tomato on rootstocks resistant to nematodes of the genus Meloidogyne. The results of several trials comparing its effectiveness in reducing nematode populations and increasing tomato productivity with resistant and susceptible varieties are presented. Recommendations are given for its use as a control measure for diseases caused by plant-parasitic nematodes of the genus Meloidogyne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26504cb4-77a4-4ae5-9361-31137970b17e</t>
+  </si>
+  <si>
     <t>Biodegradation of phytosanitary products by bacteria from a biological bed</t>
   </si>
   <si>
     <t>The rapid growth of the world's population leads to a high demand for food. This requires the development of new techniques and compounds for use in agriculture, which generate numerous environmental problems. Notable among these is the use of phytosanitary products and pesticides for pest control. Both their application and preparation are sources of environmental pollution. The development of systems capable of reducing this pollution is essential for its conservation. In this study, three bacterial populations capable of degrading a herbicide, a fungicide, and an insecticide were isolated. Their effectiveness was subsequently verified in in vivo tests on cabbage seedlings, a fungus (Monilinia fructicola), and an insect larva (Chrysopea carnea), respectively, with the aim of making an effluent biodegradation system based on a biological bed (Phytobac) more efficient.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/af308a3f-e277-4c69-b17d-3bdb005defc1</t>
   </si>
   <si>
     <t>The Big-Headed Worm in the Almond Tree</t>
   </si>
   <si>
     <t>The almond worm (Capnodis tenebrionis L) has become the main pest affecting almond crops, to the point that it can kill the plant and cause the uprooting of plantations. Various factors, such as the drought of recent years, the ban on the use of active ingredients that were effective in controlling the adult population, and the abandonment of plantations, have caused the insect's population to increase considerably.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d8e14eef-46c6-4ef3-a708-de456ead2c7d</t>
   </si>
   <si>
     <t>Guide to the Identification and Management of HLB or Citrus Greening and its Insect Vectors</t>
   </si>
   <si>
     <t>Citrus HLB is currently considered the most devastating disease affecting citrus crops worldwide, but it is not yet present in the Mediterranean area. It is a bacterial disease transmitted by two insect vectors: the Asian citrus psyllid (Diaphorina citri) and the African citrus psyllid (Trioza erytreae). The detection of the latter in lemon trees in Galicia during the summer of 2014 has raised great concern, as it increases the risk of introduction and establishment of HLB in Spanish citrus trees. This guide covers the most important aspects for identifying and managing the disease and the insects that transmit it.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84e84cbf-7acb-4697-a43c-5733b8192187</t>
@@ -5603,59 +5642,50 @@
   <si>
     <t>The soil-borne fungus Fusarium solani has been reported as a pathogen for strawberry plants. The fungus infects plant roots, causing symptoms of wilting, stunting, and poor root production, with subsequent crop yield loss. In this work, a molecular technique was developed for the rapid and reliable detection of the fungus Fusarium solani by PCR, which allows its detection and quantification in soil and plant samples. Furthermore, this technique was applied to evaluate the effect of soil disinfection on the fungal population, using biosolarization as an alternative to chemical treatment, in an experimental strawberry crop.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f807dcf0-f992-419f-8b34-ebe163f1303f</t>
   </si>
   <si>
     <t>Actions of the Regional Governments of Andalusia in the olive sector</t>
   </si>
   <si>
     <t>IFAPA is developing a line of research to identify and evaluate the technological and institutional demands of the olive sector in Andalusia within a project called Transforma (Olive Grove and Oil). This document presents the results of face-to-face interviews, based on a semi-closed questionnaire, conducted in early 2013 with 18 managers and representatives of Rural Development Groups (RDGs) in the most important olive-growing provinces of Andalusia: Jaén, Córdoba, and Granada. The aim of this interview was to identify the olive-growing initiatives undertaken by Rural Development Groups (RDGs). The information obtained is intended to contribute to the adoption of complementary measures or to strengthen support for the sector in their action programs by those responsible for agricultural policy and rural development and RDP managers.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4d0e677-0a95-476c-bbde-49a2298763e6</t>
   </si>
   <si>
     <t>Irrigation scheduling in Andalusia with meteorological and satellite data</t>
   </si>
   <si>
     <t>IFAPA has been working on new methods to develop proper irrigation scheduling in areas without a nearby meteorological station or in areas where the existing station is not representative of the study area. This document presents a method that allows for accurate estimates of harvest and water productivity at both the plot and basin levels, for the entire Andalusian region, using accessible, reliable, and free data.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab0d44f5-b1c8-4fb3-b0d4-11566707a47e</t>
   </si>
   <si>
-    <t>Tomato Rootstocks for Protection Against Root-Knot Nematodes</t>
-[...7 lines deleted...]
-  <si>
     <t>Agronomic and Oenological Study of the Blanca Gordal Variety Cultivated in the Granada Highlands. Results 2013-2018</t>
   </si>
   <si>
     <t>The interest in conserving and achieving better use of a local resource such as the Gordal vine variety has been the basis of a socioeconomic development project that has brought together a public research organization, the Institute for Agricultural and Fisheries Research and Training (IFAPA), the Rural Development Group (GDR) of the Altiplano de Granada, as well as winegrowers and winemakers from the region, all rowing in the same direction to achieve the recovery, conservation and enhancement of this local variety that can be a hallmark of the wine sector in the Altiplano de Granada region.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c07d038e-f151-4eaf-bb92-5bf51e1db7d4</t>
   </si>
   <si>
     <t>Production of Sparkling Wines from the Pedro Ximénez Variety in Combination with Other Aromatic Varieties.</t>
   </si>
   <si>
     <t>Interest in producing sparkling wines using the traditional method as a means of diversification is growing in Andalusian wine-growing regions. Since 2013, the IFAPA (Spanish Institute of Wine and Spirits) in Cabra has been experimenting with sparkling wine production, especially with the traditional Pedro Ximénez variety, which, due to its relative neutrality, has yielded excellent results in wines aged for at least one year. With the aim of obtaining sparkling wines with a sensory profile with fewer aging notes and more fruity and floral notes, this trial was proposed. It studies the production of sparkling wines from Pedro Ximénez base wines in blends with other more aromatic varieties such as Chardonnay and Muscat de grano pequeño. The resulting wines have been positively evaluated by a large tasting panel, improving the scores in the olfactory, gustatory, and overall impression phases compared to single-varietal wines.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d4610b-90f5-4b24-8eb0-4356a3e69284</t>
   </si>
   <si>
     <t>Integrated Dodder Control</t>
   </si>
   <si>
     <t>The document contains useful information for the integrated control of this parasitic plant, addressing aspects of its morphology, life cycle, preventive measures, etc.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9f43329f-d7f4-45a9-a1b3-1d43bf2efc3f</t>
@@ -5738,77 +5768,77 @@
   <si>
     <t>The document presents the concept of conservation varieties as a tool for addressing the registration of traditional varieties and ecotypes, thereby contributing to the diversity of agrosystems under production models that are more environmentally friendly and socially responsible.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0788677-ff18-46c5-9431-f88676ee9f82</t>
   </si>
   <si>
     <t>Andalusian Chickpea Ecotypes Showcases. 2021-2022 Campaign.</t>
   </si>
   <si>
     <t>The document presents the results of a demonstration trial in which different Andalusian chickpea ecotypes selected for their adaptation and yield were grown in the town of El Carpio (Córdoba). These plots were the subject of the Technical Visit held on May 20, during which farmers and technicians were able to learn about the characteristics of these materials firsthand.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/746bafbf-627b-45df-a1ef-923ec6360d08</t>
   </si>
   <si>
     <t>Reproductive Deseasonalization in Beef Sheep. Technical-Economic Indicators. 2012 campaign</t>
   </si>
   <si>
     <t>The document presents the results obtained in 2012 on three extensive meat sheep farms, including reproductive data using different management systems and the corresponding economic data.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b040bfa-2a58-4e93-98e3-49a7a1c5eecb</t>
   </si>
   <si>
+    <t>Estimation of Varietal Distribution in Strawberry Cultivation in Huelva. 2024-2025 Crop Season.</t>
+  </si>
+  <si>
+    <t>The document presents an estimate of the varietal composition of strawberry crops in the province of Huelva in the current 2024-2025 campaign, expressed as a percentage of plants per variety put into production. It also shows the participation of the main genetic improvement programs. This work, carried out by the IFAPA Strawberry Group, is based primarily on information provided by breeding companies or by companies licensed by the different programs.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7f47f4b7-9cf3-4539-8fa1-c0cd4ecfa36a</t>
+  </si>
+  <si>
     <t>Estimated Varietal Distribution in Strawberry Cultivation in Huelva. 2022-2023 Crop Season</t>
   </si>
   <si>
     <t>The document presents an estimate of the varietal composition of strawberry crops in the province of Huelva in the current 2022-2023 season, expressed as a percentage of plants per variety put into production. It also shows the participation of the main genetic improvement programs. This work, carried out by the IFAPA Strawberry Group, is based primarily on information provided by breeding companies or by companies licensed under the various programs.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c28b057d-828c-4bc9-b3c7-b17154a3b020</t>
   </si>
   <si>
     <t>Estimated Varietal Distribution in Strawberry Cultivation in Huelva. 2023/2024 Crop Season</t>
   </si>
   <si>
     <t>The document presents an estimate of the varietal composition of strawberry crops in the province of Huelva in the current 2023-2024 season, expressed as a percentage of plants per variety put into production. It also shows the participation of the main genetic improvement programs. This work, carried out by the IFAPA Strawberry Group, is based primarily on information provided by breeding companies or companies licensed by the various programs.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5379322-e391-485c-90fc-2aa970e23082</t>
   </si>
   <si>
-    <t>Estimation of Varietal Distribution in Strawberry Cultivation in Huelva. 2024-2025 Crop Season.</t>
-[...7 lines deleted...]
-  <si>
     <t>Use of electromagnetic induction sensors in agriculture</t>
   </si>
   <si>
     <t>The document provides an introduction to the technique of electromagnetic induction for measuring the apparent electrical conductivity of soil at different spatial scales and demonstrates its usefulness for various practical applications in agriculture.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/caf3eb03-2ef3-45ff-a7e7-624202cfc434</t>
   </si>
   <si>
     <t>Grafting Pruning of Citrus Trees</t>
   </si>
   <si>
     <t>The development of new cultivation techniques, or the renewal of existing knowledge, are key and strategic elements in the development of Andalusian and Spanish citrus growing. Thus, knowledge of pruning and grafting techniques in citrus cultivation is of utmost importance in promoting the competitiveness of citrus growing, ensuring citrus growers have balanced plantations with uniform trees and early, optimal, and regular yields. With the aim of optimizing the implementation of these techniques, this document has been prepared as a reference and support tool for students of citrus training courses offered by IFAPA, specifically the "Citrus Pruning" and "Citrus Grafting" courses.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0dd49f47-1402-4dc0-8c43-a4c449469df9</t>
   </si>
   <si>
     <t>Agroeconomic Study on Corn Cultivation</t>
   </si>
   <si>
     <t>The development of a sustainable system for corn cultivation requires, in addition to agronomic research, studies, currently scarce, on the economic viability of the crop. The objective of this document is to provide detailed financial information (crop costs and income) based on the 2018 campaign, specifically:• Describe the cultivation tasks and operations (implements used, type and quantity of agrochemicals applied, labor employed, etc.). • Estimate the cultivation costs corresponding to these tasks and operations.• Predict the different profitability scenarios based on the different horizons of corn market prices.• Estimate the economies external to the sector using the results of the financial study.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/332be124-8bf0-4803-88c9-8433efdc0eeb</t>
@@ -6044,68 +6074,68 @@
   <si>
     <t>Technical document on the methodology for implementing no-till farming and its impact as a climate change mitigation practice, sequestering atmospheric carbon and reducing atmospheric emissions.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/06409323-1599-426d-ab50-45360a55c279</t>
   </si>
   <si>
     <t>Influence of the Cultivation System on Strawberry Variety Production. 2020/2021 Crop Season. I. Production Parameters</t>
   </si>
   <si>
     <t>During the 2020/2021 crop year, IFAPA characterized the productivity of a group of 12 varieties selected from those currently available on the market. The objective of this study is to study and demonstrate the differences in production-related parameters between the tested varieties. The information generated is offered as a tool for farmers, technicians, and exporters to facilitate varietal selection given the current wide range of varieties available.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04ee09e8-29ae-4720-b8c6-24969e21a657</t>
   </si>
   <si>
     <t>Blueberry Variety Evaluation. 2020/2021 Campaign</t>
   </si>
   <si>
     <t>During the 2020/2021 campaign, a group of 14 varieties selected from those currently available on the market were characterized. The parameters evaluated and presented in this work are related to the production and quality of the different varieties. The information generated is offered as a tool for farmers, technicians, and exporters to facilitate varietal selection given the current wide range of available varieties. This activity is part of Objective 2 "Characterize blueberry varieties grown in different agro-environments" of the Sectoral Transfer Project TRA2019.004: "Sustainable production in the cultivation of strawberries and other berries." To achieve this objective, two trials were conducted: the first in soil-free cultivation in Moguer, and the second in organic cultivation in Almonte, both locations in the province of Huelva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91f47311-fc8b-4ff0-a41a-397a6542aad5</t>
   </si>
   <si>
+    <t>Effect of Variety and Cultivation System on Yield-Related Traits in Strawberries. 2023/2024 Crop Season</t>
+  </si>
+  <si>
+    <t>During the 2023/2024 crop year, yield-related traits were analyzed in 16 strawberry varieties from different breeding programs grown in four cultivation systems in the Huelva growing region: conventional cultivation, cultivation without soil disinfection, soilless cultivation, and organic cultivation. The results obtained are presented in this paper.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a4d0ec4f-b650-4f31-8971-f21312a6fcf4</t>
+  </si>
+  <si>
     <t>Watermelon Rootstocks Against the New Sieve Virus (MNSV-W-SP)</t>
   </si>
   <si>
     <t>During the spring of 2014, watermelon plants in a greenhouse located in the province of Almería exhibited symptoms similar to those induced by Melon necrotic spot virus (MNSV), such as necrosis of fruit, leaves, and stems. Mechanical inoculation of symptomatic watermelon plants in the laboratory onto melon, cucumber, wine squash, zucchini, pumpkin, and watermelon produced symptoms similar to those observed in the field only in the case of watermelon, while the rest of the inoculated cucurbits remained asymptomatic. Using molecular techniques such as high-throughput sequencing, it was determined that the watermelon symptoms were attributed to a new, previously undescribed strain of MNSV, called MNSV-W-SP. We have confirmed that the main commercially available rootstocks for watermelon cultivation are resistant to the virus.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a52f9cb-ec34-4d2a-9bd6-ef9ac78b4462</t>
   </si>
   <si>
-    <t>Effect of Variety and Cultivation System on Yield-Related Traits in Strawberries. 2023/2024 Crop Season</t>
-[...7 lines deleted...]
-  <si>
     <t>Study of the intrinsic attributes of 11 varieties of traditional organic tomatoes</t>
   </si>
   <si>
     <t>Document showing the results of consumer opinions on the acceptance and preferences for the most representative intrinsic attributes of the traditional tomato varieties tested, assessing their taste quality. During the tasting sessions, respondents evaluated the following intrinsic attributes: firmness, juiciness, sweetness, acidity, and persistence.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b6bd11d-3095-470d-94f3-3f44c413a1d4</t>
   </si>
   <si>
     <t>Effect of mechanized pruning on the agronomic and oenological behavior of red wine varieties grown in warm climates</t>
   </si>
   <si>
     <t>Document showing the results of a three-year trial comparing the effects of manual pruning and mechanical pruning of two red grape varieties grown in the Montilla mountain range on their agronomic performance and oenological potential.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1296fb92-a4b8-4a2e-a3c1-198d8a97d560</t>
   </si>
   <si>
     <t>Potential of the Melon Variety for the Production of Rosé Wines</t>
   </si>
   <si>
     <t>Document showing the results of a study aimed at optimizing maceration time to obtain a rosé wine from the Melonera variety. It details the production of rosé wines and the results obtained with this variety in four consecutive campaigns (2011-2014).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bd19952-5136-4d2d-9d8d-188409d917fa</t>
@@ -6134,104 +6164,104 @@
   <si>
     <t>This document presents the olive and olive oil sector's perception of the work carried out by the Rural Development Groups in the provinces of Jaén, Córdoba, and Granada. The work was carried out as part of the Transforma Olive and Olive Oil Project. It analyzes whether the olive and olive oil sector is satisfied with the Rural Development Groups' work in managing innovative olive-related projects for the endogenous development of agricultural regions.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dabc61b-1fe2-43f1-aa86-f893b71a814f</t>
   </si>
   <si>
     <t>Partial Dealcoholization of White Wines by Reverse Osmosis</t>
   </si>
   <si>
     <t>Document showing the analytical and sensory results of the partial dealcoholization of young Palomino Fino white wines. The wines were produced and subsequently dealcoholized at the Rancho de la Merced experimental winery. The grapes used came from three coastal towns in the province of Cádiz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990955ef-05c8-4e05-b325-ece16f4aa7f0</t>
   </si>
   <si>
     <t>Agronomic and Oenological Behavior of Vitis vinifera Under Moderate Irrigation</t>
   </si>
   <si>
     <t>Document showing the results of trials conducted between 2011 and 2013 on the agronomic, physiological, and qualitative effects of moderate irrigation on Vitis vinifera cv. Syrah and cv. Cabernet Sauvignon, grown in a Mediterranean climate.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/086a630b-fe6a-417a-a8e2-4cf8bc38625e</t>
   </si>
   <si>
+    <t>Introduction to Organic Viticulture in Andalusia</t>
+  </si>
+  <si>
+    <t>This document presents the current status of organic viticulture at the national level and in the autonomous community of Andalusia. It also covers regulations on organic farming, with particular emphasis on the conversion process and the importance of certification. Finally, it includes an analysis of the various applicable aid and subsidies.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eafed293-d927-49f5-a55d-991483765307</t>
+  </si>
+  <si>
+    <t>Production of organic sparkling wines from Pedro Ximénez and Tempranillo varieties</t>
+  </si>
+  <si>
+    <t>Document showing the initial results of a trial evaluating the possibility of producing organic sparkling wines from Pedro Ximénez and Tempranillo grapes using traditional sparkling winemaking methods.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a594ce9-9a24-4b21-b390-736ef6b3bc74</t>
+  </si>
+  <si>
     <t>Accelerated Aging of Pedro Ximénez Wine Vinegars</t>
   </si>
   <si>
     <t>Document describing an accelerated aging experience with Pedro Ximénez wine vinegar using micro-oxygenation and oak chips.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43ab9d37-d254-4f43-8250-3c1fa1346f8e</t>
   </si>
   <si>
     <t>Sulfur in Winemaking. Alternatives</t>
   </si>
   <si>
     <t>This document presents the current status of the use of sulfur dioxide preservatives in the wine industry. It describes how this preservative works, its properties, and its effects on wine quality and consumer health. It summarizes the analytical methodologies for its determination, current international regulations on its use, and the alternatives proposed by the international scientific community for its replacement. Finally, it presents the main conclusions derived from the project carried out at IFAPA in the search for alternatives to sulfur dioxide, and outlines the future of sulfur dioxide and its alternatives in wineries and research.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fbb0bb4-261a-4c19-97d4-6e8ba8dafeb4</t>
   </si>
   <si>
-    <t>Introduction to Organic Viticulture in Andalusia</t>
-[...7 lines deleted...]
-  <si>
     <t>Influence of Vineyard Mechanization on the Quality of Must and Wine</t>
   </si>
   <si>
     <t>Document showing the consequences of vineyard mechanization on the quality of musts and wines. The trial was conducted entirely at the IFAPA Rancho de la Merced, from grape cultivation to winemaking, over four consecutive seasons.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ca8eeb90-8a27-4e93-92f4-b932c8646ac6</t>
   </si>
   <si>
     <t>The Effect of Different Irrigation Types on Vitis vinifera cv. Syrah Grown in a Mediterranean Climate</t>
   </si>
   <si>
     <t>Document showing the agronomic, physiological, and qualitative effects of two types of localized irrigation on Vitis vinifera cv. Syrah, grown in a Mediterranean climate.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a01335f2-b574-4fe4-b3f1-ebdc8d25d206</t>
   </si>
   <si>
-    <t>Production of organic sparkling wines from Pedro Ximénez and Tempranillo varieties</t>
-[...7 lines deleted...]
-  <si>
     <t>Estimation of Leaf Area Using a Non-Destructive Direct Method in Vines</t>
   </si>
   <si>
     <t>Document describing the development of a direct, non-destructive method for determining the leaf area of a vineyard. This method can be used by winegrowers in the Montilla-Moriles region as a reference method for calculating the vegetative growth indices of their vineyards.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07b73a4f-29b3-425d-bad3-c3e9c0d423c7</t>
   </si>
   <si>
     <t>Study of Local and Foreign Varieties Cultivated in the Granada Plateau. 2015 Results</t>
   </si>
   <si>
     <t>This document describes the results of the 2015 campaign on the productive potential of the local Gordal variety. It analyzes different winemaking techniques and evaluates their impact on the physical, chemical, and sensory characteristics of the wines. It also provides an agronomic and oenological description of the local and foreign varieties grown in the Granada Plateau.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/19f319c3-6a05-4014-85ee-f5eecb197429</t>
   </si>
   <si>
     <t>Conservation of Organic Sparkling Wines of the Pedro Ximénez Variety</t>
   </si>
   <si>
     <t>Document describing a conservation trial of organic sparkling wines of the Pedro Ximénez variety, after disgorging the wines using different preservatives.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/800d018a-4608-43b6-9bed-39a33a43a78f</t>
@@ -6449,86 +6479,86 @@
   <si>
     <t>Continuing the series of projects initiated in the 2007 campaign, this trial network is conducting an agronomic evaluation of the most widely used commercial strawberry varieties in Huelva. These varieties are grown using soilless cultivation systems and planted on two dates: early (October 10) and standard (October 22). The influence of planting date on the parameters considered most important to farmers has been studied, both those related to production and quality.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b554969d-0506-4908-9911-d9ac6b08fd94</t>
   </si>
   <si>
     <t>Oil Accumulation Pattern in Three Olive Varieties</t>
   </si>
   <si>
     <t>Given the importance for farmers to know the optimal time for olive harvesting in order to obtain the highest oil production and the best quality, this paper describes a study carried out on an olive grove in the province of Córdoba, where the oil accumulation behavior of three olive varieties was evaluated: Hojiblanca, Arbequina, and Koroneiki.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1c14087b-0e04-4c43-b6e5-288e13f0f8b8</t>
   </si>
   <si>
     <t>Evaluation of the Agronomic Behavior of Different Citrus Rootstocks and Varieties, Suitable for Industry, in the Conditions of the Marshes of the Lower Guadalquivir River</t>
   </si>
   <si>
     <t>Due to the new CAP guidelines, the viability and continued existence of some traditional crops in the Lower Guadalquivir River is being questioned. Therefore, the introduction of alternative crops adapted to the area, capable of achieving high levels of productivity and profitability, is necessary. To date, there is no experience in the area with citrus cultivation on marshland with serious root smothering problems. The ultimate objective of this study was to establish the viability of citrus cultivation under clay soil conditions with a risk of waterlogging.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33603278-e96a-4a24-b1c8-60ac35029e31</t>
   </si>
   <si>
+    <t>Influence of the Cultivation System on Strawberry Variety Production. 2020/2021 Crop Season. II Quality</t>
+  </si>
+  <si>
+    <t>As a result of the efficient implementation of an increasing number of breeding programs, a wide range of strawberry varieties is now available. Given this broad offering, fruit productivity and quality are key parameters for producers and technicians when selecting varieties to grow, with quality being the main parameter for consumers. This paper presents the organoleptic and postharvest quality results of twelve strawberry varieties grown in different cultivation systems.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759d0914-a699-4ac7-afe3-e1e0f94bf356</t>
+  </si>
+  <si>
+    <t>Recommendations for Calculating the Application Volume of Phytosanitary Treatments in Greenhouse Tomato Cultivation</t>
+  </si>
+  <si>
+    <t>To adapt the volume of phytosanitary mixture to crop development, a series of tools (tables and graphs) have been developed to estimate it for greenhouse tomatoes, based on easily measurable geometric parameters of the plant mass and the treatment equipment used. This document presents these tools and explains their use. A software application that facilitates the calculation is also available and can be found in the "Training Resources" section of the "Horticulture" sector of this SERVIFAPA portal, called the "GreenRate Application."</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7444bca-78ca-474f-975f-5671d686034a</t>
+  </si>
+  <si>
     <t>Pre-emergence herbicide trial against Centaurea diluta in durum wheat</t>
   </si>
   <si>
     <t>Centaurea diluta Aiton, commonly known as broom, is a species of the Compositae family that is increasingly posing problems in herbaceous crops in the Andalusian countryside. Control with post-emergence herbicides is problematic precisely because of its staggered emergence and rapid growth. The objective of this publication was to evaluate the efficacy of 15 pre-emergence herbicide treatments on durum wheat against Centaurea diluta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b390f233-184a-4831-a1ff-9502ee32a9e4</t>
   </si>
   <si>
     <t>Cotton Crop Residue Management for Pink Bollworm Control (Pectinophora gossypiella)</t>
   </si>
   <si>
     <t>Cereals, oilseeds and protein crops</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4bb76f1-58ad-4599-b345-dd2e86d6435d</t>
   </si>
   <si>
-    <t>Influence of the Cultivation System on Strawberry Variety Production. 2020/2021 Crop Season. II Quality</t>
-[...16 lines deleted...]
-  <si>
     <t>Results of Cotton Variety Trials in Andalusia. 2020/21 Crop Season</t>
   </si>
   <si>
     <t>In order to promote research into cotton cultivation in Andalusia and in response to the cotton sector's desire to advance knowledge of varieties adapted to the majority interest of farmers, the Andalusian Institute for Research and Training in Agriculture, Fisheries, Food and Organic Production (IFAPA), together with the Cotton Farmers' Collective of Southern Andalusia (COALSA SL), Plant Protection and Technology (FITESA) and Semillas del Guadalquivir (GUADALSEM), have joined forces to carry out the experimental development project called "Improving knowledge of the agroclimatic adaptation of cotton varieties in Andalusia".</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/62a7f19e-294e-4adf-8334-5d37ebae9cef</t>
   </si>
   <si>
     <t>Evaluation of Blueberry Varieties in Conventional Cultivation</t>
   </si>
   <si>
     <t>In order to understand and compare freely available blueberry varieties, the following line of work, "Prospecting for freely available blueberry varieties. Agronomic assessment under the growing conditions of the province of Huelva," is proposed within the framework of the Sectoral Transfer Project "TRA201600.5: Experimentation and transfer in strawberry and other red fruit cultivation." This work presents the initial data obtained from this new IFAPA research line, which has characterized a total of five varieties selected from those currently freely available on the market.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eefa83a8-4622-408e-b057-4f4b633aee0e</t>
   </si>
   <si>
     <t>Estimation of Biomass and Yield in Herbaceous Crops through Remote Sensing</t>
   </si>
   <si>
     <t>Knowing a crop's biomass and yield is very useful for evaluating different management practices on agricultural plots, such as fertilizer application, irrigation, or pesticide use. It also serves to quantify the impact of global warming on crop development and harvest, or to identify optimal genotypes in crop improvement programs. One method for estimating this biomass is based on plant light use efficiency, which relates dry matter production to incident radiation, and the efficiency of vegetation in using this energy.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50a7bf19-b3bb-4b12-b5c0-1058001bcdb0</t>
@@ -6575,167 +6605,167 @@
   <si>
     <t>Each year, IFAPA, within the Andalusian Agricultural Experimentation Network (RAEA), carries out agronomic and quality characterization of different strawberry varieties in different cultivation systems. This is intended to generate information that can be useful in facilitating varietal selection given the current wide range of available varieties.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9314bad7-caa7-4d9e-8069-ff458d7c0c55</t>
   </si>
   <si>
     <t>Evaluation of Strawberry Varieties in Organic and Conventional Crops. 2019/2020 Crop Season</t>
   </si>
   <si>
     <t>Every year, the Agricultural Research and Training Institute (Ministry of Agriculture, Livestock, Fisheries and Sustainable Development, Regional Government of Andalusia) carries out, within the Andalusian Agricultural Experimentation Network, an agronomic and quality characterization of different strawberry varieties in different cultivation systems. This work aims to generate information that can be useful to facilitate varietal selection given the current wide range of available varieties. This work presents the results obtained during the 2019/2020 campaign with twelve varieties under off-ground cultivation conditions, both organic and conventional with chemically disinfected soil.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/742cbbec-4298-4195-be0c-e97d3a834ee6</t>
   </si>
   <si>
     <t>Influence of the Cultivation System on Strawberry Varieties. 2021/2022 Crop Season. I. Production Parameters.</t>
   </si>
   <si>
     <t>An increasing number of companies are developing improvement programs to obtain strawberry varieties for production in the province of Huelva and other areas with similar characteristics. As in previous years, this 2021-22 campaign, the Andalusian Institute for Research and Training in Agriculture, Fisheries, and Organic Production (Ifapa) has conducted a trial to evaluate the adaptation of different strawberry varieties to different cultivation systems. Production-related traits of 16 varieties have been evaluated. The objectives of this work are: 1. To compare production-related parameters among the tested varieties. 2. To study the effect of four cultivation systems: conventional cultivation with chemically disinfected soil, soilless cultivation, cultivation without disinfection, and organic cultivation. 3. To generate information aimed at facilitating varietal selection given the current wide range of offerings and the demands of both the national and international markets.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b3a04f44-5b15-42ab-8e45-1eacce6c3924</t>
   </si>
   <si>
+    <t>Results of the Rapeseed Trials in Andalusia. 2020-2021 Crop Season</t>
+  </si>
+  <si>
+    <t>Given the need for viable alternatives for the Andalusian countryside, IFAPA continues its network of rapeseed (Brassica napus) variety trials, with the aim of providing farmers with answers on various aspects related to cultivation techniques, the performance of the new Clearfield varieties, the efficacy of new herbicides, disease resistance, and disease control treatments. Results of the trials of nine commercial rapeseed varieties, carried out in the towns of Córdoba and Montemayor (Córdoba) during the 2020-2021 campaign.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf40c1f8-c578-403b-8ac2-c2b56fef660b</t>
+  </si>
+  <si>
+    <t>Results of the Rapeseed Trials in Andalusia. 2019-2020 Campaign</t>
+  </si>
+  <si>
+    <t>In response to the need for viable alternatives for Andalusian farmers, IFAPA is continuing its network of rapeseed (Brassica napus) trials, aiming to provide farmers with answers on various aspects related to cultivation techniques, the performance of new varieties (Clearfield), the efficacy of new herbicides, disease resistance, and disease control treatments.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e8f90107-c1bf-406d-a139-d6c12120a975</t>
+  </si>
+  <si>
+    <t>Rapeseed Variety Trials in Andalusia. 2021/22 Crop Season</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dfb3f120-3430-4d24-b906-7f5830dbf275</t>
+  </si>
+  <si>
+    <t>General Criteria for Establishing an Avocado Plantation</t>
+  </si>
+  <si>
+    <t>Before establishing an avocado plantation, it is essential to understand its soil and climate requirements and ensure that the plot's characteristics meet these requirements for a profitable crop. The choice of variety(s) to be planted, as well as the plantation design (planting frames, pollinator placement, etc.), are influenced by various criteria that must be taken into account for the successful establishment of the plantation. Likewise, soil preparation prior to planting, the timing of planting, and initial crop management are key aspects described in this document.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c96eb60-dbf8-46a4-b089-02445da7432e</t>
+  </si>
+  <si>
     <t>Application of solarization and biofumigation techniques in strawberry crops</t>
   </si>
   <si>
     <t>Given the critical legal situation regarding chemically derived active ingredients primarily used as soil disinfectants for strawberries, it is necessary to continue working on developing physical/biological disinfestation techniques (such as biosolarization/biofumigation) that will provide farmers with potential tools for this aspect of the crop, in the event of a ban or restriction on the use of the currently used options. This is precisely the main objective of this line of work, which places special emphasis on the use of the aforementioned techniques applied directly to the crop ridge.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e2bf89a-d401-41fb-9cf7-a3b36b80f28f</t>
   </si>
   <si>
     <t>Effectiveness of chemical soil disinfestation and biosolarization techniques in controlling strawberry pathogen populations and disease incidence. Influence of treatments on crop yields</t>
   </si>
   <si>
     <t>Given the critical legal situation regarding the active ingredients primarily used as soil disinfectants for strawberry production, it is necessary to evaluate and promote other chemical tools that allow for effective soil disinfestation, or to innovate in the application of some already known ones to increase their effectiveness. The results shown correspond to trials conducted during the 2016/2017 crop year.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8535f915-334e-4ccd-a438-344bc6005641</t>
   </si>
   <si>
-    <t>Results of the Rapeseed Trials in Andalusia. 2020-2021 Crop Season</t>
-[...29 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c96eb60-dbf8-46a4-b089-02445da7432e</t>
+    <t>Influence of the Agroenvironment on Production-Related Traits in Strawberry Varieties. 2022/2023 Crop Season</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f2aee712-9385-4db5-ac42-c7bcde86e4db</t>
+  </si>
+  <si>
+    <t>Marketing of Citrus Fruits at Source in Andalusia</t>
+  </si>
+  <si>
+    <t>From a survey of 203 citrus growers in Andalusia, the main channels and</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a89442cc-ee1d-4ad3-9217-0157e1d95f65</t>
+  </si>
+  <si>
+    <t>Would irrigators be willing to pay to improve the guarantee of irrigation water supply?</t>
+  </si>
+  <si>
+    <t>Analysis of irrigators' willingness to pay for improved irrigation water supply security. The methodology used is the valuation technique of choice experiments for the case study of the Santaella Irrigation Community (Genil-Cabra). The results show that just over half of the irrigators are willing to pay to improve this guarantee, clearly identifying three classes: those unwilling to pay, those with a low willingness to pay (primarily due to a reduction in variability in the irrigation water supply received), and those with a high willingness to pay (both to reduce variability and to increase the average supply). Furthermore, factors related to farm and farmer characteristics that determine membership in each class are identified. The results obtained are relevant from the perspective of policymakers, enabling them to design efficient instruments in the current context of climate change.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cac43e9d-0276-4da1-9b32-1e1642577300</t>
+  </si>
+  <si>
+    <t>Results-based agro-environmental programs: olive growers' willingness to participate.</t>
+  </si>
+  <si>
+    <t>Analysis of the willingness of olive growers in sloping olive groves to participate in results-based agri-environmental programs, including monitoring based almost exclusively on satellite information, in the agricultural regions of Los Pedroches, Sierra de Córdoba, Penibética, Montefrío, and Sierra Sur.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/455ae087-4e77-4715-aabe-dd91781aa141</t>
+  </si>
+  <si>
+    <t>Knowledge and Consumption of Extra Virgin Olive Oil</t>
+  </si>
+  <si>
+    <t>Analysis of the level of knowledge about extra virgin olive oil and its relationship with consumption.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34db5b78-2aed-410a-a27c-4086f00e031a</t>
+  </si>
+  <si>
+    <t>Recommendations for Making Andalusian Goat Cheese</t>
+  </si>
+  <si>
+    <t>Andalusia is the main producer of goat's milk in Spain and one of the highest in the entire Mediterranean basin. The milk comes from native breeds (Payoya, Malaga, Murciano-Granadina, and Florida) closely associated with extensive and semi-extensive farming models. The matured cheese obtained from this milk is a distinctive product, with added value derived from its quality, placing it in the gourmet food segment. This work establishes basic recommendations during the different production stages to obtain an optimal product from a technological, nutritional, and sensorial perspective.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a756a99c-b8a1-4563-b8db-ec932f7f7eaf</t>
+  </si>
+  <si>
+    <t>Advances in the Development of Non-Chemical Alternatives for Soil Disinfestation in Strawberry Cultivation</t>
+  </si>
+  <si>
+    <t>Given the critical legal situation regarding chemically derived active ingredients, primarily used as soil disinfestants in strawberry cultivation, it is necessary to continue researching physical/biological disinfestation alternatives that provide farmers with potential tools for this aspect of the crop, in the event of a ban or restriction on the use of currently used options. The document presents the results of the 2016-2017 campaign from trials conducted at the El Cebollar Farm (Moguer, Huelva).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f42c482-3acb-4e4f-ba31-a30e36dc5613</t>
   </si>
   <si>
     <t>Determining the optimal time for olive harvesting</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5b1d21be-6929-4153-a443-8791ed15e90f</t>
   </si>
   <si>
-    <t>Influence of the Agroenvironment on Production-Related Traits in Strawberry Varieties. 2022/2023 Crop Season</t>
-[...58 lines deleted...]
-  <si>
     <t>Almond wood diseases: Botryosphaeria decay</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d329c8b-3161-4640-b8e1-fc60042778bf</t>
   </si>
   <si>
     <t>Sustainable management of wood diseases in almond trees</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ecb04f2d-dc76-405e-b0e2-a87c034078c5</t>
   </si>
   <si>
     <t>Towards sustainable control of almond diseases caused by fungi of the Botryosphaeriaceae family.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f21f6890-576f-4af9-9bee-70a686df9b84</t>
   </si>
   <si>
     <t>Fungal wood diseases, a threat to economically important crops.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/837af9a0-9266-4f73-a770-4e3cf5077570</t>
   </si>
   <si>
     <t>Estimated Varietal Distribution in Strawberry Cultivation in Huelva. 2019/2020 Crop Season</t>
@@ -8075,93 +8105,93 @@
   <si>
     <t>The Circular Economy seeks to minimize waste in industrial processes by making more efficient use of resources. Unlike models based on extracting, producing, consuming, and disposing, the Circular Economy promotes reuse, recycling, and renewal within a closed production system.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/0/Harina+roxa+de+magaya+como+ingrediente+de+galletas.pdf/fdd53c28-988b-b130-641e-404c4f14d62e?t=1748604980716</t>
   </si>
   <si>
     <t>Cheese Dictionary</t>
   </si>
   <si>
     <t>To talk about cheese is to talk about a food with more than 10,000 years of history, even predating writing, whose origin is a mystery steeped in legend. The first cheeses appeared in the Neolithic period, when humans began shepherding and learned to domesticate animals (the first sheep appeared between 8000 BC and 3000 BC), a time when our ancestors began to prepare this ancient food.</t>
   </si>
   <si>
     <t>https://www.itacyl.es/documents/20143/235841/Diccionario+del+queso_prueba+maquetaci%C3%B3n.pdf/dcda7e14-59b1-fce7-d509-faf109fefdbc?t=1733386537036</t>
   </si>
   <si>
     <t>CONAFE TUTORIALS</t>
   </si>
   <si>
     <t>Specialized video channel on Friesian livestock with tutorials on management, genetics, etc.</t>
   </si>
   <si>
     <t>https://www.youtube.com/playlist?list=PLw3H0LRHH720buTI7Eulqg5PWNqJ2AyOh</t>
   </si>
   <si>
+    <t>Cost structure of agricultural production areas in the Region of Murcia: stone fruit and citrus fruits</t>
+  </si>
+  <si>
+    <t>Publication dedicated to the cultivation of regional citrus and stone fruit trees</t>
+  </si>
+  <si>
+    <t>https://www.imida.es/web/imida/-/estructura-de-costes-de-las-orientaciones-productivas-agricolas-de-la-region-de-murcia-frutales-de-hueso-y-citricos</t>
+  </si>
+  <si>
     <t>Manual of good practices for vine cultivation in the region of Murcia. Socioeconomic and environmental assessment</t>
   </si>
   <si>
     <t>The manual aims to convey, in a direct and simple way, to winegrowers and technicians involved in the regional wine chain, sustainable cultivation guidelines, both for dryland bush-fed vines and for irrigated trellis vines.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/manual-de-buenas-practicas-para-el-cultivo-de-la-vina-en-la-region-de-murcia-evaluacion-socioeconomica-y-ambient-1</t>
   </si>
   <si>
     <t>Cost structure of agricultural production areas in the Region of Murcia: open-air and greenhouse horticulture</t>
   </si>
   <si>
     <t>Publication dedicated to regional horticultural crops, both outdoors and under protected and greenhouse conditions.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/estructura-de-costes-de-las-orientaciones-productivas-agricolas-de-la-region-de-murcia-horticultura-al-aire-libre-y-bajo-invernadero</t>
   </si>
   <si>
     <t>Cost structure of the agricultural production guidelines of the Region of Murcia: nuts, pome fruit, vines, and olives</t>
   </si>
   <si>
     <t>Publication dedicated to the most characteristic woody crops of rural Murcia, including nuts, pome fruit, table and wine grapes, and olive trees.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/estructura-de-costes-de-las-orientaciones-productivas-agricolas-de-la-region-de-murcia-frutos-secos-frutales-de-pepita-vid-y-olivo</t>
   </si>
   <si>
     <t>Influence of climate change on plant breeding</t>
   </si>
   <si>
     <t>Work by experts from different fields of plant breeding in which they contribute their experiences, knowledge and opinions on the different aspects that relate plant breeding and the challenge of climate change.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/influencia-del-cambio-climatico-en-la-mejora-genetica-de-plantas</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://www.imida.es/web/imida/-/estructura-de-costes-de-las-orientaciones-productivas-agricolas-de-la-region-de-murcia-frutales-de-hueso-y-citricos</t>
   </si>
   <si>
     <t>Sustainable Future</t>
   </si>
   <si>
     <t>BBVA podcast that analyzes the transition and offers recommendations for sustainability</t>
   </si>
   <si>
     <t>https://www.bbva.com/es/especiales/futuro-sostenible/</t>
   </si>
   <si>
     <t>Digital droplet PCR technology for the detection of Ilyonectria liriodendri in environmental samples of grapevines</t>
   </si>
   <si>
     <t>Article about the accurate, early, and specific detection and quantification of blackleg fungi and the evaluation of droplet digital PCR and real-time PCR techniques.</t>
   </si>
   <si>
     <t>https://doi.org/10.1094/PDIS-03-19-0529-RE</t>
   </si>
   <si>
     <t>Protection of grapevine pruning wounds against Phaeomoniella chlamydospora and Diplodia seriata using commercial biological and chemical methods</t>
   </si>
   <si>
     <t>Article about Botryosphaeria dieback and esca, two of the most damaging grapevine trunk diseases (VTB) affecting vineyards in major grape-producing areas around the world.</t>
   </si>
@@ -12989,20836 +13019,20890 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1486"/>
+  <dimension ref="A1:D1490"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D1486"/>
+      <selection activeCell="A1" sqref="A1:D1490"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="273.648" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2191.751" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1014.467" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D2" s="1"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" s="1" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>14</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>94</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>121</v>
-      </c>
-[...7 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>130</v>
-      </c>
-[...7 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>136</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D57" s="1" t="s">
         <v>163</v>
-      </c>
-[...7 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D59" s="1" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>184</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>187</v>
-      </c>
-[...7 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>202</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>208</v>
-      </c>
-[...7 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>214</v>
-      </c>
-[...7 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>223</v>
-      </c>
-[...7 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>226</v>
-      </c>
-[...7 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>239</v>
+        <v>5</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>239</v>
+        <v>5</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>239</v>
+        <v>5</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D87" s="1" t="s">
         <v>254</v>
-      </c>
-[...7 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D88" s="1" t="s">
         <v>257</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D89" s="1" t="s">
         <v>260</v>
-      </c>
-[...7 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>263</v>
-      </c>
-[...7 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>266</v>
-      </c>
-[...7 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D92" s="1" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D93" s="1" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D94" s="1" t="s">
         <v>275</v>
-      </c>
-[...7 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>278</v>
-      </c>
-[...7 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D96" s="1" t="s">
         <v>281</v>
-      </c>
-[...7 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D97" s="1" t="s">
         <v>284</v>
-      </c>
-[...7 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>287</v>
-      </c>
-[...7 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D99" s="1" t="s">
         <v>290</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
         <v>297</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>303</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>305</v>
+        <v>284</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="B105" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D105" s="1" t="s">
-        <v>308</v>
+        <v>284</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D106" s="1" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>312</v>
-      </c>
-[...7 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>315</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>318</v>
-      </c>
-[...7 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>321</v>
-      </c>
-[...7 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>324</v>
-      </c>
-[...7 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>327</v>
-      </c>
-[...7 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>330</v>
-      </c>
-[...7 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>333</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D115" s="1" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>339</v>
-      </c>
-[...7 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D117" s="1" t="s">
         <v>342</v>
-      </c>
-[...7 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D118" s="1" t="s">
         <v>345</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="B119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C119" s="1" t="s">
+      <c r="D119" s="1" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>355</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>360</v>
+        <v>284</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D124" s="1" t="s">
-        <v>363</v>
+        <v>284</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D125" s="1" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D126" s="1" t="s">
         <v>367</v>
-      </c>
-[...7 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>370</v>
-      </c>
-[...7 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D128" s="1" t="s">
         <v>373</v>
-      </c>
-[...7 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D129" s="1" t="s">
         <v>376</v>
-      </c>
-[...7 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D130" s="1" t="s">
         <v>379</v>
-      </c>
-[...7 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>380</v>
+        <v>5</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>380</v>
+        <v>5</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>380</v>
+        <v>28</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>380</v>
+        <v>5</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D135" s="1" t="s">
         <v>395</v>
-      </c>
-[...7 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D136" s="1" t="s">
         <v>398</v>
-      </c>
-[...7 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D137" s="1" t="s">
         <v>401</v>
-      </c>
-[...7 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D138" s="1" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D139" s="1" t="s">
         <v>407</v>
-      </c>
-[...7 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>410</v>
-      </c>
-[...7 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>413</v>
-      </c>
-[...7 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D142" s="1" t="s">
         <v>416</v>
-      </c>
-[...7 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D143" s="1" t="s">
         <v>419</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D144" s="1" t="s">
         <v>422</v>
-      </c>
-[...7 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D145" s="1" t="s">
         <v>425</v>
-      </c>
-[...7 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D146" s="1" t="s">
         <v>428</v>
-      </c>
-[...7 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D147" s="1" t="s">
         <v>431</v>
-      </c>
-[...7 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C148" s="1" t="s">
         <v>433</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>446</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D154" s="1" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C155" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C155" s="1" t="s">
+      <c r="D155" s="1" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C156" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C156" s="1" t="s">
+      <c r="D156" s="1" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D157" s="1" t="s">
         <v>457</v>
-      </c>
-[...7 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D158" s="1" t="s">
         <v>460</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D159" s="1" t="s">
         <v>463</v>
-      </c>
-[...7 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D160" s="1" t="s">
         <v>466</v>
-      </c>
-[...7 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D161" s="1" t="s">
         <v>469</v>
-      </c>
-[...7 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D162" s="1" t="s">
         <v>472</v>
-      </c>
-[...7 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D163" s="1" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D164" s="1" t="s">
         <v>478</v>
-      </c>
-[...7 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D165" s="1" t="s">
         <v>481</v>
-      </c>
-[...7 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D166" s="1" t="s">
         <v>484</v>
-      </c>
-[...7 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D167" s="1" t="s">
         <v>487</v>
-      </c>
-[...7 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D168" s="1" t="s">
         <v>490</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D169" s="1" t="s">
         <v>493</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D170" s="1" t="s">
         <v>496</v>
-      </c>
-[...7 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D171" s="1" t="s">
         <v>499</v>
-      </c>
-[...7 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D172" s="1" t="s">
         <v>502</v>
-      </c>
-[...7 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D173" s="1" t="s">
         <v>505</v>
-      </c>
-[...7 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D174" s="1" t="s">
         <v>508</v>
-      </c>
-[...7 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D175" s="1" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D176" s="1" t="s">
         <v>514</v>
-      </c>
-[...7 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D177" s="1" t="s">
         <v>517</v>
-      </c>
-[...7 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D178" s="1" t="s">
         <v>520</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D179" s="1" t="s">
         <v>523</v>
-      </c>
-[...7 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D180" s="1" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D181" s="1" t="s">
         <v>529</v>
-      </c>
-[...7 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D182" s="1" t="s">
         <v>532</v>
-      </c>
-[...7 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D183" s="1" t="s">
         <v>535</v>
-      </c>
-[...7 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D184" s="1" t="s">
         <v>538</v>
-      </c>
-[...7 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D185" s="1" t="s">
         <v>541</v>
-      </c>
-[...7 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="D186" s="1" t="s">
         <v>544</v>
-      </c>
-[...7 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D187" s="1" t="s">
         <v>547</v>
-      </c>
-[...7 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D188" s="1" t="s">
         <v>550</v>
-      </c>
-[...7 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D189" s="1" t="s">
         <v>553</v>
-      </c>
-[...7 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D190" s="1" t="s">
         <v>556</v>
-      </c>
-[...7 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D191" s="1" t="s">
         <v>559</v>
-      </c>
-[...7 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D192" s="1" t="s">
         <v>562</v>
-      </c>
-[...7 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D193" s="1" t="s">
         <v>565</v>
-      </c>
-[...7 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D194" s="1" t="s">
         <v>568</v>
-      </c>
-[...7 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D195" s="1" t="s">
         <v>571</v>
-      </c>
-[...7 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D196" s="1" t="s">
         <v>574</v>
-      </c>
-[...7 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D197" s="1" t="s">
         <v>577</v>
-      </c>
-[...7 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D198" s="1" t="s">
         <v>580</v>
-      </c>
-[...7 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D199" s="1" t="s">
         <v>583</v>
-      </c>
-[...7 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="D200" s="1" t="s">
         <v>586</v>
-      </c>
-[...7 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D201" s="1" t="s">
         <v>589</v>
-      </c>
-[...7 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D202" s="1" t="s">
         <v>592</v>
-      </c>
-[...7 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D203" s="1" t="s">
         <v>595</v>
-      </c>
-[...7 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D204" s="1" t="s">
         <v>598</v>
-      </c>
-[...7 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D205" s="1" t="s">
         <v>601</v>
-      </c>
-[...7 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D206" s="1" t="s">
         <v>604</v>
-      </c>
-[...7 lines deleted...]
-        <v>606</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D207" s="1" t="s">
         <v>607</v>
-      </c>
-[...7 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D208" s="1" t="s">
         <v>610</v>
-      </c>
-[...7 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="D209" s="1" t="s">
         <v>613</v>
-      </c>
-[...7 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D210" s="1" t="s">
         <v>616</v>
-      </c>
-[...7 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="D211" s="1" t="s">
         <v>619</v>
-      </c>
-[...7 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D212" s="1" t="s">
         <v>622</v>
-      </c>
-[...7 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="D213" s="1" t="s">
         <v>625</v>
-      </c>
-[...7 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="D214" s="1" t="s">
         <v>628</v>
-      </c>
-[...7 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D215" s="1" t="s">
         <v>631</v>
-      </c>
-[...7 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="D216" s="1" t="s">
         <v>634</v>
-      </c>
-[...7 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="D217" s="1" t="s">
         <v>637</v>
-      </c>
-[...7 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D218" s="1" t="s">
         <v>640</v>
-      </c>
-[...7 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D219" s="1" t="s">
         <v>643</v>
-      </c>
-[...7 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D220" s="1" t="s">
         <v>646</v>
-      </c>
-[...7 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D221" s="1" t="s">
         <v>649</v>
-      </c>
-[...7 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="D222" s="1" t="s">
         <v>652</v>
-      </c>
-[...7 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="D223" s="1" t="s">
         <v>655</v>
-      </c>
-[...7 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D224" s="1" t="s">
         <v>658</v>
-      </c>
-[...7 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D225" s="1" t="s">
         <v>661</v>
-      </c>
-[...7 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D226" s="1" t="s">
         <v>664</v>
-      </c>
-[...7 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D227" s="1" t="s">
         <v>667</v>
-      </c>
-[...7 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D228" s="1" t="s">
         <v>670</v>
-      </c>
-[...7 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="D229" s="1" t="s">
         <v>673</v>
-      </c>
-[...7 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D230" s="1" t="s">
         <v>676</v>
-      </c>
-[...7 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="D231" s="1" t="s">
         <v>679</v>
-      </c>
-[...7 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D232" s="1" t="s">
         <v>682</v>
-      </c>
-[...7 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D233" s="1" t="s">
         <v>685</v>
-      </c>
-[...7 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="D234" s="1" t="s">
         <v>688</v>
-      </c>
-[...7 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D235" s="1" t="s">
         <v>691</v>
-      </c>
-[...7 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D236" s="1" t="s">
         <v>694</v>
-      </c>
-[...7 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D237" s="1" t="s">
         <v>697</v>
-      </c>
-[...7 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D238" s="1" t="s">
         <v>700</v>
-      </c>
-[...7 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="D239" s="1" t="s">
         <v>703</v>
-      </c>
-[...7 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D240" s="1" t="s">
         <v>706</v>
-      </c>
-[...7 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D241" s="1" t="s">
         <v>709</v>
-      </c>
-[...7 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D242" s="1" t="s">
         <v>712</v>
-      </c>
-[...7 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="D243" s="1" t="s">
         <v>715</v>
-      </c>
-[...7 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D244" s="1" t="s">
         <v>718</v>
-      </c>
-[...7 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="D245" s="1" t="s">
         <v>721</v>
-      </c>
-[...7 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D246" s="1" t="s">
         <v>724</v>
-      </c>
-[...7 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D247" s="1" t="s">
         <v>727</v>
-      </c>
-[...7 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D248" s="1" t="s">
         <v>730</v>
-      </c>
-[...7 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="D249" s="1" t="s">
         <v>733</v>
-      </c>
-[...7 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="D250" s="1" t="s">
         <v>736</v>
-      </c>
-[...7 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="D251" s="1" t="s">
         <v>739</v>
-      </c>
-[...7 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D252" s="1" t="s">
         <v>742</v>
-      </c>
-[...7 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="D253" s="1" t="s">
         <v>745</v>
-      </c>
-[...7 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D254" s="1" t="s">
         <v>748</v>
-      </c>
-[...7 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="D255" s="1" t="s">
         <v>751</v>
-      </c>
-[...7 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="D256" s="1" t="s">
         <v>754</v>
-      </c>
-[...7 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D257" s="1" t="s">
         <v>757</v>
-      </c>
-[...7 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D258" s="1" t="s">
         <v>760</v>
-      </c>
-[...7 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="D259" s="1" t="s">
         <v>763</v>
-      </c>
-[...7 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="D260" s="1" t="s">
         <v>766</v>
-      </c>
-[...7 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="D261" s="1" t="s">
         <v>769</v>
-      </c>
-[...7 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D262" s="1" t="s">
         <v>772</v>
-      </c>
-[...7 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="D263" s="1" t="s">
         <v>775</v>
-      </c>
-[...7 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="D264" s="1" t="s">
         <v>778</v>
-      </c>
-[...7 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D265" s="1" t="s">
         <v>781</v>
-      </c>
-[...7 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="D266" s="1" t="s">
         <v>784</v>
-      </c>
-[...7 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="D267" s="1" t="s">
         <v>787</v>
-      </c>
-[...7 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="D268" s="1" t="s">
         <v>790</v>
-      </c>
-[...7 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="D269" s="1" t="s">
         <v>793</v>
-      </c>
-[...7 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="D270" s="1" t="s">
         <v>796</v>
-      </c>
-[...7 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D271" s="1" t="s">
         <v>799</v>
-      </c>
-[...7 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D272" s="1" t="s">
         <v>802</v>
-      </c>
-[...7 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D273" s="1" t="s">
         <v>805</v>
-      </c>
-[...7 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="D274" s="1" t="s">
         <v>808</v>
-      </c>
-[...7 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D275" s="1" t="s">
         <v>811</v>
-      </c>
-[...7 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="D276" s="1" t="s">
         <v>814</v>
-      </c>
-[...7 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="D277" s="1" t="s">
         <v>817</v>
-      </c>
-[...7 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D278" s="1" t="s">
         <v>820</v>
-      </c>
-[...7 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D279" s="1" t="s">
         <v>823</v>
-      </c>
-[...7 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="D280" s="1" t="s">
         <v>826</v>
-      </c>
-[...7 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="D281" s="1" t="s">
         <v>829</v>
-      </c>
-[...7 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="D282" s="1" t="s">
         <v>832</v>
-      </c>
-[...7 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="D283" s="1" t="s">
         <v>835</v>
-      </c>
-[...7 lines deleted...]
-        <v>837</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="D284" s="1" t="s">
         <v>838</v>
-      </c>
-[...7 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="D285" s="1" t="s">
         <v>841</v>
-      </c>
-[...7 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="D286" s="1" t="s">
         <v>844</v>
-      </c>
-[...7 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="D287" s="1" t="s">
         <v>847</v>
-      </c>
-[...7 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="D288" s="1" t="s">
         <v>850</v>
-      </c>
-[...7 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="D289" s="1" t="s">
         <v>853</v>
-      </c>
-[...7 lines deleted...]
-        <v>855</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D290" s="1" t="s">
         <v>856</v>
-      </c>
-[...7 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D291" s="1" t="s">
         <v>859</v>
-      </c>
-[...7 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="D292" s="1" t="s">
         <v>862</v>
-      </c>
-[...7 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="D293" s="1" t="s">
         <v>865</v>
-      </c>
-[...7 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="D294" s="1" t="s">
         <v>868</v>
-      </c>
-[...7 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D295" s="1" t="s">
         <v>871</v>
-      </c>
-[...7 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D296" s="1" t="s">
         <v>874</v>
-      </c>
-[...7 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D297" s="1" t="s">
         <v>877</v>
-      </c>
-[...7 lines deleted...]
-        <v>879</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D298" s="1" t="s">
         <v>880</v>
-      </c>
-[...7 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D299" s="1" t="s">
         <v>883</v>
-      </c>
-[...7 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D300" s="1" t="s">
         <v>886</v>
-      </c>
-[...7 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D301" s="1" t="s">
         <v>889</v>
-      </c>
-[...7 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D302" s="1" t="s">
         <v>892</v>
-      </c>
-[...7 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D303" s="1" t="s">
         <v>895</v>
-      </c>
-[...7 lines deleted...]
-        <v>897</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D304" s="1" t="s">
         <v>898</v>
-      </c>
-[...7 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="D305" s="1" t="s">
         <v>901</v>
-      </c>
-[...7 lines deleted...]
-        <v>903</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D306" s="1" t="s">
         <v>904</v>
-      </c>
-[...7 lines deleted...]
-        <v>906</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D307" s="1" t="s">
         <v>907</v>
-      </c>
-[...7 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D308" s="1" t="s">
         <v>910</v>
-      </c>
-[...7 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D309" s="1" t="s">
         <v>913</v>
-      </c>
-[...7 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D310" s="1" t="s">
         <v>916</v>
-      </c>
-[...7 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D311" s="1" t="s">
         <v>919</v>
-      </c>
-[...7 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D312" s="1" t="s">
         <v>922</v>
-      </c>
-[...7 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D313" s="1" t="s">
         <v>925</v>
-      </c>
-[...7 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D314" s="1" t="s">
         <v>928</v>
-      </c>
-[...7 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D315" s="1" t="s">
         <v>931</v>
-      </c>
-[...7 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D316" s="1" t="s">
         <v>934</v>
-      </c>
-[...7 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D317" s="1" t="s">
         <v>937</v>
-      </c>
-[...7 lines deleted...]
-        <v>939</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D318" s="1" t="s">
         <v>940</v>
-      </c>
-[...7 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>943</v>
-      </c>
-[...7 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D320" s="1" t="s">
         <v>946</v>
-      </c>
-[...7 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D321" s="1" t="s">
         <v>949</v>
-      </c>
-[...7 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D322" s="1" t="s">
         <v>952</v>
-      </c>
-[...7 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D323" s="1" t="s">
         <v>955</v>
-      </c>
-[...7 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D324" s="1" t="s">
         <v>958</v>
-      </c>
-[...7 lines deleted...]
-        <v>960</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D325" s="1" t="s">
         <v>961</v>
-      </c>
-[...7 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C326" s="1" t="s">
         <v>963</v>
-      </c>
-[...4 lines deleted...]
-        <v>959</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
         <v>965</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
         <v>968</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>969</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
         <v>971</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C329" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D329" s="1" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D330" s="1" t="s">
         <v>974</v>
-      </c>
-[...7 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D331" s="1" t="s">
         <v>977</v>
-      </c>
-[...7 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D332" s="1" t="s">
         <v>980</v>
-      </c>
-[...7 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D333" s="1" t="s">
         <v>983</v>
-      </c>
-[...7 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D334" s="1" t="s">
         <v>986</v>
-      </c>
-[...7 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D335" s="1" t="s">
         <v>989</v>
-      </c>
-[...7 lines deleted...]
-        <v>991</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D336" s="1" t="s">
         <v>992</v>
-      </c>
-[...7 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="D337" s="1" t="s">
         <v>995</v>
-      </c>
-[...7 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D338" s="1" t="s">
         <v>998</v>
-      </c>
-[...7 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D339" s="1" t="s">
         <v>1001</v>
-      </c>
-[...7 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D340" s="1" t="s">
         <v>1004</v>
-      </c>
-[...7 lines deleted...]
-        <v>1005</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C341" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B341" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C341" s="1" t="s">
+      <c r="D341" s="1" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C342" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="B342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C342" s="1" t="s">
+      <c r="D342" s="1" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C343" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="B343" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C343" s="1" t="s">
+      <c r="D343" s="1" t="s">
         <v>1013</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D344" s="1" t="s">
         <v>1015</v>
-      </c>
-[...7 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D345" s="1" t="s">
         <v>1018</v>
-      </c>
-[...7 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D346" s="1" t="s">
         <v>1021</v>
-      </c>
-[...7 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D347" s="1" t="s">
         <v>1024</v>
-      </c>
-[...7 lines deleted...]
-        <v>1026</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D348" s="1" t="s">
         <v>1027</v>
-      </c>
-[...7 lines deleted...]
-        <v>1029</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D349" s="1" t="s">
         <v>1030</v>
-      </c>
-[...7 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D350" s="1" t="s">
         <v>1033</v>
-      </c>
-[...7 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D351" s="1" t="s">
         <v>1036</v>
-      </c>
-[...7 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D352" s="1" t="s">
         <v>1039</v>
-      </c>
-[...7 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D353" s="1" t="s">
         <v>1042</v>
-      </c>
-[...7 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D354" s="1" t="s">
         <v>1045</v>
-      </c>
-[...7 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D355" s="1" t="s">
         <v>1048</v>
-      </c>
-[...7 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D356" s="1" t="s">
         <v>1051</v>
-      </c>
-[...7 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C357" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="B357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C357" s="1" t="s">
+      <c r="D357" s="1" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C358" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="B358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C358" s="1" t="s">
+      <c r="D358" s="1" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C359" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="B359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C359" s="1" t="s">
+      <c r="D359" s="1" t="s">
         <v>1060</v>
-      </c>
-[...1 lines deleted...]
-        <v>1061</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D360" s="1" t="s">
         <v>1062</v>
-      </c>
-[...7 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D361" s="1" t="s">
         <v>1065</v>
-      </c>
-[...7 lines deleted...]
-        <v>1067</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D362" s="1" t="s">
         <v>1068</v>
-      </c>
-[...7 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D363" s="1" t="s">
         <v>1071</v>
-      </c>
-[...7 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D364" s="1" t="s">
         <v>1074</v>
-      </c>
-[...7 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D365" s="1" t="s">
         <v>1077</v>
-      </c>
-[...7 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D366" s="1" t="s">
         <v>1080</v>
-      </c>
-[...7 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D367" s="1" t="s">
         <v>1083</v>
-      </c>
-[...7 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D368" s="1" t="s">
         <v>1086</v>
-      </c>
-[...7 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D369" s="1" t="s">
         <v>1089</v>
-      </c>
-[...7 lines deleted...]
-        <v>1091</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D370" s="1" t="s">
         <v>1092</v>
-      </c>
-[...7 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D371" s="1" t="s">
         <v>1095</v>
-      </c>
-[...7 lines deleted...]
-        <v>1097</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D372" s="1" t="s">
         <v>1098</v>
-      </c>
-[...7 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D373" s="1" t="s">
         <v>1101</v>
-      </c>
-[...7 lines deleted...]
-        <v>1103</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D374" s="1" t="s">
         <v>1104</v>
-      </c>
-[...7 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D375" s="1" t="s">
         <v>1107</v>
-      </c>
-[...7 lines deleted...]
-        <v>1109</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D376" s="1" t="s">
         <v>1110</v>
-      </c>
-[...7 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D377" s="1" t="s">
         <v>1113</v>
-      </c>
-[...7 lines deleted...]
-        <v>1115</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D378" s="1" t="s">
         <v>1116</v>
-      </c>
-[...7 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D379" s="1" t="s">
         <v>1119</v>
-      </c>
-[...7 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D380" s="1" t="s">
         <v>1122</v>
-      </c>
-[...7 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D381" s="1" t="s">
         <v>1125</v>
-      </c>
-[...7 lines deleted...]
-        <v>1127</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D382" s="1" t="s">
         <v>1128</v>
-      </c>
-[...7 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D383" s="1" t="s">
         <v>1131</v>
-      </c>
-[...7 lines deleted...]
-        <v>1133</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D384" s="1" t="s">
         <v>1134</v>
-      </c>
-[...7 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D385" s="1" t="s">
         <v>1137</v>
-      </c>
-[...7 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D386" s="1" t="s">
         <v>1140</v>
-      </c>
-[...7 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D387" s="1" t="s">
         <v>1143</v>
-      </c>
-[...7 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D388" s="1" t="s">
         <v>1146</v>
-      </c>
-[...7 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D389" s="1" t="s">
         <v>1149</v>
-      </c>
-[...7 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D390" s="1" t="s">
         <v>1152</v>
-      </c>
-[...7 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D391" s="1" t="s">
         <v>1155</v>
-      </c>
-[...7 lines deleted...]
-        <v>1157</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D392" s="1" t="s">
         <v>1158</v>
-      </c>
-[...7 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D393" s="1" t="s">
         <v>1161</v>
-      </c>
-[...7 lines deleted...]
-        <v>1163</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D394" s="1" t="s">
         <v>1164</v>
-      </c>
-[...7 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D395" s="1" t="s">
         <v>1167</v>
-      </c>
-[...7 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D396" s="1" t="s">
         <v>1170</v>
-      </c>
-[...7 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D397" s="1" t="s">
         <v>1173</v>
-      </c>
-[...7 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D398" s="1" t="s">
         <v>1176</v>
-      </c>
-[...7 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D399" s="1" t="s">
         <v>1179</v>
-      </c>
-[...7 lines deleted...]
-        <v>1181</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D400" s="1" t="s">
         <v>1182</v>
-      </c>
-[...7 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D401" s="1" t="s">
         <v>1185</v>
-      </c>
-[...7 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D402" s="1" t="s">
         <v>1188</v>
-      </c>
-[...7 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D403" s="1" t="s">
         <v>1191</v>
-      </c>
-[...7 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D404" s="1" t="s">
         <v>1194</v>
-      </c>
-[...7 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D405" s="1" t="s">
         <v>1197</v>
-      </c>
-[...7 lines deleted...]
-        <v>1199</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D406" s="1" t="s">
         <v>1200</v>
-      </c>
-[...7 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D407" s="1" t="s">
         <v>1203</v>
-      </c>
-[...7 lines deleted...]
-        <v>1205</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D408" s="1" t="s">
         <v>1206</v>
-      </c>
-[...7 lines deleted...]
-        <v>1208</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D409" s="1" t="s">
         <v>1209</v>
-      </c>
-[...7 lines deleted...]
-        <v>1211</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D410" s="1" t="s">
         <v>1212</v>
-      </c>
-[...7 lines deleted...]
-        <v>1214</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D411" s="1" t="s">
         <v>1215</v>
-      </c>
-[...7 lines deleted...]
-        <v>1217</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D412" s="1" t="s">
         <v>1218</v>
-      </c>
-[...7 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D413" s="1" t="s">
         <v>1221</v>
-      </c>
-[...7 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D414" s="1" t="s">
         <v>1224</v>
-      </c>
-[...7 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D415" s="1" t="s">
         <v>1227</v>
-      </c>
-[...7 lines deleted...]
-        <v>1229</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D416" s="1" t="s">
         <v>1230</v>
-      </c>
-[...7 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D417" s="1" t="s">
         <v>1233</v>
-      </c>
-[...7 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D418" s="1" t="s">
         <v>1236</v>
-      </c>
-[...7 lines deleted...]
-        <v>1238</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D419" s="1" t="s">
         <v>1239</v>
-      </c>
-[...7 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D420" s="1" t="s">
         <v>1242</v>
-      </c>
-[...7 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D421" s="1" t="s">
         <v>1245</v>
-      </c>
-[...7 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D422" s="1" t="s">
         <v>1248</v>
-      </c>
-[...7 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D423" s="1" t="s">
         <v>1251</v>
-      </c>
-[...7 lines deleted...]
-        <v>1253</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D424" s="1" t="s">
         <v>1254</v>
-      </c>
-[...7 lines deleted...]
-        <v>1256</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D425" s="1" t="s">
         <v>1257</v>
-      </c>
-[...7 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D426" s="1" t="s">
         <v>1260</v>
-      </c>
-[...7 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D427" s="1" t="s">
         <v>1263</v>
-      </c>
-[...7 lines deleted...]
-        <v>1265</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D428" s="1" t="s">
         <v>1266</v>
-      </c>
-[...7 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D429" s="1" t="s">
         <v>1269</v>
-      </c>
-[...7 lines deleted...]
-        <v>1271</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D430" s="1" t="s">
         <v>1272</v>
-      </c>
-[...7 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D431" s="1" t="s">
         <v>1275</v>
-      </c>
-[...7 lines deleted...]
-        <v>1277</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D432" s="1" t="s">
         <v>1278</v>
-      </c>
-[...7 lines deleted...]
-        <v>1280</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D433" s="1" t="s">
         <v>1281</v>
-      </c>
-[...7 lines deleted...]
-        <v>1283</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D434" s="1" t="s">
         <v>1284</v>
-      </c>
-[...7 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D435" s="1" t="s">
         <v>1287</v>
-      </c>
-[...7 lines deleted...]
-        <v>1289</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D436" s="1" t="s">
         <v>1290</v>
-      </c>
-[...7 lines deleted...]
-        <v>1292</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D437" s="1" t="s">
         <v>1293</v>
-      </c>
-[...7 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D438" s="1" t="s">
         <v>1296</v>
-      </c>
-[...7 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D439" s="1" t="s">
         <v>1299</v>
-      </c>
-[...7 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D440" s="1" t="s">
         <v>1302</v>
-      </c>
-[...7 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D441" s="1" t="s">
         <v>1305</v>
-      </c>
-[...7 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D442" s="1" t="s">
         <v>1308</v>
-      </c>
-[...7 lines deleted...]
-        <v>1310</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D443" s="1" t="s">
         <v>1311</v>
-      </c>
-[...7 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D444" s="1" t="s">
         <v>1314</v>
-      </c>
-[...7 lines deleted...]
-        <v>1316</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D445" s="1" t="s">
         <v>1317</v>
-      </c>
-[...7 lines deleted...]
-        <v>1319</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D446" s="1" t="s">
         <v>1320</v>
-      </c>
-[...7 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D447" s="1" t="s">
         <v>1323</v>
-      </c>
-[...7 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D448" s="1" t="s">
         <v>1326</v>
-      </c>
-[...7 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D449" s="1" t="s">
         <v>1329</v>
-      </c>
-[...7 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D450" s="1" t="s">
         <v>1332</v>
-      </c>
-[...7 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D451" s="1" t="s">
         <v>1335</v>
-      </c>
-[...7 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D452" s="1" t="s">
         <v>1338</v>
-      </c>
-[...7 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D453" s="1" t="s">
         <v>1341</v>
-      </c>
-[...7 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D454" s="1" t="s">
         <v>1344</v>
-      </c>
-[...7 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D455" s="1" t="s">
         <v>1347</v>
-      </c>
-[...7 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D456" s="1" t="s">
         <v>1350</v>
-      </c>
-[...7 lines deleted...]
-        <v>1352</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D457" s="1" t="s">
         <v>1353</v>
-      </c>
-[...7 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D458" s="1" t="s">
         <v>1356</v>
-      </c>
-[...7 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D459" s="1" t="s">
         <v>1359</v>
-      </c>
-[...7 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D460" s="1" t="s">
         <v>1362</v>
-      </c>
-[...7 lines deleted...]
-        <v>1364</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D461" s="1" t="s">
         <v>1365</v>
-      </c>
-[...7 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D462" s="1" t="s">
         <v>1368</v>
-      </c>
-[...7 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D463" s="1" t="s">
         <v>1371</v>
-      </c>
-[...7 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D464" s="1" t="s">
         <v>1374</v>
-      </c>
-[...7 lines deleted...]
-        <v>1376</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D465" s="1" t="s">
         <v>1377</v>
-      </c>
-[...7 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D466" s="1" t="s">
         <v>1380</v>
-      </c>
-[...7 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D467" s="1" t="s">
         <v>1383</v>
-      </c>
-[...7 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D468" s="1" t="s">
         <v>1386</v>
-      </c>
-[...7 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D469" s="1" t="s">
         <v>1389</v>
-      </c>
-[...7 lines deleted...]
-        <v>1391</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D470" s="1" t="s">
         <v>1392</v>
-      </c>
-[...7 lines deleted...]
-        <v>1394</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D471" s="1" t="s">
         <v>1395</v>
-      </c>
-[...7 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D472" s="1" t="s">
         <v>1398</v>
-      </c>
-[...7 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D473" s="1" t="s">
         <v>1401</v>
-      </c>
-[...7 lines deleted...]
-        <v>1403</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D474" s="1" t="s">
         <v>1404</v>
-      </c>
-[...7 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D475" s="1" t="s">
         <v>1407</v>
-      </c>
-[...7 lines deleted...]
-        <v>1409</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D476" s="1" t="s">
         <v>1410</v>
-      </c>
-[...7 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D477" s="1" t="s">
         <v>1413</v>
-      </c>
-[...7 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D478" s="1" t="s">
         <v>1416</v>
-      </c>
-[...7 lines deleted...]
-        <v>1418</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D479" s="1" t="s">
         <v>1419</v>
-      </c>
-[...7 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D480" s="1" t="s">
         <v>1422</v>
-      </c>
-[...7 lines deleted...]
-        <v>1424</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D481" s="1" t="s">
         <v>1425</v>
-      </c>
-[...7 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D482" s="1" t="s">
         <v>1428</v>
-      </c>
-[...7 lines deleted...]
-        <v>1430</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D483" s="1" t="s">
         <v>1431</v>
-      </c>
-[...7 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D484" s="1" t="s">
         <v>1434</v>
-      </c>
-[...7 lines deleted...]
-        <v>1436</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D485" s="1" t="s">
         <v>1437</v>
-      </c>
-[...7 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D486" s="1" t="s">
         <v>1440</v>
-      </c>
-[...7 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D487" s="1" t="s">
         <v>1443</v>
-      </c>
-[...7 lines deleted...]
-        <v>1445</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D488" s="1" t="s">
         <v>1446</v>
-      </c>
-[...7 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D489" s="1" t="s">
         <v>1449</v>
-      </c>
-[...7 lines deleted...]
-        <v>1451</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D490" s="1" t="s">
         <v>1452</v>
-      </c>
-[...7 lines deleted...]
-        <v>1454</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D491" s="1" t="s">
         <v>1455</v>
-      </c>
-[...7 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D492" s="1" t="s">
         <v>1458</v>
-      </c>
-[...7 lines deleted...]
-        <v>1460</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C493" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D493" s="1" t="s">
         <v>1461</v>
-      </c>
-[...7 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D494" s="1" t="s">
         <v>1464</v>
-      </c>
-[...7 lines deleted...]
-        <v>1466</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D495" s="1" t="s">
         <v>1467</v>
-      </c>
-[...7 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B496" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D496" s="1" t="s">
         <v>1470</v>
-      </c>
-[...7 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D497" s="1" t="s">
         <v>1473</v>
-      </c>
-[...7 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D498" s="1" t="s">
         <v>1476</v>
-      </c>
-[...7 lines deleted...]
-        <v>1478</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D499" s="1" t="s">
         <v>1479</v>
-      </c>
-[...7 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D500" s="1" t="s">
         <v>1482</v>
-      </c>
-[...7 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D501" s="1" t="s">
         <v>1485</v>
-      </c>
-[...7 lines deleted...]
-        <v>1487</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C502" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D502" s="1" t="s">
         <v>1488</v>
-      </c>
-[...7 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D503" s="1" t="s">
         <v>1491</v>
-      </c>
-[...7 lines deleted...]
-        <v>1493</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B504" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C504" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D504" s="1" t="s">
         <v>1494</v>
-      </c>
-[...7 lines deleted...]
-        <v>1496</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B505" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C505" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D505" s="1" t="s">
         <v>1497</v>
-      </c>
-[...7 lines deleted...]
-        <v>1499</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B506" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C506" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D506" s="1" t="s">
         <v>1500</v>
-      </c>
-[...7 lines deleted...]
-        <v>1502</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D507" s="1" t="s">
         <v>1503</v>
-      </c>
-[...7 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D508" s="1" t="s">
         <v>1506</v>
-      </c>
-[...7 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D509" s="1" t="s">
         <v>1509</v>
-      </c>
-[...7 lines deleted...]
-        <v>1511</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D510" s="1" t="s">
         <v>1512</v>
-      </c>
-[...7 lines deleted...]
-        <v>1514</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D511" s="1" t="s">
         <v>1515</v>
-      </c>
-[...7 lines deleted...]
-        <v>1517</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D512" s="1" t="s">
         <v>1518</v>
-      </c>
-[...7 lines deleted...]
-        <v>1520</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D513" s="1" t="s">
         <v>1521</v>
-      </c>
-[...7 lines deleted...]
-        <v>1523</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D514" s="1" t="s">
         <v>1524</v>
-      </c>
-[...7 lines deleted...]
-        <v>1526</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D515" s="1" t="s">
         <v>1527</v>
-      </c>
-[...7 lines deleted...]
-        <v>1529</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D516" s="1" t="s">
         <v>1530</v>
-      </c>
-[...7 lines deleted...]
-        <v>1532</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D517" s="1" t="s">
         <v>1533</v>
-      </c>
-[...7 lines deleted...]
-        <v>1535</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D518" s="1" t="s">
         <v>1536</v>
-      </c>
-[...7 lines deleted...]
-        <v>1538</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D519" s="1" t="s">
         <v>1539</v>
-      </c>
-[...7 lines deleted...]
-        <v>1541</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D520" s="1" t="s">
         <v>1542</v>
-      </c>
-[...7 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D521" s="1" t="s">
         <v>1545</v>
-      </c>
-[...7 lines deleted...]
-        <v>1547</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D522" s="1" t="s">
         <v>1548</v>
-      </c>
-[...7 lines deleted...]
-        <v>1550</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D523" s="1" t="s">
         <v>1551</v>
-      </c>
-[...7 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D524" s="1" t="s">
         <v>1554</v>
-      </c>
-[...7 lines deleted...]
-        <v>1556</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D525" s="1" t="s">
         <v>1557</v>
-      </c>
-[...7 lines deleted...]
-        <v>1559</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C526" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D526" s="1" t="s">
         <v>1560</v>
-      </c>
-[...7 lines deleted...]
-        <v>1562</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D527" s="1" t="s">
         <v>1563</v>
-      </c>
-[...7 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D528" s="1" t="s">
         <v>1566</v>
-      </c>
-[...7 lines deleted...]
-        <v>1568</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D529" s="1" t="s">
         <v>1569</v>
-      </c>
-[...7 lines deleted...]
-        <v>1571</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C530" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D530" s="1" t="s">
         <v>1572</v>
-      </c>
-[...7 lines deleted...]
-        <v>1574</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D531" s="1" t="s">
         <v>1575</v>
-      </c>
-[...7 lines deleted...]
-        <v>1577</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D532" s="1" t="s">
         <v>1578</v>
-      </c>
-[...7 lines deleted...]
-        <v>1580</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D533" s="1" t="s">
         <v>1581</v>
-      </c>
-[...7 lines deleted...]
-        <v>1583</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D534" s="1" t="s">
         <v>1584</v>
-      </c>
-[...7 lines deleted...]
-        <v>1586</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D535" s="1" t="s">
         <v>1587</v>
-      </c>
-[...7 lines deleted...]
-        <v>1589</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D536" s="1" t="s">
         <v>1590</v>
-      </c>
-[...7 lines deleted...]
-        <v>1592</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D537" s="1" t="s">
         <v>1593</v>
-      </c>
-[...7 lines deleted...]
-        <v>1595</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D538" s="1" t="s">
         <v>1596</v>
-      </c>
-[...7 lines deleted...]
-        <v>1598</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D539" s="1" t="s">
         <v>1599</v>
-      </c>
-[...7 lines deleted...]
-        <v>1601</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D540" s="1" t="s">
         <v>1602</v>
-      </c>
-[...7 lines deleted...]
-        <v>1604</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D541" s="1" t="s">
         <v>1605</v>
-      </c>
-[...7 lines deleted...]
-        <v>1607</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D542" s="1" t="s">
         <v>1608</v>
-      </c>
-[...7 lines deleted...]
-        <v>1610</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C543" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D543" s="1" t="s">
         <v>1611</v>
-      </c>
-[...7 lines deleted...]
-        <v>1613</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C544" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D544" s="1" t="s">
         <v>1614</v>
-      </c>
-[...7 lines deleted...]
-        <v>1616</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C545" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D545" s="1" t="s">
         <v>1617</v>
-      </c>
-[...7 lines deleted...]
-        <v>1619</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D546" s="1" t="s">
         <v>1620</v>
-      </c>
-[...7 lines deleted...]
-        <v>1622</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C547" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D547" s="1" t="s">
         <v>1623</v>
-      </c>
-[...7 lines deleted...]
-        <v>1625</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D548" s="1" t="s">
         <v>1626</v>
-      </c>
-[...7 lines deleted...]
-        <v>1628</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D549" s="1" t="s">
         <v>1629</v>
-      </c>
-[...7 lines deleted...]
-        <v>1631</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D550" s="1" t="s">
         <v>1632</v>
-      </c>
-[...7 lines deleted...]
-        <v>1634</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D551" s="1" t="s">
         <v>1635</v>
-      </c>
-[...7 lines deleted...]
-        <v>1637</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D552" s="1" t="s">
         <v>1638</v>
-      </c>
-[...7 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D553" s="1" t="s">
         <v>1641</v>
-      </c>
-[...7 lines deleted...]
-        <v>1643</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D554" s="1" t="s">
         <v>1644</v>
-      </c>
-[...7 lines deleted...]
-        <v>1646</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D555" s="1" t="s">
         <v>1647</v>
-      </c>
-[...7 lines deleted...]
-        <v>1648</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C556" s="1" t="s">
         <v>1649</v>
       </c>
-      <c r="B556" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C556" s="1" t="s">
+      <c r="D556" s="1" t="s">
         <v>1650</v>
-      </c>
-[...1 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C557" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="B557" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C557" s="1" t="s">
+      <c r="D557" s="1" t="s">
         <v>1653</v>
-      </c>
-[...1 lines deleted...]
-        <v>1654</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C558" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="B558" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C558" s="1" t="s">
+      <c r="D558" s="1" t="s">
         <v>1656</v>
-      </c>
-[...1 lines deleted...]
-        <v>1657</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C559" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="B559" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C559" s="1" t="s">
+      <c r="D559" s="1" t="s">
         <v>1659</v>
-      </c>
-[...1 lines deleted...]
-        <v>1660</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C560" s="1" t="s">
         <v>1661</v>
       </c>
-      <c r="B560" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C560" s="1" t="s">
+      <c r="D560" s="1" t="s">
         <v>1662</v>
-      </c>
-[...1 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C561" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="B561" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C561" s="1" t="s">
+      <c r="D561" s="1" t="s">
         <v>1665</v>
-      </c>
-[...1 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D562" s="1" t="s">
         <v>1667</v>
-      </c>
-[...7 lines deleted...]
-        <v>1669</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B563" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C563" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D563" s="1" t="s">
         <v>1670</v>
-      </c>
-[...7 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B564" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D564" s="1" t="s">
         <v>1673</v>
-      </c>
-[...7 lines deleted...]
-        <v>1675</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B565" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C565" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D565" s="1" t="s">
         <v>1676</v>
-      </c>
-[...7 lines deleted...]
-        <v>1678</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B566" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C566" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D566" s="1" t="s">
         <v>1679</v>
-      </c>
-[...7 lines deleted...]
-        <v>1681</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B567" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C567" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D567" s="1" t="s">
         <v>1682</v>
-      </c>
-[...7 lines deleted...]
-        <v>1684</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D568" s="1" t="s">
         <v>1685</v>
-      </c>
-[...7 lines deleted...]
-        <v>1687</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D569" s="1" t="s">
         <v>1688</v>
-      </c>
-[...7 lines deleted...]
-        <v>1690</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C570" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D570" s="1" t="s">
         <v>1691</v>
-      </c>
-[...7 lines deleted...]
-        <v>1693</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C571" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D571" s="1" t="s">
         <v>1694</v>
-      </c>
-[...7 lines deleted...]
-        <v>1696</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B572" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D572" s="1" t="s">
         <v>1697</v>
-      </c>
-[...7 lines deleted...]
-        <v>1699</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B573" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D573" s="1" t="s">
         <v>1700</v>
-      </c>
-[...7 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B574" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D574" s="1" t="s">
         <v>1703</v>
-      </c>
-[...7 lines deleted...]
-        <v>1705</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B575" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D575" s="1" t="s">
         <v>1706</v>
-      </c>
-[...7 lines deleted...]
-        <v>1708</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B576" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C576" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D576" s="1" t="s">
         <v>1709</v>
-      </c>
-[...7 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B577" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C577" s="1" t="s">
         <v>1711</v>
       </c>
-      <c r="B577" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C577" s="1" t="s">
+      <c r="D577" s="1" t="s">
         <v>1712</v>
-      </c>
-[...1 lines deleted...]
-        <v>1713</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C578" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="B578" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C578" s="1" t="s">
+      <c r="D578" s="1" t="s">
         <v>1715</v>
-      </c>
-[...1 lines deleted...]
-        <v>1716</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C579" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="B579" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C579" s="1" t="s">
+      <c r="D579" s="1" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1719</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C580" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="B580" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C580" s="1" t="s">
+      <c r="D580" s="1" t="s">
         <v>1721</v>
-      </c>
-[...1 lines deleted...]
-        <v>1722</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C581" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="B581" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C581" s="1" t="s">
+      <c r="D581" s="1" t="s">
         <v>1724</v>
-      </c>
-[...1 lines deleted...]
-        <v>1725</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D582" s="1" t="s">
         <v>1726</v>
-      </c>
-[...7 lines deleted...]
-        <v>1728</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D583" s="1" t="s">
         <v>1729</v>
-      </c>
-[...7 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D584" s="1" t="s">
         <v>1732</v>
-      </c>
-[...7 lines deleted...]
-        <v>1734</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D585" s="1" t="s">
         <v>1735</v>
-      </c>
-[...7 lines deleted...]
-        <v>1737</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D586" s="1" t="s">
         <v>1738</v>
-      </c>
-[...7 lines deleted...]
-        <v>1740</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D587" s="1" t="s">
         <v>1741</v>
-      </c>
-[...7 lines deleted...]
-        <v>1743</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D588" s="1" t="s">
         <v>1744</v>
-      </c>
-[...7 lines deleted...]
-        <v>1746</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D589" s="1" t="s">
         <v>1747</v>
-      </c>
-[...7 lines deleted...]
-        <v>1749</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D590" s="1" t="s">
         <v>1750</v>
-      </c>
-[...7 lines deleted...]
-        <v>1752</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D591" s="1" t="s">
         <v>1753</v>
-      </c>
-[...7 lines deleted...]
-        <v>1755</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D592" s="1" t="s">
         <v>1756</v>
-      </c>
-[...7 lines deleted...]
-        <v>1758</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D593" s="1" t="s">
         <v>1759</v>
-      </c>
-[...7 lines deleted...]
-        <v>1761</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D594" s="1" t="s">
         <v>1762</v>
-      </c>
-[...7 lines deleted...]
-        <v>1764</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D595" s="1" t="s">
         <v>1765</v>
-      </c>
-[...7 lines deleted...]
-        <v>1766</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C596" s="1" t="s">
         <v>1767</v>
-      </c>
-[...4 lines deleted...]
-        <v>1727</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>1768</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" s="1" t="s">
         <v>1769</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1727</v>
+        <v>1770</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" s="1" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1727</v>
+        <v>1773</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" s="1" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" s="1" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1777</v>
+        <v>1737</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C601" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D601" s="1" t="s">
         <v>1780</v>
-      </c>
-[...1 lines deleted...]
-        <v>1781</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B602" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C602" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D602" s="1" t="s">
         <v>1782</v>
-      </c>
-[...7 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B603" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C603" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D603" s="1" t="s">
         <v>1785</v>
-      </c>
-[...7 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B604" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C604" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="B604" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C604" s="1" t="s">
+      <c r="D604" s="1" t="s">
         <v>1788</v>
-      </c>
-[...1 lines deleted...]
-        <v>1789</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B605" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C605" s="1" t="s">
         <v>1790</v>
-      </c>
-[...4 lines deleted...]
-        <v>1788</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" s="1" t="s">
         <v>1792</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C606" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D606" s="1" t="s">
         <v>1793</v>
-      </c>
-[...1 lines deleted...]
-        <v>1794</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B607" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C607" s="1" t="s">
         <v>1795</v>
-      </c>
-[...4 lines deleted...]
-        <v>1793</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>1796</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" s="1" t="s">
         <v>1797</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C608" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D608" s="1" t="s">
         <v>1798</v>
-      </c>
-[...1 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C609" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="B609" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C609" s="1" t="s">
+      <c r="D609" s="1" t="s">
         <v>1801</v>
-      </c>
-[...1 lines deleted...]
-        <v>1802</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B610" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C610" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D610" s="1" t="s">
         <v>1803</v>
-      </c>
-[...7 lines deleted...]
-        <v>1805</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C611" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D611" s="1" t="s">
         <v>1806</v>
-      </c>
-[...7 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C612" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D612" s="1" t="s">
         <v>1809</v>
-      </c>
-[...7 lines deleted...]
-        <v>1811</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B613" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C613" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D613" s="1" t="s">
         <v>1812</v>
-      </c>
-[...7 lines deleted...]
-        <v>1814</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B614" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D614" s="1" t="s">
         <v>1815</v>
-      </c>
-[...7 lines deleted...]
-        <v>1817</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B615" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D615" s="1" t="s">
         <v>1818</v>
-      </c>
-[...7 lines deleted...]
-        <v>1820</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B616" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C616" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D616" s="1" t="s">
         <v>1821</v>
-      </c>
-[...7 lines deleted...]
-        <v>1823</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C617" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D617" s="1" t="s">
         <v>1824</v>
-      </c>
-[...7 lines deleted...]
-        <v>1826</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B618" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C618" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D618" s="1" t="s">
         <v>1827</v>
-      </c>
-[...7 lines deleted...]
-        <v>1829</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D619" s="1" t="s">
         <v>1830</v>
-      </c>
-[...7 lines deleted...]
-        <v>1832</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D620" s="1" t="s">
         <v>1833</v>
-      </c>
-[...7 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D621" s="1" t="s">
         <v>1836</v>
-      </c>
-[...7 lines deleted...]
-        <v>1838</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D622" s="1" t="s">
         <v>1839</v>
-      </c>
-[...7 lines deleted...]
-        <v>1841</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B623" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C623" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D623" s="1" t="s">
         <v>1842</v>
-      </c>
-[...7 lines deleted...]
-        <v>1844</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B624" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C624" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D624" s="1" t="s">
         <v>1845</v>
-      </c>
-[...7 lines deleted...]
-        <v>1847</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C625" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D625" s="1" t="s">
         <v>1848</v>
-      </c>
-[...7 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B626" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D626" s="1" t="s">
         <v>1851</v>
-      </c>
-[...7 lines deleted...]
-        <v>1853</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D627" s="1" t="s">
         <v>1854</v>
-      </c>
-[...7 lines deleted...]
-        <v>1856</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B628" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D628" s="1" t="s">
         <v>1857</v>
-      </c>
-[...7 lines deleted...]
-        <v>1859</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C629" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D629" s="1" t="s">
         <v>1860</v>
-      </c>
-[...7 lines deleted...]
-        <v>1862</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B630" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C630" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D630" s="1" t="s">
         <v>1863</v>
-      </c>
-[...7 lines deleted...]
-        <v>1865</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B631" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C631" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D631" s="1" t="s">
         <v>1866</v>
-      </c>
-[...7 lines deleted...]
-        <v>1868</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D632" s="1" t="s">
         <v>1869</v>
-      </c>
-[...7 lines deleted...]
-        <v>1871</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C633" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D633" s="1" t="s">
         <v>1872</v>
-      </c>
-[...7 lines deleted...]
-        <v>1874</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C634" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D634" s="1" t="s">
         <v>1875</v>
-      </c>
-[...7 lines deleted...]
-        <v>1877</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B635" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C635" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D635" s="1" t="s">
         <v>1878</v>
-      </c>
-[...7 lines deleted...]
-        <v>1880</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B636" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C636" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D636" s="1" t="s">
         <v>1881</v>
-      </c>
-[...7 lines deleted...]
-        <v>1883</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B637" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C637" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D637" s="1" t="s">
         <v>1884</v>
-      </c>
-[...7 lines deleted...]
-        <v>1886</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B638" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D638" s="1" t="s">
         <v>1887</v>
-      </c>
-[...7 lines deleted...]
-        <v>1889</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B639" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C639" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D639" s="1" t="s">
         <v>1890</v>
-      </c>
-[...7 lines deleted...]
-        <v>1892</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B640" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D640" s="1" t="s">
         <v>1893</v>
-      </c>
-[...7 lines deleted...]
-        <v>1895</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D641" s="1" t="s">
         <v>1896</v>
-      </c>
-[...7 lines deleted...]
-        <v>1898</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B642" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C642" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D642" s="1" t="s">
         <v>1899</v>
-      </c>
-[...7 lines deleted...]
-        <v>1901</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B643" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C643" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D643" s="1" t="s">
         <v>1902</v>
-      </c>
-[...7 lines deleted...]
-        <v>1904</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B644" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C644" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D644" s="1" t="s">
         <v>1905</v>
-      </c>
-[...7 lines deleted...]
-        <v>1907</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B645" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C645" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D645" s="1" t="s">
         <v>1908</v>
-      </c>
-[...7 lines deleted...]
-        <v>1910</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B646" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D646" s="1" t="s">
         <v>1911</v>
-      </c>
-[...7 lines deleted...]
-        <v>1913</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B647" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C647" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D647" s="1" t="s">
         <v>1914</v>
-      </c>
-[...7 lines deleted...]
-        <v>1916</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B648" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C648" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D648" s="1" t="s">
         <v>1917</v>
-      </c>
-[...7 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B649" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C649" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D649" s="1" t="s">
         <v>1920</v>
-      </c>
-[...7 lines deleted...]
-        <v>1922</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" s="1" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B650" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C650" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D650" s="1" t="s">
         <v>1923</v>
-      </c>
-[...7 lines deleted...]
-        <v>1925</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B651" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C651" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D651" s="1" t="s">
         <v>1926</v>
-      </c>
-[...7 lines deleted...]
-        <v>1928</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B652" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C652" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D652" s="1" t="s">
         <v>1929</v>
-      </c>
-[...7 lines deleted...]
-        <v>1931</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B653" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C653" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D653" s="1" t="s">
         <v>1932</v>
-      </c>
-[...7 lines deleted...]
-        <v>1934</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B654" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C654" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D654" s="1" t="s">
         <v>1935</v>
-      </c>
-[...7 lines deleted...]
-        <v>1937</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" s="1" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B655" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C655" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D655" s="1" t="s">
         <v>1938</v>
-      </c>
-[...7 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" s="1" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B656" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C656" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D656" s="1" t="s">
         <v>1941</v>
-      </c>
-[...7 lines deleted...]
-        <v>1943</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B657" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C657" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D657" s="1" t="s">
         <v>1944</v>
-      </c>
-[...7 lines deleted...]
-        <v>1946</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C658" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D658" s="1" t="s">
         <v>1947</v>
-      </c>
-[...7 lines deleted...]
-        <v>1949</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B659" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C659" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D659" s="1" t="s">
         <v>1950</v>
-      </c>
-[...7 lines deleted...]
-        <v>1952</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B660" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C660" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D660" s="1" t="s">
         <v>1953</v>
-      </c>
-[...7 lines deleted...]
-        <v>1955</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B661" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C661" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D661" s="1" t="s">
         <v>1956</v>
-      </c>
-[...7 lines deleted...]
-        <v>1958</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B662" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C662" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D662" s="1" t="s">
         <v>1959</v>
-      </c>
-[...7 lines deleted...]
-        <v>1961</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B663" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C663" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D663" s="1" t="s">
         <v>1962</v>
-      </c>
-[...7 lines deleted...]
-        <v>1964</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B664" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C664" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D664" s="1" t="s">
         <v>1965</v>
-      </c>
-[...7 lines deleted...]
-        <v>1967</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B665" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C665" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D665" s="1" t="s">
         <v>1968</v>
-      </c>
-[...7 lines deleted...]
-        <v>1970</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B666" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C666" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D666" s="1" t="s">
         <v>1971</v>
-      </c>
-[...7 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B667" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C667" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D667" s="1" t="s">
         <v>1974</v>
-      </c>
-[...7 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B668" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C668" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D668" s="1" t="s">
         <v>1977</v>
-      </c>
-[...7 lines deleted...]
-        <v>1979</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B669" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C669" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D669" s="1" t="s">
         <v>1980</v>
-      </c>
-[...7 lines deleted...]
-        <v>1982</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B670" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C670" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D670" s="1" t="s">
         <v>1983</v>
-      </c>
-[...7 lines deleted...]
-        <v>1985</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B671" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C671" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D671" s="1" t="s">
         <v>1986</v>
-      </c>
-[...7 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B672" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C672" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D672" s="1" t="s">
         <v>1989</v>
-      </c>
-[...7 lines deleted...]
-        <v>1991</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B673" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C673" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D673" s="1" t="s">
         <v>1992</v>
-      </c>
-[...7 lines deleted...]
-        <v>1994</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B674" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C674" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D674" s="1" t="s">
         <v>1995</v>
-      </c>
-[...7 lines deleted...]
-        <v>1997</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B675" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C675" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D675" s="1" t="s">
         <v>1998</v>
-      </c>
-[...7 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B676" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C676" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D676" s="1" t="s">
         <v>2001</v>
-      </c>
-[...7 lines deleted...]
-        <v>2003</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B677" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C677" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D677" s="1" t="s">
         <v>2004</v>
-      </c>
-[...7 lines deleted...]
-        <v>2006</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B678" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C678" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D678" s="1" t="s">
         <v>2007</v>
-      </c>
-[...7 lines deleted...]
-        <v>2009</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B679" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C679" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D679" s="1" t="s">
         <v>2010</v>
-      </c>
-[...7 lines deleted...]
-        <v>2012</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B680" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C680" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D680" s="1" t="s">
         <v>2013</v>
-      </c>
-[...7 lines deleted...]
-        <v>2015</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C681" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D681" s="1" t="s">
         <v>2016</v>
-      </c>
-[...7 lines deleted...]
-        <v>2018</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C682" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D682" s="1" t="s">
         <v>2019</v>
-      </c>
-[...7 lines deleted...]
-        <v>2021</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C683" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D683" s="1" t="s">
         <v>2022</v>
-      </c>
-[...7 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B684" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C684" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D684" s="1" t="s">
         <v>2025</v>
-      </c>
-[...7 lines deleted...]
-        <v>2027</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C685" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D685" s="1" t="s">
         <v>2028</v>
-      </c>
-[...7 lines deleted...]
-        <v>2030</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D686" s="1" t="s">
         <v>2031</v>
-      </c>
-[...7 lines deleted...]
-        <v>2033</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C687" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D687" s="1" t="s">
         <v>2034</v>
-      </c>
-[...7 lines deleted...]
-        <v>2036</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B688" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C688" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D688" s="1" t="s">
         <v>2037</v>
-      </c>
-[...7 lines deleted...]
-        <v>2039</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B689" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C689" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D689" s="1" t="s">
         <v>2040</v>
-      </c>
-[...7 lines deleted...]
-        <v>2042</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B690" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C690" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D690" s="1" t="s">
         <v>2043</v>
-      </c>
-[...7 lines deleted...]
-        <v>2045</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B691" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C691" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D691" s="1" t="s">
         <v>2046</v>
-      </c>
-[...7 lines deleted...]
-        <v>2048</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B692" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C692" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D692" s="1" t="s">
         <v>2049</v>
-      </c>
-[...7 lines deleted...]
-        <v>2051</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C693" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D693" s="1" t="s">
         <v>2052</v>
-      </c>
-[...7 lines deleted...]
-        <v>2054</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B694" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C694" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D694" s="1" t="s">
         <v>2055</v>
-      </c>
-[...7 lines deleted...]
-        <v>2057</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B695" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C695" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D695" s="1" t="s">
         <v>2058</v>
-      </c>
-[...7 lines deleted...]
-        <v>2060</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C696" s="1" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D696" s="1" t="s">
         <v>2061</v>
-      </c>
-[...7 lines deleted...]
-        <v>2063</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C697" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D697" s="1" t="s">
         <v>2064</v>
-      </c>
-[...7 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B698" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C698" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D698" s="1" t="s">
         <v>2067</v>
-      </c>
-[...7 lines deleted...]
-        <v>2069</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B699" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C699" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D699" s="1" t="s">
         <v>2070</v>
-      </c>
-[...7 lines deleted...]
-        <v>2072</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B700" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C700" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D700" s="1" t="s">
         <v>2073</v>
-      </c>
-[...7 lines deleted...]
-        <v>2075</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B701" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C701" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D701" s="1" t="s">
         <v>2076</v>
-      </c>
-[...7 lines deleted...]
-        <v>2078</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D702" s="1" t="s">
         <v>2079</v>
-      </c>
-[...7 lines deleted...]
-        <v>2081</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B703" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C703" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D703" s="1" t="s">
         <v>2082</v>
-      </c>
-[...7 lines deleted...]
-        <v>2084</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B704" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C704" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D704" s="1" t="s">
         <v>2085</v>
-      </c>
-[...7 lines deleted...]
-        <v>2087</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B705" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C705" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D705" s="1" t="s">
         <v>2088</v>
-      </c>
-[...7 lines deleted...]
-        <v>2090</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B706" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C706" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D706" s="1" t="s">
         <v>2091</v>
-      </c>
-[...7 lines deleted...]
-        <v>2093</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B707" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C707" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D707" s="1" t="s">
         <v>2094</v>
-      </c>
-[...7 lines deleted...]
-        <v>2096</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C708" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D708" s="1" t="s">
         <v>2097</v>
-      </c>
-[...7 lines deleted...]
-        <v>2099</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B709" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D709" s="1" t="s">
         <v>2100</v>
-      </c>
-[...7 lines deleted...]
-        <v>2102</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B710" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C710" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D710" s="1" t="s">
         <v>2103</v>
-      </c>
-[...7 lines deleted...]
-        <v>2105</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" s="1" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B711" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C711" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D711" s="1" t="s">
         <v>2106</v>
-      </c>
-[...7 lines deleted...]
-        <v>2108</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B712" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C712" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D712" s="1" t="s">
         <v>2109</v>
-      </c>
-[...7 lines deleted...]
-        <v>2111</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B713" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C713" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D713" s="1" t="s">
         <v>2112</v>
-      </c>
-[...7 lines deleted...]
-        <v>2114</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B714" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C714" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D714" s="1" t="s">
         <v>2115</v>
-      </c>
-[...7 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" s="1" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B715" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C715" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D715" s="1" t="s">
         <v>2118</v>
-      </c>
-[...7 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B716" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C716" s="1" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D716" s="1" t="s">
         <v>2121</v>
-      </c>
-[...7 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B717" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C717" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D717" s="1" t="s">
         <v>2124</v>
-      </c>
-[...7 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B718" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C718" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D718" s="1" t="s">
         <v>2127</v>
-      </c>
-[...7 lines deleted...]
-        <v>2129</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C719" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D719" s="1" t="s">
         <v>2130</v>
-      </c>
-[...7 lines deleted...]
-        <v>2132</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D720" s="1" t="s">
         <v>2133</v>
-      </c>
-[...7 lines deleted...]
-        <v>2135</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D721" s="1" t="s">
         <v>2136</v>
-      </c>
-[...7 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D722" s="1" t="s">
         <v>2139</v>
-      </c>
-[...7 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" s="1" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B723" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C723" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D723" s="1" t="s">
         <v>2142</v>
-      </c>
-[...7 lines deleted...]
-        <v>2144</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B724" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C724" s="1" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D724" s="1" t="s">
         <v>2145</v>
-      </c>
-[...7 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B725" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C725" s="1" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D725" s="1" t="s">
         <v>2148</v>
-      </c>
-[...7 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B726" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D726" s="1" t="s">
         <v>2151</v>
-      </c>
-[...7 lines deleted...]
-        <v>2153</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" s="1" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B727" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C727" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D727" s="1" t="s">
         <v>2154</v>
-      </c>
-[...7 lines deleted...]
-        <v>2156</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C728" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D728" s="1" t="s">
         <v>2157</v>
-      </c>
-[...7 lines deleted...]
-        <v>2159</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B729" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C729" s="1" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D729" s="1" t="s">
         <v>2160</v>
-      </c>
-[...7 lines deleted...]
-        <v>2162</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B730" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C730" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D730" s="1" t="s">
         <v>2163</v>
-      </c>
-[...7 lines deleted...]
-        <v>2165</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C731" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D731" s="1" t="s">
         <v>2166</v>
-      </c>
-[...7 lines deleted...]
-        <v>2168</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B732" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C732" s="1" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D732" s="1" t="s">
         <v>2169</v>
-      </c>
-[...7 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B733" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C733" s="1" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D733" s="1" t="s">
         <v>2172</v>
-      </c>
-[...7 lines deleted...]
-        <v>2174</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B734" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C734" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D734" s="1" t="s">
         <v>2175</v>
-      </c>
-[...7 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B735" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C735" s="1" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D735" s="1" t="s">
         <v>2178</v>
-      </c>
-[...7 lines deleted...]
-        <v>2180</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B736" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C736" s="1" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D736" s="1" t="s">
         <v>2181</v>
-      </c>
-[...7 lines deleted...]
-        <v>2183</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B737" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C737" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D737" s="1" t="s">
         <v>2184</v>
-      </c>
-[...7 lines deleted...]
-        <v>2186</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B738" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C738" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D738" s="1" t="s">
         <v>2187</v>
-      </c>
-[...7 lines deleted...]
-        <v>2189</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" s="1" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B739" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D739" s="1" t="s">
         <v>2190</v>
-      </c>
-[...7 lines deleted...]
-        <v>2192</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C740" s="1" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D740" s="1" t="s">
         <v>2193</v>
-      </c>
-[...7 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B741" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C741" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D741" s="1" t="s">
         <v>2196</v>
-      </c>
-[...7 lines deleted...]
-        <v>2198</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" s="1" t="s">
+        <v>2197</v>
+      </c>
+      <c r="B742" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C742" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D742" s="1" t="s">
         <v>2199</v>
-      </c>
-[...7 lines deleted...]
-        <v>2200</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B743" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C743" s="1" t="s">
         <v>2201</v>
       </c>
-      <c r="B743" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C743" s="1" t="s">
+      <c r="D743" s="1" t="s">
         <v>2202</v>
-      </c>
-[...1 lines deleted...]
-        <v>2203</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B744" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D744" s="1" t="s">
         <v>2204</v>
-      </c>
-[...5 lines deleted...]
-        <v>2205</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C745" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="B745" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C745" s="1"/>
       <c r="D745" s="1" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" s="1" t="s">
         <v>2208</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C746" s="1" t="s">
         <v>2209</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>2210</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" s="1" t="s">
         <v>2211</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C747" s="1" t="s">
         <v>2212</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>2213</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" s="1" t="s">
         <v>2214</v>
       </c>
       <c r="B748" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C748" s="1" t="s">
+      <c r="C748" s="1"/>
+      <c r="D748" s="1" t="s">
         <v>2215</v>
-      </c>
-[...1 lines deleted...]
-        <v>2216</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B749" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C749" s="1" t="s">
         <v>2217</v>
       </c>
-      <c r="B749" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C749" s="1" t="s">
+      <c r="D749" s="1" t="s">
         <v>2218</v>
-      </c>
-[...1 lines deleted...]
-        <v>2219</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C750" s="1" t="s">
         <v>2220</v>
       </c>
-      <c r="B750" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C750" s="1" t="s">
+      <c r="D750" s="1" t="s">
         <v>2221</v>
-      </c>
-[...1 lines deleted...]
-        <v>2222</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B751" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C751" s="1" t="s">
         <v>2223</v>
       </c>
-      <c r="B751" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C751" s="1" t="s">
+      <c r="D751" s="1" t="s">
         <v>2224</v>
-      </c>
-[...1 lines deleted...]
-        <v>2225</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" s="1" t="s">
+        <v>2225</v>
+      </c>
+      <c r="B752" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C752" s="1" t="s">
         <v>2226</v>
       </c>
-      <c r="B752" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C752" s="1"/>
       <c r="D752" s="1" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" s="1" t="s">
         <v>2228</v>
       </c>
       <c r="B753" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C753" s="1"/>
+      <c r="C753" s="1" t="s">
+        <v>2229</v>
+      </c>
       <c r="D753" s="1" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" s="1" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C754" s="1"/>
+      <c r="C754" s="1" t="s">
+        <v>2232</v>
+      </c>
       <c r="D754" s="1" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" s="1" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="B755" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C755" s="1"/>
       <c r="D755" s="1" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" s="1" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="B756" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C756" s="1"/>
       <c r="D756" s="1" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" s="1" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="B757" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C757" s="1"/>
       <c r="D757" s="1" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758" s="1" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="B758" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C758" s="1"/>
       <c r="D758" s="1" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759" s="1" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C759" s="1"/>
       <c r="D759" s="1" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" s="1" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C760" s="1"/>
       <c r="D760" s="1" t="s">
         <v>2245</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" s="1" t="s">
         <v>2246</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="C761" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C761" s="1"/>
+      <c r="D761" s="1" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>2248</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B762" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C762" s="1"/>
+      <c r="D762" s="1" t="s">
         <v>2249</v>
-      </c>
-[...7 lines deleted...]
-        <v>2251</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B763" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C763" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D763" s="1" t="s">
         <v>2252</v>
-      </c>
-[...7 lines deleted...]
-        <v>2254</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" s="1" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B764" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C764" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D764" s="1" t="s">
         <v>2255</v>
-      </c>
-[...7 lines deleted...]
-        <v>2257</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B765" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C765" s="1" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D765" s="1" t="s">
         <v>2258</v>
-      </c>
-[...7 lines deleted...]
-        <v>2260</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C766" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D766" s="1" t="s">
         <v>2261</v>
-      </c>
-[...7 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" s="1" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B767" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C767" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D767" s="1" t="s">
         <v>2264</v>
-      </c>
-[...7 lines deleted...]
-        <v>2266</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B768" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C768" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D768" s="1" t="s">
         <v>2267</v>
-      </c>
-[...7 lines deleted...]
-        <v>2269</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B769" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C769" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D769" s="1" t="s">
         <v>2270</v>
-      </c>
-[...7 lines deleted...]
-        <v>2272</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B770" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C770" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D770" s="1" t="s">
         <v>2273</v>
-      </c>
-[...7 lines deleted...]
-        <v>2275</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" s="1" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B771" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C771" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D771" s="1" t="s">
         <v>2276</v>
-      </c>
-[...7 lines deleted...]
-        <v>2278</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B772" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C772" s="1" t="s">
+        <v>2278</v>
+      </c>
+      <c r="D772" s="1" t="s">
         <v>2279</v>
-      </c>
-[...7 lines deleted...]
-        <v>2281</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B773" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C773" s="1" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D773" s="1" t="s">
         <v>2282</v>
-      </c>
-[...7 lines deleted...]
-        <v>2284</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B774" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C774" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="D774" s="1" t="s">
         <v>2285</v>
-      </c>
-[...7 lines deleted...]
-        <v>2287</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B775" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C775" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D775" s="1" t="s">
         <v>2288</v>
-      </c>
-[...7 lines deleted...]
-        <v>2290</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B776" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C776" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D776" s="1" t="s">
         <v>2291</v>
-      </c>
-[...7 lines deleted...]
-        <v>2293</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B777" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C777" s="1" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D777" s="1" t="s">
         <v>2294</v>
-      </c>
-[...7 lines deleted...]
-        <v>2296</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B778" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C778" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D778" s="1" t="s">
         <v>2297</v>
-      </c>
-[...7 lines deleted...]
-        <v>2299</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B779" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C779" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D779" s="1" t="s">
         <v>2300</v>
-      </c>
-[...7 lines deleted...]
-        <v>2302</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B780" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C780" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D780" s="1" t="s">
         <v>2303</v>
-      </c>
-[...7 lines deleted...]
-        <v>2305</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B781" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C781" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D781" s="1" t="s">
         <v>2306</v>
-      </c>
-[...7 lines deleted...]
-        <v>2308</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B782" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C782" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D782" s="1" t="s">
         <v>2309</v>
-      </c>
-[...7 lines deleted...]
-        <v>2310</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B783" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C783" s="1" t="s">
         <v>2311</v>
-      </c>
-[...4 lines deleted...]
-        <v>2307</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>2312</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" s="1" t="s">
         <v>2313</v>
       </c>
       <c r="B784" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C784" s="1" t="s">
         <v>2314</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" s="1" t="s">
         <v>2316</v>
       </c>
       <c r="B785" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C785" s="1" t="s">
         <v>2317</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>2318</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" s="1" t="s">
         <v>2319</v>
       </c>
       <c r="B786" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C786" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D786" s="1" t="s">
         <v>2320</v>
-      </c>
-[...1 lines deleted...]
-        <v>2321</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" s="1" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B787" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C787" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D787" s="1" t="s">
         <v>2322</v>
-      </c>
-[...7 lines deleted...]
-        <v>2324</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B788" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C788" s="1" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D788" s="1" t="s">
         <v>2325</v>
-      </c>
-[...7 lines deleted...]
-        <v>2327</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B789" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C789" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D789" s="1" t="s">
         <v>2328</v>
-      </c>
-[...7 lines deleted...]
-        <v>2330</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" s="1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B790" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C790" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D790" s="1" t="s">
         <v>2331</v>
-      </c>
-[...7 lines deleted...]
-        <v>2332</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B791" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C791" s="1" t="s">
         <v>2333</v>
-      </c>
-[...4 lines deleted...]
-        <v>2307</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>2334</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" s="1" t="s">
         <v>2335</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2307</v>
+        <v>2336</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" s="1" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="B793" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" s="1" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2341</v>
+        <v>2317</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" s="1" t="s">
         <v>2343</v>
       </c>
       <c r="B795" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2341</v>
+        <v>2317</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>2344</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" s="1" t="s">
         <v>2345</v>
       </c>
       <c r="B796" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C796" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D796" s="1" t="s">
         <v>2346</v>
-      </c>
-[...1 lines deleted...]
-        <v>2347</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B797" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C797" s="1" t="s">
         <v>2348</v>
       </c>
-      <c r="B797" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C797" s="1" t="s">
+      <c r="D797" s="1" t="s">
         <v>2349</v>
-      </c>
-[...1 lines deleted...]
-        <v>2350</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B798" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C798" s="1" t="s">
         <v>2351</v>
-      </c>
-[...4 lines deleted...]
-        <v>2341</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>2352</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" s="1" t="s">
         <v>2353</v>
       </c>
       <c r="B799" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2341</v>
+        <v>2351</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>2354</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" s="1" t="s">
         <v>2355</v>
       </c>
       <c r="B800" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2341</v>
+        <v>2356</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" s="1" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="B801" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" s="1" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="B802" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2361</v>
+        <v>2351</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>2362</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" s="1" t="s">
         <v>2363</v>
       </c>
       <c r="B803" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C803" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D803" s="1" t="s">
         <v>2364</v>
-      </c>
-[...1 lines deleted...]
-        <v>2365</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" s="1" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B804" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C804" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D804" s="1" t="s">
         <v>2366</v>
-      </c>
-[...7 lines deleted...]
-        <v>2367</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" s="1" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B805" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C805" s="1" t="s">
         <v>2368</v>
-      </c>
-[...4 lines deleted...]
-        <v>2341</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>2369</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" s="1" t="s">
         <v>2370</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2341</v>
+        <v>2371</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" s="1" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="B807" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" s="1" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="B808" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2341</v>
+        <v>2351</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" s="1" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="B809" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2341</v>
+        <v>2351</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" s="1" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2380</v>
+        <v>2351</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>2381</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" s="1" t="s">
         <v>2382</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C811" s="1" t="s">
         <v>2383</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>2384</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" s="1" t="s">
         <v>2385</v>
       </c>
       <c r="B812" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C812" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D812" s="1" t="s">
         <v>2386</v>
-      </c>
-[...1 lines deleted...]
-        <v>2387</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" s="1" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B813" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C813" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D813" s="1" t="s">
         <v>2388</v>
-      </c>
-[...7 lines deleted...]
-        <v>2390</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B814" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C814" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D814" s="1" t="s">
         <v>2391</v>
-      </c>
-[...7 lines deleted...]
-        <v>2393</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B815" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C815" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D815" s="1" t="s">
         <v>2394</v>
-      </c>
-[...7 lines deleted...]
-        <v>2396</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B816" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C816" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D816" s="1" t="s">
         <v>2397</v>
-      </c>
-[...7 lines deleted...]
-        <v>2399</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" s="1" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B817" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C817" s="1" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D817" s="1" t="s">
         <v>2400</v>
-      </c>
-[...7 lines deleted...]
-        <v>2402</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B818" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C818" s="1" t="s">
+        <v>2402</v>
+      </c>
+      <c r="D818" s="1" t="s">
         <v>2403</v>
-      </c>
-[...7 lines deleted...]
-        <v>2404</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B819" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C819" s="1" t="s">
         <v>2405</v>
       </c>
-      <c r="B819" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C819" s="1" t="s">
+      <c r="D819" s="1" t="s">
         <v>2406</v>
-      </c>
-[...1 lines deleted...]
-        <v>2407</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B820" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C820" s="1" t="s">
         <v>2408</v>
       </c>
-      <c r="B820" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C820" s="1" t="s">
+      <c r="D820" s="1" t="s">
         <v>2409</v>
-      </c>
-[...1 lines deleted...]
-        <v>2410</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" s="1" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B821" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C821" s="1" t="s">
         <v>2411</v>
-      </c>
-[...4 lines deleted...]
-        <v>2406</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>2412</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" s="1" t="s">
         <v>2413</v>
       </c>
       <c r="B822" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2406</v>
+        <v>2351</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>2414</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" s="1" t="s">
         <v>2415</v>
       </c>
       <c r="B823" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C823" s="1" t="s">
         <v>2416</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>2417</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" s="1" t="s">
         <v>2418</v>
       </c>
       <c r="B824" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C824" s="1" t="s">
         <v>2419</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>2420</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" s="1" t="s">
         <v>2421</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2419</v>
+        <v>2416</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>2422</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" s="1" t="s">
         <v>2423</v>
       </c>
       <c r="B826" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C826" s="1" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D826" s="1" t="s">
         <v>2424</v>
-      </c>
-[...1 lines deleted...]
-        <v>2425</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B827" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C827" s="1" t="s">
         <v>2426</v>
       </c>
-      <c r="B827" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C827" s="1" t="s">
+      <c r="D827" s="1" t="s">
         <v>2427</v>
-      </c>
-[...1 lines deleted...]
-        <v>2428</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B828" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C828" s="1" t="s">
         <v>2429</v>
-      </c>
-[...4 lines deleted...]
-        <v>2406</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>2430</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" s="1" t="s">
         <v>2431</v>
       </c>
       <c r="B829" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C829" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D829" s="1" t="s">
         <v>2432</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" s="1" t="s">
         <v>2433</v>
       </c>
       <c r="B830" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C830" s="1" t="s">
         <v>2434</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>2435</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" s="1" t="s">
         <v>2436</v>
       </c>
       <c r="B831" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C831" s="1" t="s">
         <v>2437</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>2438</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" s="1" t="s">
         <v>2439</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>239</v>
+        <v>5</v>
       </c>
       <c r="C832" s="1" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D832" s="1" t="s">
         <v>2440</v>
-      </c>
-[...1 lines deleted...]
-        <v>2441</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B833" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C833" s="1" t="s">
         <v>2442</v>
       </c>
-      <c r="B833" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D833" s="1" t="s">
-        <v>2444</v>
+        <v>284</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B834" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C834" s="1" t="s">
+        <v>2444</v>
+      </c>
+      <c r="D834" s="1" t="s">
         <v>2445</v>
-      </c>
-[...7 lines deleted...]
-        <v>2447</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" s="1" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B835" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C835" s="1" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D835" s="1" t="s">
         <v>2448</v>
-      </c>
-[...7 lines deleted...]
-        <v>2450</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B836" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C836" s="1" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D836" s="1" t="s">
         <v>2451</v>
-      </c>
-[...7 lines deleted...]
-        <v>2452</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B837" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C837" s="1" t="s">
         <v>2453</v>
-      </c>
-[...4 lines deleted...]
-        <v>2419</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>2454</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" s="1" t="s">
         <v>2455</v>
       </c>
       <c r="B838" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2419</v>
+        <v>2456</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" s="1" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="B839" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2419</v>
+        <v>2459</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" s="1" t="s">
-        <v>2459</v>
+        <v>2461</v>
       </c>
       <c r="B840" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>2419</v>
+        <v>2429</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>2460</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841" s="1" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2449</v>
+        <v>2429</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>2462</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" s="1" t="s">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="B842" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2449</v>
+        <v>2429</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" s="1" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
       <c r="B843" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>2449</v>
+        <v>2429</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" s="1" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>2449</v>
+        <v>2429</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" s="1" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="B845" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" s="1" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="B846" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" s="1" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
       <c r="B847" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" s="1" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="B848" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" s="1" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="B849" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" s="1" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="B850" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" s="1" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="B851" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" s="1" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="B852" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" s="1" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="B853" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" s="1" t="s">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="B854" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>2488</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" s="1" t="s">
-        <v>2489</v>
+        <v>2491</v>
       </c>
       <c r="B855" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>2490</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" s="1" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="B856" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" s="1" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="B857" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" s="1" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="B858" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>2496</v>
+        <v>2459</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" s="1" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="B859" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2496</v>
+        <v>2459</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" s="1" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="B860" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>2496</v>
+        <v>2459</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" s="1" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="B861" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2496</v>
+        <v>2459</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" s="1" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="B862" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" s="1" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="B863" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2508</v>
+        <v>2506</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>2509</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" s="1" t="s">
         <v>2510</v>
       </c>
       <c r="B864" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C864" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D864" s="1" t="s">
         <v>2511</v>
-      </c>
-[...1 lines deleted...]
-        <v>2512</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B865" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C865" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D865" s="1" t="s">
         <v>2513</v>
-      </c>
-[...7 lines deleted...]
-        <v>2515</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" s="1" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B866" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C866" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D866" s="1" t="s">
         <v>2516</v>
-      </c>
-[...7 lines deleted...]
-        <v>2517</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" s="1" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B867" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C867" s="1" t="s">
         <v>2518</v>
-      </c>
-[...4 lines deleted...]
-        <v>2496</v>
       </c>
       <c r="D867" s="1" t="s">
         <v>2519</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" s="1" t="s">
         <v>2520</v>
       </c>
       <c r="B868" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>2505</v>
+        <v>2521</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" s="1" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="B869" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2505</v>
+        <v>2524</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>2523</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" s="1" t="s">
-        <v>2524</v>
+        <v>2526</v>
       </c>
       <c r="B870" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>2525</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" s="1" t="s">
-        <v>2526</v>
+        <v>2528</v>
       </c>
       <c r="B871" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>2527</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" s="1" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2529</v>
+        <v>2515</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" s="1" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="B873" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>2505</v>
+        <v>2515</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="1" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="B874" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2505</v>
+        <v>2515</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" s="1" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="B875" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2505</v>
+        <v>2515</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" s="1" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2505</v>
+        <v>2539</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>2538</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="877" spans="1:4">
       <c r="A877" s="1" t="s">
-        <v>2539</v>
+        <v>2541</v>
       </c>
       <c r="B877" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2540</v>
+        <v>2515</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" s="1" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="B878" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C878" s="1"/>
+      <c r="C878" s="1" t="s">
+        <v>2515</v>
+      </c>
       <c r="D878" s="1" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" s="1" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="B879" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>2505</v>
+        <v>2515</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" s="1" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="B880" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C880" s="1"/>
+      <c r="C880" s="1" t="s">
+        <v>2515</v>
+      </c>
       <c r="D880" s="1" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" s="1" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="B881" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>2505</v>
+        <v>2550</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>2549</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" s="1" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="B882" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C882" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C882" s="1"/>
       <c r="D882" s="1" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" s="1" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
       <c r="B883" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2505</v>
+        <v>2515</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" s="1" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="B884" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C884" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C884" s="1"/>
       <c r="D884" s="1" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" s="1" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="B885" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>2557</v>
+        <v>2515</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" s="1" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="B886" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>2560</v>
+        <v>2515</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" s="1" t="s">
         <v>2562</v>
       </c>
       <c r="B887" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>2557</v>
+        <v>2515</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>2563</v>
       </c>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" s="1" t="s">
         <v>2564</v>
       </c>
       <c r="B888" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>2557</v>
+        <v>2515</v>
       </c>
       <c r="D888" s="1" t="s">
         <v>2565</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" s="1" t="s">
         <v>2566</v>
       </c>
       <c r="B889" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>2557</v>
+        <v>2567</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" s="1" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="B890" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2557</v>
+        <v>2570</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" s="1" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="B891" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2557</v>
+        <v>2567</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" s="1" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="B892" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2557</v>
+        <v>2567</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" s="1" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="B893" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C893" s="1"/>
+      <c r="C893" s="1" t="s">
+        <v>2567</v>
+      </c>
       <c r="D893" s="1" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" s="1" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="B894" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2577</v>
+        <v>2567</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" s="1" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="B895" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2580</v>
+        <v>2567</v>
       </c>
       <c r="D895" s="1" t="s">
         <v>2581</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" s="1" t="s">
         <v>2582</v>
       </c>
       <c r="B896" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C896" s="1" t="s">
+        <v>2567</v>
+      </c>
+      <c r="D896" s="1" t="s">
         <v>2583</v>
-      </c>
-[...1 lines deleted...]
-        <v>2584</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B897" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C897" s="1"/>
+      <c r="D897" s="1" t="s">
         <v>2585</v>
-      </c>
-[...7 lines deleted...]
-        <v>2586</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B898" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C898" s="1" t="s">
         <v>2587</v>
-      </c>
-[...4 lines deleted...]
-        <v>2557</v>
       </c>
       <c r="D898" s="1" t="s">
         <v>2588</v>
       </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" s="1" t="s">
         <v>2589</v>
       </c>
       <c r="B899" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C899" s="1" t="s">
         <v>2590</v>
       </c>
       <c r="D899" s="1" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" s="1" t="s">
         <v>2592</v>
       </c>
       <c r="B900" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C900" s="1" t="s">
         <v>2593</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>2594</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" s="1" t="s">
         <v>2595</v>
       </c>
       <c r="B901" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C901" s="1" t="s">
+        <v>2567</v>
+      </c>
+      <c r="D901" s="1" t="s">
         <v>2596</v>
-      </c>
-[...1 lines deleted...]
-        <v>2597</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" s="1" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B902" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C902" s="1" t="s">
+        <v>2567</v>
+      </c>
+      <c r="D902" s="1" t="s">
         <v>2598</v>
-      </c>
-[...7 lines deleted...]
-        <v>2600</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" s="1" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B903" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C903" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D903" s="1" t="s">
         <v>2601</v>
-      </c>
-[...7 lines deleted...]
-        <v>2603</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" s="1" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B904" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C904" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D904" s="1" t="s">
         <v>2604</v>
-      </c>
-[...7 lines deleted...]
-        <v>2606</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" s="1" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B905" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C905" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D905" s="1" t="s">
         <v>2607</v>
-      </c>
-[...7 lines deleted...]
-        <v>2609</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" s="1" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B906" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C906" s="1" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D906" s="1" t="s">
         <v>2610</v>
-      </c>
-[...7 lines deleted...]
-        <v>2612</v>
       </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" s="1" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B907" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C907" s="1" t="s">
+        <v>2612</v>
+      </c>
+      <c r="D907" s="1" t="s">
         <v>2613</v>
-      </c>
-[...7 lines deleted...]
-        <v>2614</v>
       </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" s="1" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B908" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C908" s="1" t="s">
         <v>2615</v>
-      </c>
-[...4 lines deleted...]
-        <v>2307</v>
       </c>
       <c r="D908" s="1" t="s">
         <v>2616</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" s="1" t="s">
         <v>2617</v>
       </c>
       <c r="B909" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>2307</v>
+        <v>2618</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" s="1" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="B910" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" s="1" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="B911" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2623</v>
+        <v>2317</v>
       </c>
       <c r="D911" s="1" t="s">
         <v>2624</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" s="1" t="s">
         <v>2625</v>
       </c>
       <c r="B912" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C912" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D912" s="1" t="s">
         <v>2626</v>
-      </c>
-[...1 lines deleted...]
-        <v>2627</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" s="1" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B913" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C913" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D913" s="1" t="s">
         <v>2628</v>
-      </c>
-[...7 lines deleted...]
-        <v>2630</v>
       </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" s="1" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B914" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C914" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D914" s="1" t="s">
         <v>2631</v>
-      </c>
-[...7 lines deleted...]
-        <v>2633</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B915" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C915" s="1" t="s">
+        <v>2633</v>
+      </c>
+      <c r="D915" s="1" t="s">
         <v>2634</v>
-      </c>
-[...7 lines deleted...]
-        <v>2636</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B916" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C916" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="D916" s="1" t="s">
         <v>2637</v>
-      </c>
-[...7 lines deleted...]
-        <v>2638</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B917" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C917" s="1" t="s">
         <v>2639</v>
-      </c>
-[...4 lines deleted...]
-        <v>2635</v>
       </c>
       <c r="D917" s="1" t="s">
         <v>2640</v>
       </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" s="1" t="s">
         <v>2641</v>
       </c>
       <c r="B918" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>2635</v>
+        <v>2642</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" s="1" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="B919" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B920" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C920" s="1" t="s">
         <v>2645</v>
       </c>
-      <c r="B920" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D920" s="1" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" s="1" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="B921" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" s="1" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" s="1" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="B923" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" s="1" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
       <c r="B924" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" s="1" t="s">
-        <v>2655</v>
+        <v>2657</v>
       </c>
       <c r="B925" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>2656</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" s="1" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="B926" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>2658</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" s="1" t="s">
-        <v>2659</v>
+        <v>2661</v>
       </c>
       <c r="B927" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2660</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" s="1" t="s">
-        <v>2661</v>
+        <v>2663</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2662</v>
+        <v>2645</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>2663</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" s="1" t="s">
-        <v>2664</v>
+        <v>2665</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2665</v>
+        <v>2645</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>222</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" s="1" t="s">
-        <v>2666</v>
+        <v>2667</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2667</v>
+        <v>2645</v>
       </c>
       <c r="D930" s="1" t="s">
         <v>2668</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" s="1" t="s">
         <v>2669</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C931" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D931" s="1" t="s">
         <v>2670</v>
-      </c>
-[...1 lines deleted...]
-        <v>2671</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B932" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C932" s="1" t="s">
         <v>2672</v>
       </c>
-      <c r="B932" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C932" s="1" t="s">
+      <c r="D932" s="1" t="s">
         <v>2673</v>
-      </c>
-[...1 lines deleted...]
-        <v>2674</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" s="1" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B933" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C933" s="1" t="s">
         <v>2675</v>
       </c>
-      <c r="B933" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D933" s="1" t="s">
-        <v>2677</v>
+        <v>235</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="B934" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C934" s="1" t="s">
+        <v>2677</v>
+      </c>
+      <c r="D934" s="1" t="s">
         <v>2678</v>
-      </c>
-[...7 lines deleted...]
-        <v>2680</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B935" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C935" s="1" t="s">
+        <v>2680</v>
+      </c>
+      <c r="D935" s="1" t="s">
         <v>2681</v>
-      </c>
-[...7 lines deleted...]
-        <v>2683</v>
       </c>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" s="1" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B936" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C936" s="1" t="s">
+        <v>2683</v>
+      </c>
+      <c r="D936" s="1" t="s">
         <v>2684</v>
-      </c>
-[...7 lines deleted...]
-        <v>2686</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B937" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C937" s="1" t="s">
+        <v>2686</v>
+      </c>
+      <c r="D937" s="1" t="s">
         <v>2687</v>
-      </c>
-[...7 lines deleted...]
-        <v>2689</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B938" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C938" s="1" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D938" s="1" t="s">
         <v>2690</v>
-      </c>
-[...7 lines deleted...]
-        <v>2692</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" s="1" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B939" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C939" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D939" s="1" t="s">
         <v>2693</v>
-      </c>
-[...7 lines deleted...]
-        <v>2695</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B940" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C940" s="1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="D940" s="1" t="s">
         <v>2696</v>
-      </c>
-[...7 lines deleted...]
-        <v>2698</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" s="1" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B941" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C941" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D941" s="1" t="s">
         <v>2699</v>
-      </c>
-[...7 lines deleted...]
-        <v>2701</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" s="1" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B942" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C942" s="1" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D942" s="1" t="s">
         <v>2702</v>
-      </c>
-[...7 lines deleted...]
-        <v>2704</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" s="1" t="s">
+        <v>2703</v>
+      </c>
+      <c r="B943" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C943" s="1" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D943" s="1" t="s">
         <v>2705</v>
-      </c>
-[...7 lines deleted...]
-        <v>2707</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B944" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C944" s="1" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D944" s="1" t="s">
         <v>2708</v>
-      </c>
-[...7 lines deleted...]
-        <v>2710</v>
       </c>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" s="1" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B945" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C945" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="D945" s="1" t="s">
         <v>2711</v>
-      </c>
-[...7 lines deleted...]
-        <v>2713</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="B946" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C946" s="1" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D946" s="1" t="s">
         <v>2714</v>
-      </c>
-[...7 lines deleted...]
-        <v>2716</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B947" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C947" s="1" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D947" s="1" t="s">
         <v>2717</v>
-      </c>
-[...7 lines deleted...]
-        <v>2719</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" s="1" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B948" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C948" s="1" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D948" s="1" t="s">
         <v>2720</v>
-      </c>
-[...7 lines deleted...]
-        <v>2722</v>
       </c>
     </row>
     <row r="949" spans="1:4">
       <c r="A949" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B949" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C949" s="1" t="s">
+        <v>2722</v>
+      </c>
+      <c r="D949" s="1" t="s">
         <v>2723</v>
-      </c>
-[...7 lines deleted...]
-        <v>2725</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" s="1" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B950" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C950" s="1" t="s">
+        <v>2725</v>
+      </c>
+      <c r="D950" s="1" t="s">
         <v>2726</v>
-      </c>
-[...7 lines deleted...]
-        <v>2728</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" s="1" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B951" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C951" s="1" t="s">
+        <v>2728</v>
+      </c>
+      <c r="D951" s="1" t="s">
         <v>2729</v>
-      </c>
-[...7 lines deleted...]
-        <v>2731</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" s="1" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B952" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C952" s="1" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D952" s="1" t="s">
         <v>2732</v>
-      </c>
-[...7 lines deleted...]
-        <v>2734</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" s="1" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B953" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C953" s="1" t="s">
+        <v>2734</v>
+      </c>
+      <c r="D953" s="1" t="s">
         <v>2735</v>
-      </c>
-[...7 lines deleted...]
-        <v>2737</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B954" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C954" s="1" t="s">
+        <v>2737</v>
+      </c>
+      <c r="D954" s="1" t="s">
         <v>2738</v>
-      </c>
-[...7 lines deleted...]
-        <v>2740</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" s="1" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B955" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C955" s="1" t="s">
+        <v>2740</v>
+      </c>
+      <c r="D955" s="1" t="s">
         <v>2741</v>
-      </c>
-[...7 lines deleted...]
-        <v>2742</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" s="1" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B956" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C956" s="1" t="s">
         <v>2743</v>
       </c>
-      <c r="B956" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C956" s="1" t="s">
+      <c r="D956" s="1" t="s">
         <v>2744</v>
-      </c>
-[...1 lines deleted...]
-        <v>2745</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" s="1" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B957" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C957" s="1" t="s">
         <v>2746</v>
       </c>
-      <c r="B957" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C957" s="1" t="s">
+      <c r="D957" s="1" t="s">
         <v>2747</v>
-      </c>
-[...1 lines deleted...]
-        <v>2748</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" s="1" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B958" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C958" s="1" t="s">
         <v>2749</v>
       </c>
-      <c r="B958" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C958" s="1" t="s">
+      <c r="D958" s="1" t="s">
         <v>2750</v>
-      </c>
-[...1 lines deleted...]
-        <v>2751</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" s="1" t="s">
+        <v>2751</v>
+      </c>
+      <c r="B959" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C959" s="1" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D959" s="1" t="s">
         <v>2752</v>
-      </c>
-[...7 lines deleted...]
-        <v>2754</v>
       </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="B960" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C960" s="1" t="s">
+        <v>2754</v>
+      </c>
+      <c r="D960" s="1" t="s">
         <v>2755</v>
-      </c>
-[...7 lines deleted...]
-        <v>2757</v>
       </c>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" s="1" t="s">
+        <v>2756</v>
+      </c>
+      <c r="B961" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C961" s="1" t="s">
+        <v>2757</v>
+      </c>
+      <c r="D961" s="1" t="s">
         <v>2758</v>
-      </c>
-[...7 lines deleted...]
-        <v>2760</v>
       </c>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" s="1" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B962" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C962" s="1" t="s">
+        <v>2760</v>
+      </c>
+      <c r="D962" s="1" t="s">
         <v>2761</v>
-      </c>
-[...7 lines deleted...]
-        <v>2763</v>
       </c>
     </row>
     <row r="963" spans="1:4">
       <c r="A963" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B963" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C963" s="1" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D963" s="1" t="s">
         <v>2764</v>
-      </c>
-[...7 lines deleted...]
-        <v>2766</v>
       </c>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B964" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C964" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="D964" s="1" t="s">
         <v>2767</v>
-      </c>
-[...7 lines deleted...]
-        <v>2769</v>
       </c>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" s="1" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B965" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C965" s="1" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D965" s="1" t="s">
         <v>2770</v>
-      </c>
-[...7 lines deleted...]
-        <v>2772</v>
       </c>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" s="1" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B966" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C966" s="1" t="s">
+        <v>2772</v>
+      </c>
+      <c r="D966" s="1" t="s">
         <v>2773</v>
-      </c>
-[...7 lines deleted...]
-        <v>2775</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" s="1" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B967" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C967" s="1" t="s">
+        <v>2775</v>
+      </c>
+      <c r="D967" s="1" t="s">
         <v>2776</v>
-      </c>
-[...7 lines deleted...]
-        <v>2778</v>
       </c>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B968" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C968" s="1" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D968" s="1" t="s">
         <v>2779</v>
-      </c>
-[...7 lines deleted...]
-        <v>2781</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" s="1" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B969" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C969" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D969" s="1" t="s">
         <v>2782</v>
-      </c>
-[...7 lines deleted...]
-        <v>2784</v>
       </c>
     </row>
     <row r="970" spans="1:4">
       <c r="A970" s="1" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B970" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C970" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D970" s="1" t="s">
         <v>2785</v>
-      </c>
-[...7 lines deleted...]
-        <v>2787</v>
       </c>
     </row>
     <row r="971" spans="1:4">
       <c r="A971" s="1" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B971" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C971" s="1" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D971" s="1" t="s">
         <v>2788</v>
-      </c>
-[...7 lines deleted...]
-        <v>2790</v>
       </c>
     </row>
     <row r="972" spans="1:4">
       <c r="A972" s="1" t="s">
+        <v>2789</v>
+      </c>
+      <c r="B972" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C972" s="1" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D972" s="1" t="s">
         <v>2791</v>
-      </c>
-[...7 lines deleted...]
-        <v>2793</v>
       </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" s="1" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B973" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C973" s="1" t="s">
+        <v>2793</v>
+      </c>
+      <c r="D973" s="1" t="s">
         <v>2794</v>
-      </c>
-[...7 lines deleted...]
-        <v>2796</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" s="1" t="s">
+        <v>2795</v>
+      </c>
+      <c r="B974" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C974" s="1" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D974" s="1" t="s">
         <v>2797</v>
-      </c>
-[...7 lines deleted...]
-        <v>2799</v>
       </c>
     </row>
     <row r="975" spans="1:4">
       <c r="A975" s="1" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B975" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C975" s="1" t="s">
+        <v>2799</v>
+      </c>
+      <c r="D975" s="1" t="s">
         <v>2800</v>
-      </c>
-[...7 lines deleted...]
-        <v>2802</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" s="1" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B976" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C976" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D976" s="1" t="s">
         <v>2803</v>
-      </c>
-[...7 lines deleted...]
-        <v>2805</v>
       </c>
     </row>
     <row r="977" spans="1:4">
       <c r="A977" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B977" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C977" s="1" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D977" s="1" t="s">
         <v>2806</v>
-      </c>
-[...7 lines deleted...]
-        <v>2808</v>
       </c>
     </row>
     <row r="978" spans="1:4">
       <c r="A978" s="1" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B978" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C978" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="D978" s="1" t="s">
         <v>2809</v>
-      </c>
-[...7 lines deleted...]
-        <v>2811</v>
       </c>
     </row>
     <row r="979" spans="1:4">
       <c r="A979" s="1" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B979" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C979" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D979" s="1" t="s">
         <v>2812</v>
-      </c>
-[...7 lines deleted...]
-        <v>2814</v>
       </c>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" s="1" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B980" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C980" s="1" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D980" s="1" t="s">
         <v>2815</v>
-      </c>
-[...7 lines deleted...]
-        <v>2817</v>
       </c>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" s="1" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B981" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C981" s="1" t="s">
+        <v>2817</v>
+      </c>
+      <c r="D981" s="1" t="s">
         <v>2818</v>
-      </c>
-[...7 lines deleted...]
-        <v>2820</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" s="1" t="s">
+        <v>2819</v>
+      </c>
+      <c r="B982" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C982" s="1" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D982" s="1" t="s">
         <v>2821</v>
-      </c>
-[...7 lines deleted...]
-        <v>2823</v>
       </c>
     </row>
     <row r="983" spans="1:4">
       <c r="A983" s="1" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B983" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C983" s="1" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D983" s="1" t="s">
         <v>2824</v>
-      </c>
-[...7 lines deleted...]
-        <v>2826</v>
       </c>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" s="1" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B984" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C984" s="1" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D984" s="1" t="s">
         <v>2827</v>
-      </c>
-[...7 lines deleted...]
-        <v>2829</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" s="1" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B985" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C985" s="1" t="s">
+        <v>2829</v>
+      </c>
+      <c r="D985" s="1" t="s">
         <v>2830</v>
-      </c>
-[...7 lines deleted...]
-        <v>2832</v>
       </c>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" s="1" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B986" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C986" s="1" t="s">
+        <v>2832</v>
+      </c>
+      <c r="D986" s="1" t="s">
         <v>2833</v>
-      </c>
-[...7 lines deleted...]
-        <v>2835</v>
       </c>
     </row>
     <row r="987" spans="1:4">
       <c r="A987" s="1" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B987" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C987" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D987" s="1" t="s">
         <v>2836</v>
-      </c>
-[...7 lines deleted...]
-        <v>2838</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" s="1" t="s">
+        <v>2837</v>
+      </c>
+      <c r="B988" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C988" s="1" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D988" s="1" t="s">
         <v>2839</v>
-      </c>
-[...7 lines deleted...]
-        <v>2841</v>
       </c>
     </row>
     <row r="989" spans="1:4">
       <c r="A989" s="1" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B989" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C989" s="1" t="s">
+        <v>2841</v>
+      </c>
+      <c r="D989" s="1" t="s">
         <v>2842</v>
-      </c>
-[...7 lines deleted...]
-        <v>2844</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="1" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B990" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C990" s="1" t="s">
+        <v>2844</v>
+      </c>
+      <c r="D990" s="1" t="s">
         <v>2845</v>
-      </c>
-[...7 lines deleted...]
-        <v>2847</v>
       </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" s="1" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B991" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C991" s="1" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D991" s="1" t="s">
         <v>2848</v>
-      </c>
-[...7 lines deleted...]
-        <v>2850</v>
       </c>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B992" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C992" s="1" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D992" s="1" t="s">
         <v>2851</v>
-      </c>
-[...7 lines deleted...]
-        <v>2853</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" s="1" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B993" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C993" s="1" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D993" s="1" t="s">
         <v>2854</v>
-      </c>
-[...7 lines deleted...]
-        <v>2856</v>
       </c>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B994" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C994" s="1" t="s">
+        <v>2856</v>
+      </c>
+      <c r="D994" s="1" t="s">
         <v>2857</v>
-      </c>
-[...7 lines deleted...]
-        <v>2859</v>
       </c>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" s="1" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B995" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C995" s="1" t="s">
+        <v>2859</v>
+      </c>
+      <c r="D995" s="1" t="s">
         <v>2860</v>
-      </c>
-[...7 lines deleted...]
-        <v>2862</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="1" t="s">
+        <v>2861</v>
+      </c>
+      <c r="B996" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C996" s="1" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D996" s="1" t="s">
         <v>2863</v>
-      </c>
-[...7 lines deleted...]
-        <v>2865</v>
       </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B997" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C997" s="1" t="s">
+        <v>2865</v>
+      </c>
+      <c r="D997" s="1" t="s">
         <v>2866</v>
-      </c>
-[...7 lines deleted...]
-        <v>2868</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="1" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B998" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C998" s="1" t="s">
+        <v>2868</v>
+      </c>
+      <c r="D998" s="1" t="s">
         <v>2869</v>
-      </c>
-[...7 lines deleted...]
-        <v>2871</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="1" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B999" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C999" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D999" s="1" t="s">
         <v>2872</v>
-      </c>
-[...7 lines deleted...]
-        <v>2874</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
       <c r="A1000" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B1000" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1000" s="1" t="s">
+        <v>2874</v>
+      </c>
+      <c r="D1000" s="1" t="s">
         <v>2875</v>
-      </c>
-[...7 lines deleted...]
-        <v>2877</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B1001" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1001" s="1" t="s">
+        <v>2877</v>
+      </c>
+      <c r="D1001" s="1" t="s">
         <v>2878</v>
-      </c>
-[...7 lines deleted...]
-        <v>2880</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B1002" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1002" s="1" t="s">
+        <v>2880</v>
+      </c>
+      <c r="D1002" s="1" t="s">
         <v>2881</v>
-      </c>
-[...7 lines deleted...]
-        <v>2882</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" s="1" t="s">
-        <v>2883</v>
+        <v>2882</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1003" s="1" t="s">
         <v>2883</v>
       </c>
       <c r="D1003" s="1" t="s">
         <v>2884</v>
       </c>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" s="1" t="s">
         <v>2885</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1004" s="1" t="s">
         <v>2886</v>
       </c>
       <c r="D1004" s="1" t="s">
         <v>2887</v>
       </c>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" s="1" t="s">
         <v>2888</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1005" s="1" t="s">
         <v>2889</v>
       </c>
       <c r="D1005" s="1" t="s">
         <v>2890</v>
       </c>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" s="1" t="s">
         <v>2891</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1006" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D1006" s="1" t="s">
         <v>2892</v>
-      </c>
-[...1 lines deleted...]
-        <v>2893</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B1007" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1007" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D1007" s="1" t="s">
         <v>2894</v>
-      </c>
-[...7 lines deleted...]
-        <v>2896</v>
       </c>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" s="1" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B1008" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1008" s="1" t="s">
+        <v>2896</v>
+      </c>
+      <c r="D1008" s="1" t="s">
         <v>2897</v>
-      </c>
-[...7 lines deleted...]
-        <v>2899</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="1" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B1009" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1009" s="1" t="s">
+        <v>2899</v>
+      </c>
+      <c r="D1009" s="1" t="s">
         <v>2900</v>
-      </c>
-[...7 lines deleted...]
-        <v>2902</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="1" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B1010" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1010" s="1" t="s">
+        <v>2902</v>
+      </c>
+      <c r="D1010" s="1" t="s">
         <v>2903</v>
-      </c>
-[...7 lines deleted...]
-        <v>2905</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" s="1" t="s">
+        <v>2904</v>
+      </c>
+      <c r="B1011" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1011" s="1" t="s">
+        <v>2905</v>
+      </c>
+      <c r="D1011" s="1" t="s">
         <v>2906</v>
-      </c>
-[...7 lines deleted...]
-        <v>2908</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="1" t="s">
+        <v>2907</v>
+      </c>
+      <c r="B1012" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1012" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="D1012" s="1" t="s">
         <v>2909</v>
-      </c>
-[...7 lines deleted...]
-        <v>2911</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" s="1" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B1013" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1013" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="D1013" s="1" t="s">
         <v>2912</v>
-      </c>
-[...7 lines deleted...]
-        <v>2914</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" s="1" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B1014" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1014" s="1" t="s">
+        <v>2914</v>
+      </c>
+      <c r="D1014" s="1" t="s">
         <v>2915</v>
-      </c>
-[...7 lines deleted...]
-        <v>2917</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" s="1" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B1015" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1015" s="1" t="s">
+        <v>2917</v>
+      </c>
+      <c r="D1015" s="1" t="s">
         <v>2918</v>
-      </c>
-[...7 lines deleted...]
-        <v>2920</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" s="1" t="s">
+        <v>2919</v>
+      </c>
+      <c r="B1016" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1016" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="D1016" s="1" t="s">
         <v>2921</v>
-      </c>
-[...7 lines deleted...]
-        <v>2923</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" s="1" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B1017" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1017" s="1" t="s">
+        <v>2923</v>
+      </c>
+      <c r="D1017" s="1" t="s">
         <v>2924</v>
-      </c>
-[...7 lines deleted...]
-        <v>2926</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" s="1" t="s">
+        <v>2925</v>
+      </c>
+      <c r="B1018" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1018" s="1" t="s">
+        <v>2926</v>
+      </c>
+      <c r="D1018" s="1" t="s">
         <v>2927</v>
-      </c>
-[...7 lines deleted...]
-        <v>2929</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" s="1" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B1019" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1019" s="1" t="s">
+        <v>2929</v>
+      </c>
+      <c r="D1019" s="1" t="s">
         <v>2930</v>
-      </c>
-[...7 lines deleted...]
-        <v>2932</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" s="1" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B1020" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1020" s="1" t="s">
+        <v>2932</v>
+      </c>
+      <c r="D1020" s="1" t="s">
         <v>2933</v>
-      </c>
-[...7 lines deleted...]
-        <v>2935</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="B1021" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1021" s="1" t="s">
+        <v>2935</v>
+      </c>
+      <c r="D1021" s="1" t="s">
         <v>2936</v>
-      </c>
-[...7 lines deleted...]
-        <v>2938</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B1022" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1022" s="1" t="s">
+        <v>2938</v>
+      </c>
+      <c r="D1022" s="1" t="s">
         <v>2939</v>
-      </c>
-[...7 lines deleted...]
-        <v>2941</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="B1023" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1023" s="1" t="s">
+        <v>2941</v>
+      </c>
+      <c r="D1023" s="1" t="s">
         <v>2942</v>
-      </c>
-[...7 lines deleted...]
-        <v>2944</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" s="1" t="s">
+        <v>2943</v>
+      </c>
+      <c r="B1024" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1024" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="D1024" s="1" t="s">
         <v>2945</v>
-      </c>
-[...7 lines deleted...]
-        <v>2947</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" s="1" t="s">
+        <v>2946</v>
+      </c>
+      <c r="B1025" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1025" s="1" t="s">
+        <v>2947</v>
+      </c>
+      <c r="D1025" s="1" t="s">
         <v>2948</v>
-      </c>
-[...7 lines deleted...]
-        <v>2950</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" s="1" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B1026" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1026" s="1" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D1026" s="1" t="s">
         <v>2951</v>
-      </c>
-[...7 lines deleted...]
-        <v>2953</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B1027" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1027" s="1" t="s">
+        <v>2953</v>
+      </c>
+      <c r="D1027" s="1" t="s">
         <v>2954</v>
-      </c>
-[...7 lines deleted...]
-        <v>2956</v>
       </c>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" s="1" t="s">
+        <v>2955</v>
+      </c>
+      <c r="B1028" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1028" s="1" t="s">
+        <v>2956</v>
+      </c>
+      <c r="D1028" s="1" t="s">
         <v>2957</v>
-      </c>
-[...7 lines deleted...]
-        <v>2958</v>
       </c>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" s="1" t="s">
+        <v>2958</v>
+      </c>
+      <c r="B1029" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1029" s="1" t="s">
         <v>2959</v>
       </c>
-      <c r="B1029" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1029" s="1" t="s">
+      <c r="D1029" s="1" t="s">
         <v>2960</v>
-      </c>
-[...1 lines deleted...]
-        <v>2961</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="B1030" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1030" s="1" t="s">
         <v>2962</v>
       </c>
-      <c r="B1030" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1030" s="1" t="s">
+      <c r="D1030" s="1" t="s">
         <v>2963</v>
-      </c>
-[...1 lines deleted...]
-        <v>2964</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B1031" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1031" s="1" t="s">
         <v>2965</v>
       </c>
-      <c r="B1031" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1031" s="1" t="s">
+      <c r="D1031" s="1" t="s">
         <v>2966</v>
-      </c>
-[...1 lines deleted...]
-        <v>2967</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" s="1" t="s">
+        <v>2967</v>
+      </c>
+      <c r="B1032" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1032" s="1" t="s">
+        <v>2914</v>
+      </c>
+      <c r="D1032" s="1" t="s">
         <v>2968</v>
-      </c>
-[...7 lines deleted...]
-        <v>2970</v>
       </c>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" s="1" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B1033" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1033" s="1" t="s">
+        <v>2970</v>
+      </c>
+      <c r="D1033" s="1" t="s">
         <v>2971</v>
-      </c>
-[...7 lines deleted...]
-        <v>2973</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" s="1" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B1034" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1034" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="D1034" s="1" t="s">
         <v>2974</v>
-      </c>
-[...7 lines deleted...]
-        <v>2976</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" s="1" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B1035" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1035" s="1" t="s">
+        <v>2976</v>
+      </c>
+      <c r="D1035" s="1" t="s">
         <v>2977</v>
-      </c>
-[...7 lines deleted...]
-        <v>2979</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" s="1" t="s">
+        <v>2978</v>
+      </c>
+      <c r="B1036" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1036" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="D1036" s="1" t="s">
         <v>2980</v>
-      </c>
-[...7 lines deleted...]
-        <v>2982</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" s="1" t="s">
+        <v>2981</v>
+      </c>
+      <c r="B1037" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1037" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="D1037" s="1" t="s">
         <v>2983</v>
-      </c>
-[...7 lines deleted...]
-        <v>2985</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" s="1" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B1038" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1038" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D1038" s="1" t="s">
         <v>2986</v>
-      </c>
-[...7 lines deleted...]
-        <v>2988</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" s="1" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B1039" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1039" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D1039" s="1" t="s">
         <v>2989</v>
-      </c>
-[...7 lines deleted...]
-        <v>2991</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" s="1" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B1040" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1040" s="1" t="s">
+        <v>2991</v>
+      </c>
+      <c r="D1040" s="1" t="s">
         <v>2992</v>
-      </c>
-[...7 lines deleted...]
-        <v>2994</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" s="1" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B1041" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1041" s="1" t="s">
+        <v>2994</v>
+      </c>
+      <c r="D1041" s="1" t="s">
         <v>2995</v>
-      </c>
-[...7 lines deleted...]
-        <v>2997</v>
       </c>
     </row>
     <row r="1042" spans="1:4">
       <c r="A1042" s="1" t="s">
+        <v>2996</v>
+      </c>
+      <c r="B1042" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1042" s="1" t="s">
+        <v>2997</v>
+      </c>
+      <c r="D1042" s="1" t="s">
         <v>2998</v>
-      </c>
-[...7 lines deleted...]
-        <v>3000</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
       <c r="A1043" s="1" t="s">
+        <v>2999</v>
+      </c>
+      <c r="B1043" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1043" s="1" t="s">
+        <v>3000</v>
+      </c>
+      <c r="D1043" s="1" t="s">
         <v>3001</v>
-      </c>
-[...7 lines deleted...]
-        <v>3003</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
       <c r="A1044" s="1" t="s">
+        <v>3002</v>
+      </c>
+      <c r="B1044" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1044" s="1" t="s">
+        <v>3003</v>
+      </c>
+      <c r="D1044" s="1" t="s">
         <v>3004</v>
-      </c>
-[...7 lines deleted...]
-        <v>3006</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" s="1" t="s">
+        <v>3005</v>
+      </c>
+      <c r="B1045" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1045" s="1" t="s">
+        <v>3006</v>
+      </c>
+      <c r="D1045" s="1" t="s">
         <v>3007</v>
-      </c>
-[...7 lines deleted...]
-        <v>3009</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" s="1" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B1046" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1046" s="1" t="s">
+        <v>3009</v>
+      </c>
+      <c r="D1046" s="1" t="s">
         <v>3010</v>
-      </c>
-[...7 lines deleted...]
-        <v>3012</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" s="1" t="s">
+        <v>3011</v>
+      </c>
+      <c r="B1047" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1047" s="1" t="s">
+        <v>3012</v>
+      </c>
+      <c r="D1047" s="1" t="s">
         <v>3013</v>
-      </c>
-[...7 lines deleted...]
-        <v>3015</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" s="1" t="s">
+        <v>3014</v>
+      </c>
+      <c r="B1048" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1048" s="1" t="s">
+        <v>3015</v>
+      </c>
+      <c r="D1048" s="1" t="s">
         <v>3016</v>
-      </c>
-[...7 lines deleted...]
-        <v>3018</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" s="1" t="s">
+        <v>3017</v>
+      </c>
+      <c r="B1049" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1049" s="1" t="s">
+        <v>3018</v>
+      </c>
+      <c r="D1049" s="1" t="s">
         <v>3019</v>
-      </c>
-[...7 lines deleted...]
-        <v>3021</v>
       </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" s="1" t="s">
+        <v>3020</v>
+      </c>
+      <c r="B1050" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1050" s="1" t="s">
+        <v>3021</v>
+      </c>
+      <c r="D1050" s="1" t="s">
         <v>3022</v>
-      </c>
-[...7 lines deleted...]
-        <v>3024</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="1" t="s">
+        <v>3023</v>
+      </c>
+      <c r="B1051" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1051" s="1" t="s">
+        <v>3024</v>
+      </c>
+      <c r="D1051" s="1" t="s">
         <v>3025</v>
-      </c>
-[...7 lines deleted...]
-        <v>3027</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" s="1" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B1052" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1052" s="1" t="s">
+        <v>3027</v>
+      </c>
+      <c r="D1052" s="1" t="s">
         <v>3028</v>
-      </c>
-[...7 lines deleted...]
-        <v>3030</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="1" t="s">
+        <v>3029</v>
+      </c>
+      <c r="B1053" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1053" s="1" t="s">
+        <v>3030</v>
+      </c>
+      <c r="D1053" s="1" t="s">
         <v>3031</v>
-      </c>
-[...7 lines deleted...]
-        <v>3033</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" s="1" t="s">
+        <v>3032</v>
+      </c>
+      <c r="B1054" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1054" s="1" t="s">
+        <v>3033</v>
+      </c>
+      <c r="D1054" s="1" t="s">
         <v>3034</v>
-      </c>
-[...7 lines deleted...]
-        <v>3036</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" s="1" t="s">
+        <v>3035</v>
+      </c>
+      <c r="B1055" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1055" s="1" t="s">
+        <v>3036</v>
+      </c>
+      <c r="D1055" s="1" t="s">
         <v>3037</v>
-      </c>
-[...7 lines deleted...]
-        <v>3039</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" s="1" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B1056" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1056" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="D1056" s="1" t="s">
         <v>3040</v>
-      </c>
-[...7 lines deleted...]
-        <v>3042</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" s="1" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B1057" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1057" s="1" t="s">
+        <v>3042</v>
+      </c>
+      <c r="D1057" s="1" t="s">
         <v>3043</v>
-      </c>
-[...7 lines deleted...]
-        <v>3045</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" s="1" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B1058" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1058" s="1" t="s">
+        <v>3045</v>
+      </c>
+      <c r="D1058" s="1" t="s">
         <v>3046</v>
-      </c>
-[...7 lines deleted...]
-        <v>3048</v>
       </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" s="1" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B1059" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1059" s="1" t="s">
+        <v>3048</v>
+      </c>
+      <c r="D1059" s="1" t="s">
         <v>3049</v>
-      </c>
-[...7 lines deleted...]
-        <v>3051</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" s="1" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B1060" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1060" s="1" t="s">
+        <v>3051</v>
+      </c>
+      <c r="D1060" s="1" t="s">
         <v>3052</v>
-      </c>
-[...7 lines deleted...]
-        <v>3054</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" s="1" t="s">
+        <v>3053</v>
+      </c>
+      <c r="B1061" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1061" s="1" t="s">
+        <v>3054</v>
+      </c>
+      <c r="D1061" s="1" t="s">
         <v>3055</v>
-      </c>
-[...7 lines deleted...]
-        <v>3057</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" s="1" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B1062" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1062" s="1" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D1062" s="1" t="s">
         <v>3058</v>
-      </c>
-[...7 lines deleted...]
-        <v>3060</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" s="1" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B1063" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1063" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="D1063" s="1" t="s">
         <v>3061</v>
-      </c>
-[...7 lines deleted...]
-        <v>3063</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" s="1" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B1064" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1064" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="D1064" s="1" t="s">
         <v>3064</v>
-      </c>
-[...7 lines deleted...]
-        <v>3066</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" s="1" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B1065" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1065" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D1065" s="1" t="s">
         <v>3067</v>
-      </c>
-[...7 lines deleted...]
-        <v>3069</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" s="1" t="s">
+        <v>3068</v>
+      </c>
+      <c r="B1066" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1066" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="D1066" s="1" t="s">
         <v>3070</v>
-      </c>
-[...7 lines deleted...]
-        <v>3072</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" s="1" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B1067" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1067" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D1067" s="1" t="s">
         <v>3073</v>
-      </c>
-[...7 lines deleted...]
-        <v>3075</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" s="1" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B1068" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1068" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="D1068" s="1" t="s">
         <v>3076</v>
-      </c>
-[...7 lines deleted...]
-        <v>3078</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" s="1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="B1069" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1069" s="1" t="s">
+        <v>3078</v>
+      </c>
+      <c r="D1069" s="1" t="s">
         <v>3079</v>
-      </c>
-[...7 lines deleted...]
-        <v>3081</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" s="1" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B1070" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1070" s="1" t="s">
+        <v>3081</v>
+      </c>
+      <c r="D1070" s="1" t="s">
         <v>3082</v>
-      </c>
-[...7 lines deleted...]
-        <v>3084</v>
       </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" s="1" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B1071" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1071" s="1" t="s">
+        <v>3084</v>
+      </c>
+      <c r="D1071" s="1" t="s">
         <v>3085</v>
-      </c>
-[...7 lines deleted...]
-        <v>3087</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B1072" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1072" s="1" t="s">
+        <v>3087</v>
+      </c>
+      <c r="D1072" s="1" t="s">
         <v>3088</v>
-      </c>
-[...7 lines deleted...]
-        <v>3090</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" s="1" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B1073" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1073" s="1" t="s">
+        <v>3090</v>
+      </c>
+      <c r="D1073" s="1" t="s">
         <v>3091</v>
-      </c>
-[...7 lines deleted...]
-        <v>3093</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" s="1" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B1074" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1074" s="1" t="s">
+        <v>3093</v>
+      </c>
+      <c r="D1074" s="1" t="s">
         <v>3094</v>
-      </c>
-[...7 lines deleted...]
-        <v>3096</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" s="1" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B1075" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1075" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="D1075" s="1" t="s">
         <v>3097</v>
-      </c>
-[...7 lines deleted...]
-        <v>3099</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" s="1" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B1076" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1076" s="1" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D1076" s="1" t="s">
         <v>3100</v>
-      </c>
-[...7 lines deleted...]
-        <v>3102</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" s="1" t="s">
+        <v>3101</v>
+      </c>
+      <c r="B1077" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1077" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="D1077" s="1" t="s">
         <v>3103</v>
-      </c>
-[...7 lines deleted...]
-        <v>3105</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="1" t="s">
+        <v>3104</v>
+      </c>
+      <c r="B1078" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1078" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="D1078" s="1" t="s">
         <v>3106</v>
-      </c>
-[...7 lines deleted...]
-        <v>3108</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="1" t="s">
+        <v>3107</v>
+      </c>
+      <c r="B1079" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1079" s="1" t="s">
+        <v>3108</v>
+      </c>
+      <c r="D1079" s="1" t="s">
         <v>3109</v>
-      </c>
-[...7 lines deleted...]
-        <v>3111</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="1" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B1080" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1080" s="1" t="s">
+        <v>3111</v>
+      </c>
+      <c r="D1080" s="1" t="s">
         <v>3112</v>
-      </c>
-[...7 lines deleted...]
-        <v>3114</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="1" t="s">
+        <v>3113</v>
+      </c>
+      <c r="B1081" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1081" s="1" t="s">
+        <v>3114</v>
+      </c>
+      <c r="D1081" s="1" t="s">
         <v>3115</v>
-      </c>
-[...7 lines deleted...]
-        <v>3117</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" s="1" t="s">
+        <v>3116</v>
+      </c>
+      <c r="B1082" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1082" s="1" t="s">
+        <v>3117</v>
+      </c>
+      <c r="D1082" s="1" t="s">
         <v>3118</v>
-      </c>
-[...7 lines deleted...]
-        <v>3120</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B1083" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1083" s="1" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D1083" s="1" t="s">
         <v>3121</v>
-      </c>
-[...7 lines deleted...]
-        <v>3123</v>
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="1" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B1084" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1084" s="1" t="s">
+        <v>3123</v>
+      </c>
+      <c r="D1084" s="1" t="s">
         <v>3124</v>
-      </c>
-[...7 lines deleted...]
-        <v>3126</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="1" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B1085" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1085" s="1" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D1085" s="1" t="s">
         <v>3127</v>
-      </c>
-[...7 lines deleted...]
-        <v>3129</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="1" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B1086" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1086" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="D1086" s="1" t="s">
         <v>3130</v>
-      </c>
-[...7 lines deleted...]
-        <v>3132</v>
       </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="1" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B1087" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1087" s="1" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D1087" s="1" t="s">
         <v>3133</v>
-      </c>
-[...7 lines deleted...]
-        <v>3135</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="1" t="s">
+        <v>3134</v>
+      </c>
+      <c r="B1088" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1088" s="1" t="s">
+        <v>3135</v>
+      </c>
+      <c r="D1088" s="1" t="s">
         <v>3136</v>
-      </c>
-[...7 lines deleted...]
-        <v>3138</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="1" t="s">
+        <v>3137</v>
+      </c>
+      <c r="B1089" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1089" s="1" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D1089" s="1" t="s">
         <v>3139</v>
-      </c>
-[...7 lines deleted...]
-        <v>3141</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="B1090" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1090" s="1" t="s">
+        <v>3141</v>
+      </c>
+      <c r="D1090" s="1" t="s">
         <v>3142</v>
-      </c>
-[...7 lines deleted...]
-        <v>3144</v>
       </c>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="1" t="s">
+        <v>3143</v>
+      </c>
+      <c r="B1091" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1091" s="1" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D1091" s="1" t="s">
         <v>3145</v>
-      </c>
-[...7 lines deleted...]
-        <v>3147</v>
       </c>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="1" t="s">
+        <v>3146</v>
+      </c>
+      <c r="B1092" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1092" s="1" t="s">
+        <v>3147</v>
+      </c>
+      <c r="D1092" s="1" t="s">
         <v>3148</v>
-      </c>
-[...7 lines deleted...]
-        <v>3150</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="1" t="s">
+        <v>3149</v>
+      </c>
+      <c r="B1093" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1093" s="1" t="s">
+        <v>3150</v>
+      </c>
+      <c r="D1093" s="1" t="s">
         <v>3151</v>
-      </c>
-[...7 lines deleted...]
-        <v>3153</v>
       </c>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" s="1" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B1094" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1094" s="1" t="s">
+        <v>3153</v>
+      </c>
+      <c r="D1094" s="1" t="s">
         <v>3154</v>
-      </c>
-[...7 lines deleted...]
-        <v>3156</v>
       </c>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="1" t="s">
+        <v>3155</v>
+      </c>
+      <c r="B1095" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1095" s="1" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D1095" s="1" t="s">
         <v>3157</v>
-      </c>
-[...7 lines deleted...]
-        <v>3159</v>
       </c>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" s="1" t="s">
+        <v>3158</v>
+      </c>
+      <c r="B1096" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1096" s="1" t="s">
+        <v>3159</v>
+      </c>
+      <c r="D1096" s="1" t="s">
         <v>3160</v>
-      </c>
-[...7 lines deleted...]
-        <v>3162</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="1" t="s">
+        <v>3161</v>
+      </c>
+      <c r="B1097" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1097" s="1" t="s">
+        <v>3162</v>
+      </c>
+      <c r="D1097" s="1" t="s">
         <v>3163</v>
-      </c>
-[...7 lines deleted...]
-        <v>3165</v>
       </c>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" s="1" t="s">
+        <v>3164</v>
+      </c>
+      <c r="B1098" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1098" s="1" t="s">
+        <v>3165</v>
+      </c>
+      <c r="D1098" s="1" t="s">
         <v>3166</v>
-      </c>
-[...7 lines deleted...]
-        <v>3168</v>
       </c>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" s="1" t="s">
+        <v>3167</v>
+      </c>
+      <c r="B1099" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1099" s="1" t="s">
+        <v>3168</v>
+      </c>
+      <c r="D1099" s="1" t="s">
         <v>3169</v>
-      </c>
-[...7 lines deleted...]
-        <v>3171</v>
       </c>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" s="1" t="s">
+        <v>3170</v>
+      </c>
+      <c r="B1100" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1100" s="1" t="s">
+        <v>3171</v>
+      </c>
+      <c r="D1100" s="1" t="s">
         <v>3172</v>
-      </c>
-[...7 lines deleted...]
-        <v>3174</v>
       </c>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" s="1" t="s">
+        <v>3173</v>
+      </c>
+      <c r="B1101" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1101" s="1" t="s">
+        <v>3174</v>
+      </c>
+      <c r="D1101" s="1" t="s">
         <v>3175</v>
-      </c>
-[...7 lines deleted...]
-        <v>3177</v>
       </c>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" s="1" t="s">
+        <v>3176</v>
+      </c>
+      <c r="B1102" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1102" s="1" t="s">
+        <v>3177</v>
+      </c>
+      <c r="D1102" s="1" t="s">
         <v>3178</v>
-      </c>
-[...7 lines deleted...]
-        <v>3180</v>
       </c>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" s="1" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B1103" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1103" s="1" t="s">
+        <v>3180</v>
+      </c>
+      <c r="D1103" s="1" t="s">
         <v>3181</v>
-      </c>
-[...7 lines deleted...]
-        <v>3183</v>
       </c>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" s="1" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B1104" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1104" s="1" t="s">
+        <v>3183</v>
+      </c>
+      <c r="D1104" s="1" t="s">
         <v>3184</v>
-      </c>
-[...7 lines deleted...]
-        <v>3186</v>
       </c>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" s="1" t="s">
+        <v>3185</v>
+      </c>
+      <c r="B1105" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1105" s="1" t="s">
+        <v>3186</v>
+      </c>
+      <c r="D1105" s="1" t="s">
         <v>3187</v>
-      </c>
-[...7 lines deleted...]
-        <v>3189</v>
       </c>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" s="1" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B1106" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1106" s="1" t="s">
+        <v>3189</v>
+      </c>
+      <c r="D1106" s="1" t="s">
         <v>3190</v>
-      </c>
-[...7 lines deleted...]
-        <v>3192</v>
       </c>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" s="1" t="s">
+        <v>3191</v>
+      </c>
+      <c r="B1107" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1107" s="1" t="s">
+        <v>3192</v>
+      </c>
+      <c r="D1107" s="1" t="s">
         <v>3193</v>
-      </c>
-[...7 lines deleted...]
-        <v>3195</v>
       </c>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" s="1" t="s">
+        <v>3194</v>
+      </c>
+      <c r="B1108" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1108" s="1" t="s">
+        <v>3195</v>
+      </c>
+      <c r="D1108" s="1" t="s">
         <v>3196</v>
-      </c>
-[...7 lines deleted...]
-        <v>3198</v>
       </c>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" s="1" t="s">
+        <v>3197</v>
+      </c>
+      <c r="B1109" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1109" s="1" t="s">
+        <v>3198</v>
+      </c>
+      <c r="D1109" s="1" t="s">
         <v>3199</v>
-      </c>
-[...7 lines deleted...]
-        <v>3201</v>
       </c>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" s="1" t="s">
+        <v>3200</v>
+      </c>
+      <c r="B1110" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1110" s="1" t="s">
+        <v>3201</v>
+      </c>
+      <c r="D1110" s="1" t="s">
         <v>3202</v>
-      </c>
-[...7 lines deleted...]
-        <v>3204</v>
       </c>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" s="1" t="s">
+        <v>3203</v>
+      </c>
+      <c r="B1111" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1111" s="1" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D1111" s="1" t="s">
         <v>3205</v>
-      </c>
-[...7 lines deleted...]
-        <v>3207</v>
       </c>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" s="1" t="s">
+        <v>3206</v>
+      </c>
+      <c r="B1112" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1112" s="1" t="s">
+        <v>3207</v>
+      </c>
+      <c r="D1112" s="1" t="s">
         <v>3208</v>
-      </c>
-[...7 lines deleted...]
-        <v>3210</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="1" t="s">
+        <v>3209</v>
+      </c>
+      <c r="B1113" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1113" s="1" t="s">
+        <v>3210</v>
+      </c>
+      <c r="D1113" s="1" t="s">
         <v>3211</v>
-      </c>
-[...7 lines deleted...]
-        <v>3213</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="1" t="s">
+        <v>3212</v>
+      </c>
+      <c r="B1114" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1114" s="1" t="s">
+        <v>3213</v>
+      </c>
+      <c r="D1114" s="1" t="s">
         <v>3214</v>
-      </c>
-[...7 lines deleted...]
-        <v>3216</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" s="1" t="s">
+        <v>3215</v>
+      </c>
+      <c r="B1115" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1115" s="1" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D1115" s="1" t="s">
         <v>3217</v>
-      </c>
-[...7 lines deleted...]
-        <v>3219</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" s="1" t="s">
+        <v>3218</v>
+      </c>
+      <c r="B1116" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1116" s="1" t="s">
+        <v>3219</v>
+      </c>
+      <c r="D1116" s="1" t="s">
         <v>3220</v>
-      </c>
-[...7 lines deleted...]
-        <v>3222</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" s="1" t="s">
+        <v>3221</v>
+      </c>
+      <c r="B1117" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1117" s="1" t="s">
+        <v>3222</v>
+      </c>
+      <c r="D1117" s="1" t="s">
         <v>3223</v>
-      </c>
-[...7 lines deleted...]
-        <v>3225</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" s="1" t="s">
+        <v>3224</v>
+      </c>
+      <c r="B1118" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1118" s="1" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D1118" s="1" t="s">
         <v>3226</v>
-      </c>
-[...7 lines deleted...]
-        <v>3228</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" s="1" t="s">
+        <v>3227</v>
+      </c>
+      <c r="B1119" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1119" s="1" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D1119" s="1" t="s">
         <v>3229</v>
-      </c>
-[...7 lines deleted...]
-        <v>3231</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" s="1" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B1120" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1120" s="1" t="s">
+        <v>3231</v>
+      </c>
+      <c r="D1120" s="1" t="s">
         <v>3232</v>
-      </c>
-[...7 lines deleted...]
-        <v>3234</v>
       </c>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="B1121" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1121" s="1" t="s">
+        <v>3234</v>
+      </c>
+      <c r="D1121" s="1" t="s">
         <v>3235</v>
-      </c>
-[...7 lines deleted...]
-        <v>3237</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" s="1" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B1122" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1122" s="1" t="s">
+        <v>3237</v>
+      </c>
+      <c r="D1122" s="1" t="s">
         <v>3238</v>
-      </c>
-[...7 lines deleted...]
-        <v>3240</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" s="1" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B1123" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1123" s="1" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D1123" s="1" t="s">
         <v>3241</v>
-      </c>
-[...7 lines deleted...]
-        <v>3243</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B1124" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1124" s="1" t="s">
+        <v>3243</v>
+      </c>
+      <c r="D1124" s="1" t="s">
         <v>3244</v>
-      </c>
-[...7 lines deleted...]
-        <v>3246</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" s="1" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B1125" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1125" s="1" t="s">
+        <v>3246</v>
+      </c>
+      <c r="D1125" s="1" t="s">
         <v>3247</v>
-      </c>
-[...7 lines deleted...]
-        <v>3249</v>
       </c>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" s="1" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B1126" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1126" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="D1126" s="1" t="s">
         <v>3250</v>
-      </c>
-[...7 lines deleted...]
-        <v>3252</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B1127" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1127" s="1" t="s">
+        <v>3252</v>
+      </c>
+      <c r="D1127" s="1" t="s">
         <v>3253</v>
-      </c>
-[...7 lines deleted...]
-        <v>3255</v>
       </c>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" s="1" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B1128" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1128" s="1" t="s">
+        <v>3255</v>
+      </c>
+      <c r="D1128" s="1" t="s">
         <v>3256</v>
-      </c>
-[...7 lines deleted...]
-        <v>3258</v>
       </c>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" s="1" t="s">
+        <v>3257</v>
+      </c>
+      <c r="B1129" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1129" s="1" t="s">
+        <v>3258</v>
+      </c>
+      <c r="D1129" s="1" t="s">
         <v>3259</v>
-      </c>
-[...7 lines deleted...]
-        <v>3261</v>
       </c>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" s="1" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B1130" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1130" s="1" t="s">
+        <v>3261</v>
+      </c>
+      <c r="D1130" s="1" t="s">
         <v>3262</v>
-      </c>
-[...7 lines deleted...]
-        <v>3264</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" s="1" t="s">
+        <v>3263</v>
+      </c>
+      <c r="B1131" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1131" s="1" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D1131" s="1" t="s">
         <v>3265</v>
-      </c>
-[...7 lines deleted...]
-        <v>3267</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" s="1" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B1132" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1132" s="1" t="s">
+        <v>3267</v>
+      </c>
+      <c r="D1132" s="1" t="s">
         <v>3268</v>
-      </c>
-[...7 lines deleted...]
-        <v>3270</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" s="1" t="s">
+        <v>3269</v>
+      </c>
+      <c r="B1133" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1133" s="1" t="s">
+        <v>3270</v>
+      </c>
+      <c r="D1133" s="1" t="s">
         <v>3271</v>
-      </c>
-[...7 lines deleted...]
-        <v>3273</v>
       </c>
     </row>
     <row r="1134" spans="1:4">
       <c r="A1134" s="1" t="s">
+        <v>3272</v>
+      </c>
+      <c r="B1134" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1134" s="1" t="s">
+        <v>3273</v>
+      </c>
+      <c r="D1134" s="1" t="s">
         <v>3274</v>
-      </c>
-[...7 lines deleted...]
-        <v>3276</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
       <c r="A1135" s="1" t="s">
+        <v>3275</v>
+      </c>
+      <c r="B1135" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1135" s="1" t="s">
+        <v>3276</v>
+      </c>
+      <c r="D1135" s="1" t="s">
         <v>3277</v>
-      </c>
-[...7 lines deleted...]
-        <v>3279</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
       <c r="A1136" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B1136" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1136" s="1" t="s">
+        <v>3279</v>
+      </c>
+      <c r="D1136" s="1" t="s">
         <v>3280</v>
-      </c>
-[...7 lines deleted...]
-        <v>3282</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" s="1" t="s">
+        <v>3281</v>
+      </c>
+      <c r="B1137" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1137" s="1" t="s">
+        <v>3282</v>
+      </c>
+      <c r="D1137" s="1" t="s">
         <v>3283</v>
-      </c>
-[...7 lines deleted...]
-        <v>3285</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="B1138" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1138" s="1" t="s">
+        <v>3285</v>
+      </c>
+      <c r="D1138" s="1" t="s">
         <v>3286</v>
-      </c>
-[...7 lines deleted...]
-        <v>3288</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" s="1" t="s">
+        <v>3287</v>
+      </c>
+      <c r="B1139" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1139" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D1139" s="1" t="s">
         <v>3289</v>
-      </c>
-[...7 lines deleted...]
-        <v>3291</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" s="1" t="s">
+        <v>3290</v>
+      </c>
+      <c r="B1140" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1140" s="1" t="s">
+        <v>3291</v>
+      </c>
+      <c r="D1140" s="1" t="s">
         <v>3292</v>
-      </c>
-[...7 lines deleted...]
-        <v>3294</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" s="1" t="s">
+        <v>3293</v>
+      </c>
+      <c r="B1141" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1141" s="1" t="s">
+        <v>3294</v>
+      </c>
+      <c r="D1141" s="1" t="s">
         <v>3295</v>
-      </c>
-[...7 lines deleted...]
-        <v>3297</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="B1142" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1142" s="1" t="s">
+        <v>3297</v>
+      </c>
+      <c r="D1142" s="1" t="s">
         <v>3298</v>
-      </c>
-[...7 lines deleted...]
-        <v>3300</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" s="1" t="s">
+        <v>3299</v>
+      </c>
+      <c r="B1143" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1143" s="1" t="s">
+        <v>3300</v>
+      </c>
+      <c r="D1143" s="1" t="s">
         <v>3301</v>
-      </c>
-[...7 lines deleted...]
-        <v>3303</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" s="1" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B1144" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1144" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="D1144" s="1" t="s">
         <v>3304</v>
-      </c>
-[...7 lines deleted...]
-        <v>3306</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" s="1" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B1145" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1145" s="1" t="s">
+        <v>3306</v>
+      </c>
+      <c r="D1145" s="1" t="s">
         <v>3307</v>
-      </c>
-[...7 lines deleted...]
-        <v>3309</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" s="1" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B1146" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1146" s="1" t="s">
+        <v>3309</v>
+      </c>
+      <c r="D1146" s="1" t="s">
         <v>3310</v>
-      </c>
-[...7 lines deleted...]
-        <v>3312</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" s="1" t="s">
+        <v>3311</v>
+      </c>
+      <c r="B1147" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1147" s="1" t="s">
+        <v>3312</v>
+      </c>
+      <c r="D1147" s="1" t="s">
         <v>3313</v>
-      </c>
-[...7 lines deleted...]
-        <v>3315</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" s="1" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B1148" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1148" s="1" t="s">
+        <v>3315</v>
+      </c>
+      <c r="D1148" s="1" t="s">
         <v>3316</v>
-      </c>
-[...7 lines deleted...]
-        <v>3318</v>
       </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" s="1" t="s">
+        <v>3317</v>
+      </c>
+      <c r="B1149" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1149" s="1" t="s">
+        <v>3318</v>
+      </c>
+      <c r="D1149" s="1" t="s">
         <v>3319</v>
-      </c>
-[...7 lines deleted...]
-        <v>3321</v>
       </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" s="1" t="s">
+        <v>3320</v>
+      </c>
+      <c r="B1150" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1150" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="D1150" s="1" t="s">
         <v>3322</v>
-      </c>
-[...7 lines deleted...]
-        <v>3324</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" s="1" t="s">
+        <v>3323</v>
+      </c>
+      <c r="B1151" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1151" s="1" t="s">
+        <v>3324</v>
+      </c>
+      <c r="D1151" s="1" t="s">
         <v>3325</v>
-      </c>
-[...7 lines deleted...]
-        <v>3327</v>
       </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" s="1" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B1152" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1152" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D1152" s="1" t="s">
         <v>3328</v>
-      </c>
-[...7 lines deleted...]
-        <v>3330</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" s="1" t="s">
+        <v>3329</v>
+      </c>
+      <c r="B1153" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1153" s="1" t="s">
+        <v>3330</v>
+      </c>
+      <c r="D1153" s="1" t="s">
         <v>3331</v>
-      </c>
-[...7 lines deleted...]
-        <v>3333</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" s="1" t="s">
+        <v>3332</v>
+      </c>
+      <c r="B1154" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1154" s="1" t="s">
+        <v>3333</v>
+      </c>
+      <c r="D1154" s="1" t="s">
         <v>3334</v>
-      </c>
-[...7 lines deleted...]
-        <v>3336</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="B1155" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1155" s="1" t="s">
+        <v>3336</v>
+      </c>
+      <c r="D1155" s="1" t="s">
         <v>3337</v>
-      </c>
-[...7 lines deleted...]
-        <v>3339</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" s="1" t="s">
+        <v>3338</v>
+      </c>
+      <c r="B1156" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1156" s="1" t="s">
+        <v>3339</v>
+      </c>
+      <c r="D1156" s="1" t="s">
         <v>3340</v>
-      </c>
-[...7 lines deleted...]
-        <v>3342</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" s="1" t="s">
+        <v>3341</v>
+      </c>
+      <c r="B1157" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1157" s="1" t="s">
+        <v>3342</v>
+      </c>
+      <c r="D1157" s="1" t="s">
         <v>3343</v>
-      </c>
-[...7 lines deleted...]
-        <v>3345</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" s="1" t="s">
+        <v>3344</v>
+      </c>
+      <c r="B1158" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1158" s="1" t="s">
+        <v>3345</v>
+      </c>
+      <c r="D1158" s="1" t="s">
         <v>3346</v>
-      </c>
-[...7 lines deleted...]
-        <v>3348</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="1" t="s">
-        <v>3346</v>
+        <v>3347</v>
       </c>
       <c r="B1159" s="1" t="s">
-        <v>15</v>
+        <v>252</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>3347</v>
+        <v>3348</v>
       </c>
       <c r="D1159" s="1" t="s">
         <v>3349</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="1" t="s">
         <v>3350</v>
       </c>
       <c r="B1160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1160" s="1" t="s">
         <v>3351</v>
       </c>
       <c r="D1160" s="1" t="s">
         <v>3352</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" s="1" t="s">
-        <v>3350</v>
+        <v>3353</v>
       </c>
       <c r="B1161" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>3351</v>
+        <v>3354</v>
       </c>
       <c r="D1161" s="1" t="s">
-        <v>3353</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" s="1" t="s">
-        <v>3354</v>
+        <v>3356</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>3224</v>
+        <v>3357</v>
       </c>
       <c r="D1162" s="1" t="s">
-        <v>3355</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" s="1" t="s">
         <v>3356</v>
       </c>
-      <c r="B1163" s="1"/>
+      <c r="B1163" s="1" t="s">
+        <v>28</v>
+      </c>
       <c r="C1163" s="1" t="s">
         <v>3357</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>3358</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" s="1" t="s">
-        <v>3359</v>
+        <v>3360</v>
       </c>
       <c r="B1164" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>3357</v>
+        <v>3361</v>
       </c>
       <c r="D1164" s="1" t="s">
-        <v>3360</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" s="1" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B1165" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1165" s="1" t="s">
         <v>3361</v>
-      </c>
-[...4 lines deleted...]
-        <v>3362</v>
       </c>
       <c r="D1165" s="1" t="s">
         <v>3363</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" s="1" t="s">
         <v>3364</v>
       </c>
       <c r="B1166" s="1" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C1166" s="1" t="s">
+        <v>3234</v>
+      </c>
+      <c r="D1166" s="1" t="s">
         <v>3365</v>
-      </c>
-[...1 lines deleted...]
-        <v>3366</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" s="1" t="s">
+        <v>3366</v>
+      </c>
+      <c r="B1167" s="1"/>
+      <c r="C1167" s="1" t="s">
         <v>3367</v>
-      </c>
-[...4 lines deleted...]
-        <v>3365</v>
       </c>
       <c r="D1167" s="1" t="s">
         <v>3368</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" s="1" t="s">
         <v>3369</v>
       </c>
       <c r="B1168" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>3365</v>
+        <v>3367</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>3368</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" s="1" t="s">
-        <v>3370</v>
+        <v>3371</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>267</v>
+        <v>3372</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>3371</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" s="1" t="s">
-        <v>3372</v>
+        <v>3374</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>3373</v>
+        <v>3375</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>3374</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B1171" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1171" s="1" t="s">
         <v>3375</v>
       </c>
-      <c r="B1171" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1171" s="1" t="s">
-        <v>3377</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" s="1" t="s">
+        <v>3379</v>
+      </c>
+      <c r="B1172" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1172" s="1" t="s">
+        <v>3375</v>
+      </c>
+      <c r="D1172" s="1" t="s">
         <v>3378</v>
-      </c>
-[...7 lines deleted...]
-        <v>3380</v>
       </c>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B1173" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1173" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D1173" s="1" t="s">
         <v>3381</v>
-      </c>
-[...7 lines deleted...]
-        <v>3383</v>
       </c>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" s="1" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B1174" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1174" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="D1174" s="1" t="s">
         <v>3384</v>
-      </c>
-[...5 lines deleted...]
-        <v>3385</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" s="1" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B1175" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1175" s="1" t="s">
         <v>3386</v>
       </c>
-      <c r="B1175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1175" s="1" t="s">
+      <c r="D1175" s="1" t="s">
         <v>3387</v>
-      </c>
-[...1 lines deleted...]
-        <v>3388</v>
       </c>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="B1176" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1176" s="1" t="s">
         <v>3389</v>
       </c>
-      <c r="B1176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1176" s="1" t="s">
+      <c r="D1176" s="1" t="s">
         <v>3390</v>
-      </c>
-[...1 lines deleted...]
-        <v>3391</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" s="1" t="s">
+        <v>3391</v>
+      </c>
+      <c r="B1177" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1177" s="1" t="s">
         <v>3392</v>
       </c>
-      <c r="B1177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1177" s="1" t="s">
+      <c r="D1177" s="1" t="s">
         <v>3393</v>
-      </c>
-[...1 lines deleted...]
-        <v>3394</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" s="1" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B1178" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1178" s="1"/>
+      <c r="D1178" s="1" t="s">
         <v>3395</v>
-      </c>
-[...7 lines deleted...]
-        <v>3397</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="B1179" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1179" s="1" t="s">
+        <v>3397</v>
+      </c>
+      <c r="D1179" s="1" t="s">
         <v>3398</v>
-      </c>
-[...7 lines deleted...]
-        <v>3400</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" s="1" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B1180" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1180" s="1" t="s">
+        <v>3400</v>
+      </c>
+      <c r="D1180" s="1" t="s">
         <v>3401</v>
-      </c>
-[...7 lines deleted...]
-        <v>3403</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B1181" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1181" s="1" t="s">
+        <v>3403</v>
+      </c>
+      <c r="D1181" s="1" t="s">
         <v>3404</v>
-      </c>
-[...7 lines deleted...]
-        <v>3406</v>
       </c>
     </row>
     <row r="1182" spans="1:4">
       <c r="A1182" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B1182" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1182" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D1182" s="1" t="s">
         <v>3407</v>
-      </c>
-[...7 lines deleted...]
-        <v>3409</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
       <c r="A1183" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B1183" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1183" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="D1183" s="1" t="s">
         <v>3410</v>
-      </c>
-[...7 lines deleted...]
-        <v>3412</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
       <c r="A1184" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B1184" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1184" s="1" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D1184" s="1" t="s">
         <v>3413</v>
-      </c>
-[...7 lines deleted...]
-        <v>3415</v>
       </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B1185" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1185" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="D1185" s="1" t="s">
         <v>3416</v>
-      </c>
-[...7 lines deleted...]
-        <v>3418</v>
       </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B1186" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1186" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D1186" s="1" t="s">
         <v>3419</v>
-      </c>
-[...7 lines deleted...]
-        <v>3421</v>
       </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" s="1" t="s">
+        <v>3420</v>
+      </c>
+      <c r="B1187" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1187" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D1187" s="1" t="s">
         <v>3422</v>
-      </c>
-[...7 lines deleted...]
-        <v>3424</v>
       </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" s="1" t="s">
+        <v>3423</v>
+      </c>
+      <c r="B1188" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1188" s="1" t="s">
+        <v>3424</v>
+      </c>
+      <c r="D1188" s="1" t="s">
         <v>3425</v>
-      </c>
-[...7 lines deleted...]
-        <v>3427</v>
       </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" s="1" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B1189" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1189" s="1" t="s">
+        <v>3427</v>
+      </c>
+      <c r="D1189" s="1" t="s">
         <v>3428</v>
-      </c>
-[...7 lines deleted...]
-        <v>3430</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" s="1" t="s">
+        <v>3429</v>
+      </c>
+      <c r="B1190" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1190" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="D1190" s="1" t="s">
         <v>3431</v>
-      </c>
-[...7 lines deleted...]
-        <v>3433</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" s="1" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B1191" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1191" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="D1191" s="1" t="s">
         <v>3434</v>
-      </c>
-[...7 lines deleted...]
-        <v>3436</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" s="1" t="s">
+        <v>3435</v>
+      </c>
+      <c r="B1192" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1192" s="1" t="s">
+        <v>3436</v>
+      </c>
+      <c r="D1192" s="1" t="s">
         <v>3437</v>
-      </c>
-[...7 lines deleted...]
-        <v>3439</v>
       </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" s="1" t="s">
+        <v>3438</v>
+      </c>
+      <c r="B1193" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1193" s="1" t="s">
+        <v>3439</v>
+      </c>
+      <c r="D1193" s="1" t="s">
         <v>3440</v>
-      </c>
-[...7 lines deleted...]
-        <v>3442</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" s="1" t="s">
+        <v>3441</v>
+      </c>
+      <c r="B1194" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1194" s="1" t="s">
+        <v>3442</v>
+      </c>
+      <c r="D1194" s="1" t="s">
         <v>3443</v>
-      </c>
-[...7 lines deleted...]
-        <v>3445</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" s="1" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B1195" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1195" s="1" t="s">
+        <v>3445</v>
+      </c>
+      <c r="D1195" s="1" t="s">
         <v>3446</v>
-      </c>
-[...7 lines deleted...]
-        <v>3448</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" s="1" t="s">
+        <v>3447</v>
+      </c>
+      <c r="B1196" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1196" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D1196" s="1" t="s">
         <v>3449</v>
-      </c>
-[...7 lines deleted...]
-        <v>3451</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" s="1" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B1197" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1197" s="1" t="s">
+        <v>3451</v>
+      </c>
+      <c r="D1197" s="1" t="s">
         <v>3452</v>
-      </c>
-[...7 lines deleted...]
-        <v>3454</v>
       </c>
     </row>
     <row r="1198" spans="1:4">
       <c r="A1198" s="1" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B1198" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1198" s="1" t="s">
+        <v>3454</v>
+      </c>
+      <c r="D1198" s="1" t="s">
         <v>3455</v>
-      </c>
-[...7 lines deleted...]
-        <v>3457</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
       <c r="A1199" s="1" t="s">
+        <v>3456</v>
+      </c>
+      <c r="B1199" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1199" s="1" t="s">
+        <v>3457</v>
+      </c>
+      <c r="D1199" s="1" t="s">
         <v>3458</v>
-      </c>
-[...7 lines deleted...]
-        <v>3460</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
       <c r="A1200" s="1" t="s">
+        <v>3459</v>
+      </c>
+      <c r="B1200" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1200" s="1" t="s">
+        <v>3460</v>
+      </c>
+      <c r="D1200" s="1" t="s">
         <v>3461</v>
-      </c>
-[...7 lines deleted...]
-        <v>3463</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" s="1" t="s">
+        <v>3462</v>
+      </c>
+      <c r="B1201" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1201" s="1" t="s">
+        <v>3463</v>
+      </c>
+      <c r="D1201" s="1" t="s">
         <v>3464</v>
-      </c>
-[...7 lines deleted...]
-        <v>3466</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" s="1" t="s">
+        <v>3465</v>
+      </c>
+      <c r="B1202" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1202" s="1" t="s">
+        <v>3466</v>
+      </c>
+      <c r="D1202" s="1" t="s">
         <v>3467</v>
-      </c>
-[...7 lines deleted...]
-        <v>3469</v>
       </c>
     </row>
     <row r="1203" spans="1:4">
       <c r="A1203" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="B1203" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1203" s="1" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D1203" s="1" t="s">
         <v>3470</v>
-      </c>
-[...7 lines deleted...]
-        <v>3472</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
       <c r="A1204" s="1" t="s">
+        <v>3471</v>
+      </c>
+      <c r="B1204" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1204" s="1" t="s">
+        <v>3472</v>
+      </c>
+      <c r="D1204" s="1" t="s">
         <v>3473</v>
-      </c>
-[...7 lines deleted...]
-        <v>3475</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
       <c r="A1205" s="1" t="s">
+        <v>3474</v>
+      </c>
+      <c r="B1205" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1205" s="1" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D1205" s="1" t="s">
         <v>3476</v>
-      </c>
-[...7 lines deleted...]
-        <v>3478</v>
       </c>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" s="1" t="s">
+        <v>3477</v>
+      </c>
+      <c r="B1206" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1206" s="1" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D1206" s="1" t="s">
         <v>3479</v>
-      </c>
-[...7 lines deleted...]
-        <v>3481</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" s="1" t="s">
+        <v>3480</v>
+      </c>
+      <c r="B1207" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1207" s="1" t="s">
+        <v>3481</v>
+      </c>
+      <c r="D1207" s="1" t="s">
         <v>3482</v>
-      </c>
-[...7 lines deleted...]
-        <v>3484</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" s="1" t="s">
+        <v>3483</v>
+      </c>
+      <c r="B1208" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1208" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D1208" s="1" t="s">
         <v>3485</v>
-      </c>
-[...7 lines deleted...]
-        <v>3487</v>
       </c>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B1209" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1209" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D1209" s="1" t="s">
         <v>3488</v>
-      </c>
-[...7 lines deleted...]
-        <v>3489</v>
       </c>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" s="1" t="s">
+        <v>3489</v>
+      </c>
+      <c r="B1210" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1210" s="1" t="s">
         <v>3490</v>
       </c>
-      <c r="B1210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1210" s="1" t="s">
+      <c r="D1210" s="1" t="s">
         <v>3491</v>
-      </c>
-[...1 lines deleted...]
-        <v>3492</v>
       </c>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" s="1" t="s">
+        <v>3492</v>
+      </c>
+      <c r="B1211" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1211" s="1" t="s">
         <v>3493</v>
       </c>
-      <c r="B1211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1211" s="1" t="s">
+      <c r="D1211" s="1" t="s">
         <v>3494</v>
-      </c>
-[...1 lines deleted...]
-        <v>3495</v>
       </c>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" s="1" t="s">
+        <v>3495</v>
+      </c>
+      <c r="B1212" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1212" s="1" t="s">
         <v>3496</v>
       </c>
-      <c r="B1212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1212" s="1" t="s">
+      <c r="D1212" s="1" t="s">
         <v>3497</v>
-      </c>
-[...1 lines deleted...]
-        <v>3498</v>
       </c>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" s="1" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B1213" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1213" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D1213" s="1" t="s">
         <v>3499</v>
-      </c>
-[...7 lines deleted...]
-        <v>3501</v>
       </c>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" s="1" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B1214" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1214" s="1" t="s">
+        <v>3501</v>
+      </c>
+      <c r="D1214" s="1" t="s">
         <v>3502</v>
-      </c>
-[...7 lines deleted...]
-        <v>3504</v>
       </c>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" s="1" t="s">
+        <v>3503</v>
+      </c>
+      <c r="B1215" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1215" s="1" t="s">
+        <v>3504</v>
+      </c>
+      <c r="D1215" s="1" t="s">
         <v>3505</v>
-      </c>
-[...7 lines deleted...]
-        <v>3507</v>
       </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" s="1" t="s">
+        <v>3506</v>
+      </c>
+      <c r="B1216" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1216" s="1" t="s">
+        <v>3507</v>
+      </c>
+      <c r="D1216" s="1" t="s">
         <v>3508</v>
-      </c>
-[...7 lines deleted...]
-        <v>3510</v>
       </c>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" s="1" t="s">
+        <v>3509</v>
+      </c>
+      <c r="B1217" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1217" s="1" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D1217" s="1" t="s">
         <v>3511</v>
-      </c>
-[...7 lines deleted...]
-        <v>3513</v>
       </c>
     </row>
     <row r="1218" spans="1:4">
       <c r="A1218" s="1" t="s">
+        <v>3512</v>
+      </c>
+      <c r="B1218" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1218" s="1" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D1218" s="1" t="s">
         <v>3514</v>
-      </c>
-[...7 lines deleted...]
-        <v>3516</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
       <c r="A1219" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="B1219" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1219" s="1" t="s">
+        <v>3516</v>
+      </c>
+      <c r="D1219" s="1" t="s">
         <v>3517</v>
-      </c>
-[...7 lines deleted...]
-        <v>3519</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
       <c r="A1220" s="1" t="s">
+        <v>3518</v>
+      </c>
+      <c r="B1220" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1220" s="1" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D1220" s="1" t="s">
         <v>3520</v>
-      </c>
-[...7 lines deleted...]
-        <v>3522</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" s="1" t="s">
+        <v>3521</v>
+      </c>
+      <c r="B1221" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1221" s="1" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D1221" s="1" t="s">
         <v>3523</v>
-      </c>
-[...7 lines deleted...]
-        <v>3525</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" s="1" t="s">
+        <v>3524</v>
+      </c>
+      <c r="B1222" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1222" s="1" t="s">
+        <v>3525</v>
+      </c>
+      <c r="D1222" s="1" t="s">
         <v>3526</v>
-      </c>
-[...7 lines deleted...]
-        <v>3528</v>
       </c>
     </row>
     <row r="1223" spans="1:4">
       <c r="A1223" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="B1223" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1223" s="1" t="s">
+        <v>3528</v>
+      </c>
+      <c r="D1223" s="1" t="s">
         <v>3529</v>
-      </c>
-[...7 lines deleted...]
-        <v>3531</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
       <c r="A1224" s="1" t="s">
+        <v>3530</v>
+      </c>
+      <c r="B1224" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1224" s="1" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D1224" s="1" t="s">
         <v>3532</v>
-      </c>
-[...7 lines deleted...]
-        <v>3534</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
       <c r="A1225" s="1" t="s">
+        <v>3533</v>
+      </c>
+      <c r="B1225" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1225" s="1" t="s">
+        <v>3534</v>
+      </c>
+      <c r="D1225" s="1" t="s">
         <v>3535</v>
-      </c>
-[...7 lines deleted...]
-        <v>3537</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" s="1" t="s">
+        <v>3536</v>
+      </c>
+      <c r="B1226" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1226" s="1" t="s">
+        <v>3537</v>
+      </c>
+      <c r="D1226" s="1" t="s">
         <v>3538</v>
-      </c>
-[...7 lines deleted...]
-        <v>3540</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" s="1" t="s">
+        <v>3539</v>
+      </c>
+      <c r="B1227" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1227" s="1" t="s">
+        <v>3540</v>
+      </c>
+      <c r="D1227" s="1" t="s">
         <v>3541</v>
-      </c>
-[...7 lines deleted...]
-        <v>3543</v>
       </c>
     </row>
     <row r="1228" spans="1:4">
       <c r="A1228" s="1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B1228" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1228" s="1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D1228" s="1" t="s">
         <v>3544</v>
-      </c>
-[...7 lines deleted...]
-        <v>3546</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
       <c r="A1229" s="1" t="s">
+        <v>3545</v>
+      </c>
+      <c r="B1229" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1229" s="1" t="s">
+        <v>3546</v>
+      </c>
+      <c r="D1229" s="1" t="s">
         <v>3547</v>
-      </c>
-[...7 lines deleted...]
-        <v>3549</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
       <c r="A1230" s="1" t="s">
+        <v>3548</v>
+      </c>
+      <c r="B1230" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1230" s="1" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D1230" s="1" t="s">
         <v>3550</v>
-      </c>
-[...7 lines deleted...]
-        <v>3552</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" s="1" t="s">
+        <v>3551</v>
+      </c>
+      <c r="B1231" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1231" s="1" t="s">
+        <v>3552</v>
+      </c>
+      <c r="D1231" s="1" t="s">
         <v>3553</v>
-      </c>
-[...7 lines deleted...]
-        <v>3555</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" s="1" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B1232" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1232" s="1" t="s">
+        <v>3555</v>
+      </c>
+      <c r="D1232" s="1" t="s">
         <v>3556</v>
-      </c>
-[...7 lines deleted...]
-        <v>3558</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" s="1" t="s">
+        <v>3557</v>
+      </c>
+      <c r="B1233" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1233" s="1" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D1233" s="1" t="s">
         <v>3559</v>
-      </c>
-[...7 lines deleted...]
-        <v>3561</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" s="1" t="s">
+        <v>3560</v>
+      </c>
+      <c r="B1234" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1234" s="1" t="s">
+        <v>3561</v>
+      </c>
+      <c r="D1234" s="1" t="s">
         <v>3562</v>
-      </c>
-[...7 lines deleted...]
-        <v>3564</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" s="1" t="s">
+        <v>3563</v>
+      </c>
+      <c r="B1235" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1235" s="1" t="s">
+        <v>3564</v>
+      </c>
+      <c r="D1235" s="1" t="s">
         <v>3565</v>
-      </c>
-[...7 lines deleted...]
-        <v>3567</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" s="1" t="s">
+        <v>3566</v>
+      </c>
+      <c r="B1236" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1236" s="1" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D1236" s="1" t="s">
         <v>3568</v>
-      </c>
-[...7 lines deleted...]
-        <v>3570</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" s="1" t="s">
+        <v>3569</v>
+      </c>
+      <c r="B1237" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1237" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D1237" s="1" t="s">
         <v>3571</v>
-      </c>
-[...7 lines deleted...]
-        <v>3573</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" s="1" t="s">
+        <v>3572</v>
+      </c>
+      <c r="B1238" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1238" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="D1238" s="1" t="s">
         <v>3574</v>
-      </c>
-[...7 lines deleted...]
-        <v>3576</v>
       </c>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" s="1" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B1239" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1239" s="1" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D1239" s="1" t="s">
         <v>3577</v>
-      </c>
-[...7 lines deleted...]
-        <v>3579</v>
       </c>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" s="1" t="s">
+        <v>3578</v>
+      </c>
+      <c r="B1240" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1240" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="D1240" s="1" t="s">
         <v>3580</v>
-      </c>
-[...7 lines deleted...]
-        <v>3582</v>
       </c>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" s="1" t="s">
+        <v>3581</v>
+      </c>
+      <c r="B1241" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1241" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D1241" s="1" t="s">
         <v>3583</v>
-      </c>
-[...7 lines deleted...]
-        <v>3585</v>
       </c>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" s="1" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B1242" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1242" s="1" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D1242" s="1" t="s">
         <v>3586</v>
-      </c>
-[...7 lines deleted...]
-        <v>3587</v>
       </c>
     </row>
     <row r="1243" spans="1:4">
       <c r="A1243" s="1" t="s">
+        <v>3587</v>
+      </c>
+      <c r="B1243" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1243" s="1" t="s">
         <v>3588</v>
       </c>
-      <c r="B1243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1243" s="1" t="s">
+      <c r="D1243" s="1" t="s">
         <v>3589</v>
-      </c>
-[...1 lines deleted...]
-        <v>3590</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
       <c r="A1244" s="1" t="s">
+        <v>3590</v>
+      </c>
+      <c r="B1244" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1244" s="1" t="s">
         <v>3591</v>
       </c>
-      <c r="B1244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1244" s="1" t="s">
+      <c r="D1244" s="1" t="s">
         <v>3592</v>
-      </c>
-[...1 lines deleted...]
-        <v>3593</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
       <c r="A1245" s="1" t="s">
+        <v>3593</v>
+      </c>
+      <c r="B1245" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1245" s="1" t="s">
         <v>3594</v>
       </c>
-      <c r="B1245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1245" s="1" t="s">
+      <c r="D1245" s="1" t="s">
         <v>3595</v>
-      </c>
-[...1 lines deleted...]
-        <v>3596</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" s="1" t="s">
+        <v>3596</v>
+      </c>
+      <c r="B1246" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1246" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D1246" s="1" t="s">
         <v>3597</v>
-      </c>
-[...7 lines deleted...]
-        <v>3599</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" s="1" t="s">
+        <v>3598</v>
+      </c>
+      <c r="B1247" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1247" s="1" t="s">
+        <v>3599</v>
+      </c>
+      <c r="D1247" s="1" t="s">
         <v>3600</v>
-      </c>
-[...7 lines deleted...]
-        <v>3602</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" s="1" t="s">
+        <v>3601</v>
+      </c>
+      <c r="B1248" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1248" s="1" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D1248" s="1" t="s">
         <v>3603</v>
-      </c>
-[...7 lines deleted...]
-        <v>3605</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" s="1" t="s">
+        <v>3604</v>
+      </c>
+      <c r="B1249" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1249" s="1" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D1249" s="1" t="s">
         <v>3606</v>
-      </c>
-[...7 lines deleted...]
-        <v>3608</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" s="1" t="s">
+        <v>3607</v>
+      </c>
+      <c r="B1250" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1250" s="1" t="s">
+        <v>3608</v>
+      </c>
+      <c r="D1250" s="1" t="s">
         <v>3609</v>
-      </c>
-[...7 lines deleted...]
-        <v>3611</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="1" t="s">
+        <v>3610</v>
+      </c>
+      <c r="B1251" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1251" s="1" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D1251" s="1" t="s">
         <v>3612</v>
-      </c>
-[...7 lines deleted...]
-        <v>3614</v>
       </c>
     </row>
     <row r="1252" spans="1:4">
       <c r="A1252" s="1" t="s">
+        <v>3613</v>
+      </c>
+      <c r="B1252" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1252" s="1" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D1252" s="1" t="s">
         <v>3615</v>
-      </c>
-[...7 lines deleted...]
-        <v>3617</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" s="1" t="s">
+        <v>3616</v>
+      </c>
+      <c r="B1253" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1253" s="1" t="s">
+        <v>3617</v>
+      </c>
+      <c r="D1253" s="1" t="s">
         <v>3618</v>
-      </c>
-[...7 lines deleted...]
-        <v>3620</v>
       </c>
     </row>
     <row r="1254" spans="1:4">
       <c r="A1254" s="1" t="s">
+        <v>3619</v>
+      </c>
+      <c r="B1254" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1254" s="1" t="s">
+        <v>3620</v>
+      </c>
+      <c r="D1254" s="1" t="s">
         <v>3621</v>
-      </c>
-[...7 lines deleted...]
-        <v>3623</v>
       </c>
     </row>
     <row r="1255" spans="1:4">
       <c r="A1255" s="1" t="s">
+        <v>3622</v>
+      </c>
+      <c r="B1255" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1255" s="1" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D1255" s="1" t="s">
         <v>3624</v>
-      </c>
-[...7 lines deleted...]
-        <v>3626</v>
       </c>
     </row>
     <row r="1256" spans="1:4">
       <c r="A1256" s="1" t="s">
+        <v>3625</v>
+      </c>
+      <c r="B1256" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1256" s="1" t="s">
+        <v>3626</v>
+      </c>
+      <c r="D1256" s="1" t="s">
         <v>3627</v>
-      </c>
-[...7 lines deleted...]
-        <v>3629</v>
       </c>
     </row>
     <row r="1257" spans="1:4">
       <c r="A1257" s="1" t="s">
+        <v>3628</v>
+      </c>
+      <c r="B1257" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1257" s="1" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D1257" s="1" t="s">
         <v>3630</v>
-      </c>
-[...7 lines deleted...]
-        <v>3632</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" s="1" t="s">
+        <v>3631</v>
+      </c>
+      <c r="B1258" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1258" s="1" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D1258" s="1" t="s">
         <v>3633</v>
-      </c>
-[...7 lines deleted...]
-        <v>3635</v>
       </c>
     </row>
     <row r="1259" spans="1:4">
       <c r="A1259" s="1" t="s">
+        <v>3634</v>
+      </c>
+      <c r="B1259" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1259" s="1" t="s">
+        <v>3635</v>
+      </c>
+      <c r="D1259" s="1" t="s">
         <v>3636</v>
-      </c>
-[...7 lines deleted...]
-        <v>3638</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" s="1" t="s">
+        <v>3637</v>
+      </c>
+      <c r="B1260" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1260" s="1" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D1260" s="1" t="s">
         <v>3639</v>
-      </c>
-[...7 lines deleted...]
-        <v>3641</v>
       </c>
     </row>
     <row r="1261" spans="1:4">
       <c r="A1261" s="1" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B1261" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1261" s="1" t="s">
+        <v>3641</v>
+      </c>
+      <c r="D1261" s="1" t="s">
         <v>3642</v>
-      </c>
-[...7 lines deleted...]
-        <v>3644</v>
       </c>
     </row>
     <row r="1262" spans="1:4">
       <c r="A1262" s="1" t="s">
+        <v>3643</v>
+      </c>
+      <c r="B1262" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1262" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="D1262" s="1" t="s">
         <v>3645</v>
-      </c>
-[...7 lines deleted...]
-        <v>3647</v>
       </c>
     </row>
     <row r="1263" spans="1:4">
       <c r="A1263" s="1" t="s">
+        <v>3646</v>
+      </c>
+      <c r="B1263" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1263" s="1" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D1263" s="1" t="s">
         <v>3648</v>
-      </c>
-[...7 lines deleted...]
-        <v>3650</v>
       </c>
     </row>
     <row r="1264" spans="1:4">
       <c r="A1264" s="1" t="s">
+        <v>3649</v>
+      </c>
+      <c r="B1264" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1264" s="1" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D1264" s="1" t="s">
         <v>3651</v>
-      </c>
-[...7 lines deleted...]
-        <v>3653</v>
       </c>
     </row>
     <row r="1265" spans="1:4">
       <c r="A1265" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="B1265" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1265" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D1265" s="1" t="s">
         <v>3654</v>
-      </c>
-[...7 lines deleted...]
-        <v>3656</v>
       </c>
     </row>
     <row r="1266" spans="1:4">
       <c r="A1266" s="1" t="s">
+        <v>3655</v>
+      </c>
+      <c r="B1266" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1266" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="D1266" s="1" t="s">
         <v>3657</v>
-      </c>
-[...7 lines deleted...]
-        <v>3659</v>
       </c>
     </row>
     <row r="1267" spans="1:4">
       <c r="A1267" s="1" t="s">
+        <v>3658</v>
+      </c>
+      <c r="B1267" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1267" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D1267" s="1" t="s">
         <v>3660</v>
-      </c>
-[...7 lines deleted...]
-        <v>3662</v>
       </c>
     </row>
     <row r="1268" spans="1:4">
       <c r="A1268" s="1" t="s">
+        <v>3661</v>
+      </c>
+      <c r="B1268" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1268" s="1" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D1268" s="1" t="s">
         <v>3663</v>
-      </c>
-[...7 lines deleted...]
-        <v>3665</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" s="1" t="s">
+        <v>3664</v>
+      </c>
+      <c r="B1269" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1269" s="1" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D1269" s="1" t="s">
         <v>3666</v>
-      </c>
-[...7 lines deleted...]
-        <v>3668</v>
       </c>
     </row>
     <row r="1270" spans="1:4">
       <c r="A1270" s="1" t="s">
+        <v>3667</v>
+      </c>
+      <c r="B1270" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1270" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="D1270" s="1" t="s">
         <v>3669</v>
-      </c>
-[...7 lines deleted...]
-        <v>3671</v>
       </c>
     </row>
     <row r="1271" spans="1:4">
       <c r="A1271" s="1" t="s">
+        <v>3670</v>
+      </c>
+      <c r="B1271" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1271" s="1" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D1271" s="1" t="s">
         <v>3672</v>
-      </c>
-[...7 lines deleted...]
-        <v>3674</v>
       </c>
     </row>
     <row r="1272" spans="1:4">
       <c r="A1272" s="1" t="s">
+        <v>3673</v>
+      </c>
+      <c r="B1272" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1272" s="1" t="s">
+        <v>3674</v>
+      </c>
+      <c r="D1272" s="1" t="s">
         <v>3675</v>
-      </c>
-[...7 lines deleted...]
-        <v>3677</v>
       </c>
     </row>
     <row r="1273" spans="1:4">
       <c r="A1273" s="1" t="s">
+        <v>3676</v>
+      </c>
+      <c r="B1273" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1273" s="1" t="s">
+        <v>3677</v>
+      </c>
+      <c r="D1273" s="1" t="s">
         <v>3678</v>
-      </c>
-[...7 lines deleted...]
-        <v>3680</v>
       </c>
     </row>
     <row r="1274" spans="1:4">
       <c r="A1274" s="1" t="s">
+        <v>3679</v>
+      </c>
+      <c r="B1274" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1274" s="1" t="s">
+        <v>3680</v>
+      </c>
+      <c r="D1274" s="1" t="s">
         <v>3681</v>
-      </c>
-[...7 lines deleted...]
-        <v>3683</v>
       </c>
     </row>
     <row r="1275" spans="1:4">
       <c r="A1275" s="1" t="s">
+        <v>3682</v>
+      </c>
+      <c r="B1275" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1275" s="1" t="s">
+        <v>3683</v>
+      </c>
+      <c r="D1275" s="1" t="s">
         <v>3684</v>
-      </c>
-[...7 lines deleted...]
-        <v>3686</v>
       </c>
     </row>
     <row r="1276" spans="1:4">
       <c r="A1276" s="1" t="s">
+        <v>3685</v>
+      </c>
+      <c r="B1276" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1276" s="1" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D1276" s="1" t="s">
         <v>3687</v>
-      </c>
-[...7 lines deleted...]
-        <v>3689</v>
       </c>
     </row>
     <row r="1277" spans="1:4">
       <c r="A1277" s="1" t="s">
+        <v>3688</v>
+      </c>
+      <c r="B1277" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1277" s="1" t="s">
+        <v>3689</v>
+      </c>
+      <c r="D1277" s="1" t="s">
         <v>3690</v>
-      </c>
-[...7 lines deleted...]
-        <v>3692</v>
       </c>
     </row>
     <row r="1278" spans="1:4">
       <c r="A1278" s="1" t="s">
+        <v>3691</v>
+      </c>
+      <c r="B1278" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1278" s="1" t="s">
+        <v>3692</v>
+      </c>
+      <c r="D1278" s="1" t="s">
         <v>3693</v>
-      </c>
-[...7 lines deleted...]
-        <v>3695</v>
       </c>
     </row>
     <row r="1279" spans="1:4">
       <c r="A1279" s="1" t="s">
+        <v>3694</v>
+      </c>
+      <c r="B1279" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1279" s="1" t="s">
+        <v>3695</v>
+      </c>
+      <c r="D1279" s="1" t="s">
         <v>3696</v>
-      </c>
-[...7 lines deleted...]
-        <v>3697</v>
       </c>
     </row>
     <row r="1280" spans="1:4">
       <c r="A1280" s="1" t="s">
+        <v>3697</v>
+      </c>
+      <c r="B1280" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1280" s="1" t="s">
         <v>3698</v>
       </c>
-      <c r="B1280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1280" s="1" t="s">
+      <c r="D1280" s="1" t="s">
         <v>3699</v>
-      </c>
-[...1 lines deleted...]
-        <v>3700</v>
       </c>
     </row>
     <row r="1281" spans="1:4">
       <c r="A1281" s="1" t="s">
+        <v>3700</v>
+      </c>
+      <c r="B1281" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1281" s="1" t="s">
         <v>3701</v>
       </c>
-      <c r="B1281" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1281" s="1" t="s">
+      <c r="D1281" s="1" t="s">
         <v>3702</v>
-      </c>
-[...1 lines deleted...]
-        <v>3703</v>
       </c>
     </row>
     <row r="1282" spans="1:4">
       <c r="A1282" s="1" t="s">
+        <v>3703</v>
+      </c>
+      <c r="B1282" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1282" s="1" t="s">
         <v>3704</v>
       </c>
-      <c r="B1282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1282" s="1"/>
       <c r="D1282" s="1" t="s">
         <v>3705</v>
       </c>
     </row>
     <row r="1283" spans="1:4">
       <c r="A1283" s="1" t="s">
         <v>3706</v>
       </c>
       <c r="B1283" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1283" s="1" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
       <c r="D1283" s="1" t="s">
         <v>3707</v>
       </c>
     </row>
     <row r="1284" spans="1:4">
       <c r="A1284" s="1" t="s">
         <v>3708</v>
       </c>
       <c r="B1284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1284" s="1" t="s">
         <v>3709</v>
       </c>
       <c r="D1284" s="1" t="s">
         <v>3710</v>
       </c>
     </row>
     <row r="1285" spans="1:4">
       <c r="A1285" s="1" t="s">
         <v>3711</v>
       </c>
       <c r="B1285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1285" s="1" t="s">
         <v>3712</v>
       </c>
       <c r="D1285" s="1" t="s">
         <v>3713</v>
       </c>
     </row>
     <row r="1286" spans="1:4">
       <c r="A1286" s="1" t="s">
         <v>3714</v>
       </c>
       <c r="B1286" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1286" s="1" t="s">
+      <c r="C1286" s="1"/>
+      <c r="D1286" s="1" t="s">
         <v>3715</v>
-      </c>
-[...1 lines deleted...]
-        <v>3716</v>
       </c>
     </row>
     <row r="1287" spans="1:4">
       <c r="A1287" s="1" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B1287" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1287" s="1" t="s">
+        <v>3712</v>
+      </c>
+      <c r="D1287" s="1" t="s">
         <v>3717</v>
-      </c>
-[...7 lines deleted...]
-        <v>3719</v>
       </c>
     </row>
     <row r="1288" spans="1:4">
       <c r="A1288" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="B1288" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1288" s="1" t="s">
+        <v>3719</v>
+      </c>
+      <c r="D1288" s="1" t="s">
         <v>3720</v>
-      </c>
-[...7 lines deleted...]
-        <v>3722</v>
       </c>
     </row>
     <row r="1289" spans="1:4">
       <c r="A1289" s="1" t="s">
+        <v>3721</v>
+      </c>
+      <c r="B1289" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1289" s="1" t="s">
+        <v>3722</v>
+      </c>
+      <c r="D1289" s="1" t="s">
         <v>3723</v>
-      </c>
-[...7 lines deleted...]
-        <v>3725</v>
       </c>
     </row>
     <row r="1290" spans="1:4">
       <c r="A1290" s="1" t="s">
+        <v>3724</v>
+      </c>
+      <c r="B1290" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1290" s="1" t="s">
+        <v>3725</v>
+      </c>
+      <c r="D1290" s="1" t="s">
         <v>3726</v>
-      </c>
-[...7 lines deleted...]
-        <v>3728</v>
       </c>
     </row>
     <row r="1291" spans="1:4">
       <c r="A1291" s="1" t="s">
+        <v>3727</v>
+      </c>
+      <c r="B1291" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1291" s="1" t="s">
+        <v>3728</v>
+      </c>
+      <c r="D1291" s="1" t="s">
         <v>3729</v>
-      </c>
-[...7 lines deleted...]
-        <v>3731</v>
       </c>
     </row>
     <row r="1292" spans="1:4">
       <c r="A1292" s="1" t="s">
+        <v>3730</v>
+      </c>
+      <c r="B1292" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1292" s="1" t="s">
+        <v>3731</v>
+      </c>
+      <c r="D1292" s="1" t="s">
         <v>3732</v>
-      </c>
-[...7 lines deleted...]
-        <v>3734</v>
       </c>
     </row>
     <row r="1293" spans="1:4">
       <c r="A1293" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="B1293" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1293" s="1" t="s">
+        <v>3734</v>
+      </c>
+      <c r="D1293" s="1" t="s">
         <v>3735</v>
-      </c>
-[...7 lines deleted...]
-        <v>3737</v>
       </c>
     </row>
     <row r="1294" spans="1:4">
       <c r="A1294" s="1" t="s">
+        <v>3736</v>
+      </c>
+      <c r="B1294" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1294" s="1" t="s">
+        <v>3737</v>
+      </c>
+      <c r="D1294" s="1" t="s">
         <v>3738</v>
-      </c>
-[...7 lines deleted...]
-        <v>3740</v>
       </c>
     </row>
     <row r="1295" spans="1:4">
       <c r="A1295" s="1" t="s">
+        <v>3739</v>
+      </c>
+      <c r="B1295" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1295" s="1" t="s">
+        <v>3740</v>
+      </c>
+      <c r="D1295" s="1" t="s">
         <v>3741</v>
-      </c>
-[...7 lines deleted...]
-        <v>3743</v>
       </c>
     </row>
     <row r="1296" spans="1:4">
       <c r="A1296" s="1" t="s">
+        <v>3742</v>
+      </c>
+      <c r="B1296" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1296" s="1" t="s">
+        <v>3743</v>
+      </c>
+      <c r="D1296" s="1" t="s">
         <v>3744</v>
-      </c>
-[...7 lines deleted...]
-        <v>3746</v>
       </c>
     </row>
     <row r="1297" spans="1:4">
       <c r="A1297" s="1" t="s">
+        <v>3745</v>
+      </c>
+      <c r="B1297" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1297" s="1" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D1297" s="1" t="s">
         <v>3747</v>
-      </c>
-[...7 lines deleted...]
-        <v>3749</v>
       </c>
     </row>
     <row r="1298" spans="1:4">
       <c r="A1298" s="1" t="s">
+        <v>3748</v>
+      </c>
+      <c r="B1298" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1298" s="1" t="s">
+        <v>3749</v>
+      </c>
+      <c r="D1298" s="1" t="s">
         <v>3750</v>
-      </c>
-[...7 lines deleted...]
-        <v>3752</v>
       </c>
     </row>
     <row r="1299" spans="1:4">
       <c r="A1299" s="1" t="s">
+        <v>3751</v>
+      </c>
+      <c r="B1299" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1299" s="1" t="s">
+        <v>3752</v>
+      </c>
+      <c r="D1299" s="1" t="s">
         <v>3753</v>
-      </c>
-[...7 lines deleted...]
-        <v>3755</v>
       </c>
     </row>
     <row r="1300" spans="1:4">
       <c r="A1300" s="1" t="s">
+        <v>3754</v>
+      </c>
+      <c r="B1300" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1300" s="1" t="s">
+        <v>3755</v>
+      </c>
+      <c r="D1300" s="1" t="s">
         <v>3756</v>
-      </c>
-[...7 lines deleted...]
-        <v>3758</v>
       </c>
     </row>
     <row r="1301" spans="1:4">
       <c r="A1301" s="1" t="s">
+        <v>3757</v>
+      </c>
+      <c r="B1301" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1301" s="1" t="s">
+        <v>3758</v>
+      </c>
+      <c r="D1301" s="1" t="s">
         <v>3759</v>
-      </c>
-[...7 lines deleted...]
-        <v>3761</v>
       </c>
     </row>
     <row r="1302" spans="1:4">
       <c r="A1302" s="1" t="s">
+        <v>3760</v>
+      </c>
+      <c r="B1302" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1302" s="1" t="s">
+        <v>3761</v>
+      </c>
+      <c r="D1302" s="1" t="s">
         <v>3762</v>
-      </c>
-[...7 lines deleted...]
-        <v>3764</v>
       </c>
     </row>
     <row r="1303" spans="1:4">
       <c r="A1303" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="B1303" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1303" s="1" t="s">
+        <v>3764</v>
+      </c>
+      <c r="D1303" s="1" t="s">
         <v>3765</v>
-      </c>
-[...7 lines deleted...]
-        <v>3767</v>
       </c>
     </row>
     <row r="1304" spans="1:4">
       <c r="A1304" s="1" t="s">
+        <v>3766</v>
+      </c>
+      <c r="B1304" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1304" s="1" t="s">
+        <v>3767</v>
+      </c>
+      <c r="D1304" s="1" t="s">
         <v>3768</v>
-      </c>
-[...7 lines deleted...]
-        <v>3770</v>
       </c>
     </row>
     <row r="1305" spans="1:4">
       <c r="A1305" s="1" t="s">
+        <v>3769</v>
+      </c>
+      <c r="B1305" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1305" s="1" t="s">
+        <v>3770</v>
+      </c>
+      <c r="D1305" s="1" t="s">
         <v>3771</v>
-      </c>
-[...7 lines deleted...]
-        <v>3773</v>
       </c>
     </row>
     <row r="1306" spans="1:4">
       <c r="A1306" s="1" t="s">
+        <v>3772</v>
+      </c>
+      <c r="B1306" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1306" s="1" t="s">
+        <v>3773</v>
+      </c>
+      <c r="D1306" s="1" t="s">
         <v>3774</v>
-      </c>
-[...7 lines deleted...]
-        <v>3776</v>
       </c>
     </row>
     <row r="1307" spans="1:4">
       <c r="A1307" s="1" t="s">
+        <v>3775</v>
+      </c>
+      <c r="B1307" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1307" s="1" t="s">
+        <v>3776</v>
+      </c>
+      <c r="D1307" s="1" t="s">
         <v>3777</v>
-      </c>
-[...7 lines deleted...]
-        <v>3779</v>
       </c>
     </row>
     <row r="1308" spans="1:4">
       <c r="A1308" s="1" t="s">
+        <v>3778</v>
+      </c>
+      <c r="B1308" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1308" s="1" t="s">
+        <v>3779</v>
+      </c>
+      <c r="D1308" s="1" t="s">
         <v>3780</v>
-      </c>
-[...7 lines deleted...]
-        <v>3782</v>
       </c>
     </row>
     <row r="1309" spans="1:4">
       <c r="A1309" s="1" t="s">
+        <v>3781</v>
+      </c>
+      <c r="B1309" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1309" s="1" t="s">
+        <v>3782</v>
+      </c>
+      <c r="D1309" s="1" t="s">
         <v>3783</v>
-      </c>
-[...7 lines deleted...]
-        <v>3785</v>
       </c>
     </row>
     <row r="1310" spans="1:4">
       <c r="A1310" s="1" t="s">
+        <v>3784</v>
+      </c>
+      <c r="B1310" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1310" s="1" t="s">
+        <v>3785</v>
+      </c>
+      <c r="D1310" s="1" t="s">
         <v>3786</v>
-      </c>
-[...7 lines deleted...]
-        <v>3788</v>
       </c>
     </row>
     <row r="1311" spans="1:4">
       <c r="A1311" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="B1311" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1311" s="1" t="s">
+        <v>3788</v>
+      </c>
+      <c r="D1311" s="1" t="s">
         <v>3789</v>
-      </c>
-[...7 lines deleted...]
-        <v>3791</v>
       </c>
     </row>
     <row r="1312" spans="1:4">
       <c r="A1312" s="1" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B1312" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1312" s="1" t="s">
+        <v>3791</v>
+      </c>
+      <c r="D1312" s="1" t="s">
         <v>3792</v>
-      </c>
-[...7 lines deleted...]
-        <v>3794</v>
       </c>
     </row>
     <row r="1313" spans="1:4">
       <c r="A1313" s="1" t="s">
+        <v>3793</v>
+      </c>
+      <c r="B1313" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1313" s="1" t="s">
+        <v>3794</v>
+      </c>
+      <c r="D1313" s="1" t="s">
         <v>3795</v>
-      </c>
-[...7 lines deleted...]
-        <v>3797</v>
       </c>
     </row>
     <row r="1314" spans="1:4">
       <c r="A1314" s="1" t="s">
+        <v>3796</v>
+      </c>
+      <c r="B1314" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1314" s="1" t="s">
+        <v>3797</v>
+      </c>
+      <c r="D1314" s="1" t="s">
         <v>3798</v>
-      </c>
-[...7 lines deleted...]
-        <v>3800</v>
       </c>
     </row>
     <row r="1315" spans="1:4">
       <c r="A1315" s="1" t="s">
+        <v>3799</v>
+      </c>
+      <c r="B1315" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1315" s="1" t="s">
+        <v>3800</v>
+      </c>
+      <c r="D1315" s="1" t="s">
         <v>3801</v>
-      </c>
-[...7 lines deleted...]
-        <v>3803</v>
       </c>
     </row>
     <row r="1316" spans="1:4">
       <c r="A1316" s="1" t="s">
+        <v>3802</v>
+      </c>
+      <c r="B1316" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1316" s="1" t="s">
+        <v>3803</v>
+      </c>
+      <c r="D1316" s="1" t="s">
         <v>3804</v>
-      </c>
-[...7 lines deleted...]
-        <v>3806</v>
       </c>
     </row>
     <row r="1317" spans="1:4">
       <c r="A1317" s="1" t="s">
+        <v>3805</v>
+      </c>
+      <c r="B1317" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1317" s="1" t="s">
+        <v>3806</v>
+      </c>
+      <c r="D1317" s="1" t="s">
         <v>3807</v>
-      </c>
-[...7 lines deleted...]
-        <v>3809</v>
       </c>
     </row>
     <row r="1318" spans="1:4">
       <c r="A1318" s="1" t="s">
+        <v>3808</v>
+      </c>
+      <c r="B1318" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1318" s="1" t="s">
+        <v>3809</v>
+      </c>
+      <c r="D1318" s="1" t="s">
         <v>3810</v>
-      </c>
-[...7 lines deleted...]
-        <v>3812</v>
       </c>
     </row>
     <row r="1319" spans="1:4">
       <c r="A1319" s="1" t="s">
+        <v>3811</v>
+      </c>
+      <c r="B1319" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1319" s="1" t="s">
+        <v>3812</v>
+      </c>
+      <c r="D1319" s="1" t="s">
         <v>3813</v>
-      </c>
-[...7 lines deleted...]
-        <v>3815</v>
       </c>
     </row>
     <row r="1320" spans="1:4">
       <c r="A1320" s="1" t="s">
+        <v>3814</v>
+      </c>
+      <c r="B1320" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1320" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D1320" s="1" t="s">
         <v>3816</v>
-      </c>
-[...7 lines deleted...]
-        <v>3818</v>
       </c>
     </row>
     <row r="1321" spans="1:4">
       <c r="A1321" s="1" t="s">
+        <v>3817</v>
+      </c>
+      <c r="B1321" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1321" s="1" t="s">
+        <v>3818</v>
+      </c>
+      <c r="D1321" s="1" t="s">
         <v>3819</v>
-      </c>
-[...7 lines deleted...]
-        <v>3821</v>
       </c>
     </row>
     <row r="1322" spans="1:4">
       <c r="A1322" s="1" t="s">
+        <v>3820</v>
+      </c>
+      <c r="B1322" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1322" s="1" t="s">
+        <v>3821</v>
+      </c>
+      <c r="D1322" s="1" t="s">
         <v>3822</v>
-      </c>
-[...7 lines deleted...]
-        <v>3824</v>
       </c>
     </row>
     <row r="1323" spans="1:4">
       <c r="A1323" s="1" t="s">
+        <v>3823</v>
+      </c>
+      <c r="B1323" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1323" s="1" t="s">
+        <v>3824</v>
+      </c>
+      <c r="D1323" s="1" t="s">
         <v>3825</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="1324" spans="1:4">
       <c r="A1324" s="1" t="s">
+        <v>3826</v>
+      </c>
+      <c r="B1324" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1324" s="1" t="s">
         <v>3827</v>
       </c>
-      <c r="B1324" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1324" s="1" t="s">
+      <c r="D1324" s="1" t="s">
         <v>3828</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="1325" spans="1:4">
       <c r="A1325" s="1" t="s">
         <v>3829</v>
       </c>
       <c r="B1325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1325" s="1" t="s">
         <v>3830</v>
       </c>
       <c r="D1325" s="1" t="s">
-        <v>271</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="1326" spans="1:4">
       <c r="A1326" s="1" t="s">
-        <v>3831</v>
+        <v>3832</v>
       </c>
       <c r="B1326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1326" s="1" t="s">
-        <v>3832</v>
+        <v>3833</v>
       </c>
       <c r="D1326" s="1" t="s">
-        <v>271</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="1327" spans="1:4">
       <c r="A1327" s="1" t="s">
-        <v>3833</v>
+        <v>3835</v>
       </c>
       <c r="B1327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>3834</v>
+        <v>3836</v>
       </c>
       <c r="D1327" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1328" spans="1:4">
       <c r="A1328" s="1" t="s">
-        <v>3835</v>
+        <v>3837</v>
       </c>
       <c r="B1328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>3836</v>
+        <v>3838</v>
       </c>
       <c r="D1328" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1329" spans="1:4">
       <c r="A1329" s="1" t="s">
-        <v>3837</v>
+        <v>3839</v>
       </c>
       <c r="B1329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1329" s="1" t="s">
-        <v>3838</v>
+        <v>3840</v>
       </c>
       <c r="D1329" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1330" spans="1:4">
       <c r="A1330" s="1" t="s">
-        <v>3839</v>
+        <v>3841</v>
       </c>
       <c r="B1330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1330" s="1" t="s">
-        <v>3840</v>
+        <v>3842</v>
       </c>
       <c r="D1330" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1331" spans="1:4">
       <c r="A1331" s="1" t="s">
-        <v>3841</v>
+        <v>3843</v>
       </c>
       <c r="B1331" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1331" s="1" t="s">
-        <v>3842</v>
+        <v>3844</v>
       </c>
       <c r="D1331" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1332" spans="1:4">
       <c r="A1332" s="1" t="s">
-        <v>3843</v>
+        <v>3845</v>
       </c>
       <c r="B1332" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1332" s="1" t="s">
-        <v>3844</v>
+        <v>3846</v>
       </c>
       <c r="D1332" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1333" spans="1:4">
       <c r="A1333" s="1" t="s">
-        <v>3845</v>
+        <v>3847</v>
       </c>
       <c r="B1333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1333" s="1" t="s">
-        <v>3846</v>
+        <v>3848</v>
       </c>
       <c r="D1333" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1334" spans="1:4">
       <c r="A1334" s="1" t="s">
-        <v>3847</v>
+        <v>3849</v>
       </c>
       <c r="B1334" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1334" s="1" t="s">
-        <v>3848</v>
+        <v>3850</v>
       </c>
       <c r="D1334" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1335" spans="1:4">
       <c r="A1335" s="1" t="s">
-        <v>3849</v>
+        <v>3851</v>
       </c>
       <c r="B1335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1335" s="1" t="s">
-        <v>3850</v>
+        <v>3852</v>
       </c>
       <c r="D1335" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1336" spans="1:4">
       <c r="A1336" s="1" t="s">
-        <v>3851</v>
+        <v>3853</v>
       </c>
       <c r="B1336" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1336" s="1" t="s">
-        <v>3852</v>
+        <v>3854</v>
       </c>
       <c r="D1336" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1337" spans="1:4">
       <c r="A1337" s="1" t="s">
-        <v>3853</v>
+        <v>3855</v>
       </c>
       <c r="B1337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1337" s="1" t="s">
-        <v>3854</v>
+        <v>3856</v>
       </c>
       <c r="D1337" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1338" spans="1:4">
       <c r="A1338" s="1" t="s">
-        <v>3855</v>
+        <v>3857</v>
       </c>
       <c r="B1338" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>3856</v>
+        <v>3858</v>
       </c>
       <c r="D1338" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1339" spans="1:4">
       <c r="A1339" s="1" t="s">
-        <v>3857</v>
+        <v>3859</v>
       </c>
       <c r="B1339" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>3858</v>
+        <v>3860</v>
       </c>
       <c r="D1339" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1340" spans="1:4">
       <c r="A1340" s="1" t="s">
-        <v>3859</v>
+        <v>3861</v>
       </c>
       <c r="B1340" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1340" s="1" t="s">
-        <v>3860</v>
+        <v>3862</v>
       </c>
       <c r="D1340" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1341" spans="1:4">
       <c r="A1341" s="1" t="s">
-        <v>3861</v>
+        <v>3863</v>
       </c>
       <c r="B1341" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>3862</v>
+        <v>3864</v>
       </c>
       <c r="D1341" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1342" spans="1:4">
       <c r="A1342" s="1" t="s">
-        <v>3863</v>
+        <v>3865</v>
       </c>
       <c r="B1342" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1342" s="1" t="s">
-        <v>3864</v>
+        <v>3866</v>
       </c>
       <c r="D1342" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1343" spans="1:4">
       <c r="A1343" s="1" t="s">
-        <v>3865</v>
+        <v>3867</v>
       </c>
       <c r="B1343" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1343" s="1" t="s">
-        <v>3866</v>
+        <v>3868</v>
       </c>
       <c r="D1343" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1344" spans="1:4">
       <c r="A1344" s="1" t="s">
-        <v>3867</v>
+        <v>3869</v>
       </c>
       <c r="B1344" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1344" s="1" t="s">
-        <v>3868</v>
+        <v>3870</v>
       </c>
       <c r="D1344" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1345" spans="1:4">
       <c r="A1345" s="1" t="s">
-        <v>3869</v>
+        <v>3871</v>
       </c>
       <c r="B1345" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1345" s="1" t="s">
-        <v>3870</v>
+        <v>3872</v>
       </c>
       <c r="D1345" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1346" spans="1:4">
       <c r="A1346" s="1" t="s">
-        <v>3871</v>
+        <v>3873</v>
       </c>
       <c r="B1346" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1346" s="1" t="s">
-        <v>3872</v>
+        <v>3874</v>
       </c>
       <c r="D1346" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1347" spans="1:4">
       <c r="A1347" s="1" t="s">
-        <v>3873</v>
+        <v>3875</v>
       </c>
       <c r="B1347" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1347" s="1" t="s">
-        <v>3874</v>
+        <v>3876</v>
       </c>
       <c r="D1347" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1348" spans="1:4">
       <c r="A1348" s="1" t="s">
-        <v>3875</v>
+        <v>3877</v>
       </c>
       <c r="B1348" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1348" s="1" t="s">
-        <v>3876</v>
+        <v>3878</v>
       </c>
       <c r="D1348" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1349" spans="1:4">
       <c r="A1349" s="1" t="s">
-        <v>3877</v>
+        <v>3879</v>
       </c>
       <c r="B1349" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1349" s="1" t="s">
-        <v>3878</v>
+        <v>3880</v>
       </c>
       <c r="D1349" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1350" spans="1:4">
       <c r="A1350" s="1" t="s">
-        <v>3879</v>
+        <v>3881</v>
       </c>
       <c r="B1350" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1350" s="1" t="s">
-        <v>3880</v>
+        <v>3882</v>
       </c>
       <c r="D1350" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1351" spans="1:4">
       <c r="A1351" s="1" t="s">
-        <v>3881</v>
+        <v>3883</v>
       </c>
       <c r="B1351" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1351" s="1" t="s">
-        <v>3882</v>
+        <v>3884</v>
       </c>
       <c r="D1351" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1352" spans="1:4">
       <c r="A1352" s="1" t="s">
-        <v>3883</v>
+        <v>3885</v>
       </c>
       <c r="B1352" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1352" s="1" t="s">
-        <v>3884</v>
+        <v>3886</v>
       </c>
       <c r="D1352" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1353" spans="1:4">
       <c r="A1353" s="1" t="s">
-        <v>3885</v>
+        <v>3887</v>
       </c>
       <c r="B1353" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1353" s="1" t="s">
-        <v>3886</v>
+        <v>3888</v>
       </c>
       <c r="D1353" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1354" spans="1:4">
       <c r="A1354" s="1" t="s">
-        <v>3887</v>
+        <v>3889</v>
       </c>
       <c r="B1354" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1354" s="1" t="s">
-        <v>3888</v>
+        <v>3890</v>
       </c>
       <c r="D1354" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1355" spans="1:4">
       <c r="A1355" s="1" t="s">
-        <v>3889</v>
+        <v>3891</v>
       </c>
       <c r="B1355" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1355" s="1" t="s">
-        <v>3890</v>
+        <v>3892</v>
       </c>
       <c r="D1355" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1356" spans="1:4">
       <c r="A1356" s="1" t="s">
-        <v>3891</v>
+        <v>3893</v>
       </c>
       <c r="B1356" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1356" s="1" t="s">
-        <v>3892</v>
+        <v>3894</v>
       </c>
       <c r="D1356" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1357" spans="1:4">
       <c r="A1357" s="1" t="s">
-        <v>3893</v>
+        <v>3895</v>
       </c>
       <c r="B1357" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1357" s="1" t="s">
-        <v>3894</v>
+        <v>3896</v>
       </c>
       <c r="D1357" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1358" spans="1:4">
       <c r="A1358" s="1" t="s">
-        <v>3895</v>
+        <v>3897</v>
       </c>
       <c r="B1358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1358" s="1" t="s">
-        <v>3896</v>
+        <v>3898</v>
       </c>
       <c r="D1358" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1359" spans="1:4">
       <c r="A1359" s="1" t="s">
-        <v>3897</v>
+        <v>3899</v>
       </c>
       <c r="B1359" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1359" s="1" t="s">
-        <v>3898</v>
+        <v>3900</v>
       </c>
       <c r="D1359" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1360" spans="1:4">
       <c r="A1360" s="1" t="s">
-        <v>3899</v>
+        <v>3901</v>
       </c>
       <c r="B1360" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1360" s="1" t="s">
-        <v>3900</v>
+        <v>3902</v>
       </c>
       <c r="D1360" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1361" spans="1:4">
       <c r="A1361" s="1" t="s">
-        <v>3901</v>
+        <v>3903</v>
       </c>
       <c r="B1361" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1361" s="1" t="s">
-        <v>3902</v>
+        <v>3904</v>
       </c>
       <c r="D1361" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1362" spans="1:4">
       <c r="A1362" s="1" t="s">
-        <v>3903</v>
+        <v>3905</v>
       </c>
       <c r="B1362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1362" s="1" t="s">
-        <v>3904</v>
+        <v>3906</v>
       </c>
       <c r="D1362" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1363" spans="1:4">
       <c r="A1363" s="1" t="s">
-        <v>3905</v>
+        <v>3907</v>
       </c>
       <c r="B1363" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1363" s="1" t="s">
-        <v>3906</v>
+        <v>3908</v>
       </c>
       <c r="D1363" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1364" spans="1:4">
       <c r="A1364" s="1" t="s">
-        <v>3907</v>
+        <v>3909</v>
       </c>
       <c r="B1364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1364" s="1" t="s">
-        <v>3908</v>
+        <v>3910</v>
       </c>
       <c r="D1364" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1365" spans="1:4">
       <c r="A1365" s="1" t="s">
-        <v>3909</v>
+        <v>3911</v>
       </c>
       <c r="B1365" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1365" s="1" t="s">
-        <v>3910</v>
+        <v>3912</v>
       </c>
       <c r="D1365" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1366" spans="1:4">
       <c r="A1366" s="1" t="s">
-        <v>3911</v>
+        <v>3913</v>
       </c>
       <c r="B1366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1366" s="1" t="s">
-        <v>3912</v>
+        <v>3914</v>
       </c>
       <c r="D1366" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1367" spans="1:4">
       <c r="A1367" s="1" t="s">
-        <v>3913</v>
+        <v>3915</v>
       </c>
       <c r="B1367" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1367" s="1" t="s">
-        <v>3914</v>
+        <v>3916</v>
       </c>
       <c r="D1367" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1368" spans="1:4">
       <c r="A1368" s="1" t="s">
-        <v>3915</v>
+        <v>3917</v>
       </c>
       <c r="B1368" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1368" s="1" t="s">
-        <v>3916</v>
+        <v>3918</v>
       </c>
       <c r="D1368" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1369" spans="1:4">
       <c r="A1369" s="1" t="s">
-        <v>3917</v>
+        <v>3919</v>
       </c>
       <c r="B1369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1369" s="1" t="s">
-        <v>3918</v>
+        <v>3920</v>
       </c>
       <c r="D1369" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1370" spans="1:4">
       <c r="A1370" s="1" t="s">
-        <v>3919</v>
+        <v>3921</v>
       </c>
       <c r="B1370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1370" s="1" t="s">
-        <v>3920</v>
+        <v>3922</v>
       </c>
       <c r="D1370" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1371" spans="1:4">
       <c r="A1371" s="1" t="s">
-        <v>3921</v>
+        <v>3923</v>
       </c>
       <c r="B1371" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1371" s="1" t="s">
-        <v>3922</v>
+        <v>3924</v>
       </c>
       <c r="D1371" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1372" spans="1:4">
       <c r="A1372" s="1" t="s">
-        <v>3923</v>
+        <v>3925</v>
       </c>
       <c r="B1372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1372" s="1" t="s">
-        <v>3924</v>
+        <v>3926</v>
       </c>
       <c r="D1372" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1373" spans="1:4">
       <c r="A1373" s="1" t="s">
-        <v>3925</v>
+        <v>3927</v>
       </c>
       <c r="B1373" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1373" s="1" t="s">
-        <v>3926</v>
+        <v>3928</v>
       </c>
       <c r="D1373" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1374" spans="1:4">
       <c r="A1374" s="1" t="s">
-        <v>3927</v>
+        <v>3929</v>
       </c>
       <c r="B1374" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1374" s="1" t="s">
-        <v>3928</v>
+        <v>3930</v>
       </c>
       <c r="D1374" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1375" spans="1:4">
       <c r="A1375" s="1" t="s">
-        <v>3929</v>
+        <v>3931</v>
       </c>
       <c r="B1375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1375" s="1" t="s">
-        <v>3930</v>
+        <v>3932</v>
       </c>
       <c r="D1375" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1376" spans="1:4">
       <c r="A1376" s="1" t="s">
-        <v>3931</v>
+        <v>3933</v>
       </c>
       <c r="B1376" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1376" s="1" t="s">
-        <v>3932</v>
+        <v>3934</v>
       </c>
       <c r="D1376" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1377" spans="1:4">
       <c r="A1377" s="1" t="s">
-        <v>3933</v>
+        <v>3935</v>
       </c>
       <c r="B1377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1377" s="1" t="s">
-        <v>3934</v>
+        <v>3936</v>
       </c>
       <c r="D1377" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1378" spans="1:4">
       <c r="A1378" s="1" t="s">
-        <v>3935</v>
+        <v>3937</v>
       </c>
       <c r="B1378" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1378" s="1" t="s">
-        <v>3936</v>
+        <v>3938</v>
       </c>
       <c r="D1378" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1379" spans="1:4">
       <c r="A1379" s="1" t="s">
-        <v>3937</v>
+        <v>3939</v>
       </c>
       <c r="B1379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1379" s="1" t="s">
-        <v>3938</v>
+        <v>3940</v>
       </c>
       <c r="D1379" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1380" spans="1:4">
       <c r="A1380" s="1" t="s">
-        <v>3939</v>
+        <v>3941</v>
       </c>
       <c r="B1380" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1380" s="1" t="s">
-        <v>3940</v>
+        <v>3942</v>
       </c>
       <c r="D1380" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1381" spans="1:4">
       <c r="A1381" s="1" t="s">
-        <v>3941</v>
+        <v>3943</v>
       </c>
       <c r="B1381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1381" s="1" t="s">
-        <v>3942</v>
+        <v>3944</v>
       </c>
       <c r="D1381" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1382" spans="1:4">
       <c r="A1382" s="1" t="s">
-        <v>3943</v>
+        <v>3945</v>
       </c>
       <c r="B1382" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1382" s="1" t="s">
-        <v>3944</v>
+        <v>3946</v>
       </c>
       <c r="D1382" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1383" spans="1:4">
       <c r="A1383" s="1" t="s">
-        <v>3945</v>
+        <v>3947</v>
       </c>
       <c r="B1383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1383" s="1" t="s">
-        <v>3946</v>
+        <v>3948</v>
       </c>
       <c r="D1383" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1384" spans="1:4">
       <c r="A1384" s="1" t="s">
-        <v>3947</v>
+        <v>3949</v>
       </c>
       <c r="B1384" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1384" s="1" t="s">
-        <v>3948</v>
+        <v>3950</v>
       </c>
       <c r="D1384" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1385" spans="1:4">
       <c r="A1385" s="1" t="s">
-        <v>3949</v>
+        <v>3951</v>
       </c>
       <c r="B1385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1385" s="1" t="s">
-        <v>3950</v>
+        <v>3952</v>
       </c>
       <c r="D1385" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1386" spans="1:4">
       <c r="A1386" s="1" t="s">
-        <v>3951</v>
+        <v>3953</v>
       </c>
       <c r="B1386" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1386" s="1" t="s">
-        <v>3952</v>
+        <v>3954</v>
       </c>
       <c r="D1386" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1387" spans="1:4">
       <c r="A1387" s="1" t="s">
-        <v>3953</v>
+        <v>3955</v>
       </c>
       <c r="B1387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1387" s="1" t="s">
-        <v>3954</v>
+        <v>3956</v>
       </c>
       <c r="D1387" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1388" spans="1:4">
       <c r="A1388" s="1" t="s">
-        <v>3955</v>
+        <v>3957</v>
       </c>
       <c r="B1388" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1388" s="1" t="s">
-        <v>3956</v>
+        <v>3958</v>
       </c>
       <c r="D1388" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1389" spans="1:4">
       <c r="A1389" s="1" t="s">
-        <v>3957</v>
+        <v>3959</v>
       </c>
       <c r="B1389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1389" s="1" t="s">
-        <v>3958</v>
+        <v>3960</v>
       </c>
       <c r="D1389" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1390" spans="1:4">
       <c r="A1390" s="1" t="s">
-        <v>3959</v>
+        <v>3961</v>
       </c>
       <c r="B1390" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1390" s="1" t="s">
-        <v>3960</v>
+        <v>3962</v>
       </c>
       <c r="D1390" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1391" spans="1:4">
       <c r="A1391" s="1" t="s">
-        <v>3961</v>
+        <v>3963</v>
       </c>
       <c r="B1391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1391" s="1" t="s">
-        <v>3962</v>
+        <v>3964</v>
       </c>
       <c r="D1391" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1392" spans="1:4">
       <c r="A1392" s="1" t="s">
-        <v>3963</v>
+        <v>3965</v>
       </c>
       <c r="B1392" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1392" s="1" t="s">
-        <v>3964</v>
+        <v>3966</v>
       </c>
       <c r="D1392" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1393" spans="1:4">
       <c r="A1393" s="1" t="s">
-        <v>3965</v>
+        <v>3967</v>
       </c>
       <c r="B1393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1393" s="1" t="s">
-        <v>3966</v>
+        <v>3968</v>
       </c>
       <c r="D1393" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1394" spans="1:4">
       <c r="A1394" s="1" t="s">
-        <v>3967</v>
+        <v>3969</v>
       </c>
       <c r="B1394" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1394" s="1" t="s">
-        <v>3968</v>
+        <v>3970</v>
       </c>
       <c r="D1394" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1395" spans="1:4">
       <c r="A1395" s="1" t="s">
-        <v>3969</v>
+        <v>3971</v>
       </c>
       <c r="B1395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1395" s="1" t="s">
-        <v>3970</v>
+        <v>3972</v>
       </c>
       <c r="D1395" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1396" spans="1:4">
       <c r="A1396" s="1" t="s">
-        <v>3971</v>
+        <v>3973</v>
       </c>
       <c r="B1396" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1396" s="1" t="s">
-        <v>3972</v>
+        <v>3974</v>
       </c>
       <c r="D1396" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1397" spans="1:4">
       <c r="A1397" s="1" t="s">
-        <v>3973</v>
+        <v>3975</v>
       </c>
       <c r="B1397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1397" s="1" t="s">
-        <v>3974</v>
+        <v>3976</v>
       </c>
       <c r="D1397" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1398" spans="1:4">
       <c r="A1398" s="1" t="s">
-        <v>3975</v>
+        <v>3977</v>
       </c>
       <c r="B1398" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1398" s="1" t="s">
-        <v>3976</v>
+        <v>3978</v>
       </c>
       <c r="D1398" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1399" spans="1:4">
       <c r="A1399" s="1" t="s">
-        <v>3977</v>
+        <v>3979</v>
       </c>
       <c r="B1399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1399" s="1" t="s">
-        <v>3978</v>
+        <v>3980</v>
       </c>
       <c r="D1399" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1400" spans="1:4">
       <c r="A1400" s="1" t="s">
-        <v>3979</v>
+        <v>3981</v>
       </c>
       <c r="B1400" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1400" s="1" t="s">
-        <v>3980</v>
+        <v>3982</v>
       </c>
       <c r="D1400" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1401" spans="1:4">
       <c r="A1401" s="1" t="s">
-        <v>3981</v>
+        <v>3983</v>
       </c>
       <c r="B1401" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1401" s="1" t="s">
-        <v>3982</v>
+        <v>3984</v>
       </c>
       <c r="D1401" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1402" spans="1:4">
       <c r="A1402" s="1" t="s">
-        <v>3983</v>
+        <v>3985</v>
       </c>
       <c r="B1402" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1402" s="1" t="s">
-        <v>3984</v>
+        <v>3986</v>
       </c>
       <c r="D1402" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1403" spans="1:4">
       <c r="A1403" s="1" t="s">
-        <v>3985</v>
+        <v>3987</v>
       </c>
       <c r="B1403" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1403" s="1" t="s">
-        <v>3986</v>
+        <v>3988</v>
       </c>
       <c r="D1403" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1404" spans="1:4">
       <c r="A1404" s="1" t="s">
-        <v>3987</v>
+        <v>3989</v>
       </c>
       <c r="B1404" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1404" s="1" t="s">
-        <v>3988</v>
+        <v>3990</v>
       </c>
       <c r="D1404" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1405" spans="1:4">
       <c r="A1405" s="1" t="s">
-        <v>3989</v>
+        <v>3991</v>
       </c>
       <c r="B1405" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1405" s="1" t="s">
-        <v>3990</v>
+        <v>3992</v>
       </c>
       <c r="D1405" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1406" spans="1:4">
       <c r="A1406" s="1" t="s">
-        <v>3991</v>
+        <v>3993</v>
       </c>
       <c r="B1406" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1406" s="1" t="s">
-        <v>3992</v>
+        <v>3994</v>
       </c>
       <c r="D1406" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1407" spans="1:4">
       <c r="A1407" s="1" t="s">
-        <v>3993</v>
+        <v>3995</v>
       </c>
       <c r="B1407" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1407" s="1" t="s">
-        <v>3994</v>
+        <v>3996</v>
       </c>
       <c r="D1407" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1408" spans="1:4">
       <c r="A1408" s="1" t="s">
-        <v>3995</v>
+        <v>3997</v>
       </c>
       <c r="B1408" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1408" s="1" t="s">
-        <v>3996</v>
+        <v>3998</v>
       </c>
       <c r="D1408" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1409" spans="1:4">
       <c r="A1409" s="1" t="s">
-        <v>3997</v>
+        <v>3999</v>
       </c>
       <c r="B1409" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1409" s="1" t="s">
-        <v>3998</v>
+        <v>4000</v>
       </c>
       <c r="D1409" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1410" spans="1:4">
       <c r="A1410" s="1" t="s">
-        <v>3999</v>
+        <v>4001</v>
       </c>
       <c r="B1410" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1410" s="1" t="s">
-        <v>4000</v>
+        <v>4002</v>
       </c>
       <c r="D1410" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1411" spans="1:4">
       <c r="A1411" s="1" t="s">
-        <v>4001</v>
+        <v>4003</v>
       </c>
       <c r="B1411" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1411" s="1" t="s">
-        <v>4002</v>
+        <v>4004</v>
       </c>
       <c r="D1411" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1412" spans="1:4">
       <c r="A1412" s="1" t="s">
-        <v>4003</v>
+        <v>4005</v>
       </c>
       <c r="B1412" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1412" s="1" t="s">
-        <v>4004</v>
+        <v>4006</v>
       </c>
       <c r="D1412" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1413" spans="1:4">
       <c r="A1413" s="1" t="s">
-        <v>4005</v>
+        <v>4007</v>
       </c>
       <c r="B1413" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1413" s="1" t="s">
-        <v>4006</v>
+        <v>4008</v>
       </c>
       <c r="D1413" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1414" spans="1:4">
       <c r="A1414" s="1" t="s">
-        <v>4007</v>
+        <v>4009</v>
       </c>
       <c r="B1414" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1414" s="1" t="s">
-        <v>4008</v>
+        <v>4010</v>
       </c>
       <c r="D1414" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1415" spans="1:4">
       <c r="A1415" s="1" t="s">
-        <v>4009</v>
+        <v>4011</v>
       </c>
       <c r="B1415" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1415" s="1" t="s">
-        <v>4010</v>
+        <v>4012</v>
       </c>
       <c r="D1415" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1416" spans="1:4">
       <c r="A1416" s="1" t="s">
-        <v>4011</v>
+        <v>4013</v>
       </c>
       <c r="B1416" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1416" s="1" t="s">
-        <v>4012</v>
+        <v>4014</v>
       </c>
       <c r="D1416" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1417" spans="1:4">
       <c r="A1417" s="1" t="s">
-        <v>4013</v>
+        <v>4015</v>
       </c>
       <c r="B1417" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1417" s="1" t="s">
-        <v>4014</v>
+        <v>4016</v>
       </c>
       <c r="D1417" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1418" spans="1:4">
       <c r="A1418" s="1" t="s">
-        <v>4015</v>
+        <v>4017</v>
       </c>
       <c r="B1418" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1418" s="1" t="s">
-        <v>4016</v>
+        <v>4018</v>
       </c>
       <c r="D1418" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1419" spans="1:4">
       <c r="A1419" s="1" t="s">
-        <v>4017</v>
+        <v>4019</v>
       </c>
       <c r="B1419" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1419" s="1" t="s">
-        <v>4018</v>
+        <v>4020</v>
       </c>
       <c r="D1419" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1420" spans="1:4">
       <c r="A1420" s="1" t="s">
-        <v>4019</v>
+        <v>4021</v>
       </c>
       <c r="B1420" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1420" s="1" t="s">
-        <v>4020</v>
+        <v>4022</v>
       </c>
       <c r="D1420" s="1" t="s">
-        <v>4021</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1421" spans="1:4">
       <c r="A1421" s="1" t="s">
-        <v>4022</v>
+        <v>4023</v>
       </c>
       <c r="B1421" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1421" s="1" t="s">
-        <v>4023</v>
+        <v>4024</v>
       </c>
       <c r="D1421" s="1" t="s">
-        <v>4024</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1422" spans="1:4">
       <c r="A1422" s="1" t="s">
         <v>4025</v>
       </c>
       <c r="B1422" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1422" s="1" t="s">
         <v>4026</v>
       </c>
       <c r="D1422" s="1" t="s">
-        <v>4027</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1423" spans="1:4">
       <c r="A1423" s="1" t="s">
+        <v>4027</v>
+      </c>
+      <c r="B1423" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1423" s="1" t="s">
         <v>4028</v>
       </c>
-      <c r="B1423" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1423" s="1" t="s">
-        <v>4030</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1424" spans="1:4">
       <c r="A1424" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="B1424" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1424" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1424" s="1" t="s">
         <v>4031</v>
-      </c>
-[...7 lines deleted...]
-        <v>4033</v>
       </c>
     </row>
     <row r="1425" spans="1:4">
       <c r="A1425" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="B1425" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1425" s="1" t="s">
+        <v>4033</v>
+      </c>
+      <c r="D1425" s="1" t="s">
         <v>4034</v>
-      </c>
-[...7 lines deleted...]
-        <v>4036</v>
       </c>
     </row>
     <row r="1426" spans="1:4">
       <c r="A1426" s="1" t="s">
+        <v>4035</v>
+      </c>
+      <c r="B1426" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1426" s="1" t="s">
+        <v>4036</v>
+      </c>
+      <c r="D1426" s="1" t="s">
         <v>4037</v>
-      </c>
-[...7 lines deleted...]
-        <v>4039</v>
       </c>
     </row>
     <row r="1427" spans="1:4">
       <c r="A1427" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B1427" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1427" s="1" t="s">
+        <v>4039</v>
+      </c>
+      <c r="D1427" s="1" t="s">
         <v>4040</v>
-      </c>
-[...7 lines deleted...]
-        <v>4042</v>
       </c>
     </row>
     <row r="1428" spans="1:4">
       <c r="A1428" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="B1428" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1428" s="1" t="s">
+        <v>4042</v>
+      </c>
+      <c r="D1428" s="1" t="s">
         <v>4043</v>
-      </c>
-[...7 lines deleted...]
-        <v>4045</v>
       </c>
     </row>
     <row r="1429" spans="1:4">
       <c r="A1429" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="B1429" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1429" s="1" t="s">
+        <v>4045</v>
+      </c>
+      <c r="D1429" s="1" t="s">
         <v>4046</v>
-      </c>
-[...7 lines deleted...]
-        <v>4048</v>
       </c>
     </row>
     <row r="1430" spans="1:4">
       <c r="A1430" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="B1430" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1430" s="1" t="s">
+        <v>4048</v>
+      </c>
+      <c r="D1430" s="1" t="s">
         <v>4049</v>
-      </c>
-[...7 lines deleted...]
-        <v>4051</v>
       </c>
     </row>
     <row r="1431" spans="1:4">
       <c r="A1431" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B1431" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1431" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D1431" s="1" t="s">
         <v>4052</v>
-      </c>
-[...7 lines deleted...]
-        <v>4054</v>
       </c>
     </row>
     <row r="1432" spans="1:4">
       <c r="A1432" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="B1432" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1432" s="1" t="s">
+        <v>4054</v>
+      </c>
+      <c r="D1432" s="1" t="s">
         <v>4055</v>
-      </c>
-[...7 lines deleted...]
-        <v>4057</v>
       </c>
     </row>
     <row r="1433" spans="1:4">
       <c r="A1433" s="1" t="s">
+        <v>4056</v>
+      </c>
+      <c r="B1433" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1433" s="1" t="s">
+        <v>4057</v>
+      </c>
+      <c r="D1433" s="1" t="s">
         <v>4058</v>
-      </c>
-[...7 lines deleted...]
-        <v>4060</v>
       </c>
     </row>
     <row r="1434" spans="1:4">
       <c r="A1434" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="B1434" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1434" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="D1434" s="1" t="s">
         <v>4061</v>
-      </c>
-[...7 lines deleted...]
-        <v>4063</v>
       </c>
     </row>
     <row r="1435" spans="1:4">
       <c r="A1435" s="1" t="s">
+        <v>4062</v>
+      </c>
+      <c r="B1435" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1435" s="1" t="s">
+        <v>4063</v>
+      </c>
+      <c r="D1435" s="1" t="s">
         <v>4064</v>
-      </c>
-[...7 lines deleted...]
-        <v>4066</v>
       </c>
     </row>
     <row r="1436" spans="1:4">
       <c r="A1436" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="B1436" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1436" s="1" t="s">
+        <v>4066</v>
+      </c>
+      <c r="D1436" s="1" t="s">
         <v>4067</v>
-      </c>
-[...7 lines deleted...]
-        <v>4069</v>
       </c>
     </row>
     <row r="1437" spans="1:4">
       <c r="A1437" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="B1437" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1437" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1437" s="1" t="s">
         <v>4070</v>
-      </c>
-[...7 lines deleted...]
-        <v>4072</v>
       </c>
     </row>
     <row r="1438" spans="1:4">
       <c r="A1438" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="B1438" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1438" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="D1438" s="1" t="s">
         <v>4073</v>
-      </c>
-[...7 lines deleted...]
-        <v>4075</v>
       </c>
     </row>
     <row r="1439" spans="1:4">
       <c r="A1439" s="1" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B1439" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1439" s="1" t="s">
+        <v>4075</v>
+      </c>
+      <c r="D1439" s="1" t="s">
         <v>4076</v>
-      </c>
-[...7 lines deleted...]
-        <v>4078</v>
       </c>
     </row>
     <row r="1440" spans="1:4">
       <c r="A1440" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B1440" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1440" s="1" t="s">
+        <v>4078</v>
+      </c>
+      <c r="D1440" s="1" t="s">
         <v>4079</v>
-      </c>
-[...7 lines deleted...]
-        <v>4081</v>
       </c>
     </row>
     <row r="1441" spans="1:4">
       <c r="A1441" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="B1441" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1441" s="1" t="s">
+        <v>4081</v>
+      </c>
+      <c r="D1441" s="1" t="s">
         <v>4082</v>
-      </c>
-[...7 lines deleted...]
-        <v>4084</v>
       </c>
     </row>
     <row r="1442" spans="1:4">
       <c r="A1442" s="1" t="s">
+        <v>4083</v>
+      </c>
+      <c r="B1442" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1442" s="1" t="s">
+        <v>4084</v>
+      </c>
+      <c r="D1442" s="1" t="s">
         <v>4085</v>
-      </c>
-[...7 lines deleted...]
-        <v>4087</v>
       </c>
     </row>
     <row r="1443" spans="1:4">
       <c r="A1443" s="1" t="s">
+        <v>4086</v>
+      </c>
+      <c r="B1443" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1443" s="1" t="s">
+        <v>4087</v>
+      </c>
+      <c r="D1443" s="1" t="s">
         <v>4088</v>
-      </c>
-[...7 lines deleted...]
-        <v>4090</v>
       </c>
     </row>
     <row r="1444" spans="1:4">
       <c r="A1444" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="B1444" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1444" s="1" t="s">
+        <v>4090</v>
+      </c>
+      <c r="D1444" s="1" t="s">
         <v>4091</v>
-      </c>
-[...7 lines deleted...]
-        <v>4093</v>
       </c>
     </row>
     <row r="1445" spans="1:4">
       <c r="A1445" s="1" t="s">
+        <v>4092</v>
+      </c>
+      <c r="B1445" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1445" s="1" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D1445" s="1" t="s">
         <v>4094</v>
-      </c>
-[...7 lines deleted...]
-        <v>4096</v>
       </c>
     </row>
     <row r="1446" spans="1:4">
       <c r="A1446" s="1" t="s">
+        <v>4095</v>
+      </c>
+      <c r="B1446" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1446" s="1" t="s">
+        <v>4096</v>
+      </c>
+      <c r="D1446" s="1" t="s">
         <v>4097</v>
-      </c>
-[...7 lines deleted...]
-        <v>4099</v>
       </c>
     </row>
     <row r="1447" spans="1:4">
       <c r="A1447" s="1" t="s">
+        <v>4098</v>
+      </c>
+      <c r="B1447" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1447" s="1" t="s">
+        <v>4099</v>
+      </c>
+      <c r="D1447" s="1" t="s">
         <v>4100</v>
-      </c>
-[...7 lines deleted...]
-        <v>4102</v>
       </c>
     </row>
     <row r="1448" spans="1:4">
       <c r="A1448" s="1" t="s">
+        <v>4101</v>
+      </c>
+      <c r="B1448" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1448" s="1" t="s">
+        <v>4102</v>
+      </c>
+      <c r="D1448" s="1" t="s">
         <v>4103</v>
-      </c>
-[...7 lines deleted...]
-        <v>4105</v>
       </c>
     </row>
     <row r="1449" spans="1:4">
       <c r="A1449" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="B1449" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1449" s="1" t="s">
+        <v>4105</v>
+      </c>
+      <c r="D1449" s="1" t="s">
         <v>4106</v>
-      </c>
-[...7 lines deleted...]
-        <v>4107</v>
       </c>
     </row>
     <row r="1450" spans="1:4">
       <c r="A1450" s="1" t="s">
+        <v>4107</v>
+      </c>
+      <c r="B1450" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1450" s="1" t="s">
         <v>4108</v>
       </c>
-      <c r="B1450" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1450" s="1" t="s">
+      <c r="D1450" s="1" t="s">
         <v>4109</v>
-      </c>
-[...1 lines deleted...]
-        <v>4110</v>
       </c>
     </row>
     <row r="1451" spans="1:4">
       <c r="A1451" s="1" t="s">
+        <v>4110</v>
+      </c>
+      <c r="B1451" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1451" s="1" t="s">
         <v>4111</v>
       </c>
-      <c r="B1451" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1451" s="1" t="s">
+      <c r="D1451" s="1" t="s">
         <v>4112</v>
-      </c>
-[...1 lines deleted...]
-        <v>4113</v>
       </c>
     </row>
     <row r="1452" spans="1:4">
       <c r="A1452" s="1" t="s">
+        <v>4113</v>
+      </c>
+      <c r="B1452" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1452" s="1" t="s">
         <v>4114</v>
       </c>
-      <c r="B1452" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1452" s="1" t="s">
+      <c r="D1452" s="1" t="s">
         <v>4115</v>
-      </c>
-[...1 lines deleted...]
-        <v>4116</v>
       </c>
     </row>
     <row r="1453" spans="1:4">
       <c r="A1453" s="1" t="s">
+        <v>4116</v>
+      </c>
+      <c r="B1453" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1453" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="D1453" s="1" t="s">
         <v>4117</v>
-      </c>
-[...7 lines deleted...]
-        <v>4119</v>
       </c>
     </row>
     <row r="1454" spans="1:4">
       <c r="A1454" s="1" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1454" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1454" s="1" t="s">
+        <v>4119</v>
+      </c>
+      <c r="D1454" s="1" t="s">
         <v>4120</v>
-      </c>
-[...7 lines deleted...]
-        <v>4122</v>
       </c>
     </row>
     <row r="1455" spans="1:4">
       <c r="A1455" s="1" t="s">
+        <v>4121</v>
+      </c>
+      <c r="B1455" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1455" s="1" t="s">
+        <v>4122</v>
+      </c>
+      <c r="D1455" s="1" t="s">
         <v>4123</v>
-      </c>
-[...7 lines deleted...]
-        <v>4125</v>
       </c>
     </row>
     <row r="1456" spans="1:4">
       <c r="A1456" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="B1456" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1456" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D1456" s="1" t="s">
         <v>4126</v>
-      </c>
-[...7 lines deleted...]
-        <v>4128</v>
       </c>
     </row>
     <row r="1457" spans="1:4">
       <c r="A1457" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="B1457" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1457" s="1" t="s">
+        <v>4128</v>
+      </c>
+      <c r="D1457" s="1" t="s">
         <v>4129</v>
-      </c>
-[...7 lines deleted...]
-        <v>4131</v>
       </c>
     </row>
     <row r="1458" spans="1:4">
       <c r="A1458" s="1" t="s">
+        <v>4130</v>
+      </c>
+      <c r="B1458" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1458" s="1" t="s">
+        <v>4131</v>
+      </c>
+      <c r="D1458" s="1" t="s">
         <v>4132</v>
-      </c>
-[...7 lines deleted...]
-        <v>4134</v>
       </c>
     </row>
     <row r="1459" spans="1:4">
       <c r="A1459" s="1" t="s">
+        <v>4133</v>
+      </c>
+      <c r="B1459" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1459" s="1" t="s">
+        <v>4134</v>
+      </c>
+      <c r="D1459" s="1" t="s">
         <v>4135</v>
-      </c>
-[...7 lines deleted...]
-        <v>4137</v>
       </c>
     </row>
     <row r="1460" spans="1:4">
       <c r="A1460" s="1" t="s">
+        <v>4136</v>
+      </c>
+      <c r="B1460" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1460" s="1" t="s">
+        <v>4137</v>
+      </c>
+      <c r="D1460" s="1" t="s">
         <v>4138</v>
-      </c>
-[...7 lines deleted...]
-        <v>4140</v>
       </c>
     </row>
     <row r="1461" spans="1:4">
       <c r="A1461" s="1" t="s">
+        <v>4139</v>
+      </c>
+      <c r="B1461" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1461" s="1" t="s">
+        <v>4140</v>
+      </c>
+      <c r="D1461" s="1" t="s">
         <v>4141</v>
-      </c>
-[...7 lines deleted...]
-        <v>4143</v>
       </c>
     </row>
     <row r="1462" spans="1:4">
       <c r="A1462" s="1" t="s">
+        <v>4142</v>
+      </c>
+      <c r="B1462" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1462" s="1" t="s">
+        <v>4143</v>
+      </c>
+      <c r="D1462" s="1" t="s">
         <v>4144</v>
-      </c>
-[...7 lines deleted...]
-        <v>4146</v>
       </c>
     </row>
     <row r="1463" spans="1:4">
       <c r="A1463" s="1" t="s">
+        <v>4145</v>
+      </c>
+      <c r="B1463" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1463" s="1" t="s">
+        <v>4146</v>
+      </c>
+      <c r="D1463" s="1" t="s">
         <v>4147</v>
-      </c>
-[...7 lines deleted...]
-        <v>4149</v>
       </c>
     </row>
     <row r="1464" spans="1:4">
       <c r="A1464" s="1" t="s">
+        <v>4148</v>
+      </c>
+      <c r="B1464" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1464" s="1" t="s">
+        <v>4149</v>
+      </c>
+      <c r="D1464" s="1" t="s">
         <v>4150</v>
-      </c>
-[...7 lines deleted...]
-        <v>4152</v>
       </c>
     </row>
     <row r="1465" spans="1:4">
       <c r="A1465" s="1" t="s">
+        <v>4151</v>
+      </c>
+      <c r="B1465" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1465" s="1" t="s">
+        <v>4152</v>
+      </c>
+      <c r="D1465" s="1" t="s">
         <v>4153</v>
-      </c>
-[...7 lines deleted...]
-        <v>4155</v>
       </c>
     </row>
     <row r="1466" spans="1:4">
       <c r="A1466" s="1" t="s">
+        <v>4154</v>
+      </c>
+      <c r="B1466" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1466" s="1" t="s">
+        <v>4155</v>
+      </c>
+      <c r="D1466" s="1" t="s">
         <v>4156</v>
-      </c>
-[...7 lines deleted...]
-        <v>4158</v>
       </c>
     </row>
     <row r="1467" spans="1:4">
       <c r="A1467" s="1" t="s">
+        <v>4157</v>
+      </c>
+      <c r="B1467" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1467" s="1" t="s">
+        <v>4158</v>
+      </c>
+      <c r="D1467" s="1" t="s">
         <v>4159</v>
-      </c>
-[...7 lines deleted...]
-        <v>4161</v>
       </c>
     </row>
     <row r="1468" spans="1:4">
       <c r="A1468" s="1" t="s">
+        <v>4160</v>
+      </c>
+      <c r="B1468" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1468" s="1" t="s">
+        <v>4161</v>
+      </c>
+      <c r="D1468" s="1" t="s">
         <v>4162</v>
-      </c>
-[...7 lines deleted...]
-        <v>4164</v>
       </c>
     </row>
     <row r="1469" spans="1:4">
       <c r="A1469" s="1" t="s">
+        <v>4163</v>
+      </c>
+      <c r="B1469" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1469" s="1" t="s">
+        <v>4164</v>
+      </c>
+      <c r="D1469" s="1" t="s">
         <v>4165</v>
-      </c>
-[...7 lines deleted...]
-        <v>4166</v>
       </c>
     </row>
     <row r="1470" spans="1:4">
       <c r="A1470" s="1" t="s">
+        <v>4166</v>
+      </c>
+      <c r="B1470" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1470" s="1" t="s">
         <v>4167</v>
       </c>
-      <c r="B1470" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1470" s="1" t="s">
+      <c r="D1470" s="1" t="s">
         <v>4168</v>
-      </c>
-[...1 lines deleted...]
-        <v>4169</v>
       </c>
     </row>
     <row r="1471" spans="1:4">
       <c r="A1471" s="1" t="s">
+        <v>4169</v>
+      </c>
+      <c r="B1471" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1471" s="1" t="s">
         <v>4170</v>
       </c>
-      <c r="B1471" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1471" s="1" t="s">
+      <c r="D1471" s="1" t="s">
         <v>4171</v>
-      </c>
-[...1 lines deleted...]
-        <v>4172</v>
       </c>
     </row>
     <row r="1472" spans="1:4">
       <c r="A1472" s="1" t="s">
+        <v>4172</v>
+      </c>
+      <c r="B1472" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1472" s="1" t="s">
         <v>4173</v>
       </c>
-      <c r="B1472" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1472" s="1" t="s">
+      <c r="D1472" s="1" t="s">
         <v>4174</v>
-      </c>
-[...1 lines deleted...]
-        <v>4175</v>
       </c>
     </row>
     <row r="1473" spans="1:4">
       <c r="A1473" s="1" t="s">
+        <v>4175</v>
+      </c>
+      <c r="B1473" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1473" s="1" t="s">
+        <v>4137</v>
+      </c>
+      <c r="D1473" s="1" t="s">
         <v>4176</v>
-      </c>
-[...7 lines deleted...]
-        <v>4178</v>
       </c>
     </row>
     <row r="1474" spans="1:4">
       <c r="A1474" s="1" t="s">
+        <v>4177</v>
+      </c>
+      <c r="B1474" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1474" s="1" t="s">
+        <v>4178</v>
+      </c>
+      <c r="D1474" s="1" t="s">
         <v>4179</v>
-      </c>
-[...7 lines deleted...]
-        <v>4181</v>
       </c>
     </row>
     <row r="1475" spans="1:4">
       <c r="A1475" s="1" t="s">
+        <v>4180</v>
+      </c>
+      <c r="B1475" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1475" s="1" t="s">
+        <v>4181</v>
+      </c>
+      <c r="D1475" s="1" t="s">
         <v>4182</v>
-      </c>
-[...7 lines deleted...]
-        <v>4184</v>
       </c>
     </row>
     <row r="1476" spans="1:4">
       <c r="A1476" s="1" t="s">
+        <v>4183</v>
+      </c>
+      <c r="B1476" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1476" s="1" t="s">
+        <v>4184</v>
+      </c>
+      <c r="D1476" s="1" t="s">
         <v>4185</v>
-      </c>
-[...7 lines deleted...]
-        <v>4187</v>
       </c>
     </row>
     <row r="1477" spans="1:4">
       <c r="A1477" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="B1477" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1477" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1477" s="1" t="s">
         <v>4188</v>
-      </c>
-[...7 lines deleted...]
-        <v>4189</v>
       </c>
     </row>
     <row r="1478" spans="1:4">
       <c r="A1478" s="1" t="s">
+        <v>4189</v>
+      </c>
+      <c r="B1478" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1478" s="1" t="s">
         <v>4190</v>
-      </c>
-[...4 lines deleted...]
-        <v>4186</v>
       </c>
       <c r="D1478" s="1" t="s">
         <v>4191</v>
       </c>
     </row>
     <row r="1479" spans="1:4">
       <c r="A1479" s="1" t="s">
         <v>4192</v>
       </c>
       <c r="B1479" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1479" s="1" t="s">
-        <v>4186</v>
+        <v>4193</v>
       </c>
       <c r="D1479" s="1" t="s">
-        <v>4193</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="1480" spans="1:4">
       <c r="A1480" s="1" t="s">
-        <v>4194</v>
+        <v>4195</v>
       </c>
       <c r="B1480" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1480" s="1" t="s">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="D1480" s="1" t="s">
-        <v>4195</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="1481" spans="1:4">
       <c r="A1481" s="1" t="s">
+        <v>4198</v>
+      </c>
+      <c r="B1481" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1481" s="1" t="s">
         <v>4196</v>
       </c>
-      <c r="B1481" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1481" s="1" t="s">
-        <v>4197</v>
+        <v>4199</v>
       </c>
     </row>
     <row r="1482" spans="1:4">
       <c r="A1482" s="1" t="s">
-        <v>4198</v>
+        <v>4200</v>
       </c>
       <c r="B1482" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1482" s="1" t="s">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="D1482" s="1" t="s">
-        <v>4199</v>
+        <v>4201</v>
       </c>
     </row>
     <row r="1483" spans="1:4">
       <c r="A1483" s="1" t="s">
-        <v>4200</v>
+        <v>4202</v>
       </c>
       <c r="B1483" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1483" s="1" t="s">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="D1483" s="1" t="s">
-        <v>4201</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="1484" spans="1:4">
       <c r="A1484" s="1" t="s">
-        <v>4202</v>
+        <v>4204</v>
       </c>
       <c r="B1484" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1484" s="1" t="s">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="D1484" s="1" t="s">
-        <v>4203</v>
+        <v>4205</v>
       </c>
     </row>
     <row r="1485" spans="1:4">
       <c r="A1485" s="1" t="s">
-        <v>4204</v>
+        <v>4206</v>
       </c>
       <c r="B1485" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1485" s="1" t="s">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="D1485" s="1" t="s">
-        <v>4205</v>
+        <v>4207</v>
       </c>
     </row>
     <row r="1486" spans="1:4">
       <c r="A1486" s="1" t="s">
-        <v>4206</v>
+        <v>4208</v>
       </c>
       <c r="B1486" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1486" s="1" t="s">
-        <v>4207</v>
+        <v>4196</v>
       </c>
       <c r="D1486" s="1" t="s">
-        <v>4208</v>
+        <v>4209</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:4">
+      <c r="A1487" s="1" t="s">
+        <v>4210</v>
+      </c>
+      <c r="B1487" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1487" s="1" t="s">
+        <v>4196</v>
+      </c>
+      <c r="D1487" s="1" t="s">
+        <v>4211</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:4">
+      <c r="A1488" s="1" t="s">
+        <v>4212</v>
+      </c>
+      <c r="B1488" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1488" s="1" t="s">
+        <v>4196</v>
+      </c>
+      <c r="D1488" s="1" t="s">
+        <v>4213</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:4">
+      <c r="A1489" s="1" t="s">
+        <v>4214</v>
+      </c>
+      <c r="B1489" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1489" s="1" t="s">
+        <v>4196</v>
+      </c>
+      <c r="D1489" s="1" t="s">
+        <v>4215</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:4">
+      <c r="A1490" s="1" t="s">
+        <v>4216</v>
+      </c>
+      <c r="B1490" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1490" s="1" t="s">
+        <v>4217</v>
+      </c>
+      <c r="D1490" s="1" t="s">
+        <v>4218</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>