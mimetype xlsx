--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -12,76 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hubs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
-[...7 lines deleted...]
-    <t>Descripción</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+  <si>
+    <t>Name</t>
+  </si>
+  <si>
+    <t>Hub Types</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT</t>
+  </si>
+  <si>
+    <t>Hubs</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT is the one-stop shop dedicated to facilitating the generation of economic value from renewable organic resources in Catalonia. A place where companies and entrepreneurs can turn to find the solutions they need to take the next step.</t>
+  </si>
+  <si>
+    <t>CTA (Technological Corporation of Andalusia)</t>
+  </si>
+  <si>
+    <t>Business associations, Platform, Hubs</t>
+  </si>
+  <si>
+    <t>CTA is the multi-sector innovation cluster of Andalusia with national and international activity. It helps companies, public administrations, and universities plan an R&amp;D&amp;I strategy aligned with their needs. From identifying R&amp;D&amp;I needs and formulating projects to address them, to finding partners and funding, it supports companies throughout their innovation projects. It is a strategic ally for transforming results into business opportunities and a successful partner in international innovation projects. It is a private foundation with more than 186 member companies and 20 years of experience , originally promoted by the Junta de Andalucía and with private management, dedicated to promoting technological innovation. More than 186 companies are part of CTA. From large international corporations to SMEs or technology startups from all economic sectors.</t>
+  </si>
+  <si>
+    <t>Smart Agro Hub</t>
+  </si>
+  <si>
+    <t>Smart Agro Hub is an ecosystem of research, practical knowledge and entrepreneurship , which contributes to the creation of a more environmentally friendly agricultural production system based on digital technologies. The vision of the center of competence is to be a catalyst for the digital transformation of Greek agriculture and the formation of a new sustainable production model in the agri-food sector, through innovative solutions. The mission of the Smart Agro Hub is: To provide producers with smart and efficient agrotechnological solutions to increase yields, reduce production costs and improve their environmental footprint. To provide the food industry with sustainable solutions to establish and meet sustainability goals in compliance with international standards and gain a competitive position in the market. Hub Activities : The development of innovative solutions for the digital transformation of Greek agriculture The development, testing, evaluation, and improvement of agricultural technologies In conducting agricultural experiments Providing sustainability consulting services Environmental footprint assessment of the agri-food chain Development of innovative digital products and technologies in the agri-food sector Conduct scientific research and participate in research projects in the field of agriculture and biotechnology.</t>
+  </si>
+  <si>
+    <t>Basque Energy Cluster</t>
+  </si>
+  <si>
+    <t>Cluster Association that brings together and represents companies in the Basque energy industry to strengthen their positioning and competitive capacity. We are the meeting point and connection point for companies, organizations and public entities that develop their activity around the energy value chains. We promote and coordinate collaborative actions to improve the competitiveness of the Basque energy industry. The Cluster develops R&amp;D projects in Industry Decarbonization, Wind Power, Hydrogen and renewable fuels, Smart Grids and Solar Photovoltaics ( Agrovitivoltaica project)</t>
+  </si>
+  <si>
+    <t>DIH-LEAF (Livestock, Environment, Agriculture and Forest)</t>
+  </si>
+  <si>
+    <t>The Digital Innovation Center (DIH) focused on the livestock, environment, agriculture , and forestry sectors (DIH-LEAF) is comprised of various stakeholders connected to the production sector and different technological initiatives. Participating in DIH-LEAF are universities and technology centers, companies, producer associations, non-profit organizations, and others. To address the challenge of digitalization and technological innovation in this broad productive sector, DIH-LEAF has been established as a unique and autonomous digitalization ecosystem with the ultimate goal of digitizing these entities, thereby increasing their efficiency, competitiveness, and sustainability through the application of Information and Communication Technologies (ICTs). This contributes to the sustainable development of both rural and urban areas. The following are the services offered by DIH-LEAF: Trial and experimentation Training Support in finding sources of funding</t>
+  </si>
+  <si>
+    <t>Basque Digital Innovation Hub (Bdih)</t>
+  </si>
+  <si>
+    <t>The Basque Digital Innovation Hub (Bdih) provides SMEs with access to the technological capabilities needed to meet the challenges of smart industry, energy and health, and to evolve in the digital and sustainable environment. The Hub provides companies with infrastructure and expertise. Laboratories, equipment, software, scientific and technological capabilities, and an expert team support each project at one of these 8 nodes: Flexible and collaborative robotics node Advanced Materials Node Node of Intelligent and Connected Machines Additive Manufacturing Node Cybersecurity Node Digital Electrical Networks Node Medical Devices and Digital Health Node Artificial Intelligence Node</t>
+  </si>
+  <si>
+    <t>Basque Circular Hub</t>
+  </si>
+  <si>
+    <t>The Basque Circular HUB is an initiative whose objective is to offer advanced circular economy services in the Basque Country . Managed by the public company Ihobe, it is the result of a public-private collaboration between the Basque Government, the Bilbao City Council, the Vitoria-Gasteiz City Council, the University of Deusto, the University of the Basque Country (UPV-EHU), Mondragón University, the University of Navarra, the Euskadi Vocational Training Applied Research Center (Tknika), and the Novia Salcedo Foundation. The Basque Circular HUB offers market research, advanced training, trend analysis, and expert knowledge generation services in the field of the circular economy. Specifically, it promotes the development of circular economy technical projects in Basque companies with the participation of young professionals trained at the HUB. Companies benefit from young specialists with the knowledge to integrate the circular economy into their processes, and students gain access to a work environment to put their learning into practice.</t>
   </si>
   <si>
     <t>SERIDA-HUB</t>
   </si>
   <si>
-    <t>Hubs</t>
-[...1 lines deleted...]
-  <si>
     <t>The HUB seeks to enhance public-private collaboration and provide stakeholders with a network of demo farms with R&amp;D and demonstration activities. The SERIDA-HUB Demo Farms network consists of 6 farms, with more than 400 hectares of farms representing different soil, climate and ecosystem conditions, equipped with greenhouses, growth chambers, laboratories and herds. At SERIDA-HUB, demonstration studies can be carried out with the aim of transferring scientific innovation to the agri-food sector and promoting living labs and light houses, as a way to foster public-private collaboration and establish synergies between science, technology, agriculture and livestock.</t>
   </si>
   <si>
-    <t>BIOHUBCAT</t>
-[...4 lines deleted...]
-  <si>
     <t>IRIS: European Digital Innovation Hub Navarra</t>
   </si>
   <si>
     <t>A hub that offers digital transformation service seekers in Navarre information on the services that meet their needs and manages the necessary procedures for their arrangement.</t>
   </si>
   <si>
     <t>Technologies for Efficiency Digital Innovation Hub Extremadura (T4E DIH)</t>
   </si>
   <si>
     <t>Digital innovation hub in Extremadura whose objective is to promote digital transformation in the region through innovation and technology projects</t>
   </si>
   <si>
     <t>Asturias Digital Innovation HUB (AsDIH)</t>
   </si>
   <si>
     <t>A space where companies can experiment with the technology before investing in it and participate in complementary demonstration activities and alternative services that contribute to the success of their digitalization process.</t>
   </si>
   <si>
     <t>Digitalization and Wine Hub</t>
   </si>
   <si>
     <t>Specific working group of the Spanish Wine Federation (FEV) to bring closer, accelerate, and facilitate digital transformation in the wine sector.</t>
   </si>
   <si>
     <t>National Center for Irrigation Technology (CENTER)</t>
@@ -170,371 +209,365 @@
   <si>
     <t>Novel-T</t>
   </si>
   <si>
     <t>We believe in the power of innovation and the contribution it makes to a better, more sustainable society. We provide our support independently and non-profitably, based on the contributions of our founders.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>The Hub's mission is to promote R&amp;D&amp;I to design safe, sustainable and competitive food packaging that benefits companies in the Basque food chain and, of course, the environment.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>A virtual ecosystem for sharing knowledge and providing new tools to agricultural professionals.</t>
   </si>
   <si>
     <t>Madrid Food Innovation Hub</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB is Madrid's first food entrepreneurship center. A pioneering initiative focused on fostering innovation and entrepreneurship throughout the entire agri-food value chain.</t>
   </si>
   <si>
+    <t>eAtex. Food Innovation Hub by CNTA</t>
+  </si>
+  <si>
+    <t>Collaborative innovation hub for the transfer and implementation of technology in the agri-food industry</t>
+  </si>
+  <si>
+    <t>AIR4S. Artificial Intelligence &amp; Robotics for Sustainable Development Goals</t>
+  </si>
+  <si>
+    <t>Hub to boost the development and growth of industry in the Community of Madrid through the use and implementation of technologies based on artificial intelligence and robotics</t>
+  </si>
+  <si>
+    <t>Digital Cluster Association of Catalonia</t>
+  </si>
+  <si>
+    <t>Workspace for companies, organizations, and research groups in the information and communications technology (ICT) sector.</t>
+  </si>
+  <si>
+    <t>Barrax - Rural Innovation Hub</t>
+  </si>
+  <si>
+    <t>A hub promoting research workshops, business meetings, professional networking, European fundraising, information, and experimentation.</t>
+  </si>
+  <si>
+    <t>UPC Innovation and Technology Center (CIT UPC)</t>
+  </si>
+  <si>
+    <t>Center for Research, Training and Knowledge Transfer</t>
+  </si>
+  <si>
     <t>iHub La Vega Innova</t>
   </si>
   <si>
     <t>A complete ecosystem for startups in the AgriFoodTech sector and a showcase of technologies that accelerates the digital transformation of the agrifood sector, its SMEs, and self-employed workers.</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (Integrated Agroecological Management of Territorialized Food Systems) is a working group that has been working together since 2019. We are currently a consortium of five entities linked to the agroecological sector. Our common thread is that, from different perspectives and locations, we are promoting, facilitating, and/or supporting some of these processes in our territories.</t>
   </si>
   <si>
-    <t>eAtex. Food Innovation Hub by CNTA</t>
-[...26 lines deleted...]
-    <t>Center for Research, Training and Knowledge Transfer</t>
+    <t>Cluster of Sustainable Building of Andalusia</t>
+  </si>
+  <si>
+    <t>An associative and sector-reconstructing project that allows for the ongoing identification and implementation of new opportunities and the hosting of sustainable businesses.</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park of Adam Mickiewicz University Foundation</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park (PSTP) is the first technology park in Poland (1995). It is operated (as the key department) by the Adam Mickiewicz University Foundation, a non-profit organization with the mission of stimulating collaboration between science and industry to promote regional development through innovation, technology transfer, and international cooperation.</t>
   </si>
   <si>
     <t>RISE ICT Research Institute of Sweden ICT</t>
   </si>
   <si>
     <t>Rise Research Institutes of Sweden is Sweden's research institute and innovation partner. Through international collaboration with industry, academia, and the public sector, we ensure business competitiveness and contribute to a sustainable society.</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri is a joint effort by Agroväst, the Research Institutes of Sweden (Rise), and Science Park Skövde, aiming to accelerate the digitalization of the agricultural sector in western Sweden.</t>
   </si>
   <si>
     <t>Space53</t>
   </si>
   <si>
     <t>Space53 brings together governments, knowledge institutions, humanitarian workers, and businesses in a Drone Innovation Cluster and strengthens the ecosystem by creating the preconditions for the successful development and application of unmanned systems.</t>
   </si>
   <si>
-    <t>Cluster of Sustainable Building of Andalusia</t>
-[...2 lines deleted...]
-    <t>An associative and sector-reconstructing project that allows for the ongoing identification and implementation of new opportunities and the hosting of sustainable businesses.</t>
+    <t>Arctic Drone Labs</t>
+  </si>
+  <si>
+    <t>Arctic Drone Labs is an innovative air mobility research center located in Finland. We are at the forefront of gathering and leveraging expertise, cutting-edge tools, and groundbreaking innovations to drive the growth of the unmanned aerial systems (UAS) industry. Our mission encompasses fostering business development, advancing research initiatives, and empowering education in this transformative field.</t>
+  </si>
+  <si>
+    <t>ART-ER-DIH</t>
+  </si>
+  <si>
+    <t>Art-Er (formerly Aster) operates as a digital innovation hub in the Emilia-Romagna region, and its value proposition is the connection of stakeholders and the integration of initiatives, services, and opportunities to leverage the infrastructure, knowledge, and experience of both companies and suppliers (of facilities, services, training, etc.).</t>
+  </si>
+  <si>
+    <t>Cybersecurity Innovation Hub</t>
   </si>
   <si>
     <t>AgriFood Croatia</t>
   </si>
   <si>
     <t>Agrifood Croatia is an innovation hub that brings together research, business, and public stakeholders in Croatia to jointly pursue digital transformations in the aquaculture, agriculture, and food sectors.</t>
   </si>
   <si>
     <t>VP Delta</t>
   </si>
   <si>
     <t>Agrohub.bg is a European digital innovation hub for the South Central Region, approved under the Digital Europe Programme with the Agrodigirise Project. The project began on November 1, 2022, and is scheduled to last three years. It is implemented by a consortium with diverse profiles and expertise: branch organizations, scientific and research units, training institutions, technology companies, agricultural machinery importers, etc., in partnership with the Municipality of Plovdiv.</t>
   </si>
   <si>
-    <t>Arctic Drone Labs</t>
-[...10 lines deleted...]
-  <si>
     <t>Wageningen Research</t>
   </si>
   <si>
     <t>The strength of Wageningen University &amp; Research lies in its ability to combine the strengths of specialized research institutes and the university. It also lies in the combined efforts of diverse fields of natural and social sciences.</t>
   </si>
   <si>
     <t>ahedd - Attica Hub for the Economy of Data and Devices</t>
   </si>
   <si>
     <t>The National Center for Scientific Research (NCSR) Demokritos is Greece's largest multidisciplinary research center, with approximately 1,000 employees and over 50 years of groundbreaking scientific achievements and contributions to the Greek economy and society. It has been a key partner in several national technological initiatives, such as the acquisition and operation of high-performance computing facilities and the establishment of high-speed computing networks in the country, and is currently a leader or member of multiple national and European infrastructure projects.</t>
   </si>
   <si>
-    <t>Cybersecurity Innovation Hub</t>
+    <t>Danish Technological Institute, Robot Technology</t>
+  </si>
+  <si>
+    <t>Danish Technological Institute is a leading research and technology company. They help their clients translate the latest knowledge and technology into value. We are experts in production, materials, environmental technology, business, energy, agrotechnology, meat research, and more.</t>
+  </si>
+  <si>
+    <t>DIH PANNONIA</t>
+  </si>
+  <si>
+    <t>The Vukovar-Srijem County Development Agency prepares the Vukovar-Srijem County Development Plan and other strategic and development documents. It provides expert assistance in the preparation and implementation of programs and development projects for public law bodies and public institutions in the county area that are relevant to the development of the county, as well as joint projects relevant to the development of several counties.</t>
+  </si>
+  <si>
+    <t>E-Secure Transactions Cluster - TES</t>
+  </si>
+  <si>
+    <t>The TES Cluster, the Normandy Digital Competitiveness Cluster, represents an ecosystem of 150 members, comprised of large companies, SMEs, local authorities, research and training institutions, and other organizations. With its members and partners, the TES Cluster imagines and co-designs tomorrow's uses thanks to new technologies related to the "security/interoperability/reliability" triad. These actions generate progress, job creation, jobs, and territorial valorization.</t>
+  </si>
+  <si>
+    <t>Embedded System Design &amp; Application Laboratory DIH (ESDALAB DIH)</t>
+  </si>
+  <si>
+    <t>Esdalab DIH coordinates an extensive network of DIHS across Southern and Eastern Europe, offering funding opportunities and supporting multi-stakeholder cooperation between organizations with complementary expertise. It also offers innovative services to businesses, especially SMEs (including startups) and slightly larger enterprises, to support their digital transformation.</t>
+  </si>
+  <si>
+    <t>Farmers Parliament Latvia Digital Innovation Hub - ZSA DIH</t>
+  </si>
+  <si>
+    <t>Smartagro is an agricultural innovation and technology website. Smartagro's main objective is to inform and encourage farmers and other stakeholders to use new technologies, services, products, and systems for a sustainable future in rural areas. By focusing on regional clusters, digital innovation hubs, living labs, and technology solutions within the EU Horizon 2020 Research and Innovation Programme projects, the website will provide cutting-edge ideas and solutions to facilitate innovations in rural areas. Smartagro is maintained by the Farmers' Parliament (FP), a non-governmental organization.</t>
+  </si>
+  <si>
+    <t>Digital Impulse Hub</t>
+  </si>
+  <si>
+    <t>Hub that provides consulting, ecosystem and networking, training and financing</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andalusia Agrotech</t>
+  </si>
+  <si>
+    <t>Hub for the dissemination of technology and innovation, consulting services, applied R&amp;D, technology, training, acceleration and entrepreneurship. Objective:</t>
   </si>
   <si>
     <t>Digital Farming Hub</t>
   </si>
   <si>
     <t>Support service hub that helps agricultural businesses become more competitive by improving their business/production processes, as well as their products and services through digital technology.</t>
   </si>
   <si>
-    <t>Danish Technological Institute, Robot Technology</t>
-[...40 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub è un'associazione no profit volta un promuovere l'elnovazione tecnologica en Italia, Atrtaverso La Formazione, La Consulenza e il. La Nostra Associazione has the Sfida di contributes a facilitare l'Epowerment of tecnologie all'avantgarde, impertitoriali strategy of this, new models of companies and the sviluppo sostenibile of solutions and infrastructure in rural areas after conforming it in "smartsi solutions and infrastructure in aree and rurali after conforming it in" smartsi solutions and infrastructure in rural areas to achieve better quality of life</t>
   </si>
   <si>
     <t>Flanders' FOOD, FF</t>
   </si>
   <si>
     <t>The food of Flanders is Sinds by Oprichting Hét Innovatieplatform Voor by Vlaamse Voedingsindustrie. The food of Flanders Werd in 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) in Een 20-Tal Stichtende Leden. Het Uitgangspunt? Door Samenwerking, met Elkaar at Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven als social profit organizations. Dit on the Van de Grenzen sector in the Heen of Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>The Farm to Fork strategy is at the heart of the European Green Deal, which aims to make food systems fair, healthy, and environmentally friendly. We need to redesign our food systems to make them more sustainable and increase their resilience. New technologies and scientific discoveries, combined with increased public awareness and demand for sustainable food, will benefit all stakeholders. The digital revolution offers opportunities, but many companies still struggle to know which technologies to invest in and how to secure financing. More than 90% of SMEs are lagging behind in digital innovation and need support for their digital transformation.</t>
   </si>
   <si>
     <t>innovation experience HUB (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub is a non-profit association with the aim of: a. Strengthening the level of knowledge and awareness of companies regarding the opportunities offered by digital transformation, also in the context of the National Enterprise 4.0 Plan, the European strategy for the digitalization of industry ("Digitizing European Industry - DEI") and the TICHE Innovation Programme for Small and Medium-Sized Manufacturing Enterprises ("ICT Innovation for Manufacturing SMEs - I4MS" programme); b. Being the gateway to the innovation ecosystem to support the digital transformation of the production system; c. Stimulating companies' demand for innovation; d. Creating a bridge between business and the world of research.</t>
   </si>
   <si>
     <t>Institute of Elevation - Idele</t>
   </si>
   <si>
     <t>The mission of the Institut de L'Elevage is to improve the competitiveness of herbivore farms and their sectors in a constantly changing context. Its work provides innovative technical solutions to farmers and stakeholders in the cattle, sheep, goat, and equine sectors. They provide answers to current social and environmental issues, serving livestock stakeholders and their sectors.</t>
   </si>
   <si>
     <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
   </si>
   <si>
     <t>A hub focused on artificial intelligence as a disruptive technology that will aid in the digital transformation of companies in the Balearic Islands.</t>
   </si>
   <si>
+    <t>DIHBU Industry 4.0</t>
+  </si>
+  <si>
+    <t>Hub to boost innovation and competitive intelligence to foster the co-creation of new products and the provision of complementary non-technological services to companies.</t>
+  </si>
+  <si>
+    <t>DIH Dynapsis</t>
+  </si>
+  <si>
+    <t>Hub focused on achieving sustainable development, incorporating digital transformation into environmental management, and addressing the challenges of climate change</t>
+  </si>
+  <si>
     <t>Le Pool French Tech Rennes St Malo</t>
   </si>
   <si>
     <t>The French tech ecosystem is primarily comprised of entrepreneurs, but also all those committed to the growth of startups and their international influence. French tech firm Rennes St. Malo (FTRSM) holds a top spot in the national rankings in telecommunications, agribusiness, and cybersecurity. E-health, new mobility, and creative industries also have strong local strengths.</t>
   </si>
   <si>
     <t>Nanotechnology Lab LTFN (Lab for Thin Films - Nanobiomaterials - Nanosystems - Nanometrology)</t>
   </si>
   <si>
     <t>The Nanotechnology Lab LTFN, established in 1991, is located at the Department of Physics, Aristotle University of Thessaloniki (AUTH) and at the Cope-H facility near Thermi and Thessaloniki Airport. It has over 25 years of experience in thin film technology, advanced nanomaterials and nanoparticle manufacturing, developing/implementing in situ and real-time optical metrology techniques, computational modeling, and nanometrology tools. LTFN's mission is to promote world-class research and best practices in nanotechnology, organic electronics, nanomedicine, and nanometrology to address global challenges in manufacturing, energy, lighting, electronics, photonics, IoT, transportation, healthcare, and quality of life, agriculture, etc.</t>
   </si>
   <si>
     <t>Photonics Bretagne</t>
   </si>
   <si>
     <t>Photonics Bretagne's technology platform has extensive expertise in biophotonics.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>Robocoast's mission is to support digital transformation with key skills in cybersecurity, robotics, energy technology, artificial intelligence, data analytics, 5G, and the Internet of Things. We provide services to the export industry and other industries, as well as startups and high-tech companies. The products and services developed by members focus on the export industry and its subcontracting chains, advanced manufacturing, information and communications technology, and the energy sector. We also offer multidisciplinary cooperation in areas such as agriculture and healthcare technology.</t>
   </si>
   <si>
     <t>Rural Industry DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub is officially translated into Finnish as Digital Innovation Hub. It is a tool developed and coordinated by the European Commission to accelerate digital solutions for European businesses. DIH is primarily regionally oriented, with a primary focus on SMEs.</t>
   </si>
   <si>
-    <t>DIHBU Industry 4.0</t>
-[...16 lines deleted...]
-  <si>
     <t>SMILE-DIH (Smart Manufacturing Innovation for Lean Excellence center - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) is a European-accredited and operational Digital Innovation Hub (DIH) founded in Parma in 2018, as a legally recognized non-profit partnership, by the Unione Parmense Degli Industriali and the Università di Parma. Smile-DIH is part of I4MS (European DiH Network) and the Italian confindustria DIH network and is able to support technology transfer between research centers (universities, centers of competence, institutes and private bodies) and manufacturing industries (in particular SMEs and Mid-Caps), as well as public administrations, in order to transform their business models through: the digitalization of operational processes to make them more efficient and functional; The implementation of innovative and Lean methodologies, supported by smart technologies such as cyber-physical systems (CPS), the Internet of Things (IoT and IIoT), artificial intelligence (AI), robotics (autonomous and collaborative), cybersecurity, and high-performance computing (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promote applied research, direct research that responds to a need.</t>
   </si>
   <si>
     <t>Tyndall National Institute, Tyndall</t>
   </si>
   <si>
     <t>Tyndall National Institute is a leading European deep technology research center for embedded ICT (information and communications technology) hardware and systems. Specializing in both electronics and photonics (materials, devices, circuits, and systems), we are leading the world in our core research areas of: Semiconductor wafer fabrication; Quantum materials, devices, and engineering platforms; Microelectronic and photonic integration and packaging; Integrated energy systems and climate mitigation; Biophotonics, bioelectronics, biomedical devices and systems; Smart sensors and systems; Human-centric systems for work and life; Optical communication systems; Wireless communication systems; Mixed-signal and analog circuit design.</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Digital Innovation Hubs (DIHS) are "one-stop shops," approved by the European Commission, that help companies become more competitive with respect to their commercial/production processes, products, or services using digital technologies. As the first regional point of contact and gateway into a multi-stakeholder innovation ecosystem, they provide SMEs and other companies with: Access to the latest knowledge, expertise, and technology to support their clients with pilots, tests, and experiments with digital innovations; and Commercial and financial support to implement these innovations.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>The quality of urban life in the future will increasingly depend on the complex relationship between computing systems, engineering, physics, and human behavior. This relationship between people and the technology we use will increasingly affect every aspect of our daily lives, from how we power our homes and businesses to how we produce our food. Business, government, and industry will rely on integrated technology that could offer vast improvements to our lives, but which is also vulnerable to cyberattack and software failure. The need to understand and bring these different elements together to work efficiently will be critically important for society to thrive. Newcastle University's Cyber Physical Lab is part of the Digital Innovation Hub (DIH) at the state-of-the-art Newcastle Helix site, implementing the regional vision for a thriving digital economy in Northeast England. In addition to Newcastle University, DIH offers services through the National Innovation Centre for Data (NICD), delivering practical data skills to organizations. The Coding Institute, Bridging the Digital Skills Gap, and the Arrow Program, aligning the needs of regional SMEs with the University of Newcastle.</t>
   </si>
   <si>
     <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
   </si>
   <si>
     <t>Antares strives to drive research excellence at the Biosense Institute, to deliver disruptive digital solutions to the European agricultural sector, stimulate regional entrepreneurship and employment, and ensure sufficient, safe food for the world's growing population.</t>
   </si>
   <si>
+    <t>FIWARE Space</t>
+  </si>
+  <si>
+    <t>It focuses its activity on training, networking, dissemination of events, advances and projects carried out for the technological development of Badajoz</t>
+  </si>
+  <si>
+    <t>Food +i cluster</t>
+  </si>
+  <si>
+    <t>Project to disseminate activities, projects, networks, value propositions and innovation carried out by the food+i cluster.</t>
+  </si>
+  <si>
+    <t>Galician Factory of Future HUB</t>
+  </si>
+  <si>
+    <t>An environment for promoting high-impact cooperative projects to improve the competitiveness of companies in the Galician automotive and mobility industry.</t>
+  </si>
+  <si>
     <t>CPI</t>
   </si>
   <si>
     <t>The IPC acts as a catalyst, bringing together academia, business, government, and investors to translate brilliant ideas and research into the marketplace. We do this by providing our clients with access to the right experts, equipment, networks, funding, and more, connecting the dots for effective innovation. We are a leading independent technology innovation hub and a founding member of the UK government's High Value Manufacturing Catapult. Established in 2004, our teams tirelessly apply their many years of experience to ensure every great invention has the best chance of becoming a successfully commercialized product or process. We work with our partners in diverse markets in the UK and around the world, driving their innovations forward and helping them reduce the risk and cost associated with product development.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - The Swiss Microtechnology &amp; Micromanufacturing DIH</t>
   </si>
   <si>
     <t>Microhub.Swiss is a digital innovation hub (DIH) focused on microtechnology and micromanufacturing. As a non-profit organization, our mission is to be an orchestrator and accelerator of Swiss digital innovation. We aim to support startups, small businesses (SMEs), and the public sector focused on the digitalization of microtechnologies and precision manufacturing. We aim to assist these organizations on their digital transformation journey, thanks to our well-developed portfolio of digital technologies, established industrialization ecosystems, and innovation management expertise. We aim to assist Swiss and European companies with their innovation roadmap—acting as a regional one-stop shop for digital innovation management: R&amp;D and innovation management, training, testing, prototyping, access to funding, first-series production, and connecting the ecosystem.</t>
   </si>
   <si>
     <t>Raisehub.swiss- The Swiss Robotics &amp; AI DIH</t>
   </si>
   <si>
     <t>Raishub. The main drivers are real-time monitoring, online quality control, predictive maintenance, and traceability down to individual parts. Our goals are to support startups and SMEs in addressing the IIoT challenge based on technology platforms and the ecosystem essential for industrialization and innovation management.</t>
   </si>
   <si>
     <t>SINTEF</t>
   </si>
   <si>
     <t>SINTEF is one of the largest independent research organizations in Europe. Each year, we carry out several thousand projects for clients large and small.</t>
   </si>
   <si>
-    <t>FIWARE Space</t>
-[...16 lines deleted...]
-  <si>
     <t>Granada Technology and Biotechnology Plaza</t>
   </si>
   <si>
     <t>Hub where activities, projects, networks, regulations, and value and innovation proposals in the technology and biotechnology sector are developed.</t>
   </si>
   <si>
     <t>HPC-Cloud and Cognitive Systems for Smart Manufacturing processes, Robotics and Logistics</t>
   </si>
   <si>
     <t>A hub that develops outreach activities, projects, networks, and value propositions and innovation in the Aragonese technology sector.</t>
   </si>
   <si>
     <t>Hub 4.0 of Manufacturing Sectors in Valencian Region</t>
   </si>
   <si>
     <t>Advancing the digital transformation of production processes: simulation/HPC, additive manufacturing, IoT, robotics</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Hub for networking between Spain and Portugal for growth and financing, access to information, training, and advice for the agri-food sector</t>
   </si>
   <si>
     <t>i4CAM HUB (Innovation for competitiveness and advanced manufacturing)</t>
@@ -581,86 +614,86 @@
   <si>
     <t>RIOHUB</t>
   </si>
   <si>
     <t>Hub for startups, SMEs, and emerging companies working in the technology field</t>
   </si>
   <si>
     <t>RoboCity2030</t>
   </si>
   <si>
     <t>An initiative by the Community of Madrid that seeks to make Madrid a leading city in robotics and automation.</t>
   </si>
   <si>
     <t>Robotics Digital Innovation Hub</t>
   </si>
   <si>
     <t>Digital innovation hub offering advisory, training, and financing services for robotics companies</t>
   </si>
   <si>
     <t>Science and Technology Park Of Almeria, PITA SA</t>
   </si>
   <si>
     <t>Provides infrastructure and support services to technological and innovative companies</t>
   </si>
   <si>
+    <t>University of Valencia Science Park DIH</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub in Valencia Objective: To promote collaboration between universities and technology companies to foster innovation and development</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub of Catalonia</t>
+  </si>
+  <si>
+    <t>Hub made up of the main agents supporting the digitalization of Catalonia</t>
+  </si>
+  <si>
+    <t>DIHGIGAL. Digital Innovation Hub of Galician Industry</t>
+  </si>
+  <si>
+    <t>Hub that promotes the development of R&amp;D&amp;I projects aligned with the needs and challenges facing the industrial sector</t>
+  </si>
+  <si>
     <t>4PDIH - Public Private People Partnership Digital Innovation Hub</t>
   </si>
   <si>
     <t>We offer opportunities to participate in European projects, where you can co-create digitalization policies, learn about best practice examples, and participate in competitions and tenders to fund various digitalization processes and areas.</t>
   </si>
   <si>
     <t>5G Fieldlab 5Groningen</t>
   </si>
   <si>
     <t>5Groningen is HET Programma Voor 5G-Internet. Ondernemers in non-profiosatizations Werken Samen met the experts om toepassingen van 5g te testen. Denk daarbij aan zelfrijdende data bussen real-time data terwijl er een drone sobre de akkers vliegt. Ook maakt 5g het bijvoorbeeld mogelijk om op afstand een diagnose te stellen, doordat de arts en het ziekenhuis met een snelle verbinding mee kan kijken en la ambulance. 5Groningen Test Toepassingen met 5g. Dus Niet de Techniek, Maar Wat Je Ermee Kunt.</t>
   </si>
   <si>
     <t>AgriFood Lithuania DIH</t>
   </si>
   <si>
     <t>AgriFood Lithuania is a digital innovation center and cluster that brings together leading research, business, and public stakeholders in Lithuania for the common pursuit of digital transformations in the agricultural, food, and related sectors.</t>
   </si>
   <si>
-    <t>University of Valencia Science Park DIH</t>
-[...16 lines deleted...]
-  <si>
     <t>Agro Space DIH</t>
   </si>
   <si>
     <t>Lithuania Agro Space Digital Innovation Hub is a non-profit, regionally focused network bringing together Lithuanian research, education, business, and government institutions to foster cross-sector digital technology innovation. AGRO Space DIH Vision will become the "go-to" solutions provider for development, digital technology transfer, and innovation diffusion in key sectors: agriculture, space, manufacturing (Industry 4.0), and service innovation. The priority is to advance the partnership capabilities of ag and space technology companies by amplifying the network platform within Lithuania and internationally.</t>
   </si>
   <si>
     <t>Azores Digital Innovation Hub</t>
   </si>
   <si>
     <t>The Nonagon Science and Technology Park promotes the digital transformation and digitization of the Azorean economy through the coordination of the Azores Digital Innovation Hub.</t>
   </si>
   <si>
     <t>Cluj IT Cluster</t>
   </si>
   <si>
     <t>CLUJ IT is a cluster-based organization comprised of organizations active in the field of information technology: software service and solution providers, universities and research institutes, public agencies, and other catalyst organizations.</t>
   </si>
   <si>
     <t>Digital Innovation Hub Slovenia</t>
   </si>
   <si>
     <t>DIH Slovenia enables digital transformation based on a one-stop shop, both in Slovenia and beyond. It raises awareness and provides services for developing digital skills, sharing digital experiences, and examples of good practices at the local, regional, and international levels; and provides government support and access to data to promote entrepreneurship.</t>
   </si>
   <si>
     <t>DIH AGRIFOOD - Digital Innovation Hub for Agriculture and Food production</t>
@@ -689,108 +722,108 @@
   <si>
     <t>Jheronimus Academy of Data Science</t>
   </si>
   <si>
     <t>Jads is a unique partnership between the province of North Brabant, the municipality of S-Hertogenbosch, Tilburg University, and Eindhoven University of Technology (TU/E). We offer several data science programs, from bachelor's and master's programs to Education and Vocational Education (ENGD) (formerly PDENG). We also help organizations shape their data-driven future.</t>
   </si>
   <si>
     <t>LTU AI Innovation Hub</t>
   </si>
   <si>
     <t>Luleå University of Technology has many years of experience in applied artificial intelligence. Our AI-related research ecosystem links directly to real-world applications in business and industry. We contribute to safe and measurable AI innovations that make a difference in everyday life and benefit society at large.</t>
   </si>
   <si>
     <t>Luxembourg Institute of Science and Technology (LIST)</t>
   </si>
   <si>
     <t>The Luxembourg Institute of Science and Technology (LIST) is a mission-driven research and technology organization (RTO) that develops competitive, market-oriented product and service prototypes for public and private stakeholders.</t>
   </si>
   <si>
     <t>Innoskart Digital Innovation Hub</t>
   </si>
   <si>
     <t>The Group has transcended its original boundaries both geographically and in terms of its scope of activities. Today, Innoskart has become a national group of IT service providers (hardware and software), as well as members of the food manufacturing and research sector, but has achieved outstanding achievements in many other fields (vehicle trading, pharmaceuticals, machinery and trade, metallurgy, painting, consulting, etc.). Innoskart organizations range from sole proprietorships to large corporations with a wide range of capabilities. In addition to corporations, research centers, universities, and municipalities are also members of the Cluster.</t>
   </si>
   <si>
+    <t>Digital Water Innovation Hub (Digital Water)</t>
+  </si>
+  <si>
+    <t>Hub for the dissemination of technology and innovation, consulting services, applied R&amp;D, technology, training Objective: To provide industrial technology to Catalonia, consulting, training, development of innovative products and services and promotion and dissemination of technological innovation</t>
+  </si>
+  <si>
     <t>NTUA Digital Innovation Center (DIH-NTUA)</t>
   </si>
   <si>
     <t>In Greece, one regional and 13 national research and innovation strategies for smart specialization were implemented. The national strategy promotes eight sectors in which research and innovation could contribute to developing a significant competitive advantage, taking into account the critical mass and excellence of the respective research potential.</t>
   </si>
   <si>
     <t>Regional Platform Industry 4.0 of Tuscany Region (Tuscan Platform Industry 4.0)</t>
   </si>
   <si>
     <t>The operational tool of the Regional Enterprise 4.0 Platform: an easy access point for companies wishing to innovate and remain competitive in the markets. The platform is a new ecosystem created to promote and foster the digitalization processes of the commercial system and is part of the network of digital innovation hubs accredited by the European Commission. Its task is to support companies, particularly SMEs, in the European digitalization process and to establish contacts with the various actors in the digital innovation ecosystem present in the region.</t>
   </si>
   <si>
-    <t>Digital Water Innovation Hub (Digital Water)</t>
-[...2 lines deleted...]
-    <t>Hub for the dissemination of technology and innovation, consulting services, applied R&amp;D, technology, training Objective: To provide industrial technology to Catalonia, consulting, training, development of innovative products and services and promotion and dissemination of technological innovation</t>
+    <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
+  </si>
+  <si>
+    <t>Hub that puts the latest digital and creative technologies at the disposal of the local government, training, internationalization, commerce, services, and industrial sectors. Objective:</t>
   </si>
   <si>
     <t>Algarve Smart Destination, Digital Innovation Hub</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) is an informal network of private and public institutions focused on the digitalization of the economy in the territory, mainly in the tourism sector, led by the Algarve System and Technology Partnership Association (Algarve STP), a non-profit association that incorporates the University of Algarve, the National Association of Young Entrepreneurs (ANJE) and three municipalities in the Algarve region, namely Loulé, Faro, Olhão and a private association of IT companies, Algarve Evolution.</t>
   </si>
   <si>
     <t>PIAP HUB</t>
   </si>
   <si>
     <t>Valor Network, led by PIAP in strategic cooperation with national and regional governments, sectoral organizations, and leading technology providers dedicated to implementing automation and robotics in technological processes for national smart specialization. It facilitates the early adoption of technological advances by high-growth industries, including agile manufacturing, infrastructure inspection and maintenance, as well as agri-food and healthcare.</t>
   </si>
   <si>
-    <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
-[...2 lines deleted...]
-    <t>Hub that puts the latest digital and creative technologies at the disposal of the local government, training, internationalization, commerce, services, and industrial sectors. Objective:</t>
+    <t>Data Science and Artificial Intelligence (DASAI)</t>
+  </si>
+  <si>
+    <t>A space dedicated to research, project development, training, dissemination, and knowledge transfer related to Artificial Intelligence.</t>
   </si>
   <si>
     <t>Plan4all</t>
   </si>
   <si>
     <t>The overall ambition is to design, develop, and introduce a platform that connects people with information. First, by integrating social networking principles such as a blog, forum, and design science store, enabling users to connect with developers and researchers. Second, by integrating different types of demo applications, where developers and researchers will have the opportunity to collaborate, test different APIs for new solutions, and also conduct joint experiments.</t>
   </si>
   <si>
-    <t>Data Science and Artificial Intelligence (DASAI)</t>
-[...2 lines deleted...]
-    <t>A space dedicated to research, project development, training, dissemination, and knowledge transfer related to Artificial Intelligence.</t>
+    <t>Digital District of the Valencian Community</t>
+  </si>
+  <si>
+    <t>An environment to host technology companies and talent for the technological transformation and digital economy in the Mediterranean, highlighting three verticals: climate change, health, and tourism.</t>
   </si>
   <si>
     <t>BEIA DIH</t>
   </si>
   <si>
     <t>Beia Grid Institute is an innovative NGO that actively participates in multidisciplinary research projects at national and international levels.</t>
-  </si>
-[...4 lines deleted...]
-    <t>An environment to host technology companies and talent for the technological transformation and digital economy in the Mediterranean, highlighting three verticals: climate change, health, and tourism.</t>
   </si>
   <si>
     <t>Converge Open Innovation Hub</t>
   </si>
   <si>
     <t>Converge is a tool to facilitate the effective transfer of knowledge to society by building trust between the CSIC and stakeholders in the innovation ecosystem. Converge 's objective is to make the CSIC a leading authority in scientific, technological, and social innovation and contribute to strengthening Spain's innovation ecosystem . Converge 's mission is articulated through four programs: CSIC Open Lab; CSIC Emprende; CSIC Living Lab; and CSIC Business Chairs. VIDEO</t>
   </si>
   <si>
     <t>INNOVASTURIAS</t>
   </si>
   <si>
     <t>INNOVASTURIAS is an association of Asturian companies and institutions that seek to improve their competitiveness and the quality of their services by promoting an innovative culture and collaborating and seeking synergies in the international sphere of the agri-food and environmental sectors , trade and hospitality, administration, industry, energy and research, and education, culture and health.</t>
   </si>
   <si>
     <t>BioSense Institute</t>
   </si>
   <si>
     <t>BioSense Digital Innovation Hub (DIH) is pioneering digital transformation for sustainable agriculture by introducing digital innovations by linking research, entrepreneurship, science and market-ready solutions.</t>
   </si>
   <si>
     <t>AHEDD- Attica Hub for the Economy of Data and Devices</t>
   </si>
 </sst>
 </file>
 
@@ -1118,1447 +1151,1502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C126"/>
+  <dimension ref="A1:C131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C126"/>
+      <selection activeCell="A1" sqref="A1:C131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="1420.225" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1601.895" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>87</v>
+        <v>253</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>