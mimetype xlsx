--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -12,79 +12,148 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hubs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Hub Types</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
+    <t>Le Pool French Tech Rennes St Malo</t>
+  </si>
+  <si>
+    <t>Hubs</t>
+  </si>
+  <si>
+    <t>The French tech ecosystem is primarily comprised of entrepreneurs, but also all those committed to the growth of startups and their international influence. French tech firm Rennes St. Malo (FTRSM) holds a top spot in the national rankings in telecommunications, agribusiness, and cybersecurity. E-health, new mobility, and creative industries also have strong local strengths.</t>
+  </si>
+  <si>
+    <t>E-Secure Transactions Cluster - TES</t>
+  </si>
+  <si>
+    <t>The TES Cluster, the Normandy Digital Competitiveness Cluster, represents an ecosystem of 150 members, comprised of large companies, SMEs, local authorities, research and training institutions, and other organizations. With its members and partners, the TES Cluster imagines and co-designs tomorrow's uses thanks to new technologies related to the "security/interoperability/reliability" triad. These actions generate progress, job creation, jobs, and territorial valorization.</t>
+  </si>
+  <si>
+    <t>Giasat</t>
+  </si>
+  <si>
+    <t>GIASAT (Integrated Agroecological Management of Territorialized Food Systems) is a working group that has been reflecting together since 2019. It is currently a consortium of five entities linked to the agroecological sector. Their common thread is that, from different perspectives and locations, they are promoting, facilitating, and/or supporting one or more of these processes in their respective territories. Mission: Producers—especially those on small and medium-sized farms—face difficulties accessing local markets, which exacerbates poverty and rural depopulation, as well as leading to a loss of quality food for the population. Giasat aims to develop a logistics and distribution system tailored to small and medium-sized producers, focusing on short supply chains to enable them to scale up production and generate access to more sustainable and healthy food. Vision: Giasat aims to achieve an Integrated Management of Territorialized Food Systems (SAT) by energizing and supporting the various agents involved under a social economy approach and collaboratively solving the needs of the sector.</t>
+  </si>
+  <si>
+    <t>FORESTRY HUB</t>
+  </si>
+  <si>
+    <t>The Forestry Hub is an initiative of the Forest Science and Technology Centre of Catalonia (CTFC). It acts as a bridge between research, development, and innovation, ensuring their effective transfer to practical applications. We are a regional leader in the development of adaptive forestry and sustainable value chains that strengthen the resilience of agroforestry landscapes. We actively promote a circular bioeconomy that integrates nature, innovation, and competitiveness.</t>
+  </si>
+  <si>
+    <t>Tecnova</t>
+  </si>
+  <si>
+    <t>Tecnova Technology Centre promotes applied innovation and technological development to improve the competitiveness and profitability of companies in the agro-industrial sector. Currently, we work with more than 289 companies, both nationally and internationally, that are committed to change and innovation processes in their organizations, and we do so with responsibility, flexibility, and confidentiality. Tecnova, as a European Cluster that brings together the main companies in the sector, works in a network to help them position themselves in the main international markets, carrying out knowledge and technology transfer, promoting R&amp;D and looking for lines of financing that make it possible.</t>
+  </si>
+  <si>
+    <t>Digital Water Innovation Center</t>
+  </si>
+  <si>
+    <t>Development and implementation of new sustainable technologies applied to water management as a fundamental resource in the circular economy. "Digital Water" applies the concepts of sustainability and the circular economy to new technologies to improve the entire water cycle, increasing the competitiveness of numerous business sectors and benefiting society as a whole. In addition to the experience and scientific and technological talent of the Eurecat team, the Center has laboratories, pilot plants, scientific equipment, and data processing centers. All these facilities enable Eurecat to address current and future water challenges. Services: * Rapid prototyping * Proof of concept (PoC) * Digitization and connectivity * Highly specialized consulting and training * Systems integration and standardization * Object virtualization * Data quality, cleansing, and valorization * Intelligent maintenance/Improving asset lifespan and utilization * Quality prediction/preservation * Demand forecasting * Productivity/growth prediction * Resource optimization * Intelligent scheduling * Intelligent recommenders * Data analytics services (SaaS) * Resource management * Operational management * Process management * Real-time monitoring and control * Advanced reporting: KPIs, dashboards... * Scenario characterization and analysis</t>
+  </si>
+  <si>
+    <t>Digital Silver Economy (DIHDSE)</t>
+  </si>
+  <si>
+    <t>The Digital Silver Economy (DIHDSE) aims to be a one-stop shop through which companies and other public or private entities can access the information, services, and facilities they need to successfully address their digital transformation processes, with the goal of promoting more efficient services for citizens over 50. It is a non-profit organization. Zamora has significant Silver Economy potential, not only due to its large older population (Zamora is the province with the highest aging population in Spain), but also because it is an attractive place to live, as established at the 1st International Silver Economy Congress held in Zamora, which was attended by 40 experts and 700 delegates. On the other hand, the region's business sector is highly fragmented, and in the labor market, measures are needed to boost employment and increase average income. The DIHDSE, led by the Zamora Provincial Council in collaboration with the industrial, research, and financial organization, will promote Zamora's recognition as a leading province in specialized services and industries for the elderly, not only in Spain but also internationally, thereby strengthening the region's future socioeconomic development.</t>
+  </si>
+  <si>
+    <t>CIDIHUB (Digital Innovation Center of the Canary Islands)</t>
+  </si>
+  <si>
+    <t>The Canary Islands Digital Innovation Hub (CIDIHUB) is part of the European Digital Innovation Hubs (EDIHs) network, an initiative of the European Commission aimed at accelerating the digital transformation of businesses and public administrations across Europe. As a consortium of specialized organizations and centers, CIDIHUB serves as a key resource in the Canary Islands, providing SMEs and public entities with the skills, technologies, and resources they need to innovate, grow, and become more competitive in the digital economy. Our commitment is to place the Canary Islands at the forefront of European digitalization, offering companies and public administrations specialized services, support in the adoption of advanced technologies and training programs that allow them to take advantage of the opportunities of the new economy.</t>
+  </si>
+  <si>
+    <t>Forest World</t>
+  </si>
+  <si>
+    <t>Professional tools and resources for forest owners. Clarify your property, manage your resources, and become a leader in sustainable forest management.</t>
+  </si>
+  <si>
+    <t>ASEMFO (National Association of Forestry Companies)</t>
+  </si>
+  <si>
+    <t>ASEMFO is the Spanish National Association of Forestry Companies. Founded in 1994 as a voluntary association of private forestry companies dedicated to carrying out projects, works, and services for the conservation, protection, and improvement of the natural environment, ASEMFO guarantees the technical implementation of ESG investment strategies and corporate sustainability policies.</t>
+  </si>
+  <si>
+    <t>CIDAI</t>
+  </si>
+  <si>
+    <t>The Center of Innovation for Data Tech and Artificial Intelligence (CIDAI) promotes the development and adoption of AI-based solutions through collaboration with companies, institutions, and applied research centers.</t>
+  </si>
+  <si>
+    <t>ITA (Technological Institute of Aragon)</t>
+  </si>
+  <si>
+    <t>The ITA is a technology center attached to the Department of Presidency, Economy and Justice of the Government of Aragon, whose mission is to contribute to the technological development of companies and increase their competitiveness.</t>
+  </si>
+  <si>
+    <t>DIHBAI-TUR: Digital Innovation Hub of the Balearic Islands in Artificial Intelligence in Tourism and the Agri-food Sector</t>
+  </si>
+  <si>
+    <t>Hub focused on artificial intelligence as a disruptive technology that will help in the digital transformation of companies in the Balearic Islands</t>
+  </si>
+  <si>
     <t>BIOHUBCAT</t>
   </si>
   <si>
-    <t>Hubs</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOHUBCAT is the one-stop shop dedicated to facilitating the generation of economic value from renewable organic resources in Catalonia. A place where companies and entrepreneurs can turn to find the solutions they need to take the next step.</t>
   </si>
   <si>
-    <t>CTA (Technological Corporation of Andalusia)</t>
-[...7 lines deleted...]
-  <si>
     <t>Smart Agro Hub</t>
   </si>
   <si>
     <t>Smart Agro Hub is an ecosystem of research, practical knowledge and entrepreneurship , which contributes to the creation of a more environmentally friendly agricultural production system based on digital technologies. The vision of the center of competence is to be a catalyst for the digital transformation of Greek agriculture and the formation of a new sustainable production model in the agri-food sector, through innovative solutions. The mission of the Smart Agro Hub is: To provide producers with smart and efficient agrotechnological solutions to increase yields, reduce production costs and improve their environmental footprint. To provide the food industry with sustainable solutions to establish and meet sustainability goals in compliance with international standards and gain a competitive position in the market. Hub Activities : The development of innovative solutions for the digital transformation of Greek agriculture The development, testing, evaluation, and improvement of agricultural technologies In conducting agricultural experiments Providing sustainability consulting services Environmental footprint assessment of the agri-food chain Development of innovative digital products and technologies in the agri-food sector Conduct scientific research and participate in research projects in the field of agriculture and biotechnology.</t>
   </si>
   <si>
     <t>Basque Energy Cluster</t>
   </si>
   <si>
     <t>Cluster Association that brings together and represents companies in the Basque energy industry to strengthen their positioning and competitive capacity. We are the meeting point and connection point for companies, organizations and public entities that develop their activity around the energy value chains. We promote and coordinate collaborative actions to improve the competitiveness of the Basque energy industry. The Cluster develops R&amp;D projects in Industry Decarbonization, Wind Power, Hydrogen and renewable fuels, Smart Grids and Solar Photovoltaics ( Agrovitivoltaica project)</t>
   </si>
   <si>
     <t>DIH-LEAF (Livestock, Environment, Agriculture and Forest)</t>
   </si>
   <si>
     <t>The Digital Innovation Center (DIH) focused on the livestock, environment, agriculture , and forestry sectors (DIH-LEAF) is comprised of various stakeholders connected to the production sector and different technological initiatives. Participating in DIH-LEAF are universities and technology centers, companies, producer associations, non-profit organizations, and others. To address the challenge of digitalization and technological innovation in this broad productive sector, DIH-LEAF has been established as a unique and autonomous digitalization ecosystem with the ultimate goal of digitizing these entities, thereby increasing their efficiency, competitiveness, and sustainability through the application of Information and Communication Technologies (ICTs). This contributes to the sustainable development of both rural and urban areas. The following are the services offered by DIH-LEAF: Trial and experimentation Training Support in finding sources of funding</t>
   </si>
   <si>
     <t>Basque Digital Innovation Hub (Bdih)</t>
   </si>
   <si>
     <t>The Basque Digital Innovation Hub (Bdih) provides SMEs with access to the technological capabilities needed to meet the challenges of smart industry, energy and health, and to evolve in the digital and sustainable environment. The Hub provides companies with infrastructure and expertise. Laboratories, equipment, software, scientific and technological capabilities, and an expert team support each project at one of these 8 nodes: Flexible and collaborative robotics node Advanced Materials Node Node of Intelligent and Connected Machines Additive Manufacturing Node Cybersecurity Node Digital Electrical Networks Node Medical Devices and Digital Health Node Artificial Intelligence Node</t>
   </si>
   <si>
     <t>Basque Circular Hub</t>
@@ -209,323 +278,299 @@
   <si>
     <t>Novel-T</t>
   </si>
   <si>
     <t>We believe in the power of innovation and the contribution it makes to a better, more sustainable society. We provide our support independently and non-profitably, based on the contributions of our founders.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>The Hub's mission is to promote R&amp;D&amp;I to design safe, sustainable and competitive food packaging that benefits companies in the Basque food chain and, of course, the environment.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>A virtual ecosystem for sharing knowledge and providing new tools to agricultural professionals.</t>
   </si>
   <si>
     <t>Madrid Food Innovation Hub</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB is Madrid's first food entrepreneurship center. A pioneering initiative focused on fostering innovation and entrepreneurship throughout the entire agri-food value chain.</t>
   </si>
   <si>
+    <t>iHub La Vega Innova</t>
+  </si>
+  <si>
+    <t>A complete ecosystem for startups in the AgriFoodTech sector and a showcase of technologies that accelerates the digital transformation of the agrifood sector, its SMEs, and self-employed workers.</t>
+  </si>
+  <si>
     <t>eAtex. Food Innovation Hub by CNTA</t>
   </si>
   <si>
     <t>Collaborative innovation hub for the transfer and implementation of technology in the agri-food industry</t>
   </si>
   <si>
     <t>AIR4S. Artificial Intelligence &amp; Robotics for Sustainable Development Goals</t>
   </si>
   <si>
     <t>Hub to boost the development and growth of industry in the Community of Madrid through the use and implementation of technologies based on artificial intelligence and robotics</t>
   </si>
   <si>
     <t>Digital Cluster Association of Catalonia</t>
   </si>
   <si>
     <t>Workspace for companies, organizations, and research groups in the information and communications technology (ICT) sector.</t>
   </si>
   <si>
     <t>Barrax - Rural Innovation Hub</t>
   </si>
   <si>
     <t>A hub promoting research workshops, business meetings, professional networking, European fundraising, information, and experimentation.</t>
   </si>
   <si>
     <t>UPC Innovation and Technology Center (CIT UPC)</t>
   </si>
   <si>
     <t>Center for Research, Training and Knowledge Transfer</t>
   </si>
   <si>
-    <t>iHub La Vega Innova</t>
-[...10 lines deleted...]
-  <si>
     <t>Cluster of Sustainable Building of Andalusia</t>
   </si>
   <si>
     <t>An associative and sector-reconstructing project that allows for the ongoing identification and implementation of new opportunities and the hosting of sustainable businesses.</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park of Adam Mickiewicz University Foundation</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park (PSTP) is the first technology park in Poland (1995). It is operated (as the key department) by the Adam Mickiewicz University Foundation, a non-profit organization with the mission of stimulating collaboration between science and industry to promote regional development through innovation, technology transfer, and international cooperation.</t>
   </si>
   <si>
     <t>RISE ICT Research Institute of Sweden ICT</t>
   </si>
   <si>
     <t>Rise Research Institutes of Sweden is Sweden's research institute and innovation partner. Through international collaboration with industry, academia, and the public sector, we ensure business competitiveness and contribute to a sustainable society.</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri is a joint effort by Agroväst, the Research Institutes of Sweden (Rise), and Science Park Skövde, aiming to accelerate the digitalization of the agricultural sector in western Sweden.</t>
   </si>
   <si>
     <t>Space53</t>
   </si>
   <si>
     <t>Space53 brings together governments, knowledge institutions, humanitarian workers, and businesses in a Drone Innovation Cluster and strengthens the ecosystem by creating the preconditions for the successful development and application of unmanned systems.</t>
   </si>
   <si>
+    <t>ahedd - Attica Hub for the Economy of Data and Devices</t>
+  </si>
+  <si>
+    <t>The National Center for Scientific Research (NCSR) Demokritos is Greece's largest multidisciplinary research center, with approximately 1,000 employees and over 50 years of groundbreaking scientific achievements and contributions to the Greek economy and society. It has been a key partner in several national technological initiatives, such as the acquisition and operation of high-performance computing facilities and the establishment of high-speed computing networks in the country, and is currently a leader or member of multiple national and European infrastructure projects.</t>
+  </si>
+  <si>
+    <t>Cybersecurity Innovation Hub</t>
+  </si>
+  <si>
+    <t>AgriFood Croatia</t>
+  </si>
+  <si>
+    <t>Agrifood Croatia is an innovation hub that brings together research, business, and public stakeholders in Croatia to jointly pursue digital transformations in the aquaculture, agriculture, and food sectors.</t>
+  </si>
+  <si>
+    <t>VP Delta</t>
+  </si>
+  <si>
+    <t>Agrohub.bg is a European digital innovation hub for the South Central Region, approved under the Digital Europe Programme with the Agrodigirise Project. The project began on November 1, 2022, and is scheduled to last three years. It is implemented by a consortium with diverse profiles and expertise: branch organizations, scientific and research units, training institutions, technology companies, agricultural machinery importers, etc., in partnership with the Municipality of Plovdiv.</t>
+  </si>
+  <si>
     <t>Arctic Drone Labs</t>
   </si>
   <si>
     <t>Arctic Drone Labs is an innovative air mobility research center located in Finland. We are at the forefront of gathering and leveraging expertise, cutting-edge tools, and groundbreaking innovations to drive the growth of the unmanned aerial systems (UAS) industry. Our mission encompasses fostering business development, advancing research initiatives, and empowering education in this transformative field.</t>
   </si>
   <si>
     <t>ART-ER-DIH</t>
   </si>
   <si>
     <t>Art-Er (formerly Aster) operates as a digital innovation hub in the Emilia-Romagna region, and its value proposition is the connection of stakeholders and the integration of initiatives, services, and opportunities to leverage the infrastructure, knowledge, and experience of both companies and suppliers (of facilities, services, training, etc.).</t>
   </si>
   <si>
-    <t>Cybersecurity Innovation Hub</t>
-[...13 lines deleted...]
-  <si>
     <t>Wageningen Research</t>
   </si>
   <si>
     <t>The strength of Wageningen University &amp; Research lies in its ability to combine the strengths of specialized research institutes and the university. It also lies in the combined efforts of diverse fields of natural and social sciences.</t>
   </si>
   <si>
-    <t>ahedd - Attica Hub for the Economy of Data and Devices</t>
-[...2 lines deleted...]
-    <t>The National Center for Scientific Research (NCSR) Demokritos is Greece's largest multidisciplinary research center, with approximately 1,000 employees and over 50 years of groundbreaking scientific achievements and contributions to the Greek economy and society. It has been a key partner in several national technological initiatives, such as the acquisition and operation of high-performance computing facilities and the establishment of high-speed computing networks in the country, and is currently a leader or member of multiple national and European infrastructure projects.</t>
+    <t>Digital Impulse Hub</t>
+  </si>
+  <si>
+    <t>Hub that provides consulting, ecosystem and networking, training and financing</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andalusia Agrotech</t>
+  </si>
+  <si>
+    <t>Hub for the dissemination of technology and innovation, consulting services, applied R&amp;D, technology, training, acceleration and entrepreneurship. Objective:</t>
+  </si>
+  <si>
+    <t>Digital Farming Hub</t>
+  </si>
+  <si>
+    <t>Support service hub that helps agricultural businesses become more competitive by improving their business/production processes, as well as their products and services through digital technology.</t>
   </si>
   <si>
     <t>Danish Technological Institute, Robot Technology</t>
   </si>
   <si>
     <t>Danish Technological Institute is a leading research and technology company. They help their clients translate the latest knowledge and technology into value. We are experts in production, materials, environmental technology, business, energy, agrotechnology, meat research, and more.</t>
   </si>
   <si>
     <t>DIH PANNONIA</t>
   </si>
   <si>
     <t>The Vukovar-Srijem County Development Agency prepares the Vukovar-Srijem County Development Plan and other strategic and development documents. It provides expert assistance in the preparation and implementation of programs and development projects for public law bodies and public institutions in the county area that are relevant to the development of the county, as well as joint projects relevant to the development of several counties.</t>
   </si>
   <si>
-    <t>E-Secure Transactions Cluster - TES</t>
-[...4 lines deleted...]
-  <si>
     <t>Embedded System Design &amp; Application Laboratory DIH (ESDALAB DIH)</t>
   </si>
   <si>
     <t>Esdalab DIH coordinates an extensive network of DIHS across Southern and Eastern Europe, offering funding opportunities and supporting multi-stakeholder cooperation between organizations with complementary expertise. It also offers innovative services to businesses, especially SMEs (including startups) and slightly larger enterprises, to support their digital transformation.</t>
   </si>
   <si>
     <t>Farmers Parliament Latvia Digital Innovation Hub - ZSA DIH</t>
   </si>
   <si>
     <t>Smartagro is an agricultural innovation and technology website. Smartagro's main objective is to inform and encourage farmers and other stakeholders to use new technologies, services, products, and systems for a sustainable future in rural areas. By focusing on regional clusters, digital innovation hubs, living labs, and technology solutions within the EU Horizon 2020 Research and Innovation Programme projects, the website will provide cutting-edge ideas and solutions to facilitate innovations in rural areas. Smartagro is maintained by the Farmers' Parliament (FP), a non-governmental organization.</t>
   </si>
   <si>
-    <t>Digital Impulse Hub</t>
-[...16 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub è un'associazione no profit volta un promuovere l'elnovazione tecnologica en Italia, Atrtaverso La Formazione, La Consulenza e il. La Nostra Associazione has the Sfida di contributes a facilitare l'Epowerment of tecnologie all'avantgarde, impertitoriali strategy of this, new models of companies and the sviluppo sostenibile of solutions and infrastructure in rural areas after conforming it in "smartsi solutions and infrastructure in aree and rurali after conforming it in" smartsi solutions and infrastructure in rural areas to achieve better quality of life</t>
   </si>
   <si>
     <t>Flanders' FOOD, FF</t>
   </si>
   <si>
     <t>The food of Flanders is Sinds by Oprichting Hét Innovatieplatform Voor by Vlaamse Voedingsindustrie. The food of Flanders Werd in 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) in Een 20-Tal Stichtende Leden. Het Uitgangspunt? Door Samenwerking, met Elkaar at Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven als social profit organizations. Dit on the Van de Grenzen sector in the Heen of Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>The Farm to Fork strategy is at the heart of the European Green Deal, which aims to make food systems fair, healthy, and environmentally friendly. We need to redesign our food systems to make them more sustainable and increase their resilience. New technologies and scientific discoveries, combined with increased public awareness and demand for sustainable food, will benefit all stakeholders. The digital revolution offers opportunities, but many companies still struggle to know which technologies to invest in and how to secure financing. More than 90% of SMEs are lagging behind in digital innovation and need support for their digital transformation.</t>
   </si>
   <si>
     <t>innovation experience HUB (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub is a non-profit association with the aim of: a. Strengthening the level of knowledge and awareness of companies regarding the opportunities offered by digital transformation, also in the context of the National Enterprise 4.0 Plan, the European strategy for the digitalization of industry ("Digitizing European Industry - DEI") and the TICHE Innovation Programme for Small and Medium-Sized Manufacturing Enterprises ("ICT Innovation for Manufacturing SMEs - I4MS" programme); b. Being the gateway to the innovation ecosystem to support the digital transformation of the production system; c. Stimulating companies' demand for innovation; d. Creating a bridge between business and the world of research.</t>
   </si>
   <si>
     <t>Institute of Elevation - Idele</t>
   </si>
   <si>
     <t>The mission of the Institut de L'Elevage is to improve the competitiveness of herbivore farms and their sectors in a constantly changing context. Its work provides innovative technical solutions to farmers and stakeholders in the cattle, sheep, goat, and equine sectors. They provide answers to current social and environmental issues, serving livestock stakeholders and their sectors.</t>
   </si>
   <si>
-    <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
-[...4 lines deleted...]
-  <si>
     <t>DIHBU Industry 4.0</t>
   </si>
   <si>
     <t>Hub to boost innovation and competitive intelligence to foster the co-creation of new products and the provision of complementary non-technological services to companies.</t>
   </si>
   <si>
     <t>DIH Dynapsis</t>
   </si>
   <si>
     <t>Hub focused on achieving sustainable development, incorporating digital transformation into environmental management, and addressing the challenges of climate change</t>
   </si>
   <si>
-    <t>Le Pool French Tech Rennes St Malo</t>
-[...4 lines deleted...]
-  <si>
     <t>Nanotechnology Lab LTFN (Lab for Thin Films - Nanobiomaterials - Nanosystems - Nanometrology)</t>
   </si>
   <si>
     <t>The Nanotechnology Lab LTFN, established in 1991, is located at the Department of Physics, Aristotle University of Thessaloniki (AUTH) and at the Cope-H facility near Thermi and Thessaloniki Airport. It has over 25 years of experience in thin film technology, advanced nanomaterials and nanoparticle manufacturing, developing/implementing in situ and real-time optical metrology techniques, computational modeling, and nanometrology tools. LTFN's mission is to promote world-class research and best practices in nanotechnology, organic electronics, nanomedicine, and nanometrology to address global challenges in manufacturing, energy, lighting, electronics, photonics, IoT, transportation, healthcare, and quality of life, agriculture, etc.</t>
   </si>
   <si>
     <t>Photonics Bretagne</t>
   </si>
   <si>
     <t>Photonics Bretagne's technology platform has extensive expertise in biophotonics.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>Robocoast's mission is to support digital transformation with key skills in cybersecurity, robotics, energy technology, artificial intelligence, data analytics, 5G, and the Internet of Things. We provide services to the export industry and other industries, as well as startups and high-tech companies. The products and services developed by members focus on the export industry and its subcontracting chains, advanced manufacturing, information and communications technology, and the energy sector. We also offer multidisciplinary cooperation in areas such as agriculture and healthcare technology.</t>
   </si>
   <si>
     <t>Rural Industry DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub is officially translated into Finnish as Digital Innovation Hub. It is a tool developed and coordinated by the European Commission to accelerate digital solutions for European businesses. DIH is primarily regionally oriented, with a primary focus on SMEs.</t>
   </si>
   <si>
+    <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
+  </si>
+  <si>
+    <t>Antares strives to drive research excellence at the Biosense Institute, to deliver disruptive digital solutions to the European agricultural sector, stimulate regional entrepreneurship and employment, and ensure sufficient, safe food for the world's growing population.</t>
+  </si>
+  <si>
     <t>SMILE-DIH (Smart Manufacturing Innovation for Lean Excellence center - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) is a European-accredited and operational Digital Innovation Hub (DIH) founded in Parma in 2018, as a legally recognized non-profit partnership, by the Unione Parmense Degli Industriali and the Università di Parma. Smile-DIH is part of I4MS (European DiH Network) and the Italian confindustria DIH network and is able to support technology transfer between research centers (universities, centers of competence, institutes and private bodies) and manufacturing industries (in particular SMEs and Mid-Caps), as well as public administrations, in order to transform their business models through: the digitalization of operational processes to make them more efficient and functional; The implementation of innovative and Lean methodologies, supported by smart technologies such as cyber-physical systems (CPS), the Internet of Things (IoT and IIoT), artificial intelligence (AI), robotics (autonomous and collaborative), cybersecurity, and high-performance computing (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promote applied research, direct research that responds to a need.</t>
   </si>
   <si>
     <t>Tyndall National Institute, Tyndall</t>
   </si>
   <si>
     <t>Tyndall National Institute is a leading European deep technology research center for embedded ICT (information and communications technology) hardware and systems. Specializing in both electronics and photonics (materials, devices, circuits, and systems), we are leading the world in our core research areas of: Semiconductor wafer fabrication; Quantum materials, devices, and engineering platforms; Microelectronic and photonic integration and packaging; Integrated energy systems and climate mitigation; Biophotonics, bioelectronics, biomedical devices and systems; Smart sensors and systems; Human-centric systems for work and life; Optical communication systems; Wireless communication systems; Mixed-signal and analog circuit design.</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Digital Innovation Hubs (DIHS) are "one-stop shops," approved by the European Commission, that help companies become more competitive with respect to their commercial/production processes, products, or services using digital technologies. As the first regional point of contact and gateway into a multi-stakeholder innovation ecosystem, they provide SMEs and other companies with: Access to the latest knowledge, expertise, and technology to support their clients with pilots, tests, and experiments with digital innovations; and Commercial and financial support to implement these innovations.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>The quality of urban life in the future will increasingly depend on the complex relationship between computing systems, engineering, physics, and human behavior. This relationship between people and the technology we use will increasingly affect every aspect of our daily lives, from how we power our homes and businesses to how we produce our food. Business, government, and industry will rely on integrated technology that could offer vast improvements to our lives, but which is also vulnerable to cyberattack and software failure. The need to understand and bring these different elements together to work efficiently will be critically important for society to thrive. Newcastle University's Cyber Physical Lab is part of the Digital Innovation Hub (DIH) at the state-of-the-art Newcastle Helix site, implementing the regional vision for a thriving digital economy in Northeast England. In addition to Newcastle University, DIH offers services through the National Innovation Centre for Data (NICD), delivering practical data skills to organizations. The Coding Institute, Bridging the Digital Skills Gap, and the Arrow Program, aligning the needs of regional SMEs with the University of Newcastle.</t>
   </si>
   <si>
-    <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
-[...4 lines deleted...]
-  <si>
     <t>FIWARE Space</t>
   </si>
   <si>
     <t>It focuses its activity on training, networking, dissemination of events, advances and projects carried out for the technological development of Badajoz</t>
   </si>
   <si>
     <t>Food +i cluster</t>
   </si>
   <si>
     <t>Project to disseminate activities, projects, networks, value propositions and innovation carried out by the food+i cluster.</t>
   </si>
   <si>
     <t>Galician Factory of Future HUB</t>
   </si>
   <si>
     <t>An environment for promoting high-impact cooperative projects to improve the competitiveness of companies in the Galician automotive and mobility industry.</t>
   </si>
   <si>
     <t>CPI</t>
   </si>
   <si>
     <t>The IPC acts as a catalyst, bringing together academia, business, government, and investors to translate brilliant ideas and research into the marketplace. We do this by providing our clients with access to the right experts, equipment, networks, funding, and more, connecting the dots for effective innovation. We are a leading independent technology innovation hub and a founding member of the UK government's High Value Manufacturing Catapult. Established in 2004, our teams tirelessly apply their many years of experience to ensure every great invention has the best chance of becoming a successfully commercialized product or process. We work with our partners in diverse markets in the UK and around the world, driving their innovations forward and helping them reduce the risk and cost associated with product development.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - The Swiss Microtechnology &amp; Micromanufacturing DIH</t>
@@ -716,60 +761,60 @@
   <si>
     <t>Green Digital Innovation Hub</t>
   </si>
   <si>
     <t>Supporting agricultural food communities and networks in See by developing services on digital food quality and traceability using blockchain</t>
   </si>
   <si>
     <t>Jheronimus Academy of Data Science</t>
   </si>
   <si>
     <t>Jads is a unique partnership between the province of North Brabant, the municipality of S-Hertogenbosch, Tilburg University, and Eindhoven University of Technology (TU/E). We offer several data science programs, from bachelor's and master's programs to Education and Vocational Education (ENGD) (formerly PDENG). We also help organizations shape their data-driven future.</t>
   </si>
   <si>
     <t>LTU AI Innovation Hub</t>
   </si>
   <si>
     <t>Luleå University of Technology has many years of experience in applied artificial intelligence. Our AI-related research ecosystem links directly to real-world applications in business and industry. We contribute to safe and measurable AI innovations that make a difference in everyday life and benefit society at large.</t>
   </si>
   <si>
     <t>Luxembourg Institute of Science and Technology (LIST)</t>
   </si>
   <si>
     <t>The Luxembourg Institute of Science and Technology (LIST) is a mission-driven research and technology organization (RTO) that develops competitive, market-oriented product and service prototypes for public and private stakeholders.</t>
   </si>
   <si>
+    <t>Digital Water Innovation Hub (Digital Water)</t>
+  </si>
+  <si>
+    <t>Hub for the dissemination of technology and innovation, consulting services, applied R&amp;D, technology, training Objective: To provide industrial technology to Catalonia, consulting, training, development of innovative products and services and promotion and dissemination of technological innovation</t>
+  </si>
+  <si>
     <t>Innoskart Digital Innovation Hub</t>
   </si>
   <si>
     <t>The Group has transcended its original boundaries both geographically and in terms of its scope of activities. Today, Innoskart has become a national group of IT service providers (hardware and software), as well as members of the food manufacturing and research sector, but has achieved outstanding achievements in many other fields (vehicle trading, pharmaceuticals, machinery and trade, metallurgy, painting, consulting, etc.). Innoskart organizations range from sole proprietorships to large corporations with a wide range of capabilities. In addition to corporations, research centers, universities, and municipalities are also members of the Cluster.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Hub for the dissemination of technology and innovation, consulting services, applied R&amp;D, technology, training Objective: To provide industrial technology to Catalonia, consulting, training, development of innovative products and services and promotion and dissemination of technological innovation</t>
   </si>
   <si>
     <t>NTUA Digital Innovation Center (DIH-NTUA)</t>
   </si>
   <si>
     <t>In Greece, one regional and 13 national research and innovation strategies for smart specialization were implemented. The national strategy promotes eight sectors in which research and innovation could contribute to developing a significant competitive advantage, taking into account the critical mass and excellence of the respective research potential.</t>
   </si>
   <si>
     <t>Regional Platform Industry 4.0 of Tuscany Region (Tuscan Platform Industry 4.0)</t>
   </si>
   <si>
     <t>The operational tool of the Regional Enterprise 4.0 Platform: an easy access point for companies wishing to innovate and remain competitive in the markets. The platform is a new ecosystem created to promote and foster the digitalization processes of the commercial system and is part of the network of digital innovation hubs accredited by the European Commission. Its task is to support companies, particularly SMEs, in the European digitalization process and to establish contacts with the various actors in the digital innovation ecosystem present in the region.</t>
   </si>
   <si>
     <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
   </si>
   <si>
     <t>Hub that puts the latest digital and creative technologies at the disposal of the local government, training, internationalization, commerce, services, and industrial sectors. Objective:</t>
   </si>
   <si>
     <t>Algarve Smart Destination, Digital Innovation Hub</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) is an informal network of private and public institutions focused on the digitalization of the economy in the territory, mainly in the tourism sector, led by the Algarve System and Technology Partnership Association (Algarve STP), a non-profit association that incorporates the University of Algarve, the National Association of Young Entrepreneurs (ANJE) and three municipalities in the Algarve region, namely Loulé, Faro, Olhão and a private association of IT companies, Algarve Evolution.</t>
   </si>
@@ -1151,567 +1196,567 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C131"/>
+  <dimension ref="A1:C139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C131"/>
+      <selection activeCell="A1" sqref="A1:C139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1601.895" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
@@ -1777,876 +1822,964 @@
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" s="1" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>