--- v0 (2025-12-18)
+++ v1 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Herramientas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Página web</t>
   </si>
   <si>
     <t>Agrobase</t>
   </si>
   <si>
     <t>Knowing how to correctly identify weeds, diseases, or plant pests is the first step toward effective control. This app includes an agronomic knowledge database with pests and a disease catalog, as well as all registered pesticides, insecticides, and herbicides in the country of your choice. It also includes descriptions of crop protection products with links, so you can always choose the right solution to a problem. It also provides information on product registration and expiration dates, and most importantly, their effectiveness in various situations.</t>
   </si>
   <si>
     <t>Mobile application</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=lt.farmis.apps.farmiscatalog&amp;hl=e…</t>
   </si>
   <si>
@@ -1046,59 +1046,50 @@
   <si>
     <t>Connect farm data, real-time conditions, and agronomic recommendations, all while keeping farm data in one place for easy tracking and sharing.</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.cropx.adaptive&amp;hl=es_419</t>
   </si>
   <si>
     <t>Visor GO-Esjara</t>
   </si>
   <si>
     <t>Cartographic viewer with information that develops the value chain of the use of rockroses (Cistus ladanifer and Cistus laurifolius) to obtain essential oils, valorizing waste and by-products</t>
   </si>
   <si>
     <t>https://goesjara.es/visor/</t>
   </si>
   <si>
     <t>IFAPA GUÍA PLAGAS</t>
   </si>
   <si>
     <t>Pest management</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.juntadeandalucia.ifapa.guia</t>
   </si>
   <si>
-    <t>Agroseguro Ganado</t>
-[...7 lines deleted...]
-  <si>
     <t>Identificación Equina</t>
   </si>
   <si>
     <t>Application for reporting equine identification chip placements and passport applications from the Cantabrian Veterinary College</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.vetcontrol.canvas.appidendifi…</t>
   </si>
   <si>
     <t>Portal Ganadero</t>
   </si>
   <si>
     <t>Livestock Portal of the Ministry of Rural Development, Livestock, Fisheries, Food and Environment of the Government of Cantabria: request for cattle transport guides, purchase of ear tags, and animal identification</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.cantabria.portalganadero.porta…</t>
   </si>
   <si>
     <t>Gestión explotaciones agrarias</t>
   </si>
   <si>
     <t>Application designed to facilitate the creation and monitoring of actions on an agricultural holding (XEAGA)</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=gal.xunta.xeaga</t>
@@ -1208,459 +1199,1330 @@
   <si>
     <t>Solution that digitizes agricultural and livestock operations, monitors crops and livestock, displays indicators in real time, and improves field coordination.</t>
   </si>
   <si>
     <t>https://mairu.digital/software-agricultura-ganaderia/</t>
   </si>
   <si>
     <t>AGROPECUARIA</t>
   </si>
   <si>
     <t>Professional field and livestock management</t>
   </si>
   <si>
     <t>https://controlagropecuaria.web.app/</t>
   </si>
   <si>
     <t>ContaCarne</t>
   </si>
   <si>
     <t>A web application that will calculate your production costs, as well as the price of meat you should receive to cover all your farm costs (including the owner's own salary, standardized at 1.5 times the minimum wage). Users can print the annual results report and keep their farm's annual accounts.</t>
   </si>
   <si>
     <t>https://contacarne.xunta.gal/contacarne/</t>
   </si>
   <si>
+    <t>Riego Citrus</t>
+  </si>
+  <si>
+    <t>CITRUS IRRIGATION is a free public app developed by the Andalusian Institute for Agricultural, Fisheries, Food and Organic Production Research and Training (IFAPA) that provides an interface with irrigation recommendations for citrus crops adapted to water availability and any situation of restriction in its supply.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.ifapa.riego.citrus.app&amp;pli=1</t>
+  </si>
+  <si>
+    <t>Sensacultivo</t>
+  </si>
+  <si>
+    <t>Mobile app that allows for the optimization of water and fertilizer consumption and increases competitiveness and sustainability</t>
+  </si>
+  <si>
+    <t>https://sensacultivo.es/</t>
+  </si>
+  <si>
+    <t>Sensoterra</t>
+  </si>
+  <si>
+    <t>Mobile application to monitor soil moisture in real time by probe and location that will send suggested actions to increase crop productivity and reduce irrigation costs.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=nl.peercode.sensoterranew&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Memorándum SIEX</t>
+  </si>
+  <si>
+    <t>Mobile application for the agricultural sector that automatically creates the digital field notebook and livestock farm book.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=net.memorandum.siexmemorandum&amp;hl=…</t>
+  </si>
+  <si>
+    <t>RiegoApp</t>
+  </si>
+  <si>
+    <t>Irrigation scheduling platform for mobile devices</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.iriego.riegoapp</t>
+  </si>
+  <si>
+    <t>Mide Mapas Pro</t>
+  </si>
+  <si>
+    <t>An app that lets you quickly and easily draw polygons and measure distances, perimeters, and areas in Maps with razor-sharp precision. It even takes into account the curvature of the Earth's surface. Use it for small or large areas, then share your findings through any sharing app on your device.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.globaldpi.measuremaplite&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Riego</t>
+  </si>
+  <si>
+    <t>Manages irrigation equipment</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.vrriegorn</t>
+  </si>
+  <si>
+    <t>VISORES AUTONÓMICOS DE PARCELAS AGRÍCOLAS (SIGPAC)</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/pepac-2023-2027/sistemas-gestion-y-control/sigpac/vi…</t>
+  </si>
+  <si>
+    <t>Contaláctea</t>
+  </si>
+  <si>
+    <t>Cost calculation platform for dairy farms in Galicia. Based on properly completed data, it will calculate your production costs, as well as the price of the milk you must receive to cover all your farm costs.</t>
+  </si>
+  <si>
+    <t>https://www.contalactea.es/cantabria/</t>
+  </si>
+  <si>
+    <t>Agri Sustainability Compass</t>
+  </si>
+  <si>
+    <t>Agri Sustainability Compass It brings together 20 key indicators for the three dimensions of sustainability in agriculture and rural areas and helps users quickly understand the current state of agricultural sustainability and its evolution over time.</t>
+  </si>
+  <si>
+    <t>https://agridata.ec.europa.eu/extensions/compass/compass.html</t>
+  </si>
+  <si>
+    <t>eAmbrosia</t>
+  </si>
+  <si>
+    <t>Official web tool for learning about the legal register of names of agricultural and food products, wines, and spirits that are registered and protected throughout the EU.</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/agriculture/eambrosia/geographical-indications-register/</t>
+  </si>
+  <si>
+    <t>Porcicola Control</t>
+  </si>
+  <si>
+    <t>Welcome to Porcícola Control, the comprehensive solution for pig farm management and for you, the professional pig farmer. Designed specifically for pig farmers, our app provides you with the tools you need to optimize your farm management, improve your pigs' health, and increase productivity.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.madagas.porcicola_control&amp;hl=…</t>
+  </si>
+  <si>
+    <t>FieldPad</t>
+  </si>
+  <si>
+    <t>It allows farmers to more precisely control their crops, input use, and weather data, contributing to more informed decision-making and more productive farming. FieldPad provides remote, real-time access to plot data, simplifying problem diagnosis and recommending solutions, enabling more effective advice, optimizing farming practices, and increasing productivity. FieldPad enables centralized, real-time monitoring of members' farming activities, simplifying crop planning, resource allocation, and supply chain management.</t>
+  </si>
+  <si>
+    <t>https://fieldpad.es/</t>
+  </si>
+  <si>
+    <t>DSSAT</t>
+  </si>
+  <si>
+    <t>The System for Supporting Agricultural Technology Transfer (DSSAT) is a Windows-based software application program comprising dynamic crop growth simulation models for over 45 crops. DSSAT supports a variety of utilities and applications for meteorological, soil, genetic, crop management, and observational experimental data, and includes example data sets for all crop models. The crop simulation models simulate growth, development, and yield based on soil-plant-atmosphere dynamics. DSSAT has been applied to address many real-world problems and issues ranging from genetic modeling to on-farm and precision management, regional assessments of the impact of climate variability and change, economic and environmental sustainability, and food and nutrition security.</t>
+  </si>
+  <si>
+    <t>https://dssat.net/</t>
+  </si>
+  <si>
+    <t>AGRO360º</t>
+  </si>
+  <si>
+    <t>Agro360º, an innovative comprehensive service system designed to meet all the needs of professionals in the agri-food sector. Agro360º offers a wide range of solutions that optimize cooperative management and provides farmers and ranchers with a range of services so they can focus on caring for their crops and ensuring the quality of their products.</t>
+  </si>
+  <si>
+    <t>https://faecagranada.com/servicios</t>
+  </si>
+  <si>
+    <t>AGROASESOR</t>
+  </si>
+  <si>
+    <t>AGROasesor integrates the management of plot operations with crop advice, using decision-making support tools.</t>
+  </si>
+  <si>
+    <t>https://www.agrogestor.es/plataformas/plataforma-agroasesor/</t>
+  </si>
+  <si>
+    <t>ROPO</t>
+  </si>
+  <si>
+    <t>Official Registry of Producers and Operators of Plant Protection Products (ROPO)</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/ropowebwai/default.aspx</t>
+  </si>
+  <si>
+    <t>DIGIMAPA</t>
+  </si>
+  <si>
+    <t>The application contains categorized information on more than 660 companies specializing in offering ICT, automation, and robotics products and services to the agri-food value chain.</t>
+  </si>
+  <si>
+    <t>https://digimapa.akisplataforma.es/</t>
+  </si>
+  <si>
+    <t>Asesores Aragón</t>
+  </si>
+  <si>
+    <t>Knowledge management tool to facilitate the dissemination of information and documentation to various advisory groups, the exchange of members, and the coordination of all types of activities. App of the Agri-Food Alliance of Aragon for the management and transfer of knowledge among Aragonese scientists, technicians, and farmers</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=me.chil.socialknowledge.aprogip&amp;h…</t>
+  </si>
+  <si>
+    <t>SGA@PP</t>
+  </si>
+  <si>
+    <t>Mobile application for consulting information on files and applications within the framework of Single Applications</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgaapp</t>
+  </si>
+  <si>
+    <t>RETO</t>
+  </si>
+  <si>
+    <t>Electronic Registry of Transactions and Operations with Phytosanitary Products (RETO)</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/productos-fitosani…</t>
+  </si>
+  <si>
+    <t>Agreena Carbon</t>
+  </si>
+  <si>
+    <t>Carbon calculator that estimates potential gains from transitioning to regenerative agriculture</t>
+  </si>
+  <si>
+    <t>https://app.agreena.com/signup/farm</t>
+  </si>
+  <si>
+    <t>SERVIFAPA</t>
+  </si>
+  <si>
+    <t>Platform that provides the possibility of making technical inquiries related to agricultural and fishing activities</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/asesoramiento…</t>
+  </si>
+  <si>
+    <t>DEMETRIA Agritech</t>
+  </si>
+  <si>
+    <t>Technological solution to address the needs of the agricultural sector, helping to simplify and optimize farm management, regulatory compliance, and farmers' access to European aid.</t>
+  </si>
+  <si>
+    <t>https://demetriaagritech.com/</t>
+  </si>
+  <si>
+    <t>AgroCuaderno Cuaderno de campo</t>
+  </si>
+  <si>
+    <t>Tool that allows you to manage your Cooperative/Oil Mill data</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.prosur.agrocuaderno</t>
+  </si>
+  <si>
+    <t>Cuaderno de campo agrícola</t>
+  </si>
+  <si>
+    <t>Agricolum is an application designed by farmers, for farmers, advisors, and cooperatives. We are a team of farmers, agricultural engineers, and computer scientists who aim to help the agricultural sector manage farms and improve agriculture.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agricolum&amp;hl=es_419&amp;gl=US</t>
+  </si>
+  <si>
+    <t>oliCloud</t>
+  </si>
+  <si>
+    <t>An app developed specifically for the management of olive groves and nut farms allows you to monitor the profitability of each farm, the phytosanitary products used, and automatically generate your farm logbook.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.app.inforcloudsca.olicloudapp…</t>
+  </si>
+  <si>
+    <t>INTIA SA</t>
+  </si>
+  <si>
+    <t>It allows the reception of notifications of pest warnings published by INTIA SA and to have good prevention on crops.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.intia.appnotificacionespush</t>
+  </si>
+  <si>
+    <t>REDAFEX</t>
+  </si>
+  <si>
+    <t>Free software platform for agricultural soil fertilization advice for farmers in Extremadura.</t>
+  </si>
+  <si>
+    <t>https://www.redafex.es/</t>
+  </si>
+  <si>
+    <t>Sencrop</t>
+  </si>
+  <si>
+    <t>Risk management and crop interventions through weather measurements and forecasts specific to your area</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=sencrop&amp;c=apps&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Registros Autonómicos de Explotación Agrícola (REA) y Cuaderno Digital de Explotación Agrícola (CUE)</t>
+  </si>
+  <si>
+    <t>Page with access to the Autonomous Agricultural Exploitation Registry Services (REA) and the Digital Agricultural Exploitation Notebook (CUE) of the Autonomous Communities</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/siex/acceso-a-a-rea-y-cue</t>
+  </si>
+  <si>
+    <t>AdapteCCa</t>
+  </si>
+  <si>
+    <t>Climate change scenario viewer to learn about, view, and download the most up-to-date projections for Spain's future climate.</t>
+  </si>
+  <si>
+    <t>https://escenarios.adaptecca.es/</t>
+  </si>
+  <si>
+    <t>RETOAGUA</t>
+  </si>
+  <si>
+    <t>RETOAGUA Castilla-La Mancha is a digital tool to support farmers' decision-making regarding irrigation and fertilization.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.uclm.crea.retoagua&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Red de Alerta e Información Fitosanitaria de Andalucía (RAIF)</t>
+  </si>
+  <si>
+    <t>Updated information on the phytosanitary status of the main crops in Andalusia: garlic, cotton, almonds, rice, winter cereals, citrus fruits, strawberries, berries, protected vegetables, olives, potatoes, sugar beets, tomatoes for industrial processing, grapes, and carrots.</t>
+  </si>
+  <si>
+    <t>https://experience.arcgis.com/experience/8e11d646e1be4f75947f75be7b729981</t>
+  </si>
+  <si>
+    <t>FitoBot</t>
+  </si>
+  <si>
+    <t>AI Assistant for the Plant Health Sector</t>
+  </si>
+  <si>
+    <t>https://tecfito.com/fitobot/</t>
+  </si>
+  <si>
+    <t>Agri IA: Smart Farming Advisor</t>
+  </si>
+  <si>
+    <t>Allows users to ask any questions related to agriculture and best farming practices</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=live.agriai&amp;hl=es</t>
+  </si>
+  <si>
+    <t>IG4 Agricultura Razonada</t>
+  </si>
+  <si>
+    <t>Application for monitoring the fundamental parameters of a crop to optimize quality, productivity and sustainability.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.ig4.agronomia&amp;hl=es</t>
+  </si>
+  <si>
+    <t>AGRAI</t>
+  </si>
+  <si>
+    <t>Smart precision agriculture application for monitoring and predicting key crop agronomic parameters.</t>
+  </si>
+  <si>
+    <t>https://www.agrai.es/login/</t>
+  </si>
+  <si>
+    <t>KAAMPO Técnico de campo</t>
+  </si>
+  <si>
+    <t>A quick and easy tool to streamline the work of those responsible for advising and/or auditing compliance with various national and international certifications.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.kaampo.tecnico&amp;hl=es</t>
+  </si>
+  <si>
+    <t>DOSAVIÑA</t>
+  </si>
+  <si>
+    <t>Tool for determining the optimal application volume in phytosanitary treatments in vineyards based on the structural characteristics of the vegetation and the type of equipment used</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=edu.upc.deab.uma&amp;hl=es</t>
+  </si>
+  <si>
+    <t>ISAGRI AGROPTIMA</t>
+  </si>
+  <si>
+    <t>Manage your farm efficiently through the APP and your computer's web account (Digital Farm Management Notebook).</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroptima.agroptima</t>
+  </si>
+  <si>
+    <t>ISAGRI PORC MOBILE</t>
+  </si>
+  <si>
+    <t>A mobile application for pig farmers to record real-time farm events and easily access essential herd data. Users can record reproductive events (inseminations, matings, ultrasounds, farrowings, weanings), view sow records, and monitor waiting periods before culling. Additionally, it's possible to record sow body condition (backfat) at different stages. You will be able to create your post-weaning and fattening batches by entering animal movements and health interventions.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.isagri.gestionporcine</t>
+  </si>
+  <si>
+    <t>ISAGRI GEOFOLIA</t>
+  </si>
+  <si>
+    <t>This application allows you to record and review reports submitted from your plots using a 100% touchscreen and intuitive interface. Controls regarding plant protection products (prohibited mixtures, dosages, etc.) have been integrated to provide immediate alerts if authorized uses are not followed.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=fr.icone.geofolia</t>
+  </si>
+  <si>
+    <t>Vacapop</t>
+  </si>
+  <si>
+    <t>App to search, buy and sell livestock directly between ranchers throughout Spain, providing you with a specialized site where you can publish your offers of livestock for sale, as well as find a large supply of livestock for sale (cows, bulls, horses, mares, goats and sheep), and where you can carry out buying and selling transactions immediately and securely.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.elprogramador.vacapop&amp;hl=es&amp;gl…</t>
+  </si>
+  <si>
+    <t>VACAPP</t>
+  </si>
+  <si>
+    <t>Application to manage your cows, bulls and herds that allows you to have exhaustive control of calves, weaning, sanitation, diseases and various events that can happen to a herd.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+  </si>
+  <si>
+    <t>Agrónic App 2.0</t>
+  </si>
+  <si>
+    <t>Agrónic APP 2.0 is the next generation of the Agrónic APP. A completely redesigned application, more visual, more intuitive, and ready for constant evolution. It is designed to meet the real needs of today's farmers, offering a more complete, professional, and user-friendly remote control environment. This new version will not only gradually replace the previous app but will also mark a turning point in the management of Agrónic programmers.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.progres.agronicapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Vegga</t>
+  </si>
+  <si>
+    <t>It helps you with comprehensive management and decision-making. You'll manage and optimize your farm's performance thanks to the indicators generated by the platform, using the latest digital technologies and expert advice.</t>
+  </si>
+  <si>
+    <t>https://veggadigital.com/soluciones/</t>
+  </si>
+  <si>
+    <t>Cropwise Protector</t>
+  </si>
+  <si>
+    <t>With Cropwise Protector, growers have access to the most important agronomic indicators via their cell phones. Powerful analytics and visual dashboards ensure that the collected information is always readily available for faster, more accurate decision-making, all organized into charts and maps that provide a comprehensive and detailed overview of pest pressure.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=ag.strider.protector&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Efemis</t>
+  </si>
+  <si>
+    <t>Efemis is the agricultural platform for the agronomic and economic management of pre-harvest operations; It allows for the planning, execution, and control of numerous agricultural processes, from agronomic, economic, and legal perspectives; It enables optimal decision-making based on in-depth data analysis; Cost reduction and improved performance; Traceability in marketing.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=efemis&amp;c=apps&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agrosales</t>
+  </si>
+  <si>
+    <t>Agrosales is a digital platform for the analysis of commercial, agronomic and technical data to improve the strategic management of the business of producers and distributors of agricultural inputs.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/agrosales/?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>AI for agriculture; We have designed the first agri-food artificial intelligence platform capable of managing different future scenarios, describing how they will impact your corporate strategy and showing you the best decision for each business objective. Margaret has a processing engine that analyzes authentic agri-food Big Data using AI algorithms and models to develop applications tailored to the needs of each producer, aggregator, or complementary industry.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/margaret/</t>
+  </si>
+  <si>
+    <t>Agri Calc (android)</t>
+  </si>
+  <si>
+    <t>A simple tool for agricultural calculations. Currently, it can calculate plant population, calibrate a basic boom sprayer, calculate crop yields, calculate NPK fertilizers, and much more is coming soon. You can save your calculations for future reference and group them accordingly. It supports both metric and imperial units.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=co.za.tcei.agricalc&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agri Calc (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/agricalc/id6753979056</t>
+  </si>
+  <si>
+    <t>Mi Granja</t>
+  </si>
+  <si>
+    <t>Application for managing sheep, goat, and cattle farms. Using an electronic animal identification reader (bolus, electronic ear tag, microchip), it allows the generation of a database and control system for the farm, enabling the monitoring of different stages and situations that the animals go through, such as: Identification, Census, Ultrasounds, Lambing, Losses, Blood sampling, Milk recording...</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.tecon.roiplascrotales</t>
+  </si>
+  <si>
+    <t>Reutivar</t>
+  </si>
+  <si>
+    <t>This application allows for optimal fertigation scheduling for olive groves irrigated with reclaimed water. Version 1.0.Beta of REUTIVAR-App, developed by the University of Córdoba, is a free, open-source beta application.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.rafacode.reutivarapp&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (android)</t>
+  </si>
+  <si>
+    <t>An essential tool for UAGN farmers and ranchers, integrated with the Farm Management Notebook, the aGROSlab GIP Advisor app, and the platform for the plant protection product distribution channel. UAGN Field Notebook is the app that allows you to generate your field treatments, even in offline environments/without data coverage. It gives you all the information you need for your work and lets you receive prescriptions from the advisor on your mobile phone or tablet.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.geoslab.agroslabagricultor.ua…</t>
+  </si>
+  <si>
+    <t>FitoFarma</t>
+  </si>
+  <si>
+    <t>FitoFarma is your essential tool for managing the use of plant protection products in agriculture. Designed for farmers, agronomists, and gardening enthusiasts.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fitosanitarios-agronomia-mapa/id6451338616</t>
+  </si>
+  <si>
+    <t>Agrobio Efectos Secundarios</t>
+  </si>
+  <si>
+    <t>Manual of side effects for the integrated use in horticulture of plant protection products and biological control organisms or pollinators.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agrobio.efectos</t>
+  </si>
+  <si>
+    <t>Hesperides</t>
+  </si>
+  <si>
+    <t>This application is designed for technical advisors and technical directors who use Hesperides. Its main features include: identification and geolocation of plots and producers; easy access to plot history; and management of trap information.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.efoodprint.hesperides</t>
+  </si>
+  <si>
+    <t>PhytechPlant</t>
+  </si>
+  <si>
+    <t>Plant application for optimized irrigation</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.phytechplant</t>
+  </si>
+  <si>
+    <t>Fitocampo</t>
+  </si>
+  <si>
+    <t>Fitocampo APP is designed for companies in the plant protection, agriculture, and plant protection sectors to complete their field logbook from a mobile device. Fitocampo APP is a mobile application designed so that any company in the plant protection, agriculture, and plant protection sectors can complete their field logbook from a mobile device, facilitating the work for different professional profiles.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.sdi.fitocampo&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/cuaderno-de-campo-uagn/id1495651696</t>
+  </si>
+  <si>
+    <t>Xarvio Field Manager</t>
+  </si>
+  <si>
+    <t>The leading digital platform for crop optimization and prescriptions. Based on 25 years of experience, this application features crop optimization models. The application's key components help you make real-time management decisions with accurate information for each of your fields, facilitating the optimization of time and resource use.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bayer.cs.xarviofieldmanager&amp;h…</t>
+  </si>
+  <si>
+    <t>Prismab</t>
+  </si>
+  <si>
+    <t>We created the PRISMAB Link to connect your sensor data to the internet with legendary ease. Simply connect a sensor to one of its three ports, and the Link unit will begin transmitting data every hour. It's that simple. Keep your installation out of the hands of third parties and maintain complete control of your sensor network whenever you need it. Install, replace sensors, move transmitters, or uninstall equipment as often as necessary, completely independently and effortlessly.</t>
+  </si>
+  <si>
+    <t>https://prismab.com/</t>
+  </si>
+  <si>
+    <t>Plantae</t>
+  </si>
+  <si>
+    <t>With Plantae®, access your field data anytime. Check soil moisture, conductivity, and temperature to provide your plants with exactly what they need. Real-time data collection. Graphs of moisture, conductivity, and temperature. Flow rate readings without having to go to the field.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.plantaeapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>agrocontrol</t>
+  </si>
+  <si>
+    <t>Generate your Field Logbook in one click and record mandatory employee clock-ins. Assign tasks, manage your finances, comply with regulations, and avoid penalties without paperwork.</t>
+  </si>
+  <si>
+    <t>https://www.agrocontrol.app/</t>
+  </si>
+  <si>
+    <t>Control Agropecuaria</t>
+  </si>
+  <si>
+    <t>Our platform solves one of the key problems for managers and technicians in agricultural businesses: data recording, monitoring, analysis, and reporting. If they have been recording information on paper or in spreadsheets until now, they risk using an outdated approach to data collection.</t>
+  </si>
+  <si>
+    <t>FitoAid</t>
+  </si>
+  <si>
+    <t>Locate any plant protection product. Quickly find any plant protection product registered with the Spanish Ministry of Agriculture, Fisheries, Food and Environment (MAPAMA) using the search engine or by filtering by its characteristics, with direct access to the original official Ministry registration sheet.</t>
+  </si>
+  <si>
+    <t>https://www.adama.com/spain/es/fitoaid</t>
+  </si>
+  <si>
+    <t>Climate Field view</t>
+  </si>
+  <si>
+    <t>Climate FieldView is an integrated digital tool for agriculture that offers farmers a comprehensive and connected suite of digital tools, giving them deeper knowledge of their fields so they can make more informed operational decisions that allow them to optimize yield, maximize efficiency, and reduce risk.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?hl=en&amp;id=com.climate.growers.android…</t>
+  </si>
+  <si>
+    <t>FarmQA</t>
+  </si>
+  <si>
+    <t>FarmQA is your digital agronomy assistant for crop monitoring, treatment recommendations, image analysis, and field analysis. Tip: FarmQA Advice streamlines the work of agronomists, enabling fast, digital treatment recommendations for your farmers. Customize recommendations and track details.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmqa.scouting&amp;hl=es</t>
+  </si>
+  <si>
+    <t>PickApp</t>
+  </si>
+  <si>
+    <t>Report all farm activities and link each action to a specific location, time, and farm worker. PickApp automatically uploads and analyzes scanned data in real time. This zero-error process replaces inaccurate manual reports and helps farm owners implement a stable and structured workflow based on impeccable data integrity.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.pointer.farmwork</t>
+  </si>
+  <si>
+    <t>Agro</t>
+  </si>
+  <si>
+    <t>Build your network and expand your business opportunities with professionals in the primary sector in Spain and Portugal.</t>
+  </si>
+  <si>
+    <t>https://appagro.es/</t>
+  </si>
+  <si>
+    <t>Sanzar</t>
+  </si>
+  <si>
+    <t>Web/mobile platform for intelligent irrigation recommendations that allows for reduced water usage through soil sensing and other parameters</t>
+  </si>
+  <si>
+    <t>https://ai-land-software.sanzar-group.com/</t>
+  </si>
+  <si>
+    <t>Agroseguro Clientes</t>
+  </si>
+  <si>
+    <t>Application whose purpose is to register claims for damages and notices of withdrawal in livestock</t>
+  </si>
+  <si>
+    <t>https://agroseguro.es/clientes/aplicaciones/</t>
+  </si>
+  <si>
+    <t>AgriSat</t>
+  </si>
+  <si>
+    <t>It enables simple and intuitive crop monitoring throughout their growth cycle for improved agronomic management. Crop status, photosynthetic activity, and variability within the plot are visualized. This is achieved using dense time series of images from major Earth observation satellites of NASA and the European Space Agency, in many cases approaching a frequency of one image per week. The application displays the latest available image by default and facilitates chronological navigation through the image sequence.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.idrab.uclm.spiderwebgis.agrisa…</t>
+  </si>
+  <si>
+    <t>Herdly (IOS)</t>
+  </si>
+  <si>
+    <t>Herdly is a livestock management app that lets you record livestock conditions with your voice, powered by smart AI reports, and the convenience of listening to reports anytime.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/herdly-farmer/id6757684859</t>
+  </si>
+  <si>
+    <t>Lims.science</t>
+  </si>
+  <si>
+    <t>Laboratory Management System for Food and Beverages: Efficiently manage food and beverage analysis with a LIMS designed for laboratories certified according to ISO 17025. Control product quality, traceability, and batch testing from a single system.</t>
+  </si>
+  <si>
+    <t>https://lims.science/es/lims-alimentos/</t>
+  </si>
+  <si>
+    <t>Peso Animal - Cerdos y ganado</t>
+  </si>
+  <si>
+    <t>This calculator has been developed to facilitate the calculation of the weight of live or slaughtered animals without the use of scales. -Swine -Cattle -Buffalo -Horses -Sheep and Goats</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.pesoanimal&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Porcicultor: Gestor de cerdos</t>
+  </si>
+  <si>
+    <t>Porcicultor: Your Best Ally for Managing Pig Farms. Discover Porcicultor, the 100% free pig manager that will help you control the expenses and profits of your fattening pig farms efficiently and without complications.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.porcicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganadero: control ganadero</t>
+  </si>
+  <si>
+    <t>Ganadero, the optimal tool for managing the care of beef and dairy cattle. Free and with an internal database, it allows for effective control without an internet connection, ideal for field use. Record and monitor expenses for feed, electricity, equipment, and more, offering a complete solution for efficient and hassle-free livestock management.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.ganadero&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Avicultor: pollos y gallinas</t>
+  </si>
+  <si>
+    <t>Avicultor stands out as the best free tool for comprehensive poultry management, allowing you to effectively monitor the income and expenses associated with your broiler chicken farms. Furthermore, this application facilitates detailed tracking of your laying hens, efficiently controlling egg production and sales. A key feature of Avicultor is its incubation control function, which allows you to manage the egg incubation process precisely and systematically. With an internal database that operates offline, Avicultor becomes the ideal choice for use in</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.avicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganges. Gestión ganadera</t>
+  </si>
+  <si>
+    <t>Ganges - Livestock Management's philosophy is to offer a simple and comprehensive application for livestock farmers at a low price. Therefore, when studying the best way to offer the application to farmers affordably, we opted to offer the application free of charge, and only charge for data storage.</t>
+  </si>
+  <si>
+    <t>https://gestionganadera.es/</t>
+  </si>
+  <si>
+    <t>Herdly (android)</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.herdly.farmer</t>
+  </si>
+  <si>
+    <t>ForestMap</t>
+  </si>
+  <si>
+    <t>Forestmaps is a web service that allows for the automatic and near-instantaneous calculation of forest inventories. It uses LiDAR data from the National Aerial Orthophotography Plan (PNOA) and internal and external parcel databases (from the National Forest Inventory). This data is processed by proprietary models and calculation systems to continuously generate forest inventory information. The application allows users to select a specific area or parcel for the forest inventory. Next, the user must indicate the tree species and product. The client will receive the analysis results via a PDF document sent to their email address, containing a summary of the parcel's inventory and a shapefile vector layer with all the results at a 25-meter resolution. Currently, it includes information for the provinces of Álava, Asturias, Burgos, Gipuzkoa, La Rioja, Madrid, Murcia, Navarra, Palencia, Soria, and Vizcaya, although the intention is to continuously expand its coverage.</t>
+  </si>
+  <si>
+    <t>https://datos.gob.es/es/aplicaciones/forestmap</t>
+  </si>
+  <si>
+    <t>albaibs</t>
+  </si>
+  <si>
+    <t>ERP software for food manufacturers and distributors</t>
+  </si>
+  <si>
+    <t>https://www.albaibs.es/erp-alimentacion/</t>
+  </si>
+  <si>
+    <t>grupozas</t>
+  </si>
+  <si>
+    <t>Management program for the food industry, specialized ERP for food companies with HACCP and traceability. Management software for the food industry with HACCP control, batch traceability, expiration date management, allergen control and regulatory compliance.</t>
+  </si>
+  <si>
+    <t>https://grupozas.com/erp-industria-alimentaria/</t>
+  </si>
+  <si>
+    <t>Visor de buenas prácticas RedPac</t>
+  </si>
+  <si>
+    <t>Good practices viewer</t>
+  </si>
+  <si>
+    <t>https://redpac.es/visores_redpac/bbpp</t>
+  </si>
+  <si>
+    <t>Sistema Europeo de Información sobre Incendios Forestales
+EFFIS</t>
+  </si>
+  <si>
+    <t>Current Situation Viewer 2.0 The new version of the Current Situation Viewer, faster and optimized for mobile devices, offers greater efficiency and accessibility, with optimized performance and a fully responsive design for reliable use on desktop and mobile platforms. It displays the most up-to-date information on the fire season in Europe and the Mediterranean. This includes fire danger weather maps for today and forecasts up to 6 days ahead, as well as daily updated maps of fire hotspots and perimeters.</t>
+  </si>
+  <si>
+    <t>https://forest-fire.emergency.copernicus.eu/apps/effis.csv/?c=1019567.88%2C5783…</t>
+  </si>
+  <si>
+    <t>Instituto Geográfico Nacional</t>
+  </si>
+  <si>
+    <t>Territory observation, cartography and geographical data</t>
+  </si>
+  <si>
+    <t>https://centrodedescargas.cnig.es/CentroDescargas/home</t>
+  </si>
+  <si>
+    <t>Catastro app</t>
+  </si>
+  <si>
+    <t>Catastro_app is a mobile application that gathers and personalizes on your mobile phone, just for your personal use, the information of all your properties since you can add your own photos, sketches or notes.</t>
+  </si>
+  <si>
+    <t>https://www.catastro.hacienda.gob.es/ayuda/appmovil/catastroapp.html</t>
+  </si>
+  <si>
+    <t>ArcGIS Survey123</t>
+  </si>
+  <si>
+    <t>Transform everyday workflows with smart forms. Design smart forms and surveys with ArcGIS Survey123, a dynamic form builder. Accelerate data collection and improve the quality of results. Visualize and analyze information through a geographic lens to better understand where and why things happen. Share data via web maps, apps, and dashboards to inform decision-making and improve business processes.</t>
+  </si>
+  <si>
+    <t>https://www.esri.com/es-es/arcgis/products/arcgis-survey123/overview?rsource=ht…</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps is Esri's premier mapping application for mobile devices. Use Field Maps to explore maps you've created in ArcGIS, collect and update your authoritative data, and record where you've been—all from a single location-based application.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.esri.fieldmaps</t>
+  </si>
+  <si>
+    <t>Kobotoolbox</t>
+  </si>
+  <si>
+    <t>Intuitive and adaptable data tools to maximize your impact. A data collection, management, and visualization platform used globally to accelerate positive social change.</t>
+  </si>
+  <si>
+    <t>https://www.kobotoolbox.org/</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>ODK lets you create powerful forms to collect the data you need wherever it is.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.odk.collect.android&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Windy</t>
+  </si>
+  <si>
+    <t>Tool with interface or resources available in Spanish, geared towards meteorology, planning, risk</t>
+  </si>
+  <si>
+    <t>https://www.windy.com/es/-Men%C3%BA/menu?temp%2C32_622%2C13_493%2C5=</t>
+  </si>
+  <si>
+    <t>meteoblue</t>
+  </si>
+  <si>
+    <t>Tool with interface or resources available in Spanish oriented to meteorology, historical data, planning.</t>
+  </si>
+  <si>
+    <t>https://www.meteoblue.com/es/tiempo/agriculture/meteogramagro/madrid_espa%c3%b1…</t>
+  </si>
+  <si>
+    <t>Globalforestwatch</t>
+  </si>
+  <si>
+    <t>A tool with a Spanish-language interface and resources designed for monitoring, deforestation, and remote sensing. It is used in professional settings to improve the work of foresters and advisors through consistent record-keeping, task automation, data analysis, and decision support.</t>
+  </si>
+  <si>
+    <t>https://www.globalforestwatch.org/map/</t>
+  </si>
+  <si>
+    <t>OpenForis</t>
+  </si>
+  <si>
+    <t>Open Foris is an initiative that offers free and open-source solutions for monitoring forests and land. Developed with the conviction that innovative, accurate, and transparent forest monitoring can unlock the potential of forests for climate action and other benefits, it is a transformative accelerator working toward the digital public goods offered by the Food and Agriculture Organization of the United Nations (FAO), making cutting-edge forest monitoring capabilities widely accessible.</t>
+  </si>
+  <si>
+    <t>https://www.openforis.org/</t>
+  </si>
+  <si>
+    <t>CropWat</t>
+  </si>
+  <si>
+    <t>CROPWAT 8.0 for Windows is a computer program that calculates the water and irrigation needs of crops based on soil, climate and crop data.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/land-water/databases-and-software/cropwat/en/</t>
+  </si>
+  <si>
+    <t>AquaCrop</t>
+  </si>
+  <si>
+    <t>AquaCrop is a crop growth model developed by the FAO's Land, Soil and Water Division to address food security and assess the impact of the environment and management on agricultural production. AquaCrop simulates the yield response of herbaceous crops to water and is particularly well-suited for conditions where water is a key limiting factor in agricultural production. AquaCrop combines accuracy, simplicity, and robustness. To ensure its broad applicability, it uses only a small number of explicit parameters and mostly intuitive input variables that users can determine through simple calculations.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/aquacrop/en/</t>
+  </si>
+  <si>
+    <t>BRCGS</t>
+  </si>
+  <si>
+    <t>Tools to help you achieve certification and continuously improve. Brand owners are prioritizing product integrity more than ever. The transparency enabled by technology is transforming how trust is earned and lost, while supply chains are becoming longer and more complex, further increasing risks. To meet higher customer assurance requirements and comply with growing regulatory demands, BRCGS has developed a suite of digital tools to help sites maintain compliance, mitigate risk, and continuously improve.</t>
+  </si>
+  <si>
+    <t>https://www.brcgs.com/digital-solutions/overview/</t>
+  </si>
+  <si>
+    <t>IFS</t>
+  </si>
+  <si>
+    <t>The IFS Food Standard reviews products and production processes to assess a food producer's ability to produce safe, authentic, and quality products, in accordance with legal requirements and customer specifications.</t>
+  </si>
+  <si>
+    <t>https://www.ifs-certification.com/en/ifs-portfolio/standards/food-standard</t>
+  </si>
+  <si>
+    <t>Rainforest Alliance</t>
+  </si>
+  <si>
+    <t>Our green frog, the symbol of Rainforest Alliance Sustainable Agriculture Certification, is known worldwide for its commitment to improving farmers' livelihoods, human rights, environmentally sound practices, and climate resilience. Millions of farms and businesses work with us to drive long-term impact across the supply chain. You can too! Partner with us now. Get started</t>
+  </si>
+  <si>
+    <t>https://www.rainforest-alliance.org/es/para-negocios/</t>
+  </si>
+  <si>
+    <t>Technosylva</t>
+  </si>
+  <si>
+    <t>Wildfires worsen due to a lack of decision-making. It is crucial to make sound decisions to protect people and the environment from wildfires and adverse weather conditions, regardless of the risk level or geographic location. Act faster with Technosylva's cutting-edge technology.</t>
+  </si>
+  <si>
+    <t>https://technosylva.com/es/</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (android)</t>
+  </si>
+  <si>
+    <t>Mobile application developed by Hispatec for the management of relationships, from an agronomic, economic, social and media point of view, that the standardized company has with its associated farmers</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.appsocios&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=hispatec%20conecta</t>
+  </si>
+  <si>
+    <t>Agro Tareo Beta</t>
+  </si>
+  <si>
+    <t>It allows control of employee entries and exits in the field through methods such as facial verification, QR codes, NFC, or the selection of employees from a list.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.agrotareobeta&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>ERPagro</t>
+  </si>
+  <si>
+    <t>Comprehensive control of post-harvest operations with ERPagro. From harvest to market. ERPagro is the tool that monitors, manages, and optimizes all processes in the agri-food industry. A single modular system that facilitates decision-making based on a comprehensive, real-time analysis of business activities: from supplier relations to order fulfillment. Real-time control and visibility of all business processes.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/productos/erpagro-software-agricultura/</t>
+  </si>
+  <si>
+    <t>maptiler</t>
+  </si>
+  <si>
+    <t>Add weather visualizations to your maps with animated forecast layers</t>
+  </si>
+  <si>
+    <t>https://www.maptiler.com/weather/</t>
+  </si>
+  <si>
+    <t>SgaCex- Cuaderno de Explotación</t>
+  </si>
+  <si>
+    <t>Public farm management logbook provided by the Ministry of Agriculture, Fisheries and Food (MAPA) to farmers for managing their farms. OBJECTIVES: - To promote the digitalization of the sector and foster economic and environmental sustainability, as well as administrative simplification, in order to comply with the objectives of the PEPAC (European Plan for the Common Agricultural Policy) and the European Green Deal - To detail farm management</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgacex.android&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Farm to table</t>
+  </si>
+  <si>
+    <t>Farm to Table connects local farmers directly with consumers, bringing you fresh, healthy, and locally sourced products straight from the farm to your door. No middlemen. No compromises.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.zahedhasan.farmtotable&amp;hl=es</t>
+  </si>
+  <si>
+    <t>eAgronom</t>
+  </si>
+  <si>
+    <t>Smart sustainability for a stronger and more resilient food industry. We enable companies to achieve their sustainability goals while helping farmers generate additional income, improve soil quality and access better financing.</t>
+  </si>
+  <si>
+    <t>https://www.eagronom.com/es</t>
+  </si>
+  <si>
+    <t>Spherag (android)</t>
+  </si>
+  <si>
+    <t>SPHERAG is an innovative combination of hardware and software where an autonomous and bidirectional management platform, equipped with intelligence and recommendation algorithms, communicates remotely in real time with devices deployed in agricultural facilities, allowing monitoring and operation on the farm.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=spherag.spherag&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Spherag (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=Spherag</t>
+  </si>
+  <si>
+    <t>Uniforme (android)</t>
+  </si>
+  <si>
+    <t>Monitor your KPIs on the dashboard. Log events and have all the essential information about your cows at your fingertips. The UNIFORM App is the mobile application for the UNIFORM-Agri 5.0 herd management software. This easy-to-use app features an intuitive interface and large buttons for simple operation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORM&amp;hl=en&amp;gl=…</t>
+  </si>
+  <si>
+    <t>Uniforme (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/nl/app/uniform/id906369824</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (android)</t>
+  </si>
+  <si>
+    <t>Manage your goat farm with the super-fast UNIFORM Goat-App! Monitor your KPIs on the dashboard. Log events and have all the essential goat information at your fingertips. UNIFORM Goat-App is the mobile application for the UNIFORM-Goat 5.0 herd management software. This user-friendly app features a Farmer's Finger Interface with large, easy-to-use buttons.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORMGOAT&amp;hl=en…</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/uniform-goat/id1572660747</t>
+  </si>
+  <si>
+    <t>Mi manada</t>
+  </si>
+  <si>
+    <t>Manage your dairy farm with MYHERD! Monitor your KPIs on the dashboard. Record events and have all the essential cow information at your fingertips. MYHERD is the mobile app for our herd management software. This easy-to-use app features an intuitive interface and large buttons for simple operation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.myherd&amp;hl=en&amp;gl=US</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (android)</t>
+  </si>
+  <si>
+    <t>Manage your dairy farm with the lightning-fast FarmTell Milk app! Monitor your KPIs on the dashboard. Log events and have all your essential cow information at your fingertips. The Smartmilk app is the mobile app for FarmTell Milk herd management software. This user-friendly app features an intuitive interface and large buttons for easy operation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.FARMTELLMILK&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/farmtell-milk/id6468885082</t>
+  </si>
+  <si>
+    <t>afimilk</t>
+  </si>
+  <si>
+    <t>Automation of dairy farms</t>
+  </si>
+  <si>
+    <t>https://www.afimilk.com/</t>
+  </si>
+  <si>
+    <t>DeLaval</t>
+  </si>
+  <si>
+    <t>Everything for your dairy cattle farm</t>
+  </si>
+  <si>
+    <t>https://www.delaval.com/es/</t>
+  </si>
+  <si>
+    <t>Ideagen Sage Food</t>
+  </si>
+  <si>
+    <t>An integrated software solution designed for your food safety and supplier quality management needs</t>
+  </si>
+  <si>
+    <t>https://safefood360.com/</t>
+  </si>
+  <si>
+    <t>Traceone</t>
+  </si>
+  <si>
+    <t>PLM software and compliance solutions for food and beverage, cosmetics, and chemical brands. Innovate faster, deliver high-quality products, and ensure compliance while driving sustainable progress.</t>
+  </si>
+  <si>
+    <t>https://www.traceone.com/</t>
+  </si>
+  <si>
+    <t>Ag Leader AgFiniti</t>
+  </si>
+  <si>
+    <t>Ag Leader technology offers the highest quality precision farming tools year-round, gathering valuable information from the field and connecting the entire operation across operators, machines, and devices. By having access to the right information at the right time, operators and machines can work better together, more productively, and bring clarity and confidence to the hundreds of decisions made every day. It changes the way you farm.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agleader.agfinitiview&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trestima (android)</t>
+  </si>
+  <si>
+    <t>With the TRESTIMA app, you can easily measure the quantity and value of your trees by taking photos of your forest. You receive the measurement results in cubic meters and euros. The measurement results are stored on the TRESTIMA web service for later review.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.trestima.androidapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Trestima (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/trestima/id1106886045</t>
+  </si>
+  <si>
+    <t>FSC Search (android)</t>
+  </si>
+  <si>
+    <t>The application will help you find all the information related to a specific certificate: FM and CoC, Project Certificate, Promotional License and FM Assessment just to get the FSC label or enter the license code.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.fsc.search&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FSC Search (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fsc-search/id1673508721</t>
+  </si>
+  <si>
+    <t>osapiens EUDR</t>
+  </si>
+  <si>
+    <t>The EUDR app by osapiens allows farmers to register and manage plots of land from which they obtain their raw materials (soybeans, palm oil, timber, coffee, cocoa, livestock and rubber) in the osapiens HUB so that EUDR supports compliance with the EU Deforestation Regulation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.osapiens.operations.eudr&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trucker</t>
+  </si>
+  <si>
+    <t>Nemus® Trucker® is a mobile application integrated with Nemus® that provides complete traceability of the operation, georeferencing timber harvesting and weighing points with images to ensure EUDR compliance. It also establishes the first industry standard for a digital transport guide.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.cesefor.nemus_trucker&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trazamad</t>
+  </si>
+  <si>
+    <t>TRAZAMAD is presented as the integrated platform for the transport and traceability of timber, ensuring compliance with EUDR regulations and adding value to the entire forestry-industry chain. With a clear focus on sustainability and operational efficiency, the application aims to become a benchmark in the sector, expanding its presence both nationally and internationally.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bahiasoftware.trazamad&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Visor de Andalucía</t>
+  </si>
+  <si>
+    <t>Interoperable geographic information viewer. Allows viewing and overlaying maps and orthophotos from various sources.</t>
+  </si>
+  <si>
+    <t>https://www.ideandalucia.es/visor/</t>
+  </si>
+  <si>
+    <t>SIOSE</t>
+  </si>
+  <si>
+    <t>The SIOSE (Spanish Land Use Information System) is an essential component of the National Land Use Observation Plan (PNOT). Its main objective is to generate a harmonized and detailed database on land use throughout Spain.</t>
+  </si>
+  <si>
+    <t>https://www.siose.es/</t>
+  </si>
+  <si>
+    <t>BS Agro</t>
+  </si>
+  <si>
+    <t>The new BS Agro app is free and will provide access to valuable content and tools to support the growth of agricultural operations.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/bs-agro/id1465712568</t>
+  </si>
+  <si>
+    <t>Ganadero APP</t>
+  </si>
+  <si>
+    <t>It handles information on population, reproduction, feeding, genetics, etc., of cattle.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/ganadero-app/id1253203051</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (android)</t>
+  </si>
+  <si>
+    <t>FLIGHT APP Download the DroneDeploy app to upgrade your drone with autonomous and free flight capabilities for automated capture with just a few taps. Your drone will fly itself! Anyone can fly with DroneDeploy.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.dronedeploy.beta&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/dronedeploy/id971358101</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (android)</t>
+  </si>
+  <si>
+    <t>FarmKeep is the only app you need to easily manage all your animals, breeding, production, finances, and more. Whether you're a backyard chicken enthusiast, a farmer, a hobbyist, or a small or medium-sized business, FarmKeep meets your needs and grows with you. Our features and services include:</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmkeep.farmkeep&amp;pcampaignid…</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/farmkeep/id6449797965</t>
+  </si>
+  <si>
+    <t>Farmbrite</t>
+  </si>
+  <si>
+    <t>Farmbrite is a comprehensive farm and livestock management software that gives you everything you need to run a more efficient and productive farm. Farmbrite provides all the planning, management, tracking, sales, and reporting tools you need to run a thriving farm or livestock business. Create crop plans, track and manage livestock, monitor inputs and yields, keep detailed records, manage work orders, generate comprehensive reports, track finances, monitor inventory, market and sell online, and much more—all from a secure and easy-to-use platform, available on any device, from anywhere.</t>
+  </si>
+  <si>
+    <t>https://www.softwarereviews.com/products/farmbrite?c_id=386</t>
+  </si>
+  <si>
+    <t>agroex</t>
+  </si>
+  <si>
+    <t>Whether you run a farm, a winery, or an agricultural consultancy, Agroex is here to boost your success. Discover how we can adapt to your specific needs and transform your farm management. Connect with us for a personalized demonstration and take the step towards efficient and profitable farm management with Agroex. Welcome to the future of agriculture!</t>
+  </si>
+  <si>
+    <t>https://agroex.es/</t>
+  </si>
+  <si>
+    <t>agrovir</t>
+  </si>
+  <si>
+    <t>AgroVIR helps you plan, act, evaluate, and continuously improve your performance. You can have all your farm data and maps in one place and enjoy our data interfaces with leading brands.</t>
+  </si>
+  <si>
+    <t>https://www.agrovir.com/AR/index.html</t>
+  </si>
+  <si>
+    <t>AgroExact</t>
+  </si>
+  <si>
+    <t>Local measurement: With a subscription, AgroExact will provide you with a free, advanced rain gauge at your chosen location. And it's hassle-free: maintenance is included in the annual fee. Within the same app, you'll find easy-to-use irrigation tips, developed in collaboration with farmers. These are based on the SoilExact and CropExact soil moisture sensors, available separately. This allows you to see precisely how many millimeters of water your crop needs at any given time.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroexact.app.twa</t>
+  </si>
+  <si>
     <t>ECOGAN</t>
   </si>
   <si>
     <t>System of the Ministry of Agriculture, Fisheries and Food that allows the registration of the Best Available Techniques (BATs) applied on the farm, as well as estimating the polluting and greenhouse gas emissions and resource consumption of a specific farm throughout the production process.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ganaderia/temas/ganaderia-y-medio-ambiente/calculo-e…</t>
   </si>
   <si>
-    <t>Riego Citrus</t>
-[...398 lines deleted...]
-    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+    <t>Registro General de Operadores Ecológicos (REGOE)</t>
+  </si>
+  <si>
+    <t>A consultation tool with information provided by the Competent Authorities of the Autonomous Communities to identify organic operators according to their activity, location and production</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/regoepublico/Buscador.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1967,60 +2829,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D179"/>
+  <dimension ref="A1:D279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D179"/>
+      <selection activeCell="A1" sqref="A1:D279"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="982.617" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1154.861" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
@@ -3683,135 +4545,135 @@
         <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>387</v>
@@ -3823,79 +4685,79 @@
         <v>388</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>405</v>
@@ -3932,502 +4794,502 @@
         <v>6</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B140" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B142" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>137</v>
+        <v>6</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>511</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>518</v>
@@ -4481,54 +5343,1454 @@
         <v>528</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
         <v>529</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>534</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>821</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>