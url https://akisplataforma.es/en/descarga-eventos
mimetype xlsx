--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -12,841 +12,1126 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Listado de eventos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de evento</t>
   </si>
   <si>
     <t>Fecha inicio</t>
   </si>
   <si>
     <t>Fecha fin</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localización</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
-    <t>Influence of agricultural management on biodiversity and the health of Mediterranean soils</t>
+    <t>GO-LINOMAR is organizing a workshop at CEBAS-CSIC in conjunction with the European project Salty Symphonies.</t>
+  </si>
+  <si>
+    <t>Workshops</t>
+  </si>
+  <si>
+    <t>Tue, 02/17/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Tue, 02/17/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>In person</t>
+  </si>
+  <si>
+    <t>The LINOMAR Operational Group (Obtaining biostimulants formulated from seaweed extracts obtained from waters contaminated by nitrates) will hold a workshop on February 17, 2026 at CEBAS-CSIC (Murcia…</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>CEBAS-CSIC, Murcia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/go-linomar-organizing-workshop-cebas-csic-conjunction-european-project-salty-symphonies</t>
+  </si>
+  <si>
+    <t>Informative workshop on the digital field notebook in agriculture – Alozaina (Málaga)</t>
   </si>
   <si>
     <t>Technical days</t>
   </si>
   <si>
-    <t>Tue, 12/16/2025 - 12:00</t>
-[...8 lines deleted...]
-    <t>The Union of Small Farmers and Ranchers (UPA) will celebrate on December 16, 2025 , in the Degree Hall. Huesca Polytechnic University. University of Zaragoza, the technical conference "Influence of…</t>
+    <t>On February 17, 2026 , the municipality of Alozaina (Málaga) will host an informative day on the digital field notebook in agriculture , aimed at farmers and professionals in the sector interested in…</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Alozaina Senior Center (Calvario Street, No. 5) Alozaina (Malaga)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/informative-workshop-digital-field-notebook-agriculture-alozaina-malaga</t>
+  </si>
+  <si>
+    <t>Regenerative agriculture: towards more sustainable food</t>
+  </si>
+  <si>
+    <t>Wed, 02/18/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Wed, 02/18/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>A meeting with industry experts will focus on these agricultural practices, reflecting on the concept of regenerative agriculture, the indicators used to measure it, and the challenges it faces. It…</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>ETSIAAB Madrid.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/regenerative-agriculture-towards-more-sustainable-food</t>
+  </si>
+  <si>
+    <t>Workshop on the digital field notebook in agriculture</t>
+  </si>
+  <si>
+    <t>Thu, 02/19/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Thu, 02/19/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>The Union of Small Farmers and Livestock Breeders of Seville ( UPA Sevilla ) will hold an informative day on the digital field notebook on February 19, 2026 , aimed at farmers and professionals in…</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>Business Initiatives Centre of Cañada Rosal (Seville)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/workshop-digital-field-notebook-agriculture-0</t>
+  </si>
+  <si>
+    <t>The CSIC is organizing a conference on sustainable soil management: Multisoil Participatory Conference</t>
+  </si>
+  <si>
+    <t>Thu, 02/19/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Thu, 02/19/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>The Spanish National Research Council (CSIC) has organized a practical workshop focused on the health and sustainable management of agricultural soil, aimed especially at farmers, cooperatives, and…</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Designation of Origin Estepa (Seville)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/csic-organizing-conference-sustainable-soil-management-multisoil-participatory-conference</t>
+  </si>
+  <si>
+    <t>Cajamar is organizing a webinar on semi-forcing and its contribution to more sustainable horticulture</t>
+  </si>
+  <si>
+    <t>Thu, 02/19/2026 - 17:07</t>
+  </si>
+  <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>On February 19, 2026 , Cajamar will hold the free webinar “Semi-forcing and its role in more sustainable crops” , an online session that will analyze how these temporary protection techniques can…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/cajamar-organizing-webinar-semi-forcing-and-its-contribution-more-sustainable-horticulture</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/workshop-digital-field-notebook-agriculture</t>
+  </si>
+  <si>
+    <t>Cabrillas (Salamanca) hosts a demonstration day on fertilization with demonstrations of fertilization with drones</t>
+  </si>
+  <si>
+    <t>Field demonstrations, Technical days</t>
+  </si>
+  <si>
+    <t>Fri, 02/20/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Fri, 02/20/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>On February 20, 2026 , the municipality of Cabrillas (Salamanca) will host a field demonstration day on fertilizers , organized to provide farmers and professionals in the sector with a practical…</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Salamanca</t>
+  </si>
+  <si>
+    <t>Cabrillas (Salamanca)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/cabrillas-salamanca-hosts-demonstration-day-fertilization-demonstrations-fertilization</t>
+  </si>
+  <si>
+    <t>Digital technologies, management and environmental contribution of meat ruminants</t>
+  </si>
+  <si>
+    <t>Tue, 02/24/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Tue, 02/24/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>The Cajamar Group Foundation is organizing the in-person conference “Technologies in Ruminant Meat Production,” to be held on February 24, 2026, at the Faculty of Veterinary Medicine of the…</t>
+  </si>
+  <si>
+    <t>Faculty of Veterinary Medicine (University of Extremadura), University Campus, Cáceres</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/digital-technologies-management-and-environmental-contribution-meat-ruminants</t>
+  </si>
+  <si>
+    <t>41st Fruit Growing Conference 2026</t>
+  </si>
+  <si>
+    <t>Dissemination of results, Technical days</t>
+  </si>
+  <si>
+    <t>Tue, 02/24/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Tue, 02/24/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Tentative date of the day. We will publish more information about the event soon. If you want to receive more information, click on the "I'm interested" button on the following webpage .</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>La Tallada d'Empordà</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/41st-fruit-growing-conference-2026</t>
+  </si>
+  <si>
+    <t>The 26th AECOC Congress of Meat and Processed Products</t>
+  </si>
+  <si>
+    <t>Congresses, Dissemination of results</t>
+  </si>
+  <si>
+    <t>Tue, 02/24/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Wed, 02/25/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>The 26th AECOC Congress of Meat and Processed Products will once again be the major meeting point of reference for companies in the meat sector in Spain , offering a key space to share visions,…</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>Lleida Congress Palace. La Llotja Avinguda de Tortosa, 4 Lleida 25005</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/26th-aecoc-congress-meat-and-processed-products</t>
+  </si>
+  <si>
+    <t>10th edition of aviForum Sunset</t>
+  </si>
+  <si>
+    <t>Congresses, Fairs</t>
+  </si>
+  <si>
+    <t>Wed, 02/25/2026 - 08:45</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 13:45</t>
+  </si>
+  <si>
+    <t>aviFORUM and incubaFORUM have established themselves as essential technical events for the professional poultry industry in Spain, Latin America, and Brazil. Each year, they bring together leading…</t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>Valladolid Fair</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/10th-edition-aviforum-sunset</t>
+  </si>
+  <si>
+    <t>Irrigators 360º: Towards smart and circular management</t>
+  </si>
+  <si>
+    <t>Wed, 02/25/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Wed, 02/25/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>The INTEREMPRESAS group has announced the dates for some of the most important events it will organize during 2026. Among them is the "Irrigation 3600: Towards intelligent and circular management"…</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Cordova</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/irrigators-360o-towards-smart-and-circular-management</t>
+  </si>
+  <si>
+    <t>UGAL-UPA León is organizing an information session on the Digital Field Notebook</t>
+  </si>
+  <si>
+    <t>Wed, 02/25/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Wed, 02/25/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>The UGAL-UPA office in León will hold an informative day on the digital field notebook in agriculture on February 25, 2026 , aimed at professionals in the sector who want to learn more about the…</t>
+  </si>
+  <si>
+    <t>León</t>
+  </si>
+  <si>
+    <t>UGAL-UPA training room in León (C/ Valcarce 8, ground floor, 24010 León)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/ugal-upa-leon-organizing-information-session-digital-field-notebook</t>
+  </si>
+  <si>
+    <t>Practical workshop on the CUE and digital tools for decision-making in the field, by COAG</t>
+  </si>
+  <si>
+    <t>Wed, 02/25/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>The UAGR-COAG will hold the training day “Adaptation to the use of the CUE. Basic digital tools for decision making in agricultural activity” on February 25, 2026, in San Asensio (La Rioja) , aimed…</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>San Asensio Town Hall (Plaza Nueva, 1. San Asensio, La Rioja)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/practical-workshop-cue-and-digital-tools-decision-making-field-coag</t>
+  </si>
+  <si>
+    <t>Online seminar on the ecosystemic role of native breeds and extensive livestock farming in environmental protection</t>
+  </si>
+  <si>
+    <t>The Royal Spanish Federation of Associations of Selected Livestock (RFEAGAS) will hold, on February 25, 2026, at 13:00 hours, the online seminar The ecosystemic role of native breeds and extensive…</t>
+  </si>
+  <si>
+    <t>On-line</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/online-seminar-ecosystemic-role-native-breeds-and-extensive-livestock-farming-environmental</t>
+  </si>
+  <si>
+    <t>Iberia Exposure</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Fri, 02/27/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>The Pest Management and Environmental Health Congress, Expocida Iberia, has established itself as the leading event in our sector, being the fundamental meeting point for the generation and…</t>
+  </si>
+  <si>
+    <t>Parthenon Avenue, 5 Madrid 28042 Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/iberia-exposure</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>The UAGR-COAG will hold the training day “Adaptation to the use of the CUE. Basic digital tools for decision-making in agricultural activity” on February 26, 2026 , aimed at farmers and professionals…</t>
+  </si>
+  <si>
+    <t>CajaRioja Foundation (Viura Room): C. de la Vega, 16, Haro, La Rioja.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/practical-workshop-cue-and-digital-tools-decision-making-field-coag-0</t>
+  </si>
+  <si>
+    <t>Informative session on the digital field notebook in agriculture – Seville</t>
+  </si>
+  <si>
+    <t>Thu, 02/26/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Hours: 10:00 - 14:00 Location: Business Initiatives Center, C/ Isaac Peral, 17 Cañada Rosal CP, 41439. Seville (Andalusia) On February 26, 2026 , at the Business Initiatives Center of Seville (…</t>
+  </si>
+  <si>
+    <t>Business Initiatives Centre, C/ Isaac Peral, 17. Cañada Rosal CP, 41439. Seville (Andalusia)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/informative-session-digital-field-notebook-agriculture-seville</t>
+  </si>
+  <si>
+    <t>For advisors: Training day on best practices for advising on short channels in Andalusia</t>
+  </si>
+  <si>
+    <t>Fri, 02/27/2026 - 09:09</t>
+  </si>
+  <si>
+    <t>Fri, 02/27/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>The RIA-CCC project has opened registration for the face-to-face training day to be held on February 27, 2026 in Granada , focused on the exchange of good practices in advising on Short Marketing…</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>Grenade</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/advisors-training-day-best-practices-advising-short-channels-andalusia</t>
+  </si>
+  <si>
+    <t>COAG Castilla y León is holding a conference in Valladolid on generational change, digitalization and the future of the CAP</t>
+  </si>
+  <si>
+    <t>Fri, 02/27/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Fri, 02/27/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>COAG Castilla y León is organizing the conference “Stimulating generational change. Incorporation of young people and women into agricultural activity. Proposals of the MFF 2028/2034, CAP and trade…</t>
+  </si>
+  <si>
+    <t>Sercotel Valladolid Hotel (C/ Puerto Rico s/n, Valladolid)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/coag-castilla-y-leon-holding-conference-valladolid-generational-change-digitalization-and</t>
+  </si>
+  <si>
+    <t>The AECOC Food Safety and Quality Congress 2026 will focus on science, innovation and consumer confidence</t>
+  </si>
+  <si>
+    <t>Congresses</t>
+  </si>
+  <si>
+    <t>Tue, 03/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Tue, 03/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Food safety requires the commitment and cooperation of all stakeholders in the food chain, as well as a coordinated response among authorities, businesses, and consumers . Under the motto “Science,…</t>
+  </si>
+  <si>
+    <t>Royal Retiro Theatre, Plaza de Daoíz y Velarde, 4, Madrid 28007</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/aecoc-food-safety-and-quality-congress-2026-will-focus-science-innovation-and-consumer</t>
+  </si>
+  <si>
+    <t>Origin Natura</t>
+  </si>
+  <si>
+    <t>Fairs</t>
+  </si>
+  <si>
+    <t>Wed, 03/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Innovation born from nature. Origin Natura 2026 is the meeting point that brings together those who cultivate , research , formulate , and launch the natural products of the future. Companies,…</t>
+  </si>
+  <si>
+    <t>IFEMA, Av. del Partenón, 5, Barajas, 28042 Madrid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/origin-natura</t>
+  </si>
+  <si>
+    <t>18th Plant Health Symposium</t>
+  </si>
+  <si>
+    <t>Wed, 03/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Fri, 03/06/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Just one year before the event begins, the College of Agricultural Technical Engineers of Western Andalusia (COITAND) is already working on its organization, with new approaches to addressing the…</t>
+  </si>
+  <si>
+    <t>Hotel Meliá Sevilla C/ Dr. Pedro de Castro, 1 41004 Sevilla Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/18th-plant-health-symposium</t>
+  </si>
+  <si>
+    <t>Porci Forum 26</t>
+  </si>
+  <si>
+    <t>Congresses, Fairs, Seminars</t>
+  </si>
+  <si>
+    <t>Wed, 03/04/2026 - 08:00</t>
+  </si>
+  <si>
+    <t>Thu, 03/05/2026 - 13:30</t>
+  </si>
+  <si>
+    <t>A unique and international pork event PorciFORUM has already established itself as the leading international event for the swine industry. This technical congress brings together all professionals in…</t>
+  </si>
+  <si>
+    <t>Llotja Congress Palace, Lérida.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/porci-forum-26</t>
+  </si>
+  <si>
+    <t>The 8th Sustainable Development Congress will address business challenges in sustainability, circularity and competitiveness</t>
+  </si>
+  <si>
+    <t>Wed, 03/04/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>In a context where global geopolitics directly influences sustainability policies , the 8th Sustainable Development Congress will bring together leading professionals in the sector to analyze how…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/8th-sustainable-development-congress-will-address-business-challenges-sustainability</t>
+  </si>
+  <si>
+    <t>EU CAP Network is organizing a seminar in Brussels on the right to remain for young farmers and rural youth.</t>
+  </si>
+  <si>
+    <t>Wed, 03/11/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Wed, 03/11/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>On March 11, 2026 , the EU CAP Network will hold in Brussels (Belgium) the face-to-face seminar “Ensuring the right to stay for young farmers and rural youth” , a working day focused on turning the…</t>
+  </si>
+  <si>
+    <t>Brussels, Belgium.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/eu-cap-network-organizing-seminar-brussels-right-remain-young-farmers-and-rural-youth</t>
+  </si>
+  <si>
+    <t>DIVA is organizing a seminar in Aldeanueva del Camino on the importance of quality brands in the agri-food sector</t>
+  </si>
+  <si>
+    <t>Thu, 03/19/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Thu, 03/19/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>The Association for the Integrated Development of the Ambroz Valley (DIVA) will hold Activity 6 (A6) of the RURALMENTE project on March 19, 2026, in Aldeanueva del Camino (Cáceres). This activity…</t>
+  </si>
+  <si>
+    <t>Marce “Forillo” Hall, Aldeanueva del Camino (Cáceres)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/diva-organizing-seminar-aldeanueva-del-camino-importance-quality-brands-agri-food-sector</t>
+  </si>
+  <si>
+    <t>Sant Josep Fair, in Mollerussa</t>
+  </si>
+  <si>
+    <t>Thu, 03/19/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Sun, 03/22/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>The Catalan Agricultural Machinery Fair. Exhibition sectors: Tractors, agricultural, livestock and industrial machinery. Accessories for agriculture and livestock. Fertilizers, Forage, Plant…</t>
+  </si>
+  <si>
+    <t>Avda. del Canal, s/n 25230 Mollerussa Lleida Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/sant-josep-fair-mollerussa-0</t>
+  </si>
+  <si>
+    <t>AI-AGRIFOOD 2026 will bring together the scientific and technological community in Córdoba around Artificial Intelligence applied to the agri-food system</t>
+  </si>
+  <si>
+    <t>Fri, 03/20/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence (AI) is rapidly transforming the agri-food sector, from primary production to the food chain. In this context, Córdoba will host AI-AGRIFOOD 2026 , the International Congress…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/ai-agrifood-2026-will-bring-together-scientific-and-technological-community-cordoba-around</t>
+  </si>
+  <si>
+    <t>DIVA holds a conference on agri-food marketing and sales with success stories: “Marca Galicia”</t>
+  </si>
+  <si>
+    <t>Fri, 03/20/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Fri, 03/20/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>On March 20, 2026 , DIVA will develop Activity 7 (A7) of the RURALMENTE project in Aldeanueva del Camino (Cáceres) , a technical training day dedicated to “Marketing and marketing linked to the agri-…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/diva-holds-conference-agri-food-marketing-and-sales-success-stories-marca-galicia</t>
+  </si>
+  <si>
+    <t>DIVA promotes a weekend to highlight the rural heritage of the Ambroz Valley and its quality products</t>
+  </si>
+  <si>
+    <t>Sat, 03/21/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Sun, 03/22/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>DIVA will hold Activity 8 (A8) of the RURALMENTE project on March 21 and 22, 2026, in Aldeanueva del Camino (Cáceres). This outreach and promotional event , entitled “Enhancing the Value of the Rural…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/diva-promotes-weekend-highlight-rural-heritage-ambroz-valley-and-its-quality-products</t>
+  </si>
+  <si>
+    <t>FOOD 2026</t>
+  </si>
+  <si>
+    <t>Mon, 03/23/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thu, 03/26/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Once again this year, the Triptolemos Foundation will be present at Alimentaria, the leading food, beverage, and gastronomy trade fair in Spain and the Mediterranean, and an international benchmark…</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>Barcelona - Gran Via</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/food-2026</t>
+  </si>
+  <si>
+    <t>International trade fair for food, beverages and food service (alimentaria)</t>
+  </si>
+  <si>
+    <t>Alimentaria is one of the leading international trade fairs for the food and beverage industry, also covering key aspects of agriculture, agribusiness and technology applied to food production.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/international-trade-fair-food-beverages-and-food-service-alimentaria</t>
+  </si>
+  <si>
+    <t>IV National Symposium of Seed Producers</t>
+  </si>
+  <si>
+    <t>Congresses, Exchange of experiences, Seminars</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 09:30</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Segovia hosts a meeting in March in favor of certified seeds APROSE announces the celebration of its IV National Symposium of Seed Producers under the motto 'Certified seed: sow with confidence to…</t>
+  </si>
+  <si>
+    <t>Segovia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/iv-national-symposium-seed-producers</t>
+  </si>
+  <si>
+    <t>Technical seminar "Agrivoltaics: solar energy beyond the kilowatt-hour", in the context of CIES 2026</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 13:33</t>
+  </si>
+  <si>
+    <t>The technical conference "Agrivoltaics: solar energy beyond the kilowatt-hour" , an event held within the framework of the parallel activities open to the XX Iberian Congress and XVI Ibero-American…</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>Conference room of the Economics Building of the University of Almería.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/technical-seminar-agrivoltaics-solar-energy-beyond-kilowatt-hour-context-cies-2026</t>
+  </si>
+  <si>
+    <t>World Olive Oil Exhibition</t>
+  </si>
+  <si>
+    <t>Fri, 04/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sat, 04/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>World Olive Oil Exhibition. The meeting point for olive oil professionals. Business and growth, agriculture and machinery, gastronomy, design... In its latest edition, the WOOE program featured over…</t>
+  </si>
+  <si>
+    <t>IFEMA MADRID Campo de las Naciones 28042 – MADRID</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/world-olive-oil-exhibition</t>
+  </si>
+  <si>
+    <t>XVII Walnut Technical Conference 2026</t>
+  </si>
+  <si>
+    <t>Thu, 04/16/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Thu, 04/16/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>Constantine</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/xvii-walnut-technical-conference-2026</t>
+  </si>
+  <si>
+    <t>Úbeda hosts the VI National Congress of Masters and Operators of Olive Mills 2026</t>
+  </si>
+  <si>
+    <t>Sat, 04/18/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Sat, 04/18/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Next Saturday, April 18, 2026 , the city of Úbeda , a World Heritage Site and undisputed leader in the olive oil sector, will once again become the essential meeting point for olive oil professionals…</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Ubeda. Jaén.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/ubeda-hosts-vi-national-congress-masters-and-operators-olive-mills-2026</t>
+  </si>
+  <si>
+    <t>XVII Expolevante-Níjar</t>
+  </si>
+  <si>
+    <t>Wed, 04/22/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Fri, 04/24/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>The Expolevante-Níjar agricultural fair will celebrate its seventeenth edition from April 22nd to 24th at the Campohermoso Exhibition and Congress Center , solidifying its position as one of the…</t>
+  </si>
+  <si>
+    <t>Campohermoso Exhibition and Congress Centre 04100 Níjar Almería Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/xvii-expolevante-nijar</t>
+  </si>
+  <si>
+    <t>New AG - International Agricultural Conference and Exhibition</t>
+  </si>
+  <si>
+    <t>Congresses, Dissemination of results, Technical days, Networking, Workshops</t>
+  </si>
+  <si>
+    <t>Mon, 04/27/2026 - 22:00</t>
+  </si>
+  <si>
+    <t>Wed, 04/29/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Latest advances in specialty fertilizers, BioAg technologies and sustainable agriculture that will shape the future of crop production. The latest advances in specialty fertilizers, BioAg…</t>
+  </si>
+  <si>
+    <t>Hotel Riu Plaza España, Madrid, Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/new-ag-international-agricultural-conference-and-exhibition</t>
+  </si>
+  <si>
+    <t>Phytoma organizes the meeting "Present and Future of Phytosanitary Measures in Pistachio and Almond"</t>
+  </si>
+  <si>
+    <t>Tue, 04/28/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Wed, 04/29/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>The meeting will be held on April 28 and 29 at the IRIAF in Tomelloso (Ciudad Real) The town of Tomelloso, in Ciudad Real, will become the world epicenter of nut research from April 28th to 29th .…</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>IRIAF of Tomelloso (Ciudad Real)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/phytoma-organizes-meeting-present-and-future-phytosanitary-measures-pistachio-and-almond</t>
+  </si>
+  <si>
+    <t>XXIV Post-Harvest Technical Conference 2026</t>
+  </si>
+  <si>
+    <t>Thu, 05/07/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Thu, 05/07/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/xxiv-post-harvest-technical-conference-2026</t>
+  </si>
+  <si>
+    <t>EXPOVICAMAN FAIR</t>
+  </si>
+  <si>
+    <t>Thu, 05/07/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Sun, 05/10/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Agricultural and Livestock Fair of Castilla La-Mancha EXPOVICAMAN , the Castilla-La Mancha Agricultural and Livestock Fair, celebrates its 42nd edition in 2026. It is undoubtedly the most important…</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>IFAB Avda. Gregorio Arcos 19 02006 Albacete Albacete Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/expovicaman-fair</t>
+  </si>
+  <si>
+    <t>CULTIVA 2026 returns to irrigated land in the province of Huesca</t>
+  </si>
+  <si>
+    <t>Field demonstrations, Fairs</t>
+  </si>
+  <si>
+    <t>Wed, 05/13/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Thu, 05/14/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Connecting Innovation, Technology and Agriculture The CULTIVA 2026 Conference will be held on May 13th and 14th in Grañén-Albero Bajo , Huesca, on an irrigated farm . This event is the annual meeting…</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Huesca</t>
   </si>
   <si>
-    <t>Degree Classroom. Huesca Polytechnic School. University of Zaragoza. Huesca.</t>
-[...134 lines deleted...]
-    <t>The CLIMALACT project continues to advance its goal of building a more sustainable and climate-neutral dairy model with a new Multi-Stakeholder Focus Group meeting on December 17th in Rodeiro (…</t>
+    <t>Grañén-Albero Bajo, Huesca.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/cultiva-2026-returns-irrigated-land-province-huesca</t>
+  </si>
+  <si>
+    <t>Water resilience in agriculture: innovation in practice, by EU CAP Network</t>
+  </si>
+  <si>
+    <t>Tue, 05/19/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Thu, 05/21/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>The conference “Water resilience in agriculture: innovation in practice” , a European meeting focused on innovation, knowledge exchange and the EIP-AGRI approach, will take place between May 19 and…</t>
+  </si>
+  <si>
+    <t>Hamburg (Germany)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/water-resilience-agriculture-innovation-practice-eu-cap-network</t>
+  </si>
+  <si>
+    <t>ENOFORUM FAIR</t>
+  </si>
+  <si>
+    <t>Wed, 05/20/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thu, 05/21/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Enoforum is a technical-scientific congress and a fair dedicated to wineries and wine companies. Objective: to bring together supplier companies, researchers, winemakers and winery and vineyard…</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Zaragoza Fair, A-2 Highway, km 311, 50012 Zaragoza, Zaragoza, Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/enoforum-fair</t>
+  </si>
+  <si>
+    <t>XXII Inter-regional Field Day on Winter Herbaceous Crops 2026</t>
+  </si>
+  <si>
+    <t>Thu, 05/21/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/xxii-inter-regional-field-day-winter-herbaceous-crops-2026</t>
+  </si>
+  <si>
+    <t>XVIII Almond Tree Day 2026</t>
+  </si>
+  <si>
+    <t>Wed, 06/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Wed, 06/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Les Borges Blanques</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/xviii-almond-tree-day-2026</t>
+  </si>
+  <si>
+    <t>ABANCA INTERNATIONAL FAIR - GALICIA GREEN WEEK</t>
+  </si>
+  <si>
+    <t>Thu, 06/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Sun, 06/07/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>The Abanca International Green Week of Galicia Fair reaches its 47th edition, firmly established as the largest multi-sector trade fair and leisure event in the northwest of the Iberian Peninsula .…</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>Rodeiro. Pontevedra.</t>
-[...530 lines deleted...]
-    <t>https://akisplataforma.es/en/events/ubeda-hosts-vi-national-congress-masters-and-operators-olive-mills-2026</t>
+    <t>Silleda (Pontevedra)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/abanca-international-fair-galicia-green-week</t>
+  </si>
+  <si>
+    <t>GALIFOREST</t>
+  </si>
+  <si>
+    <t>Thu, 07/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sat, 07/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>The Galiforest Abanca forestry monograph will celebrate its eighth edition from July 2 to 4, 2026 on the mountain of the Sergude Agroforestry Training and Experimentation Center, located in the town…</t>
+  </si>
+  <si>
+    <t>Coruña, A</t>
+  </si>
+  <si>
+    <t>Boqueixón (A Coruña)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/galiforest</t>
   </si>
   <si>
     <t>XXIX Rice Field Day 2026</t>
   </si>
   <si>
-    <t>Dissemination of results, Technical days</t>
-[...1 lines deleted...]
-  <si>
     <t>Thu, 08/27/2026 - 14:00</t>
   </si>
   <si>
     <t>Thu, 08/27/2026 - 23:00</t>
   </si>
   <si>
-    <t>Tentative date of the day. We will publish more information about the event soon. If you want to receive more information, click on the "I'm interested" button on the following webpage .</t>
-[...1 lines deleted...]
-  <si>
     <t>Amposta</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/events/xxix-rice-field-day-2026</t>
   </si>
   <si>
     <t>RECOMEX. Results of trials and innovations in extensive winter crops 2026</t>
   </si>
   <si>
     <t>Fri, 09/04/2026 - 00:00</t>
   </si>
   <si>
     <t>Fri, 09/04/2026 - 23:00</t>
   </si>
   <si>
     <t>Calaf</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/events/recomex-results-trials-and-innovations-extensive-winter-crops-2026</t>
   </si>
   <si>
     <t>IX Conference of the Spanish Composting Network</t>
   </si>
   <si>
     <t>Tue, 09/29/2026 - 09:00</t>
   </si>
   <si>
     <t>Thu, 10/01/2026 - 20:00</t>
   </si>
   <si>
     <t>Announcement of the dates and venue of the 9th Spanish Composting Network Conference. September 29 and 30, and October 1, 2026 . Granada , in the Great Hall of the Higher Technical School of…</t>
   </si>
   <si>
-    <t>Granada</t>
-[...4 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/en/events/ix-conference-spanish-composting-network</t>
   </si>
   <si>
+    <t>EXPOBIOMASS FAIR</t>
+  </si>
+  <si>
+    <t>Tue, 09/29/2026 - 18:00</t>
+  </si>
+  <si>
+    <t>Wed, 09/30/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>AVEBIOM, Spanish Association for the Energy Valorization of Biomass AVEBIOM, the organizer of EXPOBIOMASA, is an association of the main players in the bioenergy sector, covering the entire biomass…</t>
+  </si>
+  <si>
+    <t>Valladolid Fair, Avda. Ramón Pradera, 3, 47009 Valladolid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/expobiomass-fair</t>
+  </si>
+  <si>
+    <t>Fruit Attraction</t>
+  </si>
+  <si>
+    <t>Congresses, Fairs, Exchange of experiences, Networking, Seminars, Workshops</t>
+  </si>
+  <si>
+    <t>Wed, 09/30/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Fri, 10/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>From September 30 to October 2 , Madrid will become the global epicenter for operators, retailers and professionals looking to grow, connect and transform their business strategies. Fruit Attraction…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/fruit-attraction-0</t>
+  </si>
+  <si>
     <t>Alimentaria FoodTech will bring together agri-food innovation at the Innovarena exhibition space.</t>
   </si>
   <si>
     <t>Tue, 10/06/2026 - 00:00</t>
   </si>
   <si>
     <t>Thu, 10/08/2026 - 00:00</t>
   </si>
   <si>
     <t>The Alimentaria FoodTech trade fair will hold a new edition from October 6 to 8, 2026, at Fira de Barcelona's Gran Via venue. The innovation, technology, and ingredients fair for the agri-food…</t>
   </si>
   <si>
     <t>Gran Via venue of Fira de Barcelona</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/events/alimentaria-foodtech-will-bring-together-agri-food-innovation-innovarena-exhibition-space</t>
   </si>
   <si>
     <t>XXII Congress of the Spanish Society of Phytopathology</t>
   </si>
   <si>
     <t>Congresses, Dissemination of results, Technical days, Seminars, Workshops</t>
   </si>
   <si>
     <t>Mon, 10/19/2026 - 18:00</t>
@@ -860,66 +1145,129 @@
   <si>
     <t>Balears, Illes</t>
   </si>
   <si>
     <t>Hipotels Convention Centre, Palma (Mallorca)</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/events/xxii-congress-spanish-society-phytopathology</t>
   </si>
   <si>
     <t>XXXI IRTA Fruit Growing Conference 2026</t>
   </si>
   <si>
     <t>Wed, 10/21/2026 - 09:00</t>
   </si>
   <si>
     <t>Tentative date of the day. More information about the event will be published soon. If you want to receive more information, click on the "I'm interested" button on the following webpage .</t>
   </si>
   <si>
     <t>Mollerussa</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/events/xxxi-irta-fruit-growing-conference-2026</t>
   </si>
   <si>
+    <t>SEPOR Fair, in Lorca (Murcia)</t>
+  </si>
+  <si>
+    <t>Mon, 10/26/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Thu, 10/29/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Lorca (Murcia) will once again become the main meeting point for the primary sector with the celebration of a new edition of SEPOR – Livestock, Industrial and Agri-food Fair , which will take place…</t>
+  </si>
+  <si>
+    <t>Lorca Fairgrounds Plaza de Santa Quiteria, s/n 30800 Lorca Murcia Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/sepor-fair-lorca-murcia</t>
+  </si>
+  <si>
     <t>Anuga Select Ibérica: the new major event for the food industry arrives at IFEMA MADRID in February 2027</t>
   </si>
   <si>
     <t>Tue, 02/16/2027 - 09:00</t>
   </si>
   <si>
     <t>Thu, 02/18/2027 - 20:00</t>
   </si>
   <si>
     <t>The food and beverage industry in the Iberian Peninsula has reached a new milestone with the arrival of Anuga Select Ibérica , the major professional event to be held from February 16 to 18, 2027 at…</t>
   </si>
   <si>
     <t>IFEMA. Madrid.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/events/anuga-select-iberica-new-major-event-food-industry-arrives-ifema-madrid-february-2027</t>
+  </si>
+  <si>
+    <t>SMAGUA</t>
+  </si>
+  <si>
+    <t>Congresses, Technical days</t>
+  </si>
+  <si>
+    <t>Tue, 02/16/2027 - 14:00</t>
+  </si>
+  <si>
+    <t>Thu, 02/18/2027 - 23:00</t>
+  </si>
+  <si>
+    <t>28th International Water, Irrigation and Environment Exhibition SMAGUA's prestige, having become one of Europe's most important trade shows, attracts professionals from around the world who find a…</t>
+  </si>
+  <si>
+    <t>Zaragoza Fair A-2 Highway, km 311 50012 Zaragoza</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/smagua</t>
+  </si>
+  <si>
+    <t>Asturforesta, the major international event for the forestry sector in real working conditions</t>
+  </si>
+  <si>
+    <t>Thu, 05/27/2027 - 18:00</t>
+  </si>
+  <si>
+    <t>Sat, 05/29/2027 - 23:00</t>
+  </si>
+  <si>
+    <t>With 13 editions held since its first call in 1997 , Asturforesta has established itself as one of the main meeting points for professionals in the forestry sector, wood and its associated industry…</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>Asturias</t>
+  </si>
+  <si>
+    <t>International Forestry Fair of Asturias, Tineo Town Hall, Town Hall Square, s/n, 33870 Tineo, Asturias</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/events/asturforesta-major-international-event-forestry-sector-real-working-conditions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1226,68 +1574,68 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J45"/>
+  <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J45"/>
+      <selection activeCell="A1" sqref="A1:J64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="237.085" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="10" max="10" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="150.963" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1315,1359 +1663,1985 @@
       </c>
       <c r="E2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="D3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="H3" s="1" t="s">
+      <c r="I3" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="I3" s="1" t="s">
+      <c r="J3" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="G4" s="1"/>
-      <c r="H4" s="1"/>
       <c r="I4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="G5" s="1"/>
-      <c r="H5" s="1"/>
       <c r="I5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="G6" s="1"/>
-      <c r="H6" s="1"/>
+      <c r="G6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="I6" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="H7" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="I7" s="1" t="s">
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="G9" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="H9" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="J9" s="1" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E10" s="1" t="s">
+      <c r="G10" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="H10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="G10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="1" t="s">
+      <c r="J10" s="1" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="D11" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="E11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="H11" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="G11" s="1"/>
-      <c r="H11" s="1"/>
       <c r="I11" s="1" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-      <c r="H12" s="1"/>
+        <v>84</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>85</v>
+      </c>
       <c r="I12" s="1" t="s">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="H13" s="1"/>
+        <v>92</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>93</v>
+      </c>
       <c r="I13" s="1" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>90</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-      <c r="H15" s="1"/>
+        <v>106</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>107</v>
+      </c>
       <c r="I15" s="1" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-      <c r="H16" s="1"/>
+        <v>112</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>113</v>
+      </c>
       <c r="I16" s="1" t="s">
-        <v>47</v>
+        <v>114</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
-      <c r="I17" s="1"/>
+      <c r="I17" s="1" t="s">
+        <v>118</v>
+      </c>
       <c r="J17" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F18" s="1" t="s">
-[...3 lines deleted...]
-      <c r="H18" s="1"/>
+      <c r="H18" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="I18" s="1" t="s">
-        <v>47</v>
+        <v>124</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-      <c r="H20" s="1"/>
+        <v>133</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="I20" s="1" t="s">
-        <v>47</v>
+        <v>134</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>90</v>
+        <v>21</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>134</v>
+        <v>23</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>134</v>
+        <v>61</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>135</v>
+        <v>93</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="G23" s="1"/>
       <c r="H23" s="1" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>90</v>
+        <v>157</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="G25" s="1"/>
       <c r="H25" s="1" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="G27" s="1"/>
       <c r="H27" s="1" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="B28" s="1"/>
       <c r="C28" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>180</v>
-[...6 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
       <c r="I28" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>187</v>
+        <v>39</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>188</v>
+        <v>40</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>189</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B30" s="1"/>
+      <c r="B30" s="1" t="s">
+        <v>157</v>
+      </c>
       <c r="C30" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>193</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G30" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="H30" s="1" t="s">
+      <c r="J30" s="1" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="G31" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="J31" s="1" t="s">
         <v>200</v>
-      </c>
-[...20 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>90</v>
+        <v>21</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>195</v>
+        <v>39</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>209</v>
+        <v>189</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>212</v>
+        <v>21</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>216</v>
+        <v>189</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>200</v>
+        <v>157</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="G34" s="1"/>
+        <v>214</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="H34" s="1" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>90</v>
+        <v>157</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="G35" s="1"/>
       <c r="H35" s="1" t="s">
-        <v>156</v>
+        <v>215</v>
       </c>
       <c r="I35" s="1"/>
       <c r="J35" s="1" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>90</v>
+        <v>222</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>224</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>156</v>
+        <v>226</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="1" t="s">
+      <c r="G37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H37" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="I37" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="E37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F37" s="1" t="s">
+      <c r="J37" s="1" t="s">
         <v>234</v>
-      </c>
-[...8 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="B38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="1" t="s">
+      <c r="E38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="G38" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H38" s="1"/>
+      <c r="I38" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="E38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="1" t="s">
+      <c r="J38" s="1" t="s">
         <v>240</v>
-      </c>
-[...10 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H39" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="I39" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="J39" s="1" t="s">
         <v>246</v>
-      </c>
-[...19 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H40" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="1" t="s">
+      <c r="I40" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="J40" s="1" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="1" t="s">
+      <c r="E41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="G41" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="E41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="1" t="s">
+      <c r="J41" s="1" t="s">
         <v>259</v>
-      </c>
-[...10 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="1" t="s">
+      <c r="E42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="G42" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="E42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="1" t="s">
+      <c r="J42" s="1" t="s">
         <v>266</v>
-      </c>
-[...10 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="E43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="G43" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="H43" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="E43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="I43" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="G43" s="1" t="s">
+      <c r="J43" s="1" t="s">
         <v>274</v>
-      </c>
-[...7 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="1" t="s">
+      <c r="E44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J44" s="1" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="1" t="s">
+      <c r="G45" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="I45" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="E45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="1" t="s">
+      <c r="J45" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="G45" s="1" t="s">
-[...3 lines deleted...]
-      <c r="I45" s="1" t="s">
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="J45" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>287</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
+      <c r="I47" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H49" s="1"/>
+      <c r="I49" s="1"/>
+      <c r="J49" s="1" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H62" s="1"/>
+      <c r="I62" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>403</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>