--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -12,595 +12,742 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cursos de formación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Inicio</t>
   </si>
   <si>
     <t>Fin</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localizacion</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Gratuito</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
-    <t>Plant protection product applicator. Basic level.</t>
-[...5 lines deleted...]
-    <t>Mon, 12/22/2025 - 22:00</t>
+    <t>Practical Introduction to Artificial Intelligence</t>
+  </si>
+  <si>
+    <t>Thu, 01/29/2026 - 22:22</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>The Official College of Agricultural Engineers of Andalusia , through the Andalusian Foundation of Agricultural Engineers , is launching an…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/practical-introduction-artificial-intelligence</t>
+  </si>
+  <si>
+    <t>Face-to-face workshop “Efficient composting: keys to valorizing waste from the agro-industrial sector”</t>
+  </si>
+  <si>
+    <t>Fri, 01/30/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Fri, 01/30/2026 - 21:00</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>Auditorio del Centro Ágora C. Lepanto, 55, 02003 Albacete</t>
+  </si>
+  <si>
+    <t>In person</t>
+  </si>
+  <si>
+    <t>Sí</t>
+  </si>
+  <si>
+    <t>Next Friday, January 30, 2026 , from 09:00 to 14:00 , the PII.A training day "Efficient Composting: Keys to Valorizing Waste from the Agro-industrial…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/face-face-workshop-efficient-composting-keys-valorizing-waste-agro-industrial</t>
+  </si>
+  <si>
+    <t>The INAP launches an online course on the evaluation of public policies in local government</t>
+  </si>
+  <si>
+    <t>Mon, 02/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Sun, 04/12/2026 - 11:00</t>
+  </si>
+  <si>
+    <t>Online, tutorizada.</t>
+  </si>
+  <si>
+    <t>Applied training to strengthen the management, analysis and improvement capacities of local public policies The National Institute of Public…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/inap-launches-online-course-evaluation-public-policies-local-government</t>
+  </si>
+  <si>
+    <t>Webinar on artificial intelligence for professionals</t>
+  </si>
+  <si>
+    <t>Mon, 02/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mon, 02/02/2026 - 12:22</t>
+  </si>
+  <si>
+    <t>The Official Association of Agricultural Engineers of Andalusia, through the Andalusian Foundation of Agricultural Engineers, is organizing this…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/webinar-artificial-intelligence-professionals</t>
+  </si>
+  <si>
+    <t>Advanced Artificial Intelligence course for agricultural engineers</t>
+  </si>
+  <si>
+    <t>Mon, 02/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>The Official College of Agricultural Engineers of Andalusia , through the Andalusian Foundation of Agricultural Engineers , is organizing an advanced…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/advanced-artificial-intelligence-course-agricultural-engineers</t>
+  </si>
+  <si>
+    <t>Training itinerary for C3 advisors. Edition 23.</t>
+  </si>
+  <si>
+    <t>Tue, 02/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Thu, 02/05/2026 - 13:33</t>
+  </si>
+  <si>
+    <t>Online síncrona</t>
+  </si>
+  <si>
+    <t>Agri-food cooperatives and their technicians face a new and crucial challenge in the digitalization of the sector. The implementation of the digital…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/training-itinerary-c3-advisors-edition-23</t>
+  </si>
+  <si>
+    <t>SIGCEX advisor training itinerary. Edition 7</t>
+  </si>
+  <si>
+    <t>Agri-food Cooperatives of Spain is leading a digitalization strategy with the aim of facilitating compliance with current regulations and integration…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/sigcex-advisor-training-itinerary-edition-7</t>
+  </si>
+  <si>
+    <t>SIGCEX advisor training itinerary. Edition 8</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/sigcex-advisor-training-itinerary-edition-8</t>
+  </si>
+  <si>
+    <t>University Microcredential in Organic Viticulture Open – 2026 Edition</t>
+  </si>
+  <si>
+    <t>Tue, 02/10/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Tue, 03/24/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>Sala de Seminarios del Instituto de las Ciencias de la Vid y el Vino (ICVV), La Grajera, Logroño</t>
+  </si>
+  <si>
+    <t>The University of La Rioja organizes the University Microcredential in Organic Viticulture , a specialized training aimed at professionals in the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/university-microcredential-organic-viticulture-open-2026-edition</t>
+  </si>
+  <si>
+    <t>Organic Horticulture</t>
+  </si>
+  <si>
+    <t>Wed, 02/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Thu, 05/14/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Cam. Torre Los Ajos, 29, 50059 Zaragoza</t>
+  </si>
+  <si>
+    <t>Do you want to dedicate yourself professionally to the production of organic and locally sourced food? Do you want to gradually convert your farm to…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/organic-horticulture-1</t>
+  </si>
+  <si>
+    <t>Rural Reconnected Workshop</t>
+  </si>
+  <si>
+    <t>Sat, 02/21/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>The Rural Reconnected Workshop, part of the PRTR and funded by the European Union through the Next Generation EU Funds, promotes the improvement of…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/rural-reconnected-workshop</t>
+  </si>
+  <si>
+    <t>COURSE ON CALCULATION AND DESIGN OF IRRIGATION INSTALLATIONS</t>
+  </si>
+  <si>
+    <t>Tue, 02/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>This course focuses on the design and maintenance of irrigation systems. You'll learn how to determine the amount of water needed for crops and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-calculation-and-design-irrigation-installations</t>
+  </si>
+  <si>
+    <t>PAPAYA CULTIVATION</t>
+  </si>
+  <si>
+    <t>Fri, 02/27/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>This course delves into all phases of papaya cultivation, from soil and climate requirements to fruit processing. You will learn how to propagate the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/papaya-cultivation</t>
+  </si>
+  <si>
+    <t>Course for training professional users and sellers of phytosanitary products: Basic Level. Bridge Level. Qualified Level</t>
+  </si>
+  <si>
+    <t>Mon, 03/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Royal Decree 1311/2012 establishes the framework for action to achieve the sustainable use of plant protection products by reducing the risks and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-training-professional-users-and-sellers-phytosanitary-products-basic-level</t>
+  </si>
+  <si>
+    <t>Advanced management of ecological greenhouses</t>
+  </si>
+  <si>
+    <t>Thu, 03/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>Online Course: Advanced Management of Organic Greenhouses. Living Soil and Its Fertility</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/advanced-management-ecological-greenhouses</t>
+  </si>
+  <si>
+    <t>Course: Technician for advice on integrated pest management in green areas</t>
+  </si>
+  <si>
+    <t>Sun, 03/15/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Course on how to apply Royal Decree 1311/2012 to urban green areas: This course does not accredit you as an advisor; its objective is to teach you…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-technician-advice-integrated-pest-management-green-areas</t>
+  </si>
+  <si>
+    <t>Management and verification of basic irrigation systems</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>C/ Demetrio de los Ríos, 15. 41003, Sevilla</t>
+  </si>
+  <si>
+    <t>Agri-food cooperatives offer farmers and the general public a course on the management and verification of basic irrigation systems.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/management-and-verification-basic-irrigation-systems</t>
+  </si>
+  <si>
+    <t>Sustainability in agricultural production</t>
+  </si>
+  <si>
     <t>Almería</t>
   </si>
   <si>
-    <t>GRUPO ATU. Ctra. Iryda, nº 100. 04110-CAMPOHERMOSO (Almería)</t>
-[...29 lines deleted...]
-    <t>Sede INALOCAL: Aula COPERNICUS Travesia Eras, 10 Villaviciosa de Odón, Madrid 28670 España</t>
+    <t>This online course will address how to produce more food with fewer natural resources while preserving the environment. Course objectives: Promote…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/sustainability-agricultural-production</t>
+  </si>
+  <si>
+    <t>Soilless cultivation</t>
+  </si>
+  <si>
+    <t>Tue, 03/17/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>ONLINE COURSE to learn about solutions for soilless growing, also covering substrate quality, different soilless growing systems, equipment, and much…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/soilless-cultivation</t>
+  </si>
+  <si>
+    <t>Specialization in soil interpretation</t>
+  </si>
+  <si>
+    <t>In this ONLINE COURSE, you'll discover the keys to maintaining soil health with sustainable practices for more efficient agriculture. Course…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/specialization-soil-interpretation</t>
+  </si>
+  <si>
+    <t>Olive mill management</t>
+  </si>
+  <si>
+    <t>Wed, 03/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA-University School of Agricultural Technical Engineering. Goals Understanding the comprehensive management of the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/olive-mill-management-0</t>
+  </si>
+  <si>
+    <t>Greenhouse Horticultural Production Course</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria</t>
   </si>
   <si>
     <t>Blended learning</t>
   </si>
   <si>
-    <t>No</t>
-[...260 lines deleted...]
-    <t>https://akisplataforma.es/en/training-courses/olive-mill-management-0</t>
+    <t>Become an expert in horticultural production CONTACT</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/greenhouse-horticultural-production-course-0</t>
+  </si>
+  <si>
+    <t>Precision Agriculture. Course: Advanced GIS and Drone Management</t>
+  </si>
+  <si>
+    <t>A 60-hour course, four of which will be delivered in the Virtual Classroom with the instructor in real time via Google Meet, will address questions…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/precision-agriculture-course-advanced-gis-and-drone-management</t>
   </si>
   <si>
     <t>TRAINING FOR ADVISORS: Course on Sustainable Management of Agricultural Soils</t>
   </si>
   <si>
     <t>Fri, 03/20/2026 - 00:00</t>
   </si>
   <si>
     <t>Sustainable management of agricultural soils is a fundamental pillar for ensuring the long-term productivity of agroecosystems, environmental…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/training-advisors-course-sustainable-management-agricultural-soils-0</t>
   </si>
   <si>
+    <t>Animal welfare in the transport of live animals</t>
+  </si>
+  <si>
+    <t>Approved qualification Limited places GOALS: Acquire the fundamentals of good practices during animal transport, including loading, unloading, and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/animal-welfare-transport-live-animals</t>
+  </si>
+  <si>
+    <t>Course on livestock and organic farming</t>
+  </si>
+  <si>
+    <t>Specialized training recognized by the Regional Government of Castilla-La Mancha allows for accreditation of hours in the organic field as stipulated…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-livestock-and-organic-farming</t>
+  </si>
+  <si>
     <t>Avocado cultivation course</t>
   </si>
   <si>
     <t>Sun, 03/22/2026 - 00:00</t>
   </si>
   <si>
     <t>This course offers a comprehensive guide to avocado cultivation. You'll learn about soil and climate requirements, propagation, and plantation…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/avocado-cultivation-course</t>
   </si>
   <si>
+    <t>Drones and precision agriculture</t>
+  </si>
+  <si>
+    <t>Drones and Precision Agriculture is a descriptive course that delves into precision agriculture as a technique and concept of Agriculture 4.0. Drones…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/drones-and-precision-agriculture</t>
+  </si>
+  <si>
+    <t>Specialist in olive growing, olive oil technology and oil mill management</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>The objective is to achieve professionalism and excellence in four areas of the olive growing sector: olive oil technology, olive oil analysis and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/specialist-olive-growing-olive-oil-technology-and-oil-mill-management</t>
+  </si>
+  <si>
+    <t>Basic Level Phytosanitary Product Handler Course</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria (Centro de formación Agroislas)</t>
+  </si>
+  <si>
+    <t>Get certified as a basic level Pesticide Handler CONTACT</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/basic-level-phytosanitary-product-handler-course-0</t>
+  </si>
+  <si>
+    <t>Greenhouses</t>
+  </si>
+  <si>
+    <t>ONLINE COURSE that demonstrates the role of the greenhouse, the different types of greenhouses, equipment, and climate control, among other aspects.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/greenhouses</t>
+  </si>
+  <si>
     <t>Hydroponics Course: Soilless Cultivation</t>
   </si>
   <si>
     <t>Sat, 03/28/2026 - 00:00</t>
   </si>
   <si>
     <t>This course offers a comprehensive introduction to hydroponics and soil-less cultivation. It explores the components, substrates, and systems…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/hydroponics-course-soilless-cultivation</t>
   </si>
   <si>
-    <t>Specialization in soil interpretation</t>
+    <t>Management and Incorporation into the agricultural company</t>
+  </si>
+  <si>
+    <t>To train farmers entering the agricultural sector in aspects related to farm economic performance and environmental protection through resource use,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/management-and-incorporation-agricultural-company-0</t>
   </si>
   <si>
     <t>Tue, 03/31/2026 - 00:00</t>
   </si>
   <si>
     <t>In the pursuit of sustainable agriculture, soil health, fertilization, and environmental impact are all factors to consider, with soil analysis being…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/specialization-soil-interpretation-0</t>
   </si>
   <si>
+    <t>Integrated Production Course</t>
+  </si>
+  <si>
+    <t>Become an expert in integrated production CONTACT</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/integrated-production-course-0</t>
+  </si>
+  <si>
+    <t>Online course: organic fruit growing</t>
+  </si>
+  <si>
+    <t>Wed, 04/01/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Camí del Port s/n, km 1 - Edif. ECA Apartado 397 ES-46470 Catarroja, Valencia, España</t>
+  </si>
+  <si>
+    <t>The course is entirely online and consists of 7 topics, with a planned duration of 60 hours, but you can complete it at any time. Upon completion,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/online-course-organic-fruit-growing-0</t>
+  </si>
+  <si>
+    <t>Online course: Organic avocado farming</t>
+  </si>
+  <si>
+    <t>The course is divided into 8 topics and is scheduled to last 30 hours, but you can complete it at any time. Upon completion, you will receive a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/online-course-organic-avocado-farming-0</t>
+  </si>
+  <si>
     <t>ONLINE COURSE ON PRECISION AGRICULTURE IN EXTENSIVE IRRIGATED CROPS (RECORDED)</t>
   </si>
   <si>
-    <t>Wed, 04/01/2026 - 00:00</t>
-[...7 lines deleted...]
-  <si>
     <t>This course addresses the technologies and methodologies used in precision agriculture to optimize the yield and efficiency of irrigated field crops…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/online-course-precision-agriculture-extensive-irrigated-crops-recorded</t>
   </si>
   <si>
-    <t>Online course: organic fruit growing</t>
-[...25 lines deleted...]
-  <si>
     <t>Advanced tools for irrigation and nutrition</t>
   </si>
   <si>
     <t>Thu, 04/09/2026 - 00:00</t>
   </si>
   <si>
     <t>Demetrio de los Ríos, 15, 41003 Sevilla</t>
   </si>
   <si>
     <t>Agri-food cooperatives offer farmers an online course on advanced irrigation and nutrition tools.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/advanced-tools-irrigation-and-nutrition</t>
   </si>
   <si>
-    <t>Sustainability in agricultural production</t>
-[...1 lines deleted...]
-  <si>
     <t>Fri, 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>This online course will address how to produce more food with fewer natural resources while preserving the environment. COURSE OBJECTIVES: Promote…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/sustainability-agricultural-production-0</t>
   </si>
   <si>
     <t>Calculation of water needs and irrigation scheduling</t>
   </si>
   <si>
     <t>In this ONLINE COURSE, you'll learn the different methodologies for determining a crop's water requirements and the tools for scheduling irrigation.…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/calculation-water-needs-and-irrigation-scheduling</t>
   </si>
   <si>
-    <t>Greenhouses</t>
-[...1 lines deleted...]
-  <si>
     <t>ONLINE COURSE that demonstrates the role of the greenhouse, the different types of greenhouses, equipment, and climate control, among other aspects.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/greenhouses-0</t>
   </si>
   <si>
+    <t>Regenerative agriculture and sustainable soil management for greater climate resilience and food security in the Mediterranean</t>
+  </si>
+  <si>
+    <t>Mon, 04/13/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Fri, 04/17/2026 - 23:59</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059 Zaragoza, España</t>
+  </si>
+  <si>
+    <t>This course is designed for agricultural professionals, researchers, policymakers, and producers. Its objective is to provide advanced knowledge and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/regenerative-agriculture-and-sustainable-soil-management-greater-climate</t>
+  </si>
+  <si>
+    <t>Course on risk management and agricultural insurance in a context of climate change</t>
+  </si>
+  <si>
+    <t>Mon, 04/13/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Fri, 04/17/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza, Avda. de Montañana 1005, Zaragoza</t>
+  </si>
+  <si>
+    <t>Online, In person</t>
+  </si>
+  <si>
+    <t>From April 13 to 17, 2026 , CIHEAM Zaragoza will host the course “Risk Management and Agricultural Insurance in a Context of Climate Change” , a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-risk-management-and-agricultural-insurance-context-climate-change</t>
+  </si>
+  <si>
     <t>Young Farmer Course in Extremadura</t>
   </si>
   <si>
     <t>Mon, 04/20/2026 - 00:00</t>
   </si>
   <si>
     <t>Extremadura</t>
   </si>
   <si>
     <t>Badajoz, Cáceres</t>
   </si>
   <si>
     <t>The incorporation certificates for young farmers in Extremadura represent a key training opportunity for those wishing to begin or consolidate their…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/young-farmer-course-extremadura</t>
   </si>
   <si>
     <t>Online course: Organic olive grove production and organic oil production</t>
   </si>
   <si>
     <t>The course is entirely online and consists of 11 topics, with a planned duration of 80 hours, but you can complete it at any time. Upon completion,…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/online-course-organic-olive-grove-production-and-organic-oil-production</t>
   </si>
   <si>
     <t>Course: Technical advisor on integrated pest management in the agricultural sector</t>
   </si>
   <si>
     <t>Sat, 04/25/2026 - 00:00</t>
   </si>
   <si>
     <t>Course on how to apply Royal Decree 1311/2012 in the agricultural sector: This course does not accredit you as an advisor; its objective is to teach…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/course-technical-advisor-integrated-pest-management-agricultural-sector</t>
   </si>
   <si>
+    <t>International course on Precision Livestock Farming: from sensors to decision making</t>
+  </si>
+  <si>
+    <t>Mon, 05/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Fri, 05/08/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CSIC, Madrid.</t>
+  </si>
+  <si>
+    <t>From May 4 to 8, 2026 , Madrid will host the in-person course “Creating Added Value in Precision Livestock Farming: From Sensors to Decision-Making…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/international-course-precision-livestock-farming-sensors-decision-making</t>
+  </si>
+  <si>
     <t>Digital tools that help you manage your farm</t>
   </si>
   <si>
     <t>Sun, 10/04/2026 - 00:00</t>
   </si>
   <si>
     <t>This ONLINE COURSE analyzes the royal decrees published in December 2022 that will affect the way farmers and ranchers conduct their agricultural…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/digital-tools-help-you-manage-your-farm-1</t>
   </si>
   <si>
     <t>COURSES FOR JOINING THE AGRICULTURAL COMPANY</t>
   </si>
   <si>
     <t>Ávila, Burgos, León, Palencia, Salamanca, Segovia, Soria, Valladolid, Zamora</t>
   </si>
   <si>
-    <t>Online, In person</t>
-[...1 lines deleted...]
-  <si>
     <t>Agricultural business integration courses, or CIEA for short, are training activities aimed at those who need to demonstrate a sufficient level of…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/courses-joining-agricultural-company</t>
   </si>
   <si>
     <t>Water and nutrition management in strawberry cultivation</t>
   </si>
   <si>
     <t>Fri, 12/04/2026 - 00:00</t>
   </si>
   <si>
     <t>Agri-food cooperatives are offering farmers a course on water management and nutrition in strawberry cultivation, covering 70 topics.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/water-and-nutrition-management-strawberry-cultivation</t>
   </si>
   <si>
     <t>Second Course on Sustainable Economics and the Labor Market: New Entrepreneurial Opportunities</t>
   </si>
   <si>
     <t>Tue, 12/15/2026 - 00:00</t>
   </si>
   <si>
     <t>The Rural Women Challenge program provides training courses to promote entrepreneurship among rural women. Recipients The program is aimed at female…</t>
@@ -839,165 +986,165 @@
   <si>
     <t>Course on Agricultural and Livestock Farming: Production, Innovation, Consulting and Marketing (MOOC) The aim of this course is to provide an…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/massive-open-online-course-mooc-campus-ministry-agriculture-fisheries-and-food-0</t>
   </si>
   <si>
     <t>Advanced Course on the New European Regulation for Fertilizer Products</t>
   </si>
   <si>
     <t>A certificate of completion is awarded to students who pass the course, along with documents specifying the course syllabus and its duration. Course…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/advanced-course-new-european-regulation-fertilizer-products</t>
   </si>
   <si>
     <t>Food handler</t>
   </si>
   <si>
     <t>If you want to obtain the Food Handler certificate, this course offered by the Arcoiris Training Center will provide you with the essential knowledge…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/food-handler</t>
   </si>
   <si>
+    <t>Agrarian Legislation</t>
+  </si>
+  <si>
     <t>Thu, 12/31/2026 - 00:00</t>
   </si>
   <si>
+    <t>Training Certificate issued by INEA Foundation Goals Know the sources, object and content of Agrarian Law. To frame Law within the scope of the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/agrarian-legislation</t>
+  </si>
+  <si>
+    <t>Agroecology</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA Foundation Content: Introduction: An overview of the topic is presented, explaining the key concepts and the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/agroecology</t>
+  </si>
+  <si>
+    <t>Plant genetic resources</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Conservation of plant genetic resources: Strategies and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/plant-genetic-resources</t>
+  </si>
+  <si>
+    <t>Waste management in livestock farms</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Goals • Knowledge of the environmental impact of livestock waste…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/waste-management-livestock-farms</t>
+  </si>
+  <si>
+    <t>Conservation agriculture</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Analysis of current agricultural problems from an…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/conservation-agriculture</t>
+  </si>
+  <si>
+    <t>Food safety</t>
+  </si>
+  <si>
+    <t>Content: Food Classification: This module provides a comprehensive analysis of food classification from various perspectives, including nutritional…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/food-safety</t>
+  </si>
+  <si>
+    <t>Good livestock practices</t>
+  </si>
+  <si>
+    <t>Content: Introduction: This module provides an overview of the importance of animal health and management practices in animal production,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/good-livestock-practices</t>
+  </si>
+  <si>
+    <t>Vine varieties used in winemaking</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by the INEA Foundation Content: Ampelographic description, agronomic properties, and oenological potential of national…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/vine-varieties-used-winemaking</t>
+  </si>
+  <si>
+    <t>Interpretation of soil analysis and sustainable fertilization guidelines</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA Foundation Goals • Understand the importance of soil in sustainable agricultural management and soil balance as…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/interpretation-soil-analysis-and-sustainable-fertilization-guidelines</t>
+  </si>
+  <si>
+    <t>Ecological management of ruminants</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Introduction and Regulations: This module provides a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/ecological-management-ruminants</t>
+  </si>
+  <si>
+    <t>Organic horticulture</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Concepts, Foundations and Precedents in the Garden:…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/organic-horticulture</t>
+  </si>
+  <si>
+    <t>Olive pests and pathogens: nature, identification, and biological control strategies</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Introduction: This section will provide an overview of…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/olive-pests-and-pathogens-nature-identification-and-biological-control-strategies</t>
+  </si>
+  <si>
     <t>Online course, at your own pace, in which the royal decrees published in December 2022 that will affect the way in which farmers and ranchers carry…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/digital-tools-help-you-manage-your-farm</t>
-  </si>
-[...106 lines deleted...]
-    <t>https://akisplataforma.es/en/training-courses/olive-pests-and-pathogens-nature-identification-and-biological-control-strategies</t>
   </si>
   <si>
     <t>Introduction to ArcGIS Pro Course</t>
   </si>
   <si>
     <t>The GIS concept as a digital tool allows users to exploit the value of data , including geospatial variables, and improve the efficiency of processes…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/introduction-arcgis-pro-course</t>
   </si>
   <si>
     <t>Introductory Course to GIS with ArcGIS Pro</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/introductory-course-gis-arcgis-pro</t>
   </si>
   <si>
     <t>Course on Map Design and Creation with ArcGIS Pro</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/course-map-design-and-creation-arcgis-pro</t>
   </si>
   <si>
     <t>Introduction to ArcGIS Online Course</t>
   </si>
@@ -1331,59 +1478,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J78"/>
+  <dimension ref="A1:J94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J78"/>
+      <selection activeCell="A1" sqref="A1:J94"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="178.099" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="150.963" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -1391,2002 +1538,2444 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="1" t="s">
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="H3" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="I3" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="J3" s="1" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="G4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="J4" s="1" t="s">
         <v>32</v>
-      </c>
-[...19 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D5" s="1"/>
+        <v>35</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="E5" s="1"/>
       <c r="F5" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D6" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J6" s="1" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
-      <c r="F7" s="1"/>
+      <c r="F7" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="G7" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
-      <c r="F8" s="1"/>
+      <c r="F8" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D9" s="1"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="1"/>
+      <c r="F9" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="G9" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-      <c r="E10" s="1"/>
+        <v>55</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>56</v>
+      </c>
       <c r="F10" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>76</v>
-[...12 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
       <c r="G12" s="1" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
-      <c r="F13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F13" s="1"/>
       <c r="G13" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="C15" s="1"/>
-      <c r="D15" s="1"/>
+      <c r="D15" s="1" t="s">
+        <v>82</v>
+      </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="C16" s="1"/>
-      <c r="D16" s="1"/>
-      <c r="E16" s="1"/>
+      <c r="D16" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="E17" s="1"/>
+        <v>93</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>94</v>
+      </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="C19" s="1"/>
-      <c r="D19" s="1"/>
-      <c r="E19" s="1"/>
+      <c r="D19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>103</v>
+      </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="C20" s="1"/>
-      <c r="D20" s="1"/>
-      <c r="E20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>103</v>
+      </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="C21" s="1"/>
-      <c r="D21" s="1"/>
-      <c r="E21" s="1"/>
+      <c r="D21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>103</v>
+      </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="F23" s="1"/>
+        <v>118</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>120</v>
+      </c>
       <c r="G23" s="1" t="s">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="C24" s="1"/>
-      <c r="D24" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D24" s="1"/>
+      <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C25" s="1"/>
-      <c r="D25" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
       <c r="G25" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C26" s="1"/>
-[...17 lines deleted...]
-      </c>
       <c r="J26" s="1" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="C27" s="1"/>
-      <c r="D27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
       <c r="G27" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>151</v>
+        <v>137</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>161</v>
+        <v>148</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
-        <v>163</v>
+        <v>118</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="F31" s="1"/>
+        <v>119</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>149</v>
+      </c>
       <c r="G31" s="1" t="s">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>138</v>
+        <v>12</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>139</v>
+        <v>103</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>169</v>
+        <v>154</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="C33" s="1"/>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>174</v>
+        <v>159</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>176</v>
+        <v>160</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>178</v>
+        <v>110</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
-        <v>180</v>
+        <v>13</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>183</v>
+        <v>165</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>184</v>
+        <v>162</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>186</v>
+        <v>167</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>187</v>
+        <v>168</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>188</v>
+        <v>169</v>
       </c>
       <c r="C37" s="1"/>
-      <c r="D37" s="1"/>
-[...1 lines deleted...]
-      <c r="F37" s="1"/>
+      <c r="D37" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>170</v>
+      </c>
       <c r="G37" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>189</v>
+        <v>171</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>192</v>
+        <v>169</v>
       </c>
       <c r="C38" s="1"/>
-      <c r="D38" s="1"/>
-[...1 lines deleted...]
-      <c r="F38" s="1"/>
+      <c r="D38" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>170</v>
+      </c>
       <c r="G38" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>193</v>
+        <v>174</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>195</v>
+        <v>176</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>192</v>
+        <v>169</v>
       </c>
       <c r="C39" s="1"/>
-      <c r="D39" s="1"/>
-      <c r="E39" s="1"/>
+      <c r="D39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>64</v>
+      </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>196</v>
+        <v>177</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>198</v>
+        <v>179</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>192</v>
+        <v>180</v>
       </c>
       <c r="C40" s="1"/>
-      <c r="D40" s="1"/>
-[...1 lines deleted...]
-      <c r="F40" s="1"/>
+      <c r="D40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="G40" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>201</v>
+        <v>102</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>204</v>
+        <v>187</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>206</v>
+        <v>188</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
-        <v>208</v>
+        <v>152</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>209</v>
+        <v>190</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>212</v>
-[...4 lines deleted...]
-      <c r="F44" s="1"/>
+        <v>193</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="G44" s="1" t="s">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>213</v>
+        <v>196</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>212</v>
-[...4 lines deleted...]
-      <c r="F45" s="1"/>
+        <v>199</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="G45" s="1" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="C46" s="1"/>
-      <c r="D46" s="1"/>
-      <c r="E46" s="1"/>
+      <c r="D46" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>208</v>
+      </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>221</v>
-[...8 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F47" s="1"/>
       <c r="G47" s="1" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="C48" s="1"/>
-      <c r="D48" s="1"/>
-      <c r="E48" s="1"/>
+      <c r="D48" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>94</v>
+      </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>231</v>
-[...4 lines deleted...]
-      <c r="F49" s="1"/>
+        <v>219</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>221</v>
+      </c>
       <c r="G49" s="1" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1" t="s">
-        <v>180</v>
+        <v>13</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="B51" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="J51" s="1" t="s">
         <v>231</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>242</v>
+        <v>98</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>243</v>
+        <v>181</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="C55" s="1"/>
-      <c r="D55" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1"/>
       <c r="G55" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>262</v>
+        <v>251</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>263</v>
+        <v>252</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
-        <v>201</v>
+        <v>257</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
-        <v>174</v>
+        <v>266</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
-      <c r="F62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F62" s="1"/>
       <c r="G62" s="1" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="C63" s="1"/>
+        <v>270</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>271</v>
+      </c>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
-      <c r="F63" s="1"/>
-      <c r="G63" s="1"/>
+      <c r="F63" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>273</v>
+      </c>
       <c r="H63" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
-      <c r="G64" s="1"/>
+      <c r="G64" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H64" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
-      <c r="G65" s="1"/>
+      <c r="G65" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H65" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
-      <c r="G66" s="1"/>
+      <c r="G66" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H66" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
-      <c r="F67" s="1"/>
-      <c r="G67" s="1"/>
+      <c r="F67" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H67" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...10 lines deleted...]
-      <c r="I68" s="1" t="s">
+      <c r="J68" s="1" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
-      <c r="G69" s="1"/>
+      <c r="G69" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H69" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>297</v>
       </c>
       <c r="J69" s="1" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1" t="s">
         <v>299</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
-      <c r="G70" s="1"/>
+      <c r="G70" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H70" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="C71" s="1"/>
-      <c r="D71" s="1"/>
-[...2 lines deleted...]
-      <c r="G71" s="1"/>
+      <c r="D71" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>121</v>
+      </c>
       <c r="H71" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
-      <c r="G72" s="1"/>
+      <c r="G72" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H72" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
-      <c r="G73" s="1"/>
+      <c r="G73" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
-      <c r="G74" s="1"/>
+      <c r="G74" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H74" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1" t="s">
-        <v>314</v>
+        <v>250</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>275</v>
+        <v>325</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
-      <c r="G78" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G78" s="1"/>
       <c r="H78" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>322</v>
+        <v>327</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C79" s="1"/>
+      <c r="D79" s="1"/>
+      <c r="E79" s="1"/>
+      <c r="F79" s="1"/>
+      <c r="G79" s="1"/>
+      <c r="H79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="J79" s="1" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1"/>
+      <c r="H80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1"/>
+      <c r="H81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1"/>
+      <c r="H82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C83" s="1"/>
+      <c r="D83" s="1"/>
+      <c r="E83" s="1"/>
+      <c r="F83" s="1"/>
+      <c r="G83" s="1"/>
+      <c r="H83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1"/>
+      <c r="H84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C85" s="1"/>
+      <c r="D85" s="1"/>
+      <c r="E85" s="1"/>
+      <c r="F85" s="1"/>
+      <c r="G85" s="1"/>
+      <c r="H85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C86" s="1"/>
+      <c r="D86" s="1"/>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1"/>
+      <c r="H86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1"/>
+      <c r="H87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1"/>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1"/>
+      <c r="H88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C89" s="1"/>
+      <c r="D89" s="1"/>
+      <c r="E89" s="1"/>
+      <c r="F89" s="1"/>
+      <c r="G89" s="1"/>
+      <c r="H89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D90" s="1"/>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>