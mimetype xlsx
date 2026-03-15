--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -12,739 +12,1024 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cursos de formación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="467">
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Inicio</t>
   </si>
   <si>
     <t>Fin</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localizacion</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Gratuito</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
-    <t>Practical Introduction to Artificial Intelligence</t>
-[...2 lines deleted...]
-    <t>Thu, 01/29/2026 - 22:22</t>
+    <t>Online course "Competency for staff working with swine livestock"</t>
+  </si>
+  <si>
+    <t>Mon, 03/16/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Fri, 04/17/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>If you want to train to work in the pig sector, don't miss the course "Competence for Personnel Working with Swine." This course, offered by the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/online-course-competency-staff-working-swine-livestock</t>
+  </si>
+  <si>
+    <t>CITOLIVA Seminar “Physico-chemical composition of olive oils”</t>
+  </si>
+  <si>
+    <t>Mon, 03/16/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Tue, 03/17/2026 - 11:11</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Online</t>
-[...26 lines deleted...]
-    <t>Auditorio del Centro Ágora C. Lepanto, 55, 02003 Albacete</t>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Campus Universitario de Rabanales. Córdoba</t>
   </si>
   <si>
     <t>In person</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
-    <t>Next Friday, January 30, 2026 , from 09:00 to 14:00 , the PII.A training day "Efficient Composting: Keys to Valorizing Waste from the Agro-industrial…</t>
-[...86 lines deleted...]
-    <t>Tue, 02/10/2026 - 22:22</t>
+    <t>CITOLIVA is holding the seminar “Physico-chemical composition of olive oils” in Cordoba on March 16 and 17 , a proposal to delve deeper into the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/citoliva-seminar-physico-chemical-composition-olive-oils</t>
+  </si>
+  <si>
+    <t>Soilless cultivation</t>
+  </si>
+  <si>
+    <t>Tue, 03/17/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>ONLINE COURSE to learn about solutions for soilless growing, also covering substrate quality, different soilless growing systems, equipment, and much…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/soilless-cultivation</t>
+  </si>
+  <si>
+    <t>Specialization in soil interpretation</t>
+  </si>
+  <si>
+    <t>In this ONLINE COURSE, you'll discover the keys to maintaining soil health with sustainable practices for more efficient agriculture. Course…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/specialization-soil-interpretation</t>
+  </si>
+  <si>
+    <t>Demonstration Day - Pruning Techniques in Fruit Trees</t>
+  </si>
+  <si>
+    <t>Tue, 03/17/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Tue, 03/17/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>C/ Aves s/n.  28300 Aranjuez, Finca Sotopareva</t>
+  </si>
+  <si>
+    <t>Program Introduction to pruning fruit trees Tool handling Initial training of fruit trees Maintenance and pruning of established trees Thursday,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/demonstration-day-pruning-techniques-fruit-trees-0</t>
+  </si>
+  <si>
+    <t>Greenhouse Horticultural Production Course</t>
+  </si>
+  <si>
+    <t>Wed, 03/18/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria</t>
+  </si>
+  <si>
+    <t>Blended learning</t>
+  </si>
+  <si>
+    <t>Become an expert in horticultural production CONTACT</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/greenhouse-horticultural-production-course-0</t>
+  </si>
+  <si>
+    <t>Precision Agriculture. Course: Advanced GIS and Drone Management</t>
+  </si>
+  <si>
+    <t>A 60-hour course, four of which will be delivered in the Virtual Classroom with the instructor in real time via Google Meet, will address questions…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/precision-agriculture-course-advanced-gis-and-drone-management</t>
+  </si>
+  <si>
+    <t>Olive mill management</t>
+  </si>
+  <si>
+    <t>Training Certificate issued by INEA-University School of Agricultural Technical Engineering. Goals Understanding the comprehensive management of the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/olive-mill-management-0</t>
+  </si>
+  <si>
+    <t>CITOLIVA Seminar “Sensory Analysis and Differentiation of Oils”</t>
+  </si>
+  <si>
+    <t>Wed, 03/18/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Thu, 03/19/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>On March 18 and 19 , the seminar “Sensory Analysis and Differentiation of Oils” will take place in Córdoba, a theoretical-practical training focused…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/citoliva-seminar-sensory-analysis-and-differentiation-oils</t>
+  </si>
+  <si>
+    <t>iRiego is organizing a free online course on the influence of digitalization on society and agriculture.</t>
+  </si>
+  <si>
+    <t>Fri, 03/20/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>iRiego will hold the free online course “Influence of Digitalization on Society” from March 18 to 20, 2026 , a training proposal focused on analyzing…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/iriego-organizing-free-online-course-influence-digitalization-society-and</t>
+  </si>
+  <si>
+    <t>Smart Livestock Farming: Data Exploitation and Analysis (R) for Animal Production</t>
+  </si>
+  <si>
+    <t>Wed, 03/18/2026 - 16:00</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 12:00</t>
+  </si>
+  <si>
+    <t>La Vega Innova Camino de la Vega, s/n, 28830, San Fernando de Henares Madrid</t>
+  </si>
+  <si>
+    <t>Currently, the livestock sector faces numerous challenges related to its economic profitability, environmental impact, social perception, and more.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/smart-livestock-farming-data-exploitation-and-analysis-r-animal-production</t>
+  </si>
+  <si>
+    <t>Animal welfare in the transport of live animals</t>
+  </si>
+  <si>
+    <t>Fri, 03/20/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Approved qualification Limited places GOALS: Acquire the fundamentals of good practices during animal transport, including loading, unloading, and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/animal-welfare-transport-live-animals</t>
+  </si>
+  <si>
+    <t>Course on livestock and organic farming</t>
+  </si>
+  <si>
+    <t>Specialized training recognized by the Regional Government of Castilla-La Mancha allows for accreditation of hours in the organic field as stipulated…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-livestock-and-organic-farming</t>
+  </si>
+  <si>
+    <t>TRAINING FOR ADVISORS: Course on Sustainable Management of Agricultural Soils</t>
+  </si>
+  <si>
+    <t>Sustainable management of agricultural soils is a fundamental pillar for ensuring the long-term productivity of agroecosystems, environmental…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/training-advisors-course-sustainable-management-agricultural-soils-0</t>
+  </si>
+  <si>
+    <t>Free online seminar “Fertilization plans in extensive crops”</t>
+  </si>
+  <si>
+    <t>Fri, 03/20/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>The correct development of a fertilization plan is increasingly crucial for optimizing costs, improving nutrient use efficiency, and complying with…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/free-online-seminar-fertilization-plans-extensive-crops</t>
+  </si>
+  <si>
+    <t>Drones and precision agriculture</t>
+  </si>
+  <si>
+    <t>Sun, 03/22/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Drones and Precision Agriculture is a descriptive course that delves into precision agriculture as a technique and concept of Agriculture 4.0. Drones…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/drones-and-precision-agriculture</t>
+  </si>
+  <si>
+    <t>Avocado cultivation course</t>
+  </si>
+  <si>
+    <t>This course offers a comprehensive guide to avocado cultivation. You'll learn about soil and climate requirements, propagation, and plantation…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/avocado-cultivation-course</t>
+  </si>
+  <si>
+    <t>3rd edition of the course “Digitalization of Precision Agriculture, Agriculture 4.0”</t>
+  </si>
+  <si>
+    <t>Mon, 03/23/2026 - 11:11</t>
   </si>
   <si>
     <t>Tue, 03/24/2026 - 22:22</t>
   </si>
   <si>
-    <t>Rioja, La</t>
-[...17 lines deleted...]
-    <t>Thu, 05/14/2026 - 23:00</t>
+    <t>Villadangos del Páramo (León)</t>
+  </si>
+  <si>
+    <t>The Villadangos Canal Irrigation Community , in Villadangos del Páramo (León) , will host the 3rd edition of the A2 PI.B1 course “Digitalization of…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/3rd-edition-course-digitalization-precision-agriculture-agriculture-40</t>
+  </si>
+  <si>
+    <t>CITOLIVA Seminar “Natural allies for the phytosanitary management of olive groves”</t>
+  </si>
+  <si>
+    <t>Tue, 03/24/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>CITOLIVA is organizing the seminar “Natural allies for the phytosanitary management of the olive grove” in Cordoba (March 23 and 24), focusing on the…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/citoliva-seminar-natural-allies-phytosanitary-management-olive-groves</t>
+  </si>
+  <si>
+    <t>Fruit production</t>
+  </si>
+  <si>
+    <t>Tue, 03/24/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>In this ONLINE course you will learn about tree physiology, strategic plantation design and the application of pruning, irrigation and fertilization…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/fruit-production</t>
+  </si>
+  <si>
+    <t>New business models: agro-industrial production of microalgae</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>AINIA. Parque Tecnológico de Valencia. Av. Benjamín Franklin, 5-11; 46980 Paterna, Valencia</t>
+  </si>
+  <si>
+    <t>On Tuesday, March 24 , from 09:00 a.m. to 2:00 p.m. , the free training day entitled “New Business Models: Agro-industrial Production of Microalgae”…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/new-business-models-agro-industrial-production-microalgae-2</t>
+  </si>
+  <si>
+    <t>Specialist in olive growing, olive oil technology and oil mill management</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>The objective is to achieve professionalism and excellence in four areas of the olive growing sector: olive oil technology, olive oil analysis and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/specialist-olive-growing-olive-oil-technology-and-oil-mill-management</t>
+  </si>
+  <si>
+    <t>Basic Level Phytosanitary Product Handler Course</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria (Centro de formación Agroislas)</t>
+  </si>
+  <si>
+    <t>Get certified as a basic level Pesticide Handler CONTACT</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/basic-level-phytosanitary-product-handler-course-0</t>
+  </si>
+  <si>
+    <t>Greenhouses</t>
+  </si>
+  <si>
+    <t>ONLINE COURSE that demonstrates the role of the greenhouse, the different types of greenhouses, equipment, and climate control, among other aspects.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/greenhouses</t>
+  </si>
+  <si>
+    <t>Management and organization of the agricultural holding</t>
+  </si>
+  <si>
+    <t>Goals Learn the technological and economic knowledge for the correct management of an agricultural holding, guaranteeing the improvement of its…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/management-and-organization-agricultural-holding</t>
+  </si>
+  <si>
+    <t>Safety and hygiene in the food industry</t>
+  </si>
+  <si>
+    <t>Goals Learn to perform cleaning and general hygiene operations on equipment and facilities, as well as environmental protection support operations in…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/safety-and-hygiene-food-industry</t>
+  </si>
+  <si>
+    <t>Use of Composting Technologies for Organic Waste Management</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Alicante/Alacant</t>
+  </si>
+  <si>
+    <t>Escuela Politécnica Superior de Orihuela - Universidad Miguel Hernández. Ctra. Beniel, km 3,2. E-03312, Orihuela</t>
+  </si>
+  <si>
+    <t>A free demonstration workshop entitled “Use of Composting Technologies for Organic Waste Management” will be held on Wednesday, March 25, from 9:00 a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/use-composting-technologies-organic-waste-management</t>
+  </si>
+  <si>
+    <t>Fundación Grupo Cajamar promotes an advanced course in Big Data and AI to improve agronomic decision-making</t>
+  </si>
+  <si>
+    <t>Wed, 03/25/2026 - 16:06</t>
+  </si>
+  <si>
+    <t>Thu, 03/26/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>Aula HR Formación, C/ Jesús Esteban 5, Bajo izquierda, Murcia</t>
+  </si>
+  <si>
+    <t>The Cajamar Group Foundation is launching the 2nd edition of the Advanced Course: Data Management and Decision Making in Agriculture: Big Data and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/fundacion-grupo-cajamar-promotes-advanced-course-big-data-and-ai-improve-agronomic</t>
+  </si>
+  <si>
+    <t>Informative session - Principles of agro-composting</t>
+  </si>
+  <si>
+    <t>Thu, 03/26/2026 - 16:00</t>
+  </si>
+  <si>
+    <t>Thu, 03/26/2026 - 19:00</t>
+  </si>
+  <si>
+    <t>Olmeda de las Fuentes</t>
+  </si>
+  <si>
+    <t>Program Composting as a waste management strategy Technical approach to composting: common mistakes and best practices for proper management of…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/informative-session-principles-agro-composting</t>
+  </si>
+  <si>
+    <t>ASETAGA training day: “Circular Bioeconomy: Transformation, Valorization and Sustainable Management of Livestock Manure, Bioproducts and By-products”</t>
+  </si>
+  <si>
+    <t>Thu, 03/26/2026 - 16:06</t>
+  </si>
+  <si>
+    <t>ASETAGA has opened registration for the free training course “Circular Bioeconomy: Transformation, Valorization and Sustainable Management of…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/asetaga-training-day-circular-bioeconomy-transformation-valorization-and-0</t>
+  </si>
+  <si>
+    <t>Management and Incorporation into the agricultural company</t>
+  </si>
+  <si>
+    <t>Sat, 03/28/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>To train farmers entering the agricultural sector in aspects related to farm economic performance and environmental protection through resource use,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/management-and-incorporation-agricultural-company-0</t>
+  </si>
+  <si>
+    <t>Hydroponics Course: Soilless Cultivation</t>
+  </si>
+  <si>
+    <t>This course offers a comprehensive introduction to hydroponics and soil-less cultivation. It explores the components, substrates, and systems…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/hydroponics-course-soilless-cultivation</t>
+  </si>
+  <si>
+    <t>Advanced Course - Biological Pest Control</t>
+  </si>
+  <si>
+    <t>Mon, 03/30/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Course Objectives The use of beneficial organisms (pollinators, predators and parasitoids) in recent years has proven useful in improving the quality…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/advanced-course-biological-pest-control</t>
+  </si>
+  <si>
+    <t>Advanced Course - Hydroponics. Soilless Cultivation</t>
+  </si>
+  <si>
+    <t>Course Objectives Agricultural activity, like the rest of the productive sectors, must optimize the consumption of inputs and minimize the levels of…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/advanced-course-hydroponics-soilless-cultivation</t>
+  </si>
+  <si>
+    <t>Higher course in Olive Farming</t>
+  </si>
+  <si>
+    <t>Course Objectives This course develops and addresses in depth, and in a rational manner, the most important aspects of olive cultivation, describing…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/higher-course-olive-farming</t>
+  </si>
+  <si>
+    <t>Specialist Course in the Production of Aromatic and Medicinal Plants</t>
+  </si>
+  <si>
+    <t>Course Objectives The cultivation of aromatic and medicinal plants (AMPs) has recently emerged as an agricultural alternative to traditional crops.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/specialist-course-production-aromatic-and-medicinal-plants</t>
+  </si>
+  <si>
+    <t>Online Course: Cultivated Soil and Climatic Conditions</t>
+  </si>
+  <si>
+    <t>The Soil and Climate Course provides you with essential knowledge about soil management and its relationship to climate in agriculture. Through this…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/online-course-cultivated-soil-and-climatic-conditions</t>
+  </si>
+  <si>
+    <t>Auxiliary Activities in Agriculture for the professional certificate AGAX0208</t>
+  </si>
+  <si>
+    <t>With this online course in Auxiliary Activities in Agriculture, you can accredit your professional skills to obtain your professional certificate: “…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/auxiliary-activities-agriculture-professional-certificate-agax0208</t>
+  </si>
+  <si>
+    <t>Integrated Production Course</t>
+  </si>
+  <si>
+    <t>Tue, 03/31/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Become an expert in integrated production CONTACT</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/integrated-production-course-0</t>
+  </si>
+  <si>
+    <t>In the pursuit of sustainable agriculture, soil health, fertilization, and environmental impact are all factors to consider, with soil analysis being…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/specialization-soil-interpretation-0</t>
+  </si>
+  <si>
+    <t>Online course: organic fruit growing</t>
+  </si>
+  <si>
+    <t>Wed, 04/01/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>Camí del Port s/n, km 1 - Edif. ECA Apartado 397 ES-46470 Catarroja, Valencia, España</t>
+  </si>
+  <si>
+    <t>The course is entirely online and consists of 7 topics, with a planned duration of 60 hours, but you can complete it at any time. Upon completion,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/online-course-organic-fruit-growing-0</t>
+  </si>
+  <si>
+    <t>Online course: Organic avocado farming</t>
+  </si>
+  <si>
+    <t>The course is divided into 8 topics and is scheduled to last 30 hours, but you can complete it at any time. Upon completion, you will receive a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/online-course-organic-avocado-farming-0</t>
+  </si>
+  <si>
+    <t>ONLINE COURSE ON PRECISION AGRICULTURE IN EXTENSIVE IRRIGATED CROPS (RECORDED)</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
-    <t>Cam. Torre Los Ajos, 29, 50059 Zaragoza</t>
-[...47 lines deleted...]
-    <t>Mon, 03/02/2026 - 00:00</t>
+    <t>This course addresses the technologies and methodologies used in precision agriculture to optimize the yield and efficiency of irrigated field crops…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/online-course-precision-agriculture-extensive-irrigated-crops-recorded</t>
+  </si>
+  <si>
+    <t>Registration is now open for the free online course "Digitization of meteorological data and pest detection"</t>
+  </si>
+  <si>
+    <t>Mon, 04/06/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Wed, 04/08/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>iRiego has opened registration for the free online course “Digitization of Meteorological Data and Pest Detection” , which will be held from April 6…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/registration-now-open-free-online-course-digitization-meteorological-data-and-pest</t>
+  </si>
+  <si>
+    <t>Animal welfare in transport course</t>
+  </si>
+  <si>
+    <t>Mon, 04/06/2026 - 16:00</t>
+  </si>
+  <si>
+    <t>Fri, 04/10/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Aranjuez</t>
+  </si>
+  <si>
+    <t>Blended learning. 20 hours, from 4:00 PM to 8:00 PM. Online virtual classes (video conferences) from Monday to Thursday and in-person classes and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/animal-welfare-transport-course-0</t>
+  </si>
+  <si>
+    <t>Advanced tools for irrigation and nutrition</t>
+  </si>
+  <si>
+    <t>Thu, 04/09/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Demetrio de los Ríos, 15, 41003 Sevilla</t>
+  </si>
+  <si>
+    <t>Agri-food cooperatives offer farmers an online course on advanced irrigation and nutrition tools.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/advanced-tools-irrigation-and-nutrition</t>
+  </si>
+  <si>
+    <t>Sustainability in agricultural production</t>
+  </si>
+  <si>
+    <t>Fri, 04/10/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>This online course will address how to produce more food with fewer natural resources while preserving the environment. COURSE OBJECTIVES: Promote…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/sustainability-agricultural-production-0</t>
+  </si>
+  <si>
+    <t>Calculation of water needs and irrigation scheduling</t>
+  </si>
+  <si>
+    <t>In this ONLINE COURSE, you'll learn the different methodologies for determining a crop's water requirements and the tools for scheduling irrigation.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/calculation-water-needs-and-irrigation-scheduling</t>
+  </si>
+  <si>
+    <t>ONLINE COURSE that demonstrates the role of the greenhouse, the different types of greenhouses, equipment, and climate control, among other aspects.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/greenhouses-0</t>
+  </si>
+  <si>
+    <t>Course on the Control and Management of Eggs and Newborn Chicks in Poultry Farming</t>
+  </si>
+  <si>
+    <t>The Poultry Farm Egg and Hatching Control and Management Course offered by Aula 10 Formación is designed to provide participants with the knowledge…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-control-and-management-eggs-and-newborn-chicks-poultry-farming</t>
+  </si>
+  <si>
+    <t>Organic Livestock Farming for the professional certificate AGAN0108</t>
+  </si>
+  <si>
+    <t>With the online Organic Livestock Farming course, you will learn everything you need to obtain the "Certificate in Organic Livestock Farming AGAN0108…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/organic-livestock-farming-professional-certificate-agan0108</t>
+  </si>
+  <si>
+    <t>Free online seminar “SIEX, REA and CUE: keys to registration as an authorized entity”</t>
+  </si>
+  <si>
+    <t>Fri, 04/10/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Fri, 04/10/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>On April 10, 2026 , aGROSlab is organizing the online seminar “SIEX, REA and CUE: Keys to Registration as an Authorized Entity” , a free and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/free-online-seminar-siex-rea-and-cue-keys-registration-authorized-entity</t>
+  </si>
+  <si>
+    <t>Regenerative agriculture and sustainable soil management for greater climate resilience and food security in the Mediterranean</t>
+  </si>
+  <si>
+    <t>Mon, 04/13/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Fri, 04/17/2026 - 23:59</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059 Zaragoza, España</t>
+  </si>
+  <si>
+    <t>This course is designed for agricultural professionals, researchers, policymakers, and producers. Its objective is to provide advanced knowledge and…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/regenerative-agriculture-and-sustainable-soil-management-greater-climate</t>
+  </si>
+  <si>
+    <t>Use of agricultural machinery</t>
+  </si>
+  <si>
+    <t>Carretera General del Norte nº2. Km 8.5. Cardones. Arucas.</t>
+  </si>
+  <si>
+    <t>To understand the diversity of agricultural machinery available on the market, from small machines (chainsaws, brushcutters, blowers, etc.) to larger…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/use-agricultural-machinery</t>
+  </si>
+  <si>
+    <t>Course on risk management and agricultural insurance in a context of climate change</t>
+  </si>
+  <si>
+    <t>Mon, 04/13/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Fri, 04/17/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza, Avda. de Montañana 1005, Zaragoza</t>
+  </si>
+  <si>
+    <t>Online, In person</t>
+  </si>
+  <si>
+    <t>From April 13 to 17, 2026 , CIHEAM Zaragoza will host the course “Risk Management and Agricultural Insurance in a Context of Climate Change” , a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-risk-management-and-agricultural-insurance-context-climate-change</t>
+  </si>
+  <si>
+    <t>Fruit and vegetable handler</t>
+  </si>
+  <si>
+    <t>Tue, 04/14/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Wed, 04/15/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>C/ Andenes 18, Caravaca de la Cruz, Murcia</t>
+  </si>
+  <si>
+    <t>Activities for vocational training and skills acquisition, within the framework of the Strategic Plan for the Common Agricultural Policy (PEPAC) 2023…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/fruit-and-vegetable-handler</t>
+  </si>
+  <si>
+    <t>Young Farmer Course in Extremadura</t>
+  </si>
+  <si>
+    <t>Mon, 04/20/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Badajoz, Cáceres</t>
+  </si>
+  <si>
+    <t>The incorporation certificates for young farmers in Extremadura represent a key training opportunity for those wishing to begin or consolidate their…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/young-farmer-course-extremadura</t>
+  </si>
+  <si>
+    <t>Online course: Organic olive grove production and organic oil production</t>
+  </si>
+  <si>
+    <t>The course is entirely online and consists of 11 topics, with a planned duration of 80 hours, but you can complete it at any time. Upon completion,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/online-course-organic-olive-grove-production-and-organic-oil-production</t>
+  </si>
+  <si>
+    <t>Animal welfare in transport</t>
+  </si>
+  <si>
+    <t>Mon, 04/20/2026 - 16:00</t>
+  </si>
+  <si>
+    <t>Fri, 04/24/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Colmenar Viejo</t>
+  </si>
+  <si>
+    <t>This course allows you to obtain or renew the certificate of competence as a driver or caretaker in accordance with Regulation (EC) No 1/2005,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/animal-welfare-transport-3</t>
+  </si>
+  <si>
+    <t>Course: Technical advisor on integrated pest management in the agricultural sector</t>
+  </si>
+  <si>
+    <t>Sat, 04/25/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Course on how to apply Royal Decree 1311/2012 in the agricultural sector: This course does not accredit you as an advisor; its objective is to teach…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-technical-advisor-integrated-pest-management-agricultural-sector</t>
+  </si>
+  <si>
+    <t>Advanced Course in Precision Livestock Farming - Madrid (ES) May 2026</t>
+  </si>
+  <si>
+    <t>Mon, 05/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Fri, 05/08/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>We are pleased to announce the Advanced Course “Creating Added Value in Precision Livestock Farming”, which will take place in Madrid, Spain, from…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/advanced-course-precision-livestock-farming-madrid-may-2026</t>
+  </si>
+  <si>
+    <t>KNOWLEDGE AND CULTIVATION OF TROPICAL FRUIT TREES</t>
+  </si>
+  <si>
+    <t>Escuela de Capacitación Agraria de Arucas</t>
+  </si>
+  <si>
+    <t>Goals Learn about the different species of tropical and subtropical fruit trees being planted in the Canary Islands. Learn how to propagate some…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/knowledge-and-cultivation-tropical-fruit-trees</t>
+  </si>
+  <si>
+    <t>International course on Precision Livestock Farming: from sensors to decision making</t>
+  </si>
+  <si>
+    <t>Mon, 05/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Fri, 05/08/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CSIC, Madrid.</t>
+  </si>
+  <si>
+    <t>From May 4 to 8, 2026 , Madrid will host the in-person course “Creating Added Value in Precision Livestock Farming: From Sensors to Decision-Making…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/international-course-precision-livestock-farming-sensors-decision-making</t>
+  </si>
+  <si>
+    <t>Practical guide to the state of sustainability in agri-food SMEs</t>
+  </si>
+  <si>
+    <t>Tue, 05/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>In this practical course to prepare the Sustainability Statement in agri-food SMEs: you will learn the European standards (NEIS), the double…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/practical-guide-state-sustainability-agri-food-smes</t>
+  </si>
+  <si>
+    <t>Advanced course on low-impact aquaculture</t>
+  </si>
+  <si>
+    <t>Mon, 05/25/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Thu, 05/28/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>IRTA La Ràpita (Tarragona)</t>
+  </si>
+  <si>
+    <t>The Mediterranean Agronomic Institute of Zaragoza (IAMZ–CIHEAM Zaragoza) will hold the advanced course “Low Impact Aquaculture” from May 25 to 28,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/advanced-course-low-impact-aquaculture</t>
+  </si>
+  <si>
+    <t>First Mediterranean Week of Food Entrepreneurship</t>
+  </si>
+  <si>
+    <t>Mon, 06/22/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Fri, 06/26/2026 - 17:00</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059  Zaragoza España</t>
+  </si>
+  <si>
+    <t>Course Objectives Upon completion of the course, participants will be able to: Scaling and consolidating micro-enterprises and start-ups based on a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/first-mediterranean-week-food-entrepreneurship</t>
+  </si>
+  <si>
+    <t>CIHEAM Course: 1st Mediterranean Week of Food Entrepreneurship</t>
+  </si>
+  <si>
+    <t>Mon, 06/22/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Fri, 06/26/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza (Zaragoza)</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza will organize the “First Mediterranean Week of Food Entrepreneurship” from June 22 to 26, 2026 , an advanced face-to-face course that…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/ciheam-course-1st-mediterranean-week-food-entrepreneurship</t>
+  </si>
+  <si>
+    <t>Digital tools that help you manage your farm</t>
+  </si>
+  <si>
+    <t>Sun, 10/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>This ONLINE COURSE analyzes the royal decrees published in December 2022 that will affect the way farmers and ranchers conduct their agricultural…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/digital-tools-help-you-manage-your-farm-1</t>
+  </si>
+  <si>
+    <t>COURSES FOR JOINING THE AGRICULTURAL COMPANY</t>
   </si>
   <si>
     <t>Castilla y León</t>
   </si>
   <si>
-    <t>Royal Decree 1311/2012 establishes the framework for action to achieve the sustainable use of plant protection products by reducing the risks and…</t>
-[...436 lines deleted...]
-  <si>
     <t>Ávila, Burgos, León, Palencia, Salamanca, Segovia, Soria, Valladolid, Zamora</t>
   </si>
   <si>
     <t>Agricultural business integration courses, or CIEA for short, are training activities aimed at those who need to demonstrate a sufficient level of…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/courses-joining-agricultural-company</t>
   </si>
   <si>
     <t>Water and nutrition management in strawberry cultivation</t>
   </si>
   <si>
     <t>Fri, 12/04/2026 - 00:00</t>
   </si>
   <si>
     <t>Agri-food cooperatives are offering farmers a course on water management and nutrition in strawberry cultivation, covering 70 topics.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/water-and-nutrition-management-strawberry-cultivation</t>
   </si>
   <si>
     <t>Second Course on Sustainable Economics and the Labor Market: New Entrepreneurial Opportunities</t>
   </si>
   <si>
     <t>Tue, 12/15/2026 - 00:00</t>
@@ -986,56 +1271,89 @@
   <si>
     <t>Course on Agricultural and Livestock Farming: Production, Innovation, Consulting and Marketing (MOOC) The aim of this course is to provide an…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/massive-open-online-course-mooc-campus-ministry-agriculture-fisheries-and-food-0</t>
   </si>
   <si>
     <t>Advanced Course on the New European Regulation for Fertilizer Products</t>
   </si>
   <si>
     <t>A certificate of completion is awarded to students who pass the course, along with documents specifying the course syllabus and its duration. Course…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/advanced-course-new-european-regulation-fertilizer-products</t>
   </si>
   <si>
     <t>Food handler</t>
   </si>
   <si>
     <t>If you want to obtain the Food Handler certificate, this course offered by the Arcoiris Training Center will provide you with the essential knowledge…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/food-handler</t>
   </si>
   <si>
+    <t>Thu, 12/31/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Online course, at your own pace, in which the royal decrees published in December 2022 that will affect the way in which farmers and ranchers carry…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/digital-tools-help-you-manage-your-farm</t>
+  </si>
+  <si>
+    <t>Introduction to ArcGIS Pro Course</t>
+  </si>
+  <si>
+    <t>The GIS concept as a digital tool allows users to exploit the value of data , including geospatial variables, and improve the efficiency of processes…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/introduction-arcgis-pro-course</t>
+  </si>
+  <si>
+    <t>Introductory Course to GIS with ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/introductory-course-gis-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Course on Map Design and Creation with ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/course-map-design-and-creation-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Introduction to ArcGIS Online Course</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/en/training-courses/introduction-arcgis-online-course</t>
+  </si>
+  <si>
     <t>Agrarian Legislation</t>
   </si>
   <si>
-    <t>Thu, 12/31/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Training Certificate issued by INEA Foundation Goals Know the sources, object and content of Agrarian Law. To frame Law within the scope of the…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/agrarian-legislation</t>
   </si>
   <si>
     <t>Agroecology</t>
   </si>
   <si>
     <t>Training Certificate issued by INEA Foundation Content: Introduction: An overview of the topic is presented, explaining the key concepts and the…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/agroecology</t>
   </si>
   <si>
     <t>Plant genetic resources</t>
   </si>
   <si>
     <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Conservation of plant genetic resources: Strategies and…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/plant-genetic-resources</t>
   </si>
   <si>
     <t>Waste management in livestock farms</t>
@@ -1095,83 +1413,50 @@
     <t>Ecological management of ruminants</t>
   </si>
   <si>
     <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Introduction and Regulations: This module provides a…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/ecological-management-ruminants</t>
   </si>
   <si>
     <t>Organic horticulture</t>
   </si>
   <si>
     <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Concepts, Foundations and Precedents in the Garden:…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/organic-horticulture</t>
   </si>
   <si>
     <t>Olive pests and pathogens: nature, identification, and biological control strategies</t>
   </si>
   <si>
     <t>Training Certificate issued by INEA-University School of Agricultural Engineering. Content: Introduction: This section will provide an overview of…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/en/training-courses/olive-pests-and-pathogens-nature-identification-and-biological-control-strategies</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://akisplataforma.es/en/training-courses/introduction-arcgis-online-course</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1478,115 +1763,113 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J94"/>
+  <dimension ref="A1:J113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J94"/>
+      <selection activeCell="A1" sqref="A1:J113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="176.814" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="178.099" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D2" s="1" t="s">
         <v>12</v>
       </c>
+      <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>19</v>
       </c>
@@ -1597,2385 +1880,2931 @@
         <v>21</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="C4" s="1"/>
+      <c r="D4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="1"/>
       <c r="G4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I4" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="1"/>
+      <c r="G5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>34</v>
-      </c>
-[...20 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...6 lines deleted...]
-      <c r="F6" s="1"/>
+      <c r="F6" s="1" t="s">
+        <v>40</v>
+      </c>
       <c r="G6" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="C7" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D7" s="1"/>
-      <c r="E7" s="1"/>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>46</v>
+      </c>
       <c r="F7" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>44</v>
       </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
-      <c r="F8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F8" s="1"/>
       <c r="G8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="C9" s="1" t="s">
         <v>44</v>
       </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F9" s="1"/>
       <c r="G9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D11" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
       <c r="G11" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C12" s="1"/>
-[...2 lines deleted...]
-      <c r="F12" s="1"/>
       <c r="G12" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>70</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I14" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="J14" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="C15" s="1"/>
-      <c r="D15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="J16" s="1" t="s">
         <v>85</v>
-      </c>
-[...21 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C17" s="1"/>
-      <c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="J18" s="1" t="s">
         <v>92</v>
-      </c>
-[...20 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>92</v>
-[...8 lines deleted...]
-      <c r="F19" s="1"/>
+        <v>94</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="G19" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="C20" s="1"/>
+        <v>94</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="F20" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="G20" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C21" s="1"/>
-      <c r="D21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-      <c r="D22" s="1"/>
+        <v>100</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="E22" s="1"/>
-      <c r="F22" s="1"/>
+      <c r="F22" s="1" t="s">
+        <v>109</v>
+      </c>
       <c r="G22" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B23" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C23" s="1"/>
-[...17 lines deleted...]
-      </c>
       <c r="J23" s="1" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C24" s="1"/>
-      <c r="D24" s="1"/>
-[...1 lines deleted...]
-      <c r="F24" s="1"/>
+      <c r="D24" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="G24" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="C25" s="1"/>
-      <c r="D25" s="1"/>
-      <c r="E25" s="1"/>
+      <c r="D25" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>29</v>
+      </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>138</v>
-[...4 lines deleted...]
-      <c r="F28" s="1"/>
+        <v>130</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>133</v>
+      </c>
       <c r="G28" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>142</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C30" s="1"/>
-[...2 lines deleted...]
-      <c r="F30" s="1"/>
+      <c r="C30" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>147</v>
+      </c>
       <c r="G30" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>145</v>
-[...10 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
       <c r="G31" s="1" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C32" s="1"/>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>110</v>
+        <v>165</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C35" s="1"/>
-      <c r="D35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C36" s="1"/>
-      <c r="D36" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
       <c r="G36" s="1" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="C37" s="1"/>
-      <c r="D37" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D37" s="1"/>
+      <c r="E37" s="1"/>
+      <c r="F37" s="1"/>
       <c r="G37" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="C38" s="1"/>
-      <c r="D38" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D38" s="1"/>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
       <c r="G38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="C39" s="1"/>
-      <c r="D39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D39" s="1"/>
+      <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>98</v>
+        <v>46</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>181</v>
+        <v>47</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>182</v>
       </c>
       <c r="J40" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C41" s="1"/>
-      <c r="D41" s="1"/>
+      <c r="D41" s="1" t="s">
+        <v>20</v>
+      </c>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I41" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="J41" s="1" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="1"/>
-      <c r="D42" s="1"/>
-[...1 lines deleted...]
-      <c r="F42" s="1"/>
+      <c r="D42" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>189</v>
+      </c>
       <c r="G42" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
-        <v>152</v>
+        <v>192</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C43" s="1"/>
-      <c r="D43" s="1"/>
-[...1 lines deleted...]
-      <c r="F43" s="1"/>
+      <c r="D43" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>189</v>
+      </c>
       <c r="G43" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
-        <v>63</v>
+        <v>196</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="F44" s="1"/>
       <c r="G44" s="1" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>200</v>
-[...9 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="D45" s="1"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="1"/>
       <c r="G45" s="1" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J45" s="1" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="C46" s="1"/>
+      <c r="C46" s="1" t="s">
+        <v>207</v>
+      </c>
       <c r="D46" s="1" t="s">
-        <v>207</v>
+        <v>38</v>
       </c>
       <c r="E46" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>209</v>
       </c>
       <c r="J46" s="1" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
         <v>211</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="F47" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="G47" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C48" s="1"/>
-      <c r="D48" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
+      <c r="E49" s="1"/>
+      <c r="F49" s="1"/>
       <c r="G49" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J49" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>224</v>
+        <v>120</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="C51" s="1"/>
-      <c r="D51" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
       <c r="C52" s="1"/>
-      <c r="D52" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="C53" s="1"/>
+        <v>233</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>234</v>
+      </c>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
-      <c r="F53" s="1"/>
+      <c r="F53" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="G53" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="G54" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C54" s="1"/>
-[...9 lines deleted...]
-      <c r="I54" s="1" t="s">
+      <c r="J54" s="1" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F55" s="1"/>
       <c r="G55" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J55" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
         <v>247</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>241</v>
-[...4 lines deleted...]
-      <c r="F56" s="1"/>
+        <v>248</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>250</v>
+      </c>
       <c r="G56" s="1" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>241</v>
-[...4 lines deleted...]
-      <c r="F57" s="1"/>
+        <v>255</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>257</v>
+      </c>
       <c r="G57" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C58" s="1"/>
-      <c r="D58" s="1"/>
-      <c r="E58" s="1"/>
+      <c r="D58" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>263</v>
+      </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C59" s="1"/>
-      <c r="D59" s="1"/>
-      <c r="E59" s="1"/>
+      <c r="D59" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>261</v>
-[...4 lines deleted...]
-      <c r="F60" s="1"/>
+        <v>270</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>272</v>
+      </c>
       <c r="G60" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="C61" s="1"/>
-      <c r="D61" s="1"/>
-      <c r="E61" s="1"/>
+      <c r="D61" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>258</v>
+        <v>277</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>261</v>
-[...4 lines deleted...]
-      <c r="F62" s="1"/>
+        <v>280</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="G62" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-      <c r="E63" s="1"/>
+        <v>281</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>46</v>
+      </c>
       <c r="F63" s="1" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>273</v>
+        <v>23</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>270</v>
-[...4 lines deleted...]
-      <c r="F64" s="1"/>
+        <v>289</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>291</v>
+      </c>
       <c r="G64" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1" t="s">
-        <v>283</v>
+        <v>298</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>280</v>
-[...4 lines deleted...]
-      <c r="F66" s="1"/>
+        <v>299</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>303</v>
+      </c>
       <c r="G66" s="1" t="s">
-        <v>202</v>
+        <v>23</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>280</v>
-[...3 lines deleted...]
-      <c r="E67" s="1"/>
+        <v>307</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="F67" s="1" t="s">
-        <v>13</v>
+        <v>309</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>287</v>
+        <v>310</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>288</v>
+        <v>311</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="C68" s="1"/>
+        <v>313</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>314</v>
+      </c>
       <c r="D68" s="1" t="s">
-        <v>82</v>
+        <v>196</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>291</v>
+        <v>197</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>292</v>
+        <v>315</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>293</v>
+        <v>316</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>294</v>
+        <v>317</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1" t="s">
-        <v>295</v>
+        <v>318</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>296</v>
+        <v>319</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1" t="s">
-        <v>299</v>
+        <v>322</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="C70" s="1"/>
-      <c r="D70" s="1"/>
-      <c r="E70" s="1"/>
+      <c r="D70" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>324</v>
+      </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>301</v>
+        <v>325</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>302</v>
+        <v>326</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1" t="s">
-        <v>303</v>
+        <v>327</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>300</v>
+        <v>328</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>291</v>
+        <v>213</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>304</v>
+        <v>214</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>305</v>
+        <v>329</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>306</v>
+        <v>330</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1" t="s">
-        <v>307</v>
+        <v>331</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>300</v>
+        <v>332</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>308</v>
+        <v>333</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>309</v>
+        <v>334</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1" t="s">
-        <v>310</v>
+        <v>335</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>311</v>
+        <v>337</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>312</v>
+        <v>338</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1" t="s">
-        <v>313</v>
+        <v>339</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>314</v>
+        <v>340</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>315</v>
+        <v>341</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1" t="s">
-        <v>250</v>
+        <v>342</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>316</v>
+        <v>343</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>317</v>
+        <v>344</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1" t="s">
-        <v>318</v>
+        <v>345</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>319</v>
+        <v>346</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>320</v>
+        <v>347</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1" t="s">
-        <v>321</v>
+        <v>348</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>300</v>
+        <v>349</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>322</v>
+        <v>350</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>323</v>
+        <v>351</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1" t="s">
-        <v>324</v>
+        <v>352</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>325</v>
+        <v>349</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
-      <c r="G78" s="1"/>
+      <c r="G78" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>326</v>
+        <v>353</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>327</v>
+        <v>354</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1" t="s">
-        <v>328</v>
+        <v>355</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>325</v>
+        <v>356</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1"/>
       <c r="E79" s="1"/>
       <c r="F79" s="1"/>
-      <c r="G79" s="1"/>
+      <c r="G79" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>329</v>
+        <v>357</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>330</v>
+        <v>358</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1" t="s">
-        <v>331</v>
+        <v>359</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>325</v>
+        <v>356</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
-      <c r="G80" s="1"/>
+      <c r="G80" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>332</v>
+        <v>353</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>333</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1" t="s">
-        <v>334</v>
+        <v>361</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>325</v>
+        <v>356</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
-      <c r="G81" s="1"/>
+      <c r="G81" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>335</v>
+        <v>362</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>336</v>
+        <v>363</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1" t="s">
-        <v>337</v>
+        <v>364</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="C82" s="1"/>
+        <v>365</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>366</v>
+      </c>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
-      <c r="F82" s="1"/>
-      <c r="G82" s="1"/>
+      <c r="F82" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>368</v>
+      </c>
       <c r="H82" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>338</v>
+        <v>369</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>339</v>
+        <v>370</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1" t="s">
-        <v>340</v>
+        <v>371</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>325</v>
+        <v>365</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
-      <c r="G83" s="1"/>
+      <c r="G83" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>341</v>
+        <v>372</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>342</v>
+        <v>373</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1" t="s">
-        <v>343</v>
+        <v>374</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>325</v>
+        <v>375</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1"/>
       <c r="E84" s="1"/>
       <c r="F84" s="1"/>
-      <c r="G84" s="1"/>
+      <c r="G84" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>344</v>
+        <v>376</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>345</v>
+        <v>377</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1" t="s">
-        <v>346</v>
+        <v>378</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>325</v>
+        <v>375</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
-      <c r="G85" s="1"/>
+      <c r="G85" s="1" t="s">
+        <v>251</v>
+      </c>
       <c r="H85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>347</v>
+        <v>379</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>348</v>
+        <v>380</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1" t="s">
-        <v>349</v>
+        <v>381</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>325</v>
+        <v>375</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
-      <c r="F86" s="1"/>
-      <c r="G86" s="1"/>
+      <c r="F86" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H86" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>350</v>
+        <v>382</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>351</v>
+        <v>383</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1" t="s">
-        <v>352</v>
+        <v>384</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>325</v>
+        <v>385</v>
       </c>
       <c r="C87" s="1"/>
-      <c r="D87" s="1"/>
-[...2 lines deleted...]
-      <c r="G87" s="1"/>
+      <c r="D87" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="H87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>353</v>
+        <v>388</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>354</v>
+        <v>389</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1" t="s">
-        <v>355</v>
+        <v>390</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>325</v>
+        <v>391</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
       <c r="F88" s="1"/>
-      <c r="G88" s="1"/>
+      <c r="G88" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H88" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>356</v>
+        <v>392</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>357</v>
+        <v>393</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1" t="s">
-        <v>358</v>
+        <v>394</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>325</v>
+        <v>395</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1"/>
       <c r="E89" s="1"/>
       <c r="F89" s="1"/>
-      <c r="G89" s="1"/>
+      <c r="G89" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>359</v>
+        <v>396</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>360</v>
+        <v>397</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1" t="s">
-        <v>224</v>
+        <v>398</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>325</v>
-[...5 lines deleted...]
-      <c r="E90" s="1"/>
+        <v>395</v>
+      </c>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>386</v>
+      </c>
       <c r="F90" s="1" t="s">
-        <v>13</v>
+        <v>399</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>273</v>
+        <v>48</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>361</v>
+        <v>400</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>362</v>
+        <v>401</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1" t="s">
-        <v>363</v>
+        <v>402</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>325</v>
+        <v>395</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>364</v>
+        <v>403</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>365</v>
+        <v>404</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1" t="s">
-        <v>366</v>
+        <v>405</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>325</v>
+        <v>395</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>364</v>
+        <v>406</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>367</v>
+        <v>407</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1" t="s">
-        <v>368</v>
+        <v>408</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>325</v>
+        <v>395</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>364</v>
+        <v>409</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>369</v>
+        <v>410</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1" t="s">
-        <v>370</v>
+        <v>345</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>325</v>
+        <v>395</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>364</v>
+        <v>411</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>371</v>
+        <v>412</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
+      <c r="F95" s="1"/>
+      <c r="G95" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C96" s="1"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D97" s="1"/>
+      <c r="E97" s="1"/>
+      <c r="F97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C101" s="1"/>
+      <c r="D101" s="1"/>
+      <c r="E101" s="1"/>
+      <c r="F101" s="1"/>
+      <c r="G101" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1"/>
+      <c r="H102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="1"/>
+      <c r="F103" s="1"/>
+      <c r="G103" s="1"/>
+      <c r="H103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1"/>
+      <c r="G104" s="1"/>
+      <c r="H104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C105" s="1"/>
+      <c r="D105" s="1"/>
+      <c r="E105" s="1"/>
+      <c r="F105" s="1"/>
+      <c r="G105" s="1"/>
+      <c r="H105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1"/>
+      <c r="H106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1"/>
+      <c r="F107" s="1"/>
+      <c r="G107" s="1"/>
+      <c r="H107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1"/>
+      <c r="E108" s="1"/>
+      <c r="F108" s="1"/>
+      <c r="G108" s="1"/>
+      <c r="H108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1"/>
+      <c r="H109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="1"/>
+      <c r="H110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="1"/>
+      <c r="F111" s="1"/>
+      <c r="G111" s="1"/>
+      <c r="H111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C112" s="1"/>
+      <c r="D112" s="1"/>
+      <c r="E112" s="1"/>
+      <c r="F112" s="1"/>
+      <c r="G112" s="1"/>
+      <c r="H112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C113" s="1"/>
+      <c r="D113" s="1"/>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1"/>
+      <c r="H113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>466</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>