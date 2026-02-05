--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -12,2789 +12,3161 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="913">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1037">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
     <t>Resolution, of 26/05/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policies, by which the call is made in 2025, by the early processing procedure, for the incorporation of aid for the conservation intervention of native breeds threatened with genetic erosion in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>Regional</t>
   </si>
   <si>
     <t>Castilla - La Mancha</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
+    <t>Resolution of the Minister of Economy, Finance and Innovation approving the call for aid for the years 2024 and 2025 to entrepreneurs and companies with activity in the Balearic Islands to cover the opening and study fees</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Resolution of 20/05/2025 of the General Directorate of Agriculture and Livestock, which calls for applications in 2025, through the early processing procedure, for the inclusion of aid for animal welfare intervention in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Resolution, of 27/05/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policies, by which the call is made in 2025, by the early processing procedure, for the incorporation of aid for the intervention of Beekeeping for biodiversity in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Exceptional aid for 2025 for cherry farms affected by natural disasters, according to Decree-Law 3/2025 of May 27</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
+  </si>
+  <si>
+    <t>ORDER OF July 14, 2025, Aid for Contracting Combined Agricultural Insurance 2025</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
+  </si>
+  <si>
+    <t>Order of July 21, 2025, of the Ministry of Water, Agriculture, Livestock, and Fisheries, approving the 2025 call for intervention aid in the beekeeping sector of the Autonomous Community of the Region of Murcia.</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847743</t>
+  </si>
+  <si>
+    <t>Approve the regulatory bases and the call for aid for the 2025-2026 campaign for the sustainable management of montane grasslands in Navarre, included in Intervention 6881.1 Reforestation and Agroforestry Systems of the PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847834</t>
+  </si>
+  <si>
+    <t>Order of July 25, 2025, of the Ministry of Agriculture, Livestock and Rural Development, calling for 2026 grants for activities to promote and communicate wine products in third-country markets.</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848528</t>
+  </si>
+  <si>
+    <t>De minimis aid for rice farms using certified seed by 2025</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848632</t>
+  </si>
+  <si>
+    <t>2025/26 Grant for the promotion of agricultural and food products under quality schemes, pursuant to the Resolution of July 22, 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/849085</t>
+  </si>
+  <si>
+    <t>AID FOR INVESTMENT IN AGRICULTURAL INFRASTRUCTURES TO PROMOTE COMPETITIVENESS 2025</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849656</t>
+  </si>
+  <si>
+    <t>Agreement of September 25, 2025, of the Regional Government of Castile and León, authorizing the direct granting of subsidies to the owners of damaged agricultural holdings located in municipalities affected by forest fires.</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+  </si>
+  <si>
     <t>ANNUAL AGRICULTURAL INSURANCE PLAN 2025</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
   </si>
   <si>
+    <t>Grants from the Center for Technological Development and Innovation EPE for the financing of R&amp;D projects (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
     <t>Order of February 12, 2025, calling for subsidies for the subscription of agricultural insurance within the framework of the Combined Agricultural Insurance Plan for the year 2025 and establishing the determinations in relation to said subsidies</t>
   </si>
   <si>
-    <t>2025-02-19</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
   </si>
   <si>
-    <t>Grants from the Center for Technological Development and Innovation EPE for the financing of R&amp;D projects (2025)</t>
-[...5 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+    <t>Order Credit Availability ComerciO 2025 LINE 1. NEW ESTABLISHMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
   </si>
   <si>
     <t>Order Availability of credit Trade 2025 LINE 2 MAINTENANCE ESTABLISHED.</t>
   </si>
   <si>
-    <t>2025-02-28</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
   </si>
   <si>
-    <t>Order Credit Availability ComerciO 2025 LINE 1. NEW ESTABLISHMENT</t>
-[...137 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+    <t>Resolution of 29/12/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid under the de minimis regime is called for, by means of the advance processing procedure, to mitigate the damages related to loboi attacks</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Resolution of 29/12/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid under the de minimis regime is called for, through the advance processing procedure, to alleviate the damage caused in Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Order DES/37/2025, of 22 December 2025, which calls for the aid financed by the EAGF (European Agricultural Guarantee Fund) and EAFRD (European Agricultural Fund for Rural Development) included in the single application for the year 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
   </si>
   <si>
     <t>Multiregional training programs 2025</t>
   </si>
   <si>
     <t>2025-05-08</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
   </si>
   <si>
+    <t>Approve the regulatory bases and the call for proposals to promote forestry innovation and dissemination, period 2025 and 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Resolution of April 17, 2025, of the director of the Valencian Agency for Agricultural Development and Guarantee (AVFGA), which calls for aid for investments in the modernization of infrastructure and irrigation systems in irrigation communities and communities</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025. Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Resolution of April 21, 2025, of the Ministry of Rural Environment and Agricultural Policy, approving the call for subsidies to non-profit entities, for the holding of agri-food product competitions</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Order of 16/04/2025, of the Ministry of Water, Agriculture, Livestock and Fisheries, 1st Call for grants, intervention 7161 "Coop. Operational Groups of the European Association for Agricultural Innovation"</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for applications for 2025 for investment aid in agricultural holdings (PEPAC 2023-2027)</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for applications for 2025 for aid for investments in agricultural holdings (Environmental Objective) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>AID FOR HONEY PRODUCTION AND MARKETING YEAR 2025 FEAGA</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>Resolution of 04/22/2025, of the General Secretariat, by which the call is made, under a competitive regime, for the year 2025, for aid to professional agricultural organizations and non-profit associative entities, for</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Resolution of April 17, 2025, of the General Directorate of Agricultural and Livestock Production, calling for aid to improve the competitiveness and sustainability of livestock farms in the Valencian Community (CV) for the year 2025.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>INVESTMENT AID FOR MODERNIZATION AND/OR IMPROVEMENT OF AGRICULTURAL FARMS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>RESOLUTION of April 21, 2025, approving the call for subsidies for advisory services in small and medium-sized agricultural holdings in the Principality of Asturias carried out by ATRIAS</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Fisheries and the Environment calling for public subsidies for environmental education activities in the Balearic Islands for non-profit organizations for the 2025 financial year.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolution of May 2, 2025, of the SGIM, calling for fair transition incentives in the province of Almería for the tractor project "Innovation and sustainability in the auxiliary industry of Almería agriculture"</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolution of May 5, 2025, of the director of the Valencian Agency for Agricultural Development and Guarantee (AVFGA), which calls for the aid provided for in intervention 7119.02 LEADER of the CAP Strategic Plan 2023-2027 in the Valencian Community, "</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolution of the Directorate General for Agricultural and Livestock Production, for the year 2025, the aid provided for in Order 6/2024, which approves the regulatory bases for compensatory aid for the eradication and control of the bacteria Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>Resolution of the Ministry of Agriculture, Water, Livestock and Fisheries, which calls for aid for the certification of organic production in the Valencian Community for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolution of May 8, 2025, calling for grants to organizations and entities representing the agricultural and rural development sector in Andalusia</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Grants to promote the activities of forest defense groups (ADF) by 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Order of May 7, 2025, of the Ministry of Industry, Trade, and Employment, announcing the subsidies for the 2025 program to support the creation and employment of cooperatives and worker-owned companies. Program II.- Investments</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Call for applications for aid for honey production and marketing, within the framework of the beekeeping sector.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Aid to Livestock Health Defense Groups for the implementation of health programs for the prevention, control, and eradication of animal diseases, year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Support for the promotion of agricultural products through the organization of livestock competitions, by 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Order of May 6, 2025, of the Ministry of Water, Agriculture, Livestock and Fisheries, calling for subsidies for Professional Agricultural Organizations for the year 2025, to promote service activities in the agricultural sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>2025 Agricultural Employment Promotion Program for Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>2025 Agricultural Employment Promotion Program for Projects Generating Stable Employment</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>GRANTS FOR THE 2025 AGRICULTURAL EMPLOYMENT PROMOTION PROGRAMME, DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>AID FOR THE PROMOTION, PROCESSING AND MARKETING OF FISHING PRODUCTS</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>Resolution of May 15, 2025, of the director of the Valencian Agency for Agricultural Development and Guarantee, calling for aid for cooperation within the framework of rural development interventions of the Strategic Plan for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>Order of May 19, 2025, of the Ministry of Agriculture, Livestock and Rural Development, calling for aid for dairy yield monitoring to officially recognized entities for dairy monitoring.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Order of May 16, 2025, of the Vice President and Minister of the Presidency, Economy, and Justice of the Government of Aragon, calling for aid to small and medium-sized enterprises for digitalization activities.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Resolution of May 22, 2025, of the Presidency of the Center for Technological Development and Innovation (EPE) (CDTI), approving the 2025 call for grants for R&amp;D projects in the Science and Innovation Missions.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries, and Food Sovereignty announcing, for the 2025 crop year, area-based aid for aloe vera and olive producers.</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>Call for grants for the recovery, maintenance, and consolidation of the agricultural environment and agrodiversity on the island of Ibiza by 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Order of May 20, 2025, approving the regulatory bases for the granting of subsidies, under the competitive c. Regime, aimed at the owners of agricultural and livestock farms in municipalities affected by DANA 2024/2025 damages</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>EAFRD aids to promote afforestation of agricultural lands, Madrid 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>AID TO COMPANIES SEC AGR.GANAD.FOREST AND INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Order of May 23, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing aid for the promotion of native Spanish breeds.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Order of May 26, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing subsidies for the subscription of agricultural insurance policies included in the Annual Combined Agricultural Insurance Plans.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Order of May 28, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing the 2025 beekeeping campaign for Beekeeping Sectoral Intervention grants within the framework of the PEPAC 2023-2027 program in Castile and León.</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>RESOLUTION OF MAY 29, 2025, LINE 4.2 inclusion of Ordinary Company. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Grants for the promotion of agricultural and food products under quality regime. Call for applications 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Resolution of April 7, 2025, of the Ministry of Rural Environment and Agrarian Policy, approving the Regulatory Bases and the Call for Interventions in the form of direct payments to agriculture and livestock and the Interventions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>Order of April 8, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing aid for the green harvest of vineyards in the Community of Castile and León for the 2025 grape harvest.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Resolution of 04/08/2025, by delegation of the Director of the Institute for the Promotion of the Region of Murcia, on a multi-year call for aid to encourage the contracting of innovation and competitiveness services. Internationalization Check.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolution of 4/7/2025, of the Asturian Science, Business Competitiveness and Innovation Agency, approving the call for grants for the execution of R&amp;D projects in the Principality of Asturias for the 2025 financial year.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Aid for the development and validation of innovative treatments for livestock manure management corresponding to 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Call for SME Innova 2025 - Seville Chamber</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>De minimis adjustments to agricultural diversification associated with the global exploitation contract in the framework of the PDR in Catalonia 2023-2027 for any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Aid for improving the processing and marketing processes of agri-food products corresponding to the year 2025</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>LA RIOJA - LA RIOJA ECONOMIC DEVELOPMENT AGENCY</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Aid for quality schemes for agricultural and food products, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Resolution of April 16, 2025, establishing the regulatory bases for aid for quality programs developed by regulatory councils for agri-food quality designations and calling for 2025 (procedural code)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolution of April 25, 2025 of the Spanish Agricultural Guarantee Fund (FEGA), which calls for aid for tangible or intangible investments in the processing, marketing, or development of PEPAC agri-food products.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 1.- FEDERATIONS AND COOPERATIVE UNIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 2.- PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Mallorca headquarters)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 3.- PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Menorca headquarters)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Order of April 30, 2025, subsidies aimed at promoting the integration and merger processes of agri-food associative entities. Line 1 - Aid to promote the integration of agri-food associative entities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Order of April 30, 2025, subsidies aimed at promoting integration and merger processes for agri-food associative entities. Line 2 - Aid to promote and encourage the merger of agri-food associative entities in Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Subsidies for business competitiveness vouchers: Innovation 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>2025 grants for improving the production and marketing of beekeeping products corresponding to the Beekeeping Sector Intervention - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>AGRICULTURAL EMPLOYMENT PROMOTION PROGRAM 2025 (Stable Employment)</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025 (Income Guarantee)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>EAFRD. AGRICULTURAL AND ORGANIC LIVESTOCK AID. PEPAC. PROG 2025-2029 AND ANNUAL</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>Order of May 23, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing grants for the promotion of breeding and registration of purebred Castilian and León horses in genealogical records.</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Call for aid for 2025 to the Professional Agricultural Organizations and Agricultural Cooperatives of Cantabria for collaborating in the completion of applications for the call for aid financed by the EAGF and EAFRD</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>2025 grants for improving the production and marketing of beekeeping products corresponding to the Beekeeping Sector Intervention - EIVISSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>2025 grants for improving the production and marketing of beekeeping products corresponding to the Beekeeping Sector Intervention - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>2025 Grants for improving the production and marketing of beekeeping products corresponding to the Beekeeping Sector Intervention - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Aid for the conservation of agricultural genetic resources aimed at conservation entities, within the framework of the CAP Strategic Plan 2023-2027 corresponding to 2025</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Resolution of 05/27/2025, of the General Directorate of Agricultural Planning, establishing the call for additional aid for the contracting of agricultural insurance in Castilla-La Mancha included in the forty-sixth Combined Agricultural Insurance Plan (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolution of 30/05/2025, of the General Directorate of Agri-Food Production and Cooperatives, calling for, under a de minimis regime, in-kind aid for group participation in the stand that the Ministry of Agriculture, Livestock and Rural Development will contract for attendance at the Fruit Attraction 2025 agri-food fair.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY, ANNOUNCING FOR THE 2025 CAMPAIGN AID PER HECTARE FOR THE MAINTENANCE OF VINE CULTIVATION FOR THE PRODUCTION OF WINES WITH DESIGNATION OF ORIGIN</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Call for 20 scholarships for registration in the 2025 summer course of the Vice-Rectorate for Culture, Sports and Social Commitment of the UCLM "Entrepreneurship in the Veterinary and Agricultural Sector: Opportunities and Challenges" CV12CR</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>2025 Call for applications for participation in trade fairs under the de minimis regime</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>EKINN+ 2025 PROGRAM: BASIS FOR PARTICIPATION IN THE PROGRAM TO PROMOTE THE CREATION, GROWTH, AND CONSOLIDATION OF NEW INNOVATIVE BUSINESS INITIATIVES.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>Valorization and transfer of research results to companies. NO STATE AID</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Complementary actions to promote and strengthen innovation. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>Complementary actions to promote and strengthen innovation NO STATE AID</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Assimilation of advanced technologies and their dissemination in the Valencian Innovation System REG (EU) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>2025 Grants for loan financing to owners of dryland olive and vineyard farms located in Extremadura s/ Decree 35/2025 of May 6 that calls for them</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>2025 Call for Proposals. Aid to associations of agri-food producers that market through short channels, and associations managing agricultural TEST spaces.</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Order calling for 2025 grants to support Non-Profit Professional Agricultural Associations</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid for control and certification activities for agri-food quality standards in Navarre, recognized as PDOs or PGIs, under the de minimis regime.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>2025 Call for applications for aid to local entities to promote short marketing channels for agri-food products</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>GRANTS FOR INVESTMENT IN INNOVATION FOR TRAINING AND EMPLOYMENT 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>CALL FOR PROPOSALS FOR YOUNG PEOPLE'S RESEARCH PROJECTS - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>Boosting innovative public procurement (CPI) REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Boosting innovative public procurement (CPI) REGIME 651</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Order MAV/625/2025, of June 12, approving the regulatory bases and calling for subsidies for the digitalization of primary processing companies of wood and other wood products (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Order MAV/624/2025, of June 12, approving the regulatory bases and calling for subsidies for digital entrepreneurship projects and forestry startups in Castilla y León (RETECHFOR, PRTR, Next Generation EU funds)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Resolution of June 22, 2025, of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, calling for grants aimed at promoting innovation and entrepreneurship. Incubators.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolution of XX of XXX of 2025, which calls for competitive grants for innovation projects developed by Technology Centers. Line 5 of the Order of February 10, 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>Resolution of June 17, 2025, establishing the regulatory bases for aid to agricultural holdings belonging to the protected geographical indication Faba de Lourenzá and calling for the year 2025 (procedure code MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Subsidy 2025 for agricultural holding owners to encourage participation in food quality schemes. Pursuant to the Resolution of June 19, 2025.</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>RESOLUTION, OF XX OF XXXX OF 2025, OF THE DG OF INNOVATION PROMOTION, WHICH ANNOUNCES FOR THE YEAR 2025, IN COMPETITIVE COMPETITION, THE GRANTING OF SUBSIDIES FOR INNOVATION PROJECTS BY THE LINE 2 NON-STATE AID CLUSTERS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUTION, OF XX OF XXXX OF 2025, OF THE DG FOR THE PROMOTION OF INNOVATION, WHICH ANNOUNCES FOR THE YEAR 2025, IN COMPETITIVE COMPETITION, THE GRANTING OF SUBSIDIES FOR INNOVATION PROJECTS BY THE LINE 2 CLUSTERS R (EU) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUTION, OF XX OF XXXX OF 2025, OF THE DG OF INNOVATION PROMOTION, WHICH ANNOUNCES FOR THE YEAR 2025, IN COMPETITIVE COMPETITION, THE GRANTING OF SUBSIDIES FOR THE ACQUISITION OF EQUIPMENT TO IMPROVE INFRASTRUCTURES IN C.TECHN. LINE 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>ORDER of June 11, 2025, establishing the regulatory bases for aid for young farmers, within the framework of the Strategic Plan of the Common Agricultural Policy of Spain 2023-2027, co-financed by the European Fund</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Order of June 19, 2025, of the Commission of Industry, Commerce and Employment, calling for subsidies to promote self-employment transition in Castile and León (Self-Employment Transition). Year 2025</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Order of June 19, 2025, of the Commission of Industry, Commerce and Employment, calling for grants to promote entrepreneurship to ensure productive succession through organizations representing the self-employed and the social economy.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>National Agricultural Machinery Fleet Renewal Plan (PLAN RENOVE) for the 2025 financial year</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>EAFRD AID FOR THE INCORPORATION OF YOUNG FARMERS, CALL FOR 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>ORDER AGA/685/2025, of June 23, approving the regulatory bases and the call for aid for damage to agricultural production and infrastructure as a result of torrential rains in 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Program to Promote Agricultural Employment in Depressed Rural Areas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>EXTRACT FROM THE ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING, FOR THE 2025 CAMPAIGN, AID FOR ACTION III.2, SUPPORT FOR THE BEEF SECTOR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING FOR THE 2025 CAMPAIGN, THE AID OF ACTION III.6 AID FOR LOCAL GOAT AND SHEEP DAIRY PRODUCTION</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING FOR THE 2025 CAMPAIGN, AID FOR ACTION III.4 AID FOR LOCAL BEEF DAIRY PRODUCTION</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program for Depressed Rural Areas (2025). Salamanca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Regulatory bases for 2025-2027 and call for applications for aid to improve the production and marketing of beekeeping products within the framework of the Beekeeping Sectoral Intervention, included in the PEPAC, for the 2025 campaign.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>Aid for the adoption and maintenance of organic farming and livestock (2025)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-agricultura-ganaderia-ecologica-2</t>
+  </si>
+  <si>
+    <t>Aid for the commitment to animal health and welfare in intensive dairy cattle farming (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/compromiso-sanidad-bienestar-animal</t>
+  </si>
+  <si>
+    <t>Aid to beekeeping for biodiversity (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-apicultura-biodiversidad-1</t>
+  </si>
+  <si>
+    <t>Order of June 30, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing grants for improving the production structures of agricultural holdings, co-financed by the EAFRD.</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843224</t>
+  </si>
+  <si>
+    <t>Resolution of June 30, 2025 of the director of the Valencian Agency for Agricultural Development and Guarantee, which calls for aid to the establishment of young farmers and new farmers in the Valencian Community within the framework of the Plan</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843261</t>
+  </si>
+  <si>
+    <t>Order of June 20, 2025, of the Ministry of Agriculture, G and DR, calling for aid for the replacement of cattle as a result of their slaughter under official health programs for ruminant diseases.</t>
+  </si>
+  <si>
+    <t>2025-07-05</t>
+  </si>
+  <si>
+    <t>2025-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843595</t>
+  </si>
+  <si>
+    <t>2025 Call for aid to agri-food producers who market in short channels, covered by the de minimis regime</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843645</t>
+  </si>
+  <si>
+    <t>Aid for the lines of the 2025 Agricultural Insurance Plan (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843675</t>
+  </si>
+  <si>
+    <t>Aid for loss of profits. Resolution 03/07/2025 of the DG of Agricultural Planning calling for, on a competitive basis, aid to compensate for the loss of profits of livestock farms in which the following conditions apply:</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>2025-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844123</t>
+  </si>
+  <si>
+    <t>Call for applications for investment aid in renewable energy for agricultural buildings in rural areas for 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844175</t>
+  </si>
+  <si>
+    <t>Extract from Order 9/7/2025, of the Ministry of Water, Agriculture, Livestock and Fisheries, approving the 2025 call for subsidies for the promotion of native Spanish breeds.</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845166</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>Order of June 30, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing the 2025 call for investment aid for the creation, improvement, or expansion of infrastructure on grazing land.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845265</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF WATER, AGRICULTURE, LIVESTOCK AND FISHERIES. DATED 10/07/2025. CALL FOR AID FOR THE RECONSTITUTION OF THE PRODUCTIVE POTENTIAL OF DRYLAND ALMOND TREES. STRATEGIC PLAN OF THE COMMON AGRICULTURAL POLICY, PERIOD 2023-2027, ANNUAL PAYMENT 2025</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845809</t>
+  </si>
+  <si>
+    <t>Resolution of July 11, 2025, approving the call for aid for advisory services and participation in certification schemes for dairy farms</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846345</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846381</t>
+  </si>
+  <si>
+    <t>De minimis in-kind aid to the agricultural sector in the form of advice and technical support on sustainable fertilization, corresponding to the year 2025</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847044</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to agricultural associations to collaborate in providing advisory services, including technical and economic management, to agricultural holdings in the Autonomous Community of Cantabria by 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849207</t>
+  </si>
+  <si>
+    <t>Resolution No. 1,131/2025, of the Ministry of Agriculture, Livestock, Rural World and Environment, approving the public call for the year 2025 for aid to livestock farms affected by bovine tuberculosis</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849292</t>
+  </si>
+  <si>
+    <t>Resolution of July 30, 2025 of the Director of the Valencian Agency for Agricultural Promotion and Guarantee, which calls for aid to the wine sector of the Valencian Community for promotion and communication in third-country markets.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849478</t>
+  </si>
+  <si>
+    <t>Order of 2025 establishing the regulatory bases for aid to promote the use of agricultural machinery under an associative regime in Galicia, financed by the European Union Recovery Instrument (EURI) within the framework</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849749</t>
+  </si>
+  <si>
+    <t>Resolution of August 1, 2025, of the General Director of the Agrarian Technological Institute of Castilla y León, by which the aid for the activities promoted by the Food Sector Associations for the development of the agricultural sector is called for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850066</t>
+  </si>
+  <si>
+    <t>2025 Call for applications for aid to Livestock Health Defense Groups and Beekeeping Health Defense Groups, pursuant to the Resolution of July 24, 2025</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850149</t>
+  </si>
+  <si>
+    <t>Order of 12/08/2025, of the Ministry of Agriculture, Livestock and Rural Development, calling for 2025 grants to promote the scaling of agri-food cooperatives in the autonomous community of Castile and León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to help young and new farmers establish their businesses in Cantabria by 2025.</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Resolution of 04/08/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policy, calling for aid, under a de minimis regime, for the ownership and maintenance of mastiff dogs for the defense and guarding of sheep and goat livestock.</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Order IND/39/2025, of August 20, approving the call for grants for merchant associations and their federations, and confederations and cooperatives of retailers for the year 2025. Not subject to de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Order of August 21, 2025, establishing the regulatory bases for aid intended to promote the use of common facilities and equipment in an associative regime, within the framework of the Strategic Plan of the Common Agricultural Policy</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Call for 2025 for support aid to innovative business groups to improve their competitiveness and contribute to strategic autonomy</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>2025 grants for companies to participate in the Food Ingredients 2025 Fair, according to the Agreement of August 26, 2025, which calls for them.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025 of August 26, calling for subsidies for investments in the processing, marketing and development of agricultural products (agri-food industries), within the framework of the PEPAC for the period 2023-2027 for the year 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Order AGA/XX/2025, of XX, calling for subsidies for the contracting of agricultural insurance in the autonomous community of Aragon, for the year 2025 for the lines of the forty-sixth combined agricultural insurance plan (2025 plan)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>Resolution 1280/2025 approving the public call for 2025 for subsidies to professional agricultural organizations and advisory entities that carry out support activities for agricultural holdings in La Rioja.</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853953</t>
+  </si>
+  <si>
+    <t>Resolution of August 29, 2025, regulating the granting of aid to cover damages suffered by commercial, industrial, tourist and business establishments resulting from forest fires (IG100A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854027</t>
+  </si>
+  <si>
+    <t>Order of August 29, 2025 establishing the regulatory bases for aid for damage to forestry, agricultural or livestock farms for the repair of damage caused by forest fires affecting Galicia during</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854093</t>
+  </si>
+  <si>
     <t>Agreement of August 28, 2025, of the Regional Government of Castile and León, authorizing the direct granting of subsidies to the owners of damaged agricultural holdings located in municipalities affected by the forest fires of 2025.</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854122</t>
   </si>
   <si>
+    <t>2025 Grants to individuals or private legal entities for the conservation of protected species and habitats of interest in agricultural and livestock farms and first call s/ Decree 92/2025, of July 29</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854468</t>
+  </si>
+  <si>
+    <t>RESOLUTION of September 1, 2025, of the Ministry of Rural Environment and Agricultural Policy approving a multi-year call for subsidies for investments in agricultural products and investments in forestry technologies.</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854595</t>
+  </si>
+  <si>
+    <t>Resolution of September 4, 2025, of the director of the Valencian Agency for Agricultural Promotion and Guarantee (AVFGA), which calls for aid for investments in the processing, marketing or development of agri-food products in the</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/855070</t>
+  </si>
+  <si>
+    <t>Resolution of September 13, 2025, calling for aid for the 2025 financial year to support the provision of advisory services</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856481</t>
+  </si>
+  <si>
+    <t>Resolution 2025 approving the call for multi-year grants to agricultural associations for the improvement of agricultural holdings in the Principality of Asturias for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856648</t>
+  </si>
+  <si>
+    <t>Resolution of September 15, 2025, of the Ministry of Rural Environment and Agrarian Policy, approving the call for subsidies to non-profit entities for the holding of markets in the Natural Paradise</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856649</t>
+  </si>
+  <si>
+    <t>Resolution of 09/15/2025, of the General Directorate of Agricultural Management by which, under a competitive regime, for the year 2025, aid is called for restocking in cattle, sheep and goat farms in case of vacancies</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856922</t>
+  </si>
+  <si>
+    <t>Order of September 15, 2025, of the Ministry of Water, Agriculture, Livestock, and Fisheries, calling for grants for the Regulatory Councils of Designations of Origin, Protected Geographical Indications, and the Organic Agriculture Council. 2025</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857081</t>
+  </si>
+  <si>
+    <t>Order of September 18, 2025 establishing the regulatory bases for aid to professional agricultural organizations and agricultural associations for carrying out activities of agricultural interest and calls for them for the year 2025 (code of</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>ORDER ANNOUNCING FOR 2025, AID UNDER MEASURE III “SUPPORT FOR ANIMAL PRODUCTION”, ACTION III.7 “AID FOR THE PRODUCTION OF PIG BREEDING STOCK IN THE CANARY ISLANDS” OF THE COMMUNITY PROGRAM TO SUPPORT AGRICULTURAL PRODUCTION IN THE CANARY ISLANDS</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858992</t>
+  </si>
+  <si>
+    <t>Order of October 1, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing the 2027 call for aid for the provision of advisory services to farms and the entity selection process.</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859544</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Grants for investments in the creation and development of non-agricultural businesses and activities in rural areas (Intervention 7119 PEPAC), s/ II Call (PEPAC 2023-2027) GAL ADIC-HURDES</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859858</t>
+  </si>
+  <si>
+    <t>Food chain and wood digitization aid program 2025 REG(EU) 1408/2013</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859873</t>
+  </si>
+  <si>
+    <t>Call for 2025 for Aid for Investment in Agricultural Holdings Irrigation Modernization R247. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860380</t>
+  </si>
+  <si>
+    <t>Call for 2025 for Aid for Investment in Agricultural Holdings Irrigation Transformation R159. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860520</t>
+  </si>
+  <si>
+    <t>Order of October 3, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing grants for the most representative professional agricultural organizations in the Community of Castile and León for 2025.</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860805</t>
+  </si>
+  <si>
     <t>RESOLUTION of October 13, 2025, issued by the director of the Valencian Agency for Agricultural Development and Guarantee, calling for aid for the distillation of winemaking by-products for the 2025/2026 campaign.</t>
   </si>
   <si>
-    <t>Comunitat Valenciana</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862744</t>
   </si>
   <si>
     <t>ORDER AGA/xxxx/2025, of October 17, regulatory bases and call for aid for damage to production and infrastructure of agricultural holdings caused in Aragon as a result of torrential rains in August-September 2025.</t>
   </si>
   <si>
-    <t>Aragón</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862758</t>
   </si>
   <si>
+    <t>Resolution, of 17/10/2025, of the General Directorate of Agricultural Planning, by which the aid regulated by Order 115/2024, of July 5, of the Ministry of Agriculture, Livestock and Rural Development, is called for the year 2025, by which</t>
+  </si>
+  <si>
+    <t>2025-10-25</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863301</t>
+  </si>
+  <si>
+    <t>Grants for the creation of businesses by young farmers. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863851</t>
+  </si>
+  <si>
+    <t>ORDER AGA/XX/2025 OF , WHICH CALLS FOR SUBSIDIES FOR THE CONTRACTING OF AGRICULTURAL INSURANCE IN THE AUTONOMOUS COMMUNITY OF ARAGON, FOR THE YEAR 2025 FOR LINES 45 (PLAN 2024) AND 46 (PLAN 2025) COMBINED AGRICULTURAL INSURANCE PLANS, SUBSCRIBED UNTIL 31 AUGUST.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866048</t>
+  </si>
+  <si>
+    <t>2025 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867758</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867759</t>
+  </si>
+  <si>
+    <t>2025 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868257</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868258</t>
+  </si>
+  <si>
+    <t>2026 Grants for the provision of technical advice to the agricultural sector on plant protection Resolution of December 3, 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolution of 07/01/2026 of the General Directorate of Agriculture and Livestock, by which the call for applications in 2026 for aid for applications for restructuring and conversion of vineyards in Castilla-La Mancha is made within the framework of the Intervention S</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Regulatory bases for Ticket Innova 2026, non-competitive concurrence, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Reacciona 2026 regulatory framework, co-financed by the ERDF, non-competitive, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>ORDER of December 29, 2025, establishing the regulatory bases for aid for the promotion of the contracting of agricultural insurance in the Autonomous Community of Galicia and calling for the year 2026 (Procedure code MR443A)</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Aid for investments in the processing and marketing of agricultural products co-financed by the European Agricultural Fund for Rural Development (EAFRD)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>Authorize a multiannual expenditure of 2,100,000.00 euros from budget item 720007 72300 4400 412108 'PDR FEADER 2014-2022. Advisory services through INTIA', from the 2024 expenditure budget and its equivalent in 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Resolution of 11/21/2024, of the General Directorate of Agri-Food Production and Cooperatives, by which aid is called, on a competitive basis, through the early processing procedure, for the year 2025, to promote</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolution of 11/22/2024, of the General Directorate of Agri-Food Production and Cooperatives, by which aid for cooperation for the information and promotion of the products is called for, through the early processing procedure, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition 2025. Commission Regulation 651/2014</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty that calls for the 2025 Campaign Action I.5 “Aid to traditional winter tomato producers” of the Community Support Program for Canary Islands agricultural production</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>ORDER IND/57/2024, of December 4, approving the Call for the year 2025 for aid to crafts in Cantabria (Primary production of agricultural products.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Investment aid for the production and marketing of wine products</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Call 2025-2026 for Cooperation aid for the promotion of agricultural and food products in quality regimes, within the framework of the PEPAC, of the Foral Community of Navarra</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Resolution of 10/12/2024 approving the call for advance expenditure for granting subsidies for advisory services in small and medium-sized agricultural holdings of the PA within the framework of the PEPAC 2023-2027 for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Aid for improving the capacity for innovation and technological development of companies in Galicia, “Ticket Innova” program for 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2024 of the director of the Valencian Agency for Agricultural Development and Guarantee by which aid for information and promotion activities of agri-food quality regimes is called in advance for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolution, of the General Director of Agricultural and Livestock Production, by which the early call is made, for the year 2025, for the de minimis aid intended for the replanting of fruit plots whose crop is or has been destroyed</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolution of the General Director of Agricultural and Livestock Production by which the early call is made, for the year 2025, for aid to cherry farms in areas affected by climatic, environmental and</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Resolution EMT//2024, of, by which the early call for the year 2025 is opened for the granting of subsidies for the promotion of hiring with training within the framework of agricultural campaigns in Lleida (SOC - AGRICULTURAL CAMPAIGN IN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Order AGA/…/2024, of December 19, calling for subsidies for the provision of agricultural advisory services, within the framework of the National Strategic Plan of the CAP 2023-2027, for Aragon, for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>Call for applications for aid to promote employment and improve the competitiveness of cooperatives, micro-cooperatives and labour companies in the Balearic Islands for the years 2025 and 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Call for aid aimed at the operation of innovative business groups in the Balearic Islands 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolution of the General Director of Agricultural and Livestock Production, which establishes the early call, for the 2025 Plan, for aid from the Valencian Community intended for the subscription of agricultural insurance included in the plans to</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2025 campaign for “aid for the production of quality honey from the native breed of black bee”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Resolution of 12/18/2024, of the General Directorate of Agricultural Management, by which, through the early processing procedure, subsidies for the promotion of Spanish native breeds are called for in 2025.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolution of 12/18/2024, of the General Directorate of Agricultural Management, by which subsidies for the control of dairy yield in Castilla-La Mancha are called for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Grants for carrying out innovation projects in industrial SMEs. Call for 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid for the Establishment of Part-Time Farmers within the Framework of PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Order of the bases for grants for training actions in digital skills, aimed primarily at women in rural areas, Plan Nacion. Digital skills, of the PRTR, funded by the EU -Next Generation EU-, and call for applications 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Aid for the creation and consolidation of innovative technology-based companies in 2025 within the framework of the Recovery, Transformation and Resilience Plan - Financed by the European Union - Next Generation EU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Resolution of 12/17/2024, of the General Directorate of Rural Development, by which aid is called for the year 2025, through the early processing procedure, for the establishment of young people in agriculture and for investments for the improvement and</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Aid for Integrated Treatment Groups in Agriculture (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>ORDER of December 26, 2024, establishing the regulatory bases of aid for the promotion of the contracting of agricultural insurance in the Autonomous Community of Galicia and convening for the year 2025 (Procedure code MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Order of January 13, which establishes the BBRR of extraordinary aid granted for the financing of Aragonese agricultural cooperatives with economic difficulties as a result of the drought and the current problems of the sector, and approves its call</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Aid, NOT INCLUDED in the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XXIV Call (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>ORDER OF JANUARY 10, 2025, of the General Directorate of Agricultural and Livestock Production, calling for aid for the execution of national veterinary programs by Livestock Health Defense Associations of non-competitive concurrence</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>2025-26 Aid for the establishment of young farmers in the Autonomous Community of Extremadura, first call incorporated into Decree 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>2025-26 Aid Investments in Modernization and/or Improvement of Agricultural Holdings in which the young farmer is established, first call incorporated in Decree 169/2024First Call</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Order of January 27, 2025, of the Ministry of Agriculture, Livestock and Rural Development calling for interventions in the form of direct payments, rural development interventions and the establishment of common requirements.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Resolution of January 28, 2025 of the director of the Valencian Agency for Agricultural Development and Guarantee establishing the call for granting and requesting annual payment of the aid included in the single application within the framework of the</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>ORDER of January 23, 2025, which establishes the BBRR of extraordinary aid granted by the Autonomous Community to provide financial support to Aragonese agricultural cooperatives and approves its call</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Aid for plant protection groups to prevent plant pests by 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Complementary Aid to Young Farmers, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Organic Agriculture, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Aid Associated with Agriculture, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025, of January 20, for the submission of the single application for aid from the Common Agricultural Policy for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Supplementary income support for young farmers 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Help farmers with certain crops facing difficulties in the 2025 campaign</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>Order of January 27, 2025, by which the call for the year 2025 is made for subsidies corresponding to the operations of Organic Farming for the Maintenance of Dry Fruit Trees and Irrigated Fruit Trees (6503.2), corresponding to the Interventions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of organic farming, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Order of January 28, 2025, by which the call for the year 2025 for the subsidy for operation 10.1.14 Limestone amendment of the soil for the prevention and control of radical rot in pasture formations of Measure 10: Agroambi is made</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>2025 Grants for the provision of technical advice to the agricultural sector on plant protection Resolution of December 20, 2024.</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Extract from the Order of February 3, 2025 of the Ministry of Agriculture, Fisheries and Food announcing the “Food of Spain, year 2025” Award</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Grants for agri-environmental commitments on agricultural land and commitments and activities for the conservation of genetic resources (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Order of January 30, 2025 establishing the regulatory bases for the granting, on a non-competitive basis, of subsidies to promote innovation and sustainability of local and artisanal trade</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Aid to municipalities in the Community of Madrid for the development of trade and fair promotion activities 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Aid for the payment of agro-environmental commitments for sustainable crops using regenerated water, for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ IX Call (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ IX Call (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Order of February 17, 2025 of the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for restructuring and reconversion of vineyards in the Region of Murcia, for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Order DES/07/2025, of February 24, 2025, calling for aid financed by the EAGF (European Agricultural Guarantee Fund) and EAFRD (European Agricultural Fund for Rural Development) included in the single application for the year 2025 and collecting</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Grant 2025 Cooperation for the succession of agricultural holdings</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…../2025, of March 6, calling for cooperation grants for the operational groups of the European Innovation Partnership (EIP), within the framework of the National Strategic Plan of the CAP 23-27, for Aragon for 2025</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to recognized livestock health defense groups in Cantabria for 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Extract from the Order of March 13, 2025, of the Ministry of Agriculture, Fisheries and Food, announcing the "Alimentos de España Best Wines, 2025" Award.</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extract from the Order of March 17, 2025, of the Ministry of Agriculture, Fisheries and Food, announcing the "Alimentos de España Award for the Best Spirit with Geographical Indication, 2025"</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Order of March 18, 2025, of the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for the green harvest of the 2025 grape harvest</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>AID FOR AGRICULTURAL PROFESSIONALS AND THE AGRICULTURAL COOPERATIVE UNION (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>UNION COOPERATIVE AGRICULTURAL GRANTS (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Order of March 23, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, calling for aid for salmonella vaccination in laying poultry in Castile and León.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Order of March 21, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing, for the year 2025, aid for the restructuring and conversion of vineyards in the community of Castile and León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>2025 Grants for the implementation of irrigation systems that promote the efficient use of water and energy on agricultural holdings, according to Decree 12/2025, of March 11, which calls for them.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Resolution of March 27, calling for the 2025 financial year, the subsidies for the Cultiva program, relating to training stays for young farmers on model farms.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Order of March 27, 2025, calling for 2025 aid for the implementation, through the Livestock Health Defense Groups, of health programs that do not have community funding under a competitive bidding system.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Call for grants to promote innovative entrepreneurship (Entrepreneur Check) for 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Extremadura Avante grants companies support for group participation in the Fruit Attraction 2025 Fair, according to the Agreement of March 27, 2025, which calls for them.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>ORDER/AGA/284/2025, of March 10, of the Minister of Agriculture, Livestock and Food, calling for subsidies aimed at improving the production and marketing of beekeeping products, for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Resolution of March 24, 2025, establishing the regulatory bases for aid to support cooperation in information and promotion activities for Galician agricultural and food products covered by quality regimes carried out by producer groups, within the framework of the CAP Strategic Plan 2023-2027, and called for the 2025 financial year</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Aid for the incorporation of new farmers. Call for applications 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>Resolution of 01/04/2025 of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, calling for grants for participation in fairs, events, and trade missions. Saudi Agriculture Fair. Saudi Arabia 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Order AGA/ /2025, of April 7, approving the call to supplement in 2025, with charge to the FITE 2023 agreement, the subsidies granted under the Agri-Food Industry Orders 2022 and 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>Extract from the Order of April 7, 2025, of the Ministry of Agriculture, Fisheries and Food, announcing the "Foods of Spain Award for the Best Hams, 2025."</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolution, of 04/08/2025, of the General Directorate of Agriculture and Livestock, by which the call for aid from the Beekeeping Sectoral Intervention is made within the framework of the Strategic Plan of the Common Agricultural Policy in Castilla-La, for the</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Call for aid to municipalities for the execution of new works and improvements to agricultural infrastructure 2024-2025, regulated by Order DES/25/2024, of August 14.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Order AGA/ /2024, of 7 October, calling for subsidies for investments in processing facilities and wine-growing infrastructure, structures and marketing instruments, for the year 2025 (financial year 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Aid for the agricultural sector in the field of plant health 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 aimed at municipalities and smaller local entities to finance commercial revitalization projects, according to Decree 130/2024, of October 15, 2024, which calls for</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 aimed at associations, federations and confederations of the trade sector to finance commercial revitalization projects, according to Decree 130/2024, of October 15, 2024, which calls for</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Grants for scientific research and technology transfer projects, co-financed by the ERDF (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Royal Decree 905/2022, of October 25, regulating the Vitivinicultural Sectoral Intervention within the framework of the Strategic Plan of the Common Agricultural Policy_Call 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Plan for the renewal of the National Agricultural Machinery Park (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Approve the regulatory bases and the call for aid for the 2024-2025 campaign for the sustainable management of mountain grasslands in Navarra, included in Intervention 6881.1 Reforestation and Agroforestry Systems in PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Aid for the transformation of Catalan agri-food cooperatives and the promotion of competitiveness and environmental, social and economic sustainability (IMPULS.COOP) for 2025, 2026 and 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
     <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2025 campaign Action III.1 “Aid for the supply of breeding animals of pure breeds or commercial breeds originating in the Community”</t>
   </si>
   <si>
-    <t>2024-12-01</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-15</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
   </si>
   <si>
-    <t>Aid for the transformation of Catalan agri-food cooperatives and the promotion of competitiveness and environmental, social and economic sustainability (IMPULS.COOP) for 2025, 2026 and 2027</t>
-[...46 lines deleted...]
-  <si>
     <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2025 campaign, the aid of sub-action III.2.4 "Aid for the import of calves intended for fattening"</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
   </si>
   <si>
-    <t>Grants for scientific research and technology transfer projects, co-financed by the ERDF (2025-2029)</t>
-[...296 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+    <t>Resolution of December 16, 2025, of the FEGA, by which the subsidies for advisory services of supra-regional scope are called in advance within the framework of the PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Order of 12-December-2025 of the Ministry of Economy and Finance making the call for the year 2026 aimed at developing and improving the research and innovation capacities of the business fabric through the AAEEII of CyL</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Resolution of 11/12/2025, of the DG of Agriculture and Livestock, by which the aid of the Intervention 6505.2 Activities of conservation, use and sustainable development of livestock genetic resources in Castilla-La Mancha is called in 2025</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Grants for investments in the processing, marketing and development of agri-food products. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Subsidies for non-productive forestry investments in forest damage prevention. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Extraordinary aid to compensate for damage to productive infrastructure on farms affected by the DANA storm. List C.</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…/2025, of December 17, which calls for subsidies for the provision of agricultural advisory services, within the framework of the National Strategic Plan of the CAP 2023-2027, for Aragon, for the year 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025 OF , WHICH CALLS FOR SUBSIDIES FOR PART OF THE COST OF CONTRACTING AGRICULTURAL INSURANCE FOR THE YEAR 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>Order of 22/04/2025 of the Ministry of Agriculture, Livestock and Rural Development, calling for subsidies for transformation covered by Intervention 6842.1 (environmental objectives) of the PEPAC co-financed by the EAFRD - Line MA1</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025, of October 22, which calls for subsidies for investments in processing facilities and in wine infrastructure, structures and marketing instruments, for the year 2026 (financial year 2027).</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864842</t>
+  </si>
+  <si>
+    <t>Resolution of November 6, 2025 of the General Directorate of Agricultural and Livestock Production, by which the aid to Livestock Health Defense Groups for the year 2026 is announced in advance.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+  </si>
+  <si>
+    <t>Aid for investments in the production and marketing of wine products</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Regulatory bases Galicia Exporta Intermediate Bodies 2026, co-financed by the ERDF, non-competitive, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>ICCA Resolution, which calls for applications for the 2025 campaign for aid under actions I.6 and I.7 of the Community Programme of Support for Agricultural Production in the Canary Islands (POSEI)</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+  </si>
+  <si>
+    <t>2026 Aid to finance measures to combat depopulation in rural population centers with special demographic difficulties. Line 4: Consolidation of agricultural activity as per the additional provision of Decree 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>Resolution of 16/12/2025, of the General Directorate of Agri-food Production and Cooperatives, by which the aid for information and promotion of agricultural and food products is called, under a competitive bidding system, for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Resolution of November 14, 2025, of the General Directorate of Agricultural and Livestock Production, by which advance calls for aid for the improvement of competitiveness and sustainability of livestock farms in the Valencian Community for the year 2026 are made.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Resolution of November 17, 2025, of the FEGA, by which subsidies are announced in advance for the performance of applied research projects in the beekeeping sector and its products within the ISA, within the PEPAC framework.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025 of the Ministry of Rural Affairs and Agricultural Policy, which calls for aid for productive investments in agricultural holdings linked to contributing to the mitigation-adaptation to climate change, efficient use</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025, of the Ministry of Rural Affairs and Agricultural Policy, announcing aid for investments in the modernization and/or improvement of agricultural holdings within the framework of the strategic plan of the Common Agricultural Policy of Spain</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025 of the Ministry of Rural Affairs and Agricultural Policy, which calls for aid for non-productive investments in agricultural holdings of the Principality of Asturias linked to the mitigation-adaptation to climate change</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council of 17.11.2025, regarding the bases governing the granting of aid to promote sustainable practices in agricultural holdings in Menorca (CARB) and the corresponding call for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>2025 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Order of 21 November 2025 establishing the regulatory bases for aid to mitigate the damage caused by wild boar to agricultural crops and calling for applications for the year 2026 (procedure code MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>ORDER CONVENING GRANTS FOR THE FINANCING OF INNOVATIVE PROJECTS FOR TERRITORIAL TRANSFORMATION AND THE FIGHT AGAINST DEPOPULATION, PROMOTED BY NON-PROFIT ENTITIES, DURING THE YEAR 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>2026 Grant, Agricultural Sector, for the social/labor integration of minors/young people complying or having complied with judicial measures, by Resolution of November 14, 2025</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>2026 Call for Aid to Management Entities of Agri-food Quality Designations</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Order of December 12, 2025, establishing the regulatory bases for aid to entities recognized as livestock health defense groups (ADSG) in Galicia and calling for applications for the year 2026-2027 (Procedure Code MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2025, from the Ministry of Agriculture, Livestock and Rural Development, announcing grants for training, information and demonstration activities within the framework of the PEPAC of Spain 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025 establishing the regulatory framework for aid to support cooperation in information and promotion activities for Galician agricultural and food products covered by quality schemes</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Extraordinary aid to compensate for damage to productive infrastructure on farms affected by the DANA storm. List A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Order of December 16, 2025, which calls for applications for the year 2026 for aid aimed at the execution, through the Livestock Health Defense Groups, of health programs that do not have community funding.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>ORDER of December 30, 2025, establishing the regulatory framework for competitive grants for reforestation investments with broadleaf and/or coniferous species, co-financed by the European Agricultural Fund for Development</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>Aid 2026 intended for the Improvement of Energy Efficiency of Irrigation (program II) whose promoters are irrigation communities, s/Resolution of the General Secretariat dated 18/12/2025 that approves the call for aid for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>RESOLUTION of December 29, 2025 approving the multi-year call for subsidies for the line of promotion of contracting and regularization of Combined Agricultural Insurance in the 2026 financial year under the modality of advance expenditure</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>ORDER of December 30, 2025 establishing the regulatory bases for aid, in competitive bidding, for the promotion and support of joint management forestry groups of forest producers, co-financed by the Eur Fund</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Aid 2025 for investments aimed at the transformation and marketing of agricultural products, pursuant to the Resolution of October 29, 2025 that calls for applications</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. State aid. (Interv, 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Resolution, of 18/11/2025, of the General Directorate of Agri-food Production and Cooperatives, by which the aid to promote lap is called, under a competitive concurrence regime, by the advance processing procedure, for the year 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Order of November 24, 2025 approving the 2025 call for aid to public-private collaboration projects (aid for non-economic activities of research bodies).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>Resolution of 23/12/2025, of the General Directorate of Rural Development, by which the aid for the establishment of young people in agriculture and investments for the improvement and/or</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 approving the regulatory bases for the granting of IA360 aid aimed at promoting business innovation in competitive competition (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 for the regulatory bases of the aid for the improvement of the innovation capacity of companies in Galicia 2026-2027 under a competitive bidding system (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Resolution of December 16, 2025, of the Galician Energy Institute approving the regulatory framework for aid for energy saving and efficiency projects in Galician companies</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025, of the Directorate General for Industries, Innovation and the Agri-food Chain, announcing grants for investments in the processing, marketing and/or development of agri-food products for the 2026 financial year. Intervention 68422-01 SMEs</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025, of the Directorate General for Industries, Innovation and the Agri-food Chain, announcing the call for applications for 2026 for aid for investments in the processing, marketing and/or development of agri-food products. FRUITS AND VEGETABLES. SMEs</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>Order of December 21, 2025 of the Ministry of Industry, Trade and Employment, which calls for subsidies for the year 2026 aimed at the acquisition of new industrial machinery in industrial companies of Castilla y León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Aid 2025/2026 for improving the advanced capabilities of SMEs in the retail sector, according to the call made by Resolution of November 21, 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>2026 Grants to companies to finance projects that promote the implementation of artificial intelligence solutions in the Autonomous Community of Extremadura - pursuant to Decree 173/2025 that calls for them</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
   </si>
   <si>
     <t>Boosting innovative public procurement (CPI) L2 NO STATE AID</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
   </si>
   <si>
-    <t>Boosting innovative public procurement (CPI) REGIME 651</t>
-[...2084 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+    <t>RESOLUTION of December 23, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee, by which the advance call for aid for the 2026 financial year for information and promotion activities of agri-food quality schemes is made</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3101,66 +3473,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H316"/>
+  <dimension ref="A1:H359"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H316"/>
+      <selection activeCell="A1" sqref="A1:H359"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="566.148" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3211,8010 +3583,9136 @@
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G5" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H5" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1"/>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C9" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C10" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C12" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G16" s="1"/>
       <c r="H16" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>78</v>
-      </c>
-[...11 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="1"/>
-      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B23" s="1"/>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="D23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G23" s="1"/>
       <c r="H23" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B25" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G26" s="1"/>
       <c r="H26" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G33" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H33" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H36" s="1" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H37" s="1" t="s">
         <v>140</v>
-      </c>
-[...13 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>148</v>
+        <v>84</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>151</v>
+        <v>101</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>155</v>
+        <v>104</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>158</v>
+        <v>104</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>93</v>
+        <v>161</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G51" s="1"/>
       <c r="H51" s="1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G52" s="1"/>
       <c r="H52" s="1" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G53" s="1"/>
       <c r="H53" s="1" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G54" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>56</v>
+      </c>
       <c r="H54" s="1" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>196</v>
+        <v>19</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>197</v>
+        <v>113</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>175</v>
+        <v>123</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>197</v>
+        <v>146</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>63</v>
+        <v>195</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>196</v>
+        <v>123</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>205</v>
+        <v>24</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G58" s="1"/>
       <c r="H58" s="1" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>143</v>
+        <v>200</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>208</v>
+        <v>117</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>93</v>
+        <v>201</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>197</v>
+        <v>37</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>191</v>
+        <v>206</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>186</v>
+        <v>130</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>215</v>
+        <v>93</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>218</v>
+        <v>130</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>171</v>
+        <v>211</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>221</v>
+        <v>123</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>222</v>
+        <v>109</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>78</v>
+        <v>216</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="B66" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66" s="1" t="s">
         <v>221</v>
-      </c>
-[...16 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>218</v>
+        <v>9</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>41</v>
+        <v>178</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>239</v>
+        <v>143</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>242</v>
+        <v>143</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>244</v>
+        <v>228</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>222</v>
+        <v>143</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>249</v>
+        <v>233</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>250</v>
+        <v>228</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>222</v>
+        <v>143</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>251</v>
+        <v>234</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>222</v>
+        <v>143</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>222</v>
+        <v>143</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>255</v>
+        <v>236</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>256</v>
+        <v>237</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>186</v>
+        <v>238</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>257</v>
+        <v>120</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>258</v>
+        <v>239</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>259</v>
+        <v>240</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>260</v>
+        <v>238</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>222</v>
+        <v>109</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>263</v>
+        <v>244</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>264</v>
+        <v>245</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>266</v>
+        <v>154</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>275</v>
+        <v>254</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>276</v>
+        <v>255</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>191</v>
+        <v>256</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>277</v>
+        <v>49</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>20</v>
+        <v>260</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>284</v>
+        <v>259</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>281</v>
+        <v>143</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>33</v>
+        <v>161</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>285</v>
+        <v>263</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>286</v>
+        <v>264</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>284</v>
+        <v>265</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>281</v>
+        <v>138</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>20</v>
+        <v>266</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>287</v>
+        <v>267</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>284</v>
+        <v>108</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>281</v>
+        <v>123</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G86" s="1"/>
       <c r="H86" s="1" t="s">
-        <v>289</v>
+        <v>269</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>284</v>
+        <v>108</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>284</v>
+        <v>108</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>294</v>
+        <v>274</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>284</v>
+        <v>108</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>296</v>
+        <v>276</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>284</v>
+        <v>133</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>297</v>
+        <v>277</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>284</v>
+        <v>133</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>301</v>
+        <v>281</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>280</v>
+        <v>183</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>26</v>
+        <v>284</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>304</v>
+        <v>285</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>305</v>
+        <v>286</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>284</v>
+        <v>154</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>307</v>
+        <v>289</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>281</v>
+        <v>77</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>309</v>
+        <v>292</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>311</v>
+        <v>77</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>312</v>
+        <v>293</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>313</v>
+        <v>294</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>270</v>
+        <v>295</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>314</v>
+        <v>296</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>315</v>
+        <v>297</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>318</v>
+        <v>284</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>319</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>320</v>
+        <v>301</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>321</v>
+        <v>220</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>322</v>
+        <v>28</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>277</v>
+        <v>63</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>324</v>
+        <v>303</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>325</v>
+        <v>299</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>326</v>
+        <v>284</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>327</v>
+        <v>304</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>328</v>
+        <v>305</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>329</v>
+        <v>299</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>331</v>
+        <v>307</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>329</v>
+        <v>299</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>332</v>
+        <v>284</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>333</v>
+        <v>308</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>334</v>
+        <v>309</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>335</v>
+        <v>168</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>336</v>
+        <v>310</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>337</v>
+        <v>311</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>338</v>
+        <v>312</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>339</v>
+        <v>77</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>340</v>
+        <v>313</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>341</v>
+        <v>314</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>342</v>
+        <v>154</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>343</v>
+        <v>315</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>344</v>
+        <v>316</v>
       </c>
       <c r="B106" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H106" s="1" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>347</v>
+        <v>319</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>348</v>
+        <v>154</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>349</v>
+        <v>320</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>350</v>
+        <v>12</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>351</v>
+        <v>321</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>353</v>
+        <v>183</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>345</v>
+        <v>287</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>354</v>
+        <v>323</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>355</v>
+        <v>324</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>353</v>
+        <v>295</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>27</v>
+        <v>161</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>356</v>
+        <v>326</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>357</v>
+        <v>327</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>353</v>
+        <v>256</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>358</v>
+        <v>328</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>359</v>
+        <v>329</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>360</v>
+        <v>330</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>353</v>
+        <v>256</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>361</v>
+        <v>328</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G111" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H111" s="1" t="s">
-        <v>362</v>
+        <v>331</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>363</v>
+        <v>332</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>364</v>
+        <v>256</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>225</v>
+        <v>328</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>277</v>
+        <v>97</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>365</v>
+        <v>333</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>366</v>
+        <v>334</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>367</v>
+        <v>256</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>368</v>
+        <v>328</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>350</v>
+        <v>97</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>369</v>
+        <v>335</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>370</v>
+        <v>336</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>367</v>
+        <v>337</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>371</v>
+        <v>338</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>372</v>
+        <v>339</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>373</v>
+        <v>340</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>374</v>
+        <v>146</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>375</v>
+        <v>341</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>376</v>
+        <v>342</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>377</v>
+        <v>343</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>374</v>
+        <v>146</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>375</v>
+        <v>344</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>42</v>
+        <v>201</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>378</v>
+        <v>345</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>379</v>
+        <v>346</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>380</v>
+        <v>347</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>381</v>
+        <v>348</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>382</v>
+        <v>349</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>383</v>
+        <v>350</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>82</v>
+        <v>351</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>191</v>
+        <v>24</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G118" s="1"/>
+      <c r="G118" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H118" s="1" t="s">
-        <v>384</v>
+        <v>352</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>385</v>
+        <v>353</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>386</v>
+        <v>256</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>387</v>
+        <v>354</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G119" s="1"/>
+      <c r="G119" s="1" t="s">
+        <v>161</v>
+      </c>
       <c r="H119" s="1" t="s">
-        <v>388</v>
+        <v>355</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>389</v>
+        <v>356</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>386</v>
+        <v>88</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>387</v>
+        <v>357</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G120" s="1"/>
+      <c r="G120" s="1" t="s">
+        <v>161</v>
+      </c>
       <c r="H120" s="1" t="s">
-        <v>390</v>
+        <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>391</v>
+        <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>392</v>
+        <v>256</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>393</v>
+        <v>328</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G121" s="1"/>
+      <c r="G121" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H121" s="1" t="s">
-        <v>394</v>
+        <v>360</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>395</v>
+        <v>361</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>396</v>
+        <v>351</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>397</v>
+        <v>310</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G122" s="1"/>
+      <c r="G122" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H122" s="1" t="s">
-        <v>398</v>
+        <v>362</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>399</v>
+        <v>363</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>400</v>
+        <v>328</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G123" s="1"/>
+      <c r="G123" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H123" s="1" t="s">
-        <v>401</v>
+        <v>365</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>402</v>
+        <v>366</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>400</v>
+        <v>328</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G124" s="1"/>
+      <c r="G124" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H124" s="1" t="s">
-        <v>403</v>
+        <v>367</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>116</v>
+        <v>348</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>405</v>
+        <v>369</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F125" s="1"/>
       <c r="G125" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>406</v>
+        <v>370</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>408</v>
+        <v>341</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>133</v>
+        <v>372</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F126" s="1"/>
       <c r="G126" s="1" t="s">
-        <v>93</v>
+        <v>29</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>409</v>
+        <v>373</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>410</v>
+        <v>374</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>408</v>
+        <v>375</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>411</v>
+        <v>376</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F127" s="1"/>
       <c r="G127" s="1" t="s">
-        <v>63</v>
+        <v>266</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>412</v>
+        <v>377</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>413</v>
+        <v>378</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>414</v>
+        <v>379</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F128" s="1"/>
       <c r="G128" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>415</v>
+        <v>380</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>416</v>
+        <v>381</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>414</v>
+        <v>372</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F129" s="1"/>
       <c r="G129" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>417</v>
+        <v>382</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>419</v>
+        <v>93</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>276</v>
+        <v>372</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F130" s="1"/>
       <c r="G130" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>420</v>
+        <v>384</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>421</v>
+        <v>385</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>61</v>
+        <v>372</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F131" s="1"/>
       <c r="G131" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>422</v>
+        <v>386</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>423</v>
+        <v>387</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>424</v>
+        <v>24</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>425</v>
+        <v>55</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F132" s="1"/>
       <c r="G132" s="1" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>426</v>
+        <v>388</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>427</v>
+        <v>389</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>428</v>
+        <v>93</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>429</v>
+        <v>390</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F133" s="1"/>
       <c r="G133" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>190</v>
+        <v>93</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>284</v>
+        <v>393</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F134" s="1"/>
       <c r="G134" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>432</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>433</v>
+        <v>395</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>367</v>
+        <v>284</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>339</v>
+        <v>372</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G135" s="1"/>
       <c r="H135" s="1" t="s">
-        <v>434</v>
+        <v>396</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>435</v>
+        <v>397</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>132</v>
+        <v>24</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>436</v>
+        <v>55</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F136" s="1"/>
       <c r="G136" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>437</v>
+        <v>398</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>438</v>
+        <v>399</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>405</v>
+        <v>93</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>280</v>
+        <v>37</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F137" s="1"/>
       <c r="G137" s="1" t="s">
-        <v>63</v>
+        <v>195</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>439</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>440</v>
+        <v>401</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F138" s="1"/>
+      <c r="G138" s="1"/>
       <c r="H138" s="1" t="s">
-        <v>442</v>
+        <v>402</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>443</v>
+        <v>403</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F139" s="1"/>
       <c r="G139" s="1" t="s">
-        <v>12</v>
+        <v>201</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>444</v>
+        <v>404</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>445</v>
+        <v>405</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>446</v>
+        <v>24</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>447</v>
+        <v>37</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F140" s="1"/>
       <c r="G140" s="1" t="s">
-        <v>93</v>
+        <v>201</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>448</v>
+        <v>406</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>449</v>
+        <v>407</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F141" s="1"/>
       <c r="G141" s="1" t="s">
-        <v>85</v>
+        <v>201</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>450</v>
+        <v>408</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>449</v>
+        <v>409</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>190</v>
+        <v>287</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F142" s="1"/>
+      <c r="G142" s="1"/>
       <c r="H142" s="1" t="s">
-        <v>451</v>
+        <v>410</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>452</v>
+        <v>411</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>453</v>
+        <v>379</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F143" s="1"/>
       <c r="G143" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>454</v>
+        <v>412</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>455</v>
+        <v>413</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>456</v>
+        <v>295</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>429</v>
+        <v>296</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>457</v>
+        <v>414</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>458</v>
+        <v>415</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>459</v>
+        <v>364</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>310</v>
+        <v>416</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>460</v>
+        <v>417</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>461</v>
+        <v>418</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>364</v>
+        <v>256</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>462</v>
+        <v>419</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>463</v>
+        <v>420</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>464</v>
+        <v>421</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>132</v>
+        <v>284</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>105</v>
+        <v>422</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>465</v>
+        <v>423</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>466</v>
+        <v>424</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>132</v>
+        <v>328</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>105</v>
+        <v>425</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>467</v>
+        <v>426</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>468</v>
+        <v>427</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>469</v>
+        <v>428</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>133</v>
+        <v>429</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>472</v>
+        <v>310</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>473</v>
+        <v>376</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>277</v>
+        <v>39</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>474</v>
+        <v>432</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>475</v>
+        <v>433</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>476</v>
+        <v>328</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>301</v>
+        <v>434</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>477</v>
+        <v>435</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>478</v>
+        <v>436</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>479</v>
+        <v>437</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>205</v>
+        <v>438</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>481</v>
+        <v>440</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>482</v>
+        <v>284</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>483</v>
+        <v>441</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>484</v>
+        <v>442</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>485</v>
+        <v>443</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>332</v>
+        <v>296</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>326</v>
+        <v>444</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>486</v>
+        <v>445</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>487</v>
+        <v>403</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>472</v>
+        <v>446</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>488</v>
+        <v>447</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="G155" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F155" s="1"/>
+      <c r="G155" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="H155" s="1" t="s">
-        <v>489</v>
+        <v>404</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>490</v>
+        <v>448</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>472</v>
+        <v>379</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>491</v>
+        <v>372</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>492</v>
+        <v>449</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>493</v>
+        <v>450</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>494</v>
+        <v>451</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>358</v>
+        <v>43</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>495</v>
+        <v>452</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>496</v>
+        <v>453</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>494</v>
+        <v>419</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>497</v>
+        <v>441</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>498</v>
+        <v>454</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>499</v>
+        <v>128</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>500</v>
+        <v>416</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>497</v>
+        <v>42</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G159" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>56</v>
+      </c>
       <c r="H159" s="1" t="s">
-        <v>501</v>
+        <v>455</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>502</v>
+        <v>456</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>503</v>
+        <v>457</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>504</v>
+        <v>458</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>505</v>
+        <v>459</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>506</v>
+        <v>460</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>507</v>
+        <v>96</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>358</v>
+        <v>48</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>508</v>
+        <v>461</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>509</v>
+        <v>462</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>510</v>
+        <v>463</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>511</v>
+        <v>464</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>350</v>
+        <v>260</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>512</v>
+        <v>465</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>509</v>
+        <v>466</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>510</v>
+        <v>33</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>511</v>
+        <v>354</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>350</v>
+        <v>97</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>513</v>
+        <v>467</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>509</v>
+        <v>468</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>510</v>
+        <v>469</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>511</v>
+        <v>470</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>514</v>
+        <v>471</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>509</v>
+        <v>472</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>510</v>
+        <v>473</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>511</v>
+        <v>470</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>515</v>
+        <v>474</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>509</v>
+        <v>475</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>510</v>
+        <v>33</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>511</v>
+        <v>476</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>516</v>
+        <v>477</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>509</v>
+        <v>478</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>510</v>
+        <v>52</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>511</v>
+        <v>479</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>517</v>
+        <v>480</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>509</v>
+        <v>481</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>510</v>
+        <v>52</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>511</v>
+        <v>482</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>518</v>
+        <v>483</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>519</v>
+        <v>484</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>497</v>
+        <v>447</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>77</v>
+        <v>485</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>520</v>
+        <v>486</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>521</v>
+        <v>487</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>361</v>
+        <v>48</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>522</v>
+        <v>357</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G170" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>63</v>
+      </c>
       <c r="H170" s="1" t="s">
-        <v>523</v>
+        <v>488</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>509</v>
+        <v>489</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>510</v>
+        <v>490</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>511</v>
+        <v>491</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>524</v>
+        <v>492</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>525</v>
+        <v>493</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>77</v>
+        <v>495</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G172" s="1"/>
       <c r="H172" s="1" t="s">
-        <v>526</v>
+        <v>496</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>527</v>
+        <v>497</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>507</v>
+        <v>447</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>9</v>
+        <v>485</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>528</v>
+        <v>498</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>529</v>
+        <v>499</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>511</v>
+        <v>390</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>27</v>
+        <v>195</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>530</v>
+        <v>501</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>531</v>
+        <v>499</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>482</v>
+        <v>500</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>361</v>
+        <v>390</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>20</v>
+        <v>195</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>532</v>
+        <v>502</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>533</v>
+        <v>499</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>534</v>
+        <v>500</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>196</v>
+        <v>390</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>54</v>
+        <v>195</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>535</v>
+        <v>503</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>536</v>
+        <v>504</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>534</v>
+        <v>164</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>350</v>
+        <v>195</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>537</v>
+        <v>505</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>538</v>
+        <v>506</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>507</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>144</v>
+        <v>508</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>68</v>
+        <v>260</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>539</v>
+        <v>509</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>540</v>
+        <v>510</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>488</v>
+        <v>38</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>9</v>
+        <v>357</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>541</v>
+        <v>266</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>542</v>
+        <v>511</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>543</v>
+        <v>512</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>326</v>
+        <v>164</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>221</v>
+        <v>513</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>54</v>
+        <v>266</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>544</v>
+        <v>514</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>545</v>
+        <v>515</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="C181" s="1"/>
       <c r="D181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>546</v>
+        <v>516</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>547</v>
+        <v>517</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>548</v>
+        <v>518</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>9</v>
+        <v>519</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>549</v>
+        <v>520</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>550</v>
+        <v>521</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>548</v>
+        <v>518</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>350</v>
+        <v>105</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>551</v>
+        <v>523</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>552</v>
+        <v>524</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>553</v>
+        <v>518</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>154</v>
+        <v>393</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>554</v>
+        <v>525</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>555</v>
+        <v>526</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>556</v>
+        <v>372</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>38</v>
+        <v>519</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>557</v>
+        <v>527</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>558</v>
+        <v>528</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>151</v>
+        <v>393</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>105</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>559</v>
+        <v>529</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>560</v>
+        <v>530</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>38</v>
+        <v>393</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>27</v>
+        <v>105</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>561</v>
+        <v>531</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>562</v>
+        <v>532</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>563</v>
+        <v>508</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>167</v>
+        <v>513</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>564</v>
+        <v>533</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>565</v>
+        <v>534</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>566</v>
+        <v>535</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>567</v>
+        <v>485</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>568</v>
+        <v>536</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>569</v>
+        <v>537</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>281</v>
+        <v>538</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>144</v>
+        <v>539</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>68</v>
+        <v>266</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>570</v>
+        <v>540</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>571</v>
+        <v>541</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>572</v>
+        <v>542</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>349</v>
+        <v>422</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>350</v>
+        <v>201</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>573</v>
+        <v>543</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>574</v>
+        <v>544</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>572</v>
+        <v>545</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>575</v>
+        <v>546</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G192" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H192" s="1" t="s">
-        <v>576</v>
+        <v>547</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>577</v>
+        <v>548</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>578</v>
+        <v>425</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>393</v>
+        <v>549</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>579</v>
+        <v>550</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>580</v>
+        <v>551</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>77</v>
+        <v>552</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>581</v>
+        <v>553</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>85</v>
+        <v>161</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>582</v>
+        <v>554</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>583</v>
+        <v>555</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>584</v>
+        <v>556</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>158</v>
+        <v>557</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>585</v>
+        <v>558</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>586</v>
+        <v>559</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>9</v>
+        <v>561</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>587</v>
+        <v>562</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>588</v>
+        <v>563</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>548</v>
+        <v>522</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>9</v>
+        <v>564</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>589</v>
+        <v>565</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>590</v>
-[...6 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="B198" s="1"/>
+      <c r="C198" s="1"/>
       <c r="D198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>591</v>
+        <v>567</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>592</v>
-[...6 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="B199" s="1"/>
+      <c r="C199" s="1"/>
       <c r="D199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>33</v>
+        <v>195</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>593</v>
+        <v>569</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>594</v>
+        <v>570</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>281</v>
+        <v>571</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>9</v>
+        <v>572</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>595</v>
+        <v>573</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>596</v>
+        <v>574</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>281</v>
+        <v>575</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>151</v>
+        <v>576</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H201" s="1" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>598</v>
+        <v>578</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>578</v>
+        <v>164</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>599</v>
+        <v>77</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G202" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G202" s="1"/>
       <c r="H202" s="1" t="s">
-        <v>600</v>
+        <v>579</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>601</v>
+        <v>580</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>488</v>
+        <v>581</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>511</v>
+        <v>582</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G203" s="1"/>
       <c r="H203" s="1" t="s">
-        <v>602</v>
+        <v>583</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>522</v>
+        <v>581</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>38</v>
+        <v>582</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G204" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G204" s="1"/>
       <c r="H204" s="1" t="s">
-        <v>604</v>
+        <v>585</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>605</v>
+        <v>586</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>522</v>
+        <v>587</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>196</v>
+        <v>588</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G205" s="1"/>
       <c r="H205" s="1" t="s">
-        <v>606</v>
+        <v>589</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>607</v>
+        <v>590</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>522</v>
+        <v>587</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>196</v>
+        <v>588</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G206" s="1"/>
       <c r="H206" s="1" t="s">
-        <v>608</v>
+        <v>591</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>610</v>
+        <v>593</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>170</v>
+        <v>594</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>612</v>
+        <v>596</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>613</v>
+        <v>582</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>82</v>
+        <v>597</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>614</v>
+        <v>598</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>615</v>
+        <v>599</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>616</v>
+        <v>600</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>617</v>
+        <v>601</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>618</v>
+        <v>602</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>619</v>
+        <v>603</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>522</v>
+        <v>600</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>151</v>
+        <v>601</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>54</v>
+        <v>266</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>620</v>
+        <v>604</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>621</v>
+        <v>605</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>522</v>
+        <v>582</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>196</v>
+        <v>606</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>20</v>
+        <v>266</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>622</v>
+        <v>607</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>623</v>
+        <v>608</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>349</v>
+        <v>610</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>85</v>
+        <v>266</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>349</v>
+        <v>614</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>575</v>
+        <v>617</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>238</v>
+        <v>618</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>511</v>
+        <v>617</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>632</v>
+        <v>226</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>238</v>
+        <v>630</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>639</v>
+        <v>225</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>38</v>
+        <v>635</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>567</v>
+        <v>636</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>85</v>
+        <v>266</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="B222" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H222" s="1" t="s">
         <v>644</v>
-      </c>
-[...14 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>140</v>
+        <v>357</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G223" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="H223" s="1" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>140</v>
+        <v>226</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G224" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H224" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H225" s="1" t="s">
         <v>653</v>
-      </c>
-[...17 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H226" s="1" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H227" s="1" t="s">
         <v>658</v>
-      </c>
-[...17 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C228" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="B228" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D228" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="G228" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="H228" s="1" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
         <v>663</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>41</v>
+        <v>664</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>61</v>
+        <v>665</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F229" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G229" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>41</v>
+        <v>290</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>61</v>
+        <v>668</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F230" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G230" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>41</v>
+        <v>290</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F231" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G231" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>41</v>
+        <v>290</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="G232" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H232" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>158</v>
+        <v>674</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>61</v>
+        <v>675</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F233" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G233" s="1" t="s">
-        <v>88</v>
+        <v>201</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>41</v>
+        <v>678</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>71</v>
+        <v>679</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F234" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G234" s="1" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>175</v>
+        <v>678</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G235" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H235" s="1" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>158</v>
+        <v>630</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F236" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G236" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>158</v>
+        <v>225</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F237" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G237" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>41</v>
+        <v>639</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>71</v>
+        <v>690</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F238" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G238" s="1" t="s">
-        <v>277</v>
+        <v>12</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>158</v>
+        <v>290</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>676</v>
+        <v>252</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F239" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G239" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>158</v>
+        <v>695</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F240" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G240" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>158</v>
+        <v>698</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>676</v>
+        <v>699</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F241" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G241" s="1" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>41</v>
+        <v>636</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>659</v>
+        <v>77</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F242" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G242" s="1" t="s">
-        <v>42</v>
+        <v>266</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>695</v>
+        <v>679</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>696</v>
+        <v>72</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F243" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G243" s="1" t="s">
-        <v>277</v>
+        <v>195</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>242</v>
+        <v>706</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>676</v>
+        <v>707</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F244" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G244" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>235</v>
+        <v>710</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F245" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G245" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>260</v>
+        <v>714</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>704</v>
+        <v>606</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>221</v>
+        <v>714</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>707</v>
+        <v>606</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>187</v>
+        <v>252</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>710</v>
+        <v>108</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>175</v>
+        <v>252</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>713</v>
+        <v>108</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>716</v>
+        <v>684</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>717</v>
+        <v>72</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>171</v>
+        <v>252</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>696</v>
+        <v>108</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>725</v>
+        <v>252</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>726</v>
+        <v>108</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>222</v>
+        <v>252</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>729</v>
+        <v>108</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>175</v>
+        <v>252</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>381</v>
+        <v>108</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>58</v>
+        <v>195</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>667</v>
+        <v>735</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>733</v>
+        <v>252</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>734</v>
+        <v>108</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F256" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G256" s="1" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="H256" s="1" t="s">
-        <v>668</v>
+        <v>736</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>736</v>
+        <v>252</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>737</v>
+        <v>108</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H257" s="1" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>552</v>
+        <v>739</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>704</v>
+        <v>252</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>707</v>
+        <v>252</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>713</v>
+        <v>108</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>350</v>
+        <v>16</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>743</v>
+        <v>684</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>57</v>
+        <v>108</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H260" s="1" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
         <v>745</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>659</v>
+        <v>707</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>676</v>
+        <v>746</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H261" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B262" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F262" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>483</v>
+        <v>255</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>58</v>
+        <v>201</v>
       </c>
       <c r="H263" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>483</v>
+        <v>756</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="H264" s="1" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>67</v>
+        <v>759</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>229</v>
+        <v>760</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>760</v>
+        <v>108</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>541</v>
+        <v>16</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>581</v>
+        <v>766</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>53</v>
+        <v>690</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H267" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>49</v>
+        <v>766</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>49</v>
+        <v>772</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>82</v>
+        <v>772</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>191</v>
+        <v>108</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>682</v>
+        <v>104</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>682</v>
+        <v>781</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>88</v>
+        <v>195</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>682</v>
+        <v>785</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>734</v>
+        <v>788</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>778</v>
+        <v>789</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G274" s="1"/>
       <c r="H274" s="1" t="s">
-        <v>779</v>
+        <v>790</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>780</v>
+        <v>791</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>782</v>
+        <v>249</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G275" s="1"/>
       <c r="H275" s="1" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>786</v>
+        <v>120</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>53</v>
+        <v>792</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>225</v>
+        <v>781</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>734</v>
+        <v>792</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>679</v>
+        <v>789</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>796</v>
+        <v>120</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>793</v>
+        <v>806</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>82</v>
+        <v>806</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>802</v>
+        <v>259</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G282" s="1"/>
       <c r="H282" s="1" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>62</v>
+        <v>773</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>225</v>
+        <v>255</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>807</v>
+        <v>248</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>808</v>
+        <v>470</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>541</v>
+        <v>105</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>778</v>
+        <v>320</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>808</v>
+        <v>819</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>802</v>
+        <v>725</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>676</v>
+        <v>806</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>679</v>
+        <v>822</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>676</v>
+        <v>789</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>679</v>
+        <v>143</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>350</v>
+        <v>56</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>676</v>
+        <v>238</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>799</v>
+        <v>9</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>822</v>
+        <v>785</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>823</v>
+        <v>87</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>277</v>
+        <v>195</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>825</v>
+        <v>228</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>796</v>
+        <v>229</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>826</v>
+        <v>143</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>829</v>
+        <v>249</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>830</v>
+        <v>153</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G292" s="1"/>
       <c r="H292" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>833</v>
+        <v>789</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H293" s="1" t="s">
         <v>834</v>
-      </c>
-[...13 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H294" s="1" t="s">
         <v>838</v>
-      </c>
-[...13 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B295" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H295" s="1" t="s">
         <v>841</v>
-      </c>
-[...13 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B296" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H296" s="1" t="s">
         <v>845</v>
-      </c>
-[...13 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H297" s="1" t="s">
         <v>848</v>
-      </c>
-[...14 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>853</v>
+        <v>37</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G298" s="1"/>
+      <c r="G298" s="1" t="s">
+        <v>25</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>857</v>
+        <v>629</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>393</v>
+        <v>860</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G301" s="1"/>
       <c r="H301" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>867</v>
-[...3 lines deleted...]
-      </c>
+        <v>863</v>
+      </c>
+      <c r="C302" s="1"/>
       <c r="D302" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F302" s="1"/>
+      <c r="G302" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G303" s="1"/>
+      <c r="G303" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>874</v>
+        <v>617</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>393</v>
+        <v>870</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>191</v>
+        <v>870</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G305" s="1"/>
+      <c r="G305" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>682</v>
+        <v>876</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G306" s="1"/>
       <c r="H306" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>882</v>
+        <v>433</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>883</v>
+        <v>606</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G307" s="1"/>
+      <c r="G307" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H307" s="1" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>861</v>
+        <v>576</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>393</v>
+        <v>882</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G308" s="1"/>
+      <c r="G308" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H308" s="1" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H309" s="1" t="s">
         <v>887</v>
-      </c>
-[...17 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>892</v>
+        <v>879</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G310" s="1"/>
+      <c r="G310" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H310" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>896</v>
+        <v>879</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G311" s="1"/>
+      <c r="G311" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H311" s="1" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>852</v>
+        <v>894</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>893</v>
+        <v>191</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G312" s="1"/>
       <c r="H312" s="1" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>901</v>
-[...3 lines deleted...]
-      </c>
+        <v>885</v>
+      </c>
+      <c r="C313" s="1"/>
       <c r="D313" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G313" s="1"/>
+      <c r="G313" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="H313" s="1" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>905</v>
+        <v>606</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G314" s="1"/>
+      <c r="G314" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="H314" s="1" t="s">
-        <v>906</v>
+        <v>900</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>907</v>
+        <v>901</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>904</v>
+        <v>265</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G315" s="1"/>
+      <c r="G315" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H315" s="1" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G317" s="1"/>
+      <c r="H317" s="1" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="C318" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H318" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="D316" s="1" t="s">
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E316" s="1" t="s">
-[...7 lines deleted...]
-        <v>912</v>
+      <c r="E319" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G320" s="1"/>
+      <c r="H320" s="1" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G324" s="1"/>
+      <c r="H324" s="1" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G332" s="1"/>
+      <c r="H332" s="1" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="C334" s="1"/>
+      <c r="D334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G338" s="1"/>
+      <c r="H338" s="1" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G342" s="1"/>
+      <c r="H342" s="1" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G347" s="1"/>
+      <c r="H347" s="1" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>1036</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>