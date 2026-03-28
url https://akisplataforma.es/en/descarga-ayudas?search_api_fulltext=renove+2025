--- v1 (2026-02-05)
+++ v2 (2026-03-28)
@@ -12,3161 +12,2636 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="862">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
-    <t>Resolution, of 26/05/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policies, by which the call is made in 2025, by the early processing procedure, for the incorporation of aid for the conservation intervention of native breeds threatened with genetic erosion in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+    <t>Order Credit Availability Commerce 2025 LINE 1. NEW ESTABLISHMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Order Credit Availability Trade 2025 LINE 2 MANT. ESTABLISHMENT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Economy, Finance and Innovation approving the call for aid for the years 2024 and 2025 to entrepreneurs and companies with activity in the Balearic Islands to cover opening and study commissions</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Order of February 12, 2025, convening the subsidies for the subscription of agricultural insurance in the framework of the Combined Agricultural Insurance Plan for the year 2025 and establishing the determinations in relation to said subsidies</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>ANNUAL PLAN for AGRICULTURAL INSURANCE 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Order DES/37/2025, of 22 December 2025, which calls for the aid financed by the EAGF (European Agricultural Guarantee Fund) and EAFRD (European Agricultural Fund for Rural Development) included in the single application for the year 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Resolution of 20/05/2025 of the General Directorate of Agriculture and Livestock, by which the call in 2025 is made, by the advance processing procedure, for the incorporation into the aids for the intervention of animal welfare in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), foreseen in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Resolution, of 26/05/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policies, by which the call in 2025 is made, by the advance processing procedure, for the incorporation into the aid for the conservation intervention of native breeds threatened by genetic erosion in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), foreseen in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Resolution of the Minister of Economy, Finance and Innovation approving the call for aid for the years 2024 and 2025 to entrepreneurs and companies with activity in the Balearic Islands to cover the opening and study fees</t>
-[...20 lines deleted...]
-    <t>Resolution, of 27/05/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policies, by which the call is made in 2025, by the early processing procedure, for the incorporation of aid for the intervention of Beekeeping for biodiversity in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+    <t>Resolution, of 27/05/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policies, by which the call in 2025 is made, by the advance processing procedure, for the incorporation into the aids for the intervention of Apiculture for biodiversity in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), foreseen in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
   </si>
   <si>
-    <t>Exceptional aid for 2025 for cherry farms affected by natural disasters, according to Decree-Law 3/2025 of May 27</t>
+    <t>Resolution of 29/12/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid under the de minimis regime is called for, through the advance processing procedure, to alleviate the damage caused in Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Resolution of 29/12/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid under the de minimis regime is called for, by means of the advance processing procedure, to mitigate the damages related to loboi attacks</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Aid from the Centre for Technological Development and Innovation EPE for the financing of R&amp;D projects (2025)</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Regulatory bases 2025-2027 and call for aid to improve the production and marketing of beekeeping products within the framework of the Apicultural Sectoral Intervention, included in the PEPAC, for the 2025 campaign.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AID TO COMPANIES SEC AGR.GANAD.FOREST AND INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Authorize a multi-year expenditure of 2,100,000.00 euros charged to budget item 720007 72300 4400 412108 'EAFRD PDR 2014-2022. Advisory services through INTIA', of the 2024 expenditure budget and its equivalent in 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>2025 Call for aid for the establishment of part-time farmers within the framework of PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Regulations and call for applications for 2025 for aid to investments in agricultural holdings PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Regulatory framework and call for applications for 2025 for aid to investments in agricultural holdings (Environmental Objective) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Aid to Livestock Health Defense Groups, for the implementation of health programs for the prevention, control and eradication of animal diseases, year 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of agricultural products through the organization of livestock shows, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid for Participation in Trade Fairs under the De Minimis Regime</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>2025 Call for Proposals. Aid to agri-food producer associations that market through short supply chains, and associations managing agricultural TEST spaces</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid for control and certification activities for agri-food quality figures of Navarre, recognized as PDO or PGI, covered by the de minimis regime.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid to Local Entities to Promote Short Marketing Channels for Agri-food Products</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Approve the regulatory framework and the call for proposals for the promotion of innovation and forestry dissemination, period 2025 and 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>To approve the regulatory bases and the call for aid for the 2024-2025 campaign for the sustainable management of mountain pastures in Navarre, included in Intervention 6881.1 Forest Reforestation and Agroforestry Systems of the PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Call for applications 2025-2026 for aid to Cooperation for the promotion of agricultural and food products under quality schemes, within the framework of the PEPAC, of the Chartered Community of Navarre</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition 2025. Commission Regulation 651/2014</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition 2025. De Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Grants for innovation projects in industrial SMEs. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Aid for the creation and consolidation of innovative technology-based companies in 2025 within the framework of the Recovery, Transformation and Resilience Plan - Funded by the European Union – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2024, of the Director of the Valencian Agency for Agricultural Development and Guarantee, by which the advance call for aid for the 2025 financial year for information and promotion activities of agri-food quality schemes is made</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolution of January 28, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee, establishing the call for applications for the granting and annual payment of aid included in the single application within the framework of</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Resolution of April 17, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee (AVFGA), announcing the call for aid for investments in the modernization of infrastructure and irrigation systems in irrigation communities and communities</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Resolution of May 5, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee (AVFGA), which calls for the aid provided for in intervention 7119.02 LEADER of the CAP Strategic Plan 2023-2027 in the Valencian Community, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolution of May 15, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee, announcing the call for applications for aid for cooperation in the framework of rural development interventions of the Strategic Plan for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>RESOLUTION of December 23, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee, by which the advance call for aid for the 2026 financial year for information and promotion activities of agri-food quality schemes is made</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Resolution of the Ministry of Agriculture, Water, Livestock and Fisheries, announcing the call for applications for aid for the certification of organic production in the Valencian Community for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>Resolution of the Director General of Agricultural and Livestock Production, establishing the advance call, for the 2025 Plan, of the aid of the Valencian Community intended for the subscription of agricultural insurance included in the plans to</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Resolution of April 17, 2025, of the General Directorate of Agricultural and Livestock Production, announcing the call for applications for the 2025 financial year for aid to improve the competitiveness and sustainability of livestock farms in the Valencian Community.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Resolution DG of Agricultural and Livestock Production, for the year 2025 the aid provided for in Order 6/2024, which approves the regulatory bases of the compensation aid for the eradication and control of the Xylella fastidiosa bacteria</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolution of November 14, 2025, of the General Directorate of Agricultural and Livestock Production, by which advance calls for aid for the improvement of competitiveness and sustainability of livestock farms in the Valencian Community for the year 2026 are made.</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Resolution of the Director General of Agricultural and Livestock Production, by which the advance call is made, for the year 2025, for de minimis aid intended for the replanting of fruit plots whose crop is or has been destroyed</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolution of the Director General of Agricultural and Livestock Production making the advance call, for the year 2025, of aid to cherry farms in areas affected by climatic, environmental and</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>RESOLUTION of December 29, 2025 approving the multi-year call for subsidies for the line of promotion of contracting and regularization of Combined Agricultural Insurance in the 2026 financial year under the modality of advance expenditure</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>2025 Grants for the provision of technical advice to the agricultural sector on plant protection Resolution 20 December 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ORDER OF July 14, 2025, Aid for Contracting Combined Agricultural Insurance 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>2025 Subsidies for financing loans to owners of dryland olive and vineyard farms located in Extremadura, pursuant to Decree 35/2025 of May 6, which announces them</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subsidy 2025 for agricultural holding owners to promote participation in food quality schemes. s/ Resolution of June 19, 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>2026 Grants for the provision of technical advice to the agricultural sector on plant protection Resolution of December 3, 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Aid, NOT COVERED by the MINIMIS Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), according to the XXIV Call (RDP 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>2025 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ IX Call (RDP 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>2025 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ IX Call (RDP 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. State aid. (Interv, 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>2025 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>2026 Grants to companies to finance projects that promote the implementation of artificial intelligence solutions in the Autonomous Community of Extremadura - pursuant to Decree 173/2025 that calls for them</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>Aid 2025 for the implementation of irrigation systems that promote the efficient use of water and energy in agricultural holdings, according to Decree 12/2025, of March 11, which calls for them</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Aid 2025-26 for the establishment of young farmers in the Autonomous Community of Extremadura, first call incorporated into Decree 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Aid 2025-26 Investments in Modernization and/or Improvement of Agricultural Holdings in which the young farmer is established, first call incorporated in Decree 169/2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Complementary Aid to Young Farmers, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Organic Farming, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Agricultural Associated Aid, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Aid 2025 for investments aimed at the transformation and marketing of agricultural products, pursuant to the Resolution of October 29, 2025 that calls for applications</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Extremadura Avante grants to companies for group participation in the Fruit Attraction 2025 Fair, according to the Agreement of March 27, 2025 that calls for them.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Aid 2025 to companies for group participation in the Food Ingredients 2025 Fair, according to the Agreement of August 26, 2025 that calls for them.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>Subsidy 2024-2025 aimed at municipalities and smaller local entities to finance commercial revitalization projects, according to Decree 130/2024, of October 15, 2024, which calls for</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subsidy 2024-2025 aimed at associations, federations and confederations of the trade sector to finance commercial revitalization projects, according to Decree 130/2024, of October 15, 2024 which calls</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Aid 2025/2026 for improving the advanced capabilities of SMEs in the retail sector, according to the call made by Resolution of November 21, 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>2026 Grant, Agricultural Sector, for the social/labor integration of minors/young people complying or having complied with judicial measures, by Resolution of November 14, 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Resolution of 24 March 2025 establishing the regulatory bases for aid to support cooperation in information and promotion activities for Galician agricultural and food products covered by quality schemes carried out by producer groups, within the framework of the CAP Strategic Plan 2023-2027, and calling for applications for the 2025 budget year</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Resolution of April 16, 2025 establishing the regulatory framework for aid for quality programs developed by regulatory councils of agri-food quality designations and announcing the call for applications for 2025 (procedure code</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolution of June 17, 2025 establishing the regulatory bases for aid to agricultural holdings belonging to the protected geographical indication Faba de Lourenzá and calling for applications for the year 2025 (procedure code MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025 establishing the regulatory framework for aid to support cooperation in information and promotion activities for Galician agricultural and food products covered by quality schemes</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Order of January 30, 2025 establishing the regulatory bases for the granting, on a non-competitive basis, of subsidies to promote innovation and sustainability in local and artisanal trade</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Order of 21 November 2025 establishing the regulatory bases for aid to mitigate the damage caused by wild boar to agricultural crops and calling for applications for the year 2026 (procedure code MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>ORdained on December 26, 2024, in which the regulatory bases for aid are established for the promotion of the contracting of agricultural insurance in the Autonomous Community of Galicia and are convened for the year 2025 (Procedure code MR443A)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>ORDER of June 11, 2025 establishing the regulatory bases for aid intended for young farmers, within the framework of the Strategic Plan of the Common Agricultural Policy of Spain 2023-2027, co-financed by the European Fund</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Order of August 21, 2025 establishing the regulatory bases for aid intended to promote the use of facilities and equipment in common under an associative scheme, within the framework of the Strategic Plan of the Common Agricultural Policy</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Order of 18 September 2025 establishing the regulatory bases for aid to professional agricultural organizations and agricultural associations for carrying out activities of agricultural interest and calling for applications for the year 2025 (code of</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>Order of December 12, 2025, establishing the regulatory bases for aid to entities recognized as livestock health defense groups (ADSG) in Galicia and calling for applications for the year 2026-2027 (Procedure Code MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Order of December 29, 2025, in which the regulatory bases of aid are established for the promotion of the contracting of agricultural insurance in the Autonomous Community of Galicia and are convened for the year 2026 (Procedure code MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>ORDER of December 30, 2025, establishing the regulatory framework for competitive grants for reforestation investments with broadleaf and/or coniferous species, co-financed by the European Agricultural Fund for Development</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>ORDER of December 30, 2025 establishing the regulatory bases for aid, in competitive bidding, for the promotion and support of joint management forestry groups of forest producers, co-financed by the Eur Fund</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Resolution of December 16, 2025, of the Galician Energy Institute approving the regulatory framework for aid for energy saving and efficiency projects in Galician companies</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Aid for improving the innovation capacity and technological development of companies in Galicia, “Ticket Innova” program for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 for the regulatory bases of the aid for the improvement of the innovation capacity of companies in Galicia 2026-2027 under a competitive bidding system (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council of 17.11.2025, regarding the bases governing the granting of aid to promote sustainable practices in agricultural holdings in Menorca (CARB) and the corresponding call for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Call for aid for the recovery, maintenance and consolidation of the agricultural environment and agrobiodiversity on the island of Ibiza for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Call for aid for the promotion of employment and the improvement of the competitiveness of cooperatives, micro-cooperatives and worker-owned companies in the Balearic Islands for the years 2025 and 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Call for aid aimed at the operation of innovative business groups in the Balearic Islands 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Fisheries and Natural Environment for the public call for subsidies for environmental education activities in the Balearic Islands in favor of non-profit entities for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Subsidies for the promotion of agricultural and food products under quality schemes. 2025 call for proposals</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Aid for plant protection groups to prevent plant pests by the year 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Aid intended to promote organic farming, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Aid intended for the payment of agri-environmental commitments for sustainable crops through the use of reclaimed water, for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 1.- FEDERATIONS AND COOPERATIVE UNIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 2.-PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Mallorca headquarters)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 3.-PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Headquarters Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Aid for the year 2025 for the improvement of the production and marketing of beekeeping products corresponding to the Apicultural Sectoral Intervention - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Aid for the year 2025 for the improvement of the production and marketing of beekeeping products corresponding to the Apicultural Sectoral Intervention - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Aid for the year 2025 for the improvement of the production and marketing of beekeeping products corresponding to the Apicultural Sectoral Intervention - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Aid for the year 2025 for the improvement of the production and marketing of beekeeping products corresponding to the Apicultural Sectoral Intervention - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Subsidies for non-productive forestry investments in forest damage prevention. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Grants for investments in the processing, marketing and development of agri-food products. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Aid for quality schemes for agricultural and food products, 2025</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>EKINN+ 2025 PROGRAM: GUIDELINES FOR PARTICIPATION IN THE PROGRAM TO PROMOTE THE CREATION, GROWTH AND CONSOLIDATION OF NEW INNOVATIVE BUSINESS INITIATIVES.</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>CALL FOR APPLICATIONS FOR YOUNG PEOPLE FOR RESEARCH PROJECTS - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>GRANTS FOR INVESTMENT IN INNOVATION OF ENTITIES TRAINING EMPLOYMENT 2025</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>Resolution of 7/4/2025, of the Asturian Agency for Science, Business Competitiveness and Innovation, approving the call for the granting of subsidies for the execution of R&amp;D projects in the Principality of Asturias for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to promote innovative entrepreneurship (Entrepreneur's Check) for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Resolution of 10 December 2024 approving the call for advance expenditure of grants for advisory services in small and medium-sized agricultural holdings of the PA within the framework of the PEPAC 2023-2027 for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>2025 Grant Cooperation for the succession of agricultural holdings</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Resolution of April 7, 2025, of the Ministry of Rural Affairs and Agricultural Policy, approving the Regulatory Bases and the Call for Interventions in the form of direct payments to agriculture and livestock and of the Interventions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RESOLUTION of April 21, 2025, approving the call for subsidies for advisory services in small and medium-sized agricultural holdings in the Principality of Asturias carried out by ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolution of April 21, 2025, of the Ministry of Rural Affairs and Agricultural Policy, approving the call for subsidies to non-profit entities, for the purpose of holding agri-food product competitions</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025 of the Ministry of Rural Affairs and Agricultural Policy, which calls for aid for non-productive investments in agricultural holdings of the Principality of Asturias linked to the mitigation-adaptation to climate change</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025, of the Ministry of Rural Affairs and Agricultural Policy, announcing aid for investments in the modernization and/or improvement of agricultural holdings within the framework of the strategic plan of the Common Agricultural Policy of Spain</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025 of the Ministry of Rural Affairs and Agricultural Policy, which calls for aid for productive investments in agricultural holdings linked to contributing to the mitigation-adaptation to climate change, efficient use</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Order of February 17, 2025 from the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for the restructuring and conversion of vineyards in the Region of Murcia for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Order of March 18, 2025 from the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for the 2025 Green Harvest</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Order of 16/04/2025, of the Ministry of Water, Agriculture, Livestock and Fisheries, 1st Call for aid for the granting of subsidies, intervention 7161 "Coop.Operational Groups of the European Association for Agricultural Innovation"</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Order of May 6, 2025, from the Ministry of Water, Agriculture, Livestock and Fisheries, announcing subsidies for Agricultural Professional Organizations for the year 2025, to promote activities providing services to the agricultural sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Resolution of 01/04/2025 of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, regarding the call for applications for aid to participate in trade fairs, events and missions. Saudi Agriculture Fair. Saudi Arabia 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Resolution of 08/04/2025, from the Director of the Institute for the Promotion of the Region of Murcia, by delegation, regarding the multi-year call for aid to incentivize the contracting of innovation and competitiveness services. Internationalization Voucher.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolution of June 22, 2025, of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, regarding the call for aid aimed at promoting innovation and entrepreneurship. Incubators.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>SME Innova 2025 Call for Proposals - Seville Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Royal Decree 905/2022, of October 25, regulating the Wine Sector Intervention within the framework of the Strategic Plan of the Common Agricultural Policy_Call 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>ORDER of 10 JANUARY 2025, of the General Directorate of Agricultural and Livestock Production, by which aid is called for the execution of national veterinary programs by the Livestock Health Defense Associations of non-competitive concurrence</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Order of January 27, 2025, which makes the call for the year 2025 of subsidies corresponding to the operations of Organic Farming Maintenance of Dryland Fruit Trees and Irrigated Fruit Trees (6503.2), corresponding to the Interventions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Order of 28 January 2025, by which the call for the year 2025 of the subsidy for operation 10.1.14 Limestone amendment of the soil for prevention and control of root rot in dehesa formations of Measure 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Order of March 27, 2025, 2025 call for aid aimed at the execution, through the Livestock Health Defense Groups, of health programs that do not have community funding under a competitive bidding system</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Order of April 30, 2025, subsidies aimed at promoting integration and merger processes of agri-food associations. Line 1 - Aid for the promotion and encouragement of the integration of agri-food associations</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Order of April 30, 2025, subsidies aimed at promoting integration and merger processes of agri-food associations. Line 2 - Aid to promote and encourage the merger of agri-food associations in Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Resolution of May 8, 2025 announcing grants to organizations and entities representing the agricultural and rural development sector in Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Order of May 20, 2025, approving the regulatory bases for the granting of subsidies, under a competitive bidding system, aimed at owners of agricultural and livestock farms in municipalities affected by DANA 2024/2025 damage</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Order of December 16, 2025, which calls for applications for the year 2026 for aid aimed at the execution, through the Livestock Health Defense Groups, of health programs that do not have community funding.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025, of the Directorate General for Industries, Innovation and the Agri-food Chain, announcing grants for investments in the processing, marketing and/or development of agri-food products for the 2026 financial year. Intervention 68422-01 SMEs</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025, of the Directorate General for Industries, Innovation and the Agri-food Chain, announcing the call for applications for 2026 for aid for investments in the processing, marketing and/or development of agri-food products. FRUITS AND VEGETABLES. SMEs</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>RESOLUTION of 29 MAY 2025, LINE 4.2 inclusion of Ordinary Company Lab. De Minimis Agricultural</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolution of May 2, 2025, of the SGIM, by which the just transition incentives in the province of Almería are called for the tractor project «Innovation and sustainability in the auxiliary industry of Almería agriculture»</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolution of XX of XXX of 2025 announcing competitive grants for innovation projects developed by Technology Centers. Line 5 of the Order of February 10, 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RESOLUTION, of XX of XXXX of 2025, of the DG for the PROMOTION OF INNOVATION, CONVENING FOR THE 2025 FISCAL YEAR, IN COMPETITIVE CONTEST, THE GRANTING OF SUBSIDIES FOR INNOVATION PROJECTS BY CLUSTERS LINE 2 NON-STATE AID</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUTION, of XX of XXXX of 2025, of the DG of PROMOTION OF INNOVATION, WHICH CALLS FOR THE 2025 FISCAL YEAR, IN COMPETITIVE CONTEST, THE GRANTING OF SUBSIDIES FOR INNOVATION PROJECTS BY THE CLUSTERS LINE 2 R (EU) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUTION, of XX of XXXX of 2025, of the DG of PROMOTION OF INNOVATION, WHICH CALLS FOR THE 2025 FISCAL YEAR, IN COMPETITIVE CONTEST, THE GRANTING OF SUBSIDIES FOR THE ACQUISITION OF EQUIPMENT AND IMPROVEMENT OF INFRASTRUCTURE IN C.TECN. LINE 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Order AGA/…/2024, of December 19, which calls for subsidies for the provision of agricultural advisory services, within the framework of the National Strategic Plan of the CAP 2023-2027, for Aragon, for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>ORDER AGA/268/2025, of March 6, which calls for subsidies in the field of cooperation for the operational groups of the European Innovation Partnership (EIP), within the framework of the National Strategic Plan of the CAP 23-27, for Aragon for 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>ORDER AGA/685/2025, of June 23, approving the regulatory bases and the call for aid on damages to production and infrastructure of agricultural holdings as a result of torrential rains 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Order AGA/XX/2025, of XX, which calls for subsidies for the contracting of agricultural insurance in the autonomous community of Aragon, for the year 2025 for the lines of the forty-sixth combined agricultural insurance plan (plan 2025)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025 of , WHICH CALLS FOR SUBSIDIES FOR PART OF THE COST OF CONTRACTING AGRICULTURAL INSURANCE FOR THE YEAR 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…/2025, of December 17, which calls for subsidies for the provision of agricultural advisory services, within the framework of the National Strategic Plan of the CAP 2023-2027, for Aragon, for the year 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>Order AGA/ /2024, of October 7, which calls for subsidies for investments in processing facilities and in wine infrastructure, marketing structures and instruments, for the year 2025 (financial year 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>ORDER of January 23, 2025, establishing the rules for extraordinary aid granted by the Autonomous Community to provide financial support to Aragonese agricultural cooperatives and approving its call for applications</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Order AGA/ /2025, of April 7, approving the call to supplement in 2025, charged to the FITE 2023 agreement, the subsidies granted under the Orders for agri-food industries 2022 and 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025 of August 26th, which calls for subsidies for investments in the transformation, marketing and development of agricultural products (agri-food industries), within the framework of PEPAC for the period 2023-2027 for the year 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025, of January 20, for the submission of the single application for aid under the Common Agricultural Policy for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>ORDER/AGA/284/2025, of March 10, from the Minister of Agriculture, Livestock and Food, announcing subsidies aimed at improving the production and marketing of beekeeping products for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Order of May 16, 2025, from the Vice President and Minister of the Presidency, Economy and Justice of the Government of Aragon, which calls for aid to small and medium-sized enterprises for digitization actions.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty convening Action III.1 “Aid for the supply of breeding animals of pure breeds or commercial breeds originating from the Community” for the 2025 campaign</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing the call for applications for the 2025 campaign for aid under sub-action III.2.4 "Aid for the import of calves intended for fattening"</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty convening for the 2025 Campaign Action I.5 “Aid to traditional winter tomato producers” of the Community Support Program for Canary Island agricultural production</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing the call for applications for the 2025 campaign for “aid for the production of quality honey from the native black bee breed”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing, for the 2025 campaign, the surface aid to aloe vera and olive producers.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY, CONVENING THE 2025 CAMPAIGN FOR AID PER HECTARE FOR THE MAINTENANCE OF VINE CULTIVATION INTENDED FOR THE PRODUCTION OF WINES WITH DESIGNATION OF ORIGIN</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>EXTRACT from the ORDER of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing, for the 2025 campaign, the aid of Action III.2, support for the beef sector</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING THE AID FOR THE 2025 CAMPAIGN OF ACTION III.6 AID FOR THE PRODUCTION OF LOCAL GOAT AND SHEEP MILK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING THE AID FOR THE 2025 CAMPAIGN OF ACTION III.4 AID FOR THE PRODUCTION OF LOCAL CATTLE MILK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Subsidies for agri-environmental commitments on agricultural land and commitments and activities for the conservation of genetic resources (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Order convening subsidies for 2025 to support non-profit agricultural professional associations</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Call for aid to municipalities for the construction of new works and improvement of agricultural infrastructure 2024-2025, regulated by Order DES/25/2024, of August 14.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Order DES/07/2025, of February 24, 2025, which calls for the aid financed by the EAGF (European Agricultural Guarantee Fund) and EAFRD (European Agricultural Fund for Rural Development) included in the single application for the year 2025 and includes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Call for applications for aid to livestock health defense groups recognized in Cantabria for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Call for aid for the year 2025 to the Professional Agricultural Organizations and Agricultural Cooperatives of Cantabria for collaborating in the completion of the applications for the call for aid financed by the FEAGA and EAFRD</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...5 lines deleted...]
-    <t>Order of July 21, 2025, of the Ministry of Water, Agriculture, Livestock, and Fisheries, approving the 2025 call for intervention aid in the beekeeping sector of the Autonomous Community of the Region of Murcia.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Call for aid for the establishment of young and new farmers in Cantabria in the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>ORDER IND/57/2024, of December 4, approving the Call for the year 2025 for aid to crafts in Cantabria (Primary production of agricultural products.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Order IND/39/2025, of August 20, approving the call for applications for subsidies for 2025 for trade associations and their federations and confederations, and retail cooperatives. Not subject to de minimis</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Order of December 21, 2025 of the Ministry of Industry, Trade and Employment, which calls for subsidies for the year 2026 aimed at the acquisition of new industrial machinery in industrial companies of Castilla y León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Order of January 27, 2025, from the Ministry of Agriculture, Livestock and Rural Development, which calls for interventions in the form of direct payments, rural development interventions and the establishment of common requirements.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Order of March 23, 2025 from the Ministry of Agriculture, Livestock and Rural Development, which calls for aid for vaccination against salmonella in laying hens in Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Order of March 21, 2025 of the Ministry of Agriculture, Livestock and Rural Development, which calls for aid for the restructuring and conversion of vineyards in the community of Castilla y León for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Order of April 8, 2025 from the Ministry of Agriculture, Livestock and Rural Development, which calls for aid for the green harvesting of vineyards in the Community of Castilla y León for the 2025 harvest.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Order of 22/04/2025 of the Ministry of Agriculture, Livestock and Rural Development, by which subsidies for transformation covered by Intervention 6842.1 (environmental objectives) of the PEPAC co-financed by the EAFRD - Line MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Order of May 19, 2025 of the Ministry of Agriculture, Livestock and Rural Development, which calls for aid intended for the control of milk yield to the entities officially recognized for carrying out milk control.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Order of May 23, 2025 from the Ministry of Agriculture, Livestock and Rural Development, which calls for aid aimed at promoting Spanish native breeds.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Order of May 26, 2025 of the Ministry of Agriculture, Livestock and Rural Development, which calls for subsidies for the subscription of agricultural insurance policies included in the Combined Annual Agricultural Insurance Plans.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Order of May 28, 2025 of the Ministry of Agriculture, Livestock and Rural Development by which the aids of the Apicultural Sectoral Intervention are called for the 2025 beekeeping campaign within the framework of the PEPAC 2023-2027 in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Order of May 23, 2025 of the Ministry of Agriculture, Livestock and Rural Development, which calls for aid aimed at promoting the breeding and registration of purebred specimens of Castile and León in the genealogical books.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Order of 12/08/2025, from the Ministry of Agriculture, Livestock and Rural Development, which calls for the year 2025 the aid for the promotion of the sizing of agri-food cooperatives, in the autonomous community of Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2025, from the Ministry of Agriculture, Livestock and Rural Development, announcing grants for training, information and demonstration activities within the framework of the PEPAC of Spain 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Order of 12-December-2025 of the Ministry of Economy and Finance making the call for the year 2026 aimed at developing and improving the research and innovation capacities of the business fabric through the AAEEII of CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Order of May 7, 2025, from the Ministry of Industry, Trade and Employment, announcing the subsidies for the year 2025 of the program to support the creation and employment in cooperatives and worker-owned companies. Program II.- Investments</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Order of June 19, 2025, from the Ministry of Industry, Trade and Employment, announcing subsidies to promote succession planning in self-employment in Castile and León (Relevacyl Autoempleo). Year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Order of June 19, 2025, of the C. of Industry, Commerce and Employment, by which subsidies are called to promote the entrepreneurial spirit to guarantee productive renewal through the representative org. of self-employed and the social economy.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Order MAV/625/2025, of June 12, approving the regulatory bases and calling for subsidies for the digitalization of companies of first processing of wood and other timber products (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Order MAV/624/2025, of June 12, approving the regulatory framework and announcing grants for digital entrepreneurship projects and forestry startups in Castilla y León (RETECHFOR, PRTR, Next Generation EU funds)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Support for scientific research projects and technology transfer, co-financed by the ERDF (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Resolution, of 08/04/2025, of the General Directorate of Agriculture and Livestock, by which the call for aid of the Apicultural Sectoral Intervention in the framework of the Strategic Plan of the Common Agricultural Policy in Castilla-La Mancha is made, for the</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolution of 11/12/2025, of the DG of Agriculture and Livestock, by which the aid of the Intervention 6505.2 Activities of conservation, use and sustainable development of livestock genetic resources in Castilla-La Mancha is called in 2025</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Resolution of 21/11/2024, of the General Directorate of Agri-food Production and Cooperatives, by which the aid to promote is called, under a competitive bidding system, by the advance processing procedure, for the year 2025.</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolution of 22/11/2024, of the General Directorate of Agri-food Production and Cooperatives, by which the aid for cooperation for information and promotion of the pr is called, by the advance processing procedure, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Resolution of 17/12/2024, of the General Directorate of Rural Development, by which the aid for the establishment of young people in agriculture and investments for the improvement and are called for the year 2025, by the advance processing procedure.</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Order of bases for grants for training actions in digital skills, aimed preferably at women in rural areas, National Plan. Digital skills, of the PRTR, financed by the EU -Next Generation EU-, and call 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Resolution of 23/12/2025, of the General Directorate of Rural Development, by which the aid for the establishment of young people in agriculture and investments for the improvement and/or</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolution of 18/12/2024, of the General Directorate of Agricultural Planning, by which the subsidies intended for the promotion of native Spanish breeds are called for in the year 2025, through the advance processing procedure.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolution of 18/12/2024, of the General Directorate of Agricultural Planning, by which subsidies for the control of milk yield in Castilla-La Mancha are called for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Resolution of 27/05/2025, of the General Directorate of Agricultural Planning, establishing the call for additional aid for the contracting of agricultural insurance in Castilla-La Mancha included in the forty-sixth Combined Agricultural Insurance Plan (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolution of 30/05/2025, of the General Directorate of Agri-food Production and Cooperatives, by which the call is made, under de minimis regime, for in-kind aid for group participation in the stand that will be contracted by the Ministry of Agriculture, Livestock and Rural Development for attendance at the Fruit Attraction 2025 agri-food fair.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Resolution, of 18/11/2025, of the General Directorate of Agri-food Production and Cooperatives, by which the aid to promote lap is called, under a competitive concurrence regime, by the advance processing procedure, for the year 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Resolution of 16/12/2025, of the General Directorate of Agri-food Production and Cooperatives, by which the aid for information and promotion of agricultural and food products is called, under a competitive bidding system, for the year 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Resolution of 22/04/2025, of the General Secretariat, by which the call is made, under a competitive bidding system, for the year 2025, for aid to professional agricultural organizations and non-profit associative entities, for</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Call for applications for 20 scholarships for enrollment in the 2025 summer course of the Vice-Rectorate for Culture, Sport and Social Commitment of the UCLM “Entrepreneurship in the veterinary and agricultural sector: opportunities and challenges” CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Resolution of 04/08/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid is called, under the de minimis regime, for the possession and maintenance of mastiff dogs for the defense and guarding of sheep and goats</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Subsidies for business competitiveness vouchers: Innovation 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Aid for the transformation of Catalan agri-food cooperatives and the promotion of competitiveness and environmental, social and economic sustainability (IMPULS.COOP) corresponding to 2025, 2026 and 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Aid for the agricultural sector in the area of plant health 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Aid for the development and validation of innovative treatments in the management of livestock manure corresponding to 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>De minimis adjustments to agricultural diversification associated with the global exploitation contract in the framework of the PDR in Catalonia 2023-2027 for any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Aid for the improvement of the transformation and marketing processes of agri-food products corresponding to the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of actions by forest defense groups (ADF) for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Aid for the conservation of agricultural genetic resources directed to conservation entities, within the framework of the CAP strategic plan 2023-2027 corresponding to 2025</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Aid for the lines of the 2025 Agricultural Insurance Plan (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Resolution EMT//2024, of, by which the advance call for the year 2025 is opened for the granting of subsidies to promote the hiring with training within the framework of the agricultural campaigns in Lleida (SOC - AGRICULTURAL CAMPAIGN IN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Aid to municipalities in the Community of Madrid for the development of commercial and trade fair promotion activities 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Aid for Integrated Treatment Groups in Agriculture (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Supplementary income support for young farmers 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Aid for farmers of certain crops facing difficulties in the 2025 season</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AID FOR AGRICULTURAL PROFESSIONAL ORGANIZATIONS AND AGRICULTURAL COOPERATIVE UNION (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AID FOR AGRICULTURAL COOPERATIVES (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Order of December 29, 2025 establishing the regulatory bases of the Galicia Suma Talento: Empléate Program of incentives for hiring in ordinary companies, and proceeding to its call for the year 2026</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Order of December 29, 2025 establishing the regulatory bases for the granting of public subsidies, intended for the financing of the Investigo Program, for the hiring of young job seekers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Order of December 30, 2025 establishing the regulatory framework for the incentive program for companies classified as technology-based employment initiatives (IEBT), and announcing its call for applications for the year 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>Call derived from the regulatory bases of the aid to support the scientific activity of research groups in Catalonia (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Aid to cover the price of diesel fuel consumed by agricultural producers, Articles 24 to 27 of Royal Decree-Law 20/2022. Year 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Order of the Vice President and Minister of the Presidency, Economy and Justice of the Government of Aragon, convening aid for small and medium-sized enterprises for digitization actions</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Order IND/8/2026, of February 25, approving the call for subsidies aimed at promoting employment and improving competitiveness in cooperatives and worker-owned companies. Regulation (EU) 1408/2013 on De Minimis Agricola.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Order of February 27, 2025, from the Ministry of Industry, Trade and Employment, announcing subsidies for the financing of professional activity support units in special employment centers for the year 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>ORDER AGA/XXX/2026, of XX of xxxx, of the Minister of Agriculture, Livestock and Food, by which subsidies are called for the improvement of the production and marketing of apiculture products, for the year 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>National Agricultural Machinery Fleet Renewal Plan (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Extract from the Order of 13 March 2025 of the Ministry of Agriculture, Fisheries and Food announcing the “Foods of Spain Best Wines, year 2025” Award</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extract from the Order of 17 March 2025 of the Ministry of Agriculture, Fisheries and Food convening the “Foods of Spain Award for the Best Spirit Drink with Geographical Indication, year 2025”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extract from the Order of April 7, 2025 of the Ministry of Agriculture, Fisheries and Food, which announces the "Foods of Spain to the Best Hams" Award, year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolution of April 25, 2025 of the Spanish Agricultural Guarantee Fund (FEGA), which calls for aid for material or immaterial investments in the transformation, marketing or development of agri-food products PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Multi-regional training programs 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>National Agricultural Machinery Fleet Renewal Plan (PLAN RENOVE) for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>Extract from the Order of February 3, 2025 of the Ministry of Agriculture, Fisheries and Food announcing the “Foods of Spain, year 2025” Award</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Resolution of March 27, which calls for applications for the 2025 financial year for the Cultiva program, relating to training stays for young farmers in model farms</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Resolution of November 17, 2025, of the FEGA, by which subsidies are announced in advance for the performance of applied research projects in the beekeeping sector and its products within the ISA, within the PEPAC framework.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolution of December 16, 2025, of the FEGA, by which the subsidies for advisory services of supra-regional scope are called in advance within the framework of the PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Resolution of May 22, 2025 of the Presidency of the Centre for Technological Development and Innovation EPE (CDTI), approving the call for the year 2025 for aid intended for R&amp;D projects Science and Innovation Missions.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Order of November 24, 2025 approving the 2025 call for aid to public-private collaboration projects (aid for non-economic activities of research bodies).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Call for applications for 2025 for aid to support innovative business groups in order to improve their competitiveness and their contribution to strategic autonomy</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025. Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>2025 Agricultural Employment Promotion Program for Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>2025 Agricultural Employment Promotion Program for Projects Generating Stable Employment</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>GRANTS PROGRAM FOR THE PROMOTION OF AGRICULTURAL EMPLOYMENT 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025 (Stable Employment)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025 (Income Guarantee)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Program for the Promotion of Agricultural Employment in Depressed Rural Areas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAM FOR THE PROMOTION OF AGRICULTURAL EMPLOYMENT IN DEPRESSED RURAL AREAS (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...260 lines deleted...]
-    <t>2025-04-29</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>ORDER CONVENING GRANTS FOR THE FINANCING OF INNOVATIVE PROJECTS FOR TERRITORIAL TRANSFORMATION AND THE FIGHT AGAINST DEPOPULATION, PROMOTED BY NON-PROFIT ENTITIES, DURING THE YEAR 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Aid for the incorporation of new farmers. 2025 Call for Applications</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AID FOR INVESTMENTS, MODERNIZATION AND/OR IMPROVEMENT OF AGRICULTURAL HOLDINGS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>Aid for the production and marketing of honey, year 2025, FEAGA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>Resolution of 04/22/2025, of the General Secretariat, by which the call is made, under a competitive regime, for the year 2025, for aid to professional agricultural organizations and non-profit associative entities, for</t>
-[...257 lines deleted...]
-    <t>EAFRD aids to promote afforestation of agricultural lands, Madrid 2025</t>
+    <t>EAFRD aid for promoting afforestation of agricultural land Community of Madrid 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>AID TO COMPANIES SEC AGR.GANAD.FOREST AND INDUST DESARR PROY INV 2025</t>
-[...254 lines deleted...]
-    <t>2025-06-10</t>
+    <t>FEADER.AID FOR ORGANIC AGRICULTURE AND LIVESTOCK.PEPAC.PROG 2025-29 AND ANNUAL</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>Order of May 23, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing grants for the promotion of breeding and registration of purebred Castilian and León horses in genealogical records.</t>
-[...296 lines deleted...]
-    <t>EAFRD AID FOR THE INCORPORATION OF YOUNG FARMERS, CALL FOR 2025</t>
+    <t>EAFRD AID FOR YOUNG FARMERS ENTERING THE FARM - 2025 CALL FOR APPLICATIONS</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>ORDER AGA/685/2025, of June 23, approving the regulatory bases and the call for aid for damage to agricultural production and infrastructure as a result of torrential rains in 2025.</t>
-[...1733 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+    <t>Order of December 30, 2025 establishes the regulatory bases for the call for applications for the year 2026 for aid for studies and investments linked to the conservation, recovery and rehabilitation of natural and cultural heritage and sensitivity.</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025, convening aid for the valorization, second transformation and eco-innovation of forest products and the digitization of the second transformation and eco-innovation of forest products</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Resolution of December 31, 2025, establishing and announcing the grants for the organization of non-regulated training activities and dissemination activities that promote knowledge and competitiveness of the forestry industry</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>Call for applications for 2026, for the 2025 financial year, for the granting of subsidies under line 2 to social enterprises for the implementation of actions to improve employment and the labor market integration of groups at risk of social exclusion</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Resolution of March 9, 2026, of the Regional Ministry of Rural Affairs and Agricultural Policy, announcing the call for applications for aid under the Interventions in the form of direct payments and Rural Development Interventions. Conv 2026</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Call for Aid for the Production and Marketing of Honey, within the Framework of the Apicultural Sectoral Intervention for the YEAR 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Resolution of March 13, 2026, Subsidy Order of April 9, 2025 Line 4.2. Subsidies to private companies in the ordinary labor market for each participant they hire during the three months following the end of the Agricultural De Minimis itinerary</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Order of December 29, 2025, establishing the regulatory framework for the Aid Program to implement workplace equality, work-life balance and corporate social responsibility (CSR), and announcing its call for applications for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 approving the regulatory bases for the granting of IA360 aid aimed at promoting business innovation in competitive competition (IG408M)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolution of December 29, 2025, of the Galician Institute of Consumer Affairs and Competition, call for aid to associations to carry out actions of information, mediation, advice and assistance during the year 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>Resolution of March 9, 2026, of the Ministry of Rural Affairs and Agricultural Policy, by which the aid of the Interventions in the form of direct payments to agriculture and livestock and of the Rural Development Interventions within</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 establishing funds for investments in forestry technologies, processing, mobilization and marketing of forestry products</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
   </si>
   <si>
     <t>Aid 2026 intended for the Improvement of Energy Efficiency of Irrigation (program II) whose promoters are irrigation communities, s/Resolution of the General Secretariat dated 18/12/2025 that approves the call for aid for the year 2026.</t>
   </si>
   <si>
     <t>2026-03-25</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
   </si>
   <si>
-    <t>RESOLUTION of December 29, 2025 approving the multi-year call for subsidies for the line of promotion of contracting and regularization of Combined Agricultural Insurance in the 2026 financial year under the modality of advance expenditure</t>
-[...52 lines deleted...]
-  <si>
     <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
   </si>
   <si>
     <t>2026-03-26</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
-  </si>
-[...103 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3473,66 +2948,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H359"/>
+  <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H359"/>
+      <selection activeCell="A1" sqref="A1:H293"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="566.148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3546,9173 +3021,7533 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C7" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G13" s="1"/>
       <c r="H13" s="1" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="H16" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H18" s="1" t="s">
         <v>71</v>
-      </c>
-[...17 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C21" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>89</v>
-      </c>
-[...8 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H24" s="1" t="s">
         <v>93</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>100</v>
-      </c>
-[...14 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>103</v>
-      </c>
-[...19 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28" s="1" t="s">
         <v>107</v>
-      </c>
-[...19 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="1" t="s">
         <v>111</v>
-      </c>
-[...19 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>19</v>
+        <v>117</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>126</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H34" s="1" t="s">
         <v>130</v>
-      </c>
-[...13 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H37" s="1" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>84</v>
+        <v>146</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>146</v>
+        <v>45</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>149</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>154</v>
+        <v>87</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H46" s="1" t="s">
         <v>164</v>
-      </c>
-[...13 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="1" t="s">
         <v>166</v>
-      </c>
-[...19 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>153</v>
+        <v>178</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>19</v>
+        <v>179</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>177</v>
+        <v>51</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>178</v>
+        <v>52</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G51" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H51" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G52" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H52" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G53" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H53" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>177</v>
+        <v>191</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>113</v>
+        <v>195</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>123</v>
+        <v>199</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>146</v>
+        <v>203</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>123</v>
+        <v>202</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G58" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H58" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>117</v>
+        <v>208</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>201</v>
+        <v>175</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>37</v>
+        <v>212</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>19</v>
+        <v>215</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>206</v>
+        <v>169</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>130</v>
+        <v>215</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>93</v>
+        <v>169</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>211</v>
+        <v>129</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>216</v>
+        <v>121</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>217</v>
+        <v>129</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>109</v>
+        <v>227</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>178</v>
+        <v>231</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>143</v>
+        <v>239</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>143</v>
+        <v>239</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>143</v>
+        <v>245</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>228</v>
+        <v>247</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>229</v>
+        <v>248</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>143</v>
+        <v>249</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>233</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>228</v>
+        <v>251</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>229</v>
+        <v>211</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>143</v>
+        <v>252</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>228</v>
+        <v>255</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>229</v>
+        <v>256</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>143</v>
+        <v>257</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>235</v>
+        <v>258</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>228</v>
+        <v>259</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>229</v>
+        <v>260</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>143</v>
+        <v>261</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>237</v>
+        <v>263</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>238</v>
+        <v>45</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>239</v>
+        <v>264</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>240</v>
+        <v>265</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>238</v>
+        <v>266</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>109</v>
+        <v>267</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>241</v>
+        <v>268</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>242</v>
+        <v>269</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>243</v>
+        <v>270</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>220</v>
+        <v>271</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>244</v>
+        <v>272</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>245</v>
+        <v>273</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>154</v>
+        <v>45</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>247</v>
+        <v>276</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>248</v>
+        <v>51</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>29</v>
+        <v>253</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>251</v>
+        <v>279</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>252</v>
+        <v>280</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>108</v>
+        <v>281</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>253</v>
+        <v>282</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>254</v>
+        <v>283</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>255</v>
+        <v>284</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>256</v>
+        <v>285</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>257</v>
+        <v>286</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>258</v>
+        <v>287</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>259</v>
+        <v>169</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>261</v>
+        <v>288</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>262</v>
+        <v>289</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>259</v>
+        <v>290</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>143</v>
+        <v>169</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>161</v>
+        <v>253</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>263</v>
+        <v>291</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>264</v>
+        <v>292</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>265</v>
+        <v>293</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>138</v>
+        <v>294</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>267</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>268</v>
+        <v>296</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>108</v>
+        <v>297</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>123</v>
+        <v>298</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G86" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>253</v>
+      </c>
       <c r="H86" s="1" t="s">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>270</v>
+        <v>300</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>108</v>
+        <v>160</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>9</v>
+        <v>301</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>271</v>
+        <v>302</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>108</v>
+        <v>304</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>9</v>
+        <v>305</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>273</v>
+        <v>306</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>274</v>
+        <v>307</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>108</v>
+        <v>308</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>9</v>
+        <v>309</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>276</v>
+        <v>311</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>133</v>
+        <v>312</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>277</v>
+        <v>313</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>278</v>
+        <v>314</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>133</v>
+        <v>315</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>9</v>
+        <v>239</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>279</v>
+        <v>316</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>280</v>
+        <v>317</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>88</v>
+        <v>318</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>281</v>
+        <v>319</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>282</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>283</v>
+        <v>321</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>183</v>
+        <v>120</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>284</v>
+        <v>322</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>285</v>
+        <v>323</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>286</v>
+        <v>324</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>154</v>
+        <v>325</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>288</v>
+        <v>326</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>289</v>
+        <v>327</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>290</v>
+        <v>65</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>77</v>
+        <v>125</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G95" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H95" s="1" t="s">
-        <v>291</v>
+        <v>328</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>292</v>
+        <v>329</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>290</v>
+        <v>125</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>77</v>
+        <v>330</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G96" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H96" s="1" t="s">
-        <v>293</v>
+        <v>331</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>294</v>
+        <v>332</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>295</v>
+        <v>121</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>296</v>
+        <v>129</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>297</v>
+        <v>333</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>298</v>
+        <v>334</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>299</v>
+        <v>335</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>284</v>
+        <v>129</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>301</v>
+        <v>337</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>220</v>
+        <v>129</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>302</v>
+        <v>338</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>303</v>
+        <v>339</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>284</v>
+        <v>37</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>304</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>305</v>
+        <v>341</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>284</v>
+        <v>37</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>306</v>
+        <v>342</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>307</v>
+        <v>343</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>299</v>
+        <v>344</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>284</v>
+        <v>345</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>308</v>
+        <v>346</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>309</v>
+        <v>347</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>168</v>
+        <v>83</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>310</v>
+        <v>345</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>311</v>
+        <v>348</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>312</v>
+        <v>349</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>299</v>
+        <v>344</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>77</v>
+        <v>345</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>313</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>154</v>
+        <v>344</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>287</v>
+        <v>345</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>315</v>
+        <v>352</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>316</v>
+        <v>353</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>220</v>
+        <v>354</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>317</v>
+        <v>199</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>318</v>
+        <v>355</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>319</v>
+        <v>356</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>154</v>
+        <v>354</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>320</v>
+        <v>199</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>321</v>
+        <v>357</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>322</v>
+        <v>358</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>183</v>
+        <v>359</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>287</v>
+        <v>136</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>39</v>
+        <v>360</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>323</v>
+        <v>361</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>324</v>
+        <v>362</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>295</v>
+        <v>363</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>325</v>
+        <v>364</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>161</v>
+        <v>360</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>326</v>
+        <v>365</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>327</v>
+        <v>366</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>256</v>
+        <v>367</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>328</v>
+        <v>305</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>97</v>
+        <v>360</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>329</v>
+        <v>368</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>330</v>
+        <v>369</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>256</v>
+        <v>370</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>328</v>
+        <v>371</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>97</v>
+        <v>360</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>331</v>
+        <v>372</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>332</v>
+        <v>373</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>256</v>
+        <v>374</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>328</v>
+        <v>375</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>333</v>
+        <v>376</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>334</v>
+        <v>377</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>256</v>
+        <v>378</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>328</v>
+        <v>379</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>335</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>336</v>
+        <v>381</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>337</v>
+        <v>105</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>338</v>
+        <v>382</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>339</v>
+        <v>383</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>340</v>
+        <v>384</v>
       </c>
       <c r="B115" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C115" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>342</v>
+        <v>386</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>343</v>
+        <v>387</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>146</v>
+        <v>388</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>344</v>
+        <v>136</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>201</v>
+        <v>170</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>345</v>
+        <v>389</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>346</v>
+        <v>387</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>347</v>
+        <v>388</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>348</v>
+        <v>136</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>349</v>
+        <v>390</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>350</v>
+        <v>387</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>351</v>
+        <v>388</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>352</v>
+        <v>391</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>353</v>
+        <v>387</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>256</v>
+        <v>388</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>354</v>
+        <v>136</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>355</v>
+        <v>392</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>356</v>
+        <v>387</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>88</v>
+        <v>388</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>358</v>
+        <v>393</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>359</v>
+        <v>387</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>256</v>
+        <v>388</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>328</v>
+        <v>136</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>360</v>
+        <v>394</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>361</v>
+        <v>387</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>351</v>
+        <v>388</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>310</v>
+        <v>136</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>362</v>
+        <v>395</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>363</v>
+        <v>387</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>364</v>
+        <v>388</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>328</v>
+        <v>136</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>365</v>
+        <v>396</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>397</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>364</v>
+        <v>325</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>328</v>
+        <v>37</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>367</v>
+        <v>398</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>368</v>
+        <v>399</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>348</v>
+        <v>400</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>369</v>
+        <v>146</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F125" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G125" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>370</v>
+        <v>401</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>371</v>
+        <v>402</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>341</v>
+        <v>248</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>372</v>
+        <v>403</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F126" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G126" s="1" t="s">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>373</v>
+        <v>404</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>374</v>
+        <v>405</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>375</v>
+        <v>406</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>376</v>
+        <v>403</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F127" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G127" s="1" t="s">
-        <v>266</v>
+        <v>170</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>377</v>
+        <v>407</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>378</v>
+        <v>408</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>24</v>
+        <v>409</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>379</v>
+        <v>403</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F128" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G128" s="1" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>381</v>
+        <v>411</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>93</v>
+        <v>412</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>372</v>
+        <v>413</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F129" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G129" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>382</v>
+        <v>415</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>383</v>
+        <v>416</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>93</v>
+        <v>417</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>372</v>
+        <v>418</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F130" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G130" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>384</v>
+        <v>419</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>385</v>
+        <v>420</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>93</v>
+        <v>129</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>372</v>
+        <v>421</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F131" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G131" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>386</v>
+        <v>422</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>387</v>
+        <v>423</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F132" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G132" s="1" t="s">
-        <v>266</v>
+        <v>414</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>388</v>
+        <v>424</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>389</v>
+        <v>425</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>93</v>
+        <v>426</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>390</v>
+        <v>37</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F133" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>44</v>
+        <v>414</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>391</v>
+        <v>427</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>392</v>
+        <v>428</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>93</v>
+        <v>426</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F134" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>44</v>
+        <v>414</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>394</v>
+        <v>429</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>284</v>
+        <v>92</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>372</v>
+        <v>431</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G135" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>414</v>
+      </c>
       <c r="H135" s="1" t="s">
-        <v>396</v>
+        <v>432</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>397</v>
+        <v>433</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>55</v>
+        <v>434</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F136" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G136" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>398</v>
+        <v>435</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>399</v>
+        <v>436</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>93</v>
+        <v>437</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>37</v>
+        <v>438</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F137" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>195</v>
+        <v>22</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>400</v>
+        <v>439</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>401</v>
+        <v>440</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>37</v>
+        <v>442</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G138" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H138" s="1" t="s">
-        <v>402</v>
+        <v>443</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>403</v>
+        <v>444</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F139" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G139" s="1" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>404</v>
+        <v>445</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>405</v>
+        <v>446</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F140" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>406</v>
+        <v>447</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>407</v>
+        <v>448</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>24</v>
+        <v>413</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>37</v>
+        <v>449</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F141" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G141" s="1" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>408</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>409</v>
+        <v>451</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>287</v>
+        <v>325</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G142" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H142" s="1" t="s">
-        <v>410</v>
+        <v>452</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>411</v>
+        <v>453</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>379</v>
+        <v>37</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F143" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G143" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>412</v>
+        <v>454</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>413</v>
+        <v>455</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>295</v>
+        <v>77</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>296</v>
+        <v>78</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>414</v>
+        <v>456</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>415</v>
+        <v>457</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>364</v>
+        <v>33</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>416</v>
+        <v>458</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>417</v>
+        <v>459</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>418</v>
+        <v>460</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>256</v>
+        <v>141</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>419</v>
+        <v>461</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>420</v>
+        <v>462</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>421</v>
+        <v>463</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>284</v>
+        <v>464</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>422</v>
+        <v>465</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>423</v>
+        <v>466</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>424</v>
+        <v>467</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>328</v>
+        <v>464</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>425</v>
+        <v>465</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>426</v>
+        <v>468</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>427</v>
+        <v>469</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>428</v>
+        <v>37</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>429</v>
+        <v>470</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>430</v>
+        <v>471</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>431</v>
+        <v>472</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>310</v>
+        <v>257</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>376</v>
+        <v>473</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>432</v>
+        <v>474</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>433</v>
+        <v>472</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>328</v>
+        <v>257</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>434</v>
+        <v>473</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>435</v>
+        <v>475</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>436</v>
+        <v>476</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>437</v>
+        <v>88</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>438</v>
+        <v>477</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>439</v>
+        <v>478</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>440</v>
+        <v>479</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>284</v>
+        <v>99</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>441</v>
+        <v>477</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>442</v>
+        <v>480</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>443</v>
+        <v>481</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>296</v>
+        <v>99</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>444</v>
+        <v>477</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>445</v>
+        <v>482</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>403</v>
+        <v>483</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>446</v>
+        <v>99</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F155" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G155" s="1" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>404</v>
+        <v>484</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>448</v>
+        <v>485</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>379</v>
+        <v>486</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>372</v>
+        <v>487</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>449</v>
+        <v>489</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>450</v>
+        <v>490</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>451</v>
+        <v>491</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>43</v>
+        <v>492</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>34</v>
+        <v>488</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>453</v>
+        <v>494</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>419</v>
+        <v>99</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>441</v>
+        <v>239</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>105</v>
+        <v>488</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>454</v>
+        <v>495</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>128</v>
+        <v>496</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>416</v>
+        <v>497</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>56</v>
+        <v>488</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>455</v>
+        <v>498</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>456</v>
+        <v>499</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>457</v>
+        <v>500</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>458</v>
+        <v>169</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>49</v>
+        <v>488</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>459</v>
+        <v>501</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>460</v>
+        <v>502</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="C161" s="1"/>
       <c r="D161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>63</v>
+        <v>488</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>461</v>
+        <v>504</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>462</v>
+        <v>505</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>463</v>
+        <v>506</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>464</v>
+        <v>163</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>260</v>
+        <v>488</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>465</v>
+        <v>507</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>466</v>
+        <v>508</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>33</v>
+        <v>117</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>354</v>
+        <v>9</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>97</v>
+        <v>488</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>467</v>
+        <v>509</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>468</v>
+        <v>510</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>469</v>
+        <v>511</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>470</v>
+        <v>132</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>266</v>
+        <v>488</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>471</v>
+        <v>512</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>472</v>
+        <v>513</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>473</v>
+        <v>514</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>470</v>
+        <v>198</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>474</v>
+        <v>515</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>475</v>
+        <v>513</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>33</v>
+        <v>514</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>476</v>
+        <v>198</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>25</v>
+        <v>488</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>477</v>
+        <v>516</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>478</v>
+        <v>513</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>52</v>
+        <v>514</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>479</v>
+        <v>198</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>481</v>
+        <v>518</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>482</v>
+        <v>129</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>63</v>
+        <v>488</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>483</v>
+        <v>519</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>484</v>
+        <v>520</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>447</v>
+        <v>521</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>485</v>
+        <v>330</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>12</v>
+        <v>488</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>486</v>
+        <v>522</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>487</v>
+        <v>523</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>48</v>
+        <v>524</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>357</v>
+        <v>87</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>63</v>
+        <v>488</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>488</v>
+        <v>525</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>489</v>
+        <v>526</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>490</v>
+        <v>527</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>491</v>
+        <v>528</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>266</v>
+        <v>529</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>492</v>
+        <v>530</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>493</v>
+        <v>531</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>494</v>
+        <v>532</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>495</v>
+        <v>528</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G172" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>529</v>
+      </c>
       <c r="H172" s="1" t="s">
-        <v>496</v>
+        <v>533</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>447</v>
+        <v>109</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>485</v>
+        <v>125</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>25</v>
+        <v>529</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>498</v>
+        <v>535</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>499</v>
+        <v>536</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>500</v>
+        <v>537</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>390</v>
+        <v>538</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>195</v>
+        <v>529</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>501</v>
+        <v>539</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>499</v>
+        <v>540</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>500</v>
+        <v>315</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>390</v>
+        <v>74</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>195</v>
+        <v>529</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>502</v>
+        <v>541</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>499</v>
+        <v>542</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>500</v>
+        <v>375</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>390</v>
+        <v>543</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>195</v>
+        <v>529</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>503</v>
+        <v>544</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>504</v>
+        <v>545</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>164</v>
+        <v>546</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>77</v>
+        <v>234</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>195</v>
+        <v>529</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>505</v>
+        <v>547</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>506</v>
+        <v>548</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>507</v>
+        <v>51</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>508</v>
+        <v>239</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>260</v>
+        <v>529</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>509</v>
+        <v>549</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>510</v>
+        <v>550</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>357</v>
+        <v>239</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>266</v>
+        <v>529</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>511</v>
+        <v>551</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>512</v>
+        <v>552</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>164</v>
+        <v>553</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>513</v>
+        <v>449</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>266</v>
+        <v>529</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>514</v>
+        <v>554</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>515</v>
+        <v>555</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="C181" s="1"/>
+        <v>87</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>556</v>
+      </c>
       <c r="D181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>44</v>
+        <v>529</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>516</v>
+        <v>557</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>517</v>
+        <v>558</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>518</v>
+        <v>559</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>519</v>
+        <v>560</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>520</v>
+        <v>561</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>521</v>
+        <v>562</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>518</v>
+        <v>412</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>522</v>
+        <v>129</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>523</v>
+        <v>563</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>524</v>
+        <v>564</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>518</v>
+        <v>565</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>393</v>
+        <v>511</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>525</v>
+        <v>566</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>526</v>
+        <v>567</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>519</v>
+        <v>568</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>527</v>
+        <v>569</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>528</v>
+        <v>570</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>372</v>
+        <v>571</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>393</v>
+        <v>572</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>529</v>
+        <v>573</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>530</v>
+        <v>574</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>372</v>
+        <v>65</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>393</v>
+        <v>239</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>531</v>
+        <v>575</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>532</v>
+        <v>576</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>508</v>
+        <v>577</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>513</v>
+        <v>305</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>533</v>
+        <v>578</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>534</v>
+        <v>579</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>535</v>
+        <v>580</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>485</v>
+        <v>581</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>34</v>
+        <v>582</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>536</v>
+        <v>583</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>537</v>
+        <v>584</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>538</v>
+        <v>121</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>539</v>
+        <v>129</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>266</v>
+        <v>582</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>540</v>
+        <v>585</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>541</v>
+        <v>586</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>542</v>
+        <v>587</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>422</v>
+        <v>588</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>201</v>
+        <v>582</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>543</v>
+        <v>589</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>544</v>
+        <v>590</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>545</v>
+        <v>587</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>546</v>
+        <v>418</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>44</v>
+        <v>582</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>547</v>
+        <v>591</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>548</v>
+        <v>592</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>549</v>
+        <v>418</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>25</v>
+        <v>582</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>550</v>
+        <v>593</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>551</v>
+        <v>594</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>552</v>
+        <v>256</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>553</v>
+        <v>160</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>161</v>
+        <v>582</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>554</v>
+        <v>595</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>555</v>
+        <v>596</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>556</v>
+        <v>597</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>557</v>
+        <v>598</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>39</v>
+        <v>582</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>558</v>
+        <v>599</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>559</v>
+        <v>600</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>560</v>
+        <v>598</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>561</v>
+        <v>421</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>39</v>
+        <v>582</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>562</v>
+        <v>601</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>563</v>
+        <v>602</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>522</v>
+        <v>603</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>564</v>
+        <v>245</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>44</v>
+        <v>582</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>565</v>
+        <v>604</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-      <c r="C198" s="1"/>
+        <v>605</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>421</v>
+      </c>
       <c r="D198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>97</v>
+        <v>582</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>567</v>
+        <v>606</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-      <c r="C199" s="1"/>
+        <v>607</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>195</v>
+        <v>582</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>569</v>
+        <v>608</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>570</v>
+        <v>609</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>571</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>572</v>
+        <v>610</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>12</v>
+        <v>582</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>573</v>
+        <v>611</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>574</v>
+        <v>612</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>575</v>
+        <v>500</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>576</v>
+        <v>613</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>16</v>
+        <v>582</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>577</v>
+        <v>614</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>578</v>
+        <v>615</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>164</v>
+        <v>616</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>77</v>
+        <v>617</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G202" s="1"/>
+      <c r="G202" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H202" s="1" t="s">
-        <v>579</v>
+        <v>618</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>580</v>
+        <v>619</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>581</v>
+        <v>145</v>
       </c>
       <c r="C203" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G203" s="1"/>
       <c r="H203" s="1" t="s">
-        <v>583</v>
+        <v>620</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>584</v>
+        <v>621</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>581</v>
+        <v>99</v>
       </c>
       <c r="C204" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G204" s="1"/>
       <c r="H204" s="1" t="s">
-        <v>585</v>
+        <v>622</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>586</v>
+        <v>623</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>587</v>
+        <v>99</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>588</v>
+        <v>624</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1"/>
+      <c r="G205" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H205" s="1" t="s">
-        <v>589</v>
+        <v>625</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>590</v>
+        <v>626</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>587</v>
+        <v>627</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>588</v>
+        <v>628</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1"/>
+      <c r="G206" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H206" s="1" t="s">
-        <v>591</v>
+        <v>629</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>592</v>
+        <v>630</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>593</v>
+        <v>627</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>594</v>
+        <v>628</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>25</v>
+        <v>582</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>595</v>
+        <v>631</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>596</v>
+        <v>632</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>582</v>
+        <v>633</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>597</v>
+        <v>113</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>598</v>
+        <v>634</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>599</v>
+        <v>635</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>600</v>
+        <v>588</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>601</v>
+        <v>132</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>602</v>
+        <v>636</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>600</v>
+        <v>503</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>601</v>
+        <v>638</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>604</v>
+        <v>639</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>605</v>
+        <v>640</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>582</v>
+        <v>527</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>606</v>
+        <v>641</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>607</v>
+        <v>642</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>608</v>
+        <v>643</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>609</v>
+        <v>527</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>610</v>
+        <v>641</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>611</v>
+        <v>644</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>612</v>
+        <v>645</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>613</v>
+        <v>646</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>614</v>
+        <v>319</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>615</v>
+        <v>647</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>616</v>
+        <v>648</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>617</v>
+        <v>105</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>618</v>
+        <v>192</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>619</v>
+        <v>649</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>620</v>
+        <v>650</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>617</v>
+        <v>651</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>618</v>
+        <v>652</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>621</v>
+        <v>653</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>622</v>
+        <v>654</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>623</v>
+        <v>655</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>624</v>
+        <v>656</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>625</v>
+        <v>657</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>626</v>
+        <v>658</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>623</v>
+        <v>655</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>226</v>
+        <v>656</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>201</v>
+        <v>34</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>627</v>
+        <v>659</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>628</v>
+        <v>660</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>629</v>
+        <v>344</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>630</v>
+        <v>45</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>631</v>
+        <v>661</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>632</v>
+        <v>662</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>225</v>
+        <v>78</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>633</v>
+        <v>663</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>634</v>
+        <v>664</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>635</v>
+        <v>665</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>636</v>
+        <v>45</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>637</v>
+        <v>666</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>638</v>
+        <v>667</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>639</v>
+        <v>668</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>640</v>
+        <v>669</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>641</v>
+        <v>670</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>642</v>
+        <v>671</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>639</v>
+        <v>418</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>643</v>
+        <v>598</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>644</v>
+        <v>672</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>645</v>
+        <v>673</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>646</v>
+        <v>78</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>357</v>
+        <v>231</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>647</v>
+        <v>674</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>648</v>
+        <v>675</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>649</v>
+        <v>234</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>97</v>
+        <v>34</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>650</v>
+        <v>676</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>651</v>
+        <v>677</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>225</v>
+        <v>367</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>652</v>
+        <v>678</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>97</v>
+        <v>679</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>653</v>
+        <v>680</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>654</v>
+        <v>681</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>225</v>
+        <v>682</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>652</v>
+        <v>683</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>97</v>
+        <v>679</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>655</v>
+        <v>684</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>656</v>
+        <v>685</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>646</v>
+        <v>686</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>657</v>
+        <v>687</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>49</v>
+        <v>679</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>658</v>
+        <v>688</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>659</v>
+        <v>689</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>660</v>
+        <v>374</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>661</v>
+        <v>78</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>195</v>
+        <v>679</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>662</v>
+        <v>690</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>663</v>
+        <v>691</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>664</v>
+        <v>121</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>665</v>
+        <v>129</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>16</v>
+        <v>679</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>666</v>
+        <v>692</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>667</v>
+        <v>693</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>290</v>
+        <v>449</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>668</v>
+        <v>370</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>16</v>
+        <v>679</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>669</v>
+        <v>694</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>670</v>
+        <v>695</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>290</v>
+        <v>77</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>77</v>
+        <v>598</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>97</v>
+        <v>679</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>671</v>
+        <v>696</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>670</v>
+        <v>697</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>290</v>
+        <v>698</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>77</v>
+        <v>699</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>97</v>
+        <v>679</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>672</v>
+        <v>700</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>673</v>
+        <v>701</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>674</v>
+        <v>354</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>675</v>
+        <v>169</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>201</v>
+        <v>679</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>676</v>
+        <v>702</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>677</v>
+        <v>703</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>678</v>
+        <v>304</v>
       </c>
       <c r="C234" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G234" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H234" s="1" t="s">
-        <v>680</v>
+        <v>705</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>681</v>
+        <v>706</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>678</v>
+        <v>707</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>679</v>
+        <v>491</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>682</v>
+        <v>708</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>683</v>
+        <v>709</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>630</v>
+        <v>710</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>684</v>
+        <v>711</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>685</v>
+        <v>712</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>686</v>
+        <v>713</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>225</v>
+        <v>121</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>687</v>
+        <v>129</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>688</v>
+        <v>714</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>689</v>
+        <v>715</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>639</v>
+        <v>121</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>690</v>
+        <v>129</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>691</v>
+        <v>716</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>692</v>
+        <v>717</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>290</v>
+        <v>417</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>252</v>
+        <v>492</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>693</v>
+        <v>718</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>694</v>
+        <v>719</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>695</v>
+        <v>417</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>665</v>
+        <v>492</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>696</v>
+        <v>720</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>697</v>
+        <v>721</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>698</v>
+        <v>309</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>699</v>
+        <v>722</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>700</v>
+        <v>723</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>701</v>
+        <v>724</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>636</v>
+        <v>309</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>702</v>
+        <v>725</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>703</v>
+        <v>726</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>679</v>
+        <v>309</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>72</v>
+        <v>722</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>195</v>
+        <v>253</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>704</v>
+        <v>727</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>705</v>
+        <v>728</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>706</v>
+        <v>729</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>707</v>
+        <v>294</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>25</v>
+        <v>679</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>708</v>
+        <v>730</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>709</v>
+        <v>731</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>710</v>
+        <v>732</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>711</v>
+        <v>733</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G245" s="1"/>
       <c r="H245" s="1" t="s">
-        <v>712</v>
+        <v>734</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>713</v>
+        <v>735</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>714</v>
+        <v>736</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>606</v>
+        <v>737</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>25</v>
+        <v>488</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>715</v>
+        <v>738</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>714</v>
+        <v>30</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>606</v>
+        <v>30</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>718</v>
+        <v>741</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>252</v>
+        <v>742</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>108</v>
+        <v>743</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>44</v>
+        <v>582</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>719</v>
+        <v>744</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>720</v>
+        <v>745</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>252</v>
+        <v>736</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>108</v>
+        <v>737</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>97</v>
+        <v>488</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>721</v>
+        <v>746</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>722</v>
+        <v>747</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>684</v>
+        <v>748</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>72</v>
+        <v>749</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G250" s="1"/>
       <c r="H250" s="1" t="s">
-        <v>723</v>
+        <v>750</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>724</v>
+        <v>751</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>226</v>
+        <v>752</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>725</v>
+        <v>588</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>726</v>
+        <v>753</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>727</v>
+        <v>754</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>252</v>
+        <v>417</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>108</v>
+        <v>434</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>728</v>
+        <v>755</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>729</v>
+        <v>756</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>252</v>
+        <v>434</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>108</v>
+        <v>77</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>730</v>
+        <v>757</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>731</v>
+        <v>758</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>252</v>
+        <v>129</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>108</v>
+        <v>598</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>732</v>
+        <v>759</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>733</v>
+        <v>760</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>252</v>
+        <v>132</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>108</v>
+        <v>367</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>734</v>
+        <v>761</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>735</v>
+        <v>762</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>252</v>
+        <v>345</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>108</v>
+        <v>477</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>736</v>
+        <v>763</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>737</v>
+        <v>764</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>252</v>
+        <v>487</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>108</v>
+        <v>765</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>738</v>
+        <v>766</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>739</v>
+        <v>767</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>108</v>
+        <v>359</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>740</v>
+        <v>768</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>741</v>
+        <v>769</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>252</v>
+        <v>770</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>108</v>
+        <v>354</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>742</v>
+        <v>771</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>743</v>
+        <v>772</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>684</v>
+        <v>773</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>108</v>
+        <v>774</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>744</v>
+        <v>775</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>745</v>
+        <v>776</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>707</v>
+        <v>598</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>746</v>
+        <v>51</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>747</v>
+        <v>777</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>748</v>
+        <v>778</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>661</v>
+        <v>779</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>749</v>
+        <v>160</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>750</v>
+        <v>780</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>751</v>
+        <v>781</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>752</v>
+        <v>782</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>255</v>
+        <v>783</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>753</v>
+        <v>784</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>754</v>
+        <v>785</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>755</v>
+        <v>400</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>756</v>
+        <v>155</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>757</v>
+        <v>786</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>758</v>
+        <v>787</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>759</v>
+        <v>788</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>760</v>
+        <v>470</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>761</v>
+        <v>789</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>762</v>
+        <v>790</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>763</v>
+        <v>788</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>108</v>
+        <v>470</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>764</v>
+        <v>791</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>766</v>
+        <v>788</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>690</v>
+        <v>83</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>767</v>
+        <v>793</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>766</v>
+        <v>120</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>769</v>
+        <v>45</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>770</v>
+        <v>795</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>771</v>
+        <v>796</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>772</v>
+        <v>120</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>773</v>
+        <v>45</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>774</v>
+        <v>797</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>775</v>
+        <v>798</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>772</v>
+        <v>51</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>108</v>
+        <v>239</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>776</v>
+        <v>799</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>777</v>
+        <v>800</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>778</v>
+        <v>84</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>104</v>
+        <v>801</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>779</v>
+        <v>802</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>780</v>
+        <v>803</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>760</v>
+        <v>78</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>781</v>
+        <v>84</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>782</v>
+        <v>804</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>784</v>
+        <v>806</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>785</v>
+        <v>293</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>786</v>
+        <v>807</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>787</v>
+        <v>808</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>788</v>
+        <v>588</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>789</v>
+        <v>136</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G274" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H274" s="1" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>791</v>
+        <v>810</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>792</v>
+        <v>811</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>249</v>
+        <v>56</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>793</v>
+        <v>812</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>794</v>
+        <v>813</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>792</v>
+        <v>418</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>795</v>
+        <v>814</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>792</v>
+        <v>56</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>781</v>
+        <v>99</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>797</v>
+        <v>816</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>798</v>
+        <v>817</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>792</v>
+        <v>363</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>781</v>
+        <v>818</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>799</v>
+        <v>819</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>800</v>
+        <v>820</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>801</v>
+        <v>51</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>789</v>
+        <v>277</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>802</v>
+        <v>821</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>803</v>
+        <v>822</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>801</v>
+        <v>581</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>120</v>
+        <v>823</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>804</v>
+        <v>824</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>805</v>
+        <v>825</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>806</v>
+        <v>826</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>807</v>
+        <v>827</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>25</v>
+        <v>253</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>808</v>
+        <v>828</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>809</v>
+        <v>829</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>806</v>
+        <v>826</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>259</v>
+        <v>827</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G282" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>253</v>
+      </c>
       <c r="H282" s="1" t="s">
-        <v>810</v>
+        <v>830</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>811</v>
+        <v>831</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>773</v>
+        <v>294</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>255</v>
+        <v>832</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>29</v>
+        <v>679</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>812</v>
+        <v>833</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>813</v>
+        <v>834</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>248</v>
+        <v>835</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>470</v>
+        <v>30</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>105</v>
+        <v>170</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>814</v>
+        <v>836</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>816</v>
+        <v>838</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>320</v>
+        <v>839</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>817</v>
+        <v>840</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>818</v>
+        <v>841</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>819</v>
+        <v>838</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>725</v>
+        <v>839</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>195</v>
+        <v>22</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>820</v>
+        <v>842</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>821</v>
+        <v>843</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>806</v>
+        <v>844</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>822</v>
+        <v>838</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>823</v>
+        <v>845</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>789</v>
+        <v>308</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>143</v>
+        <v>835</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>825</v>
+        <v>847</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>238</v>
+        <v>309</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>9</v>
+        <v>835</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>785</v>
-[...3 lines deleted...]
-      </c>
+        <v>838</v>
+      </c>
+      <c r="C290" s="1"/>
       <c r="D290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>195</v>
+        <v>170</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>829</v>
+        <v>851</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>228</v>
+        <v>852</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>229</v>
+        <v>853</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>143</v>
+        <v>854</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>830</v>
+        <v>855</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>831</v>
+        <v>856</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>249</v>
+        <v>168</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>153</v>
+        <v>857</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G292" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H292" s="1" t="s">
-        <v>832</v>
+        <v>858</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>833</v>
+        <v>859</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>789</v>
+        <v>226</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>87</v>
+        <v>860</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>12</v>
+        <v>175</v>
       </c>
       <c r="H293" s="1" t="s">
-        <v>834</v>
-[...204 lines deleted...]
-      <c r="H301" s="1" t="s">
         <v>861</v>
-      </c>
-[...1480 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>