--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -12,1223 +12,7256 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2626">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2663">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
+    <t>Resolution, of 26/05/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policies, by which the call is made in 2025, by the early processing procedure, for the incorporation of aid for the conservation intervention of native breeds threatened with genetic erosion in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-30</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
+  </si>
+  <si>
+    <t>Annual agricultural insurance plan 2023</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/673679</t>
+  </si>
+  <si>
+    <t>Resolution of April 9, 2024, of the General Directorate of Tourism, Commerce and Crafts, calling for MICE Program aid for 2024.</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751348</t>
+  </si>
+  <si>
+    <t>Decree 7/2024, of February 27, regulating the direct granting of a subsidy for the construction of social rental housing in energy-efficient buildings of the recovery, transformation and resilience plan</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747555</t>
+  </si>
+  <si>
+    <t>Direct grant to the Council of Official Chambers of Commerce, Industry and Services of CLM for the integrated and joint provision of services through the business one-stop-shop centres of the autonomous community.</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+  </si>
+  <si>
+    <t>Decree 51/2023 of May 23, regulating the direct granting of a subsidy to the research and innovation institute in inclusion, equality, employability and equity models</t>
+  </si>
+  <si>
+    <t>2023-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/702912</t>
+  </si>
+  <si>
+    <t>Agreement of June 15 of the Junta of Castilla y León, by which the 2022-2023 agricultural campaign is declared exceptional in Castilla y León, and the urgency in adopting support measures for the agricultural sector is declared.</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729409</t>
+  </si>
+  <si>
+    <t>Agreement of the Junta of Castilla y León authorizing the granting of a subsidy to the innovative business group for efficient construction (Aeice)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729238</t>
+  </si>
+  <si>
+    <t>Resolution of June 19, 2023 of the president of the ice, approving the call for non-competitive competition for the granting of subsidies aimed at promoting the innovation of SMEs in Castilla y León, co-financed with the federation</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703907</t>
+  </si>
+  <si>
+    <t>Agreement of June 1, 2023, of the Junta de Castilla y León, authorizing the direct granting of subsidies to innovative business groups in Castilla y León: AEICE, CBECYL and Cylsolar</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703865</t>
+  </si>
+  <si>
+    <t>Order of May 29, 2023, of the Ministry of Agriculture, Livestock and Rural Development, calling for subsidies for the subscription of agricultural insurance policies included in the annual combined agricultural insurance plans.</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699271</t>
+  </si>
+  <si>
+    <t>Agreement of the Junta of Castilla y León, authorizing the direct granting of a subsidy to the Official Chamber of Commerce, Industry and Services of Valladolid.</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/679831</t>
+  </si>
+  <si>
+    <t>Call for applications and regulatory bases for the granting of subsidies to travel agencies to encourage the arrival of tourists to the city of Ceuta through the marketing of the 3rd phase of the "Ceuta Emotes" discount voucher book.</t>
+  </si>
+  <si>
+    <t>2023-12-14</t>
+  </si>
+  <si>
+    <t>Ceuta</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731761</t>
+  </si>
+  <si>
+    <t>Call for subsidies to improve the competitiveness of SMEs in the retail trade.</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760303</t>
+  </si>
+  <si>
+    <t>GRANTS FOR THE LOCAL ADMINISTRATION OF THE VALENCIAN COMMUNITY TO PROMOTE INNOVATION PROJECTS WITHIN THE PLAN TO PROMOTE INNOVATIVE TERRITORIES FOR 2023</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757082</t>
+  </si>
+  <si>
+    <t>PROMOTION OF CLIMATE RESEARCH AND THE CARRYING OUT OF TRAINING AND OUTREACH ACTIVITIES IN THE FACE OF EXTREME WEATHER PHENOMENA IN THE VALENCIAN COMMUNITY FOR THE YEAR 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757093</t>
+  </si>
+  <si>
+    <t>BOOSTING LOCAL CLIMATE ACTION THROUGH THE CLIMATE AND ENERGY ACTION PLAN FOR FISCAL YEAR 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757379</t>
+  </si>
+  <si>
+    <t>Rational use of water and improvement of energy efficiency in irrigation</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733558</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Rural Development, Climate Emergency and Ecological Transition, granting a subsidy in favor of the Miguel Hernández University of Elche, for the realization of study activities related to the</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709730</t>
+  </si>
+  <si>
+    <t>Cooperation agreement between the Generalitat and the Jaume I University of Castellón, to promote research and innovation studies through the Chair of Sustainability</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705673</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Generalitat, through the presidency, and the Valencian Federation of Municipalities and Provinces for the financing of a programme of aid, collaboration and advice on matters of depopulation.</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699117</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Generalitat, through the Presidency, and the Valencian Institute of Economic Research, SA, for research into public services, the improvement of information for the analysis of the efficiency of the public sector, and the improvement of the use of the public sector.</t>
+  </si>
+  <si>
+    <t>2023-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692823</t>
+  </si>
+  <si>
+    <t>Grants for cooperative integration in the CV</t>
+  </si>
+  <si>
+    <t>2023-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/676897</t>
+  </si>
+  <si>
+    <t>Aid to professional agricultural organisations</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677552</t>
+  </si>
+  <si>
+    <t>Resolution of March 15, 2023, of the regional minister for agriculture, fisheries and food, publishing the budget line and the maximum amount for the year 2023 of order 10/2011, of March 24, of the regional minister for agriculture, fisheries and food</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683107</t>
+  </si>
+  <si>
+    <t>S8970000 Chair of Agroecology and Agri-Food Quality (UPV) JL Porcuna</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707925</t>
+  </si>
+  <si>
+    <t>Support agreement for the foundation for development and innovation for the modernizing transformation of human capital</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690555</t>
+  </si>
+  <si>
+    <t>Collaboration between the Generalitat and the Valencian Federation of Municipalities and Provinces. Trade and technical assistance projects 2023</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690516</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the General Secretariat of Immigration and the Association of Immigrants and Returnees from the River Plate Region for the development of information and advisory actions aimed at returning emigrants</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747111</t>
+  </si>
+  <si>
+    <t>Order of January 17, 2024, calling for aid for the subscription of agricultural insurance for the lines of the forty-fourth combined agricultural insurance plan (plan 2023) included in Annex I</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740871</t>
+  </si>
+  <si>
+    <t>Order of the Minister of Agriculture, Livestock and Environment granting a subsidy to the Spanish cluster of pig producers (i+porc) to promote the improvement of the Aragonese pig sector as a strategic economic activity.</t>
+  </si>
+  <si>
+    <t>2024-04-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/689773</t>
+  </si>
+  <si>
+    <t>Institute for studies and research of the Monegros (La Cartuja de los Monegros) school of early childhood education collaboration agreement 2023</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/724700</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Aragonese Institute of Employment and the official chambers of commerce, industry and services of Huesca, Teruel and Zaragoza for the provision of services in the field of promotion of self-employment</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687819</t>
+  </si>
+  <si>
+    <t>Order of the Minister of Agriculture, Livestock and Environment granting a subsidy to a regional united livestock farm, s.coop. for a project to evaluate productive characteristics, prolificacy, mortality and conversion rates of brown rabbit kits</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690350</t>
+  </si>
+  <si>
+    <t>To the Oviedo Chamber of Commerce, to implement measures aimed at the development and promotion of the SDGs through training and awareness-raising of interested entities</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695536</t>
+  </si>
+  <si>
+    <t>RESOLUTION of April 29, 2024, of the Ministry of Rural Environment and Agricultural Policy calling for aid to support non-productive investments linked to compliance with agro-environmental and climatic objectives</t>
+  </si>
+  <si>
+    <t>2024-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751274</t>
+  </si>
+  <si>
+    <t>Resolution of December 29, 2023 approving the multi-year call for subsidies for the line of promotion of contracting and regularization of combined agricultural insurance in the year 2024 under the advance expenditure modality</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736899</t>
+  </si>
+  <si>
+    <t>Granting of a subsidy in favour of the chambers of commerce of the Principality of Asturias for the implementation of a training plan within the comprehensive qualification and employment programme</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737451</t>
+  </si>
+  <si>
+    <t>Agreement authorizing subsidies to professional agricultural organizations to help cover their operating expenses 2023</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722676</t>
+  </si>
+  <si>
+    <t>Resolution of June 24 of the Ministry of Social Rights and Social Welfare, approving the regulatory bases for participation in the pilot project "cone ct-as: itineraries of digital social inclusion in the Principality of Asturias"</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683173</t>
+  </si>
+  <si>
+    <t>EXTRACT FROM THE RESOLUTION OF 9/5/2024 OF THE ASTURIAN SCIENCE, BUSINESS COMPETITIVENESS AND INNOVATION AGENCY THAT APPROVES THE CALL FOR AID TO COMPANIES OF THE PRINCIPALITY OF ASTURIAS OF THE 2024 BUSINESS INNOVATION AND DEVELOPMENT CHECKS PROGRAM</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761101</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Economy, Finance and Innovation approving the call for aid for the years 2024 and 2025 to entrepreneurs and companies with activity in the Balearic Islands to cover the opening and study fees</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Grant to the Chamber of Commerce, Industry, Navigation and Services of Mallorca to finance an advisory service for women to create businesses on the island of Mallorca</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732378</t>
+  </si>
+  <si>
+    <t>Grant to the Chamber of Commerce, Industry, Navigation and Services of Ibiza and Formentera to finance an advisory service for women to create companies in the Pitiusas Islands</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685745</t>
+  </si>
+  <si>
+    <t>Grant to the Chamber of Commerce, Industry, Navigation and Services of Ibiza and Formentera to finance an advisory service for women to create companies in Menorca</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685747</t>
+  </si>
+  <si>
+    <t>Improve Traditional Markets in the Canary Islands and O.Actions supporting Rural Trade</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753157</t>
+  </si>
+  <si>
+    <t>Agricultural farm investment grants 2022</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730462</t>
+  </si>
+  <si>
+    <t>Investments in agricultural holdings 2022</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727447</t>
+  </si>
+  <si>
+    <t>Agricultural farm investment grants 2019</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727446</t>
+  </si>
+  <si>
+    <t>Agricultural farm investment grants 2021</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727453</t>
+  </si>
+  <si>
+    <t>Subsidies for the subscription of combined agricultural insurance</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695136</t>
+  </si>
+  <si>
+    <t>Self-employment and entrepreneurship advisory actions of the common portfolio of SNE services - RD 7/2015</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703242</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/701149</t>
+  </si>
+  <si>
+    <t>Direct subsidies for maintaining economic activity and employment in companies and self-employed persons not dedicated to primary production and who market products from it, to minimize the impact of damage from volcanic eruptions in La Palma</t>
+  </si>
+  <si>
+    <t>2024-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755380</t>
+  </si>
+  <si>
+    <t>Resolution of 20/05/2025 of the General Directorate of Agriculture and Livestock, which calls for applications in 2025, through the early processing procedure, for the inclusion of aid for animal welfare intervention in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Resolution, of 27/05/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policies, by which the call is made in 2025, by the early processing procedure, for the incorporation of aid for the intervention of Beekeeping for biodiversity in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Exceptional aid for 2025 for cherry farms affected by natural disasters, according to Decree-Law 3/2025 of May 27</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
+  </si>
+  <si>
+    <t>ORDER OF July 14, 2025, Aid for Contracting Combined Agricultural Insurance 2025</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
+  </si>
+  <si>
+    <t>Aid for farms affected by drought and other adverse weather conditions during 2023 and 2024</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846402</t>
+  </si>
+  <si>
+    <t>GRANTS FOR INVESTMENTS FOR AGRICULTURAL HOLDINGS 2021</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846624</t>
+  </si>
+  <si>
+    <t>GRANT FOR THE ADOPTION OF AGRO-ENVIRONMENT AND CLIMATE MEASURES 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847194</t>
+  </si>
+  <si>
+    <t>Order of July 21, 2025, of the Ministry of Water, Agriculture, Livestock, and Fisheries, approving the 2025 call for intervention aid in the beekeeping sector of the Autonomous Community of the Region of Murcia.</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847743</t>
+  </si>
+  <si>
+    <t>Approve the regulatory bases and the call for aid for the 2025-2026 campaign for the sustainable management of montane grasslands in Navarre, included in Intervention 6881.1 Reforestation and Agroforestry Systems of the PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847834</t>
+  </si>
+  <si>
+    <t>Resolution approving the regulatory bases for aid for notary fees and registration of agroforestry properties subject to exchanges of special agricultural interest MR709B. REG (EU 1408/2013)</t>
+  </si>
+  <si>
+    <t>2025-07-22</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848216</t>
+  </si>
+  <si>
+    <t>Aid to maintain the Balearic Islands' dairy sector and support digitalization processes on farms - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848429</t>
+  </si>
+  <si>
+    <t>Aid to maintain the Balearic Islands' dairy sector and support digitalization processes on farms - REST OF THE ISLANDS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848436</t>
+  </si>
+  <si>
+    <t>Order of July 25, 2025, of the Ministry of Agriculture, Livestock and Rural Development, calling for 2026 grants for activities to promote and communicate wine products in third-country markets.</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848528</t>
+  </si>
+  <si>
+    <t>De minimis aid for rice farms using certified seed by 2025</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848632</t>
+  </si>
+  <si>
+    <t>2025/26 Grant for the promotion of agricultural and food products under quality schemes, pursuant to the Resolution of July 22, 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/849085</t>
+  </si>
+  <si>
+    <t>AID FOR INVESTMENT IN AGRICULTURAL INFRASTRUCTURES TO PROMOTE COMPETITIVENESS 2025</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849656</t>
+  </si>
+  <si>
+    <t>Agreement of September 25, 2025, of the Regional Government of Castile and León, authorizing the direct granting of subsidies to the owners of damaged agricultural holdings located in municipalities affected by forest fires.</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+  </si>
+  <si>
+    <t>COOPERATION AID FOR THE SUCCESSION OF AGRICULTURAL HOLDINGS</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868030</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Ministry of Culture, Education, FP and universities and the Ministry of Economy, Industry. and innovation of the xunta de galicia and a cultural, educ e cient exchange commission between spain and the usa for the fulbright bag program</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712236</t>
+  </si>
+  <si>
+    <t>Extraordinary and temporary aid to cover the price of diesel consumed by agricultural producers in the Autonomous Community of the Canary Islands. 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>Galicia, Asturias, Principado de, Cantabria, País Vasco, Navarra, Comunidad Foral de, Rioja, La, Aragón, Madrid, Comunidad de, Castilla y León, Castilla - La Mancha, Extremadura, Cataluña, Comunitat Valenciana, Balears, Illes, Andalucía, Murcia, Región de, Ceuta, Melilla, Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747694</t>
+  </si>
+  <si>
+    <t>Aid for digitalisation projects for Madrid SMEs - 2024</t>
+  </si>
+  <si>
+    <t>2024-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744066</t>
+  </si>
+  <si>
+    <t>Aid for digitalisation projects for Madrid SMEs - 2023</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677389</t>
+  </si>
+  <si>
+    <t>Call for innovation checks for 2023 concessions</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713676</t>
+  </si>
+  <si>
+    <t>Digital vouchers for vulnerable groups mrr-c15.i3 (collaborating entities)</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704006</t>
+  </si>
+  <si>
+    <t>Authorize a multiannual expenditure of 2,100,000.00 euros from budget item 720007 72300 4400 412108 'pdr feader 2014-2020. advisory services through intia', from the expenditure budget for 2023 and 2024</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/697013</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for aid for investments in agricultural holdings PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753408</t>
+  </si>
+  <si>
+    <t>Innovative pilot projects for social and labour inclusion pers.mvi-rgi-ii</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720840</t>
+  </si>
+  <si>
+    <t>Innovative pilot projects for social and labour inclusion pers.mvi-rgi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720839</t>
+  </si>
+  <si>
+    <t>Thermal renewable energies in different sectors (mrr)1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720508</t>
+  </si>
+  <si>
+    <t>Thermal renewable energies in different sectors (mrr)2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720519</t>
+  </si>
+  <si>
+    <t>Energy rehabilitation for existing buildings</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720515</t>
+  </si>
+  <si>
+    <t>Complementary plan for green energy and hydrogen</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720445</t>
+  </si>
+  <si>
+    <t>Self-consumption and storage, with renewable energy sources mrr (1)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720512</t>
+  </si>
+  <si>
+    <t>Self-consumption and storage, with renewable energy sources mrr (3)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720514</t>
+  </si>
+  <si>
+    <t>Self-consumption and storage with renewable energy sources mrr (2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720513</t>
+  </si>
+  <si>
+    <t>Call for grants for the research program</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720492</t>
+  </si>
+  <si>
+    <t>Subv.nominat.euskal trenbide sarea digitaliz.sist.cancel.estac.ferrov. next</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719894</t>
+  </si>
+  <si>
+    <t>Agricultural insurance</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742739</t>
+  </si>
+  <si>
+    <t>Subsidy to groups and associations of municipalities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687437</t>
+  </si>
+  <si>
+    <t>GRANTS FROM THE CENTER FOR TECHNOLOGICAL DEVELOPMENT AND INNOVATION, EPE FOR INVESTMENT TO BOOST THE GROWTH OF INNOVATIVE COMPANIES (2024)</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747686</t>
+  </si>
+  <si>
+    <t>GRANTS from the CENTER FOR TECHNOLOGICAL DEVELOPMENT AND INNOVATION, EPE FOR FINANCING R&amp;D PROJECTS (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747728</t>
+  </si>
+  <si>
+    <t>Grants from the CENTER FOR TECHNOLOGICAL DEVELOPMENT AND INNOVATION, EPE for the financing of Technological Innovation Projects (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747735</t>
+  </si>
+  <si>
+    <t>Order of the Minister of Science and Innovation granting the Spanish Botanical Society (SEBOT)</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743764</t>
+  </si>
+  <si>
+    <t>CDTI grants for innovation projects in the fishing and aquaculture sector and investment projects in processing and marketing activities of fishing and aquaculture products</t>
+  </si>
+  <si>
+    <t>2023-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731454</t>
+  </si>
+  <si>
+    <t>Agreement of July 25, 2023, of the Council of Ministers, authorizing the voluntary contribution to the Organization of Ibero-American States (OEI), for the Ibero-American network of educational innovation and research.</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712290</t>
+  </si>
+  <si>
+    <t>Agreement between the map and agri-food cooperatives of Spain, for the granting of a subsidy in the 2023 general budget, for the competitiveness and modernization of agri-food cooperatives and training, equality and generational change in governing councils</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709807</t>
+  </si>
+  <si>
+    <t>Aid aimed at promoting digital transformation through the "active industry 4.0" initiative, within the framework of the recovery, transformation and resilience plan</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707790</t>
+  </si>
+  <si>
+    <t>The Centre for Technological Development and Innovation (EPE) provides investment support to boost the growth of innovative companies.</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694661</t>
+  </si>
+  <si>
+    <t>Grants from the Centre for Technological Development and Innovation, EPE for the financing of R&amp;D projects (2023)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694664</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting in favor of the Ibercivis Foundation, the subsidy provided for in Royal Decree 732/2022, which regulates the direct granting of subsidies to various entities</t>
+  </si>
+  <si>
+    <t>2023-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669959</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting subsidies to various entities for the development of science projects of excellence, in favor of the Fundació Institució dels Centres de Recerca de Catalunya (i-cerca).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669850</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 732/2022 in favor of the University of Navarra for the science museum.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/670013</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 732/2022, in favor of the Mondragon University Higher Polytechnic School.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669987</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 732/2022, in favor of the Teruel – Dinópolis Paleontological Foundation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669937</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 768/2022, in favor of the Tarrasa conditioning entity, for the 3D printing hub project.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669904</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 768/2022, in favor of the Josep Carreras Leukemia Research Institute Foundation (IJC), for its contribution to the Cancer Proteome project.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669967</t>
+  </si>
+  <si>
+    <t>CDTI grants for technological innovation projects (DANA DIRECT EXPANSION LINE)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808689</t>
+  </si>
+  <si>
+    <t>CDTI grants for technological innovation projects (DANA DIRECT INNOVATION LINE)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808683</t>
+  </si>
+  <si>
+    <t>ANNUAL AGRICULTURAL INSURANCE PLAN 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Extraordinary aid to compensate for the loss of income in agricultural holdings affected by the DANA</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813406</t>
+  </si>
+  <si>
+    <t>Agricultural Insurance</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814078</t>
+  </si>
+  <si>
+    <t>Grants from the Center for Technological Development and Innovation EPE for the financing of R&amp;D projects (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Order of February 12, 2025, calling for subsidies for the subscription of agricultural insurance within the framework of the Combined Agricultural Insurance Plan for the year 2025 and establishing the determinations in relation to said subsidies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>Order Credit Availability ComerciO 2025 LINE 1. NEW ESTABLISHMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Order Availability of credit Trade 2025 LINE 2 MAINTENANCE ESTABLISHED.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Subv Transformation, marketing and development of agri-food products .PEPAC</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779378</t>
+  </si>
+  <si>
+    <t>GRANTS FOR AGRO-FOOD COOPERATIVE INTEGRATION IN THE CV</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763626</t>
+  </si>
+  <si>
     <t>CALL FOR GRANTS FOR THE FINANCING OF PROJECTS WITHIN THE FRAMEWORK OF INTERVENTION 7119.2, LEADER, OF THE NATIONAL STRATEGIC PLAN OF THE COMMON AGRICULTURAL POLICY (PEPAC) 2023-2027 BASED ON THE ADERISA LOCAL DEVELOPMENT STRATEGY</t>
   </si>
   <si>
     <t>2024-09-15</t>
   </si>
   <si>
     <t>2027-12-31</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783345</t>
   </si>
   <si>
     <t>ORDER Trans Ecological and Energy Advisor, which establishes regulatory bases and call for non-competitive concurrence regime subsidies for the creation and operation of energy communities, framework E. Sustainable Energy Canary Islands P2-L2 NG Funds (C7, I2)</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782532</t>
   </si>
   <si>
-    <t>Subv Transformation, marketing and development of agri-food products .PEPAC</t>
-[...1046 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+    <t>Aid for the preparation and implementation of innovation projects of general interest by supra-regional operational groups of the European Innovation Partnership for Agricultural Productivity and Sustainability (AEI-Agri), within the framework of Spain's CAP Strategic Plan (PEPAC).</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
   </si>
   <si>
     <t>Multiregional training programs 2025</t>
   </si>
   <si>
-    <t>2025-05-08</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-28</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
   </si>
   <si>
-    <t>Aid for the preparation and implementation of innovation projects of general interest by supra-regional operational groups of the European Innovation Partnership for Agricultural Productivity and Sustainability (AEI-Agri), within the framework of Spain's CAP Strategic Plan (PEPAC).</t>
-[...5 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+    <t>Approve the regulatory bases and the call for proposals to promote forestry innovation and dissemination, period 2025 and 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>No late payment interest accrues during the first six months for deferrals of tax debt payments under Article 8.2 of Royal Decree-Law 6/2024. Agriculture. Year 2024</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>Resolution of April 17, 2025, of the director of the Valencian Agency for Agricultural Development and Guarantee (AVFGA), which calls for aid for investments in the modernization of infrastructure and irrigation systems in irrigation communities and communities</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025. Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Resolution of April 21, 2025, of the Ministry of Rural Environment and Agricultural Policy, approving the call for subsidies to non-profit entities, for the holding of agri-food product competitions</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Order of 16/04/2025, of the Ministry of Water, Agriculture, Livestock and Fisheries, 1st Call for grants, intervention 7161 "Coop. Operational Groups of the European Association for Agricultural Innovation"</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for applications for 2025 for investment aid in agricultural holdings (PEPAC 2023-2027)</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for applications for 2025 for aid for investments in agricultural holdings (Environmental Objective) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>AID FOR HONEY PRODUCTION AND MARKETING YEAR 2025 FEAGA</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>Resolution of 04/22/2025, of the General Secretariat, by which the call is made, under a competitive regime, for the year 2025, for aid to professional agricultural organizations and non-profit associative entities, for</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Resolution of April 17, 2025, of the General Directorate of Agricultural and Livestock Production, calling for aid to improve the competitiveness and sustainability of livestock farms in the Valencian Community (CV) for the year 2025.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>INVESTMENT AID FOR MODERNIZATION AND/OR IMPROVEMENT OF AGRICULTURAL FARMS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>RESOLUTION of April 21, 2025, approving the call for subsidies for advisory services in small and medium-sized agricultural holdings in the Principality of Asturias carried out by ATRIAS</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Fisheries and the Environment calling for public subsidies for environmental education activities in the Balearic Islands for non-profit organizations for the 2025 financial year.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolution of May 2, 2025, of the SGIM, calling for fair transition incentives in the province of Almería for the tractor project "Innovation and sustainability in the auxiliary industry of Almería agriculture"</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolution of May 5, 2025, of the director of the Valencian Agency for Agricultural Development and Guarantee (AVFGA), which calls for the aid provided for in intervention 7119.02 LEADER of the CAP Strategic Plan 2023-2027 in the Valencian Community, "</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolution of the Directorate General for Agricultural and Livestock Production, for the year 2025, the aid provided for in Order 6/2024, which approves the regulatory bases for compensatory aid for the eradication and control of the bacteria Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>Resolution of the Ministry of Agriculture, Water, Livestock and Fisheries, which calls for aid for the certification of organic production in the Valencian Community for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolution of May 8, 2025, calling for grants to organizations and entities representing the agricultural and rural development sector in Andalusia</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Grants to promote the activities of forest defense groups (ADF) by 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Order of May 7, 2025, of the Ministry of Industry, Trade, and Employment, announcing the subsidies for the 2025 program to support the creation and employment of cooperatives and worker-owned companies. Program II.- Investments</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Call for applications for aid for honey production and marketing, within the framework of the beekeeping sector.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Aid to Livestock Health Defense Groups for the implementation of health programs for the prevention, control, and eradication of animal diseases, year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Support for the promotion of agricultural products through the organization of livestock competitions, by 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Order of May 6, 2025, of the Ministry of Water, Agriculture, Livestock and Fisheries, calling for subsidies for Professional Agricultural Organizations for the year 2025, to promote service activities in the agricultural sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>2025 Agricultural Employment Promotion Program for Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>2025 Agricultural Employment Promotion Program for Projects Generating Stable Employment</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>GRANTS FOR THE 2025 AGRICULTURAL EMPLOYMENT PROMOTION PROGRAMME, DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>Regulatory bases for granting grants to finance energy efficiency and circular economy projects in tourism companies in the autonomous city of Ceuta, within the framework of the recovery, transformation and resilience plan.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>Grants for the promotion of technological innovation through collaborating farms</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>AID FOR THE PROMOTION, PROCESSING AND MARKETING OF FISHING PRODUCTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>Resolution of May 15, 2025, of the director of the Valencian Agency for Agricultural Development and Guarantee, calling for aid for cooperation within the framework of rural development interventions of the Strategic Plan for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>PROGRAM TO PROMOTE AGRICULTURAL EMPLOYMENT IN DEPRESSED RURAL AREAS</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>Order of May 19, 2025, of the Ministry of Agriculture, Livestock and Rural Development, calling for aid for dairy yield monitoring to officially recognized entities for dairy monitoring.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK AND RURAL DEVELOPMENT, WHICH ESTABLISHES THE REGULATORY BASES FOR EXCEPTIONAL AID TO ALLEVIATE THE REPERCUSSIONS ON LIVESTOCK FARMS AFFECTED BY SEROTYPE 3 OF THE TONGUE VIRUS</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>Order of May 16, 2025, of the Vice President and Minister of the Presidency, Economy, and Justice of the Government of Aragon, calling for aid to small and medium-sized enterprises for digitalization activities.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Call for aid for integration companies and special employment centers directly or indirectly related to the agricultural and/or environmental sectors. LEADER grants for Ibiza and Formentera</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Agreement approving the call for aid for investments in agricultural holdings benefiting from the project Design and implementation of Strategic Business Management Plans for holders of young and recent agricultural holdings</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>Resolution of May 22, 2025, of the Presidency of the Center for Technological Development and Innovation (EPE) (CDTI), approving the 2025 call for grants for R&amp;D projects in the Science and Innovation Missions.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries, and Food Sovereignty announcing, for the 2025 crop year, area-based aid for aloe vera and olive producers.</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>Call for grants for the recovery, maintenance, and consolidation of the agricultural environment and agrodiversity on the island of Ibiza by 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Order of May 20, 2025, approving the regulatory bases for the granting of subsidies, under the competitive c. Regime, aimed at the owners of agricultural and livestock farms in municipalities affected by DANA 2024/2025 damages</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>EAFRD aids to promote afforestation of agricultural lands, Madrid 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>AID TO COMPANIES SEC AGR.GANAD.FOREST AND INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Order of May 23, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing aid for the promotion of native Spanish breeds.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Order of May 26, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing subsidies for the subscription of agricultural insurance policies included in the Annual Combined Agricultural Insurance Plans.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Order of May 28, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing the 2025 beekeeping campaign for Beekeeping Sectoral Intervention grants within the framework of the PEPAC 2023-2027 program in Castile and León.</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>RESOLUTION OF MAY 29, 2025, LINE 4.2 inclusion of Ordinary Company. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolution SOD/TEC/23/24, of March 20, 2024, by which the line of subsidies of the "Technical Personnel R&amp;D" program is called for the year 2024. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>Resolution SOD/CERT/23/24, of April 26, 2024, which calls for the year 2024 the line of subsidies of the program of “CERTIFICATIONS FOR COMPETITIVE IMPROVEMENT AND ENTRY INTO NEW MARKETS”. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>Order IND/19/2024, of May 7, calling for the INNOVA line of subsidies for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>Resolution SOD/EMPLEA/23/24, of April 26, 2024, by which the line of subsidies of the "EMPLEA" program is called for the year 2024. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>Order calling for aid to crafts in Cantabria 2024 (primary production of agricultural products)</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Government of Cantabria, through the Ministry of Development, Land Use and Environment and the University of Cantabria to promote research in the field of transport</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Government of Cantabria through the Ministry of Industry, Tourism, Innovation, Transport and Trade and the University of Cantabria to promote research in the field of consumer affairs</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>Resolution of 05/03/2024, of the Ministry of Development, calling for aid for energy rehabilitation actions in homes and existing residential buildings, in execution of the energy rehabilitation program for buildings and</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>Resolution, dated 05/14/2024, of the Vice-Ministry of the Common Agricultural Policy and Agro-Environmental Policy, calling for applications in 2024, through the early processing procedure, for aid to carry out training activities for the sub-measures</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Resolution of April 25, 2024 approving the call for subsidies for the implementation of vocational training and employment projects within the company (Sectoral Line 5), for 2024. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>Grants aimed at financing the on-demand training program in companies with a dual character for 2024. Agricultural companies. Reg. (EU) 1408/2013. Resolution of 05/15/2024 of the President of the Executive Commission for Training for Employment of FAFECYL</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>Resolution of 03/12/2024, aid to improve and/or modernize agricultural and livestock farms within the framework of intervention 6841.2 for young people who simultaneously request aid from intervention 6961.1 of the CAP Strategic Plan 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN AGRO-FOOD COOPERATIVES OF CASTILLA-LA MANCHA AND IPEX FOR THEIR INTERNATIONALIZATION</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>Resolution, dated 05/16/2024, of the General Directorate of Agriculture and Livestock, by which the call is made through the early processing procedure, in 2024, for the extension of commitments for incorporation in 2023 to the aid included in the</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>Order xx/2024, of March 26, of the Ministry of Agriculture, Livestock and Rural Development, establishing the regulatory bases for the direct granting of additional aid for the contracting of agricultural insurance in Castilla-La Mancha.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>Order of 02/24/2023, of the Ministry of Agriculture, Water and Rural Development, establishing the regulatory bases for the granting of aid for the modernization and transformation of irrigation in the territorial area of Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>Resolution, dated 05/10/2024, of the DG of Agriculture and Livestock, by which the call for aid is made to improve the conditions of production and marketing of honey in Castilla-La Mancha, for the 2024 beekeeping campaign</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Order xx/2024 of February 14, of the Ministry of Agriculture, Livestock and Rural Development, regulating the obligation to remove by-products of winemaking, specifies the regulatory bases for aid for the distillation of by-products.</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>Order of May 3, 2024, of the Ministry of Industry, Trade and Employment, calling for subsidies for the year 2024 of the program to support the creation and employment in cooperatives and labor societies. PROGRAM I.- INCORPORATION OF MEMBERS</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>Order of May 6, 2024, of the Ministry of Industry, Trade and Employment, calling for subsidies aimed at the modernization of artisan companies in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>Order of May 3, 2024, of the Ministry of Industry, Trade and Employment, calling for subsidies for the year 2024 of the program to support the creation and employment in cooperatives and labor companies. PROGRAM II.- INVESTMENTS</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>Resolution SOD/PLAN/24/24, of May 16, 2024, by which the subsidy program for the execution of commercial promotion plans for companies in Cantabria is called for the year 2024. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>Agreement of April 25, 2024, of the Regional Government of Castilla y León, authorizing the direct granting of subsidies to the Innovative Business Groups of Castilla y León VITARTIS and CYLSOLAR.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>Order of April 5, 2024, of the Ministry of Industry, Trade and Employment, calling for public subsidies for the year 2024 aimed at carrying out actions that contribute to Occupational Well-being in workplaces in Castilla y León.</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>Order of May 7, 2024, of the Ministry of Industry, Trade and Employment, calling for subsidies aimed at the modernization, digitalization and improvement of the management of trade in Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Order of May 8, 2024, of the Ministry of Agriculture, Livestock and Rural Development, calling for the incorporation of owners of agricultural holdings into environmental and climatic rural development interventions</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>Order of January 25, 2024, of the Ministry of Industry, Commerce and Employment, calling for subsidies to finance the salary costs of workers with disabilities in special employment centers for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>Order of December 22, 2023, of the Ministry of Agriculture, Livestock and Rural Development, calls for subsidies for the transformation and marketing of agricultural, forestry and food products, co-financed by feader, line j01</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>Resolution of September 25, 2023 of the president of the public employment service of Castilla y León calling for subsidies for the training program for workers employed in companies in strategic agri-food sectors 2023-2024.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>Order of May 30, 2023 of the Ministry of Mobility and Digital Transformation calling for aid for the modernization of passenger transport and freight transport companies, within the framework of the PRTR – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>RESOLUTION opening the call for the granting of subsidies in the field of trade and services for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Aid to the lines of the Agricultural Insurance Plan (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>Resolution of the Vice-Ministry of the Environment calling for aid for investments in forestry technologies and in the transformation, mobilization and marketing of forestry products within the framework of the Rural Development Program of Ca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>Award for the best innovative young food artisan for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Direct aid to agriculture and livestock and other aid schemes for the 2024 campaign</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>Aid to the lines of the agricultural insurance plan (agroinsurance)</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>Phase II of regional offices for energy transition</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN THE CITY OF MELILLA AND THE CHAMBER INSTITUTE FOUNDATION FOR THE CREATION AND DEVELOPMENT OF BUSINESSES (INCYDE), FOR THE DEVELOPMENT OF THREE TRAINING AND SUPPORT PROGRAMS WITHIN THE "EMPRENDE Y AVANZA" PROJECT.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>Resolution of April 22, 2024 of the director of the Valencian Agency for Agricultural Development and Guarantee by which intervention aid in the beekeeping sector is called for the year 2024 in the Valencian Community</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL COOPERATION AGREEMENT BETWEEN THE GENERALITAT, THROUGH THE MINISTRY OF AGRICULTURE, LIVESTOCK AND FISHERIES AND THE CEU CARDENAL HERRERA UNIVERSITY, FOR THE REALIZATION OF SUBSIDIZED TRAINING INTERNSHIPS DURING THE YEAR 2024</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>Resolution of May 8, 2024 of the director of the Valencian Agency for Agricultural Development and Guarantee, calling for aid to Collective Reconversion and Restructuring Plans, within the framework of the Rural Development Program of the Valencian Community</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Complementary actions to promote and strengthen innovation NO STATE AID</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>PROMOTING LOCAL CLIMATE ACTION THROUGH THE CLIMATE AND ENERGY ACTION PLAN (COVENANT OF MAYORS FOR CLIMATE AND ENERGY) IN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>Resolution of April 30, 2024, of the president of IVACE, calling for aid in the field of renewable energies charged to the 2024 budget, with co-financing from the European Union through the European Regional Development Fund</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN LABORA-VALENCIAN EMPLOYMENT AND TRAINING SERVICE AND AIMPLAS-PLASTIC MATERIALS AND RELATED RESEARCH ASSOCIATION FOR THE REALIZATION OF TRAINING ACTIONS AIMED PREFERABLY AT UNEMPLOYED PEOPLE IN THE FIELD OF</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>Resolution of May 8, 2024, of the president of IVACE, calling for aid to promote self-consumption installations of electrical energy under the regime of renewable energy communities, charged to the 2024 budget</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Grant for the implementation of the Wine Sector Intervention within the framework of the Strategic Plan of the Common Agricultural Policy</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>Complementary actions to promote and strengthen innovation. MINIMIS</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>Resolution of February 15, 2024 of the director of the Valencian agency for agricultural development and guarantee, calling for aid for the distillation of winemaking by-products for the 2023/2024 campaign</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Resolution by which the call is made, for the year 2024, for the subsidies regulated in articles 16 and 17 of Order 2/2020, of February 27, of the Ministry of Sustainable Economy, Productive Sectors, Commerce and</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Agreement between the Ministry of Education, Universities and Employment and the Miguel Hernández University, for support in 2023-2024 for the construction and updating of excellent R&amp;D&amp;I buildings and infrastructures - excellent research buildings</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Generalitat, through the presidency and the University of Alicante, for collaboration in the operation of the commissionerate of the presidency of the Generalitat, for the digitalization and cybersecurity of the community</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>2024 aid for the internationalization of Extremadura companies and the improvement of foreign marketing conditions, according to the resolution of October 30, 2023, which calls for them</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>Resolution of April 30, 2024 of the EOI Foundation, FSP, calling for aid to promote the national innovative entrepreneurial ecosystem within the Innovative Entrepreneurial Ecosystem Promotion Program within the framework of the PRTR</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>Resolution of 21 March 2024 of ICEX Spain Export and Investments, EPE, calling for the granting of aid for Group Participation in the OVUM 2024 Fair - XXVIII Latin American Poultry Congress - Punta del Este (URUGUAY) - November 12 to 15, 2024</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ XIII Call (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XII Call (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ XXII Call (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ VIII Call (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ XII Call (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT INCLUDED in the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XII Call (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XXII Call (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>Direct subsidies 2024 to promote the contracting of combined agricultural insurance policies, according to decree 286/2023 of December 19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>Subv 2023 to private agricultural companies for the hiring of people participating in the projects of the dual professional employment schools program (line II), according to the resolution of August 9, 2023 that calls them</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>Subv 2023 to non-agricultural private companies for the hiring of people participating in the projects of the dual professional employment schools program (line II), according to the resolution of August 9, 2023 that calls them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>Subv 2023 to private agricultural companies for the hiring of people participating in the rural collaborative program projects (line ii), according to the resolution of August 9, 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>Subv. 2023 to non-agricultural private companies for the hiring of people participating in the rural collaborative program projects (line ii), according to the resolution of August 9, 2023</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>resolution of March 18, 2024 establishing the regulatory bases for aid for new participation of farmers in quality regimes, co-financed with the European Agricultural Fund for Rural Development (EAFRD) within the framework of the development program</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for 2024 for grants for unique projects to improve energy sustainability in companies in the industrial sector of the province of A Coruña,</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>Call for grants, on a competitive basis, for projects for equipment to harness renewable electrical energy and energy savings and efficiency in primary agricultural production companies</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>2024 Aid for Improving Production and Marketing of Beekeeping Products, according to the Resolution of May 6, 2024 that calls for them</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>Order of January 11, 2024 establishes the regulatory bases for the granting, in a competitive competition regime, of subsidies for digital transformation, innovation and modernization of the commercial and artisanal sector, and proceeds as follows</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Animal nutritional requirements and nutritional value of feed under different production management conditions</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>European</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-5-two-stage</t>
+  </si>
+  <si>
+    <t>Minimising climate impacts on fisheries: mitigation and adaptation solutions for future climate regimes</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-6-two-stage</t>
+  </si>
+  <si>
+    <t>Minimising climate impacts on aquaculture: mitigation and adaptation solutions for future climate regimes</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-7-two-stage</t>
+  </si>
+  <si>
+    <t>Organic agriculture thematic networks to compile and share knowledge ready for practice</t>
+  </si>
+  <si>
+    <t>2024-02-28</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-10</t>
+  </si>
+  <si>
+    <t>Biodiversity thematic networks to compile and share practice-ready knowledge</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-11</t>
+  </si>
+  <si>
+    <t>Development of EU forestry advisory networks</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-12</t>
+  </si>
+  <si>
+    <t>Development of EU advisory networks on sustainable livestock systems</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-13</t>
+  </si>
+  <si>
+    <t>Regional innovation ecosystems to foster food system transformation</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-2</t>
+  </si>
+  <si>
+    <t>Customization/pre-operationalization of prototypes End-user services in climate change adaptation and mitigation in the area</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-5</t>
+  </si>
+  <si>
+    <t>Developing innovative applications to support the European Green Deal, based on meteorological satellite data</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-6</t>
+  </si>
+  <si>
+    <t>Improving working conditions and empowering the workforce through digital and data technologies: the potential of robotics and augmented reality in agriculture</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-7</t>
+  </si>
+  <si>
+    <t>Scaling up EIP Task Force results across borders through thematic networks to compile and share practice-ready knowledge</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-8</t>
+  </si>
+  <si>
+    <t>Thematic networks to compile and share knowledge ready for practice</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-9</t>
+  </si>
+  <si>
+    <t>Demonstrating how regions can operate within ecologically and regionally safe nitrogen and phosphorus limits</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-1</t>
+  </si>
+  <si>
+    <t>Best available techniques for recovering or recycling fertilization products from secondary raw materials</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-2</t>
+  </si>
+  <si>
+    <t>Environmental impacts of food systems</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-3</t>
+  </si>
+  <si>
+    <t>Innovative technologies for zero pollution, zero waste biorefineries</t>
+  </si>
+  <si>
+    <t>2024-02-21</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Novel biomarker-based assays to guide personalized cancer treatment</t>
+  </si>
+  <si>
+    <t>2022-12-08</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-01</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Aerosol and Surface Decontamination for Pandemic Management</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-02</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Energy Storage</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-03</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: New European Bauhaus and Architecture, Engineering and Construction Digitalisation for Decarbonisation</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-04</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Emerging Semiconductor Components or Quantum Technology</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-05</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: New Technologies for Resilient Agriculture</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-06</t>
+  </si>
+  <si>
+    <t>EIC Accelerator Challenge: Customer-Driven Innovative Space Technologies and Services</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-07</t>
+  </si>
+  <si>
+    <t>EIC Open Accelerator 2023</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01</t>
+  </si>
+  <si>
+    <t>Support for testing EIC innovations for public and private prosecutors</t>
+  </si>
+  <si>
+    <t>2023-11-07</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-innovpro-01-01</t>
+  </si>
+  <si>
+    <t>Financial support for ecosystem partner services</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-partners-01-01</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: Clean and Efficient Cooling</t>
+  </si>
+  <si>
+    <t>2023-06-20</t>
+  </si>
+  <si>
+    <t>2023-10-25</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-01</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: AEC digitalization for a new triad of design, manufacturing and materials</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-02</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: Precision Nutrition</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-03</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: Responsible Electronics</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-04</t>
+  </si>
+  <si>
+    <t>EIC Pathfinder Challenge: Harvesting solar energy in space for innovative space applications</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-05</t>
+  </si>
+  <si>
+    <t>Implementation of co-financed action plans for connected regional innovation valleys</t>
+  </si>
+  <si>
+    <t>2023-05-17</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2023-connect-03-01</t>
+  </si>
+  <si>
+    <t>The African Union-European Union Innovation Platform</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-01-01</t>
+  </si>
+  <si>
+    <t>Startup Europe</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-01-02</t>
+  </si>
+  <si>
+    <t>Learning and mutual support scheme for national and regional innovation programmes</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-02-02</t>
+  </si>
+  <si>
+    <t>Digital for nature</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-2</t>
+  </si>
+  <si>
+    <t>Biodiversity, economics and finance: Understanding the macro-financial risks associated with biodiversity loss</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-4</t>
+  </si>
+  <si>
+    <t>Transformative action on policy mixes, governance and digitalisation that addresses biodiversity loss</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-5</t>
+  </si>
+  <si>
+    <t>Demonstrating nature-based solutions for sustainable water management in a changing climate</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Demonstrating the potential of nature-based solutions and the new European Bauhaus to contribute to sustainable, inclusive and resilient living spaces and communities</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Circular Cities and Regions Initiative (CCRI-PDA) Project Development Assistance</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-1</t>
+  </si>
+  <si>
+    <t>New circular solutions and decentralized approaches to water and wastewater management</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-4-two-stage</t>
+  </si>
+  <si>
+    <t>Circular design of biological processes and products</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-5-two-stage</t>
+  </si>
+  <si>
+    <t>Ocean models for seasonal to decadal regional climate impacts</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-6</t>
+  </si>
+  <si>
+    <t>Innovating for climate-neutral rural communities by 2050</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>New healthy and sustainable food products and processes</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-2</t>
+  </si>
+  <si>
+    <t>Thematic network that addresses food fraud by translating research and innovation into practice</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-3</t>
+  </si>
+  <si>
+    <t>Climate change and food security: effects of climate change on food security across food systems</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-4</t>
+  </si>
+  <si>
+    <t>Impact of the development of new foods based on alternative protein sources</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-7</t>
+  </si>
+  <si>
+    <t>Prevent and reduce food waste to reduce environmental impacts and help achieve 2030 climate goals</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-8</t>
+  </si>
+  <si>
+    <t>Microbiome for taste and texture in organoleptic dietary change</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-9</t>
+  </si>
+  <si>
+    <t>Addressing plant pest outbreaks</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-4-two-stage</t>
+  </si>
+  <si>
+    <t>Additional activities for the European partnership for a neutral, sustainable and productive blue economy</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-1</t>
+  </si>
+  <si>
+    <t>The role of mainstream media, social media and marketing in promoting healthy and sustainable consumption patterns and how to encourage good practices</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-3</t>
+  </si>
+  <si>
+    <t>Holistic approaches for effective monitoring of water quality in urban areas</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program. Income Guarantee Projects 2024</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>SEPE-LOCAL CORPORATIONS GRANTS 2024 of the AGRICULTURAL EMPLOYMENT PROMOTION PROGRAM</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>2024 AGRICULTURAL EMPLOYMENT PROMOTION PROGRAM FOR INCOME GUARANTEE PROJECTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>Exceptional grant 2023, Landaluz for the promotion of Andalusian agri-food products at points of sale through the “gusto del sur” quality and promotion brand.</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>ORDER EEI/319/2024, of March 27, calling for aid for investment and improvement, as well as for the digitalization of small businesses.</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>ORDER EEI/ /2024, of May 21, calling for aid for the year 2024 for the implementation of actions in the field of foreign trade in the Autonomous Community of Aragon, carried out by Aragonese SMEs.</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>Order AGA/…/2024, of May 20, calling for subsidies for the promotion and encouragement of the local sale of agri-food products in Aragon, for the year 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>Aid for business investment projects that promote research and development and industrial innovation in the province of Teruel. FITE 2022</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>Resolution of March 18, 2024, Call for the 20th edition of the Blas Infante Awards for Study and Research on Public Administration and Management.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>ORDER AGA/xxx/2024, of April 22, calling for subsidies aimed at improving the production and marketing of beekeeping products, for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN THE GOVERNMENT OF ARAGON AND THE OFFICIAL CHAMBERS OF COMMERCE, INDUSTRY AND SERVICES OF HUESCA, TERUEL AND ZARAGOZA, FOR THE EXECUTION OF ACTIONS ON SMEs DERIVED FROM THE ARAGON CHAMBER COMPETITIVENESS PLAN.</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>Order calling for subsidies for the establishment of young farmers and for the modernisation and/or improvement of agricultural holdings, within the framework of the CAP strategic plan for the period 2023-2027, for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>Sati - SME agreement with the Chamber of Commerce, Industry and Services of Zaragoza</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Agreement between SMEs and the Chamber of Commerce, Industry and Services of Huesca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Agreement between SMEs and the Chamber of Commerce, Industry and Services of Teruel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>Instrumental call 2024. general directorate of science and research. department of education, science and universities. direct grants. consolidated text of the aragon subsidy law approved by legislative decree 2/2023 of may 3.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Government of Aragon and the Ecology and Development Foundation for the execution of the project "Energy consultancy for Aragonese households. General population"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>General program contract between the Government of Aragon and the University of Zaragoza, for the allocation and financing of additional salary supplements linked to individual merits of the teaching and research staff of the University of Zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Order of the Second Vice President and Minister of Economy, Employment and Industry, granting a subsidy to the Association of Deaf People of Zaragoza and Aragon (ASZA) to provide employment intermediation services for deaf people</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Order aga/1611/2023, of November 7, which establishes the bbrr of extraordinary aid granted for the financing of Aragonese agricultural holdings due to the drought and the current problems of the sector, approves its open call for 2023-2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>Collaboration agreement signed between the Aragonese Employment Institute and the official chambers of commerce, industry and services of Huesca, Teruel and Zaragoza, to implement the “45+ program”.</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Government of Aragon and the Aragonese Council of Official Chambers of Commerce, Industry and Services as a collaborating entity, for the management of aid for the modernization of private companies transporting passengers and goods</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>Agreement authorizing subsidies to Professional Agricultural Organizations to help cover their operating expenses 2024</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>Resolution of May 3, 2024 of the Ministry of Rural Environment and Agricultural Policy calling for aid to Livestock Health Defense Groups (ADSG) recognized in the Principality of Asturias for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>Resolution of 04/25/2024, of the Asturian Science, Business Competitiveness and Innovation Agency approving the call for subsidies for the Digital Transformation aid program, year 2024</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova aimed at UV undergraduate, master's and doctoral students for the 2023-2024 academic year</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>Resolution of February 15, 2024 of the Ministry of Ecological Transition, Industry and Economic Development approving the call for subsidies to improve the competitiveness, innovation and digitalization of small and medium-sized businesses</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Grants for the promotion of agricultural and food products under quality regime. Call for applications 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Grants for the creation of businesses for young farmers. Call for applications 2024</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in agricultural holdings, corresponding to the year 2024. Second call</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Grants for the promotion of self-consumption facilities with renewable/thermal energy sources for individuals</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>Promotion of self-consumption actions with renewable energies and energy efficiency for SMEs</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Aid for the contracting of combined agricultural insurance in the autonomous community of the Balearic Islands corresponding to the 45th combined agricultural insurance plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>Call for aid aimed at the operation of innovative business groups in the Balearic Islands 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Grants for predoctoral and postdoctoral researchers to undertake short stays outside the Balearic Islands</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Procedure for the direct granting of additional aid to holders of herbaceous, forage and aromatic, horticultural and nursery farms affected by the natural disaster PDRCV (M23)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>Resolution of April 7, 2025, of the Ministry of Rural Environment and Agrarian Policy, approving the Regulatory Bases and the Call for Interventions in the form of direct payments to agriculture and livestock and the Interventions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>Order of April 8, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing aid for the green harvest of vineyards in the Community of Castile and León for the 2025 grape harvest.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Resolution of 04/08/2025, by delegation of the Director of the Institute for the Promotion of the Region of Murcia, on a multi-year call for aid to encourage the contracting of innovation and competitiveness services. Internationalization Check.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolution of 4/7/2025, of the Asturian Science, Business Competitiveness and Innovation Agency, approving the call for grants for the execution of R&amp;D projects in the Principality of Asturias for the 2025 financial year.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Aid for the development and validation of innovative treatments for livestock manure management corresponding to 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Call for SME Innova 2025 - Seville Chamber</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>De minimis adjustments to agricultural diversification associated with the global exploitation contract in the framework of the PDR in Catalonia 2023-2027 for any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Aid for improving the processing and marketing processes of agri-food products corresponding to the year 2025</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>LA RIOJA - LA RIOJA ECONOMIC DEVELOPMENT AGENCY</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>STATE - MINISTRY OF LABOR AND SOCIAL ECONOMY - PROVINCIAL OFFICE OF THE SEPE OF CASTELLÓ/CASTELLÓN</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>Call for applications for aid to rice farmers corresponding to the environmental and climate management commitments of the 2023-2027 PEPAC rural development intervention. Protection of the rice reserve in the Region of Murcia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>Aid for quality schemes for agricultural and food products, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Resolution of April 16, 2025, establishing the regulatory bases for aid for quality programs developed by regulatory councils for agri-food quality designations and calling for 2025 (procedural code)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolution of April 25, 2025 of the Spanish Agricultural Guarantee Fund (FEGA), which calls for aid for tangible or intangible investments in the processing, marketing, or development of PEPAC agri-food products.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 1.- FEDERATIONS AND COOPERATIVE UNIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 2.- PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Mallorca headquarters)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 3.- PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Menorca headquarters)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Order of April 30, 2025, subsidies aimed at promoting the integration and merger processes of agri-food associative entities. Line 1 - Aid to promote the integration of agri-food associative entities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Order of April 30, 2025, subsidies aimed at promoting integration and merger processes for agri-food associative entities. Line 2 - Aid to promote and encourage the merger of agri-food associative entities in Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Self-consumption subsidies and energy efficiency actions in communities of owners</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty on Subscription to Agricultural Insurance</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>Call for aid for the execution of the program for issuing digital bonds for vulnerable groups</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Call for subsidies to improve digital skills of the Canary Islands population 2024</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN THE DEPARTMENT OF SOCIAL WELFARE AND FAMILY AND THE UNIVERSITY OF ZARAGOZA, TO CARRY OUT A RESEARCH PROJECT TO DEVELOP A SYSTEM FOR MEASURING THE LABOR INSERTION OF PEOPLE WITH DISABILITIES 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>ORDER CALLING FOR THE 2024 CAMPAIGN, AID BY SURFACE TO ALOE VERA AND OLIVE PRODUCERS, PROVIDED FOR IN ACTION I.8 OF THE COMMUNITY PROGRAM OF SUPPORT FOR AGRICULTURAL PRODUCTION IN THE CANARY ISLANDS</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>SUBV. RECONSTRUCTION OF THE POTENTIAL AGRICULTURAL PRODUCTION, LA PALMA VOLCANO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>Support program for digitalization and knowledge of the commercial sector</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>Order calling for the 2024 campaign for action i.1. "Help for the marketing of fruits, vegetables, edible roots and tubers, flowers and live plants collected in the Canary Islands"</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>Assistance and tutoring for the digital transformation of Gran Canaria commerce</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Subv. ayto. fuencaliente - innovative projects demographic challenge</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for applications for digital skills training mrr</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>Subv. proj. energy-sustainable air base</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Resolution of May 14, 2024, of the (FEGA), by which the subsidies for advisory services at a supra-autonomous level, aimed at the agri-food and forestry sector, within the framework of the PEPAC, are called in advance.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>Resolution SOD/FER/23/24, of April 11, 2024, by which the line of subsidies of the program of “ORGANIZATION OF BUSINESS FAIRS AND CONGRESSES IN CANTABRIA” is called for the year 2024. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Call for aid to agricultural associations for collaboration in the provision of advisory services that include technical-economic management, to agricultural holdings in the Autonomous Community of Cantabria for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>Call for aid for the realization of productive investments linked to contributing to mitigation-adaptation to climate change, efficient use of natural resources and modernization and/or improvement in agricultural holdings in Cantabria.</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Call for the first grants for investment projects in the processing and marketing of agricultural products undertaken by the food industry and included in the strategic plan of the common agricultural policy of Cantabria 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>ANNUAL AGRICULTURAL INSURANCE PLAN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>Resolution of the Regional Minister for Rural Development, Livestock, Fisheries and Food, dated April 24, 2024, calling for aid for the production and marketing of honey, within the framework of sectoral intervention in the beekeeping sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>RESOLUTION SOD/+TAL/23/24, OF MARCH 20, 2024, BY WHICH THE LINE OF SUBSIDIES “+ TALENT. HIRING OF COMMERCIAL TECHNICAL PERSONNEL” IS ANNOUNCED. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>Subsidies for business competitiveness vouchers: Innovation 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Digital Twins. Challenge 1. Irrigation Twin</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>"1st National Awards for Educational Experiences that Promote Students' Digital Competence"</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>2025 grants for improving the production and marketing of beekeeping products corresponding to the Beekeeping Sector Intervention - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>AGREEMENT BETWEEN THE GALICIAN INSTITUTE FOR ECONOMIC PROMOTION (IGAPE) AND THE ASSOCIATION FOR THE DIGITALIZATION OF THE INDUSTRY OF GALICIAN (DIHGIGAL), TO PROVIDE CONTINUITY TO THE FINANCING OF THE MANAGEMENT AND COORDINATION COSTS OF THE DIGITAL INNOVATION HUB</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>AGRICULTURAL EMPLOYMENT PROMOTION PROGRAM 2025 (Stable Employment)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025 (Income Guarantee)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>EAFRD. AGRICULTURAL AND ORGANIC LIVESTOCK AID. PEPAC. PROG 2025-2029 AND ANNUAL</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>Order of May 23, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing grants for the promotion of breeding and registration of purebred Castilian and León horses in genealogical records.</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Call for aid for 2025 to the Professional Agricultural Organizations and Agricultural Cooperatives of Cantabria for collaborating in the completion of applications for the call for aid financed by the EAGF and EAFRD</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>2025 grants for improving the production and marketing of beekeeping products corresponding to the Beekeeping Sector Intervention - EIVISSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>2025 grants for improving the production and marketing of beekeeping products corresponding to the Beekeeping Sector Intervention - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>2025 Grants for improving the production and marketing of beekeeping products corresponding to the Beekeeping Sector Intervention - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Aid for the conservation of agricultural genetic resources aimed at conservation entities, within the framework of the CAP Strategic Plan 2023-2027 corresponding to 2025</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Resolution of 05/27/2025, of the General Directorate of Agricultural Planning, establishing the call for additional aid for the contracting of agricultural insurance in Castilla-La Mancha included in the forty-sixth Combined Agricultural Insurance Plan (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolution of 30/05/2025, of the General Directorate of Agri-Food Production and Cooperatives, calling for, under a de minimis regime, in-kind aid for group participation in the stand that the Ministry of Agriculture, Livestock and Rural Development will contract for attendance at the Fruit Attraction 2025 agri-food fair.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY, ANNOUNCING FOR THE 2025 CAMPAIGN AID PER HECTARE FOR THE MAINTENANCE OF VINE CULTIVATION FOR THE PRODUCTION OF WINES WITH DESIGNATION OF ORIGIN</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Call for 20 scholarships for registration in the 2025 summer course of the Vice-Rectorate for Culture, Sports and Social Commitment of the UCLM "Entrepreneurship in the Veterinary and Agricultural Sector: Opportunities and Challenges" CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>2025 Call for applications for participation in trade fairs under the de minimis regime</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>EKINN+ 2025 PROGRAM: BASIS FOR PARTICIPATION IN THE PROGRAM TO PROMOTE THE CREATION, GROWTH, AND CONSOLIDATION OF NEW INNOVATIVE BUSINESS INITIATIVES.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>EKINN TALENT PROGRAM. A grant program to promote the hiring of qualified professionals to develop innovative projects in companies and organizations in San Sebastian.</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>TECHNOLOGY BOND PROGRAM. AID PROGRAM FOR TECHNOLOGY TRANSFER TO BOOST AND IMPROVE THE COMPETITIVENESS OF INNOVATIVE BUSINESS PROJECTS IN SAN SEBASTIÁN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>STRATEGY PROGRAM. AID PROGRAM TO SUPPORT THE GROWTH OF INNOVATIVE BUSINESS PROJECTS IN SAN SEBASTIÁN.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>Valorization and transfer of research results to companies. NO STATE AID</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Assimilation of advanced technologies and their dissemination in the Valencian Innovation System REG (EU) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>2025 Grants for loan financing to owners of dryland olive and vineyard farms located in Extremadura s/ Decree 35/2025 of May 6 that calls for them</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>2025 Call for Proposals. Aid to associations of agri-food producers that market through short channels, and associations managing agricultural TEST spaces.</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Call for grants for digitalization projects in companies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>Order calling for 2025 grants to support Non-Profit Professional Agricultural Associations</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid for control and certification activities for agri-food quality standards in Navarre, recognized as PDOs or PGIs, under the de minimis regime.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>2025 Call for applications for aid to local entities to promote short marketing channels for agri-food products</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>GRANTS FOR INVESTMENT IN INNOVATION FOR TRAINING AND EMPLOYMENT 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>CALL FOR PROPOSALS FOR YOUNG PEOPLE'S RESEARCH PROJECTS - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>Boosting innovative public procurement (CPI) REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Boosting innovative public procurement (CPI) REGIME 651</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Boosting innovative public procurement (CPI) L2 NO STATE AID</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>Order MAV/625/2025, of June 12, approving the regulatory bases and calling for subsidies for the digitalization of primary processing companies of wood and other wood products (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Order MAV/624/2025, of June 12, approving the regulatory bases and calling for subsidies for digital entrepreneurship projects and forestry startups in Castilla y León (RETECHFOR, PRTR, Next Generation EU funds)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Resolution of June 22, 2025, of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, calling for grants aimed at promoting innovation and entrepreneurship. Incubators.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolution of XX of XXX of 2025, which calls for competitive grants for innovation projects developed by Technology Centers. Line 5 of the Order of February 10, 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>Resolution of June 17, 2025, establishing the regulatory bases for aid to agricultural holdings belonging to the protected geographical indication Faba de Lourenzá and calling for the year 2025 (procedure code MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Subsidy 2025 for agricultural holding owners to encourage participation in food quality schemes. Pursuant to the Resolution of June 19, 2025.</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>RESOLUTION, OF XX OF XXXX OF 2025, OF THE DG OF INNOVATION PROMOTION, WHICH ANNOUNCES FOR THE YEAR 2025, IN COMPETITIVE COMPETITION, THE GRANTING OF SUBSIDIES FOR INNOVATION PROJECTS BY THE LINE 2 NON-STATE AID CLUSTERS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUTION, OF XX OF XXXX OF 2025, OF THE DG FOR THE PROMOTION OF INNOVATION, WHICH ANNOUNCES FOR THE YEAR 2025, IN COMPETITIVE COMPETITION, THE GRANTING OF SUBSIDIES FOR INNOVATION PROJECTS BY THE LINE 2 CLUSTERS R (EU) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUTION, OF XX OF XXXX OF 2025, OF THE DG OF INNOVATION PROMOTION, WHICH ANNOUNCES FOR THE YEAR 2025, IN COMPETITIVE COMPETITION, THE GRANTING OF SUBSIDIES FOR THE ACQUISITION OF EQUIPMENT TO IMPROVE INFRASTRUCTURES IN C.TECHN. LINE 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>ORDER of June 11, 2025, establishing the regulatory bases for aid for young farmers, within the framework of the Strategic Plan of the Common Agricultural Policy of Spain 2023-2027, co-financed by the European Fund</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Order of June 19, 2025, of the Commission of Industry, Commerce and Employment, calling for subsidies to promote self-employment transition in Castile and León (Self-Employment Transition). Year 2025</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Order of June 19, 2025, of the Commission of Industry, Commerce and Employment, calling for grants to promote entrepreneurship to ensure productive succession through organizations representing the self-employed and the social economy.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>National Agricultural Machinery Fleet Renewal Plan (PLAN RENOVE) for the 2025 financial year</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>EAFRD AID FOR THE INCORPORATION OF YOUNG FARMERS, CALL FOR 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>ORDER AGA/685/2025, of June 23, approving the regulatory bases and the call for aid for damage to agricultural production and infrastructure as a result of torrential rains in 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Program to Promote Agricultural Employment in Depressed Rural Areas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>EXTRACT FROM THE ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING, FOR THE 2025 CAMPAIGN, AID FOR ACTION III.2, SUPPORT FOR THE BEEF SECTOR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING FOR THE 2025 CAMPAIGN, THE AID OF ACTION III.6 AID FOR LOCAL GOAT AND SHEEP DAIRY PRODUCTION</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING FOR THE 2025 CAMPAIGN, AID FOR ACTION III.4 AID FOR LOCAL BEEF DAIRY PRODUCTION</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program for Depressed Rural Areas (2025). Salamanca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Subsidies to associative entities in the agricultural and food sector, for the implementation of specific activities of special interest to the Spanish agri-food sector, as well as their integration into European-level entities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
+  </si>
+  <si>
+    <t>Regulatory bases for 2025-2027 and call for applications for aid to improve the production and marketing of beekeeping products within the framework of the Beekeeping Sectoral Intervention, included in the PEPAC, for the 2025 campaign.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>Aid for the adoption and maintenance of organic farming and livestock (2025)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-agricultura-ganaderia-ecologica-2</t>
+  </si>
+  <si>
+    <t>Aid for the commitment to animal health and welfare in intensive dairy cattle farming (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/compromiso-sanidad-bienestar-animal</t>
+  </si>
+  <si>
+    <t>Aid to beekeeping for biodiversity (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-apicultura-biodiversidad-1</t>
+  </si>
+  <si>
+    <t>Order of June 30, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing grants for improving the production structures of agricultural holdings, co-financed by the EAFRD.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843224</t>
+  </si>
+  <si>
+    <t>Resolution of June 30, 2025 of the director of the Valencian Agency for Agricultural Development and Guarantee, which calls for aid to the establishment of young farmers and new farmers in the Valencian Community within the framework of the Plan</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843261</t>
+  </si>
+  <si>
+    <t>Order of June 20, 2025, of the Ministry of Agriculture, G and DR, calling for aid for the replacement of cattle as a result of their slaughter under official health programs for ruminant diseases.</t>
+  </si>
+  <si>
+    <t>2025-07-05</t>
+  </si>
+  <si>
+    <t>2025-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843595</t>
+  </si>
+  <si>
+    <t>2025 Call for aid to agri-food producers who market in short channels, covered by the de minimis regime</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843645</t>
+  </si>
+  <si>
+    <t>Aid for the lines of the 2025 Agricultural Insurance Plan (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843675</t>
+  </si>
+  <si>
+    <t>Cooperative aid for operational groups, European Innovation Association. Execution phase</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843680</t>
+  </si>
+  <si>
+    <t>Aid for loss of profits. Resolution 03/07/2025 of the DG of Agricultural Planning calling for, on a competitive basis, aid to compensate for the loss of profits of livestock farms in which the following conditions apply:</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>2025-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844123</t>
+  </si>
+  <si>
+    <t>Call for applications for investment aid in renewable energy for agricultural buildings in rural areas for 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844175</t>
+  </si>
+  <si>
+    <t>Extract from Order 9/7/2025, of the Ministry of Water, Agriculture, Livestock and Fisheries, approving the 2025 call for subsidies for the promotion of native Spanish breeds.</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845166</t>
+  </si>
+  <si>
+    <t>Aid for the incorporation of young farmers</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-jovenes-agricultores-1</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>Order of June 30, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing the 2025 call for investment aid for the creation, improvement, or expansion of infrastructure on grazing land.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845265</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF WATER, AGRICULTURE, LIVESTOCK AND FISHERIES. DATED 10/07/2025. CALL FOR AID FOR THE RECONSTITUTION OF THE PRODUCTIVE POTENTIAL OF DRYLAND ALMOND TREES. STRATEGIC PLAN OF THE COMMON AGRICULTURAL POLICY, PERIOD 2023-2027, ANNUAL PAYMENT 2025</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845809</t>
+  </si>
+  <si>
+    <t>Subsidies for inland aquaculture insurance included in the 46th Combined Agricultural Insurance Plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845921</t>
+  </si>
+  <si>
+    <t>Subsidies for marine aquaculture insurance included in the 46th Combined Agricultural Insurance Plan</t>
+  </si>
+  <si>
+    <t>2026-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845928</t>
+  </si>
+  <si>
+    <t>Resolution of July 11, 2025, approving the call for aid for advisory services and participation in certification schemes for dairy farms</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846345</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846381</t>
+  </si>
+  <si>
+    <t>Resolution approving the regulatory bases for aid for notary fees and registration of agroforestry properties subject to exchanges of special agricultural interest</t>
+  </si>
+  <si>
+    <t>2026-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846746</t>
+  </si>
+  <si>
+    <t>GRANTS FOR INVESTMENTS IN AGRICULTURAL HOLDINGS 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846899</t>
+  </si>
+  <si>
+    <t>De minimis in-kind aid to the agricultural sector in the form of advice and technical support on sustainable fertilization, corresponding to the year 2025</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847044</t>
+  </si>
+  <si>
+    <t>Aid aimed at improving the production and marketing of beekeeping producers</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847052</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to agricultural associations to collaborate in providing advisory services, including technical and economic management, to agricultural holdings in the Autonomous Community of Cantabria by 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849207</t>
+  </si>
+  <si>
+    <t>Resolution No. 1,131/2025, of the Ministry of Agriculture, Livestock, Rural World and Environment, approving the public call for the year 2025 for aid to livestock farms affected by bovine tuberculosis</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849292</t>
+  </si>
+  <si>
+    <t>Resolution of July 30, 2025 of the Director of the Valencian Agency for Agricultural Promotion and Guarantee, which calls for aid to the wine sector of the Valencian Community for promotion and communication in third-country markets.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849478</t>
+  </si>
+  <si>
+    <t>Direct subsidies to professional agricultural organizations declared most representative at the state level for institutional representation and collaboration activities</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849610</t>
+  </si>
+  <si>
+    <t>Order of 2025 establishing the regulatory bases for aid to promote the use of agricultural machinery under an associative regime in Galicia, financed by the European Union Recovery Instrument (EURI) within the framework</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849749</t>
+  </si>
+  <si>
+    <t>Resolution of August 1, 2025, of the General Director of the Agrarian Technological Institute of Castilla y León, by which the aid for the activities promoted by the Food Sector Associations for the development of the agricultural sector is called for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850066</t>
+  </si>
+  <si>
+    <t>2025 Call for applications for aid to Livestock Health Defense Groups and Beekeeping Health Defense Groups, pursuant to the Resolution of July 24, 2025</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850149</t>
+  </si>
+  <si>
+    <t>Order of 12/08/2025, of the Ministry of Agriculture, Livestock and Rural Development, calling for 2025 grants to promote the scaling of agri-food cooperatives in the autonomous community of Castile and León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to help young and new farmers establish their businesses in Cantabria by 2025.</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Resolution of 04/08/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policy, calling for aid, under a de minimis regime, for the ownership and maintenance of mastiff dogs for the defense and guarding of sheep and goat livestock.</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Order IND/39/2025, of August 20, approving the call for grants for merchant associations and their federations, and confederations and cooperatives of retailers for the year 2025. Not subject to de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Order of August 21, 2025, establishing the regulatory bases for aid intended to promote the use of common facilities and equipment in an associative regime, within the framework of the Strategic Plan of the Common Agricultural Policy</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Call for 2025 for support aid to innovative business groups to improve their competitiveness and contribute to strategic autonomy</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>2025 grants for companies to participate in the Food Ingredients 2025 Fair, according to the Agreement of August 26, 2025, which calls for them.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025 of August 26, calling for subsidies for investments in the processing, marketing and development of agricultural products (agri-food industries), within the framework of the PEPAC for the period 2023-2027 for the year 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF SUSTAINABLE DEVELOPMENT, WHICH ESTABLISHES THE REGULATORY BASES FOR AID TO PROMOTE THE CREATION OF GROUPS OF PRIVATE FOREST OWNERS FOR JOINT MANAGEMENT WITHIN THE FRAMEWORK OF THE RECOVERY PLAN,</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>Order AGA/XX/2025, of XX, calling for subsidies for the contracting of agricultural insurance in the autonomous community of Aragon, for the year 2025 for the lines of the forty-sixth combined agricultural insurance plan (2025 plan)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>Resolution 1280/2025 approving the public call for 2025 for subsidies to professional agricultural organizations and advisory entities that carry out support activities for agricultural holdings in La Rioja.</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853953</t>
+  </si>
+  <si>
+    <t>Resolution of August 29, 2025, regulating the granting of aid to cover damages suffered by commercial, industrial, tourist and business establishments resulting from forest fires (IG100A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854027</t>
+  </si>
+  <si>
+    <t>Order of August 29, 2025 establishing the regulatory bases for aid for damage to forestry, agricultural or livestock farms for the repair of damage caused by forest fires affecting Galicia during</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854093</t>
   </si>
   <si>
     <t>Agreement of August 28, 2025, of the Regional Government of Castile and León, authorizing the direct granting of subsidies to the owners of damaged agricultural holdings located in municipalities affected by the forest fires of 2025.</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854122</t>
   </si>
   <si>
+    <t>2025 Grants to individuals or private legal entities for the conservation of protected species and habitats of interest in agricultural and livestock farms and first call s/ Decree 92/2025, of July 29</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854468</t>
+  </si>
+  <si>
+    <t>RESOLUTION of September 1, 2025, of the Ministry of Rural Environment and Agricultural Policy approving a multi-year call for subsidies for investments in agricultural products and investments in forestry technologies.</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854595</t>
+  </si>
+  <si>
+    <t>Resolution of September 4, 2025, of the director of the Valencian Agency for Agricultural Promotion and Guarantee (AVFGA), which calls for aid for investments in the processing, marketing or development of agri-food products in the</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/855070</t>
+  </si>
+  <si>
+    <t>Resolution of September 13, 2025, calling for aid for the 2025 financial year to support the provision of advisory services</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856481</t>
+  </si>
+  <si>
+    <t>Order of September 12 of the Ministry of Agricultural and Rural Development (AGyDR), announcing aid for non-productive investments in agricultural holdings within the framework of Spain's PEPAC (Spanish Agricultural and Rural Development Fund) for the period 2023-2027, co-financed by the EAFRD (Federal Agricultural Development Fund), Intervention 6844.</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856574</t>
+  </si>
+  <si>
+    <t>Resolution 2025 approving the call for multi-year grants to agricultural associations for the improvement of agricultural holdings in the Principality of Asturias for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856648</t>
+  </si>
+  <si>
+    <t>Resolution of September 15, 2025, of the Ministry of Rural Environment and Agrarian Policy, approving the call for subsidies to non-profit entities for the holding of markets in the Natural Paradise</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856649</t>
+  </si>
+  <si>
+    <t>Resolution of 09/15/2025, of the General Directorate of Agricultural Management by which, under a competitive regime, for the year 2025, aid is called for restocking in cattle, sheep and goat farms in case of vacancies</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856922</t>
+  </si>
+  <si>
+    <t>Order of September 15, 2025, of the Ministry of Water, Agriculture, Livestock, and Fisheries, calling for grants for the Regulatory Councils of Designations of Origin, Protected Geographical Indications, and the Organic Agriculture Council. 2025</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857081</t>
+  </si>
+  <si>
+    <t>Grants for the transformation of the Catalan agri-food cooperative movement and the promotion of competitiveness and environmental, social, and economic sustainability 2027-2028</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857187</t>
+  </si>
+  <si>
+    <t>Order of September 18, 2025 establishing the regulatory bases for aid to professional agricultural organizations and agricultural associations for carrying out activities of agricultural interest and calls for them for the year 2025 (code of</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>ORDER ANNOUNCING FOR 2025, AID UNDER MEASURE III “SUPPORT FOR ANIMAL PRODUCTION”, ACTION III.7 “AID FOR THE PRODUCTION OF PIG BREEDING STOCK IN THE CANARY ISLANDS” OF THE COMMUNITY PROGRAM TO SUPPORT AGRICULTURAL PRODUCTION IN THE CANARY ISLANDS</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858992</t>
+  </si>
+  <si>
+    <t>Grants to excellent research groups in the Murcia region for the development of scientific and technical research activities and for the valorization and transfer of knowledge.</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859460</t>
+  </si>
+  <si>
+    <t>Order of October 1, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing the 2027 call for aid for the provision of advisory services to farms and the entity selection process.</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859544</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Grants for investments in the creation and development of non-agricultural businesses and activities in rural areas (Intervention 7119 PEPAC), s/ II Call (PEPAC 2023-2027) GAL ADIC-HURDES</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859858</t>
+  </si>
+  <si>
+    <t>Food chain and wood digitization aid program 2025 REG(EU) 1408/2013</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859873</t>
+  </si>
+  <si>
+    <t>Call for 2025 for Aid for Investment in Agricultural Holdings Irrigation Modernization R247. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860380</t>
+  </si>
+  <si>
+    <t>Call for 2025 for Aid for Investment in Agricultural Holdings Irrigation Transformation R159. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860520</t>
+  </si>
+  <si>
+    <t>Order of October 3, 2025, of the Ministry of Agriculture, Livestock and Rural Development, announcing grants for the most representative professional agricultural organizations in the Community of Castile and León for 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860805</t>
+  </si>
+  <si>
     <t>RESOLUTION of October 13, 2025, issued by the director of the Valencian Agency for Agricultural Development and Guarantee, calling for aid for the distillation of winemaking by-products for the 2025/2026 campaign.</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862744</t>
   </si>
   <si>
     <t>ORDER AGA/xxxx/2025, of October 17, regulatory bases and call for aid for damage to production and infrastructure of agricultural holdings caused in Aragon as a result of torrential rains in August-September 2025.</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862758</t>
   </si>
   <si>
-    <t>Collaboration agreement between the Generalitat, through the presidency and the University of Alicante, for collaboration in the operation of the commissionerate of the presidency of the Generalitat, for the digitalization and cybersecurity of the community</t>
-[...17 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+    <t>Resolution, of 17/10/2025, of the General Directorate of Agricultural Planning, by which the aid regulated by Order 115/2024, of July 5, of the Ministry of Agriculture, Livestock and Rural Development, is called for the year 2025, by which</t>
+  </si>
+  <si>
+    <t>2025-10-25</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863301</t>
+  </si>
+  <si>
+    <t>Grants for the creation of businesses by young farmers. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863851</t>
+  </si>
+  <si>
+    <t>Grants for the creation of businesses by young farmers. 2026 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863854</t>
+  </si>
+  <si>
+    <t>Call for applications for the second round of aid for investment projects in the transformation and marketing of agricultural products undertaken by the food industry and included in the strategic plan of the Common Agricultural Policy of Cantabria 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864075</t>
+  </si>
+  <si>
+    <t>Call for second aid for investment projects in the transformation and marketing of agricultural products undertaken by the food industry included in the strategic plan of the Common Agricultural Policy of Cantabria 23-27- (RUE 2022/2472)</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/865266</t>
+  </si>
+  <si>
+    <t>Promotion of agri-food SMEs (PAL) Reg. exemption 2022/2472</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/865711</t>
+  </si>
+  <si>
+    <t>ORDER AGA/XX/2025 OF , WHICH CALLS FOR SUBSIDIES FOR THE CONTRACTING OF AGRICULTURAL INSURANCE IN THE AUTONOMOUS COMMUNITY OF ARAGON, FOR THE YEAR 2025 FOR LINES 45 (PLAN 2024) AND 46 (PLAN 2025) COMBINED AGRICULTURAL INSURANCE PLANS, SUBSCRIBED UNTIL 31 AUGUST.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866048</t>
+  </si>
+  <si>
+    <t>Support for training in the agricultural sector</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866524</t>
+  </si>
+  <si>
+    <t>Investment aid for agri-food industries. 2026 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866746</t>
+  </si>
+  <si>
+    <t>2025 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867758</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867759</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING THE 2026 AID FOR ACTION III.2 SUPPORT FOR THE CATTLE SECTOR, SUB-ACTION III.2.4 AID FOR THE IMPORTATION OF CALVES INTENDED FOR FATTENING</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868670</t>
+  </si>
+  <si>
+    <t>2025 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868257</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868258</t>
+  </si>
+  <si>
+    <t>2026 Grants for the provision of technical advice to the agricultural sector on plant protection Resolution of December 3, 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolution of 07/01/2026 of the General Directorate of Agriculture and Livestock, by which the call for applications in 2026 for aid for applications for restructuring and conversion of vineyards in Castilla-La Mancha is made within the framework of the Intervention S</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>RESOLUTION of the Ministry of Agriculture, Water, Livestock and Fisheries by which the aid for the Regulatory Councils or Management Bodies of the differentiated quality agri-food figures is called in advance for the year 2026 d</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>RESOLUTION of December 23, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee, by which the advance call for aid for the 2026 financial year for information and promotion activities of agri-food quality schemes is made</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Regulatory bases for Ticket Innova 2026, non-competitive concurrence, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 approving the regulatory bases for the granting of IA360 aid aimed at promoting business innovation in competitive competition (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 for the regulatory bases of the aid for the improvement of the innovation capacity of companies in Galicia 2026-2027 under a competitive bidding system (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Reacciona 2026 regulatory framework, co-financed by the ERDF, non-competitive, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>Aid for resilient agroforestry landscape projects for the years 2026-2028</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>ORDER of December 29, 2025, establishing the regulatory bases for aid for the promotion of the contracting of agricultural insurance in the Autonomous Community of Galicia and calling for the year 2026 (Procedure code MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Resolution approving the call for aid for the provision of advisory services, 2026 call</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>Aid for investments in the processing and marketing of agricultural products co-financed by the European Agricultural Fund for Rural Development (EAFRD)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>Expanding academic enterprise collaborations</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-02-01</t>
+  </si>
+  <si>
+    <t>Invasive alien species</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-1</t>
+  </si>
+  <si>
+    <t>Dependence of society and the economy on pollinators</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-3</t>
+  </si>
+  <si>
+    <t>Promoting pollinator-friendly agricultural systems</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-6</t>
+  </si>
+  <si>
+    <t>Reintroduction of landscape features in intensive agricultural areas</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-7</t>
+  </si>
+  <si>
+    <t>Conservation and protection of carbon-rich and biodiversity-rich forest ecosystems</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-8</t>
+  </si>
+  <si>
+    <t>Selective breeding program for organic aquaculture</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-9</t>
+  </si>
+  <si>
+    <t>Promotion of minor crops in agricultural systems</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>Targeting aquatic extremes to obtain new enzymes, drugs, metabolites and chemicals</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-10</t>
+  </si>
+  <si>
+    <t>Circular solutions for textile value chains based on extended producer responsibility</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-2</t>
+  </si>
+  <si>
+    <t>Innovative circular solutions for furniture</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-3</t>
+  </si>
+  <si>
+    <t>Systemic circular solutions for sustainable tourism</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-4</t>
+  </si>
+  <si>
+    <t>Programmed biodegradation capacity of bio-based materials and products, validated in specific environments</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-5</t>
+  </si>
+  <si>
+    <t>Digital information systems for biography-based products</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-6</t>
+  </si>
+  <si>
+    <t>Demonstrating the fair and transition from GHG-intensive economies facing challenges towards circular bioeconomy model regions</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-7</t>
+  </si>
+  <si>
+    <t>Assistance for the development of the bioeconomy project</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-8</t>
+  </si>
+  <si>
+    <t>Circular Bioeconomy Startup Villages</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-9</t>
+  </si>
+  <si>
+    <t>Circular solutions for textile value chains through innovative sorting, recycling and design for recycling</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Increasing circularity in plastics value chains</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Increasing circularity in electronic value chains</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>From silos to diversity: small-scale biological demonstration pilots</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-6-two-stage</t>
+  </si>
+  <si>
+    <t>Improving irrigation practices and technologies in agriculture</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-1</t>
+  </si>
+  <si>
+    <t>Socioeconomic, climatic and environmental aspects of paludiculture</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-2</t>
+  </si>
+  <si>
+    <t>Paludiculture: large-scale demonstrations</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-3</t>
+  </si>
+  <si>
+    <t>Land use change and local/regional climate</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-4</t>
+  </si>
+  <si>
+    <t>Climate-smart use of wood in the construction sector to support the new European Bauhaus</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-5</t>
+  </si>
+  <si>
+    <t>EU-China international cooperation to enhance monitoring of integrated climate and biodiversity approaches using environmental and Earth observation</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-7</t>
+  </si>
+  <si>
+    <t>Unlocking the potential of the new European Bauhaus in transforming the urban food system</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-1</t>
+  </si>
+  <si>
+    <t>Perceptions and social benefits of rural life and jobs: Will Covid-19 bring lasting change?</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-2</t>
+  </si>
+  <si>
+    <t>Participation and empowerment of Arctic coastal, local and indigenous communities in environmental decision-making</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-3</t>
+  </si>
+  <si>
+    <t>New sustainable production and business models for farmers and rural communities</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Agro-pastoral/outdoor livestock systems and wildlife management</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-1</t>
+  </si>
+  <si>
+    <t>EU-African Union cooperation in agroforestry management for climate change adaptation and mitigation</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-10</t>
+  </si>
+  <si>
+    <t>EU-African Union: Towards climate-neutral, social, fair trade only food systems</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-11</t>
+  </si>
+  <si>
+    <t>Creating smart and engaging tools to improve healthy and sustainable food provision, eating and food processing at home</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-5</t>
+  </si>
+  <si>
+    <t>Citizen science as an opportunity to foster the transition to sustainable food systems</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-6</t>
+  </si>
+  <si>
+    <t>Increasing the availability and use of non-contentious inputs in organic agriculture</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Sustainable organic food innovation labs: strengthening the entire value chain</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Tools to increase the effectiveness of EU import controls for plant health</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>Order of December 19, 2023 establishing the regulatory bases for aid to alleviate damage caused by wild boar in agricultural crops and calling for applications for the year 2024 (procedure code mt809e).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Regulatory bases for the procedure for granting aid for energy improvement projects, aimed at self-employed workers and SMEs, within the territory of the autonomous community of Galicia</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>Order of December 15, 2023 establishes the regulatory bases of aid for the promotion of the contracting of agricultural insurance in the autonomous community of Galicia and is convened for the year 2024 (procedure code mr443a).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Ministry of Employment Promotion and Equality and the Galician Trade Federation to carry out training actions for the qualification and requalification of the active population in strategic sectors and capacity improvement</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the first vice presidency and the department of the presidency, justice and sports and the council of no framework available in the first transitional provision of decree 168/2008, dated 24 July, which is regulated as agr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>Agreement between GAIN, the Ministry of Education, UDC, USC, UVI and CSIC to promote the research activity of the research staff who are finalists in the ERC grant calls within the framework of the Horizon Europe programme</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Department of Economy, Industry and Innovation of the Xunta de Galicia and the Official Chamber of Commerce, Industry, Services and Navigation of Coruña for the development of a training plan for the commercial sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>Agreement between the Ministry of Employment Promotion and Equality and the Federation of Agricultural Family Schools of Galicia for the development of a pilot project for training</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Ministry of Culture, Education, Vocational Training and University and the state agency Higher Council for Scientific Research for the development of activities at the Padre Sarmiento Institute of Galician Studies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>Agreement coa udc-usc-uvigo to reinforce transfer management personnel and innovation and consolidation of research structures</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Department of Culture, Education, Vocational Training and Universities and the University of Santiago de Compostela (USC) to complete the axudas to the principal investigator staff for two grant programs (ERC) 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Agreement for the implementation of university research infrastructures</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Aid for non-productive investments linked to the implementation of agro-environment and climate commitments, corresponding to the year 2024</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Aid to the agricultural sector to feed livestock and ensure the continuity of farms in the Balearic Islands to cope with the drought in 2024 - extraordinary acquisition of food</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Fisheries and the Natural Environment approving the public call for subsidies to non-university educational centres in the Balearic Islands for environmental education activities for the 2023-24 school year</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>Regulatory bases for digital transformation of SMEs 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Agreement approving the Bases of the call, for the year 2024, for aid to the rural development of the island of Mallorca, linked to projects related to the agricultural and/or environmental fields and framed in the Local Development Strategy</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>HELP THE ORGANIC FARMING COMMITTEE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>INVESTMENT GRANTS FOR MODERNIZATION AND/OR IMPROVEMENT OF AGRICULTURAL FARMS CONV.24</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755162</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN THE CITY OF MELILLA AND THE INSTITUTO CAMERAL FOUNDATION FOR THE CREATION AND DEVELOPMENT OF BUSINESSES (INCYDE), FOR THE DEVELOPMENT OF THREE TRAINING AND SUPPORT PROGRAMS WITHIN THE "REACTIVATE YOUR FUTURE" PROJECT.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>Supplementary aid for agricultural insurance in Madrid, policies from 01/01/24 to 31/10/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>Energy efficiency program for SMEs and large companies in the industrial sector</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Aid to the agricultural sector to feed livestock and ensure the continuity of farms in the Balearic Islands to cope with the drought in 2024 - sowing of certain crops</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for investment in agricultural holdings, within the framework of the CAP strategic plan, period 2023-207, annuity 2023</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>Call for grants for external stays of predoctoral researchers in foreign centers</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Resolution of 12/29/2023 of the president of the Institute for the Promotion of the Murcia region calling for aid for energy efficiency actions in SMEs and large companies in the industrial sector.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Call for applications for the subsidy for the promotion and management of retail commercial groups for 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757723</t>
+  </si>
+  <si>
+    <t>Aid to Energy Communities for the energy transition 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761325</t>
+  </si>
+  <si>
+    <t>Aid to Livestock Health Defense Groups, for the implementation of health programs for the prevention, control and eradication of animal diseases, for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>2024-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760084</t>
+  </si>
+  <si>
+    <t>Authorize a multiannual expenditure of 2,100,000.00 euros from budget item 720007 72300 4400 412108 'PDR FEADER 2014-2022. Advisory services through INTIA', from the 2024 expenditure budget and its equivalent in 2025</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758468</t>
+  </si>
+  <si>
+    <t>Authorization of an expenditure of 153,334.00 euros for a subsidy to UAGN for the defense of the interests of farmers and ranchers, which for these purposes is provided for in the General Budget of Navarra for 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755009</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of agricultural products through the organization of livestock competitions, for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756416</t>
+  </si>
+  <si>
+    <t>Authorization of an expenditure of 225,000 euros for "Subsidy to the Union of Agricultural Cooperatives of Navarra (UCAN) Promotion of agricultural cooperativism" 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756335</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for aid for investments in agricultural holdings (Environmental Objective) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756333</t>
+  </si>
+  <si>
+    <t>Authorization of an expenditure of 153,334.00 euros for a subsidy to EHNE for the defense of the interests of farmers and ranchers, which for these purposes is provided for in the General Budget of Navarra for 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762717</t>
+  </si>
+  <si>
+    <t>Agreement with PLENA INCLUSIÓN for the project "Digital transformation for inclusion in Navarra"</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762722</t>
+  </si>
+  <si>
+    <t>RESOLUTION 51E/2024, of April 30, of the General Director of Commerce and Consumption, approving the call for subsidies for the promotion of artisan companies in Navarra in 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756401</t>
+  </si>
+  <si>
+    <t>Call for 2024 for Aid to associations of artisanal food companies to promote agri-food crafts in Navarra</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754332</t>
+  </si>
+  <si>
+    <t>Call for applications and regulatory bases for agricultural insurance subsidies plan 2024 (45th plan))</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744143</t>
+  </si>
+  <si>
+    <t>AID TO COMPANIES SECT AGRI, LIVESTOCK, FOREST AND INDUS DESARR PROY INV 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754719</t>
+  </si>
+  <si>
+    <t>Extraordinary aid for real agricultural diesel price DL 20/2022</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for subsidies for the subscription of agricultural insurance included in the 2023 plan (44th plan)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669197</t>
+  </si>
+  <si>
+    <t>ORDER OF APRIL 16, 2024 OF THE MINISTRY OF WATER, AGRICULTURE, LIVESTOCK AND FISHERIES BY WHICH THEY ANNOUNCE, FOR THE YEAR 2024, THE AID FOR INVESTMENTS IN TRANSFORMATION, COMMERCIALIZATION AND/OR DEVELOPMENT OF AGRO-FOOD PRODUCTS OF THE PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Resolution of March 23, 2024 authorizing the call for subsidies for the revitalization and incentive of consumption in retail stores in the Principality of Asturias through the Asturias Trade Bonus</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>Promotion of agri-food SMEs (PAL) Reg.exemption 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Resolution approving the call for grants for the implementation of advisory projects for workers and companies, in the preparation of workload studies and in the development of good practice procedures</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>Food+i cluster association" to boost competitiveness and innovation</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>Apidit agreement to promote innovative business activity - footwear sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>Order of April 27, 2023, of the map, by which the subsidies of Royal Decree 388/2021, of June 1, are called for, aimed at obtaining SAECA guarantees in the agri-food and fishing sector. agri-food industry sector</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>Order of April 27, 2023, of the map, by which the subsidies of Royal Decree 388/2021, of June 1, are called for, aimed at obtaining SAECA guarantees in the agri-food and fishing sector. fishing sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>Order of April 29, calling for the subsidies for the Cultiva program, related to training stays for young farmers in model farms, for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>DIRECT LINE OF INNOVATION LINKED TO CUTTING-EDGE AEROSPACE AND HEALTH PERTS, WITHIN THE FRAMEWORK OF THE RECOVERY, TRANSFORMATION AND RESILIENCE PLAN, FINANCED BY THE EUROPEAN UNION “NEXT GENERATION EU”</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL COOPERATION AGREEMENT BETWEEN THE GENERALITAT, THROUGH THE MINISTRY OF AGRICULTURE, LIVESTOCK AND FISHERIES AND THE UNIVERSITY OF ALICANTE, FOR THE REALIZATION OF SUBSIDIZED TRAINING INTERNSHIPS DURING THE YEAR 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program. Projects Generating Stable Employment 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>Program for the Promotion of Agricultural Employment in Andalusia and Extremadura. Projects for Generators of Stable Employment 2024</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>Agreement between the Ministry of Health and PS and FRS for the development of an innovation project</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>Resolution of May 6, 2024, of the DGComercio, Conv2024, Subv.in rég.conc.comp.aimed at promoting commercial and artisan associations, promoting and energizing small urban commerce and promoting crafts in Andal. -Commercial Sector</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>Resolution of April 25, 2024 of ICEX Spain Export and Investments, EPE, calling for the granting of aid for Group Participation in the INTERSOLAR 2024 Fair - Munich (GERMANY) - June 19 to 21, 2024</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>Resolution of March 21, 2024 of ICEX Spain Export and Investments, EPE, calling for the granting of aid for Group Participation in the AGRIEXPO Fair - Lima (PERU) - October 23 to 25, 2024</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>Resolution of March 21, 2024 of ICEX Spain Export and Investments, EPE, calling for the granting of aid for Group Participation in the SAUDI AGRICULTURE 2024 Fair - Riyadh (SAUDI ARABIA) - October 21 to 24, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Resolution of January 25, 2024 of Icex Spain Export and Investments, EPE, which calls for the granting of aid for group participation in the AMB (International Exhibition for Metal Working) Stuttgart (Germany) fair, September 10 to 14, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>Resolution of January 25, 2024 of Icex Spain Export and Investments, EPE, which calls for the granting of aid for group participation in the IMTs (International Manufacturing Technology Show) Chicago, USA, September 9 to 14, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>Resolution of January 25, 2024 of Icex Spain Export and Investments, EPE, which calls for the granting of aid for group participation in the fair (International Sheet Metal Working Technology Exhibition) Hannover October 22 to 25, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>Resolution of January 25, 2024 of Icex Spain Export and Investments, EPE, calling for the granting of aid for group participation in the Ideobain-Interclima 2024 Paris (France) from September 30, 2024 to October 3, 2024</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>Subsidies for agricultural, livestock and forestry insurance included in the 45th combined agricultural insurance plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>Reinforcement of the 2024 agricultural mrr guarantee program for SMEs</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>Order of November 15, 2023, of the map, by which the subsidies of Royal Decree 388/2021, of June 1, are called for, aimed at obtaining SAECA guarantees in the agri-food and fishing sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>Resolution of November 23, 2023 of Icex Spain Export and Investments, EPE, which calls for the granting of aid for group participation in the Kind &amp; Jugend 2024 fair - Cologne (Germany) September 3-5, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>Addendum + resolution of September 28, 2023 of Icex Spain Export and Investments, EPE, which calls for the granting of aid for group participation in the IWF 2024 fair - Atlanta (USA) August 6 to 9, 2024</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>Resolution of epe red.es calling for aid aimed at digitizing communities of property, civil companies with commercial purposes, professional civil companies and shared ownership agricultural holdings of segments I, II, III.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>EPE red.es resolution calling for aid to digitize joint property associations, civil companies with commercial purposes, professional civil companies and shared-ownership agricultural holdings. Segment I, II, III. Fishing sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>EPE red.es resolution calling for aid to digitize communities of property, civil companies with commercial purposes, professional civil companies and shared ownership agricultural holdings. Segment I, II, III. Seg sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>EPE red.es resolution calling for aid to digitize joint property associations, civil companies with commercial purposes, professional civil companies and shared-ownership agricultural holdings. Segment I, II, III. Agricultural sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Support for public policies for job creation through entrepreneurship, research and innovation. Being a creative entrepreneur phase II</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Innovative agriculture intervention in the desert for resilient livelihoods (idfrl)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>Subsidies for continental aquaculture insurance included in the 44th combined agricultural insurance plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>Subsidies for marine aquaculture insurance included in the 44th combined agricultural insurance plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>Order of April 27, 2023, of the map, by which the subsidies of Royal Decree 388/2021, of June 1, are called for, aimed at obtaining SAECA guarantees in the agri-food and fishing sector. agricultural sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>2023 Philippines. Provision of electricity from renewable sources in Palawan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Call for instrumental subsidy to the Ministry of Agriculture of Ethiopia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Biodiversity Foundation and the Department of Agriculture, Livestock, Fisheries and Sustainable Development for the execution of actions included in the Life Marbled Teal project (life19 nat/es/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>Agreement between the Ministry of Agriculture, Livestock, Fisheries and Sustainable Development and the Biodiversity Foundation, for the execution of actions included in the project life15 ipe/es/012 “integrated, innovative and participatory management of the Natura 20 network”</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Biodiversity Foundation and the Azti-Azti Fundazioa Foundation, for the execution of actions included in the Life15 project ipe/es/012 “Integrated, innovative and participatory management of the Natura 2000 network in the Spanish marine environment”</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Supplementary aid for agricultural insurance C. Madrid Policies 01/11/24 to 31/12/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Supplementary aid for agricultural insurance C. Madrid Policies 01/01/25 TO 31/12/25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Grants aimed at promoting self-employment in Tierra de Campos. Agricultural de minimis. Reg.(EU)1408/2013. Resolution of 22/11/2024 of the President of the Executive Committee of FAFECYL Anchorage.</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>Resolution of 11/21/2024, of the General Directorate of Agri-Food Production and Cooperatives, by which aid is called, on a competitive basis, through the early processing procedure, for the year 2025, to promote</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolution of 11/22/2024, of the General Directorate of Agri-Food Production and Cooperatives, by which aid for cooperation for the information and promotion of the products is called for, through the early processing procedure, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition 2025. Commission Regulation 651/2014</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty that calls for the 2025 Campaign Action I.5 “Aid to traditional winter tomato producers” of the Community Support Program for Canary Islands agricultural production</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2024 campaign, the aid of Action III.11 “Aid for the local production of chicken eggs”</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty that calls for the 2024 Campaign, the aid of Action III.5 "Aid for human consumption of fresh beef, pork, rabbit, goat, sheep and chicken of local origin"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>ICCA Resolution, calling for aid for Actions I.6 and I.7 of the Community Programme to Support Agricultural Production in the Canary Islands (POSEI) for the 2024 campaign</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>Aid to Livestock Health Defense Groups - LINE A</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Aid to Livestock Health Defense Groups - LINE B</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Order CTD/9/2024, of November 25, regulatory bases and call for subsidies for Energy Efficiency and Circular Economy Projects of Tourism Companies (C14.I4, line of action 2), of the PRTR subject to Regulation (EU) 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>2024 grants to companies for the acceleration of entrepreneurship and innovation ecosystems based on digital twins (RETECH) s/ Decree 145/2024 of November 19, 2024 that calls for them</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Order CTD/9/2024, regulatory bases and call for subsidies for Energy Efficiency and Circular Economy Projects for Tourism Companies (C14.I4, line of action 2), of the PRTR subject to Regulation (EU) No. 651/2014 Commission 17/6/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council of 18.11.2024, regarding the approval of the bases that govern the granting of aid to promote sustainable practices in agricultural holdings in Menorca (CARB) and the corresponding call for applications for the year 2024.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>ORDER IND/57/2024, of December 4, approving the Call for the year 2025 for aid to crafts in Cantabria (Primary production of agricultural products.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Resolution of the EPE Red.es calling for aid to digitize companies in segment IV (between 50 and less than 100 employees) and segment V (between 100 and less than 250 employees). Digital Kit Program. Agricultural sector.</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council of the Island Council of Menorca, dated 21.10.2024, regarding the approval of the collaboration agreement with the Insular Livestock Cooperative of Menorca (COINGA) to carry out promotion and marketing actions - 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…/2024, of December 5, calling for subsidies for the establishment of young farmers and the modernization and/or improvement of agricultural holdings, within the framework of the CAP Strategic Plan, for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>Investment aid for the production and marketing of wine products</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Aid to promote the transformation of the Catalan agri-food system aligned with the Strategic Food Plan of Catalonia 2021-2026</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>Aid to Cooperation Groups for innovation in agricultural matters, for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>De minimis aid to the agricultural sector to promote the transformation of the Catalan agri-food system aligned with the Strategic Food Plan of Catalonia 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>De minimis aid to promote the transformation of the Catalan agri-food system aligned with the Strategic Food Plan of Catalonia 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>De minimis aid from the sector of general economic interest to promote the transformation of the Catalan agri-food system aligned with the Strategic Food Plan of Catalonia 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in the processing, marketing and development of agri-food products for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Order of the Vice President and Minister of the Presidency, Economy and Justice, calling for aid to business investment projects that promote research and development and industrial innovation in the province of Teruel. FITE 2023</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>ICO Line Guarantees Response Plan for Damage Caused by Isolated Depression at High Levels (DANA) - III -. Regulation (EU) 2022/2472 Agriculture Investment</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha, Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>ICO Line Guarantees Response Plan for Damage Caused by Isolated Depression at High Levels (DANA) – IV - Regulation (EU) 2022/2472 Agriculture Disaster</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>ICO Line Guarantees Response Plan for Damage Caused by Isolated Depression at High Levels (DANA) - Regulation (EU) 1408/2013 – Minimis Agricultural Sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>RESOLUTION OF ** OF ** OF 2024 calling for aid for cooperation for the promotion of agricultural and food products in quality regimes for the year 2024 (Intervention 7132)</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>Call 2025-2026 for Cooperation aid for the promotion of agricultural and food products in quality regimes, within the framework of the PEPAC, of the Foral Community of Navarra</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Call for grants for the exchange of knowledge and information activities, through activities for vocational training and acquisition of skills (7201), in the agricultural, agri-food, forestry and rural sectors, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>Aid for Regulatory Councils or management bodies of the figures of differentiated agri-food quality in the Valencian Community</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>Resolution of 10/12/2024 approving the call for advance expenditure for granting subsidies for advisory services in small and medium-sized agricultural holdings of the PA within the framework of the PEPAC 2023-2027 for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Aid for improving the capacity for innovation and technological development of companies in Galicia, “Ticket Innova” program for 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Regulatory bases for aid to improve the innovation capacity of companies in Galicia, through the financing of activities integrated into design and innovation plans (Igape Innova program)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2024, of the Ministry of Agriculture, Livestock and DR, calling for aid for the implementation of training, information and demonstration actions within the framework of the National Strategic Plan of the CAP of Spain.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2024 of the director of the Valencian Agency for Agricultural Development and Guarantee by which aid for information and promotion activities of agri-food quality regimes is called in advance for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Aid for the contracting of combined agricultural insurance in the Autonomous Community of the Balearic Islands corresponding to the 46th Combined Agricultural Insurance Plan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2024, of the Ministry of Industry, Trade and Employment, calling for subsidies aimed at reactivating local retail trade in Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2024, of the Ministry of Industry, Trade and Employment, calling for subsidies aimed at promoting the commercial sector of Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>Resolution, of the General Director of Agricultural and Livestock Production, by which the early call is made, for the year 2025, for the de minimis aid intended for the replanting of fruit plots whose crop is or has been destroyed</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolution of the General Director of Agricultural and Livestock Production by which the early call is made, for the year 2025, for aid to cherry farms in areas affected by climatic, environmental and</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Resolution EMT//2024, of, by which the early call for the year 2025 is opened for the granting of subsidies for the promotion of hiring with training within the framework of agricultural campaigns in Lleida (SOC - AGRICULTURAL CAMPAIGN IN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Order AGA/…/2024, of December 19, calling for subsidies for the provision of agricultural advisory services, within the framework of the National Strategic Plan of the CAP 2023-2027, for Aragon, for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>Resolution of the Directorate of the Biodiversity Foundation publishing the call for grants to carry out projects that contribute to environmental improvement in the agricultural and forestry fields, and contribution to sustainable territorial development in Doñana.</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>Call for grants for projects to promote the social impact of knowledge from universities and other stakeholders in the Catalan research, development and innovation system.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>Call for applications for aid to promote employment and improve the competitiveness of cooperatives, micro-cooperatives and labour companies in the Balearic Islands for the years 2025 and 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Resolution of the Management of the Biodiversity Foundation, which approves the publication of a call for subsidies, to support projects approved within the framework of the LIFE program in the field of biodiversity and promotion of digitalization.</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>Call for aid aimed at the operation of innovative business groups in the Balearic Islands 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolution of the General Director of Agricultural and Livestock Production, which establishes the early call, for the 2025 Plan, for aid from the Valencian Community intended for the subscription of agricultural insurance included in the plans to</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Subsidies for agricultural, livestock and forestry insurance included in the 46th Combined Agricultural Insurance Plan</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Order of December 26, 2024, of the MAPA, calling for the subsidies of article 6 of Royal Decree-Law 4/2022, of March 15, intended to subsidize the principal of credits to owners of agricultural holdings (DANA 2024).</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Order of October 30, 2024, of the MAPA, by which the subsidies of Royal Decree 388/2021, of June 1, are called for, aimed at obtaining SAECA guarantees in the agri-food and fishing sector.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>De minimis aid for the promotion and marketing of local sales in Catalonia</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2025 campaign for “aid for the production of quality honey from the native breed of black bee”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Resolution of 12/18/2024, of the General Directorate of Agricultural Management, by which, through the early processing procedure, subsidies for the promotion of Spanish native breeds are called for in 2025.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolution of 12/18/2024, of the General Directorate of Agricultural Management, by which subsidies for the control of dairy yield in Castilla-La Mancha are called for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Grants for carrying out innovation projects in industrial SMEs. Call for 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid for the Establishment of Part-Time Farmers within the Framework of PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Decree No. 801/2024 of December 17, 2024 of the Vice President calling for Aid to Private Initiative Hydraulic Works and Agricultural Irrigation Projects for the year 2024</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>Order of the bases for grants for training actions in digital skills, aimed primarily at women in rural areas, Plan Nacion. Digital skills, of the PRTR, funded by the EU -Next Generation EU-, and call for applications 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Extraordinary aid for the renewal of agricultural machinery, approved by article 26 of Royal Decree-Law 7/2024</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>Aid for the creation and consolidation of innovative technology-based companies in 2025 within the framework of the Recovery, Transformation and Resilience Plan - Financed by the European Union - Next Generation EU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>TI4 Digitalisation and Industry (Reg.Minimis 2023/2831)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>Resolution of 12/17/2024, of the General Directorate of Rural Development, by which aid is called for the year 2025, through the early processing procedure, for the establishment of young people in agriculture and for investments for the improvement and</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Resolution of 20/12/2024 of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, calling for aid to encourage innovation in the areas of Defense, Security and Reconstruction and Development, by regional companies.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Aid for Integrated Treatment Groups in Agriculture (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>2024 Grants to SECTI Public Research Entities for R&amp;D projects on energy storage under a public-private collaboration regime, according to the Resolution of December 5, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>2024 Aid to Companies for R&amp;D projects on energy storage under a public-private collaboration regime, according to the Resolution of December 5, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>Order of December 20, 2024 establishing the regulatory bases for aid to promote the use of agricultural machinery under an associative regime in Galicia, financed by the European Union Recovery Instrument (EURI)</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>ORDER of December 26, 2024, establishing the regulatory bases of aid for the promotion of the contracting of agricultural insurance in the Autonomous Community of Galicia and convening for the year 2025 (Procedure code MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Order of January 13, which establishes the BBRR of extraordinary aid granted for the financing of Aragonese agricultural cooperatives with economic difficulties as a result of the drought and the current problems of the sector, and approves its call</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Aid, NOT INCLUDED in the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XXIV Call (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Call for subsidies for the programming of live arts shows and professional visual arts activities at events of agrotourism interest</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>ORDER OF JANUARY 10, 2025, of the General Directorate of Agricultural and Livestock Production, calling for aid for the execution of national veterinary programs by Livestock Health Defense Associations of non-competitive concurrence</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>2025-26 Aid for the establishment of young farmers in the Autonomous Community of Extremadura, first call incorporated into Decree 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>2025-26 Aid Investments in Modernization and/or Improvement of Agricultural Holdings in which the young farmer is established, first call incorporated in Decree 169/2024First Call</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock and Rural Development, establishing provisions for the application of interventions in the form of direct payments financed by the European Agricultural Fund (EAGF), the single application and the</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>Order of January 27, 2025, of the Ministry of Agriculture, Livestock and Rural Development calling for interventions in the form of direct payments, rural development interventions and the establishment of common requirements.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Resolution of January 28, 2025 of the director of the Valencian Agency for Agricultural Development and Guarantee establishing the call for granting and requesting annual payment of the aid included in the single application within the framework of the</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>ORDER of January 23, 2025, which establishes the BBRR of extraordinary aid granted by the Autonomous Community to provide financial support to Aragonese agricultural cooperatives and approves its call</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Aid for plant protection groups to prevent plant pests by 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Complementary Aid to Young Farmers, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Organic Agriculture, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Aid Associated with Agriculture, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025, of January 20, for the submission of the single application for aid from the Common Agricultural Policy for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Supplementary income support for young farmers 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Help farmers with certain crops facing difficulties in the 2025 campaign</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>Order of January 27, 2025, by which the call for the year 2025 is made for subsidies corresponding to the operations of Organic Farming for the Maintenance of Dry Fruit Trees and Irrigated Fruit Trees (6503.2), corresponding to the Interventions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of organic farming, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Order of January 28, 2025, by which the call for the year 2025 for the subsidy for operation 10.1.14 Limestone amendment of the soil for the prevention and control of radical rot in pasture formations of Measure 10: Agroambi is made</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Aid for establishment in the agricultural sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Aid for investments in agricultural holdings</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>2025 Grants for the provision of technical advice to the agricultural sector on plant protection Resolution of December 20, 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Extract from the Order of February 3, 2025 of the Ministry of Agriculture, Fisheries and Food announcing the “Food of Spain, year 2025” Award</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Grants for agri-environmental commitments on agricultural land and commitments and activities for the conservation of genetic resources (2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Order of January 30, 2025 establishing the regulatory bases for the granting, on a non-competitive basis, of subsidies to promote innovation and sustainability of local and artisanal trade</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Aid to municipalities in the Community of Madrid for the development of trade and fair promotion activities 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Aid for the payment of agro-environmental commitments for sustainable crops using regenerated water, for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ IX Call (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ IX Call (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Order of February 17, 2025 of the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for restructuring and reconversion of vineyards in the Region of Murcia, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Order DES/07/2025, of February 24, 2025, calling for aid financed by the EAGF (European Agricultural Guarantee Fund) and EAFRD (European Agricultural Fund for Rural Development) included in the single application for the year 2025 and collecting</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Aid to cover the price of diesel consumed by agricultural producers arts 24 to 27 Royal Decree Law 20/2022. Year 2024</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>Reduction in 2024 of the net income calculated by the objective estimation method in the Personal Income Tax of article 11 of RD.ley 7/2024. Agriculture</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>Reduction in 2024 of the accrued quota for current operations of the simplified regime of the Value Added Tax of article 11 of RD.ley 7/2024. Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>PROJECT TO IMPROVE TRADITIONAL MARKETS IN THE CANARY ISLANDS AND/OR SUPPORT RURAL TRADE</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>Grant 2025 Cooperation for the succession of agricultural holdings</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…../2025, of March 6, calling for cooperation grants for the operational groups of the European Innovation Partnership (EIP), within the framework of the National Strategic Plan of the CAP 23-27, for Aragon for 2025</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to recognized livestock health defense groups in Cantabria for 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Extract from the Order of March 13, 2025, of the Ministry of Agriculture, Fisheries and Food, announcing the "Alimentos de España Best Wines, 2025" Award.</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extract from the Order of March 17, 2025, of the Ministry of Agriculture, Fisheries and Food, announcing the "Alimentos de España Award for the Best Spirit with Geographical Indication, 2025"</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Order of March 18, 2025, of the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for the green harvest of the 2025 grape harvest</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>AID FOR AGRICULTURAL PROFESSIONALS AND THE AGRICULTURAL COOPERATIVE UNION (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>UNION COOPERATIVE AGRICULTURAL GRANTS (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Order of March 23, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, calling for aid for salmonella vaccination in laying poultry in Castile and León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Order of March 21, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing, for the year 2025, aid for the restructuring and conversion of vineyards in the community of Castile and León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Promotion of photovoltaic and micro-wind energy installations</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>2025 Grants for the implementation of irrigation systems that promote the efficient use of water and energy on agricultural holdings, according to Decree 12/2025, of March 11, which calls for them.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Resolution of March 27, calling for the 2025 financial year, the subsidies for the Cultiva program, relating to training stays for young farmers on model farms.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Order of March 27, 2025, calling for 2025 aid for the implementation, through the Livestock Health Defense Groups, of health programs that do not have community funding under a competitive bidding system.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Call for grants to promote innovative entrepreneurship (Entrepreneur Check) for 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Extremadura Avante grants companies support for group participation in the Fruit Attraction 2025 Fair, according to the Agreement of March 27, 2025, which calls for them.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>ORDER/AGA/284/2025, of March 10, of the Minister of Agriculture, Livestock and Food, calling for subsidies aimed at improving the production and marketing of beekeeping products, for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>AID TO PROMOTE INVESTMENT IN AGRICULTURAL PRODUCTION TRANSFORMATION. OTHER MINIMIS INVESTMENTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>AID FOR PROMOTING INVESTMENT IN AGRICULTURAL PRODUCTION TRANSFORMATION. ASSOCIATED ENTITIES. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>AID FOR PROMOTING INVESTMENT IN PROCESSING AGRICULTURAL PRODUCTS. ASSOCIATED ENTITIES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>AID FOR PROMOTING INVESTMENT IN AGRICULTURAL PRODUCTION TRANSFORMATION. OTHER INVESTMENTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>AID FOR INVESTMENTS WITH ENVIRONMENTAL OBJECTIVES FOR THE AGRO-FOOD INDUSTRY.MINIMIS</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>INVESTMENT AID WITH ENVIRONMENTAL OBJECTIVES FOR THE AGRO-FOOD INDUSTRY.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Resolution of March 24, 2025, establishing the regulatory bases for aid to support cooperation in information and promotion activities for Galician agricultural and food products covered by quality regimes carried out by producer groups, within the framework of the CAP Strategic Plan 2023-2027, and called for the 2025 financial year</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>SUBSIDY FOR COOPERATIVE INTEGRATION IN THE CV</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>Aid to professional agricultural organizations</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>Aid for the incorporation of new farmers. Call for applications 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>Resolution of 01/04/2025 of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, calling for grants for participation in fairs, events, and trade missions. Saudi Agriculture Fair. Saudi Arabia 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Order AGA/ /2025, of April 7, approving the call to supplement in 2025, with charge to the FITE 2023 agreement, the subsidies granted under the Agri-Food Industry Orders 2022 and 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>Extract from the Order of April 7, 2025, of the Ministry of Agriculture, Fisheries and Food, announcing the "Foods of Spain Award for the Best Hams, 2025."</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolution, of 04/08/2025, of the General Directorate of Agriculture and Livestock, by which the call for aid from the Beekeeping Sectoral Intervention is made within the framework of the Strategic Plan of the Common Agricultural Policy in Castilla-La, for the</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Call for aid to municipalities for the execution of new works and improvements to agricultural infrastructure 2024-2025, regulated by Order DES/25/2024, of August 14.</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Subsidies to local entities to revitalize rural trade</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789778</t>
+  </si>
+  <si>
+    <t>Digital solution startup awards Community of Madrid 2024</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>Order AGA/ /2024, of 7 October, calling for subsidies for investments in processing facilities and wine-growing infrastructure, structures and marketing instruments, for the year 2025 (financial year 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Second call for the aid programme for the digitalisation of irrigation within the framework of the PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Grants to Professional Agricultural Associations in the Canary Islands</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular And Trans.Energética (Reg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>Order of October 15, 2024 establishing the Regulatory Bases for Aid to Professional Agricultural Organizations and Agricultural Associations for Carrying Out Activities of Agricultural Interest and Calling for the Year 2024 (Professional Agricultural Code)</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Aid to the Agricultural Insurance Plan Lines (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Aid for the agricultural sector in the field of plant health 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Order of October 23, 2024, of the Ministry of Agriculture, Livestock and Rural Development, calling for subsidies for interest subsidies on preferential subsidized loans formalized by farm owners in CyL.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>Order of October 21, 2024, of the Ministry of Agriculture, Livestock and Rural Development, calling for the year 2024, the intervention aids aimed at promoting cooperation for the succession of agricultural holdings</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>Agreement approving the Bases of the call for aid for rural development on the island of Menorca for the year 2024, linked to projects related to the agricultural and/or environmental fields and framed in the Development Strategy Lo</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council, dated September 23, 2024, regarding the approval of the bases for aid from the Island Council of Menorca for the Health Defense Groups of Menorca (ADS) and the call for applications for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>Order of October 24, 2024, of the Ministry of Agriculture, Livestock and Rural Development, calling for subsidies for the year 2024 to the most representative professional agricultural organizations in the Community of Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>Order of October 29, 2024 of the Ministry of Agriculture, which calls for subsidies for the construction, expansion or adaptation of feedlots or breeding centers for pure breeds of bovine, ovine or goat species.</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Aid for agricultural holdings in response to the worsening conditions in the primary sector resulting from the war in Ukraine and the drought by 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 aimed at municipalities and smaller local entities to finance commercial revitalization projects, according to Decree 130/2024, of October 15, 2024, which calls for</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 aimed at associations, federations and confederations of the trade sector to finance commercial revitalization projects, according to Decree 130/2024, of October 15, 2024, which calls for</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Grants for scientific research and technology transfer projects, co-financed by the ERDF (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Royal Decree 905/2022, of October 25, regulating the Vitivinicultural Sectoral Intervention within the framework of the Strategic Plan of the Common Agricultural Policy.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock and Rural Development, of November 5, 2024, to promote the modernization of the agri-food industry and the fair transition, Just Transition Fund Program - SMEs</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Aid to the financing line for actions to improve energy savings in facilities and equipment and for the circular economy project of establishments that provide tourist accommodation services in Catalonia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>Grants for the investigation and recovery of land owned by you that is affected by signs of specific contamination or by the discharge of industrial waste from an unknown cause.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ IX Call (PDR 2014-2020) GAL ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>ORDER AGA/1365/2024, of November 14, approving the regulatory bases and the call for aid on damages to production and infrastructure of agricultural holdings as a result of torrential rains in 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>Aid for investment in agri-food industries. Call for 2023</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796969</t>
+  </si>
+  <si>
+    <t>Aid for agricultural fairs and morphological competitions and de minimis aid for morphological competitions held by organizations or associations, for the year 2024 – CITY COUNCILS COMPETITIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>Aid for agricultural fairs and morphological competitions and de minimis aid for morphological competitions held by organizations or associations, for the year 2024 – COMPETITIONS ORGANIZATIONS/ASSOCIATIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>Aid for agricultural fairs and morphological competitions and de minimis aid for morphological competitions held by organizations or associations, for the year 2024 – INCA AND SINEU AGRICULTURAL FAIRS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>AID FOR INTEGRATED TREATMENT GROUPS IN AGRICULTURE (ATRIAS) 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock and Rural Development, dated 8/11/2024, calling for subsidies for investments in the marketing and processing of fishing and aquaculture products - FEMPA Program - Line PA2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>Bases of the call for innovative projects for the acceleration program “AGRO LAB TONOWASTE” promoted by VALÈNCIA INNOVATION CAPITAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Grants to encourage applied research in organic agri-food production</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>2024 Aid for the granting of subsidies for investments for the joint marketing of livestock s/ Decree 132/2024 of October 22 that calls for them</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>DIGINNOVA grants call for the incorporation of young talent into companies and research centres in the Canary Islands</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>ORDER of June 25, 2024 establishing the regulatory bases for the granting, in a regime of competitive competition, of aid to promote innovation, technological improvement and competitiveness in the aquaculture sector, co-financed with the Fond</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>Order of June 26, 2024 of the Ministry of Agriculture, G and DR calling for aid for the replacement of cattle as a result of their slaughter in application of official health programs for ruminant diseases.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>ORDER EEI/ /2024, of July 1, by which the aid corresponding to the "VOLVEREMOS" program for the promotion of small retail trade is called, for the commercial revitalization in the urban and rural environment of the Autonomous Community of Aragon</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>2024 Call for Aid to Livestock Health Defense Groups and Beekeeping Health Defense Groups</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>Call for aid for NON-PRODUCTIVE projects of measure 7119.2 Leader of the strategic plan of the common agricultural policy 2023-2027 in CYL to be managed by the GAL Association for the rural and comprehensive development of the Ribera del Duero in Burgos.</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>Call for aid for PRODUCTIVE projects of measure 7119.2 LEADER of the STRATEGIC PLAN OF THE COMMON AGRICULTURAL POLICY 2023-2027 IN CYL to be managed by the GAL ASSOCIATION FOR INTEGRAL RURAL DEVELOPMENT RIBERA DEL DUERO BURGALESA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>Aid for hiring PICE Program Ceuta Chamber of Commerce 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>Order of July 11, 2024, of the Ministry of Industry, Trade and Employment, calling for subsidies aimed at the organization of trade fairs in Castilla y León</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>Call for PYME DIGITAL 2024 – Chamber of Commerce of Cantabria</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for subsidies for energy saving and efficiency projects in Galician companies for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>De minimis aid for rice farms using certified seed by 2024</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>Resolution of July 22, 2024 of the Director of the Valencian Agency for Agricultural Development and Guarantee, by which aid is called for the wine sector of the CV for promotion and communication in third country markets collected</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>Resolution of July 17, 2024, calling for Subsidies to Local Entities of the Ministry of Rural Environment and Agrarian Policy, corresponding to the year 2024</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>Royal Decree 905/2022, of October 25, regulating the Vitivinicultural Sectoral Intervention within the framework of the Strategic Plan of the Common Agricultural Policy_Call 2025</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>3 Order from the Ministry of Agriculture to grant direct aid for income losses due to the Volcano, Bananas and Avocado</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>GRANTS TO MUNICIPALITIES FOR COMMERCIAL AND FAIR PROMOTION 2024</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774902</t>
+  </si>
+  <si>
+    <t>Grants for Green 2024 technological innovation projects</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>Call for aid from the Connectivity Bonus Program “UNICO Demanda Bono PYME”. Agricultural sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>Plan for the renewal of the National Agricultural Machinery Park (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>PROG. EST. FOREIGN TRADE -MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>STRATEGIC PROG. FOREIGN TRADE-MINIMIS-ACTIONS2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program in Andalusia and Extremadura 2024 (Cádiz) - Projects that generate stable employment</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>CONSOLIDATION OF SELF-EMPLOYMENT (AUT) MINIMIS AGRO-FORESTRY</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>De minimis aid for the promotion of exports from the agro-food industries</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>2024 Grants for Business Promotion and Dynamization Actions L1_Consulting, according to Decree 65/2024 of July 2, which calls for them.</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>Order to compensate for marketing problems</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Aid for improving energy efficiency in the design and development of packaging, storage, logistics and distribution processes and systems for agricultural and agri-food products in their access to the HORECA channel, in 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>AID FOR INVESTMENTS WITH ENVIRONMENTAL OBJECTIVES AGRO-FOOD INDUSTRY.MINIMIS</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>Agreement approving the Bases of the call for aid for rural development on the island of Menorca for the year 2024, linked to projects related to the agricultural and/or environmental fields and framed in the Participatory Local Development Strategy 2014-2020 of Menorca</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Order of July 31 of the Ministry of Water, Agriculture, Livestock and Fisheries calling for public aid for projects under the EDLP of Galpemur in the Region of Murcia under the FEMPA for 2024</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>Aid for the production and marketing of honey for the year 2024 FEAGA</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>Aid for investments with environmental objectives in the agri-food industry, co-financed by FEADESR and AGE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>Program 1 Innovative projects for agrivoltaic installations with storage (INNOVATIVE RENEWABLE ENERGIES) within the framework of the Recovery, Transformation and Resilience Plan, financed by the European Union-Next Generation EU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>Aid for the conservation of agricultural genetic resources aimed at conservation entities, within the framework of the CAP Strategic Plan 2023-2027 corresponding to 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Grants for the promotion of the sizing of agri-food cooperatives in the Community of Castilla y León for the year 2024. General Minimum. Order of 01/08/2024, of the Ministry of Agriculture, Livestock and Rural Development</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2024 campaign for aid from ACTION III.2 “SUPPORT FOR THE BEEF SECTOR”, SUB-ACTION III.2.5 “AID FOR REPLACEMENT OF DAIRY CATTLE WITH HEIFERS”</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Grants for promoting the sizing of agri-food cooperatives in the Community of Castilla y León for the year 2024. Agricultural de minimis. Order of August 1, 2024, of the Ministry of Agriculture, Livestock and Rural Development.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>Call for grants for the financing of projects within the framework of Intervention 7119 LEADER of the National Strategic Plan of the Common Agricultural Policy (PEPAC) 2023-2027 of Spain, based on the Development Strategy of the AGALSA Group</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>2024 Aid for Investments in Agri-Food Industries, according to Decree 87/2024, of July 30, which establishes the regulatory bases for granting agro-industrial incentives in the Autonomous Community of Extremadura, to support investments destined for the transformation and commercialization of agricultural products, and its only call is approved</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Order of July 30, 2024 establishing the regulatory bases for the granting, in a non-competitive competition, of the subsidies of the circular trade program and giving rise to its call for the year 2024 (CO300D)</t>
+  </si>
+  <si>
+    <t>2024-08-14</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779958</t>
+  </si>
+  <si>
+    <t>De minimis aid for agricultural holdings with irrigated multi-year fodder crops within the territorial scope of the water user communities of the Plana Litoral de La Muga and El Baix Fluvià affected by the 2023 drought</t>
+  </si>
+  <si>
+    <t>2024-08-17</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780076</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings with herbaceous crops and horticultural crops within the territorial scope of the water user communities of the Plana Litoral de La Muga and El Baix Fluvià affected by the drought of 2023.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780077</t>
+  </si>
+  <si>
+    <t>Grants for the promotion of innovation through incubation, acceleration or scaling programs for innovative projects (Public Universities)</t>
+  </si>
+  <si>
+    <t>2024-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780147</t>
+  </si>
+  <si>
+    <t>Grants for the promotion of innovation through incubation, acceleration or scaling programs for innovative projects (Foundations)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780148</t>
+  </si>
+  <si>
+    <t>Grants for the promotion of innovation through incubation, acceleration or scaling programs for innovative projects (State agencies)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780149</t>
+  </si>
+  <si>
+    <t>Grants for the maintenance of agricultural and maritime activity aimed at Agricultural Cooperatives, Fishermen's Guilds and Regulatory Councils of Protected Designations of Origin of the Serra de Tramuntana for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>Order of August 13, 2024 of the Ministry of Water, Agriculture, Livestock and Fisheries, approving the call for the year 2024 for intervention aid in the beekeeping sector of the Autonomous Community of the Region of Murcia.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>Public aid for files of measure 7119.3 LEADER of the Strategic Plan of the Common Agricultural Policy 2023-2027 in Castilla y León, managed by the Segovia Sur Local Action Group</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>Public aid for files of measure 7119.4 LEADER of the Strategic Plan of the Common Agricultural Policy 2023-2027 in Castilla y León, managed by the Segovia Sur Local Action Group</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2024 campaign, the aid of Action III.7 "Aid for the production of pig breeders in the Canary Islands" of the Community Support Program</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780872</t>
+  </si>
+  <si>
+    <t>Order of April 18, 2024, subsidies aimed at promoting integration and merger processes of agri-food associative entities. Line 2 - Aid to promote and encourage the merger of agri-food associative entities in Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>Order of May 15, 2024, calling for aid to production and marketing plans OPPcampaña 2024 - Non-profit entities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>Resolution of May 6, 2024, 2024 Call for Subsidies under the non-competitive conc. regime to organizations and entities representing the agricultural and rural development sectors of Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>Order of April 18, 2024, subsidies aimed at promoting integration and merger processes of agri-food associative entities. Line 1 - Aid for the promotion and promotion of the integration of agri-food associative entities.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>2024 AGRICULTURAL EMPLOYMENT PROMOTION PROGRAM FOR PROJECTS THAT GENERATE STABLE EMPLOYMENT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
   </si>
   <si>
     <t>Resolution of May 24, 2024, of the DG Labor, Safety and Occupational Health by which it is convened for 2024 sub in the comp.conc.reg. to SMEs for occupational risk prevention projects, Line 1: - agricultural minimi</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
   </si>
   <si>
     <t>Resolution of May 24, 2024, of the DG Labor, Safety and Occupational Health by which it is convened for 2024 sub in the comp.conc.reg. to SMEs for occupational risk prevention projects, Line 2: - agricultural minimi</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
   </si>
   <si>
     <t>Order of May 27, 2024 of the Ministry of Agriculture, Livestock and Rural Development, calling for aid for the beekeeping sector intervention within the framework of PEPAC 2023-2027 in Castilla y León for the 2024 beekeeping campaign.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
   </si>
   <si>
     <t>Order of May 30, 2024 of the Ministry of Agriculture, Livestock and Rural Development, calling for aid to promote the breeding and registration of purebred specimens of Castile and Leon in genealogical books.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
   </si>
@@ -1322,6618 +7355,696 @@
   <si>
     <t>RESOLUTION of May 27, 2024 approving the call for subsidies for advisory services in small and medium-sized agricultural farms in the Principality of Asturias dedicated to the primary production of pre-sales agricultural products.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
   </si>
   <si>
     <t>CALL FOR THE LINE OF AID CORRESPONDING TO THE ENVIRONMENTAL AND CLIMATE MANAGEMENT COMMITMENTS OF THE FEADER PEPAC INTERVENTION (2023-2027), 6503 (ORGANIC AGRICULTURE), IN THE REGION OF MURCIA.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
   </si>
   <si>
     <t>Resolution of 05/24/2024 of the President of the Institute for the Promotion of the Region of Murcia, calling for aid aimed at the entry of private investors into recently created innovative companies.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
   </si>
   <si>
     <t>Resolution of 05/24/2024, of the President of the Institute for the Promotion of the Region of Murcia, calling for aid aimed at promoting innovation and entrepreneurship.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
   </si>
   <si>
-    <t>Additional activities for the European partnership for a neutral, sustainable and productive blue economy</t>
-[...44 lines deleted...]
-    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-4</t>
+    <t>Approve the regulatory bases and the call for aid for the 2024-2025 campaign for the sustainable management of mountain grasslands in Navarra, included in Intervention 6881.1 Reforestation and Agroforestry Systems in PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Decree of September 10, 2024 of the Delegate of the Government Area for Economy, Innovation and Finance approving the public call for the granting of subsidies to persons affiliated to the special regime for self-employed workers</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Resolution of September 2, 2024 of the director of the (AVFGA), calling for aid for investments in the transformation, commercialization and/or development of agri-food products within the framework of the Strategic Plan of the Common Agricultural Policy</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>Order MTD/879/2024, of September 6, which modifies Order MTD/683/2023 of May 23, which approves regulatory bases and approves the second call for aid for the issuance of vulnerable collective digital bonds in CyL financed by EU(NextGen)MRR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>Call for aid for the establishment of young and new farmers in Cantabria in 2024</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>Support for commercial revitalization (DIN)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>ORDER CALLING FOR SUPPORT GRANTS TO INNOVATIVE BUSINESS GROUPS OR CLUSTERS FOR CARRYING OUT INNOVATION ACTIONS IN THE CANARY ISLANDS, FOR THE YEAR 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
   </si>
   <si>
     <t>Regulatory bases for subsidies for energy storage infrastructure projects that promote the electrification of energy demand, for the year 2024, co-financed by the ERDF</t>
   </si>
   <si>
-    <t>2024-09-16</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
   </si>
   <si>
-    <t>ORDER CALLING FOR SUPPORT GRANTS TO INNOVATIVE BUSINESS GROUPS OR CLUSTERS FOR CARRYING OUT INNOVATION ACTIONS IN THE CANARY ISLANDS, FOR THE YEAR 2024</t>
-[...59 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+    <t>COLLABORATION AGREEMENT BETWEEN THE MINISTRY OF AGRICULTURE, WATER, LIVESTOCK AND FISHERIES WITH AINIA, FOR THE STUDY OF NITROGEN MANAGEMENT IN LIVESTOCK MANAGEMENT THROUGH ANAEROBIC DIGESTION TECHNOLOGY IN THE Castilla y León</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Call for grants for the financing of projects within the framework of Intervention 7119 LEADER of the National Strategic Plan of the Common Agricultural Policy (PEPAC) 2023-2027 of Spain, based on the Development Strategy of the GAL Asociación M</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XIV Call (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT INCLUDED in the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/XIV Call (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ XXIII Call (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>GRANTS FOR LIVESTOCK HEALTH PROTECTION GROUPS IN THE REGION OF MURCIA FOR THE YEAR 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>Order of June 21, 2024 of the Ministry of Water, Agriculture, Livestock and Fisheries, calling for aid for the Regulatory Councils of the Denominations of Origin, Protected Geographical Indications and the Organic Agriculture Council. 2024</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>Aid for the modernisation of tourist accommodation in the Region of Murcia and improvement of the areas of green and sustainable transition, energy efficiency and digital transition within the framework of the PRTR financed by the EU-NextG (MRR C14.I1.2)</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>Order of August 20, 2024, of the Ministry of Culture, Tourism and Sport, calling for subsidies for energy efficiency and circular economy projects of tourism companies, financed by European funds next generation-eu MRR.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>Decree 44/2024, of August 27, regulating the direct granting of subsidies for the hiring of young people within the framework of the My First Job Program, co-financed by the European Social Fund Plus. REG (EU) 1408/2013 Agric.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>Order of August 20, 2024 of the Ministry of Agriculture, Livestock and Rural Development, calling for aid for the promotion of Spanish native breeds.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XIII Call (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT INCLUDED in the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XIII Call (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ XIII Call (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ IX Call (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT INCLUDED in the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ IX Call (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ IX Call (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XII Call (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
   </si>
   <si>
     <t>2024 Leader Approach Aid, NOT INCLUDED in the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XII Call (PDR 2014-2020) GAL DIVA</t>
   </si>
   <si>
-    <t>2024-08-30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
   </si>
   <si>
-    <t>2024 Leader Approach Aid, under the MINIMIS Regime, for investments in the transformation and marketing of agricultural products (Submeasure 19.2.2 PDR), s/ XII Call (PDR 2014-2020) GAL DIVA</t>
-[...134 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+    <t>2024 Leader Approach Grants for investments in the creation and development of non-agricultural companies and activities in rural areas (Submeasure 19.2.3 PDR), s/ XII Call (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>RESOLUTION of August 19, 2024, of the General Directorate of Agricultural and Livestock Production, calling for aid for the promotion of threatened native breeds in the Valencian Community for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>Call in 2024 for aid to industrial projects in the agri-food sector within the Strategic Project for Agri-Food Economic Recovery and Transformation, within the framework of the Recovery, Transformation and Resilience Plan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>AECP_Digital construction plan 2024 grant</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>GARAFÍA CITY COUNCIL SUBSIDY FOR THE ISLAND COMMERCIAL REVIVAL PLAN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>COMPETITIVE COMPETITION GRANTS LINE A DEVELOPMENT OF GENERAL INTEREST ACTIVITIES CONSIDERED OF SOCIAL INTEREST, IN THE FIELD OF SCIENTIFIC AND TECHNICAL RESEARCH AND ENVIRONMENTAL PROTECTION IN MATTERS OF STATE JURISDICTION. ANNUALITY 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>Resolution of 08/21/2024, of the General Directorate of Agricultural Management, by which subsidies for the control of dairy yield in Castilla-La Mancha are called for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Regulatory bases for the granting of VInnovate Galicia aid to promote transnational cooperation of the agents of the Galician R&amp;D System through collaboration projects with other European agents</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>CRECIMIENTO Program. Aid program to support the growth of innovative business projects in San Sebastian</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>Order of September 17, 2024, conv.2024-25, on aid aimed at the transfer of knowledge and information to farmers and ranchers through the holding of agricultural and livestock competitions related to olive groves</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>Agreement Comprehensive advice to companies Federation of Companies of La Rioja</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>Aid for investments in wine processing facilities and infrastructure and marketing 2024-2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>ORDER of the Vice President and Minister of the Presidency, Economy and Justice of the Government of Aragon, approving BBRR for aid for innovation projects, through the “Techfablab” initiative, within the framework of PRTR and its 2024 call</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>Aid for the transformation of Catalan agri-food cooperatives and the promotion of competitiveness and environmental, social and economic sustainability (IMPULS.COOP) for 2025, 2026 and 2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Order of September 24, 2024, by which aid aimed at the transfer of knowledge and information to farmers and ranchers through the holding of widely disseminated technical conferences is convened for 2024-25, PDRA 2014-22 (Subm.1.2)</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2025 campaign Action III.1 “Aid for the supply of breeding animals of pure breeds or commercial breeds originating in the Community”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Call for aid aimed at promoting open innovation through the "Activa Startups" initiative, within the framework of the Recovery, Transformation and Resilience Plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>Resolution of the General Directorate of Agricultural Management, which calls for aid to livestock health defence groups (ADSG) in Castilla-La Mancha for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
   </si>
   <si>
     <t>DECREE LAW 10/2024, of September 24, of the Consell, by which urgent measures of aid in agricultural matters are adopted in response to the worsening of the conditions of the primary sector derived from the war conflict in Ukraine and the climatic conditions</t>
   </si>
   <si>
-    <t>2024-09-26</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
   </si>
   <si>
-    <t>Resolution of the General Directorate of Agricultural Management, which calls for aid to livestock health defence groups (ADSG) in Castilla-La Mancha for the year 2024</t>
-[...320 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty calling for the 2025 campaign, the aid of sub-action III.2.4 "Aid for the import of calves intended for fattening"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Cs challenges experimental development and innovation projects</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
   </si>
   <si>
     <t>Agreement of the executive council in an ordinary session of 23.09.2024, regarding the approval of the bases of the aid of the island council of Menorca for the Professional Agricultural Organizations (OPAS) and the call for applications for 2024</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
   </si>
   <si>
-    <t>Cs challenges experimental development and innovation projects</t>
-[...851 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+    <t>Financial Instruments - INVESTMENT LOANS LINKED TO INVESTMENT INTERVENTION IN THE PROCESSING AND MARKETING OF AGRI-FOOD PRODUCTS - 3.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>Resolution of December 16, 2025, of the FEGA, by which the subsidies for advisory services of supra-regional scope are called in advance within the framework of the PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>2026-2027 Call for Cooperation Aid for the Promotion of Agricultural and Food Products under Quality Schemes, within the framework of the Strategic Plan for the Common Agricultural Policy (PEPAC)</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875481</t>
+  </si>
+  <si>
+    <t>AGRO-ENVIRONMENTAL MANAGEMENT COMMITMENTS IN ORGANIC AGRICULTURE (6503) PROVIDED FOR IN THE PEPAC FRAMEWORK</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Aid for productive forestry investments intended for forest harvesting, silvicultural work, forestry services and primary processing. (PEPAC Intervention 6883) in the year 2026</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875061</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Order of 12-December-2025 of the Ministry of Economy and Finance making the call for the year 2026 aimed at developing and improving the research and innovation capacities of the business fabric through the AAEEII of CyL</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>RESOLUTION DG of Agricultural and Livestock Production, by which the aid provided for in Order 6/2024, which approves compensation aid for «Xylella fastidiosa», is announced in advance for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>SUPPLEMENTARY AID FOR AGRICULTURAL INSURANCE IN THE REGION OF MADRID, POLICIES FROM 01/01/26 TO 31/12/26</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874707</t>
+  </si>
+  <si>
+    <t>Resolution of 11/12/2025, of the DG of Agriculture and Livestock, by which the aid of the Intervention 6505.2 Activities of conservation, use and sustainable development of livestock genetic resources in Castilla-La Mancha is called in 2025</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY CONVENING ACTION I.5 - AID TO TRADITIONAL WINTER TOMATO PRODUCERS FOR THE 2026 CAMPAIGN</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>Aid to crafts in Cantabria for the year 2026 (Primary production of agricultural products)</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>Grants for investments in the processing, marketing and development of agri-food products. 2026 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Grants for investments in the processing, marketing and development of agri-food products. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Subsidies for non-productive forestry investments in forest damage prevention. 2026 Call for Proposals</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Subsidies for non-productive forestry investments in forest damage prevention. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Extract from the Order of 13 January 2026 of the Ministry of Agriculture, Fisheries and Food announcing the “Foods of Spain, year 2026” Award</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
+  </si>
+  <si>
+    <t>Financial Instruments - WORKING CAPITAL LOANS LINKED TO THE INTERVENTION OF YOUNG FARMERS - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Financial Instruments - INVESTMENT LOANS LINKED TO THE INTERVENTION OF YOUNG FARMERS - 1.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Aid for the contracting of combined agricultural insurance in the Autonomous Community of the Balearic Islands corresponding to the 47th Combined Agricultural Insurance Plan</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>Aid for livestock health defense groups for the development of health programs corresponding to the year 2026 -OTHER ACTIONS-</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>Aid for livestock health defense groups for the development of health programs corresponding to the year 2026 - BLUETONGINE -</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>Extraordinary aid to compensate for damage to productive infrastructure on farms affected by the DANA storm. List C.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>Order of December 16, 2025, which calls for applications for the year 2026 for aid aimed at the execution, through the Livestock Health Defense Groups, of health programs that do not have community funding.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…/2025, of December 17, which calls for subsidies for the provision of agricultural advisory services, within the framework of the National Strategic Plan of the CAP 2023-2027, for Aragon, for the year 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025 OF , WHICH CALLS FOR SUBSIDIES FOR PART OF THE COST OF CONTRACTING AGRICULTURAL INSURANCE FOR THE YEAR 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>Aid intended for the transfer of knowledge from technology centers, research centers and universities PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>ORDER CONVENING THE 2026 CAMPAIGN FOR ACTION I.1. AID FOR THE MARKETING OF FRUITS, VEGETABLES, ROOTS AND TUBERS, FLOWERS AND LIVE PLANTS HARVESTED IN THE CANARY ISLANDS AND SUB-ACTION I.4.2. AID FOR THE MARKETING OF TABLE POTATOES</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>Regulatory bases Galicia Exporta Intermediate Bodies 2026, co-financed by the ERDF, non-competitive, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Order of 22/04/2025 of the Ministry of Agriculture, Livestock and Rural Development, calling for subsidies for transformation covered by Intervention 6842.1 (environmental objectives) of the PEPAC co-financed by the EAFRD - Line MA1</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025, of October 22, which calls for subsidies for investments in processing facilities and in wine infrastructure, structures and marketing instruments, for the year 2026 (financial year 2027).</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864842</t>
+  </si>
+  <si>
+    <t>Resolution of November 6, 2025 of the General Directorate of Agricultural and Livestock Production, by which the aid to Livestock Health Defense Groups for the year 2026 is announced in advance.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+  </si>
+  <si>
+    <t>Resolution of December 16, 2025, of the Galician Energy Institute approving the regulatory framework for aid for energy saving and efficiency projects in Galician companies</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Aid for investments in the production and marketing of wine products</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
   </si>
   <si>
     <t>Grants for the promotion of agricultural and food products under quality regime. Call for applications 2026</t>
   </si>
   <si>
-    <t>2025-12-15</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-31</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
   </si>
   <si>
-    <t>Resolution of February 15, 2024 of the Ministry of Ecological Transition, Industry and Economic Development approving the call for subsidies to improve the competitiveness, innovation and digitalization of small and medium-sized businesses</t>
-[...2846 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+    <t>Investment aid for wine processing and marketing facilities 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
   </si>
   <si>
     <t>ICCA Resolution, which calls for applications for the 2025 campaign for aid under actions I.6 and I.7 of the Community Programme of Support for Agricultural Production in the Canary Islands (POSEI)</t>
   </si>
   <si>
-    <t>2026-01-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
-  </si>
-[...2230 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8240,25184 +8351,25598 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1001"/>
+  <dimension ref="A1:H1015"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H1001"/>
+      <selection activeCell="A1" sqref="A1:H1015"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="566.148" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="332.633" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C2" s="1"/>
+      <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E2" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1"/>
+      <c r="D4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="1" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>149</v>
+        <v>19</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H49" s="1" t="s">
         <v>158</v>
-      </c>
-[...2 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G51" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H51" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="B55" s="1"/>
+        <v>170</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>171</v>
+      </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F55" s="1"/>
+        <v>10</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G55" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>62</v>
+        <v>174</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F56" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H56" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F57" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H57" s="1" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>122</v>
+        <v>180</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
         <v>185</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G60" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H60" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G61" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H61" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>101</v>
+        <v>186</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G62" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H62" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C63" s="1"/>
+        <v>195</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>196</v>
+      </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G63" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H63" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C64" s="1"/>
+        <v>200</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G64" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H64" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C65" s="1"/>
+        <v>205</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G65" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H65" s="1" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C66" s="1"/>
+        <v>209</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>210</v>
+      </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G66" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H66" s="1" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="C67" s="1"/>
+        <v>209</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>210</v>
+      </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G67" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H67" s="1" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="C68" s="1"/>
+        <v>209</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>215</v>
+      </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G68" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H68" s="1" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C69" s="1"/>
+        <v>218</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>219</v>
+      </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="C70" s="1"/>
+        <v>209</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>222</v>
+      </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G73" s="1"/>
       <c r="H73" s="1" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>154</v>
+        <v>226</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>244</v>
+        <v>260</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>247</v>
+        <v>262</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>217</v>
+        <v>260</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>250</v>
+        <v>265</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>251</v>
+        <v>266</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>252</v>
+        <v>267</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>256</v>
+        <v>235</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>223</v>
+        <v>272</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>260</v>
+        <v>274</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>154</v>
+        <v>261</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>262</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>276</v>
+        <v>57</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>13</v>
+        <v>286</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>276</v>
+        <v>85</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>13</v>
+        <v>286</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>281</v>
+        <v>238</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>284</v>
+        <v>238</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>198</v>
+        <v>298</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>198</v>
+        <v>301</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G99" s="1"/>
       <c r="H99" s="1" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>198</v>
+        <v>304</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>198</v>
+        <v>307</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G101" s="1"/>
       <c r="H101" s="1" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>198</v>
+        <v>310</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G103" s="1"/>
       <c r="H103" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G104" s="1"/>
       <c r="H104" s="1" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G106" s="1"/>
       <c r="H106" s="1" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G107" s="1"/>
       <c r="H107" s="1" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>149</v>
+        <v>318</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G108" s="1"/>
       <c r="H108" s="1" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G109" s="1"/>
       <c r="H109" s="1" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G110" s="1"/>
       <c r="H110" s="1" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G111" s="1"/>
       <c r="H111" s="1" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G112" s="1"/>
       <c r="H112" s="1" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G113" s="1"/>
       <c r="H113" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="C115" s="1"/>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G115" s="1"/>
       <c r="H115" s="1" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="C116" s="1"/>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>329</v>
+        <v>286</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="C117" s="1"/>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G117" s="1"/>
       <c r="H117" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="C118" s="1"/>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>227</v>
+        <v>100</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="C119" s="1"/>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="C120" s="1" t="s">
         <v>352</v>
       </c>
+      <c r="C120" s="1"/>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>358</v>
-[...4 lines deleted...]
-      <c r="C122" s="1" t="s">
         <v>360</v>
       </c>
+      <c r="B122" s="1"/>
+      <c r="C122" s="1"/>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="F122" s="1"/>
       <c r="G122" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H122" s="1" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="C123" s="1"/>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C124" s="1"/>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
         <v>369</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G125" s="1"/>
       <c r="H125" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G126" s="1"/>
       <c r="H126" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="C127" s="1"/>
+      <c r="C127" s="1" t="s">
+        <v>379</v>
+      </c>
       <c r="D127" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-      <c r="C128" s="1"/>
+        <v>381</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>200</v>
+      </c>
       <c r="D128" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G128" s="1"/>
       <c r="H128" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-      <c r="C129" s="1"/>
+        <v>384</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>385</v>
+      </c>
       <c r="D129" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="C130" s="1"/>
+        <v>388</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>389</v>
+      </c>
       <c r="D130" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G130" s="1"/>
       <c r="H130" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="C131" s="1"/>
+        <v>388</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>392</v>
+      </c>
       <c r="D131" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="C132" s="1"/>
+        <v>395</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>396</v>
+      </c>
       <c r="D132" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-      <c r="C133" s="1"/>
+        <v>398</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>400</v>
+      </c>
       <c r="D133" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F133" s="1"/>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>25</v>
+        <v>202</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-      <c r="C134" s="1"/>
+        <v>402</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>404</v>
+      </c>
       <c r="D134" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F134" s="1"/>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>25</v>
+        <v>202</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-      <c r="C135" s="1"/>
+        <v>406</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>174</v>
+      </c>
       <c r="D135" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F135" s="1"/>
+      <c r="F135" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G135" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-      <c r="C136" s="1"/>
+        <v>409</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>410</v>
+      </c>
       <c r="D136" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F136" s="1"/>
+      <c r="F136" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G136" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-      <c r="C137" s="1"/>
+        <v>412</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>174</v>
+      </c>
       <c r="D137" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F137" s="1"/>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>400</v>
+        <v>414</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-      <c r="C138" s="1"/>
+        <v>415</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>417</v>
+      </c>
       <c r="D138" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F138" s="1"/>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G138" s="1" t="s">
-        <v>109</v>
+        <v>226</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>402</v>
+        <v>418</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-      <c r="C139" s="1"/>
+        <v>419</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="D139" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F139" s="1"/>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G139" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-      <c r="C140" s="1"/>
+        <v>422</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="D140" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F140" s="1"/>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>406</v>
+        <v>423</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-      <c r="C141" s="1"/>
+        <v>424</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>426</v>
+      </c>
       <c r="D141" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F141" s="1"/>
-      <c r="G141" s="1"/>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H141" s="1" t="s">
-        <v>408</v>
+        <v>427</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-      <c r="C142" s="1"/>
+        <v>424</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>426</v>
+      </c>
       <c r="D142" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F142" s="1"/>
-      <c r="G142" s="1"/>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H142" s="1" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-      <c r="C143" s="1"/>
+        <v>429</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="D143" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F143" s="1"/>
-      <c r="G143" s="1"/>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H143" s="1" t="s">
-        <v>412</v>
+        <v>432</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-      <c r="C144" s="1"/>
+        <v>433</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>434</v>
+      </c>
       <c r="D144" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F144" s="1"/>
-      <c r="G144" s="1"/>
+      <c r="F144" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H144" s="1" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-      <c r="C145" s="1"/>
+        <v>436</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>392</v>
+      </c>
       <c r="D145" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F145" s="1"/>
+      <c r="F145" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G145" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>415</v>
+        <v>438</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-      <c r="C146" s="1"/>
+        <v>436</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>392</v>
+      </c>
       <c r="D146" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F146" s="1"/>
+      <c r="F146" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G146" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>417</v>
+        <v>439</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-      <c r="C147" s="1"/>
+        <v>440</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>442</v>
+      </c>
       <c r="D147" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F147" s="1"/>
+      <c r="F147" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G147" s="1" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-      <c r="C148" s="1"/>
+        <v>444</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>410</v>
+      </c>
       <c r="D148" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F148" s="1"/>
+      <c r="F148" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G148" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>421</v>
+        <v>445</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-      <c r="C149" s="1"/>
+        <v>446</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>448</v>
+      </c>
       <c r="D149" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F149" s="1"/>
+      <c r="F149" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G149" s="1" t="s">
-        <v>227</v>
+        <v>261</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>423</v>
+        <v>449</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-      <c r="C150" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>451</v>
+      </c>
       <c r="D150" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F150" s="1"/>
+      <c r="F150" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G150" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>425</v>
+        <v>452</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-      <c r="C151" s="1"/>
+        <v>453</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>455</v>
+      </c>
       <c r="D151" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F151" s="1"/>
+      <c r="F151" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G151" s="1" t="s">
-        <v>227</v>
+        <v>16</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>427</v>
+        <v>456</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-      <c r="C152" s="1"/>
+        <v>457</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>442</v>
+      </c>
       <c r="D152" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F152" s="1"/>
+      <c r="F152" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G152" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>429</v>
+        <v>458</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-      <c r="C153" s="1"/>
+        <v>459</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>442</v>
+      </c>
       <c r="D153" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F153" s="1"/>
+      <c r="F153" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G153" s="1" t="s">
-        <v>361</v>
+        <v>202</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>431</v>
+        <v>460</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-      <c r="C154" s="1"/>
+        <v>461</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>174</v>
+      </c>
       <c r="D154" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F154" s="1"/>
+      <c r="F154" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G154" s="1" t="s">
-        <v>361</v>
+        <v>197</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>433</v>
+        <v>462</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-      <c r="C155" s="1"/>
+        <v>463</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>465</v>
+      </c>
       <c r="D155" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F155" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F155" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G155" s="1"/>
       <c r="H155" s="1" t="s">
-        <v>435</v>
+        <v>466</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>436</v>
+        <v>467</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>438</v>
+        <v>465</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>439</v>
+        <v>291</v>
       </c>
       <c r="G156" s="1"/>
       <c r="H156" s="1" t="s">
-        <v>440</v>
+        <v>468</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>442</v>
+        <v>470</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>439</v>
+        <v>291</v>
       </c>
       <c r="G157" s="1"/>
       <c r="H157" s="1" t="s">
-        <v>443</v>
+        <v>471</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>444</v>
+        <v>472</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>437</v>
+        <v>473</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>442</v>
+        <v>474</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G158" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>50</v>
+      </c>
       <c r="H158" s="1" t="s">
-        <v>445</v>
+        <v>475</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>446</v>
+        <v>476</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G159" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H159" s="1" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>448</v>
+        <v>478</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G160" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H160" s="1" t="s">
-        <v>449</v>
+        <v>479</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>450</v>
+        <v>480</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>437</v>
+        <v>174</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>442</v>
+        <v>400</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G161" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H161" s="1" t="s">
-        <v>451</v>
+        <v>481</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>452</v>
+        <v>482</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>453</v>
+        <v>483</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>454</v>
+        <v>395</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G162" s="1"/>
       <c r="H162" s="1" t="s">
-        <v>455</v>
+        <v>484</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>456</v>
+        <v>485</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>457</v>
+        <v>486</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>458</v>
+        <v>410</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>460</v>
+        <v>488</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>461</v>
+        <v>489</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>462</v>
+        <v>9</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F164" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G164" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H164" s="1" t="s">
-        <v>463</v>
+        <v>490</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>464</v>
+        <v>491</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>461</v>
+        <v>492</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>465</v>
+        <v>434</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>466</v>
+        <v>493</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>467</v>
+        <v>494</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>468</v>
+        <v>495</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>465</v>
+        <v>496</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>469</v>
+        <v>497</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>470</v>
+        <v>498</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>471</v>
+        <v>499</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>465</v>
+        <v>500</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>472</v>
+        <v>501</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>473</v>
+        <v>502</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>474</v>
+        <v>410</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>475</v>
+        <v>179</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G168" s="1"/>
       <c r="H168" s="1" t="s">
-        <v>476</v>
+        <v>503</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>477</v>
+        <v>504</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>478</v>
+        <v>505</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>475</v>
+        <v>404</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>320</v>
+        <v>151</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>479</v>
+        <v>506</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>480</v>
+        <v>507</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>478</v>
+        <v>505</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>475</v>
+        <v>200</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>320</v>
+        <v>139</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>481</v>
+        <v>508</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>482</v>
+        <v>509</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>478</v>
+        <v>174</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>475</v>
+        <v>510</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>483</v>
+        <v>511</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>484</v>
+        <v>512</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>478</v>
+        <v>417</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>475</v>
+        <v>379</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>320</v>
+        <v>226</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>485</v>
+        <v>513</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>486</v>
+        <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>478</v>
+        <v>417</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>475</v>
+        <v>515</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>320</v>
+        <v>226</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>487</v>
+        <v>516</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>488</v>
+        <v>517</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>478</v>
+        <v>410</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>475</v>
+        <v>396</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>489</v>
+        <v>518</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>490</v>
+        <v>519</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>478</v>
+        <v>520</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>475</v>
+        <v>521</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>491</v>
+        <v>522</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>492</v>
+        <v>523</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>478</v>
+        <v>524</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>475</v>
+        <v>396</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>493</v>
+        <v>525</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>494</v>
+        <v>526</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>495</v>
+        <v>9</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>496</v>
+        <v>465</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>497</v>
+        <v>527</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>499</v>
+        <v>529</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>500</v>
+        <v>530</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>150</v>
+        <v>16</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>501</v>
+        <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>502</v>
+        <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>495</v>
+        <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>461</v>
+        <v>534</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>503</v>
+        <v>535</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>471</v>
+        <v>537</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>505</v>
+        <v>538</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>506</v>
+        <v>539</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>507</v>
+        <v>540</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>508</v>
+        <v>257</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>500</v>
+        <v>541</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>509</v>
+        <v>542</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>510</v>
+        <v>543</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>508</v>
+        <v>544</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>511</v>
+        <v>545</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>512</v>
+        <v>546</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>513</v>
+        <v>547</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>453</v>
+        <v>57</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>514</v>
+        <v>545</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>320</v>
+        <v>16</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>515</v>
+        <v>548</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>516</v>
+        <v>549</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>453</v>
+        <v>550</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>514</v>
+        <v>551</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>320</v>
+        <v>16</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>517</v>
+        <v>552</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>453</v>
+        <v>554</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>514</v>
+        <v>545</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F185" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G185" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H185" s="1" t="s">
-        <v>519</v>
+        <v>555</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>520</v>
+        <v>556</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>508</v>
+        <v>557</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F186" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G186" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H186" s="1" t="s">
-        <v>521</v>
+        <v>559</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>522</v>
+        <v>560</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>523</v>
+        <v>561</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>524</v>
+        <v>562</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F187" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G187" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H187" s="1" t="s">
-        <v>525</v>
+        <v>563</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>526</v>
+        <v>564</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>527</v>
+        <v>565</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>528</v>
+        <v>566</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F188" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H188" s="1" t="s">
-        <v>529</v>
+        <v>567</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>530</v>
+        <v>568</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>475</v>
+        <v>565</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>531</v>
+        <v>569</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F189" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G189" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G189" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H189" s="1" t="s">
-        <v>532</v>
+        <v>570</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>533</v>
+        <v>571</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>457</v>
+        <v>572</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>531</v>
+        <v>573</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G190" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H190" s="1" t="s">
-        <v>534</v>
+        <v>574</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>535</v>
+        <v>575</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>536</v>
+        <v>576</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>537</v>
+        <v>569</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F191" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G191" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H191" s="1" t="s">
-        <v>538</v>
+        <v>577</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>539</v>
+        <v>578</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>540</v>
+        <v>579</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>541</v>
+        <v>580</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F192" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G192" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H192" s="1" t="s">
-        <v>542</v>
+        <v>581</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>543</v>
+        <v>582</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>527</v>
+        <v>583</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>544</v>
+        <v>584</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F193" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G193" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H193" s="1" t="s">
-        <v>545</v>
+        <v>585</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>546</v>
+        <v>586</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>547</v>
+        <v>587</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>548</v>
+        <v>588</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F194" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G194" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H194" s="1" t="s">
-        <v>549</v>
+        <v>589</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>550</v>
+        <v>590</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>527</v>
+        <v>25</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>551</v>
+        <v>591</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F195" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G195" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H195" s="1" t="s">
-        <v>552</v>
+        <v>592</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>553</v>
+        <v>593</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>90</v>
+        <v>594</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>554</v>
+        <v>595</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>555</v>
+        <v>596</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>556</v>
+        <v>597</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>500</v>
+        <v>594</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>557</v>
+        <v>595</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>558</v>
+        <v>598</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>559</v>
+        <v>599</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>560</v>
+        <v>600</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>562</v>
+        <v>601</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>563</v>
+        <v>602</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>500</v>
+        <v>603</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>564</v>
+        <v>604</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>565</v>
+        <v>605</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>478</v>
+        <v>606</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>566</v>
+        <v>595</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>567</v>
+        <v>607</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>568</v>
+        <v>608</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>478</v>
+        <v>606</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>569</v>
+        <v>609</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H201" s="1" t="s">
-        <v>570</v>
+        <v>610</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>571</v>
+        <v>611</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>90</v>
+        <v>561</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>572</v>
+        <v>612</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>573</v>
+        <v>613</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>574</v>
+        <v>614</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>575</v>
+        <v>615</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>576</v>
+        <v>616</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>577</v>
+        <v>617</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>578</v>
+        <v>618</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G204" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H204" s="1" t="s">
-        <v>579</v>
+        <v>619</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>580</v>
+        <v>620</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>581</v>
+        <v>621</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>582</v>
+        <v>562</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>583</v>
+        <v>622</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>584</v>
+        <v>623</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>478</v>
+        <v>624</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>475</v>
+        <v>588</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>585</v>
+        <v>625</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>586</v>
+        <v>626</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>587</v>
+        <v>627</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>329</v>
+        <v>32</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>588</v>
+        <v>628</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>589</v>
+        <v>629</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>590</v>
+        <v>53</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>591</v>
+        <v>630</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>592</v>
+        <v>631</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>593</v>
+        <v>632</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>561</v>
+        <v>53</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>454</v>
+        <v>566</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>594</v>
+        <v>633</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>595</v>
+        <v>634</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>597</v>
+        <v>635</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>598</v>
+        <v>636</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>557</v>
+        <v>637</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>599</v>
+        <v>638</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>600</v>
+        <v>639</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>601</v>
+        <v>640</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>602</v>
+        <v>587</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>603</v>
+        <v>641</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>604</v>
+        <v>642</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>544</v>
+        <v>643</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>605</v>
+        <v>630</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>606</v>
+        <v>644</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>607</v>
+        <v>645</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>608</v>
+        <v>57</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>609</v>
+        <v>580</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>329</v>
+        <v>646</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>610</v>
+        <v>647</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>462</v>
+        <v>57</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>612</v>
+        <v>580</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>329</v>
+        <v>646</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>613</v>
+        <v>649</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>614</v>
+        <v>650</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>462</v>
+        <v>651</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>454</v>
+        <v>652</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>615</v>
+        <v>653</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>616</v>
+        <v>654</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>578</v>
+        <v>655</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>617</v>
+        <v>630</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>618</v>
+        <v>656</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>619</v>
+        <v>657</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>620</v>
+        <v>658</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>605</v>
+        <v>659</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>621</v>
+        <v>660</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>622</v>
+        <v>661</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>548</v>
+        <v>658</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>623</v>
+        <v>659</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G219" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H219" s="1" t="s">
-        <v>624</v>
+        <v>662</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>625</v>
+        <v>663</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>626</v>
+        <v>658</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>551</v>
+        <v>630</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>627</v>
+        <v>664</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>628</v>
+        <v>665</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>548</v>
+        <v>135</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>629</v>
+        <v>666</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>630</v>
+        <v>667</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>631</v>
+        <v>668</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>602</v>
+        <v>670</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>633</v>
+        <v>671</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>634</v>
+        <v>672</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>635</v>
+        <v>669</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>636</v>
+        <v>588</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>637</v>
+        <v>673</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>638</v>
+        <v>674</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>632</v>
+        <v>675</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>590</v>
+        <v>676</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>639</v>
+        <v>677</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>640</v>
+        <v>678</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>582</v>
+        <v>679</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>541</v>
+        <v>680</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>641</v>
+        <v>681</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>642</v>
+        <v>682</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>457</v>
+        <v>683</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>537</v>
+        <v>591</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>643</v>
+        <v>684</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>644</v>
+        <v>685</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>645</v>
+        <v>57</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>646</v>
+        <v>580</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>647</v>
+        <v>686</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>648</v>
+        <v>687</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>649</v>
+        <v>688</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>457</v>
+        <v>689</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>650</v>
+        <v>690</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>651</v>
+        <v>691</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C229" s="1"/>
       <c r="D229" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>654</v>
+        <v>692</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>655</v>
+        <v>693</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>458</v>
+        <v>694</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>537</v>
+        <v>562</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>656</v>
+        <v>695</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>657</v>
+        <v>696</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>658</v>
+        <v>600</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>659</v>
+        <v>697</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>660</v>
+        <v>698</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>661</v>
+        <v>699</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>662</v>
+        <v>700</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>664</v>
+        <v>701</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>665</v>
+        <v>702</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>609</v>
+        <v>658</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>666</v>
+        <v>697</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>109</v>
+        <v>180</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>667</v>
+        <v>703</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>668</v>
+        <v>704</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>609</v>
+        <v>557</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>669</v>
+        <v>551</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>670</v>
+        <v>705</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>671</v>
+        <v>706</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>609</v>
+        <v>557</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>669</v>
+        <v>551</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>672</v>
+        <v>707</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>673</v>
+        <v>708</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>609</v>
+        <v>709</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>669</v>
+        <v>594</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>674</v>
+        <v>710</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>675</v>
+        <v>711</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>676</v>
+        <v>709</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>677</v>
+        <v>594</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E237" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>678</v>
+        <v>712</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>679</v>
+        <v>713</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>662</v>
+        <v>709</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>680</v>
+        <v>594</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>681</v>
+        <v>714</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>682</v>
+        <v>715</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>683</v>
+        <v>716</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>684</v>
+        <v>717</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E239" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>685</v>
+        <v>718</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>686</v>
+        <v>719</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>658</v>
+        <v>57</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>687</v>
+        <v>580</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>688</v>
+        <v>720</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>689</v>
+        <v>721</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>690</v>
+        <v>722</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>691</v>
+        <v>723</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>692</v>
+        <v>724</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>693</v>
+        <v>725</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>690</v>
+        <v>722</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>663</v>
+        <v>723</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>694</v>
+        <v>726</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>695</v>
+        <v>727</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>696</v>
+        <v>722</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>10</v>
+        <v>723</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>361</v>
+        <v>180</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>697</v>
+        <v>728</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>698</v>
+        <v>729</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>561</v>
+        <v>730</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>699</v>
+        <v>731</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E244" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>700</v>
+        <v>732</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>701</v>
+        <v>733</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>702</v>
+        <v>565</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>355</v>
+        <v>734</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E245" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>320</v>
+        <v>96</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>703</v>
+        <v>735</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>704</v>
+        <v>736</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>702</v>
+        <v>737</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>355</v>
+        <v>573</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E246" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>320</v>
+        <v>96</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>705</v>
+        <v>738</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>706</v>
+        <v>739</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>707</v>
+        <v>740</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>475</v>
+        <v>594</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>708</v>
+        <v>741</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>709</v>
+        <v>742</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>707</v>
+        <v>743</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>617</v>
+        <v>594</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E248" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>710</v>
+        <v>744</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>711</v>
+        <v>745</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>712</v>
+        <v>746</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>9</v>
+        <v>580</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E249" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G249" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H249" s="1" t="s">
-        <v>713</v>
+        <v>747</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>714</v>
+        <v>748</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>649</v>
+        <v>749</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G250" s="1"/>
       <c r="H250" s="1" t="s">
-        <v>715</v>
+        <v>751</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>716</v>
+        <v>752</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>717</v>
+        <v>749</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>635</v>
+        <v>683</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>718</v>
+        <v>753</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>719</v>
+        <v>754</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>717</v>
+        <v>749</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>720</v>
+        <v>683</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>721</v>
+        <v>755</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>722</v>
+        <v>756</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>599</v>
+        <v>757</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>724</v>
+        <v>758</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>725</v>
+        <v>759</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>726</v>
+        <v>749</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>727</v>
+        <v>757</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>728</v>
+        <v>760</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>729</v>
+        <v>761</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>730</v>
+        <v>749</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>732</v>
+        <v>762</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>733</v>
+        <v>763</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>734</v>
+        <v>749</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>735</v>
+        <v>757</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>736</v>
+        <v>764</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>737</v>
+        <v>765</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>738</v>
+        <v>749</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>739</v>
+        <v>757</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>740</v>
+        <v>766</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>741</v>
+        <v>767</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>9</v>
+        <v>757</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>743</v>
+        <v>768</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>744</v>
+        <v>769</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>720</v>
+        <v>757</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>746</v>
+        <v>770</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>747</v>
+        <v>771</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>750</v>
+        <v>772</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>751</v>
+        <v>773</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>554</v>
+        <v>757</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>752</v>
+        <v>774</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>753</v>
+        <v>775</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>10</v>
+        <v>757</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E262" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>754</v>
+        <v>776</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>755</v>
+        <v>777</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>10</v>
+        <v>683</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>756</v>
+        <v>778</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>757</v>
+        <v>779</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>20</v>
+        <v>683</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>759</v>
+        <v>780</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>760</v>
+        <v>781</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>761</v>
+        <v>749</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>554</v>
+        <v>683</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>762</v>
+        <v>782</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>763</v>
+        <v>783</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>764</v>
+        <v>749</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>478</v>
+        <v>784</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>765</v>
+        <v>785</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>766</v>
+        <v>786</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>767</v>
+        <v>787</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>468</v>
+        <v>318</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>768</v>
+        <v>788</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>769</v>
+        <v>789</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>770</v>
+        <v>787</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>771</v>
+        <v>318</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>772</v>
+        <v>790</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>773</v>
+        <v>791</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>20</v>
+        <v>787</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>10</v>
+        <v>318</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>774</v>
+        <v>792</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>775</v>
+        <v>793</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>712</v>
+        <v>787</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>496</v>
+        <v>318</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>776</v>
+        <v>794</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>777</v>
+        <v>795</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>514</v>
+        <v>787</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>531</v>
+        <v>318</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>778</v>
+        <v>796</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>779</v>
+        <v>797</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>712</v>
+        <v>787</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>496</v>
+        <v>318</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>780</v>
+        <v>798</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>781</v>
+        <v>799</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>16</v>
+        <v>318</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>783</v>
+        <v>800</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>784</v>
+        <v>801</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>475</v>
+        <v>787</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>454</v>
+        <v>318</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G274" s="1"/>
       <c r="H274" s="1" t="s">
-        <v>785</v>
+        <v>802</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>786</v>
+        <v>803</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>787</v>
+        <v>43</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>474</v>
+        <v>804</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G275" s="1"/>
       <c r="H275" s="1" t="s">
-        <v>788</v>
+        <v>805</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>789</v>
+        <v>806</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>787</v>
+        <v>807</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>474</v>
+        <v>808</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E276" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G276" s="1"/>
       <c r="H276" s="1" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>791</v>
+        <v>810</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>770</v>
+        <v>811</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>581</v>
+        <v>812</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G277" s="1"/>
       <c r="H277" s="1" t="s">
-        <v>792</v>
+        <v>813</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>793</v>
+        <v>814</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>794</v>
+        <v>811</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>531</v>
+        <v>812</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G278" s="1"/>
       <c r="H278" s="1" t="s">
-        <v>795</v>
+        <v>815</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>796</v>
+        <v>816</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>749</v>
+        <v>811</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G279" s="1"/>
       <c r="H279" s="1" t="s">
-        <v>798</v>
+        <v>817</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>799</v>
+        <v>818</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>782</v>
+        <v>811</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>720</v>
+        <v>812</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G280" s="1"/>
       <c r="H280" s="1" t="s">
-        <v>800</v>
+        <v>819</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>801</v>
+        <v>820</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>734</v>
+        <v>811</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>782</v>
+        <v>812</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E281" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G281" s="1"/>
       <c r="H281" s="1" t="s">
-        <v>802</v>
+        <v>821</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>803</v>
+        <v>822</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>782</v>
+        <v>823</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>804</v>
+        <v>749</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G282" s="1"/>
       <c r="H282" s="1" t="s">
-        <v>805</v>
+        <v>824</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>806</v>
+        <v>825</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>782</v>
+        <v>123</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>475</v>
+        <v>533</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G283" s="1"/>
       <c r="H283" s="1" t="s">
-        <v>807</v>
+        <v>826</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>808</v>
+        <v>827</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>734</v>
+        <v>123</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G284" s="1"/>
       <c r="H284" s="1" t="s">
-        <v>809</v>
+        <v>828</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>810</v>
+        <v>829</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>707</v>
+        <v>659</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>811</v>
+        <v>830</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G285" s="1"/>
       <c r="H285" s="1" t="s">
-        <v>812</v>
+        <v>831</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>814</v>
+        <v>749</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>815</v>
+        <v>683</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G286" s="1"/>
       <c r="H286" s="1" t="s">
-        <v>816</v>
+        <v>833</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>817</v>
+        <v>834</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>814</v>
+        <v>749</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>815</v>
+        <v>683</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G287" s="1"/>
       <c r="H287" s="1" t="s">
-        <v>818</v>
+        <v>835</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>819</v>
+        <v>836</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>820</v>
+        <v>749</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>821</v>
+        <v>683</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G288" s="1"/>
       <c r="H288" s="1" t="s">
-        <v>822</v>
+        <v>837</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>823</v>
+        <v>838</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>820</v>
+        <v>749</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>821</v>
+        <v>683</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G289" s="1"/>
       <c r="H289" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>825</v>
+        <v>840</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>826</v>
+        <v>749</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>827</v>
+        <v>683</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G290" s="1"/>
       <c r="H290" s="1" t="s">
-        <v>828</v>
+        <v>841</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>826</v>
+        <v>749</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>827</v>
+        <v>683</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G291" s="1"/>
       <c r="H291" s="1" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>831</v>
+        <v>749</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>832</v>
+        <v>683</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G292" s="1"/>
       <c r="H292" s="1" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>834</v>
+        <v>846</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>831</v>
+        <v>749</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>832</v>
+        <v>683</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G293" s="1"/>
       <c r="H293" s="1" t="s">
-        <v>835</v>
+        <v>847</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>837</v>
+        <v>749</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>838</v>
+        <v>683</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G294" s="1"/>
       <c r="H294" s="1" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>474</v>
+        <v>749</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>9</v>
+        <v>683</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G295" s="1"/>
       <c r="H295" s="1" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>90</v>
+        <v>749</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>843</v>
+        <v>683</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G296" s="1"/>
       <c r="H296" s="1" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>90</v>
+        <v>749</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>843</v>
+        <v>683</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G297" s="1"/>
       <c r="H297" s="1" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>848</v>
+        <v>749</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>848</v>
+        <v>683</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G298" s="1"/>
       <c r="H298" s="1" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>731</v>
+        <v>749</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>511</v>
+        <v>683</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E299" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G299" s="1"/>
       <c r="H299" s="1" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>853</v>
+        <v>749</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>581</v>
+        <v>683</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G300" s="1"/>
       <c r="H300" s="1" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>853</v>
+        <v>749</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>581</v>
+        <v>683</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E301" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G301" s="1"/>
       <c r="H301" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>853</v>
+        <v>749</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>581</v>
+        <v>683</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E302" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G302" s="1"/>
       <c r="H302" s="1" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>860</v>
+        <v>749</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>511</v>
+        <v>757</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G303" s="1"/>
       <c r="H303" s="1" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>860</v>
+        <v>749</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>511</v>
+        <v>757</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G304" s="1"/>
       <c r="H304" s="1" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>726</v>
+        <v>749</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>591</v>
+        <v>784</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G305" s="1"/>
       <c r="H305" s="1" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>554</v>
+        <v>534</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E306" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>90</v>
+        <v>876</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>599</v>
+        <v>877</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E307" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>90</v>
+        <v>876</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>90</v>
+        <v>882</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>90</v>
+        <v>254</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>554</v>
+        <v>885</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E310" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>90</v>
+        <v>600</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>872</v>
+        <v>888</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E311" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>90</v>
+        <v>529</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>872</v>
+        <v>595</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E312" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>90</v>
+        <v>893</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>872</v>
+        <v>580</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E313" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>885</v>
+        <v>561</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>886</v>
+        <v>588</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>889</v>
+        <v>544</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>890</v>
+        <v>580</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E315" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>523</v>
+        <v>557</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>554</v>
+        <v>900</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E316" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>895</v>
+        <v>579</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E317" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>899</v>
+        <v>57</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>554</v>
+        <v>906</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E318" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>902</v>
+        <v>57</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E319" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="B320" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C320" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="C320" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D320" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>146</v>
+        <v>57</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>453</v>
+        <v>580</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>912</v>
+        <v>57</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>896</v>
+        <v>580</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E322" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>25</v>
+        <v>104</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>915</v>
+        <v>57</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>680</v>
+        <v>906</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E323" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>457</v>
+        <v>57</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>918</v>
+        <v>630</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H324" s="1" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
         <v>920</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>457</v>
+        <v>808</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>918</v>
+        <v>580</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H325" s="1" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
         <v>922</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>676</v>
+        <v>923</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>927</v>
+        <v>396</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E327" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H327" s="1" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
         <v>929</v>
       </c>
       <c r="B328" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C328" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D328" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="H328" s="1" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
         <v>932</v>
       </c>
       <c r="B329" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H329" s="1" t="s">
         <v>933</v>
-      </c>
-[...16 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C330" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B330" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D330" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E330" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G330" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H330" s="1" t="s">
         <v>936</v>
-      </c>
-[...1 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H331" s="1" t="s">
         <v>938</v>
-      </c>
-[...19 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H332" s="1" t="s">
         <v>941</v>
-      </c>
-[...19 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E333" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H333" s="1" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
         <v>946</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>947</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>554</v>
+        <v>948</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E334" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>284</v>
+        <v>947</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E335" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H335" s="1" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
         <v>952</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>953</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>320</v>
+        <v>139</v>
       </c>
       <c r="H336" s="1" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
         <v>956</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>906</v>
+        <v>957</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>320</v>
+        <v>139</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>960</v>
+        <v>57</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>475</v>
+        <v>580</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E338" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>320</v>
+        <v>139</v>
       </c>
       <c r="H338" s="1" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
         <v>962</v>
       </c>
       <c r="B339" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H339" s="1" t="s">
         <v>963</v>
-      </c>
-[...16 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H340" s="1" t="s">
         <v>966</v>
-      </c>
-[...19 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H341" s="1" t="s">
         <v>968</v>
-      </c>
-[...19 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>658</v>
+        <v>430</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E342" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>975</v>
+        <v>969</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>554</v>
+        <v>430</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
-        <v>978</v>
+        <v>969</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>979</v>
+        <v>970</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>980</v>
+        <v>430</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E344" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>981</v>
+        <v>973</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
-        <v>982</v>
+        <v>969</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>983</v>
+        <v>970</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>980</v>
+        <v>430</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E345" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>984</v>
+        <v>974</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
-        <v>985</v>
+        <v>969</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>826</v>
+        <v>970</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>838</v>
+        <v>430</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>986</v>
+        <v>975</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
-        <v>987</v>
+        <v>969</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>988</v>
+        <v>970</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>738</v>
+        <v>430</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E347" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
-        <v>990</v>
+        <v>969</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>991</v>
+        <v>970</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>745</v>
+        <v>430</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E348" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>320</v>
+        <v>117</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>992</v>
+        <v>977</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
-        <v>993</v>
+        <v>978</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>994</v>
+        <v>483</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>995</v>
+        <v>407</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E349" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>997</v>
+        <v>980</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>994</v>
+        <v>483</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>995</v>
+        <v>396</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E350" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>320</v>
+        <v>197</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>994</v>
+        <v>983</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>995</v>
+        <v>524</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>320</v>
+        <v>117</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>1000</v>
+        <v>984</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
-        <v>1001</v>
+        <v>985</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>90</v>
+        <v>983</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>554</v>
+        <v>442</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E352" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>1002</v>
+        <v>986</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
-        <v>1003</v>
+        <v>987</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1005</v>
+        <v>989</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>1006</v>
+        <v>990</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
-        <v>1007</v>
+        <v>991</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1008</v>
+        <v>992</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>980</v>
+        <v>395</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>1009</v>
+        <v>993</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
-        <v>1010</v>
+        <v>994</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1008</v>
+        <v>995</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>980</v>
+        <v>996</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E355" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>1011</v>
+        <v>997</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
-        <v>1012</v>
+        <v>998</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>320</v>
+        <v>286</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>1013</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>1014</v>
+        <v>1001</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>889</v>
+        <v>1002</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>827</v>
+        <v>206</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E357" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G357" s="1"/>
       <c r="H357" s="1" t="s">
-        <v>1015</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1016</v>
+        <v>1004</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>889</v>
+        <v>992</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>827</v>
+        <v>430</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E358" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>320</v>
+        <v>197</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>837</v>
+        <v>999</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>957</v>
+        <v>430</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E359" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>320</v>
+        <v>261</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>983</v>
+        <v>1009</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>764</v>
+        <v>425</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E360" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>587</v>
+        <v>395</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1023</v>
+        <v>410</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E361" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G361" s="1"/>
       <c r="H361" s="1" t="s">
-        <v>1024</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
-        <v>1025</v>
+        <v>1013</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>915</v>
+        <v>395</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>680</v>
+        <v>9</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E362" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1028</v>
+        <v>395</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>896</v>
+        <v>9</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>1029</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
-        <v>914</v>
+        <v>1017</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1030</v>
+        <v>395</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1031</v>
+        <v>9</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1032</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1033</v>
+        <v>1019</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>51</v>
+        <v>420</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1034</v>
+        <v>9</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E365" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>227</v>
+        <v>100</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1035</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1036</v>
+        <v>1021</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>51</v>
+        <v>420</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1034</v>
+        <v>9</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>227</v>
+        <v>100</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1037</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1038</v>
+        <v>1023</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>58</v>
+        <v>1024</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>554</v>
+        <v>958</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E367" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1039</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
-        <v>1040</v>
+        <v>1026</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>62</v>
+        <v>651</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>10</v>
+        <v>877</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E368" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
-        <v>1042</v>
+        <v>1028</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>62</v>
+        <v>344</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>872</v>
+        <v>992</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E369" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1043</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
-        <v>1044</v>
+        <v>1030</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>62</v>
+        <v>1031</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1045</v>
+        <v>588</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1046</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1047</v>
+        <v>1033</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1048</v>
+        <v>529</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1049</v>
+        <v>595</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1050</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>437</v>
+        <v>1036</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E372" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1053</v>
+        <v>1038</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1054</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C373" s="1"/>
       <c r="D373" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E373" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1056</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
-        <v>1057</v>
+        <v>1040</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>90</v>
+        <v>1041</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E374" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1058</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1057</v>
+        <v>1043</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="C375" s="1"/>
       <c r="D375" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E375" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1059</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
-        <v>1060</v>
+        <v>1046</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>523</v>
+        <v>808</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E376" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1061</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1062</v>
+        <v>1048</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1063</v>
+        <v>1049</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E377" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1064</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1065</v>
+        <v>1051</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>820</v>
+        <v>1052</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>738</v>
+        <v>1053</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E378" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1066</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
-        <v>1067</v>
+        <v>1055</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1068</v>
+        <v>1056</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>944</v>
+        <v>1057</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E379" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E380" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>453</v>
+        <v>676</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E381" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>988</v>
+        <v>658</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E382" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1081</v>
+        <v>53</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1082</v>
+        <v>1070</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E383" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1083</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1084</v>
+        <v>1072</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>35</v>
+        <v>606</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1034</v>
+        <v>1073</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E384" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1087</v>
+        <v>529</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>890</v>
+        <v>594</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1088</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1089</v>
+        <v>1077</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1090</v>
+        <v>529</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1071</v>
+        <v>594</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E386" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
-        <v>1092</v>
+        <v>1079</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>256</v>
+        <v>529</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>458</v>
+        <v>1080</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E387" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1093</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1094</v>
+        <v>1082</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1095</v>
+        <v>375</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>820</v>
+        <v>1083</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E388" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>361</v>
+        <v>187</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1096</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1097</v>
+        <v>1085</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>953</v>
+        <v>344</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1071</v>
+        <v>958</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E389" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>227</v>
+        <v>286</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1098</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1099</v>
+        <v>1087</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1100</v>
+        <v>451</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>827</v>
+        <v>1088</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E390" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G390" s="1"/>
       <c r="H390" s="1" t="s">
-        <v>1101</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
-        <v>1102</v>
+        <v>1090</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>90</v>
+        <v>470</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>531</v>
+        <v>1091</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E391" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H391" s="1" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1105</v>
+        <v>174</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1106</v>
+        <v>364</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1107</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
-        <v>1108</v>
+        <v>1095</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>983</v>
+        <v>442</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>707</v>
+        <v>1096</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E393" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1109</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
-        <v>1110</v>
+        <v>1098</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>62</v>
+        <v>344</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>749</v>
+        <v>958</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E394" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G394" s="1"/>
       <c r="H394" s="1" t="s">
-        <v>1111</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
-        <v>1112</v>
+        <v>1100</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1113</v>
+        <v>344</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1114</v>
+        <v>958</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E395" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G395" s="1"/>
       <c r="H395" s="1" t="s">
-        <v>1115</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
-        <v>1116</v>
+        <v>1102</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>149</v>
+        <v>1103</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1117</v>
+        <v>1104</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E396" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>1118</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
-        <v>1119</v>
+        <v>1106</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1120</v>
+        <v>1107</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1121</v>
+        <v>1091</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E397" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>1122</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
-        <v>1123</v>
+        <v>1109</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1124</v>
+        <v>524</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1125</v>
+        <v>183</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E398" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1126</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1127</v>
+        <v>1111</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1128</v>
+        <v>1107</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1121</v>
+        <v>1091</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E399" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>1129</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
-        <v>1130</v>
+        <v>1113</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1131</v>
+        <v>1107</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1132</v>
+        <v>1091</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E400" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>1133</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
-        <v>1134</v>
+        <v>1115</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1131</v>
+        <v>1107</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1135</v>
+        <v>1091</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E401" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1136</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1137</v>
+        <v>1117</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>316</v>
+        <v>455</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1138</v>
+        <v>1118</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E402" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1139</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1140</v>
+        <v>1120</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1141</v>
+        <v>1107</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>355</v>
+        <v>958</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E403" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F403" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G403" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H403" s="1" t="s">
-        <v>1142</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1143</v>
+        <v>1122</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1141</v>
+        <v>442</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1144</v>
+        <v>1096</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E404" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F404" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G404" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G404" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H404" s="1" t="s">
-        <v>1145</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1146</v>
+        <v>1124</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1147</v>
+        <v>524</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1148</v>
+        <v>1125</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E405" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>329</v>
+        <v>151</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>1149</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1150</v>
+        <v>1127</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1151</v>
+        <v>442</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1152</v>
+        <v>1002</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E406" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F406" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G406" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G406" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H406" s="1" t="s">
-        <v>1153</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
-        <v>1154</v>
+        <v>1129</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1151</v>
+        <v>470</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1152</v>
+        <v>1096</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E407" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>227</v>
+        <v>202</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>1155</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1156</v>
+        <v>1131</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1151</v>
+        <v>1103</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1152</v>
+        <v>1132</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E408" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>227</v>
+        <v>261</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1157</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1120</v>
+        <v>1135</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>332</v>
+        <v>206</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E409" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>154</v>
+        <v>261</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1159</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1160</v>
+        <v>1137</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1151</v>
+        <v>1135</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1152</v>
+        <v>1053</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1161</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1162</v>
+        <v>1139</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1163</v>
+        <v>1135</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1164</v>
+        <v>1140</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E411" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>109</v>
+        <v>261</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1165</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
-        <v>1166</v>
+        <v>1142</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>166</v>
+        <v>996</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1045</v>
+        <v>1143</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E412" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G412" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H412" s="1" t="s">
-        <v>1167</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
-        <v>1168</v>
+        <v>678</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>166</v>
+        <v>996</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1045</v>
+        <v>1143</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E413" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G413" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H413" s="1" t="s">
-        <v>1169</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
-        <v>1170</v>
+        <v>661</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1171</v>
+        <v>996</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E414" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1173</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
-        <v>1174</v>
+        <v>1147</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>316</v>
+        <v>996</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>10</v>
+        <v>1143</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E415" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1175</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
-        <v>1176</v>
+        <v>1149</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1177</v>
+        <v>1150</v>
       </c>
       <c r="C416" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H416" s="1" t="s">
         <v>1152</v>
-      </c>
-[...13 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
-        <v>1179</v>
+        <v>1153</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>378</v>
+        <v>434</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1180</v>
+        <v>1154</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E417" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G417" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H417" s="1" t="s">
-        <v>1181</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>1182</v>
+        <v>1156</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>166</v>
+        <v>1103</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1045</v>
+        <v>379</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E418" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1183</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>1184</v>
+        <v>1158</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1177</v>
+        <v>434</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1172</v>
+        <v>1159</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E419" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1185</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1186</v>
+        <v>1161</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1171</v>
+        <v>1162</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1187</v>
+        <v>1163</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E420" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>150</v>
+        <v>202</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1188</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1189</v>
+        <v>1165</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1120</v>
+        <v>1166</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1190</v>
+        <v>179</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E421" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1191</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1192</v>
+        <v>1168</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1171</v>
+        <v>996</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D422" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E422" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H422" s="1" t="s">
-        <v>1193</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
-        <v>1194</v>
+        <v>1171</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1151</v>
+        <v>375</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1045</v>
+        <v>1172</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E423" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1195</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
-        <v>1196</v>
+        <v>1174</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1163</v>
+        <v>996</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1197</v>
+        <v>1143</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E424" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1198</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
-        <v>1199</v>
+        <v>1176</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1200</v>
+        <v>1166</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1148</v>
+        <v>1118</v>
       </c>
       <c r="D425" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1201</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1202</v>
+        <v>1178</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1203</v>
+        <v>1103</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1204</v>
+        <v>1179</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E426" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1205</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1206</v>
+        <v>1181</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>371</v>
+        <v>1182</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1207</v>
+        <v>1143</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E427" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1208</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
-        <v>1209</v>
+        <v>1184</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1203</v>
+        <v>1182</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1210</v>
+        <v>1143</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E428" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1211</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
-        <v>1212</v>
+        <v>1186</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1200</v>
+        <v>1163</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>319</v>
+        <v>473</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E429" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F429" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F429" s="1"/>
       <c r="G429" s="1" t="s">
-        <v>143</v>
+        <v>197</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>1213</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
-        <v>1214</v>
+        <v>1188</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1215</v>
+        <v>1154</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1216</v>
+        <v>1189</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E430" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F430" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F430" s="1"/>
       <c r="G430" s="1" t="s">
-        <v>143</v>
+        <v>100</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1217</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1218</v>
+        <v>1191</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1219</v>
+        <v>1192</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1220</v>
+        <v>1193</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E431" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F431" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F431" s="1"/>
       <c r="G431" s="1" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1221</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
-        <v>1222</v>
+        <v>1195</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1163</v>
+        <v>179</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1135</v>
+        <v>1196</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E432" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F432" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F432" s="1"/>
       <c r="G432" s="1" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1223</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
-        <v>1224</v>
+        <v>1198</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1219</v>
+        <v>379</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1225</v>
+        <v>1189</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E433" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F433" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F433" s="1"/>
       <c r="G433" s="1" t="s">
-        <v>143</v>
+        <v>100</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1226</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
-        <v>1227</v>
+        <v>1200</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1228</v>
+        <v>379</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1229</v>
+        <v>1189</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F434" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F434" s="1"/>
       <c r="G434" s="1" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1230</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
-        <v>1231</v>
+        <v>1202</v>
       </c>
       <c r="B435" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E435" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F435" s="1"/>
+      <c r="G435" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H435" s="1" t="s">
         <v>1203</v>
-      </c>
-[...16 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
-        <v>1233</v>
+        <v>1204</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1203</v>
+        <v>179</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1204</v>
+        <v>225</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E436" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F436" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F436" s="1"/>
       <c r="G436" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1234</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
-        <v>1235</v>
+        <v>1206</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1203</v>
+        <v>379</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E437" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F437" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F437" s="1"/>
       <c r="G437" s="1" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1236</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1237</v>
+        <v>1209</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1203</v>
+        <v>379</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E438" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F438" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F438" s="1"/>
       <c r="G438" s="1" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1238</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1239</v>
+        <v>1212</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1240</v>
+        <v>1091</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1241</v>
+        <v>1189</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E439" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G439" s="1"/>
       <c r="H439" s="1" t="s">
-        <v>1242</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
-        <v>1243</v>
+        <v>1214</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1240</v>
+        <v>179</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1244</v>
+        <v>225</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E440" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F440" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F440" s="1"/>
       <c r="G440" s="1" t="s">
-        <v>122</v>
+        <v>226</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>1245</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
-        <v>1246</v>
+        <v>1216</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1240</v>
+        <v>379</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>352</v>
+        <v>200</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E441" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F441" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F441" s="1"/>
       <c r="G441" s="1" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>1247</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
-        <v>1248</v>
+        <v>1218</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1163</v>
+        <v>179</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1249</v>
+        <v>200</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E442" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F442" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F442" s="1"/>
+      <c r="G442" s="1"/>
       <c r="H442" s="1" t="s">
-        <v>1250</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
-        <v>1251</v>
+        <v>1220</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1252</v>
+        <v>179</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1204</v>
+        <v>200</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E443" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F443" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F443" s="1"/>
       <c r="G443" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>1253</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
-        <v>1254</v>
+        <v>1222</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1252</v>
+        <v>179</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1204</v>
+        <v>200</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E444" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F444" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F444" s="1"/>
       <c r="G444" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H444" s="1" t="s">
-        <v>1255</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1256</v>
+        <v>1224</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>591</v>
+        <v>179</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1257</v>
+        <v>200</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E445" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F445" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F445" s="1"/>
       <c r="G445" s="1" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1258</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1259</v>
+        <v>1226</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1260</v>
+        <v>1096</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1257</v>
+        <v>195</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E446" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F446" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F446" s="1"/>
+      <c r="G446" s="1"/>
       <c r="H446" s="1" t="s">
-        <v>1261</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1262</v>
+        <v>1228</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1263</v>
+        <v>396</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1264</v>
+        <v>186</v>
       </c>
       <c r="D447" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E447" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F447" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F447" s="1"/>
+      <c r="G447" s="1"/>
       <c r="H447" s="1" t="s">
-        <v>1265</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1266</v>
+        <v>1230</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1267</v>
+        <v>179</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>170</v>
+        <v>1196</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E448" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F448" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F448" s="1"/>
       <c r="G448" s="1" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>1268</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1269</v>
+        <v>1232</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>203</v>
+        <v>1103</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1045</v>
+        <v>1104</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E449" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1270</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1271</v>
+        <v>1234</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1272</v>
+        <v>1182</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1273</v>
+        <v>1235</v>
       </c>
       <c r="D450" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E450" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1274</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1275</v>
+        <v>1237</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1276</v>
+        <v>996</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>663</v>
+        <v>190</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E451" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>1277</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1278</v>
+        <v>1239</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1279</v>
+        <v>1091</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>663</v>
+        <v>206</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E452" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>1280</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1281</v>
+        <v>1241</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1279</v>
+        <v>1143</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>663</v>
+        <v>1242</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E453" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1282</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1283</v>
+        <v>1244</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1279</v>
+        <v>1245</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>663</v>
+        <v>1246</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E454" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1284</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
-        <v>1285</v>
+        <v>1248</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1279</v>
+        <v>1118</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>663</v>
+        <v>1193</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E455" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>109</v>
+        <v>202</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>1286</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
-        <v>1287</v>
+        <v>1250</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1279</v>
+        <v>1143</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>663</v>
+        <v>1251</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E456" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1288</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
-        <v>1289</v>
+        <v>1253</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1279</v>
+        <v>1182</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>663</v>
+        <v>1235</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E457" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>320</v>
+        <v>226</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1290</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1291</v>
+        <v>1255</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1279</v>
+        <v>1256</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>663</v>
+        <v>1257</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E458" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F458" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G458" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G458" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H458" s="1" t="s">
-        <v>1292</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1293</v>
+        <v>1259</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1279</v>
+        <v>1091</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>663</v>
+        <v>1260</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E459" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>320</v>
+        <v>16</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>1294</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1295</v>
+        <v>1262</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>923</v>
+        <v>1104</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1296</v>
+        <v>1263</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E460" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>227</v>
+        <v>197</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1297</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1298</v>
+        <v>1265</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1276</v>
+        <v>1266</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>170</v>
+        <v>225</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E461" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1299</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
-        <v>1300</v>
+        <v>1220</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1279</v>
+        <v>1266</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>663</v>
+        <v>1268</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E462" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F462" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F462" s="1"/>
       <c r="G462" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1301</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1302</v>
+        <v>1269</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1279</v>
+        <v>1196</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>663</v>
+        <v>1189</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E463" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1303</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1304</v>
+        <v>1271</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1279</v>
+        <v>1272</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>663</v>
+        <v>215</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E464" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>150</v>
+        <v>197</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1305</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
-        <v>1306</v>
+        <v>1274</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1307</v>
+        <v>520</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1308</v>
+        <v>521</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E465" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G465" s="1"/>
       <c r="H465" s="1" t="s">
-        <v>1309</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
-        <v>1310</v>
+        <v>1276</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1264</v>
+        <v>392</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1311</v>
+        <v>1277</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E466" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G466" s="1"/>
       <c r="H466" s="1" t="s">
-        <v>1312</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
-        <v>1313</v>
+        <v>1279</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1314</v>
+        <v>190</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>170</v>
+        <v>1260</v>
       </c>
       <c r="D467" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E467" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>167</v>
+        <v>117</v>
       </c>
       <c r="H467" s="1" t="s">
-        <v>1315</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
-        <v>1316</v>
+        <v>415</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1314</v>
+        <v>1235</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1317</v>
+        <v>209</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E468" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>167</v>
+        <v>226</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>1318</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
-        <v>1319</v>
+        <v>1282</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1320</v>
+        <v>205</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1321</v>
+        <v>1283</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E469" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1324</v>
+        <v>1235</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1325</v>
+        <v>958</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E470" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1326</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1327</v>
+        <v>1287</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1328</v>
+        <v>186</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1329</v>
+        <v>1288</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E471" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1330</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1331</v>
+        <v>1290</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1106</v>
+        <v>186</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1332</v>
+        <v>200</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E472" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>1333</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
-        <v>1334</v>
+        <v>1292</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>166</v>
+        <v>385</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>551</v>
+        <v>219</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E473" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G473" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H473" s="1" t="s">
-        <v>1335</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
-        <v>1336</v>
+        <v>1294</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1337</v>
+        <v>1295</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1121</v>
+        <v>1296</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E474" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G474" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H474" s="1" t="s">
-        <v>1338</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
-        <v>1339</v>
+        <v>1298</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>915</v>
+        <v>196</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1340</v>
+        <v>1169</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E475" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G475" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H475" s="1" t="s">
-        <v>1341</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
-        <v>1342</v>
+        <v>1300</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1106</v>
+        <v>385</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>663</v>
+        <v>219</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E476" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G476" s="1"/>
       <c r="H476" s="1" t="s">
-        <v>1343</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
-        <v>1344</v>
+        <v>1302</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1106</v>
+        <v>1303</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1345</v>
+        <v>1304</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E477" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>361</v>
+        <v>96</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>1346</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
-        <v>1347</v>
+        <v>1306</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1348</v>
+        <v>1307</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1349</v>
+        <v>1304</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E478" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>1350</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
-        <v>1351</v>
+        <v>1309</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1348</v>
+        <v>196</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1317</v>
+        <v>1310</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E479" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>1352</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
-        <v>1353</v>
+        <v>1312</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1354</v>
+        <v>222</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>663</v>
+        <v>1313</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E480" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1355</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
-        <v>1356</v>
+        <v>1315</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1321</v>
+        <v>222</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1357</v>
+        <v>1316</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E481" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>1358</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
-        <v>1359</v>
+        <v>1318</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1360</v>
+        <v>1268</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1361</v>
+        <v>1319</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E482" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F482" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G482" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G482" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H482" s="1" t="s">
-        <v>1362</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
-        <v>1363</v>
+        <v>1321</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1364</v>
+        <v>219</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1357</v>
+        <v>1172</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E483" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>1365</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
-        <v>1366</v>
+        <v>1323</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1364</v>
+        <v>1324</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1357</v>
+        <v>1325</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E484" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1367</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
-        <v>1368</v>
+        <v>1327</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1364</v>
+        <v>210</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1369</v>
+        <v>1328</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E485" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G485" s="1"/>
       <c r="H485" s="1" t="s">
-        <v>1370</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
-        <v>1371</v>
+        <v>1330</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1364</v>
+        <v>1268</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1372</v>
+        <v>1319</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E486" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G486" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H486" s="1" t="s">
-        <v>1373</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
-        <v>1374</v>
+        <v>1332</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1375</v>
+        <v>1333</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1376</v>
+        <v>1207</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E487" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>1377</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1378</v>
+        <v>1332</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1379</v>
+        <v>1333</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>198</v>
+        <v>1207</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E488" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G488" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H488" s="1" t="s">
-        <v>1380</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1381</v>
+        <v>1332</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1379</v>
+        <v>1333</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>198</v>
+        <v>1207</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E489" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G489" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H489" s="1" t="s">
-        <v>1382</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
-        <v>1383</v>
+        <v>1337</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1379</v>
+        <v>219</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>198</v>
+        <v>1338</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E490" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G490" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H490" s="1" t="s">
-        <v>1384</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1385</v>
+        <v>1340</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1379</v>
+        <v>451</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>198</v>
+        <v>958</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E491" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G491" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H491" s="1" t="s">
-        <v>1386</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
-        <v>1387</v>
+        <v>1342</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>437</v>
+        <v>1343</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1388</v>
+        <v>1344</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E492" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G492" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H492" s="1" t="s">
-        <v>1389</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1390</v>
+        <v>1346</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>437</v>
+        <v>201</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>442</v>
+        <v>1172</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E493" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G493" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H493" s="1" t="s">
-        <v>1391</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1392</v>
+        <v>1348</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>442</v>
+        <v>1349</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E494" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G494" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H494" s="1" t="s">
-        <v>1393</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
-        <v>1394</v>
+        <v>1351</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>437</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="C495" s="1"/>
       <c r="D495" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E495" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G495" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H495" s="1" t="s">
-        <v>1395</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
-        <v>1396</v>
+        <v>1353</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>437</v>
+        <v>1354</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>438</v>
+        <v>1355</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E496" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G496" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H496" s="1" t="s">
-        <v>1397</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
-        <v>1398</v>
+        <v>1357</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>437</v>
+        <v>1354</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>438</v>
+        <v>1358</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E497" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G497" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H497" s="1" t="s">
-        <v>1399</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1400</v>
+        <v>1360</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>437</v>
+        <v>1354</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>438</v>
+        <v>1210</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E498" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G498" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H498" s="1" t="s">
-        <v>1401</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
-        <v>1402</v>
+        <v>1362</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>437</v>
+        <v>1189</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>438</v>
+        <v>1355</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E499" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G499" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H499" s="1" t="s">
-        <v>1403</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
-        <v>1404</v>
+        <v>1364</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>437</v>
+        <v>1365</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>438</v>
+        <v>1366</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E500" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G500" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H500" s="1" t="s">
-        <v>1405</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1406</v>
+        <v>1368</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1407</v>
+        <v>1189</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1408</v>
+        <v>1210</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E501" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G501" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H501" s="1" t="s">
-        <v>1409</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1410</v>
+        <v>1370</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1411</v>
+        <v>1189</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>867</v>
+        <v>1210</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E502" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G502" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H502" s="1" t="s">
-        <v>1412</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
-        <v>1413</v>
+        <v>1372</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>267</v>
+        <v>1344</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1414</v>
+        <v>1349</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E503" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G503" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H503" s="1" t="s">
-        <v>1415</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
-        <v>1416</v>
+        <v>1374</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1379</v>
+        <v>1375</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>198</v>
+        <v>1319</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E504" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G504" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H504" s="1" t="s">
-        <v>1417</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
-        <v>1418</v>
+        <v>1377</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>437</v>
+        <v>1375</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>442</v>
+        <v>1378</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E505" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G505" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H505" s="1" t="s">
-        <v>1419</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1420</v>
+        <v>1380</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>437</v>
+        <v>1381</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>442</v>
+        <v>1382</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E506" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G506" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H506" s="1" t="s">
-        <v>1421</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1422</v>
+        <v>1384</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>437</v>
+        <v>1385</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>442</v>
+        <v>206</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E507" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G507" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H507" s="1" t="s">
-        <v>1423</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1424</v>
+        <v>1387</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>437</v>
+        <v>1388</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>442</v>
+        <v>1389</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E508" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G508" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H508" s="1" t="s">
-        <v>1425</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
-        <v>1426</v>
+        <v>1391</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>437</v>
+        <v>1392</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>442</v>
+        <v>1393</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E509" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G509" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H509" s="1" t="s">
-        <v>1427</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
-        <v>1428</v>
+        <v>1395</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>437</v>
+        <v>1242</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>442</v>
+        <v>1396</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E510" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G510" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H510" s="1" t="s">
-        <v>1429</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
-        <v>1430</v>
+        <v>1398</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1431</v>
+        <v>1365</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>577</v>
+        <v>1378</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E511" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G511" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>261</v>
+      </c>
       <c r="H511" s="1" t="s">
-        <v>1432</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
-        <v>1433</v>
+        <v>1400</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>48</v>
+        <v>1401</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1434</v>
+        <v>1402</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E512" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G512" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H512" s="1" t="s">
-        <v>1435</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1436</v>
+        <v>1404</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>48</v>
+        <v>1388</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1434</v>
+        <v>1405</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E513" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G513" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H513" s="1" t="s">
-        <v>1437</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1438</v>
+        <v>1407</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1439</v>
+        <v>1358</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>437</v>
+        <v>1338</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E514" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G514" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H514" s="1" t="s">
-        <v>1440</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
-        <v>1441</v>
-[...6 lines deleted...]
-      </c>
+        <v>1409</v>
+      </c>
+      <c r="B515" s="1"/>
+      <c r="C515" s="1"/>
       <c r="D515" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E515" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G515" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H515" s="1" t="s">
-        <v>1442</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1443</v>
-[...6 lines deleted...]
-      </c>
+        <v>1411</v>
+      </c>
+      <c r="B516" s="1"/>
+      <c r="C516" s="1"/>
       <c r="D516" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E516" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G516" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H516" s="1" t="s">
-        <v>1444</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1445</v>
+        <v>1413</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E517" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G517" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H517" s="1" t="s">
-        <v>1446</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
-        <v>1447</v>
+        <v>1417</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1407</v>
+        <v>1418</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1408</v>
+        <v>1419</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E518" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G518" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H518" s="1" t="s">
-        <v>1448</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
-        <v>1449</v>
+        <v>1421</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>437</v>
+        <v>1422</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>442</v>
+        <v>1423</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E519" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G519" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H519" s="1" t="s">
-        <v>1450</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1451</v>
+        <v>1425</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>437</v>
+        <v>1426</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>442</v>
+        <v>1427</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E520" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G520" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H520" s="1" t="s">
-        <v>1452</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1453</v>
+        <v>1429</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>437</v>
+        <v>1430</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>442</v>
+        <v>1427</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G521" s="1"/>
       <c r="H521" s="1" t="s">
-        <v>1454</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
-        <v>1455</v>
+        <v>1432</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>437</v>
+        <v>1430</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>442</v>
+        <v>1433</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E522" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G522" s="1"/>
       <c r="H522" s="1" t="s">
-        <v>1456</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
-        <v>1457</v>
+        <v>1435</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>442</v>
+        <v>958</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E523" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G523" s="1"/>
       <c r="H523" s="1" t="s">
-        <v>1458</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>437</v>
+        <v>1438</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>442</v>
+        <v>1439</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E524" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G524" s="1"/>
       <c r="H524" s="1" t="s">
-        <v>1460</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
-        <v>1461</v>
+        <v>1441</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>437</v>
+        <v>1438</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1388</v>
+        <v>1442</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E525" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G525" s="1"/>
       <c r="H525" s="1" t="s">
-        <v>1462</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1463</v>
+        <v>1444</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>437</v>
+        <v>1445</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>438</v>
+        <v>1446</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E526" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G526" s="1"/>
       <c r="H526" s="1" t="s">
-        <v>1464</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
-        <v>1465</v>
+        <v>1448</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1466</v>
+        <v>1445</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>680</v>
+        <v>1446</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E527" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G527" s="1"/>
       <c r="H527" s="1" t="s">
-        <v>1467</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
-        <v>1468</v>
+        <v>1450</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>90</v>
+        <v>1451</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>355</v>
+        <v>1452</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E528" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G528" s="1"/>
       <c r="H528" s="1" t="s">
-        <v>1469</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
-        <v>1470</v>
+        <v>1454</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>889</v>
+        <v>1455</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>838</v>
+        <v>1456</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E529" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G529" s="1"/>
       <c r="H529" s="1" t="s">
-        <v>1471</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1472</v>
+        <v>1458</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1473</v>
+        <v>1455</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>957</v>
+        <v>1456</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E530" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G530" s="1"/>
       <c r="H530" s="1" t="s">
-        <v>1474</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
-        <v>1475</v>
+        <v>1460</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>988</v>
+        <v>1461</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>496</v>
+        <v>1462</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E531" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
       <c r="H531" s="1" t="s">
-        <v>1476</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
-        <v>1477</v>
+        <v>1464</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>906</v>
+        <v>1446</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>540</v>
+        <v>1465</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E532" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F532" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G532" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G532" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H532" s="1" t="s">
-        <v>1478</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1479</v>
+        <v>1467</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>820</v>
+        <v>1468</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>738</v>
+        <v>1179</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E533" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>1480</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1481</v>
+        <v>1470</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1482</v>
+        <v>1468</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>16</v>
+        <v>1179</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E534" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G534" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H534" s="1" t="s">
-        <v>1483</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
-        <v>1484</v>
+        <v>1472</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1485</v>
+        <v>1473</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>478</v>
+        <v>1474</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E535" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>1486</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
-        <v>1487</v>
+        <v>1476</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1488</v>
+        <v>1477</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1078</v>
+        <v>1478</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E536" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1489</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
-        <v>1490</v>
+        <v>1480</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1028</v>
+        <v>1477</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>561</v>
+        <v>1481</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E537" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G537" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H537" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
-        <v>1492</v>
+        <v>1483</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>983</v>
+        <v>1473</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1005</v>
+        <v>1474</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E538" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G538" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H538" s="1" t="s">
-        <v>1493</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
-        <v>1494</v>
+        <v>1485</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>284</v>
+        <v>1486</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>896</v>
+        <v>1487</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E539" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G539" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H539" s="1" t="s">
-        <v>1495</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
-        <v>1496</v>
+        <v>1489</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>814</v>
+        <v>1446</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1497</v>
+        <v>906</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E540" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G540" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H540" s="1" t="s">
-        <v>1498</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
-        <v>1499</v>
+        <v>1491</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1500</v>
+        <v>1492</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>944</v>
+        <v>1462</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E541" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G541" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H541" s="1" t="s">
-        <v>1501</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1502</v>
+        <v>1494</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1503</v>
+        <v>1495</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>9</v>
+        <v>1496</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E542" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G542" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H542" s="1" t="s">
-        <v>1504</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1505</v>
+        <v>1498</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1503</v>
+        <v>659</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>9</v>
+        <v>830</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E543" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G543" s="1"/>
       <c r="H543" s="1" t="s">
-        <v>1506</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1507</v>
+        <v>1500</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>62</v>
+        <v>749</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1508</v>
+        <v>683</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E544" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G544" s="1"/>
       <c r="H544" s="1" t="s">
-        <v>1509</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
-        <v>1510</v>
+        <v>1502</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>62</v>
+        <v>749</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1508</v>
+        <v>683</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E545" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G545" s="1"/>
       <c r="H545" s="1" t="s">
-        <v>1511</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1512</v>
+        <v>1504</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1513</v>
+        <v>749</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>617</v>
+        <v>683</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E546" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G546" s="1"/>
       <c r="H546" s="1" t="s">
-        <v>1514</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
-        <v>1515</v>
+        <v>1506</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1516</v>
+        <v>749</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1517</v>
+        <v>683</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E547" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G547" s="1"/>
       <c r="H547" s="1" t="s">
-        <v>1518</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
-        <v>1519</v>
+        <v>1508</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1434</v>
+        <v>749</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>821</v>
+        <v>683</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E548" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G548" s="1"/>
       <c r="H548" s="1" t="s">
-        <v>1520</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1521</v>
+        <v>1510</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>820</v>
+        <v>749</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>907</v>
+        <v>683</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E549" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G549" s="1"/>
       <c r="H549" s="1" t="s">
-        <v>1522</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1523</v>
+        <v>1512</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1524</v>
+        <v>749</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>554</v>
+        <v>683</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E550" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G550" s="1"/>
       <c r="H550" s="1" t="s">
-        <v>1525</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
-        <v>1526</v>
+        <v>1514</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1524</v>
+        <v>749</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>554</v>
+        <v>683</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E551" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G551" s="1"/>
       <c r="H551" s="1" t="s">
-        <v>1527</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
-        <v>1528</v>
+        <v>1516</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1529</v>
+        <v>749</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1530</v>
+        <v>683</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E552" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G552" s="1"/>
       <c r="H552" s="1" t="s">
-        <v>1531</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1532</v>
+        <v>1518</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1533</v>
+        <v>749</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>9</v>
+        <v>683</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E553" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G553" s="1"/>
       <c r="H553" s="1" t="s">
-        <v>1534</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1532</v>
+        <v>1520</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1533</v>
+        <v>749</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>9</v>
+        <v>683</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E554" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G554" s="1"/>
       <c r="H554" s="1" t="s">
-        <v>1535</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
-        <v>1536</v>
+        <v>1522</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>276</v>
+        <v>749</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>827</v>
+        <v>683</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E555" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G555" s="1"/>
       <c r="H555" s="1" t="s">
-        <v>1537</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
-        <v>1532</v>
+        <v>1524</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>220</v>
+        <v>749</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>9</v>
+        <v>683</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E556" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G556" s="1"/>
       <c r="H556" s="1" t="s">
-        <v>1538</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
-        <v>1539</v>
+        <v>1526</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>90</v>
+        <v>749</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>554</v>
+        <v>683</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E557" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G557" s="1"/>
       <c r="H557" s="1" t="s">
-        <v>1540</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1541</v>
+        <v>1528</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>90</v>
+        <v>749</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>355</v>
+        <v>683</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E558" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G558" s="1"/>
       <c r="H558" s="1" t="s">
-        <v>1542</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
-        <v>1543</v>
+        <v>1530</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>1544</v>
+        <v>749</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1545</v>
+        <v>683</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E559" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G559" s="1"/>
       <c r="H559" s="1" t="s">
-        <v>1546</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
-        <v>1547</v>
+        <v>1532</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>587</v>
+        <v>749</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>560</v>
+        <v>683</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E560" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G560" s="1"/>
       <c r="H560" s="1" t="s">
-        <v>1548</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1549</v>
+        <v>1534</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>587</v>
+        <v>749</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1023</v>
+        <v>683</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E561" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G561" s="1"/>
       <c r="H561" s="1" t="s">
-        <v>1550</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
-        <v>1551</v>
+        <v>1536</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>587</v>
+        <v>749</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1023</v>
+        <v>683</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E562" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G562" s="1"/>
       <c r="H562" s="1" t="s">
-        <v>1552</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
-        <v>1553</v>
+        <v>1538</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1482</v>
+        <v>749</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>475</v>
+        <v>683</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E563" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G563" s="1"/>
       <c r="H563" s="1" t="s">
-        <v>1554</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
-        <v>1555</v>
+        <v>1540</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>1482</v>
+        <v>749</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>560</v>
+        <v>683</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E564" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G564" s="1"/>
       <c r="H564" s="1" t="s">
-        <v>1556</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1557</v>
+        <v>1542</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1260</v>
+        <v>749</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1558</v>
+        <v>683</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E565" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G565" s="1"/>
       <c r="H565" s="1" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1561</v>
+        <v>749</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1207</v>
+        <v>683</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E566" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G566" s="1"/>
       <c r="H566" s="1" t="s">
-        <v>1562</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1563</v>
+        <v>1546</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1564</v>
+        <v>749</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1565</v>
+        <v>683</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E567" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G567" s="1"/>
       <c r="H567" s="1" t="s">
-        <v>1566</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1567</v>
+        <v>1548</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>591</v>
+        <v>749</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1568</v>
+        <v>683</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E568" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G568" s="1"/>
       <c r="H568" s="1" t="s">
-        <v>1569</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1570</v>
+        <v>1550</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1263</v>
+        <v>749</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1565</v>
+        <v>683</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E569" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G569" s="1"/>
       <c r="H569" s="1" t="s">
-        <v>1571</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1572</v>
+        <v>1552</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1564</v>
+        <v>749</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1573</v>
+        <v>683</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E570" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G570" s="1"/>
       <c r="H570" s="1" t="s">
-        <v>1574</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
-        <v>1575</v>
+        <v>1554</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1564</v>
+        <v>749</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1576</v>
+        <v>683</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E571" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G571" s="1"/>
       <c r="H571" s="1" t="s">
-        <v>1577</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1578</v>
+        <v>1556</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1579</v>
+        <v>749</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>872</v>
+        <v>683</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E572" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G572" s="1"/>
       <c r="H572" s="1" t="s">
-        <v>1580</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
-        <v>1581</v>
+        <v>1558</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>1579</v>
+        <v>749</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>872</v>
+        <v>683</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E573" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G573" s="1"/>
       <c r="H573" s="1" t="s">
-        <v>1582</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
-        <v>1583</v>
+        <v>1560</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E574" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G574" s="1"/>
       <c r="H574" s="1" t="s">
-        <v>1584</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1585</v>
+        <v>1562</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G575" s="1"/>
       <c r="H575" s="1" t="s">
-        <v>1586</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1587</v>
+        <v>1564</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E576" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G576" s="1"/>
       <c r="H576" s="1" t="s">
-        <v>1588</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
-        <v>1589</v>
+        <v>1566</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E577" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G577" s="1"/>
       <c r="H577" s="1" t="s">
-        <v>1590</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
-        <v>1591</v>
+        <v>1568</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E578" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G578" s="1"/>
       <c r="H578" s="1" t="s">
-        <v>1592</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
-        <v>1593</v>
+        <v>1570</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E579" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G579" s="1"/>
       <c r="H579" s="1" t="s">
-        <v>1594</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1595</v>
+        <v>1572</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>1431</v>
+        <v>749</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>577</v>
+        <v>683</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E580" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G580" s="1"/>
       <c r="H580" s="1" t="s">
-        <v>1596</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
-        <v>1597</v>
+        <v>1574</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E581" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G581" s="1"/>
       <c r="H581" s="1" t="s">
-        <v>1598</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
-        <v>1599</v>
+        <v>1576</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>437</v>
+        <v>1577</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>442</v>
+        <v>1578</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E582" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G582" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H582" s="1" t="s">
-        <v>1600</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1601</v>
+        <v>1580</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>437</v>
+        <v>1581</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>442</v>
+        <v>1582</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G583" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H583" s="1" t="s">
-        <v>1602</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
-        <v>1603</v>
+        <v>1584</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>437</v>
+        <v>1585</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E584" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G584" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H584" s="1" t="s">
-        <v>1604</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
-        <v>1605</v>
+        <v>1587</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>437</v>
+        <v>544</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E585" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G585" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H585" s="1" t="s">
-        <v>1606</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
-        <v>1607</v>
+        <v>1589</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>437</v>
+        <v>57</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E586" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G586" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H586" s="1" t="s">
-        <v>1608</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
-        <v>1609</v>
+        <v>1589</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>437</v>
+        <v>57</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E587" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G587" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H587" s="1" t="s">
-        <v>1610</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
-        <v>1611</v>
+        <v>1592</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>437</v>
+        <v>1593</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>442</v>
+        <v>1594</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E588" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G588" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H588" s="1" t="s">
-        <v>1612</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
-        <v>1613</v>
+        <v>1596</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E589" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G589" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H589" s="1" t="s">
-        <v>1614</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
-        <v>1615</v>
+        <v>1598</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>437</v>
+        <v>1599</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>442</v>
+        <v>1600</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E590" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G590" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H590" s="1" t="s">
-        <v>1616</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
-        <v>1617</v>
+        <v>1602</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>437</v>
+        <v>85</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>442</v>
+        <v>958</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E591" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G591" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H591" s="1" t="s">
-        <v>1618</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
-        <v>1619</v>
+        <v>1604</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>437</v>
+        <v>85</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>442</v>
+        <v>906</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E592" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G592" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H592" s="1" t="s">
-        <v>1620</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
-        <v>1621</v>
+        <v>1606</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>437</v>
+        <v>85</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>442</v>
+        <v>364</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E593" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G593" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H593" s="1" t="s">
-        <v>1622</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
-        <v>1623</v>
+        <v>1608</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>437</v>
+        <v>92</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E594" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G594" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H594" s="1" t="s">
-        <v>1624</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
-        <v>1625</v>
+        <v>1610</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>437</v>
+        <v>120</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>442</v>
+        <v>1611</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E595" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G595" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H595" s="1" t="s">
-        <v>1626</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
-        <v>1627</v>
+        <v>1613</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>437</v>
+        <v>120</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>442</v>
+        <v>1611</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E596" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G596" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H596" s="1" t="s">
-        <v>1628</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
-        <v>1629</v>
+        <v>952</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>437</v>
+        <v>413</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>442</v>
+        <v>676</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E597" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G597" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H597" s="1" t="s">
-        <v>1630</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
-        <v>1631</v>
+        <v>1616</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>437</v>
+        <v>572</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>442</v>
+        <v>588</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E598" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G598" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H598" s="1" t="s">
-        <v>1632</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1633</v>
+        <v>1618</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>437</v>
+        <v>953</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>442</v>
+        <v>954</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E599" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G599" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H599" s="1" t="s">
-        <v>1634</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1635</v>
+        <v>1620</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>437</v>
+        <v>587</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>442</v>
+        <v>935</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E600" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G600" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H600" s="1" t="s">
-        <v>1636</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1637</v>
+        <v>1622</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>437</v>
+        <v>740</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>438</v>
+        <v>1073</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E601" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G601" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H601" s="1" t="s">
-        <v>1638</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1639</v>
+        <v>1624</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>437</v>
+        <v>740</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>438</v>
+        <v>1625</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E602" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G602" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H602" s="1" t="s">
-        <v>1640</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1641</v>
+        <v>1627</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>437</v>
+        <v>614</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>438</v>
+        <v>1628</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E603" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G603" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H603" s="1" t="s">
-        <v>1642</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
-        <v>1643</v>
+        <v>1630</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>437</v>
+        <v>57</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>438</v>
+        <v>558</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E604" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G604" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H604" s="1" t="s">
-        <v>1644</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
-        <v>1645</v>
+        <v>1632</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>437</v>
+        <v>1633</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>438</v>
+        <v>551</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E605" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G605" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H605" s="1" t="s">
-        <v>1646</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1647</v>
+        <v>1635</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>437</v>
+        <v>700</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>442</v>
+        <v>666</v>
       </c>
       <c r="D606" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E606" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G606" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H606" s="1" t="s">
-        <v>1648</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
-        <v>1649</v>
+        <v>1637</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>437</v>
+        <v>1638</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>442</v>
+        <v>873</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E607" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G607" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H607" s="1" t="s">
-        <v>1650</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
-        <v>1651</v>
+        <v>1640</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>437</v>
+        <v>22</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>442</v>
+        <v>1641</v>
       </c>
       <c r="D608" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E608" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G608" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H608" s="1" t="s">
-        <v>1652</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1653</v>
+        <v>1643</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>437</v>
+        <v>1644</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>442</v>
+        <v>666</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E609" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G609" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H609" s="1" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
-        <v>1655</v>
+        <v>1646</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>437</v>
+        <v>675</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>442</v>
+        <v>900</v>
       </c>
       <c r="D610" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E610" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G610" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H610" s="1" t="s">
-        <v>1656</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1657</v>
+        <v>1648</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>437</v>
+        <v>135</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>442</v>
+        <v>1611</v>
       </c>
       <c r="D611" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E611" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G611" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H611" s="1" t="s">
-        <v>1658</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1659</v>
+        <v>1650</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>437</v>
+        <v>1651</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>442</v>
+        <v>1652</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E612" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G612" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H612" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1661</v>
+        <v>1654</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>437</v>
+        <v>565</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>442</v>
+        <v>1655</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E613" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G613" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H613" s="1" t="s">
-        <v>1662</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
-        <v>1663</v>
+        <v>1657</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>437</v>
+        <v>885</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>442</v>
+        <v>1658</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E614" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G614" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H614" s="1" t="s">
-        <v>1664</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1665</v>
+        <v>1660</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>437</v>
+        <v>666</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>442</v>
+        <v>1661</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E615" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G615" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H615" s="1" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
-        <v>1667</v>
+        <v>1663</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>437</v>
+        <v>1664</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>442</v>
+        <v>638</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E616" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G616" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H616" s="1" t="s">
-        <v>1668</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>437</v>
+        <v>873</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>442</v>
+        <v>734</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E617" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F617" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G617" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H617" s="1" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
-        <v>1671</v>
+        <v>1668</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>437</v>
+        <v>873</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>442</v>
+        <v>734</v>
       </c>
       <c r="D618" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E618" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G618" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H618" s="1" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>437</v>
+        <v>600</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>442</v>
+        <v>1671</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E619" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G619" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H619" s="1" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E620" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F620" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H620" s="1" t="s">
         <v>1675</v>
-      </c>
-[...17 lines deleted...]
-        <v>1676</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E621" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F621" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H621" s="1" t="s">
         <v>1677</v>
-      </c>
-[...17 lines deleted...]
-        <v>1678</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E622" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F622" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H622" s="1" t="s">
         <v>1679</v>
-      </c>
-[...17 lines deleted...]
-        <v>1680</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B623" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C623" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E623" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F623" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H623" s="1" t="s">
         <v>1681</v>
-      </c>
-[...17 lines deleted...]
-        <v>1682</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B624" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C624" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E624" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F624" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H624" s="1" t="s">
         <v>1683</v>
-      </c>
-[...19 lines deleted...]
-        <v>1684</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B625" s="1" t="s">
         <v>1685</v>
       </c>
-      <c r="B625" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C625" s="1" t="s">
-        <v>944</v>
+        <v>1686</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E625" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>831</v>
+        <v>85</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1688</v>
+        <v>545</v>
       </c>
       <c r="D626" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E626" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H626" s="1" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
         <v>1690</v>
       </c>
       <c r="B627" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E627" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F627" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H627" s="1" t="s">
         <v>1691</v>
-      </c>
-[...16 lines deleted...]
-        <v>1692</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B628" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E628" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F628" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H628" s="1" t="s">
         <v>1693</v>
-      </c>
-[...19 lines deleted...]
-        <v>1695</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C629" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="B629" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D629" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E629" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="H629" s="1" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
         <v>1698</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>902</v>
+        <v>1036</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>903</v>
+        <v>1699</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E630" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>528</v>
+        <v>85</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>896</v>
+        <v>1702</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E631" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C632" s="1" t="s">
         <v>1702</v>
       </c>
-      <c r="B632" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D632" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E632" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>1500</v>
+        <v>1707</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>815</v>
+        <v>363</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E633" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G633" s="1"/>
       <c r="H633" s="1" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>1707</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1045</v>
+        <v>363</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E634" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G634" s="1"/>
       <c r="H634" s="1" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>1710</v>
+        <v>651</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1121</v>
+        <v>638</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E635" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G635" s="1"/>
       <c r="H635" s="1" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>1713</v>
+        <v>876</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>838</v>
+        <v>1714</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E636" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G636" s="1"/>
       <c r="H636" s="1" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E637" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G637" s="1"/>
       <c r="H637" s="1" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>1718</v>
+        <v>740</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1045</v>
+        <v>717</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E638" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G638" s="1"/>
       <c r="H638" s="1" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
         <v>1720</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>1434</v>
+        <v>572</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>821</v>
+        <v>1721</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E639" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G639" s="1"/>
       <c r="H639" s="1" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>902</v>
+        <v>1724</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>635</v>
+        <v>1655</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E640" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H640" s="1" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>902</v>
+        <v>1727</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>771</v>
+        <v>1728</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E641" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F641" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>902</v>
+        <v>1731</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>980</v>
+        <v>367</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E642" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G642" s="1"/>
       <c r="H642" s="1" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>902</v>
+        <v>1731</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>980</v>
+        <v>1734</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E643" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G643" s="1"/>
       <c r="H643" s="1" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1730</v>
+        <v>1736</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>947</v>
+        <v>1731</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>764</v>
+        <v>562</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E644" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G644" s="1"/>
       <c r="H644" s="1" t="s">
-        <v>1731</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
-        <v>1732</v>
+        <v>1738</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>284</v>
+        <v>587</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1345</v>
+        <v>935</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E645" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G645" s="1"/>
       <c r="H645" s="1" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>837</v>
+        <v>587</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>742</v>
+        <v>935</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E646" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G646" s="1"/>
       <c r="H646" s="1" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>1031</v>
+        <v>587</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1737</v>
+        <v>1734</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E647" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G647" s="1"/>
       <c r="H647" s="1" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1741</v>
+        <v>1746</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E648" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G648" s="1"/>
       <c r="H648" s="1" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
-        <v>1743</v>
+        <v>1748</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>1744</v>
+        <v>57</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>536</v>
+        <v>200</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E649" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G649" s="1"/>
       <c r="H649" s="1" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>1747</v>
+        <v>57</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1244</v>
+        <v>580</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E650" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G650" s="1"/>
       <c r="H650" s="1" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>1750</v>
+        <v>154</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>554</v>
+        <v>363</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E651" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G651" s="1"/>
       <c r="H651" s="1" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>867</v>
+        <v>31</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E652" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G652" s="1"/>
       <c r="H652" s="1" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
-        <v>1754</v>
+        <v>1752</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>253</v>
+        <v>1756</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>1755</v>
+        <v>363</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E653" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G653" s="1"/>
       <c r="H653" s="1" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
-        <v>1757</v>
+        <v>1752</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>587</v>
+        <v>1756</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>896</v>
+        <v>363</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E654" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G654" s="1"/>
       <c r="H654" s="1" t="s">
         <v>1758</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
         <v>1759</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>1760</v>
       </c>
       <c r="C655" s="1" t="s">
         <v>1761</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E655" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G655" s="1"/>
       <c r="H655" s="1" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
         <v>1763</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>885</v>
+        <v>1764</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E656" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G656" s="1"/>
       <c r="H656" s="1" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>1766</v>
+        <v>1764</v>
       </c>
       <c r="C657" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D657" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E657" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F657" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G657" s="1"/>
+      <c r="H657" s="1" t="s">
         <v>1767</v>
-      </c>
-[...13 lines deleted...]
-        <v>1768</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C658" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E658" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F658" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G658" s="1"/>
+      <c r="H658" s="1" t="s">
         <v>1769</v>
-      </c>
-[...19 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B659" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C659" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E659" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F659" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G659" s="1"/>
+      <c r="H659" s="1" t="s">
         <v>1771</v>
-      </c>
-[...19 lines deleted...]
-        <v>1772</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B660" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="B660" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C660" s="1" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E660" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G660" s="1"/>
       <c r="H660" s="1" t="s">
         <v>1774</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
         <v>1775</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>895</v>
+        <v>1060</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>475</v>
+        <v>958</v>
       </c>
       <c r="D661" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E661" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G661" s="1"/>
       <c r="H661" s="1" t="s">
         <v>1776</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
         <v>1777</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>889</v>
+        <v>43</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>531</v>
+        <v>588</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E662" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G662" s="1"/>
       <c r="H662" s="1" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="B663" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C663" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D663" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E663" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F663" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G663" s="1"/>
+      <c r="H663" s="1" t="s">
         <v>1780</v>
-      </c>
-[...16 lines deleted...]
-        <v>1781</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B664" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C664" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D664" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E664" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F664" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G664" s="1"/>
+      <c r="H664" s="1" t="s">
         <v>1782</v>
-      </c>
-[...19 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>749</v>
+        <v>958</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E665" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G665" s="1"/>
       <c r="H665" s="1" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>523</v>
+        <v>85</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>749</v>
+        <v>958</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E666" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G666" s="1"/>
       <c r="H666" s="1" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B667" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C667" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D667" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E667" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F667" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G667" s="1"/>
+      <c r="H667" s="1" t="s">
         <v>1789</v>
-      </c>
-[...19 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B668" s="1" t="s">
         <v>1791</v>
       </c>
-      <c r="B668" s="1" t="s">
+      <c r="C668" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D668" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E668" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F668" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G668" s="1"/>
+      <c r="H668" s="1" t="s">
         <v>1792</v>
-      </c>
-[...16 lines deleted...]
-        <v>1793</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B669" s="1" t="s">
         <v>1794</v>
       </c>
-      <c r="B669" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C669" s="1" t="s">
-        <v>599</v>
+        <v>580</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E669" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G669" s="1"/>
       <c r="H669" s="1" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
         <v>1796</v>
       </c>
       <c r="B670" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C670" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D670" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E670" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F670" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H670" s="1" t="s">
         <v>1797</v>
-      </c>
-[...16 lines deleted...]
-        <v>1798</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B671" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C671" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E671" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F671" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H671" s="1" t="s">
         <v>1799</v>
-      </c>
-[...19 lines deleted...]
-        <v>1801</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B672" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C672" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E672" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F672" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H672" s="1" t="s">
         <v>1802</v>
-      </c>
-[...19 lines deleted...]
-        <v>1803</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B673" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C673" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E673" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F673" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H673" s="1" t="s">
         <v>1804</v>
-      </c>
-[...19 lines deleted...]
-        <v>1806</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
-        <v>1807</v>
+        <v>1805</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>1105</v>
+        <v>1057</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E674" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F674" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G674" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G674" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H674" s="1" t="s">
-        <v>1808</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B675" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C675" s="1" t="s">
         <v>1809</v>
       </c>
-      <c r="B675" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D675" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E675" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F675" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="H675" s="1" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
         <v>1811</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>947</v>
+        <v>1808</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>649</v>
+        <v>944</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E676" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F676" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H676" s="1" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
         <v>1813</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>947</v>
+        <v>924</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>903</v>
+        <v>1814</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E677" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F677" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>1816</v>
+        <v>924</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>950</v>
+        <v>1814</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E678" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F678" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H678" s="1" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
         <v>1818</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>906</v>
+        <v>344</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>531</v>
+        <v>1814</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E679" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H679" s="1" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
         <v>1820</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>980</v>
+        <v>1821</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>903</v>
+        <v>1822</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E680" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C681" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="B681" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D681" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E681" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>442</v>
+        <v>1821</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1755</v>
+        <v>1070</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E682" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
-        <v>1235</v>
+        <v>1828</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>662</v>
+        <v>1830</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E683" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>1087</v>
+        <v>1829</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1031</v>
+        <v>1830</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E684" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F684" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>59</v>
+        <v>202</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>831</v>
+        <v>948</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>896</v>
+        <v>1070</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E685" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F685" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>831</v>
+        <v>1699</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>832</v>
+        <v>1837</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E686" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F686" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>35</v>
+        <v>943</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1071</v>
+        <v>200</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E687" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F687" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>837</v>
+        <v>1842</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>599</v>
+        <v>396</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E688" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G688" s="1"/>
       <c r="H688" s="1" t="s">
-        <v>1837</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1233</v>
+        <v>1844</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>837</v>
+        <v>940</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>1431</v>
+        <v>580</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E689" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H689" s="1" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>837</v>
+        <v>1847</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>1431</v>
+        <v>1848</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E690" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="H690" s="1" t="s">
-        <v>1840</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
-        <v>1841</v>
+        <v>1850</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>1473</v>
+        <v>1699</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>599</v>
+        <v>333</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E691" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F691" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H691" s="1" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>1500</v>
+        <v>1853</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>954</v>
+        <v>1854</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E692" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>59</v>
+        <v>187</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>1844</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>90</v>
+        <v>1853</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>554</v>
+        <v>1854</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E693" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>936</v>
+        <v>139</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>352</v>
+        <v>1854</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E694" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>1849</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1850</v>
+        <v>1859</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E695" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G695" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H695" s="1" t="s">
-        <v>1853</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C696" s="1" t="s">
         <v>1854</v>
       </c>
-      <c r="B696" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D696" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E696" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F696" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G696" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H696" s="1" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>378</v>
+        <v>1853</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1045</v>
+        <v>1854</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E697" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F697" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G697" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H697" s="1" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1860</v>
+        <v>1699</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1861</v>
+        <v>1830</v>
       </c>
       <c r="D698" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E698" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F698" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G698" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H698" s="1" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1860</v>
+        <v>1696</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E699" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F699" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G699" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H699" s="1" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1868</v>
+        <v>1451</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E700" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G700" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>1872</v>
+      </c>
       <c r="H700" s="1" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1868</v>
+        <v>1451</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E701" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F701" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G701" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>1872</v>
+      </c>
       <c r="H701" s="1" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E702" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F702" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G702" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="B702" s="1" t="s">
-[...14 lines deleted...]
-      <c r="G702" s="1"/>
       <c r="H702" s="1" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E703" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F703" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G703" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H703" s="1" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B704" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="B704" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C704" s="1" t="s">
-        <v>927</v>
+        <v>1883</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E704" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G704" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H704" s="1" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>1876</v>
+        <v>1886</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1883</v>
+        <v>1854</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E705" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F705" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G705" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H705" s="1" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>1876</v>
+        <v>924</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1883</v>
+        <v>1889</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E706" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F706" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G706" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H706" s="1" t="s">
-        <v>1886</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1887</v>
+        <v>1891</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>1888</v>
+        <v>1879</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1889</v>
+        <v>1854</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E707" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F707" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G707" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H707" s="1" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>1710</v>
+        <v>1894</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>9</v>
+        <v>1172</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E708" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G708" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H708" s="1" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>267</v>
+        <v>1897</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>896</v>
+        <v>1898</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E709" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F709" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G709" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H709" s="1" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>267</v>
+        <v>344</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>896</v>
+        <v>924</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E710" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F710" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G710" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H710" s="1" t="s">
-        <v>1896</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>1740</v>
+        <v>1903</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>1045</v>
+        <v>944</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E711" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G711" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H711" s="1" t="s">
-        <v>1898</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>1900</v>
+        <v>344</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1045</v>
+        <v>1814</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E712" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F712" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G712" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H712" s="1" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>1524</v>
+        <v>1908</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>554</v>
+        <v>1814</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E713" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F713" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G713" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H713" s="1" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>1524</v>
+        <v>1908</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>554</v>
+        <v>1814</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E714" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F714" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G714" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H714" s="1" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>918</v>
+        <v>943</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1345</v>
+        <v>1814</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E715" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F715" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H715" s="1" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>699</v>
+        <v>943</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1909</v>
+        <v>1814</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E716" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F716" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>699</v>
+        <v>1894</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E717" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H717" s="1" t="s">
-        <v>1912</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
-        <v>1913</v>
+        <v>1919</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1345</v>
+        <v>1921</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E718" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="H718" s="1" t="s">
-        <v>1915</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
-        <v>1916</v>
+        <v>1923</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>1914</v>
+        <v>1924</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1917</v>
+        <v>1883</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E719" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F719" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H719" s="1" t="s">
-        <v>1918</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
-        <v>1919</v>
+        <v>1926</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>1914</v>
+        <v>333</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1917</v>
+        <v>1628</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E720" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F720" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="H720" s="1" t="s">
-        <v>1920</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1921</v>
+        <v>1928</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>166</v>
+        <v>1929</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>551</v>
+        <v>1930</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E721" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F721" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1922</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
-        <v>1923</v>
+        <v>1932</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>591</v>
+        <v>1809</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>551</v>
+        <v>1933</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E722" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G722" s="1"/>
       <c r="H722" s="1" t="s">
-        <v>1924</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
-        <v>1925</v>
+        <v>1935</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>591</v>
+        <v>344</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>551</v>
+        <v>1936</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E723" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="H723" s="1" t="s">
-        <v>1926</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1927</v>
+        <v>1938</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>605</v>
+        <v>344</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>923</v>
+        <v>958</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E724" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F724" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H724" s="1" t="s">
-        <v>1928</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>605</v>
+        <v>344</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>1930</v>
+        <v>958</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E725" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F725" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H725" s="1" t="s">
-        <v>1931</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>536</v>
+        <v>344</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>554</v>
+        <v>1942</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E726" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G726" s="1"/>
       <c r="H726" s="1" t="s">
-        <v>1933</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>536</v>
+        <v>1920</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>554</v>
+        <v>1945</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E727" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G727" s="1"/>
       <c r="H727" s="1" t="s">
-        <v>1935</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
-        <v>1936</v>
+        <v>1947</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>684</v>
+        <v>1948</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1937</v>
+        <v>1949</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E728" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G728" s="1"/>
       <c r="H728" s="1" t="s">
-        <v>1938</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
-        <v>1939</v>
+        <v>1951</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>166</v>
+        <v>1952</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1045</v>
+        <v>1953</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E729" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="H729" s="1" t="s">
-        <v>1940</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
-        <v>1941</v>
+        <v>1955</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>528</v>
+        <v>1956</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>554</v>
+        <v>1957</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E730" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F730" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="H730" s="1" t="s">
-        <v>1942</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
-        <v>1943</v>
+        <v>1959</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>1944</v>
+        <v>1960</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>554</v>
+        <v>1961</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E731" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F731" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G731" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H731" s="1" t="s">
-        <v>1945</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
-        <v>1946</v>
+        <v>1963</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1947</v>
+        <v>1960</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>554</v>
+        <v>1961</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E732" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F732" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G732" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H732" s="1" t="s">
-        <v>1948</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
-        <v>1949</v>
+        <v>1965</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>1950</v>
+        <v>1830</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1045</v>
+        <v>1966</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E733" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F733" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G733" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H733" s="1" t="s">
-        <v>1951</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
-        <v>1952</v>
+        <v>1968</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>62</v>
+        <v>943</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1045</v>
+        <v>1969</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E734" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G734" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H734" s="1" t="s">
-        <v>1953</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
-        <v>1954</v>
+        <v>1971</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>602</v>
+        <v>1956</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1873</v>
+        <v>1972</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E735" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F735" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>1955</v>
+        <v>151</v>
       </c>
       <c r="H735" s="1" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>1957</v>
+        <v>1974</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>602</v>
+        <v>1879</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1873</v>
+        <v>1975</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E736" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F736" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G736" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G736" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H736" s="1" t="s">
-        <v>1958</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
-        <v>1959</v>
+        <v>1977</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>602</v>
+        <v>1978</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1873</v>
+        <v>1979</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E737" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G737" s="1"/>
       <c r="H737" s="1" t="s">
-        <v>1960</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
-        <v>1961</v>
+        <v>1981</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>1517</v>
+        <v>344</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1962</v>
+        <v>992</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E738" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F738" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>29</v>
+        <v>202</v>
       </c>
       <c r="H738" s="1" t="s">
-        <v>1963</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
-        <v>1964</v>
+        <v>1983</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>617</v>
+        <v>1924</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1909</v>
+        <v>352</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E739" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>227</v>
+        <v>286</v>
       </c>
       <c r="H739" s="1" t="s">
-        <v>1965</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
-        <v>1966</v>
+        <v>1985</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1967</v>
+        <v>1986</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1565</v>
+        <v>1930</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E740" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F740" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G740" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G740" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H740" s="1" t="s">
-        <v>1968</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
-        <v>1969</v>
+        <v>1988</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>1967</v>
+        <v>1989</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1565</v>
+        <v>352</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E741" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F741" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>329</v>
+        <v>197</v>
       </c>
       <c r="H741" s="1" t="s">
-        <v>1970</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
-        <v>1971</v>
+        <v>1991</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1967</v>
+        <v>1908</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1565</v>
+        <v>1992</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E742" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>329</v>
+        <v>226</v>
       </c>
       <c r="H742" s="1" t="s">
-        <v>1972</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
-        <v>1973</v>
+        <v>1994</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>1967</v>
+        <v>1908</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1565</v>
+        <v>1992</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E743" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H743" s="1" t="s">
-        <v>1974</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
-        <v>1975</v>
+        <v>1996</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>1967</v>
+        <v>1908</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1565</v>
+        <v>1992</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E744" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H744" s="1" t="s">
-        <v>1976</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
-        <v>1973</v>
+        <v>1998</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>1967</v>
+        <v>1920</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1565</v>
+        <v>1999</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E745" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>329</v>
+        <v>96</v>
       </c>
       <c r="H745" s="1" t="s">
-        <v>1977</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>1978</v>
+        <v>2001</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>617</v>
+        <v>333</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>203</v>
+        <v>958</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E746" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H746" s="1" t="s">
-        <v>1979</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>691</v>
+        <v>1961</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1257</v>
+        <v>352</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E747" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>1981</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
-        <v>1982</v>
+        <v>2005</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>930</v>
+        <v>1886</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>554</v>
+        <v>2006</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E748" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F748" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H748" s="1" t="s">
-        <v>1983</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
-        <v>1984</v>
+        <v>2008</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>653</v>
+        <v>1897</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>1121</v>
+        <v>1848</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E749" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G749" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H749" s="1" t="s">
-        <v>1985</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
-        <v>1986</v>
+        <v>2010</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>676</v>
+        <v>924</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>355</v>
+        <v>1848</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E750" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
       <c r="H750" s="1" t="s">
-        <v>1987</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>617</v>
+        <v>2013</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>1989</v>
+        <v>906</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E751" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>1990</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>1314</v>
+        <v>906</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E752" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F752" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="H752" s="1" t="s">
-        <v>1993</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
-        <v>1994</v>
+        <v>2017</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>1992</v>
+        <v>992</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>1314</v>
+        <v>395</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E753" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F753" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G753" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G753" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H753" s="1" t="s">
-        <v>1995</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
-        <v>1996</v>
+        <v>2019</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>1992</v>
+        <v>992</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>1314</v>
+        <v>395</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E754" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F754" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H754" s="1" t="s">
-        <v>1997</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
-        <v>1998</v>
+        <v>2021</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>1999</v>
+        <v>992</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>170</v>
+        <v>395</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E755" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>361</v>
+        <v>54</v>
       </c>
       <c r="H755" s="1" t="s">
-        <v>2000</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
-        <v>2001</v>
+        <v>2023</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>669</v>
+        <v>1966</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>2002</v>
+        <v>352</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E756" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F756" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>150</v>
+        <v>104</v>
       </c>
       <c r="H756" s="1" t="s">
-        <v>2003</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
-        <v>2004</v>
+        <v>2025</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>2005</v>
+        <v>944</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>170</v>
+        <v>2026</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E757" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F757" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>167</v>
+        <v>139</v>
       </c>
       <c r="H757" s="1" t="s">
-        <v>2006</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
-        <v>2007</v>
+        <v>2028</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>166</v>
+        <v>992</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>1279</v>
+        <v>395</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E758" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
       <c r="H758" s="1" t="s">
-        <v>2008</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
-        <v>2009</v>
+        <v>2030</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>2010</v>
+        <v>992</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>1348</v>
+        <v>395</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E759" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F759" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G759" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H759" s="1" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2012</v>
+        <v>2032</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>1564</v>
+        <v>992</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>1317</v>
+        <v>395</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E760" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F760" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="H760" s="1" t="s">
-        <v>2013</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
-        <v>2014</v>
+        <v>2034</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>2015</v>
+        <v>992</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>1328</v>
+        <v>395</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E761" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F761" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="H761" s="1" t="s">
-        <v>2016</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2017</v>
+        <v>2036</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>676</v>
+        <v>992</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2018</v>
+        <v>395</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E762" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F762" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>143</v>
+        <v>226</v>
       </c>
       <c r="H762" s="1" t="s">
-        <v>2019</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
-        <v>2020</v>
+        <v>2038</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>1909</v>
+        <v>992</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>1276</v>
+        <v>395</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E763" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F763" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>143</v>
+        <v>226</v>
       </c>
       <c r="H763" s="1" t="s">
-        <v>2021</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
-        <v>2022</v>
+        <v>2040</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>2023</v>
+        <v>992</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>1267</v>
+        <v>395</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E764" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F764" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H764" s="1" t="s">
-        <v>2024</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
-        <v>2025</v>
+        <v>2042</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>2023</v>
+        <v>992</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>1267</v>
+        <v>395</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E765" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F765" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="H765" s="1" t="s">
-        <v>2026</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
-        <v>2027</v>
+        <v>2044</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>2015</v>
+        <v>1966</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2028</v>
+        <v>395</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E766" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F766" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="H766" s="1" t="s">
-        <v>2029</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
-        <v>2030</v>
+        <v>2046</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>2031</v>
+        <v>1992</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2032</v>
+        <v>1975</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E767" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F767" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>329</v>
+        <v>286</v>
       </c>
       <c r="H767" s="1" t="s">
-        <v>2033</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
-        <v>2034</v>
+        <v>2048</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>2035</v>
+        <v>1992</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2036</v>
+        <v>352</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E768" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F768" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G768" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H768" s="1" t="s">
-        <v>2037</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
-        <v>2038</v>
+        <v>2050</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>1272</v>
+        <v>2006</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2039</v>
+        <v>1933</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E769" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F769" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G769" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H769" s="1" t="s">
-        <v>2040</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
-        <v>2041</v>
+        <v>2052</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>166</v>
+        <v>1921</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2042</v>
+        <v>2053</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E770" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G770" s="1"/>
       <c r="H770" s="1" t="s">
-        <v>2043</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>166</v>
+        <v>1972</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>1045</v>
+        <v>995</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E771" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F771" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H771" s="1" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
-        <v>2044</v>
+        <v>2057</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>166</v>
+        <v>2058</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1045</v>
+        <v>2059</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E772" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F772" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2046</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
-        <v>2047</v>
+        <v>2061</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>166</v>
+        <v>2062</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2048</v>
+        <v>2063</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E773" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F773" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H773" s="1" t="s">
-        <v>2049</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
-        <v>2050</v>
+        <v>2065</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>1930</v>
+        <v>2066</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>1311</v>
+        <v>395</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E774" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F774" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G774" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H774" s="1" t="s">
-        <v>2051</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
-        <v>2052</v>
+        <v>2068</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>2053</v>
+        <v>1979</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2002</v>
+        <v>1975</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E775" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F775" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H775" s="1" t="s">
-        <v>2054</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
-        <v>2055</v>
+        <v>2070</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>203</v>
+        <v>1979</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1106</v>
+        <v>2071</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E776" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F776" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2056</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2057</v>
+        <v>2073</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>2005</v>
+        <v>1628</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1573</v>
+        <v>1070</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E777" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F777" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2058</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2059</v>
+        <v>2075</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1272</v>
+        <v>1628</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1307</v>
+        <v>395</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E778" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F778" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H778" s="1" t="s">
-        <v>2060</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
-        <v>2061</v>
+        <v>2077</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>1561</v>
+        <v>953</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2062</v>
+        <v>2078</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E779" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F779" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G779" s="1"/>
       <c r="H779" s="1" t="s">
-        <v>2063</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
-        <v>2064</v>
+        <v>2080</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>676</v>
+        <v>2081</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>551</v>
+        <v>396</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E780" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G780" s="1"/>
       <c r="H780" s="1" t="s">
-        <v>2065</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
-        <v>2066</v>
+        <v>2083</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>676</v>
+        <v>344</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>551</v>
+        <v>1814</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E781" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G781" s="1"/>
       <c r="H781" s="1" t="s">
-        <v>2067</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
-        <v>2068</v>
+        <v>2085</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>1992</v>
+        <v>1628</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>551</v>
+        <v>2086</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E782" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H782" s="1" t="s">
-        <v>2069</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
-        <v>2070</v>
+        <v>2088</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>1992</v>
+        <v>2089</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>551</v>
+        <v>392</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E783" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F783" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="H783" s="1" t="s">
-        <v>2071</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2072</v>
+        <v>2091</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>166</v>
+        <v>2063</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>551</v>
+        <v>2092</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E784" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F784" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H784" s="1" t="s">
-        <v>2073</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
-        <v>2074</v>
+        <v>2094</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>623</v>
+        <v>2095</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>923</v>
+        <v>2096</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E785" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F785" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H785" s="1" t="s">
-        <v>2075</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
-        <v>2076</v>
+        <v>2098</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>166</v>
+        <v>2099</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>591</v>
+        <v>2100</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E786" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F786" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G786" s="1"/>
       <c r="H786" s="1" t="s">
-        <v>2077</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2078</v>
+        <v>2102</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2079</v>
+        <v>2103</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2080</v>
+        <v>989</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E787" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G787" s="1"/>
       <c r="H787" s="1" t="s">
-        <v>2081</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2083</v>
+        <v>2103</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2084</v>
+        <v>407</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E788" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>109</v>
+        <v>197</v>
       </c>
       <c r="H788" s="1" t="s">
-        <v>2085</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2086</v>
+        <v>2107</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>2083</v>
+        <v>2103</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E789" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F789" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>109</v>
+        <v>226</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2087</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2088</v>
+        <v>2109</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>2079</v>
+        <v>2103</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2089</v>
+        <v>2092</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E790" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F790" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>109</v>
+        <v>226</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2090</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2091</v>
+        <v>2111</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2079</v>
+        <v>2086</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2089</v>
+        <v>2100</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E791" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F791" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2092</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2093</v>
+        <v>2113</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2079</v>
+        <v>2086</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2089</v>
+        <v>407</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E792" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F792" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2094</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2095</v>
+        <v>2115</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>2079</v>
+        <v>1930</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2089</v>
+        <v>395</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E793" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F793" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H793" s="1" t="s">
-        <v>2096</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2097</v>
+        <v>2117</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>2098</v>
+        <v>2118</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>1296</v>
+        <v>2119</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E794" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F794" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2099</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2100</v>
+        <v>2121</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2083</v>
+        <v>2118</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>1187</v>
+        <v>999</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E795" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F795" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G795" s="1"/>
       <c r="H795" s="1" t="s">
-        <v>2101</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
-        <v>2102</v>
+        <v>2123</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>2103</v>
+        <v>1070</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2104</v>
+        <v>995</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E796" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="H796" s="1" t="s">
-        <v>2105</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2106</v>
+        <v>2125</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>1345</v>
+        <v>988</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1329</v>
+        <v>1304</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E797" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
       <c r="H797" s="1" t="s">
-        <v>2107</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
-        <v>2108</v>
+        <v>2127</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>2079</v>
+        <v>2128</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2109</v>
+        <v>1002</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E798" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G798" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H798" s="1" t="s">
-        <v>2110</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
-        <v>2111</v>
+        <v>2130</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>2079</v>
+        <v>2131</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2089</v>
+        <v>2026</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E799" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>320</v>
+        <v>104</v>
       </c>
       <c r="H799" s="1" t="s">
-        <v>2112</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2113</v>
+        <v>2133</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2002</v>
+        <v>2118</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>663</v>
+        <v>2119</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E800" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H800" s="1" t="s">
-        <v>2114</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
-        <v>2115</v>
+        <v>2135</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>1332</v>
+        <v>2118</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>1369</v>
+        <v>2119</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E801" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F801" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H801" s="1" t="s">
-        <v>2116</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2117</v>
+        <v>2137</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>1332</v>
+        <v>2118</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E802" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F802" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2119</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
-        <v>2120</v>
+        <v>2139</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>2121</v>
+        <v>2118</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="D803" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E803" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F803" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G803" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H803" s="1" t="s">
-        <v>2122</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2123</v>
+        <v>2141</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2125</v>
+        <v>2142</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E804" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F804" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>154</v>
+        <v>226</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2126</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>2127</v>
+        <v>2144</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>2128</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>1369</v>
+        <v>2142</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E805" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F805" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H805" s="1" t="s">
-        <v>2129</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
-        <v>2130</v>
+        <v>2146</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>2131</v>
+        <v>2118</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2132</v>
+        <v>2147</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E806" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F806" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="H806" s="1" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
-        <v>2130</v>
+        <v>2149</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>2131</v>
+        <v>2150</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2132</v>
+        <v>388</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E807" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F807" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="H807" s="1" t="s">
-        <v>2134</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
-        <v>2130</v>
+        <v>2152</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>2131</v>
+        <v>989</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2132</v>
+        <v>389</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E808" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F808" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2135</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
-        <v>2130</v>
+        <v>2154</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>2131</v>
+        <v>2100</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2132</v>
+        <v>430</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E809" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F809" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>36</v>
+        <v>226</v>
       </c>
       <c r="H809" s="1" t="s">
-        <v>2136</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2130</v>
+        <v>2156</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>2131</v>
+        <v>483</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2132</v>
+        <v>9</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E810" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F810" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>36</v>
+        <v>197</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2137</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2130</v>
+        <v>2158</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>2131</v>
+        <v>2096</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2132</v>
+        <v>370</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E811" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F811" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2138</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>2130</v>
+        <v>969</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>2131</v>
+        <v>970</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2132</v>
+        <v>430</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E812" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F812" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2139</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>2140</v>
+        <v>2161</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>2128</v>
+        <v>989</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>663</v>
+        <v>441</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E813" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G813" s="1"/>
       <c r="H813" s="1" t="s">
-        <v>2141</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2142</v>
+        <v>2163</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>2118</v>
+        <v>2100</v>
       </c>
       <c r="C814" s="1" t="s">
         <v>370</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E814" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F814" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G814" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G814" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H814" s="1" t="s">
-        <v>2143</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
-        <v>2144</v>
+        <v>2165</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>1372</v>
+        <v>530</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2145</v>
+        <v>2166</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E815" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F815" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G815" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H815" s="1" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
-        <v>2130</v>
+        <v>2168</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>2131</v>
+        <v>2169</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2132</v>
+        <v>1871</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E816" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F816" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H816" s="1" t="s">
-        <v>2147</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
-        <v>2148</v>
+        <v>2171</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>2125</v>
+        <v>2172</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>370</v>
+        <v>2173</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E817" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F817" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="H817" s="1" t="s">
-        <v>2149</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
-        <v>2150</v>
+        <v>2175</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>2128</v>
+        <v>2176</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>149</v>
+        <v>1814</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E818" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>361</v>
+        <v>104</v>
       </c>
       <c r="H818" s="1" t="s">
-        <v>2151</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2152</v>
+        <v>2178</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>2118</v>
+        <v>2172</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2132</v>
+        <v>1903</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E819" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G819" s="1"/>
       <c r="H819" s="1" t="s">
-        <v>2153</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>2154</v>
+        <v>2180</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>1372</v>
+        <v>2181</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2155</v>
+        <v>1808</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E820" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H820" s="1" t="s">
-        <v>2156</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
-        <v>2157</v>
+        <v>2183</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2103</v>
+        <v>2184</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1372</v>
+        <v>1699</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E821" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>25</v>
+        <v>286</v>
       </c>
       <c r="H821" s="1" t="s">
-        <v>2158</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
-        <v>2159</v>
+        <v>2186</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>2160</v>
+        <v>2187</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>1171</v>
+        <v>2188</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E822" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F822" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>329</v>
+        <v>96</v>
       </c>
       <c r="H822" s="1" t="s">
-        <v>2161</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2162</v>
+        <v>2190</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>2160</v>
+        <v>2187</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1120</v>
+        <v>1251</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E823" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F823" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="H823" s="1" t="s">
-        <v>2163</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>2164</v>
+        <v>2192</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>2128</v>
+        <v>2193</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>1121</v>
+        <v>2194</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E824" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>361</v>
+        <v>187</v>
       </c>
       <c r="H824" s="1" t="s">
-        <v>2165</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2166</v>
+        <v>2196</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>1187</v>
+        <v>2197</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>352</v>
+        <v>1808</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E825" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G825" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H825" s="1" t="s">
-        <v>2167</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2168</v>
+        <v>2199</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>2109</v>
+        <v>1871</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>149</v>
+        <v>924</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E826" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
       <c r="H826" s="1" t="s">
-        <v>2169</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2170</v>
+        <v>2201</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>1329</v>
+        <v>2202</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>1203</v>
+        <v>630</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E827" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H827" s="1" t="s">
-        <v>2171</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
-        <v>2172</v>
+        <v>2204</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>1279</v>
+        <v>2205</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>663</v>
+        <v>580</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E828" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H828" s="1" t="s">
-        <v>2173</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
-        <v>2174</v>
+        <v>2207</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>2175</v>
+        <v>1721</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>149</v>
+        <v>2188</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E829" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H829" s="1" t="s">
-        <v>2176</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2177</v>
+        <v>2209</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>2175</v>
+        <v>2210</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>149</v>
+        <v>924</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E830" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F830" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H830" s="1" t="s">
-        <v>2178</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2179</v>
+        <v>2212</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>2180</v>
+        <v>587</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>1131</v>
+        <v>580</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E831" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F831" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2181</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2182</v>
+        <v>2214</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>1030</v>
+        <v>2215</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>316</v>
+        <v>200</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E832" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="H832" s="1" t="s">
-        <v>2183</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
-        <v>2184</v>
+        <v>2217</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>1369</v>
+        <v>2215</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>1128</v>
+        <v>200</v>
       </c>
       <c r="D833" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E833" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F833" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="H833" s="1" t="s">
-        <v>2185</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>1369</v>
+        <v>1721</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>316</v>
+        <v>1829</v>
       </c>
       <c r="D834" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E834" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F834" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G834" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G834" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H834" s="1" t="s">
-        <v>2187</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
-        <v>2188</v>
+        <v>2221</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>2189</v>
+        <v>2222</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>1144</v>
+        <v>364</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F835" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>143</v>
+        <v>197</v>
       </c>
       <c r="H835" s="1" t="s">
-        <v>2190</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
-        <v>2191</v>
+        <v>2224</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>2192</v>
+        <v>2225</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2193</v>
+        <v>395</v>
       </c>
       <c r="D836" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E836" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F836" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H836" s="1" t="s">
-        <v>2194</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
-        <v>2195</v>
+        <v>2227</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>663</v>
+        <v>2225</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1121</v>
+        <v>1847</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E837" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F837" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>361</v>
+        <v>187</v>
       </c>
       <c r="H837" s="1" t="s">
-        <v>2196</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
-        <v>2197</v>
+        <v>2229</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>1376</v>
+        <v>1578</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>1361</v>
+        <v>2230</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E838" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F838" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="H838" s="1" t="s">
-        <v>2198</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
-        <v>2199</v>
+        <v>2232</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>1376</v>
+        <v>2233</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2155</v>
+        <v>1801</v>
       </c>
       <c r="D839" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E839" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F839" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G839" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H839" s="1" t="s">
-        <v>2200</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
-        <v>2201</v>
+        <v>2235</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>1279</v>
+        <v>680</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>927</v>
+        <v>954</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E840" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F840" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>329</v>
+        <v>104</v>
       </c>
       <c r="H840" s="1" t="s">
-        <v>2202</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
-        <v>2203</v>
+        <v>2237</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>2204</v>
+        <v>943</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>1877</v>
+        <v>2238</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E841" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F841" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="H841" s="1" t="s">
-        <v>2205</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
-        <v>2206</v>
+        <v>2240</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>370</v>
+        <v>2194</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2207</v>
+        <v>1986</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E842" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H842" s="1" t="s">
-        <v>2208</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2209</v>
+        <v>2242</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2210</v>
+        <v>2194</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>355</v>
+        <v>1986</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E843" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F843" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G843" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H843" s="1" t="s">
-        <v>2211</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2212</v>
+        <v>2244</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2213</v>
+        <v>2194</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1135</v>
+        <v>1986</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E844" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F844" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H844" s="1" t="s">
-        <v>2214</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
-        <v>2215</v>
+        <v>2246</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>2175</v>
+        <v>2194</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>149</v>
+        <v>2247</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E845" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="H845" s="1" t="s">
-        <v>2216</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
-        <v>2217</v>
+        <v>2249</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>2175</v>
+        <v>680</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>149</v>
+        <v>395</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E846" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F846" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H846" s="1" t="s">
-        <v>2218</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
-        <v>2219</v>
+        <v>2251</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>663</v>
+        <v>1578</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>149</v>
+        <v>618</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E847" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F847" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="H847" s="1" t="s">
-        <v>2220</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2221</v>
+        <v>2253</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>663</v>
+        <v>1641</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>149</v>
+        <v>2254</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E848" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F848" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2222</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2223</v>
+        <v>2256</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>663</v>
+        <v>2257</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>149</v>
+        <v>1842</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E849" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H849" s="1" t="s">
-        <v>2224</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
-        <v>2225</v>
+        <v>2259</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>663</v>
+        <v>609</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>1128</v>
+        <v>947</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E850" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G850" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H850" s="1" t="s">
-        <v>2226</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
-        <v>2227</v>
+        <v>2261</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>2204</v>
+        <v>538</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2228</v>
+        <v>2262</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E851" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H851" s="1" t="s">
-        <v>2229</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>2109</v>
+        <v>1073</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2132</v>
+        <v>1728</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E852" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H852" s="1" t="s">
-        <v>2231</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2232</v>
+        <v>2266</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>1279</v>
+        <v>2267</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2132</v>
+        <v>580</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E853" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>361</v>
+        <v>104</v>
       </c>
       <c r="H853" s="1" t="s">
-        <v>2233</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2234</v>
+        <v>2269</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2145</v>
+        <v>2270</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>316</v>
+        <v>357</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E854" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>361</v>
+        <v>180</v>
       </c>
       <c r="H854" s="1" t="s">
-        <v>2235</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2236</v>
+        <v>2272</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2145</v>
+        <v>2273</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>1171</v>
+        <v>364</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E855" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H855" s="1" t="s">
-        <v>2237</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2238</v>
+        <v>2275</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>2145</v>
+        <v>2273</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>1171</v>
+        <v>364</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E856" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H856" s="1" t="s">
-        <v>2239</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2240</v>
+        <v>2277</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>2241</v>
+        <v>731</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>1147</v>
+        <v>580</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E857" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>154</v>
+        <v>50</v>
       </c>
       <c r="H857" s="1" t="s">
-        <v>2242</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2243</v>
+        <v>2279</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>2244</v>
+        <v>2280</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>378</v>
+        <v>545</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E858" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H858" s="1" t="s">
-        <v>2245</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2246</v>
+        <v>2282</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>2247</v>
+        <v>731</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2248</v>
+        <v>2283</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E859" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>122</v>
+        <v>16</v>
       </c>
       <c r="H859" s="1" t="s">
-        <v>2249</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2250</v>
+        <v>2285</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>2145</v>
+        <v>1067</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>1128</v>
+        <v>363</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E860" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>329</v>
+        <v>96</v>
       </c>
       <c r="H860" s="1" t="s">
-        <v>2251</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2252</v>
+        <v>2287</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>2145</v>
+        <v>734</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>1171</v>
+        <v>2288</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E861" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="H861" s="1" t="s">
-        <v>2253</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
-        <v>2254</v>
+        <v>2290</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>2244</v>
+        <v>2291</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>1361</v>
+        <v>2292</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E862" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H862" s="1" t="s">
-        <v>2255</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
-        <v>2254</v>
+        <v>2294</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>2244</v>
+        <v>2295</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>1361</v>
+        <v>2296</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E863" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="H863" s="1" t="s">
-        <v>2256</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
-        <v>2257</v>
+        <v>2298</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>2155</v>
+        <v>923</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>1219</v>
+        <v>2299</v>
       </c>
       <c r="D864" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E864" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="H864" s="1" t="s">
-        <v>2258</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
-        <v>2259</v>
+        <v>2301</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>2132</v>
+        <v>2273</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>1889</v>
+        <v>630</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E865" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H865" s="1" t="s">
-        <v>2260</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2261</v>
+        <v>2303</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>2228</v>
+        <v>2304</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2262</v>
+        <v>2283</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E866" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="H866" s="1" t="s">
-        <v>2263</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2261</v>
+        <v>2306</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2228</v>
+        <v>2304</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2262</v>
+        <v>530</v>
       </c>
       <c r="D867" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E867" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="H867" s="1" t="s">
-        <v>2264</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>2265</v>
+        <v>2308</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>2266</v>
+        <v>609</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>1466</v>
+        <v>954</v>
       </c>
       <c r="D868" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E868" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
-        <v>2267</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
-        <v>2268</v>
+        <v>2310</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>2269</v>
+        <v>541</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2270</v>
+        <v>363</v>
       </c>
       <c r="D869" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E869" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2271</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2272</v>
+        <v>2312</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>2273</v>
+        <v>1625</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1219</v>
+        <v>1699</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E870" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>29</v>
+        <v>286</v>
       </c>
       <c r="H870" s="1" t="s">
-        <v>2274</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2275</v>
+        <v>2314</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>2276</v>
+        <v>1625</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>149</v>
+        <v>562</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E871" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>150</v>
+        <v>286</v>
       </c>
       <c r="H871" s="1" t="s">
-        <v>2277</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2278</v>
+        <v>2316</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>2279</v>
+        <v>1625</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>1128</v>
+        <v>2317</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E872" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="H872" s="1" t="s">
-        <v>2280</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2281</v>
+        <v>2319</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>2128</v>
+        <v>2291</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>663</v>
+        <v>558</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E873" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G873" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H873" s="1" t="s">
-        <v>2282</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2283</v>
+        <v>2321</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>316</v>
+        <v>2322</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2193</v>
+        <v>562</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E874" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>59</v>
+        <v>187</v>
       </c>
       <c r="H874" s="1" t="s">
-        <v>2284</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2285</v>
+        <v>2324</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>2286</v>
+        <v>2322</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>375</v>
+        <v>2325</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E875" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>109</v>
+        <v>180</v>
       </c>
       <c r="H875" s="1" t="s">
-        <v>2287</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2288</v>
+        <v>2327</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>2132</v>
+        <v>2291</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>375</v>
+        <v>2322</v>
       </c>
       <c r="D876" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E876" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>59</v>
+        <v>286</v>
       </c>
       <c r="H876" s="1" t="s">
-        <v>2289</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2290</v>
+        <v>2329</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>2291</v>
+        <v>2322</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2292</v>
+        <v>2283</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E877" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>55</v>
+        <v>139</v>
       </c>
       <c r="H877" s="1" t="s">
-        <v>2293</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
-        <v>2294</v>
+        <v>2331</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>2286</v>
+        <v>545</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>1177</v>
+        <v>2332</v>
       </c>
       <c r="D878" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E878" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G878" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H878" s="1" t="s">
-        <v>2295</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
-        <v>2296</v>
+        <v>2334</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>2286</v>
+        <v>2335</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>1117</v>
+        <v>558</v>
       </c>
       <c r="D879" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E879" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G879" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H879" s="1" t="s">
-        <v>2297</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2298</v>
+        <v>2337</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>2286</v>
+        <v>2338</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>1117</v>
+        <v>2339</v>
       </c>
       <c r="D880" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E880" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G880" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H880" s="1" t="s">
-        <v>2299</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2300</v>
+        <v>2341</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>1128</v>
+        <v>2342</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>319</v>
+        <v>2343</v>
       </c>
       <c r="D881" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E881" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G881" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H881" s="1" t="s">
-        <v>2301</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
-        <v>2302</v>
+        <v>2345</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>371</v>
+        <v>2342</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2303</v>
+        <v>2343</v>
       </c>
       <c r="D882" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E882" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>329</v>
+        <v>226</v>
       </c>
       <c r="H882" s="1" t="s">
-        <v>2304</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2305</v>
+        <v>2347</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>319</v>
+        <v>562</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2306</v>
+        <v>2188</v>
       </c>
       <c r="D883" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E883" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F883" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F883" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2307</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2308</v>
+        <v>2349</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>1121</v>
+        <v>2322</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>323</v>
+        <v>367</v>
       </c>
       <c r="D884" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E884" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F884" s="1"/>
-      <c r="G884" s="1"/>
+      <c r="F884" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G884" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H884" s="1" t="s">
-        <v>2309</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2310</v>
+        <v>2351</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>1172</v>
+        <v>541</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>359</v>
+        <v>1674</v>
       </c>
       <c r="D885" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E885" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F885" s="1"/>
-      <c r="G885" s="1"/>
+      <c r="F885" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G885" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H885" s="1" t="s">
-        <v>2311</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2312</v>
+        <v>2353</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>319</v>
+        <v>2354</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>355</v>
+        <v>558</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E886" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F886" s="1"/>
+      <c r="F886" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G886" s="1" t="s">
-        <v>17</v>
+        <v>151</v>
       </c>
       <c r="H886" s="1" t="s">
-        <v>2313</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2314</v>
+        <v>2356</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>319</v>
+        <v>541</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>355</v>
+        <v>1674</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E887" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F887" s="1"/>
+      <c r="F887" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G887" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H887" s="1" t="s">
-        <v>2315</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2316</v>
+        <v>2358</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>319</v>
+        <v>357</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E888" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F888" s="1"/>
+      <c r="F888" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G888" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H888" s="1" t="s">
-        <v>2317</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2318</v>
+        <v>2360</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>319</v>
+        <v>2338</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>355</v>
+        <v>1080</v>
       </c>
       <c r="D889" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E889" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F889" s="1"/>
-      <c r="G889" s="1"/>
+      <c r="F889" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H889" s="1" t="s">
-        <v>2319</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2320</v>
+        <v>2362</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>1135</v>
+        <v>2363</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>355</v>
+        <v>2364</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E890" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F890" s="1"/>
+      <c r="F890" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G890" s="1" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="H890" s="1" t="s">
-        <v>2321</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2322</v>
+        <v>2366</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>319</v>
+        <v>2367</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>364</v>
+        <v>2368</v>
       </c>
       <c r="D891" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E891" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F891" s="1"/>
+      <c r="F891" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G891" s="1" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="H891" s="1" t="s">
-        <v>2323</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2324</v>
+        <v>2370</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>1152</v>
+        <v>2367</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2325</v>
+        <v>2368</v>
       </c>
       <c r="D892" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E892" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G892" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H892" s="1" t="s">
-        <v>2326</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
-        <v>2327</v>
+        <v>2372</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>1135</v>
+        <v>2373</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2328</v>
+        <v>2339</v>
       </c>
       <c r="D893" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E893" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F893" s="1"/>
+      <c r="F893" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G893" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H893" s="1" t="s">
-        <v>2329</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
-        <v>2330</v>
+        <v>2375</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>1135</v>
+        <v>2373</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="D894" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E894" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F894" s="1"/>
+      <c r="F894" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G894" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H894" s="1" t="s">
-        <v>2332</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2333</v>
+        <v>2377</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>319</v>
+        <v>2373</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>364</v>
+        <v>2339</v>
       </c>
       <c r="D895" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E895" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F895" s="1"/>
+      <c r="F895" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G895" s="1" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="H895" s="1" t="s">
-        <v>2334</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
-        <v>2335</v>
+        <v>2379</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>1135</v>
+        <v>2296</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2325</v>
+        <v>2368</v>
       </c>
       <c r="D896" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E896" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F896" s="1"/>
+      <c r="F896" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G896" s="1" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="H896" s="1" t="s">
-        <v>2336</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2337</v>
+        <v>2381</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>1135</v>
+        <v>2382</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2325</v>
+        <v>2382</v>
       </c>
       <c r="D897" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E897" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F897" s="1"/>
+      <c r="F897" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G897" s="1" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H897" s="1" t="s">
-        <v>2338</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
-        <v>2339</v>
+        <v>2384</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>1135</v>
+        <v>57</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2325</v>
+        <v>2385</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E898" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F898" s="1"/>
+      <c r="F898" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G898" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H898" s="1" t="s">
-        <v>2340</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
-        <v>2341</v>
+        <v>2387</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>319</v>
+        <v>57</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2306</v>
+        <v>2385</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E899" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F899" s="1"/>
+      <c r="F899" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G899" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H899" s="1" t="s">
-        <v>2342</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B900" s="1" t="s">
         <v>2343</v>
       </c>
-      <c r="B900" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C900" s="1" t="s">
-        <v>2345</v>
+        <v>363</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E900" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F900" s="1"/>
+      <c r="F900" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G900" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H900" s="1" t="s">
-        <v>2346</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2347</v>
+        <v>2391</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>1225</v>
+        <v>658</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2325</v>
+        <v>573</v>
       </c>
       <c r="D901" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E901" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F901" s="1"/>
+      <c r="F901" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G901" s="1" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H901" s="1" t="s">
-        <v>2348</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
-        <v>2349</v>
+        <v>2393</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>1216</v>
+        <v>669</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2291</v>
+        <v>670</v>
       </c>
       <c r="D902" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E902" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F902" s="1"/>
+      <c r="F902" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G902" s="1" t="s">
-        <v>361</v>
+        <v>100</v>
       </c>
       <c r="H902" s="1" t="s">
-        <v>2350</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
-        <v>2351</v>
+        <v>2395</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>1252</v>
+        <v>669</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2352</v>
+        <v>670</v>
       </c>
       <c r="D903" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E903" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H903" s="1" t="s">
-        <v>2353</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2354</v>
+        <v>2397</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>1203</v>
+        <v>737</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>326</v>
+        <v>551</v>
       </c>
       <c r="D904" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E904" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H904" s="1" t="s">
-        <v>2355</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2356</v>
+        <v>2397</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>2357</v>
+        <v>737</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>364</v>
+        <v>551</v>
       </c>
       <c r="D905" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E905" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H905" s="1" t="s">
-        <v>2358</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2359</v>
+        <v>2400</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>1164</v>
+        <v>873</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2360</v>
+        <v>534</v>
       </c>
       <c r="D906" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E906" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>361</v>
+        <v>100</v>
       </c>
       <c r="H906" s="1" t="s">
-        <v>2361</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2362</v>
-[...6 lines deleted...]
-      </c>
+        <v>2402</v>
+      </c>
+      <c r="B907" s="1"/>
+      <c r="C907" s="1"/>
       <c r="D907" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E907" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F907" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F907" s="1"/>
       <c r="G907" s="1" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
       <c r="H907" s="1" t="s">
-        <v>2364</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2365</v>
-[...6 lines deleted...]
-      </c>
+        <v>2404</v>
+      </c>
+      <c r="B908" s="1"/>
+      <c r="C908" s="1"/>
       <c r="D908" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E908" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F908" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F908" s="1"/>
       <c r="G908" s="1" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H908" s="1" t="s">
-        <v>2368</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2369</v>
-[...6 lines deleted...]
-      </c>
+        <v>2406</v>
+      </c>
+      <c r="B909" s="1"/>
+      <c r="C909" s="1"/>
       <c r="D909" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E909" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F909" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F909" s="1"/>
       <c r="G909" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H909" s="1" t="s">
-        <v>2370</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
-        <v>2371</v>
-[...6 lines deleted...]
-      </c>
+        <v>2408</v>
+      </c>
+      <c r="B910" s="1"/>
+      <c r="C910" s="1"/>
       <c r="D910" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E910" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F910" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F910" s="1"/>
       <c r="G910" s="1" t="s">
-        <v>329</v>
+        <v>32</v>
       </c>
       <c r="H910" s="1" t="s">
-        <v>2372</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2373</v>
-[...6 lines deleted...]
-      </c>
+        <v>2410</v>
+      </c>
+      <c r="B911" s="1"/>
+      <c r="C911" s="1"/>
       <c r="D911" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E911" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F911" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F911" s="1"/>
       <c r="G911" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H911" s="1" t="s">
-        <v>2374</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2375</v>
-[...6 lines deleted...]
-      </c>
+        <v>2412</v>
+      </c>
+      <c r="B912" s="1"/>
+      <c r="C912" s="1"/>
       <c r="D912" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E912" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F912" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F912" s="1"/>
       <c r="G912" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H912" s="1" t="s">
-        <v>2378</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2379</v>
-[...6 lines deleted...]
-      </c>
+        <v>2414</v>
+      </c>
+      <c r="B913" s="1"/>
+      <c r="C913" s="1"/>
       <c r="D913" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E913" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F913" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F913" s="1"/>
       <c r="G913" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H913" s="1" t="s">
-        <v>2381</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2382</v>
-[...6 lines deleted...]
-      </c>
+        <v>2416</v>
+      </c>
+      <c r="B914" s="1"/>
+      <c r="C914" s="1"/>
       <c r="D914" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E914" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F914" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F914" s="1"/>
       <c r="G914" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H914" s="1" t="s">
-        <v>2383</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2316</v>
-[...6 lines deleted...]
-      </c>
+        <v>2418</v>
+      </c>
+      <c r="B915" s="1"/>
+      <c r="C915" s="1"/>
       <c r="D915" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E915" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F915" s="1"/>
-      <c r="G915" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2317</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2385</v>
-[...6 lines deleted...]
-      </c>
+        <v>2420</v>
+      </c>
+      <c r="B916" s="1"/>
+      <c r="C916" s="1"/>
       <c r="D916" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E916" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F916" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F916" s="1"/>
+      <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2386</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2387</v>
-[...6 lines deleted...]
-      </c>
+        <v>2422</v>
+      </c>
+      <c r="B917" s="1"/>
+      <c r="C917" s="1"/>
       <c r="D917" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E917" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F917" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F917" s="1"/>
+      <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2389</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2390</v>
-[...6 lines deleted...]
-      </c>
+        <v>2422</v>
+      </c>
+      <c r="B918" s="1"/>
+      <c r="C918" s="1"/>
       <c r="D918" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E918" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F918" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F918" s="1"/>
+      <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2391</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2392</v>
-[...6 lines deleted...]
-      </c>
+        <v>2425</v>
+      </c>
+      <c r="B919" s="1"/>
+      <c r="C919" s="1"/>
       <c r="D919" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E919" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F919" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F919" s="1"/>
       <c r="G919" s="1" t="s">
-        <v>98</v>
+        <v>180</v>
       </c>
       <c r="H919" s="1" t="s">
-        <v>2394</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2179</v>
-[...6 lines deleted...]
-      </c>
+        <v>2427</v>
+      </c>
+      <c r="B920" s="1"/>
+      <c r="C920" s="1"/>
       <c r="D920" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E920" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F920" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F920" s="1"/>
       <c r="G920" s="1" t="s">
-        <v>109</v>
+        <v>180</v>
       </c>
       <c r="H920" s="1" t="s">
-        <v>2395</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2396</v>
-[...6 lines deleted...]
-      </c>
+        <v>2429</v>
+      </c>
+      <c r="B921" s="1"/>
+      <c r="C921" s="1"/>
       <c r="D921" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E921" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F921" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F921" s="1"/>
       <c r="G921" s="1" t="s">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="H921" s="1" t="s">
-        <v>2397</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2398</v>
-[...6 lines deleted...]
-      </c>
+        <v>2431</v>
+      </c>
+      <c r="B922" s="1"/>
+      <c r="C922" s="1"/>
       <c r="D922" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E922" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F922" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G922" s="1"/>
+      <c r="F922" s="1"/>
+      <c r="G922" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H922" s="1" t="s">
-        <v>2400</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2401</v>
-[...6 lines deleted...]
-      </c>
+        <v>2433</v>
+      </c>
+      <c r="B923" s="1"/>
+      <c r="C923" s="1"/>
       <c r="D923" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E923" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F923" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G923" s="1"/>
+      <c r="F923" s="1"/>
+      <c r="G923" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H923" s="1" t="s">
-        <v>2402</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2403</v>
-[...6 lines deleted...]
-      </c>
+        <v>2435</v>
+      </c>
+      <c r="B924" s="1"/>
+      <c r="C924" s="1"/>
       <c r="D924" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E924" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F924" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F924" s="1"/>
       <c r="G924" s="1" t="s">
-        <v>361</v>
+        <v>139</v>
       </c>
       <c r="H924" s="1" t="s">
-        <v>2405</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2406</v>
-[...6 lines deleted...]
-      </c>
+        <v>2437</v>
+      </c>
+      <c r="B925" s="1"/>
+      <c r="C925" s="1"/>
       <c r="D925" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E925" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F925" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F925" s="1"/>
       <c r="G925" s="1" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="H925" s="1" t="s">
-        <v>2407</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2408</v>
-[...6 lines deleted...]
-      </c>
+        <v>2439</v>
+      </c>
+      <c r="B926" s="1"/>
+      <c r="C926" s="1"/>
       <c r="D926" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E926" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F926" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F926" s="1"/>
       <c r="G926" s="1" t="s">
-        <v>320</v>
+        <v>117</v>
       </c>
       <c r="H926" s="1" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
-        <v>2411</v>
-[...6 lines deleted...]
-      </c>
+        <v>2441</v>
+      </c>
+      <c r="B927" s="1"/>
+      <c r="C927" s="1"/>
       <c r="D927" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E927" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F927" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F927" s="1"/>
       <c r="G927" s="1" t="s">
-        <v>13</v>
+        <v>197</v>
       </c>
       <c r="H927" s="1" t="s">
-        <v>2413</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
-        <v>2414</v>
-[...6 lines deleted...]
-      </c>
+        <v>2443</v>
+      </c>
+      <c r="B928" s="1"/>
+      <c r="C928" s="1"/>
       <c r="D928" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E928" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F928" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F928" s="1"/>
       <c r="G928" s="1" t="s">
-        <v>98</v>
+        <v>197</v>
       </c>
       <c r="H928" s="1" t="s">
-        <v>2416</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>2417</v>
-[...6 lines deleted...]
-      </c>
+        <v>2445</v>
+      </c>
+      <c r="B929" s="1"/>
+      <c r="C929" s="1"/>
       <c r="D929" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E929" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F929" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G929" s="1"/>
+      <c r="F929" s="1"/>
+      <c r="G929" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H929" s="1" t="s">
-        <v>2418</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2419</v>
+        <v>2447</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>2448</v>
+      </c>
+      <c r="C930" s="1"/>
       <c r="D930" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E930" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F930" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F930" s="1"/>
       <c r="G930" s="1" t="s">
-        <v>59</v>
+        <v>202</v>
       </c>
       <c r="H930" s="1" t="s">
-        <v>2420</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2421</v>
+        <v>2450</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>2422</v>
+        <v>2343</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2423</v>
+        <v>562</v>
       </c>
       <c r="D931" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E931" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>167</v>
+        <v>226</v>
       </c>
       <c r="H931" s="1" t="s">
-        <v>2424</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2425</v>
+        <v>2452</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2207</v>
+        <v>2453</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>340</v>
+        <v>2454</v>
       </c>
       <c r="D932" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E932" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H932" s="1" t="s">
-        <v>2426</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2427</v>
+        <v>2456</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>336</v>
+        <v>2364</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2428</v>
+        <v>2454</v>
       </c>
       <c r="D933" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E933" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H933" s="1" t="s">
-        <v>2429</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2430</v>
+        <v>2458</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>336</v>
+        <v>2459</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2431</v>
+        <v>2454</v>
       </c>
       <c r="D934" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E934" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>154</v>
+        <v>16</v>
       </c>
       <c r="H934" s="1" t="s">
-        <v>2432</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2433</v>
+        <v>2461</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>378</v>
+        <v>2459</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>1045</v>
+        <v>2187</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E935" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>29</v>
+        <v>286</v>
       </c>
       <c r="H935" s="1" t="s">
-        <v>2434</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2435</v>
+        <v>2463</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>340</v>
+        <v>947</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2436</v>
+        <v>1641</v>
       </c>
       <c r="D936" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E936" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H936" s="1" t="s">
-        <v>2437</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2438</v>
+        <v>2465</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>2439</v>
+        <v>885</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2331</v>
+        <v>2188</v>
       </c>
       <c r="D937" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E937" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="H937" s="1" t="s">
-        <v>2440</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2438</v>
+        <v>2467</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>2439</v>
+        <v>544</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2331</v>
+        <v>2468</v>
       </c>
       <c r="D938" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E938" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G938" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H938" s="1" t="s">
-        <v>2441</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2438</v>
+        <v>2470</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2439</v>
+        <v>2471</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2331</v>
+        <v>364</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E939" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G939" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H939" s="1" t="s">
-        <v>2442</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2443</v>
+        <v>2473</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>2384</v>
+        <v>885</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2444</v>
+        <v>2354</v>
       </c>
       <c r="D940" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E940" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G940" s="1" t="s">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="H940" s="1" t="s">
-        <v>2445</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
-        <v>2446</v>
+        <v>2475</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>346</v>
+        <v>885</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2447</v>
+        <v>2354</v>
       </c>
       <c r="D941" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E941" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G941" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H941" s="1" t="s">
-        <v>2448</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
-        <v>2449</v>
+        <v>2477</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>2450</v>
+        <v>885</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2451</v>
+        <v>2354</v>
       </c>
       <c r="D942" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E942" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G942" s="1" t="s">
-        <v>98</v>
+        <v>180</v>
       </c>
       <c r="H942" s="1" t="s">
-        <v>2452</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
-        <v>2453</v>
+        <v>2479</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>340</v>
+        <v>2471</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>1207</v>
+        <v>2368</v>
       </c>
       <c r="D943" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E943" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G943" s="1" t="s">
-        <v>154</v>
+        <v>197</v>
       </c>
       <c r="H943" s="1" t="s">
-        <v>2454</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
-        <v>2455</v>
+        <v>2481</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>2384</v>
+        <v>2471</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2444</v>
+        <v>2482</v>
       </c>
       <c r="D944" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E944" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G944" s="1" t="s">
-        <v>150</v>
+        <v>197</v>
       </c>
       <c r="H944" s="1" t="s">
-        <v>2456</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
-        <v>2457</v>
+        <v>2484</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>2458</v>
+        <v>2453</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2328</v>
+        <v>2485</v>
       </c>
       <c r="D945" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E945" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G945" s="1" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="H945" s="1" t="s">
-        <v>2459</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
-        <v>2460</v>
+        <v>2487</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>2458</v>
+        <v>2488</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2461</v>
+        <v>2459</v>
       </c>
       <c r="D946" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E946" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G946" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H946" s="1" t="s">
-        <v>2462</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
-        <v>2463</v>
+        <v>2490</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>2458</v>
+        <v>2491</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2464</v>
+        <v>2482</v>
       </c>
       <c r="D947" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E947" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F947" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G947" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G947" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H947" s="1" t="s">
-        <v>2465</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
-        <v>2466</v>
+        <v>2493</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>378</v>
+        <v>2488</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2467</v>
+        <v>1674</v>
       </c>
       <c r="D948" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E948" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F948" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="H948" s="1" t="s">
-        <v>2468</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
-        <v>2469</v>
+        <v>2495</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>356</v>
+        <v>1728</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>1207</v>
+        <v>562</v>
       </c>
       <c r="D949" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E949" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F949" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>98</v>
+        <v>180</v>
       </c>
       <c r="H949" s="1" t="s">
-        <v>2470</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
-        <v>2471</v>
+        <v>2497</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>2472</v>
+        <v>1728</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2473</v>
+        <v>562</v>
       </c>
       <c r="D950" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E950" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F950" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H950" s="1" t="s">
-        <v>2474</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
-        <v>2475</v>
+        <v>2499</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>1937</v>
+        <v>1728</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2476</v>
+        <v>562</v>
       </c>
       <c r="D951" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E951" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F951" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H951" s="1" t="s">
-        <v>2477</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
-        <v>2478</v>
+        <v>2501</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>1937</v>
+        <v>1728</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2444</v>
+        <v>562</v>
       </c>
       <c r="D952" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E952" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F952" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>361</v>
+        <v>180</v>
       </c>
       <c r="H952" s="1" t="s">
-        <v>2479</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
-        <v>2480</v>
+        <v>2503</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>2473</v>
+        <v>1728</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2467</v>
+        <v>562</v>
       </c>
       <c r="D953" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E953" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F953" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="H953" s="1" t="s">
-        <v>2481</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
-        <v>2482</v>
+        <v>2505</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>2325</v>
+        <v>1728</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2328</v>
+        <v>562</v>
       </c>
       <c r="D954" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E954" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F954" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="H954" s="1" t="s">
-        <v>2483</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
-        <v>2484</v>
+        <v>2507</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>2325</v>
+        <v>1728</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2328</v>
+        <v>562</v>
       </c>
       <c r="D955" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E955" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F955" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="H955" s="1" t="s">
-        <v>2485</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
-        <v>2486</v>
+        <v>2509</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>2487</v>
+        <v>1728</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2488</v>
+        <v>562</v>
       </c>
       <c r="D956" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E956" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F956" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="H956" s="1" t="s">
-        <v>2489</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
-        <v>2490</v>
+        <v>2511</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>2325</v>
+        <v>1728</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2464</v>
+        <v>562</v>
       </c>
       <c r="D957" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E957" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F957" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>25</v>
+        <v>180</v>
       </c>
       <c r="H957" s="1" t="s">
-        <v>2491</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
-        <v>2492</v>
+        <v>2513</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>2493</v>
+        <v>2339</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2494</v>
+        <v>2514</v>
       </c>
       <c r="D958" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E958" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F958" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H958" s="1" t="s">
-        <v>2495</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
-        <v>2496</v>
+        <v>2516</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>2461</v>
+        <v>830</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2436</v>
+        <v>2184</v>
       </c>
       <c r="D959" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E959" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G959" s="1"/>
       <c r="H959" s="1" t="s">
-        <v>2497</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
-        <v>2498</v>
+        <v>2518</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>2499</v>
+        <v>2519</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2500</v>
+        <v>580</v>
       </c>
       <c r="D960" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E960" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F960" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H960" s="1" t="s">
-        <v>2501</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
-        <v>2502</v>
+        <v>2521</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>2503</v>
+        <v>57</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2504</v>
+        <v>580</v>
       </c>
       <c r="D961" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E961" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F961" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H961" s="1" t="s">
-        <v>2505</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
-        <v>2506</v>
+        <v>2523</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>2487</v>
+        <v>1728</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2476</v>
+        <v>2524</v>
       </c>
       <c r="D962" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E962" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G962" s="1"/>
       <c r="H962" s="1" t="s">
-        <v>2507</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
-        <v>2508</v>
+        <v>2526</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>2380</v>
+        <v>1728</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2509</v>
+        <v>2527</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E963" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F963" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G963" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G963" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H963" s="1" t="s">
-        <v>2510</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
-        <v>2511</v>
+        <v>2529</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>2512</v>
+        <v>2482</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2513</v>
+        <v>1721</v>
       </c>
       <c r="D964" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E964" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F964" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="H964" s="1" t="s">
-        <v>2514</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
-        <v>2515</v>
+        <v>2531</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>2499</v>
+        <v>1734</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2516</v>
+        <v>1721</v>
       </c>
       <c r="D965" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E965" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F965" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>361</v>
+        <v>261</v>
       </c>
       <c r="H965" s="1" t="s">
-        <v>2517</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
-        <v>2518</v>
+        <v>2533</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>2519</v>
+        <v>2482</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2520</v>
+        <v>2202</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E966" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F966" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G966" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H966" s="1" t="s">
-        <v>2521</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
-        <v>2522</v>
+        <v>2535</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>2523</v>
+        <v>57</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>2524</v>
+        <v>580</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E967" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F967" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G967" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H967" s="1" t="s">
-        <v>2525</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
-        <v>2526</v>
+        <v>2537</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>2527</v>
+        <v>2538</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2524</v>
+        <v>1814</v>
       </c>
       <c r="D968" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E968" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F968" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="H968" s="1" t="s">
-        <v>2528</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>2530</v>
+        <v>2541</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2531</v>
+        <v>2172</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E969" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F969" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H969" s="1" t="s">
-        <v>2532</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
-        <v>2533</v>
+        <v>2543</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>2534</v>
+        <v>2538</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2535</v>
+        <v>2197</v>
       </c>
       <c r="D970" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E970" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>150</v>
+        <v>187</v>
       </c>
       <c r="H970" s="1" t="s">
-        <v>2536</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
-        <v>2537</v>
+        <v>2545</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>2538</v>
+        <v>1671</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>1877</v>
+        <v>2546</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E971" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F971" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H971" s="1" t="s">
-        <v>2539</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
-        <v>2540</v>
+        <v>2548</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>2541</v>
+        <v>1057</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>1864</v>
+        <v>2254</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E972" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F972" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H972" s="1" t="s">
-        <v>2542</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2543</v>
+        <v>2550</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>2544</v>
+        <v>947</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>1125</v>
+        <v>558</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E973" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="G973" s="1"/>
       <c r="H973" s="1" t="s">
-        <v>2545</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
-        <v>2546</v>
+        <v>2552</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>1855</v>
+        <v>562</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2547</v>
+        <v>558</v>
       </c>
       <c r="D974" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E974" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F974" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G974" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G974" s="1"/>
       <c r="H974" s="1" t="s">
-        <v>2548</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
-        <v>2549</v>
+        <v>2554</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>2550</v>
+        <v>2538</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2551</v>
+        <v>1031</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E975" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F975" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G975" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G975" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H975" s="1" t="s">
-        <v>2552</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
-        <v>2553</v>
+        <v>2556</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>2550</v>
+        <v>947</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2554</v>
+        <v>2254</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E976" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F976" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G976" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G976" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H976" s="1" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>2557</v>
+        <v>2514</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2558</v>
+        <v>2546</v>
       </c>
       <c r="D977" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E977" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G977" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H977" s="1" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
         <v>2560</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>1873</v>
+        <v>2169</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>1877</v>
+        <v>2210</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E978" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G978" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H978" s="1" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
-        <v>1313</v>
+        <v>2562</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>2331</v>
+        <v>2563</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2562</v>
+        <v>364</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E979" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F979" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G979" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H979" s="1" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>1877</v>
+        <v>2567</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G980" s="1"/>
       <c r="H980" s="1" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>1873</v>
+        <v>2570</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>1045</v>
+        <v>2571</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F981" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G981" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G981" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H981" s="1" t="s">
-        <v>2568</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
-        <v>2569</v>
+        <v>2573</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>2331</v>
+        <v>1492</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2570</v>
+        <v>1473</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E982" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F982" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G982" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G982" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H982" s="1" t="s">
-        <v>2571</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2572</v>
+        <v>2575</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>2550</v>
+        <v>1468</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2573</v>
+        <v>2576</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F983" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G983" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G983" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H983" s="1" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>2575</v>
+        <v>1250</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2577</v>
+        <v>906</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F984" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G984" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G984" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H984" s="1" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>2580</v>
+        <v>1419</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>926</v>
+        <v>2581</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F985" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G985" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G985" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H985" s="1" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>2535</v>
+        <v>1396</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>1877</v>
+        <v>2584</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E986" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F986" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G986" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G986" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H986" s="1" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2586</v>
+        <v>906</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E987" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F987" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G987" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G987" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H987" s="1" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2550</v>
+        <v>2590</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E988" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F988" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G988" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G988" s="1"/>
       <c r="H988" s="1" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" s="1" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2565</v>
+        <v>2595</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E989" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F989" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G989" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G989" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H989" s="1" t="s">
-        <v>2593</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" s="1" t="s">
-        <v>1850</v>
+        <v>2597</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>1888</v>
+        <v>2598</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>1852</v>
+        <v>1942</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E990" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F990" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G990" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G990" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H990" s="1" t="s">
-        <v>2594</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" s="1" t="s">
-        <v>2595</v>
+        <v>2600</v>
       </c>
       <c r="B991" s="1" t="s">
-        <v>2596</v>
+        <v>2601</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2597</v>
+        <v>2602</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E991" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F991" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G991" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G991" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H991" s="1" t="s">
-        <v>2598</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" s="1" t="s">
-        <v>2599</v>
+        <v>2604</v>
       </c>
       <c r="B992" s="1" t="s">
-        <v>2600</v>
+        <v>2578</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2597</v>
+        <v>2605</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E992" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F992" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G992" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G992" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H992" s="1" t="s">
-        <v>2601</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" s="1" t="s">
-        <v>2602</v>
+        <v>2607</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>2523</v>
+        <v>1422</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2597</v>
+        <v>1423</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E993" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F993" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G993" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G993" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H993" s="1" t="s">
-        <v>2603</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" s="1" t="s">
-        <v>2604</v>
+        <v>2609</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>926</v>
+        <v>2578</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>1877</v>
+        <v>2605</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E994" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F994" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G994" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G994" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H994" s="1" t="s">
-        <v>2605</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" s="1" t="s">
-        <v>2606</v>
+        <v>2611</v>
       </c>
       <c r="B995" s="1" t="s">
-        <v>2607</v>
+        <v>1486</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2608</v>
+        <v>2612</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E995" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F995" s="1" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="G995" s="1"/>
       <c r="H995" s="1" t="s">
-        <v>2609</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" s="1" t="s">
-        <v>2610</v>
+        <v>2614</v>
       </c>
       <c r="B996" s="1" t="s">
-        <v>2607</v>
+        <v>2563</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2608</v>
+        <v>364</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E996" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F996" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G996" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G996" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H996" s="1" t="s">
-        <v>2611</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" s="1" t="s">
-        <v>2612</v>
+        <v>2616</v>
       </c>
       <c r="B997" s="1" t="s">
-        <v>2523</v>
+        <v>2563</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2613</v>
+        <v>364</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E997" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F997" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G997" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G997" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H997" s="1" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" s="1" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="B998" s="1" t="s">
-        <v>1873</v>
+        <v>2587</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2565</v>
+        <v>906</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E998" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G998" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G998" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H998" s="1" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" s="1" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
       <c r="B999" s="1" t="s">
-        <v>2618</v>
+        <v>958</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E999" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F999" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G999" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G999" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H999" s="1" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B1000" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C1000" s="1" t="s">
         <v>2621</v>
       </c>
-      <c r="B1000" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1000" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E1000" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F1000" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G1000" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G1000" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H1000" s="1" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" s="1" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="B1001" s="1" t="s">
-        <v>153</v>
+        <v>2142</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2597</v>
+        <v>486</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E1001" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F1001" s="1" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="G1001" s="1"/>
       <c r="H1001" s="1" t="s">
-        <v>2625</v>
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:8">
+      <c r="A1002" s="1" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B1002" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C1002" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D1002" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1002" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1002" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1002" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H1002" s="1" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:8">
+      <c r="A1003" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B1003" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C1003" s="1"/>
+      <c r="D1003" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1003" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1003" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1003" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1003" s="1" t="s">
+        <v>2631</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:8">
+      <c r="A1004" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B1004" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C1004" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D1004" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1004" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1004" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1004" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1004" s="1" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:8">
+      <c r="A1005" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B1005" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C1005" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D1005" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1005" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1005" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1005" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H1005" s="1" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:8">
+      <c r="A1006" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B1006" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C1006" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D1006" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1006" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1006" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1006" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H1006" s="1" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:8">
+      <c r="A1007" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B1007" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C1007" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D1007" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1007" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1007" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1007" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1007" s="1" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:8">
+      <c r="A1008" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B1008" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C1008" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D1008" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1008" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1008" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1008" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1008" s="1" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:8">
+      <c r="A1009" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B1009" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C1009" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D1009" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1009" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1009" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1009" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1009" s="1" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:8">
+      <c r="A1010" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B1010" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C1010" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D1010" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1010" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1010" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1010" s="1"/>
+      <c r="H1010" s="1" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:8">
+      <c r="A1011" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B1011" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C1011" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D1011" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1011" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1011" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1011" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1011" s="1" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:8">
+      <c r="A1012" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B1012" s="1" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C1012" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D1012" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1012" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1012" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1012" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1012" s="1" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:8">
+      <c r="A1013" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B1013" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C1013" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D1013" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1013" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1013" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1013" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H1013" s="1" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:8">
+      <c r="A1014" s="1" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B1014" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C1014" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D1014" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1014" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1014" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1014" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H1014" s="1" t="s">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:8">
+      <c r="A1015" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B1015" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C1015" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D1015" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1015" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1015" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1015" s="1"/>
+      <c r="H1015" s="1" t="s">
+        <v>2662</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>