--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,8039 +12,7907 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2663">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2619">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
-    <t>Resolution, of 26/05/2025, of the Vice-Ministry of Common Agricultural Policy and Agro-Environmental Policies, by which the call is made in 2025, by the early processing procedure, for the incorporation of aid for the conservation intervention of native breeds threatened with genetic erosion in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), provided for in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+    <t>Order Credit Availability Commerce 2025 LINE 1. NEW ESTABLISHMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Order Credit Availability Trade 2025 LINE 2 MANT. ESTABLISHMENT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Aid for digitization projects of Madrid SMEs - 2023</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677389</t>
+  </si>
+  <si>
+    <t>Aid for digitization projects of Madrid SMEs - 2024</t>
+  </si>
+  <si>
+    <t>2024-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744066</t>
+  </si>
+  <si>
+    <t>Authorize a multi-year expenditure of 2,100,000.00 euros charged to budget item 720007 72300 4400 412108 'pdr feader 2014-2020. Advisory services through intia', of the expenditure budget for 2023 and 2024</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/697013</t>
+  </si>
+  <si>
+    <t>Regulations and call for applications for aid for investments in agricultural holdings PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753408</t>
+  </si>
+  <si>
+    <t>Call for grants to improve the competitiveness of retail SMEs.</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760303</t>
+  </si>
+  <si>
+    <t>Subsidies for cooperative integration in the CV</t>
+  </si>
+  <si>
+    <t>2023-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/676897</t>
+  </si>
+  <si>
+    <t>Aid to professional agricultural organizations</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677552</t>
+  </si>
+  <si>
+    <t>Resolution of March 15, 2023, of the adjunct councilor, publishing the budget line and the maximum amount for the 2023 financial year of Order 10/2011, of March 24, of the Ministry of Agriculture, Fisheries and Food</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683107</t>
+  </si>
+  <si>
+    <t>S8970000 Chair of Agroecology and Agri-food Quality (UPV) JL Porcuna</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707925</t>
+  </si>
+  <si>
+    <t>Rational use of water and improvement of energy efficiency in irrigation</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733558</t>
+  </si>
+  <si>
+    <t>GRANTS FOR AGRI-FOOD COOPERATIVE INTEGRATION IN THE CV</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>2024-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763626</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Generalitat, through the Presidency, and the Valencian Institute of Economic Research, SA, for research on public services, improvement of information for analysis on efficiency...</t>
+  </si>
+  <si>
+    <t>2023-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692823</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Rural Development, Climate Emergency and Ecological Transition, granting a subsidy to the Miguel Hernández University of Elche, for carrying out study activities related to</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709730</t>
+  </si>
+  <si>
+    <t>Agreement to support the foundation for development and innovation for the modernizing transformation of human capital</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690555</t>
+  </si>
+  <si>
+    <t>Collaboration between the Valencian Government and the Valencian Federation of Municipalities and Provinces. Projects related to trade and technical assistance 2023</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690516</t>
+  </si>
+  <si>
+    <t>GRANTS INTENDED FOR LOCAL ADMINISTRATION OF THE VALENCIAN COMMUNITY TO PROMOTE INNOVATION PROJECTS WITHIN THE PLAN TO PROMOTE INNOVATIVE TERRITORIES FOR 2023</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757082</t>
+  </si>
+  <si>
+    <t>Promotion of climate research and the implementation of training and dissemination activities in the face of extreme weather phenomena in the Valencian Community for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757093</t>
+  </si>
+  <si>
+    <t>PROMOTING LOCAL CLIMATE ACTION THROUGH THE CLIMATE AND ENERGY ACTION PLAN IN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757379</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Generalitat, through the presidency, and the Valencian federation of municipalities and provinces for the financing of a program of aid, collaboration and advice on depopulation.</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699117</t>
+  </si>
+  <si>
+    <t>Cooperation agreement between the Generalitat and the Jaume I University of Castellón, for the promotion of research and innovation studies through the Chair of Sustainability</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705673</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Ministry of Culture, Education, FP and Universities and the Ministry of Economy, Industry. and innovation of the xunta de galicia and a cultural, educ e cient exchange commission between spain and the usa for the fulbright bag program</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712236</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the General Secretariat for Emigration and the Association of Immigrants and Returnees of the Río de la Plata for the development of information and advice actions aimed at returning emigrants</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747111</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Economy, Finance and Innovation approving the call for aid for the years 2024 and 2025 to entrepreneurs and companies with activity in the Balearic Islands to cover opening and study commissions</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Grant to the Chamber of Commerce, Industry, Navigation and Services of Ibiza and Formentera to finance an advisory service for women to create businesses in the Pitiusas Islands</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685745</t>
+  </si>
+  <si>
+    <t>Grant to the Chamber of Commerce, Industry, Navigation and Services of Ibiza and Formentera to finance an advisory service for women to create businesses in Menorca</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685747</t>
+  </si>
+  <si>
+    <t>Grant to the Mallorca Chamber of Commerce, Industry, Navigation and Services to finance an advisory service for women to create businesses on the island of Mallorca</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732378</t>
+  </si>
+  <si>
+    <t>Agricultural insurance</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742739</t>
+  </si>
+  <si>
+    <t>Agricultural Insurance</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814078</t>
+  </si>
+  <si>
+    <t>Subsidies to groups and associations of municipalities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687437</t>
+  </si>
+  <si>
+    <t>Complementary plan for green energy and hydrogen</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720445</t>
+  </si>
+  <si>
+    <t>Grant for Innovation in Circular Economy 2026 Line 3</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882917</t>
+  </si>
+  <si>
+    <t>Subv.nominat.euskal trenbide sarea digitaliz.sist.cancel.estac.ferrov. next</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719894</t>
+  </si>
+  <si>
+    <t>Thermal renewable energies in different sectors (mrr)1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720508</t>
+  </si>
+  <si>
+    <t>Self-consumption and storage, with renewable energy sources mrr (1)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720512</t>
+  </si>
+  <si>
+    <t>Self-consumption and storage with renewable energy sources mrr (2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720513</t>
+  </si>
+  <si>
+    <t>Self-consumption and storage, with renewable energy sources mrr (3)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720514</t>
+  </si>
+  <si>
+    <t>Energy retrofitting for existing buildings</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720515</t>
+  </si>
+  <si>
+    <t>Thermal renewable energies in different sectors ( mrr )2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720519</t>
+  </si>
+  <si>
+    <t>Call for applications for the Investigate program</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720492</t>
+  </si>
+  <si>
+    <t>Innovative pilot projects for socio-labor inclusion pers.mvi-rgi</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720839</t>
+  </si>
+  <si>
+    <t>Innovative pilot projects for socio-labor inclusion pers.mvi-rgi- ii</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720840</t>
+  </si>
+  <si>
+    <t>Resolution of June 24th of the Ministry of Social Rights and Social Welfare, approving the regulatory bases for participation in the pilot project “cone ct-as: digital social inclusion pathways in the Principality of Asturias”</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683173</t>
+  </si>
+  <si>
+    <t>Agreement authorizing subsidies to professional agricultural organizations to help cover their operating expenses 2023</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722676</t>
+  </si>
+  <si>
+    <t>Resolution of December 29, 2023 approving the multi-year call for subsidies for the line of promotion of contracting and regularization of combined agricultural insurance in the 2024 financial year under the modality of advance expenditure</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736899</t>
+  </si>
+  <si>
+    <t>EXTRACT from the RESOLUTION of 9/5/2024 of the ASTURIAN AGENCY for SCIENCE, BUSINESS COMPETITIVENESS AND INNOVATION APPROVING THE CALL for AID TO COMPANIES of the PRINCIPALITY OF ASTURIAS of the 2024 INNOVATION AND BUSINESS DEVELOPMENT VOUCHERS PROGRAM</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761101</t>
+  </si>
+  <si>
+    <t>To the Oviedo Chamber of Commerce, to implement measures aimed at the development and promotion of the SDGs through training and awareness-raising of interested entities</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695536</t>
+  </si>
+  <si>
+    <t>RESOLUTION of April 29, 2024, of the Ministry of Rural Affairs and Agricultural Policy, announcing aid for the support of non-productive investments linked to compliance with agri-environmental and climate objectives</t>
+  </si>
+  <si>
+    <t>2024-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751274</t>
+  </si>
+  <si>
+    <t>Granting of a subsidy to the chambers of commerce of the Principality of Asturias for the implementation of a training plan within the comprehensive qualification and employment program</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737451</t>
+  </si>
+  <si>
+    <t>Order of 17 January 2024, which calls for aid for the subscription of agricultural insurance for the lines of the forty-fourth combined agricultural insurance plan (2023 plan) included in Annex I</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740871</t>
+  </si>
+  <si>
+    <t>Order of February 12, 2025, convening the subsidies for the subscription of agricultural insurance in the framework of the Combined Agricultural Insurance Plan for the year 2025 and establishing the determinations in relation to said subsidies</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>Order of the Minister of Agriculture, Livestock and Environment granting a subsidy to the Spanish cluster of pig producers (i+porc) to promote the improvement of the Aragonese pig sector as a strategic economic activity.</t>
+  </si>
+  <si>
+    <t>2024-04-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/689773</t>
+  </si>
+  <si>
+    <t>Order of the Minister of Agriculture, Livestock and Environment granting a subsidy to Ganadera Unida Comarcal, S. Coop. for a project evaluating productive characteristics, prolificacy indices, mortality and conversion of brown rabbit kits</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690350</t>
+  </si>
+  <si>
+    <t>Institute of Studies and Research of the Monegros (the Charterhouse of the Monegros) Early Childhood Education School Collaboration Agreement 2023</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/724700</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Aragonese employment institute and the official chambers of commerce, industry and services of Huesca, Teruel and Zaragoza for the provision of services in the area of promoting self-employment</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687819</t>
+  </si>
+  <si>
+    <t>Subsidies intended for the subscription of combined agricultural insurance</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695136</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in agricultural holdings 2019</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727446</t>
+  </si>
+  <si>
+    <t>Investments in agricultural holdings 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727447</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in agricultural holdings 2021</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727453</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in agricultural holdings 2022</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730462</t>
+  </si>
+  <si>
+    <t>Subsidy for the transformation, marketing and development of agri-food products. PEPAC</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779378</t>
+  </si>
+  <si>
+    <t>ORDER of the Councillor for Ecological Transition and Energy, establishing regulatory bases and call for applications for a non-competitive grant for the creation and operation of energy communities, within the framework of Sustainable Energy Canary Islands P2-L2 NG Funds (C7, I2)</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782532</t>
+  </si>
+  <si>
+    <t>Self-employment and entrepreneurship advisory actions of the common portfolio of services of the SNE - rd 7/2015</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/701149</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703242</t>
+  </si>
+  <si>
+    <t>Improvement of Traditional Markets in the Canary Islands and Actions to Support Rural Trade</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753157</t>
+  </si>
+  <si>
+    <t>Annual Agricultural Insurance Plan 2023</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/673679</t>
+  </si>
+  <si>
+    <t>Direct subsidies for maintaining economic activity and employment in companies and self-employed individuals not engaged in primary production but who market products derived from it, to minimize the impact of volcanic eruptions on La Palma.</t>
+  </si>
+  <si>
+    <t>2024-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755380</t>
+  </si>
+  <si>
+    <t>ANNUAL PLAN for AGRICULTURAL INSURANCE 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Order DES/37/2025, of 22 December 2025, which calls for the aid financed by the EAGF (European Agricultural Guarantee Fund) and EAFRD (European Agricultural Fund for Rural Development) included in the single application for the year 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Order of May 29, 2023, from the Ministry of Agriculture, Livestock and Rural Development, which announces the subsidies for the subscription of agricultural insurance policies included in the combined annual agricultural insurance plans.</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699271</t>
+  </si>
+  <si>
+    <t>Agreement of June 15th of the Castile and León Regional Government, declaring the 2022-2023 agricultural campaign in Castile and León as exceptional, and declaring the urgency in adopting support measures for the agricultural sector.</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729409</t>
+  </si>
+  <si>
+    <t>Agreement of June 1, 2023, of the Castile and León Regional Government, authorizing the direct granting of subsidies to innovative business groups in Castile and León: AEICE, CBECYL and CYLSOLAR</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703865</t>
+  </si>
+  <si>
+    <t>Agreement of the Castile and León Board, authorizing the direct granting of a subsidy to the official chamber of commerce, industry and services of Valladolid.</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/679831</t>
+  </si>
+  <si>
+    <t>Agreement of the Castile and León Regional Government authorizing the granting of a subsidy to the innovative business group for efficient construction (aeice)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729238</t>
+  </si>
+  <si>
+    <t>Resolution of June 19, 2023 of the President of the ICE, approving the non-competitive call for the granting of subsidies aimed at promoting innovation in SMEs in Castilla y León, co-financed by the ERDF</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703907</t>
+  </si>
+  <si>
+    <t>CALL FOR GRANTS FOR THE FINANCING OF PROJECTS WITHIN THE FRAMEWORK OF INTERVENTION 7119.2, LEADER, OF THE NATIONAL STRATEGIC PLAN OF THE COMMON AGRICULTURAL POLICY (PEPAC) 2023-2027 BASED ON THE LOCAL DEVELOPMENT STRATEGY OF ADERISA</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>2027-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783345</t>
+  </si>
+  <si>
+    <t>Resolution of 20/05/2025 of the General Directorate of Agriculture and Livestock, by which the call in 2025 is made, by the advance processing procedure, for the incorporation into the aids for the intervention of animal welfare in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), foreseen in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Decree 7/2024, of February 27, regulating the direct granting of a subsidy for the construction of social rental housing in energy-efficient buildings of the recovery, transformation and resilience plan</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747555</t>
+  </si>
+  <si>
+    <t>Resolution of April 9, 2024, of the General Directorate of Tourism, Trade and Crafts, which calls for the aid of the MICE Program for 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751348</t>
+  </si>
+  <si>
+    <t>Direct grant of subsidy to the council of official chambers of commerce, industry and services of CLM for the integrated and joint provision of services through the business one-stop shop centers of the autonomous community.</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+  </si>
+  <si>
+    <t>Resolution, of 26/05/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policies, by which the call in 2025 is made, by the advance processing procedure, for the incorporation into the aid for the conservation intervention of native breeds threatened by genetic erosion in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), foreseen in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Annual agricultural insurance plan 2023</t>
-[...38 lines deleted...]
-    <t>Decree 51/2023 of May 23, regulating the direct granting of a subsidy to the research and innovation institute in inclusion, equality, employability and equity models</t>
+    <t>Resolution, of 27/05/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policies, by which the call in 2025 is made, by the advance processing procedure, for the incorporation into the aids for the intervention of Apiculture for biodiversity in Castilla-La Mancha through the European Agricultural Fund for Rural Development (EAFRD), foreseen in the Strategic Plan of the Common Agricultural Policy for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Resolution of 29/12/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid under the de minimis regime is called for, through the advance processing procedure, to alleviate the damage caused in Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Resolution of 29/12/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid under the de minimis regime is called for, by means of the advance processing procedure, to mitigate the damages related to loboi attacks</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Decree 51/2023 of May 23, which regulates the direct granting of a subsidy to the research and innovation institute in models of inclusion, equality, employability and equity</t>
   </si>
   <si>
     <t>2023-06-13</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/702912</t>
   </si>
   <si>
-    <t>Agreement of June 15 of the Junta of Castilla y León, by which the 2022-2023 agricultural campaign is declared exceptional in Castilla y León, and the urgency in adopting support measures for the agricultural sector is declared.</t>
-[...53 lines deleted...]
-    <t>Call for applications and regulatory bases for the granting of subsidies to travel agencies to encourage the arrival of tourists to the city of Ceuta through the marketing of the 3rd phase of the "Ceuta Emotes" discount voucher book.</t>
+    <t>Call for applications and regulations for the granting of subsidies to travel agencies to encourage the arrival of tourists to the city of Ceuta through the marketing of the 3rd phase of the "Ceuta Excites" discount booklet.</t>
   </si>
   <si>
     <t>2023-12-14</t>
   </si>
   <si>
     <t>Ceuta</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731761</t>
   </si>
   <si>
-    <t>Call for subsidies to improve the competitiveness of SMEs in the retail trade.</t>
-[...377 lines deleted...]
-    <t>Exceptional aid for 2025 for cherry farms affected by natural disasters, according to Decree-Law 3/2025 of May 27</t>
+    <t>Digital vouchers for vulnerable groups mrr-c15.i3 (collaborative entities)</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704006</t>
+  </si>
+  <si>
+    <t>Call for applications for innovation grants 2023</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713676</t>
+  </si>
+  <si>
+    <t>Aid for Digitalization Projects of Madrid SMEs - 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886784</t>
+  </si>
+  <si>
+    <t>Subsidy for Cooperative Integration in the CV</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890460</t>
+  </si>
+  <si>
+    <t>Agreement between the map and agri-food cooperatives of Spain, for the granting of a subsidy in the 2023 General State Budget, for the competitiveness and modernization of agri-food cooperatives and training, equality and generational renewal in governing boards</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709807</t>
+  </si>
+  <si>
+    <t>Support from the Centre for Technological Development and Innovation, EPE for investment to boost the growth of innovative companies (2024)</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747686</t>
+  </si>
+  <si>
+    <t>Extraordinary and Temporary Aid to cover the price of diesel fuel consumed by agricultural producers in the Autonomous Community of the Canary Islands. 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747694</t>
+  </si>
+  <si>
+    <t>GRANTS from the CENTER FOR TECHNOLOGICAL DEVELOPMENT AND INNOVATION, EPE FOR THE FINANCING of R&amp;D PROJECTS (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747728</t>
+  </si>
+  <si>
+    <t>Grants from the CENTER FOR TECHNOLOGICAL DEVELOPMENT AND INNOVATION, EPE for the financing of Technological Innovation Projects (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747735</t>
+  </si>
+  <si>
+    <t>Extraordinary aid to compensate for the loss of income in agricultural holdings affected by the DANA storm</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813406</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy to various entities for the development of science projects of excellence, in favor of the Fundació Institució dels Centres de Recerca de Catalunya (i-cerca).</t>
+  </si>
+  <si>
+    <t>2023-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669850</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 768/2022, in favor of the entity Acondicionado Tarrasense, for the 3D printing hub project.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669904</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 732/2022, in favor of the Teruel Paleontological Joint Foundation – Dinópolis.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669937</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting to the Ibercivis Foundation the subsidy provided for in Royal Decree 732/2022, which regulates the direct granting of subsidies to various entities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669959</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 768/2022, in favor of the Josep Carreras Leukemia Research Institute Foundation (IJC), for its contribution to the cancer proteome project.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669967</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 732/2022, in favor of the Higher Polytechnic School of Mondragon University.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669987</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Science and Innovation granting the subsidy provided for in Royal Decree 732/2022 in favor of the University of Navarra for the Science Museum.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/670013</t>
+  </si>
+  <si>
+    <t>Support from the center for technological development and innovation, epe for investment to boost the growth of innovative companies.</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694661</t>
+  </si>
+  <si>
+    <t>Aid from the center for technological development and innovation, epe for the financing of R&amp;D projects (2023)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694664</t>
+  </si>
+  <si>
+    <t>CDTI grants for innovation projects in the fisheries and aquaculture sector and investment projects in processing and marketing activities for fisheries and aquaculture products</t>
+  </si>
+  <si>
+    <t>2023-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731454</t>
+  </si>
+  <si>
+    <t>Order of the Minister of Science and Innovation granting the Spanish Botanical Society (SEBOT)</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743764</t>
+  </si>
+  <si>
+    <t>CDTI grants for technological innovation projects (DANA DIRECT INNOVATION LINE)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808683</t>
+  </si>
+  <si>
+    <t>CDTI grants for technological innovation projects (DANA EXPANSION DIRECT LINE)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808689</t>
+  </si>
+  <si>
+    <t>Aid from the Centre for Technological Development and Innovation EPE for the financing of R&amp;D projects (2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Agreement of July 25, 2023, of the Council of Ministers, authorizing the voluntary contribution to the Organization of Ibero-American States (OEI), for the Ibero-American Network of Innovation and Educational Research.</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712290</t>
+  </si>
+  <si>
+    <t>Aid aimed at promoting digital transformation through the "activate industry 4.0" initiative, within the framework of the recovery, transformation and resilience plan</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707790</t>
+  </si>
+  <si>
+    <t>SUPPLEMENTARY AID FOR AGRICULTURAL INSURANCE IN THE REGION OF MADRID, POLICIES FROM 01/01/26 TO 31/12/26</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874707</t>
+  </si>
+  <si>
+    <t>AID FOR AGRICULTURAL PROFESSIONAL ORGANIZATIONS AND AGRICULTURAL COOPERATIVE UNION (OPAS 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876980</t>
+  </si>
+  <si>
+    <t>AID FOR AGRICULTURAL PROFESSIONAL ORGANIZATIONS AND AGRICULTURAL COOPERATIVE UNION (OCAS 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876985</t>
+  </si>
+  <si>
+    <t>AID FOR GROUPS OF INTEGRATED TREATMENT IN AGRICULTURE (ATRIAS) 2026</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877386</t>
+  </si>
+  <si>
+    <t>AID FOR LIVESTOCK HEALTH DEFENSE GROUPS - LINE A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877388</t>
+  </si>
+  <si>
+    <t>AID FOR LIVESTOCK HEALTH DEFENSE GROUPS - LINE B</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877389</t>
+  </si>
+  <si>
+    <t>Aid for farmers of certain crops facing difficulties in the 2026 season</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882799</t>
+  </si>
+  <si>
+    <t>ENERGY EFFICIENCY PROGRAM FOR SMEs AND LARGE COMPANIES IN THE INDUSTRIAL SECTOR</t>
+  </si>
+  <si>
+    <t>2019-08-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763836</t>
+  </si>
+  <si>
+    <t>AID TO MUNICIPALITIES FOR TRADE AND TRADE FAIR PROMOTION 2024</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774902</t>
+  </si>
+  <si>
+    <t>Regulatory bases 2025-2027 and call for aid to improve the production and marketing of beekeeping products within the framework of the Apicultural Sectoral Intervention, included in the PEPAC, for the 2025 campaign.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AID FOR INVESTMENTS, MODERNIZATION AND/OR IMPROVEMENT OF AGRICULTURAL HOLDINGS CONV.24</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755162</t>
+  </si>
+  <si>
+    <t>AID TO COMPANIES SEC AGR.GANAD.FOREST AND INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>AID TO COMPANIES SECT AGRI, LIVESTOCK, FOREST AND INDUS DESARR PROY INV 2024</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754719</t>
+  </si>
+  <si>
+    <t>Regulatory framework and call for subsidies for the subscription of agricultural insurance included in the 2023 plan (44th plan)</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669197</t>
+  </si>
+  <si>
+    <t>Call for applications and regulations governing agricultural insurance subsidies plan 2024 (45th plan)</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744143</t>
+  </si>
+  <si>
+    <t>Call for applications for 2024 for aid to associations of artisan food businesses to promote agri-food crafts in Navarre</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754332</t>
+  </si>
+  <si>
+    <t>Authorization of an expenditure of 153,334.00 euros for a subsidy to UAGN for the defense of the interests of farmers and livestock breeders, which for these purposes is provided for in the General Budgets of Navarre for 2024.</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755009</t>
+  </si>
+  <si>
+    <t>Regulatory framework and call for applications for aid for investments in agricultural holdings (Environmental Objective) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756333</t>
+  </si>
+  <si>
+    <t>Authorization of an expenditure of 225,000 euros for "Subsidy to the Union of Agricultural Cooperatives of Navarre (UCAN) Promotion of agricultural cooperativism" 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756335</t>
+  </si>
+  <si>
+    <t>Aid to Livestock Health Defense Groups, for the implementation of health programs for the prevention, control and eradication of animal diseases, for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>2024-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760084</t>
+  </si>
+  <si>
+    <t>Authorize a multi-year expenditure of 2,100,000.00 euros charged to budget item 720007 72300 4400 412108 'EAFRD PDR 2014-2022. Advisory services through INTIA', of the 2024 expenditure budget and its equivalent in 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Authorization of an expenditure of 153,334.00 euros for a subsidy to EHNE for the defense of the interests of farmers and livestock breeders, which for these purposes is provided for in the General Budgets of Navarre for 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762717</t>
+  </si>
+  <si>
+    <t>Agreement with PLENA INCLUSIÓN for the project "Digital transformation for inclusion in Navarre"</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762722</t>
+  </si>
+  <si>
+    <t>2025 Call for aid for the establishment of part-time farmers within the framework of PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Regulations and call for applications for 2025 for aid to investments in agricultural holdings PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Regulatory framework and call for applications for 2025 for aid to investments in agricultural holdings (Environmental Objective) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Aid to Livestock Health Defense Groups, for the implementation of health programs for the prevention, control and eradication of animal diseases, year 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of agricultural products through the organization of livestock shows, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid for Participation in Trade Fairs under the De Minimis Regime</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>2025 Call for Proposals. Aid to agri-food producer associations that market through short supply chains, and associations managing agricultural TEST spaces</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid for control and certification activities for agri-food quality figures of Navarre, recognized as PDO or PGI, covered by the de minimis regime.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>2025 Call for Aid to Local Entities to Promote Short Marketing Channels for Agri-food Products</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Aid for productive forestry investments intended for forest harvesting, silvicultural work, forestry services and primary processing. (PEPAC Intervention 6883) in the year 2026</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875061</t>
+  </si>
+  <si>
+    <t>2026-2027 Call for Cooperation Aid for the Promotion of Agricultural and Food Products under Quality Schemes, within the framework of the Strategic Plan for the Common Agricultural Policy (PEPAC)</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875481</t>
+  </si>
+  <si>
+    <t>Call for applications for 2026 for aid to the first installation of young professional farmers within the framework of PEPAC</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878627</t>
+  </si>
+  <si>
+    <t>2026 Call for applications for aid to help young part-time farmers establish themselves</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878804</t>
+  </si>
+  <si>
+    <t>2026 Call for Applications for Aid to the Establishment of New Farmers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879137</t>
+  </si>
+  <si>
+    <t>2026 Call for Aid to Management Entities of Agri-food Quality Designations</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Approve the regulatory framework and the call for proposals for the promotion of innovation and forestry dissemination, period 2025 and 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>To approve the regulatory bases and the call for aid for the 2024-2025 campaign for the sustainable management of mountain pastures in Navarre, included in Intervention 6881.1 Forest Reforestation and Agroforestry Systems of the PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Call for applications 2025-2026 for aid to Cooperation for the promotion of agricultural and food products under quality schemes, within the framework of the PEPAC, of the Chartered Community of Navarre</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>RESOLUTION 51E/2024, of April 30, of the Director General of Trade and Consumer Affairs, approving the call for subsidies for the promotion of artisan companies in Navarre in 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756401</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of agricultural products through the organization of livestock shows, for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-05-25</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756416</t>
+  </si>
+  <si>
+    <t>Call for applications for the subsidy for the promotion and management of retail trade groups in 2024</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757723</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758468</t>
+  </si>
+  <si>
+    <t>Aid to Energy Communities for the energy transition 2024</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761325</t>
+  </si>
+  <si>
+    <t>Subsidies to local entities to revitalize rural trade</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789778</t>
+  </si>
+  <si>
+    <t>Aid for investment in agri-food industries. 2023 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796969</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition 2025. Commission Regulation 651/2014</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Aid to agricultural holdings for the energy transition 2025. De Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Grants for innovation projects in industrial SMEs. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Aid for the creation and consolidation of innovative technology-based companies in 2025 within the framework of the Recovery, Transformation and Resilience Plan - Funded by the European Union – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Investment aid for agri-food industries. 2026 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869026</t>
+  </si>
+  <si>
+    <t>Grants for the hiring of doctoral students by companies, research centers and technology centers: Industrial PhDs 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871426</t>
+  </si>
+  <si>
+    <t>Aid intended for the transfer of knowledge from technology centers, research centers and universities PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>Extraordinary aid for the price of agricultural diesel fuel as of 20/2022</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>Resolution of February 15, 2024, of the director of the Valencian Agency for Agricultural Development and Guarantee, announcing aid for the distillation of winemaking by-products, 2023/2024 campaign</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Grant for the implementation of the Wine Sector Intervention within the framework of the Strategic Plan of the Common Agricultural Policy</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>Resolution of April 22, 2024 of the Director of the Valencian Agency for Agricultural Development and Guarantee, announcing the call for aid for intervention in the beekeeping sector for the year 2024 in the Valencian Community</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>Resolution of July 22, 2024, of the Director of the Valencian Agency for Agricultural Development and Guarantee, announcing the aid to the wine sector of the Valencian Community for promotion and communication in third-country markets.</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>Resolution of September 2, 2024, of the Director of the (AVFGA), announcing the call for aid for investments in the transformation, marketing and/or development of agri-food products within the framework of the Strategic Plan of the Common Agricultural Policy</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>Decree Law 10/2024, of September 24, of the Consell, adopting urgent aid measures in agricultural matters in response to the worsening conditions of the primary sector resulting from the armed conflict in Ukraine and the climatic conditions</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2024, of the Director of the Valencian Agency for Agricultural Development and Guarantee, by which the advance call for aid for the 2025 financial year for information and promotion activities of agri-food quality schemes is made</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolution of January 28, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee, establishing the call for applications for the granting and annual payment of aid included in the single application within the framework of</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Resolution of April 17, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee (AVFGA), announcing the call for aid for investments in the modernization of infrastructure and irrigation systems in irrigation communities and communities</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Resolution of May 5, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee (AVFGA), which calls for the aid provided for in intervention 7119.02 LEADER of the CAP Strategic Plan 2023-2027 in the Valencian Community, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolution of May 15, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee, announcing the call for applications for aid for cooperation in the framework of rural development interventions of the Strategic Plan for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>RESOLUTION of December 23, 2025, of the Director of the Valencian Agency for Agricultural Development and Guarantee, by which the advance call for aid for the 2026 financial year for information and promotion activities of agri-food quality schemes is made</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Resolution of May 8, 2024, of the Director of the Valencian Agency for Agricultural Development and Guarantee, announcing aid for collective reconversion and restructuring plans, within the framework of the Rural Development Program of the Valencian Community</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Complementary actions to promote and strengthen innovation. NO STATE AID</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>Valorization and transfer of research results to companies. NO STATE AID</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Boosting innovative public procurement (IPP) REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Boost to innovative public procurement (IPP) REGIME 651</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Boosting innovative public procurement (IPP) L2 NO STATE AID</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>Complementary actions to promote and strengthen innovation. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Assimilation of advanced technologies and their dissemination in the Valencian Innovation System REG (EU) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Resolution of the Ministry of Agriculture, Water, Livestock and Fisheries, announcing the call for applications for aid for the certification of organic production in the Valencian Community for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>Terms and conditions for the call for innovative projects for the “AGRO·LAB TONOWASTE” acceleration program promoted by VALÈNCIA INNOVATION CAPITAL</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Generalitat, through the Presidency and the University of Alicante, for collaboration in the functioning of the commissioner of the Presidency of the Generalitat, for the digitization and cybersecurity of the community</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN LABORA-VALENCIAN EMPLOYMENT AND TRAINING SERVICE AND AIMPLAS-ASSOCIATION FOR RESEARCH IN PLASTIC MATERIALS AND RELATED PRODUCTS FOR THE IMPLEMENTATION OF TRAINING ACTIONS PRIMARILY AIMED AT UNEMPLOYED PEOPLE IN THE FIELD</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>Resolution of April 30, 2024, of the President of IVACE, calling for aid in the field of renewable energies charged to the 2024 budget, with co-financing from the European Union through the European Regional Development Fund</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>RESOLUTION of February 2, 2026, from the Presidency, announcing grants for the hiring of young people for the internationalization of SMEs in the Valencian Community, financed by the European Social Fund Plus Program, 2026 financial year</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884886</t>
+  </si>
+  <si>
+    <t>Agreement between the Ministry of Health and PS and FRS for the development of an innovation project</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>RESOLUTION of August 19, 2024, of the General Directorate of Agricultural and Livestock Production, by which the aid for the promotion of threatened native breeds in the Valencian Community is called for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>Collaboration Agreement between the Ministry of Agriculture, Water, Livestock and Fisheries and AINIA, for the study of nitrogen management in livestock manure through anaerobic digestion technology in the Valencian Community</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Resolution of the Director General of Agricultural and Livestock Production, establishing the advance call, for the 2025 Plan, of the aid of the Valencian Community intended for the subscription of agricultural insurance included in the plans to</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>SUBSIDY FOR COOPERATIVE INTEGRATION IN THE CV</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>Procedure for the direct granting of additional aid to owners of agricultural holdings of herbaceous, forage and aromatic crops, horticultural crops and nurseries affected by the natural disaster PDRCV (M23)</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>Resolution of April 17, 2025, of the General Directorate of Agricultural and Livestock Production, announcing the call for applications for the 2025 financial year for aid to improve the competitiveness and sustainability of livestock farms in the Valencian Community.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Resolution DG of Agricultural and Livestock Production, for the year 2025 the aid provided for in Order 6/2024, which approves the regulatory bases of the compensation aid for the eradication and control of the Xylella fastidiosa bacteria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>SUPPORT FOR THE PROMOTION OF TECHNOLOGICAL INNOVATION THROUGH COLLABORATING FARMS</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>Resolution of November 14, 2025, of the General Directorate of Agricultural and Livestock Production, by which advance calls for aid for the improvement of competitiveness and sustainability of livestock farms in the Valencian Community for the year 2026 are made.</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>RESOLUTION DG of Agricultural and Livestock Production, by which the aid provided for in Order 6/2024, which approves compensation aid for «Xylella fastidiosa», is announced in advance for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>RESOLUTION of the Ministry of Agriculture, Water, Livestock and Fisheries by which the aid for the Regulatory Councils or Management Bodies of the differentiated quality agri-food figures is called in advance for the year 2026 d</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>INSTITUT VALENCIÀ of CONSERVATION, RESTORATION AND RESEARCH, FOR THE FINANCING OF INVESTMENTS AND CAPITAL OPERATIONS OF THE ENTITY</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764650</t>
+  </si>
+  <si>
+    <t>Resolution of May 8, 2024, of the President of IVACE, announcing grants for the promotion of self-consumption installations of electrical energy under renewable energy communities, charged to the 2024 budget</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Resolution by which the call for applications for the 2024 financial year is made, for the subsidies regulated in articles 16 and 17 of Order 2/2020, of February 27, of the Ministry of Sustainable Economy, Productive Sectors, Trade and</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Agreement between the Ministry of Education, Universities and Employment and the Miguel Hernández University, for support in 2023-2024 for the construction and updating of buildings and infrastructures of excellence for R&amp;D&amp;I - research buildings of excellence</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Resolution of the Director General of Agricultural and Livestock Production, by which the advance call is made, for the year 2025, for de minimis aid intended for the replanting of fruit plots whose crop is or has been destroyed</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolution of the Director General of Agricultural and Livestock Production making the advance call, for the year 2025, of aid to cherry farms in areas affected by climatic, environmental and</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Aid for the Regulatory Councils or management bodies of the differentiated quality agri-food products of the Valencian Community</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>Boosting local climate action through the Climate and Energy Action Plan (Covenant of Mayors for Climate and Energy) in 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL COOPERATION AGREEMENT BETWEEN THE GENERALITAT, THROUGH THE MINISTRY OF AGRICULTURE, LIVESTOCK AND FISHERIES AND THE CEU CARDENAL HERRERA UNIVERSITY, FOR THE IMPLEMENTATION OF SUBSIDIZED TRAINING INTERNSHIPS DURING THE YEAR 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL COOPERATION AGREEMENT BETWEEN THE GENERALITAT, THROUGH THE MINISTRY OF AGRICULTURE, LIVESTOCK AND FISHERIES AND THE MIGUEL HERNÁNDEZ UNIVERSITY OF ELCHE, FOR THE IMPLEMENTATION OF SUBSIDIZED TRAINING PRACTICES DURING THE YEAR 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763059</t>
+  </si>
+  <si>
+    <t>RESOLUTION of December 29, 2025 approving the multi-year call for subsidies for the line of promotion of contracting and regularization of Combined Agricultural Insurance in the 2026 financial year under the modality of advance expenditure</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Direct subsidies 2024 to promote the contracting of combined agricultural insurance policies, according to decree 286/2023 of December 19</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ORDER OF July 14, 2025, Aid for Contracting Combined Agricultural Insurance 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>2024 Call for Applications for Aid to Livestock Health Defense Groups and Beekeeping Health Defense Groups</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>Aid 2024 intended for the granting of subsidies for investments for the joint marketing of livestock as per Decree 132/2024 of October 22nd which calls for them</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>2025 Grants for the provision of technical advice to the agricultural sector on plant protection Resolution 20 December 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>2025 Subsidies for financing loans to owners of dryland olive and vineyard farms located in Extremadura, pursuant to Decree 35/2025 of May 6, which announces them</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subsidy 2025 for agricultural holding owners to promote participation in food quality schemes. s/ Resolution of June 19, 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>2026 Grants for the provision of technical advice to the agricultural sector on plant protection Resolution of December 3, 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolution of March 21, 2024 of ICEX Spain Export and Investment, EPE, announcing the call for applications for grants for Group Participation in the OVUM 2024 Fair - XXVIII Latin American Poultry Congress - Punta del Este (URUGUAY) - November 12-15, 2024</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the De Minimis Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the XXII Call (RDP 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT COVERED by the MINIMIS Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the XII Call (RDP 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), pursuant to the XII Call (RDP 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), pursuant to the VIII Call (RDP 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ XXII Call (RDP 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the De Minimis Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the XII Call (RDP 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the De Minimis Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the 13th Call for Proposals (RDP 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT COVERED by the MINIMIS Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the XIII Call (RDP 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ XIII Call (RDP 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the De Minimis Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the IX Call for Proposals (RDP 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT COVERED by the MINIMIS Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the IX Call (RDP 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ IX Call (RDP 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the De Minimis Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the XII Call (RDP 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT COVERED by the MINIMIS Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the XII Call (RDP 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), pursuant to the XII Call (RDP 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the De Minimis Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the XIV Call for Proposals (RDP 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT COVERED by the MINIMIS Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), under the XIV Call (RDP 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ XXIII Call (RDP 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ IX Call (RDP 2014-2020) GAL ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Aid, NOT COVERED by the MINIMIS Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), according to the XXIV Call (RDP 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>2025 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ IX Call (RDP 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>2025 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ IX Call (RDP 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. State aid. (Interv, 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>2025 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>2025 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>2026 Aid to finance measures to combat depopulation in rural population centers with special demographic difficulties. Line 4: Consolidation of agricultural activity as per the additional provision of Decree 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, under the De Minimis Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the VIII Call for Proposals (RDP 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2024-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763736</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Aid, NOT COVERED by the MINIMIS Regime, for investments in the processing and marketing of agricultural products (Sub-measure 19.2.2 RDP), pursuant to the VIII Call (RDP 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763737</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), pursuant to the VIII Call (RDP 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763739</t>
+  </si>
+  <si>
+    <t>2024 Leader Approach Grants for support of social innovation, multi-level governance and social and economic revitalization (Sub-measure 19.2.7 RDP), pursuant to the XIV Call (RDP 2014-2020) of the GAL TENTUDIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764490</t>
+  </si>
+  <si>
+    <t>2024 Grants to companies for the acceleration of entrepreneurship and innovation ecosystems based on digital twins (RETECH) pursuant to Decree 145/2024 of November 19, 2024, which calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>2026 Grants to companies to finance projects that promote the implementation of artificial intelligence solutions in the Autonomous Community of Extremadura - pursuant to Decree 173/2025 that calls for them</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>2024 Aid Actions for the Promotion and Development of Business L1_Advice, according to Decree 65/2024 of July 2nd which calls for them.</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>Aid 2025 for the implementation of irrigation systems that promote the efficient use of water and energy in agricultural holdings, according to Decree 12/2025, of March 11, which calls for them</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Aid 2026 intended for the Improvement of Energy Efficiency of Irrigation (program II) whose promoters are irrigation communities, s/Resolution of the General Secretariat dated 18/12/2025 that approves the call for aid for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>2024 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Sub-measure 19.2.3 RDP), s/ XIII Call (RDP 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>Aid 2024 for Investments in Agri-food Industries, according to Decree 87/2024, of July 30, which establishes the regulatory bases for granting agri-food incentives in the Autonomous Community of Extremadura, to support investments aimed at the transformation and marketing of agricultural products, and approves its single call</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Aid 2025-26 for the establishment of young farmers in the Autonomous Community of Extremadura, first call incorporated into Decree 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Aid 2025-26 Investments in Modernization and/or Improvement of Agricultural Holdings in which the young farmer is established, first call incorporated in Decree 169/2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Complementary Aid to Young Farmers, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Organic Farming, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Aid. Agricultural Associated Aid, according to the Resolution of January 27, 2025 that calls for them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Aid 2025 for investments aimed at the transformation and marketing of agricultural products, pursuant to the Resolution of October 29, 2025 that calls for applications</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>PEPAC 2026 Aid. Complementary Aid to Young Farmers, according to the Resolution of January 21, 2026 that calls for them.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882885</t>
+  </si>
+  <si>
+    <t>PEPAC 2026 Aid. Agricultural Associated Aid, according to the Resolution of January 21, 2026 that calls for them.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882886</t>
+  </si>
+  <si>
+    <t>Extremadura Avante grants to companies for group participation in the Fruit Attraction 2025 Fair, according to the Agreement of March 27, 2025 that calls for them.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Aid 2025 to companies for group participation in the Food Ingredients 2025 Fair, according to the Agreement of August 26, 2025 that calls for them.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>2024 Grants to Public Research Entities of the SECTI for R&amp;D projects on energy storage under public-private collaboration, according to the Resolution of December 5, 2024</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>2024 Grants to Companies for R&amp;D projects on energy storage under public-private partnership agreements, according to the Resolution of December 5, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>2024 Aid for the internationalization of Extremadura companies and the improvement of foreign marketing conditions, according to the resolution of October 30, 2023, which calls for them</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>Subsidy 2024-2025 aimed at municipalities and smaller local entities to finance commercial revitalization projects, according to Decree 130/2024, of October 15, 2024, which calls for</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subsidy 2024-2025 aimed at associations, federations and confederations of the trade sector to finance commercial revitalization projects, according to Decree 130/2024, of October 15, 2024 which calls</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Aid 2025/2026 for improving the advanced capabilities of SMEs in the retail sector, according to the call made by Resolution of November 21, 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>2026 Grant, Agricultural Sector, for the social/labor integration of minors/young people complying or having complied with judicial measures, by Resolution of November 14, 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Subsidies 2023 to private non-agricultural companies for the hiring of people participating in the projects of the dual employment professional schools program (line ii), according to the resolution of August 9, 2023 that calls them</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>Subsidies 2023 to private agricultural companies for the hiring of people participating in the projects of the dual employment professional schools program (line ii), according to the resolution of August 9, 2023 that calls them</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>Subsidy 2023 to private agricultural companies for the hiring of people participating in the projects of the rural collaborative program (line ii), according to the resolution of August 9, 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>Subsidy 2023 to private non-agricultural companies for the hiring of people participating in the projects of the rural collaborative program (line ii), according to the resolution of August 9, 2023</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>Agreement between GAIN, the Ministry of Education, UDC, USC, UVI and CSIC to promote the research activity of finalist research staff in the ERC calls for aid within the framework of the Horizon Europe program</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>Regulatory bases for the granting of VInnovate Galicia aid to promote transnational cooperation of the agents of the Galician R&amp;D System through collaborative projects with other European agents</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>Aid 2024 for Improvement of Production and Marketing of Apiculture Products, according to the Resolution of May 6, 2024 that calls for them</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>Resolution of 24 March 2025 establishing the regulatory bases for aid to support cooperation in information and promotion activities for Galician agricultural and food products covered by quality schemes carried out by producer groups, within the framework of the CAP Strategic Plan 2023-2027, and calling for applications for the 2025 budget year</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Resolution of April 16, 2025 establishing the regulatory framework for aid for quality programs developed by regulatory councils of agri-food quality designations and announcing the call for applications for 2025 (procedure code</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolution of June 17, 2025 establishing the regulatory bases for aid to agricultural holdings belonging to the protected geographical indication Faba de Lourenzá and calling for applications for the year 2025 (procedure code MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025 establishing the regulatory framework for aid to support cooperation in information and promotion activities for Galician agricultural and food products covered by quality schemes</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Department of Culture, Education, Vocational Training and Universities and the University of Santiago de Compostela (USC) to complete the axudas to the principal investigator staff for two grant programs (ERC) 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Agreement for the implementation of university research infrastructure</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Ministry of Culture, Education, Vocational Training and Universities and the State Agency Higher Council for Scientific Research for the development of activities at the Padre Sarmiento Institute of Galician Studies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>Agreement coa udc-usc-uvigo to reinforce transfer management personnel and innovation and consolidation of research structures</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>Order of January 30, 2025 establishing the regulatory bases for the granting, on a non-competitive basis, of subsidies to promote innovation and sustainability in local and artisanal trade</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Order of 21 November 2025 establishing the regulatory bases for aid to mitigate the damage caused by wild boar to agricultural crops and calling for applications for the year 2026 (procedure code MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>Order of December 19, 2023 establishing the regulatory bases for aid to alleviate the damage caused by wild boar to agricultural crops and calling for applications for the year 2024 (procedure code mt809e).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Agreement between the Ministry of Employment Promotion and Equality and the Federation of Family Agricultural Schools of Galicia for the development of a pilot project for training integration</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Ministry of Employment Promotion and Equality and the Galician Trade Federation to carry out training actions for the qualification and requalification of the active population in strategic sectors and capacity improvement</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>ORdained on June 25, 2024, the regulatory bases are established for the granting, in a regime of competitive competition, of aid to promote innovation, technological improvement and competitiveness in the aquaculture sector, co-financed with the Fond</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>Order of December 15, 2023 establishes the regulatory bases of aid for the promotion of the contracting of agricultural insurance in the autonomous community of Galicia and is convened for the year 2024 (procedure code mr443a).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>Order of 15 October 2024 establishing the regulatory bases for aid to professional agricultural organizations and agricultural associations for carrying out activities of agricultural interest and announcing the call for applications for the year 2024 (Procedure Code)</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Aid for investments in the production and marketing of wine products</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Order of 20 December 2024 establishing the regulatory bases for aid to promote the use of agricultural machinery under an associative scheme in Galicia, financed with the European Union Recovery Instrument (EURI)</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>ORdained on December 26, 2024, in which the regulatory bases for aid are established for the promotion of the contracting of agricultural insurance in the Autonomous Community of Galicia and are convened for the year 2025 (Procedure code MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>ORDER of June 11, 2025 establishing the regulatory bases for aid intended for young farmers, within the framework of the Strategic Plan of the Common Agricultural Policy of Spain 2023-2027, co-financed by the European Fund</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Order of August 21, 2025 establishing the regulatory bases for aid intended to promote the use of facilities and equipment in common under an associative scheme, within the framework of the Strategic Plan of the Common Agricultural Policy</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Order of 18 September 2025 establishing the regulatory bases for aid to professional agricultural organizations and agricultural associations for carrying out activities of agricultural interest and calling for applications for the year 2025 (code of</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Order of December 12, 2025, establishing the regulatory bases for aid to entities recognized as livestock health defense groups (ADSG) in Galicia and calling for applications for the year 2026-2027 (Procedure Code MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Order of December 29, 2025, in which the regulatory bases of aid are established for the promotion of the contracting of agricultural insurance in the Autonomous Community of Galicia and are convened for the year 2026 (Procedure code MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Aid for investments in the processing and marketing of agricultural products co-financed by the European Agricultural Fund for Rural Development (EAFRD)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>ORDER of December 30, 2025, establishing the regulatory framework for competitive grants for reforestation investments with broadleaf and/or coniferous species, co-financed by the European Agricultural Fund for Development</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>ORDER of December 30, 2025 establishing the regulatory bases for aid, in competitive bidding, for the promotion and support of joint management forestry groups of forest producers, co-financed by the Eur Fund</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Regulations governing the procedure for granting aid for energy improvement projects, aimed at self-employed individuals and SMEs, within the territory of the Autonomous Community of Galicia</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>Regulatory framework and call for applications for 2024 for grants for unique projects to improve energy sustainability in companies in the industrial sector of the province of A Coruña,</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>resolution of March 18, 2024 establishing the regulatory bases for aid for new participation of farmers in quality regimes, co-financed with the European Agricultural Fund for Rural Development (EAFRD) within the framework of the development program</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Regulatory framework and call for grants for energy saving and efficiency projects in Galician companies for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>Regulatory framework for subsidies for energy storage infrastructure projects that promote the electrification of energy demand, for the year 2024, co-financed by the ERDF</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
+  </si>
+  <si>
+    <t>Resolution of December 16, 2025, of the Galician Energy Institute approving the regulatory framework for aid for energy saving and efficiency projects in Galician companies</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Resolution of December 23, 2026, of the Galician Energy Institute establishing the regulatory framework for aid for photovoltaic energy projects</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-03-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881947</t>
+  </si>
+  <si>
+    <t>Aid for improving the innovation capacity and technological development of companies in Galicia, “Ticket Innova” program for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Regulations governing aid for improving the innovation capacity of companies in Galicia, through the financing of activities integrated into design and innovation plans (Igape Innova program)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>Call for subsidies, under a competitive bidding system, for projects involving equipment for the use of renewable electrical energy and energy saving and efficiency in primary agricultural production companies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>AGREEMENT BETWEEN THE GALICIAN INSTITUTE FOR ECONOMIC PROMOTION (IGAPE) AND THE ASSOCIATION FOR THE DIGITALIZATION OF INDUSTRY IN GALICIAN (DIHGIGAL), TO CONTINUE THE FINANCING OF THE MANAGEMENT AND COORDINATION COSTS OF THE DIGITAL INNOVATION HUB</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>Regulatory bases Galicia Exporta Intermediate Bodies 2026, co-financed by the ERDF, non-competitive, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Regulatory bases for Ticket Innova 2026, non-competitive concurrence, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 for the regulatory bases of the aid for the improvement of the innovation capacity of companies in Galicia 2026-2027 under a competitive bidding system (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Reacciona 2026 regulatory framework, co-financed by the ERDF, non-competitive, agricultural de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the first vice-presidency and the department of the presidency, justice and sports and the council of non-governmental organizations available to the first transitional provision of decree 168/2008, dated 24 July, which is regulated as agr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Department of Economy, Industry and Innovation of the Xunta de Galicia and the Official Chamber of Commerce, Industry, Services and Navigation of Coruña for the development of a training plan for the commercial sector</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>Order of January 11, 2024 establishes the regulatory bases for the granting, in a competitive competition regime, of subsidies for digital transformation, innovation and modernization of the commercial and artisanal sector, and proceeds as follows</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Grants for investments in the processing, marketing and development of agri-food products. 2026 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Subsidies for the maintenance of agricultural and maritime activity aimed at Agricultural Cooperatives, Fishermen's Associations and Regulatory Councils of Protected Designations of Origin of the Serra de Tramuntana for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council of 18.11.2024, regarding the approval of the bases governing the granting of aid to promote sustainable practices in agricultural holdings in Menorca (CARB) and the corresponding call for the year 2024.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council of the Island Council of Menorca, dated 21.10.2024, regarding the approval of the collaboration agreement with the Island Livestock Cooperative of Menorca (COINGA) to carry out promotion and marketing activities - 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council of 17.11.2025, regarding the bases governing the granting of aid to promote sustainable practices in agricultural holdings in Menorca (CARB) and the corresponding call for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Call for aid for the recovery, maintenance and consolidation of the agricultural environment and agrobiodiversity on the island of Ibiza for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Agreement of the executive council in ordinary session of 23.09.2024, regarding the approval of the bases of the aid of the island council of Menorca for the Professional Agricultural Organizations (OPAs) and the corresponding call for 2024</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
+  </si>
+  <si>
+    <t>Agreement of the Executive Council, of September 23, 2024, regarding the approval of the bases of the aid of the Island Council of Menorca for the Health Defense Groups of Menorca (ADS) and the corresponding call for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>Call for aid for the promotion of employment and the improvement of the competitiveness of cooperatives, micro-cooperatives and worker-owned companies in the Balearic Islands for the years 2025 and 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Promotion of photovoltaic and micro-wind solar energy installations</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>Self-consumption subsidies and energy efficiency measures in homeowners' associations</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>Promotion of self-consumption actions with renewable energies and energy efficiency for SMEs</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Subsidies to promote self-consumption installations with renewable/thermal energy sources for individuals</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>Regulatory framework for the digital transformation of SMEs 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Call for aid aimed at the operation of innovative business groups in the Balearic Islands 2023</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Call for aid aimed at the operation of innovative business groups in the Balearic Islands 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Fisheries and Natural Environment for the public call for subsidies for environmental education activities in the Balearic Islands in favor of non-profit entities for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Fisheries and Natural Environment for the public call for subsidies for environmental education activities in the Balearic Islands in favor of non-profit entities for the year 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763152</t>
+  </si>
+  <si>
+    <t>Grants for predoctoral and postdoctoral researchers to undertake short stays outside the Balearic Islands</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Aid for the contracting of combined agricultural insurance in the Autonomous Community of the Balearic Islands corresponding to the 46th Combined Agricultural Insurance Plan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Aid to Cooperation Groups for innovation in agriculture, for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in the transformation, marketing and development of agri-food products for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Grants for the creation of businesses by young farmers. 2024 call for applications</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Aid for the contracting of combined agricultural insurance in the autonomous community of the Balearic Islands corresponding to the 45th combined agricultural insurance plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in agricultural holdings, corresponding to the year 2024. Second call</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Subsidies for the promotion of agricultural and food products under quality schemes. 2025 call for proposals</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Subsidies for the promotion of agricultural and food products under quality schemes. 2026 call for proposals</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
+  </si>
+  <si>
+    <t>Resolution of the Minister of Agriculture, Fisheries and Natural Environment approving the public call for subsidies to non-university educational centers in the Balearic Islands for environmental education activities for the 2023-24 school year</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>Aid for non-productive investments linked to the fulfillment of agri-environment and climate commitments, corresponding to the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Aid to the agricultural sector to feed livestock and ensure the continuity of farms in the Balearic Islands to cope with the 2024 drought - extraordinary purchase of feed</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>Aid to the agricultural sector to feed livestock and ensure the continuity of farms in the Balearic Islands to cope with the 2024 drought - sowing of certain crops</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Aid for improving energy efficiency in the design and development of processes and systems for packaging, storage, logistics and distribution of agricultural and agri-food products in their access to the HORECA channel, in the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>Agreement approving the terms and conditions for the call for aid for rural development on the island of Menorca for the year 2024, linked to projects related to the agricultural and/or environmental fields and framed within the Participatory Local Development Strategy 2014-2020 of Menorca</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Agreement approving the terms and conditions for the call for aid for rural development on the island of Menorca for the year 2024, linked to projects related to the agricultural and/or environmental fields and framed within the Local Development Strategy</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Aid for agricultural fairs and morphological competitions and de minimis aid for morphological competitions held by organizations or associations, for the year 2024 – MUNICIPAL COMPETITIONS</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>Aid for agricultural fairs and morphological competitions and de minimis aid for morphological competitions held by organizations or associations, for the year 2024 – COMPETITIONS ORGANIZATIONS/ASSOCIATIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>Aid for agricultural fairs and morphological competitions and de minimis aid for morphological competitions held by organizations or associations, for the year 2024 – AGRICULTURAL FAIRS of INCA AND SINEU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>Aid for plant protection groups to prevent plant pests by the year 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Aid intended to promote organic farming, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Aid intended for the payment of agri-environmental commitments for sustainable crops through the use of reclaimed water, for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 1.- FEDERATIONS AND COOPERATIVE UNIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 2.-PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Mallorca headquarters)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2025.- 3.-PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Headquarters Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Call for applications for aid for social enterprises and special employment centers directly or indirectly related to the agricultural and/or environmental sectors. LEADER aid for Ibiza and Formentera</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Agreement approving the call for aid for investments in agricultural holdings benefiting from the project Design and implementation of Strategic Business Management Plans for owners of young and recently established agricultural holdings</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>Aid for the year 2025 for the improvement of the production and marketing of beekeeping products corresponding to the Apicultural Sectoral Intervention - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Aid for the year 2025 for the improvement of the production and marketing of beekeeping products corresponding to the Apicultural Sectoral Intervention - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Aid for the year 2025 for the improvement of the production and marketing of beekeeping products corresponding to the Apicultural Sectoral Intervention - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Aid for the year 2025 for the improvement of the production and marketing of beekeeping products corresponding to the Apicultural Sectoral Intervention - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Aid to promote the production of quality agricultural products for the period 2026-2027 - 2026 CALL FOR APPLICATIONS</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870822</t>
+  </si>
+  <si>
+    <t>Aid to promote the production of quality agricultural products for the period 2026-2027 - 2027 CALL FOR APPLICATIONS</t>
+  </si>
+  <si>
+    <t>2026-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870829</t>
+  </si>
+  <si>
+    <t>Aid for plant protection groups to prevent plant pests by 2026</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
+  </si>
+  <si>
+    <t>Subsidies for non-productive forestry investments in forest damage prevention. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subsidies for non-productive forestry investments in forest damage prevention. 2026 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Grants for investments in the processing, marketing and development of agri-food products. 2025 Call for Proposals</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Aid for livestock health defense groups for the development of health programs corresponding to the year 2026 - BLUETONGINE -</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>Aid for livestock health defense groups for the development of health programs corresponding to the year 2026 -OTHER ACTIONS-</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>Aid for the contracting of combined agricultural insurance in the Autonomous Community of the Balearic Islands corresponding to the 47th Combined Agricultural Insurance Plan</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>Financial Instruments - INVESTMENT LOANS LINKED TO THE INTERVENTION OF YOUNG FARMERS - 1.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Financial Instruments - WORKING CAPITAL LOANS LINKED TO THE INTERVENTION OF YOUNG FARMERS - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Financial Instruments - INVESTMENT LOANS LINKED TO INVESTMENT INTERVENTION IN THE PROCESSING AND MARKETING OF AGRI-FOOD PRODUCTS - 3.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>Financial Instruments - WORKING CAPITAL LOANS LINKED TO INVESTMENTS IN THE PROCESSING AND MARKETING OF AGRI-FOOD PRODUCTS - 3.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876529</t>
+  </si>
+  <si>
+    <t>AID INTERVENTIONS IN THE FORM OF DIRECT PAYMENTS 2026 -3 -Supplementary aid for young farmers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883940</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2024.- 1.-UNIONS AND COOPERATIVE FEDERATIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763018</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2024.- 2.-PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Mallorca headquarters)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763043</t>
+  </si>
+  <si>
+    <t>Agreement approving the terms and conditions for the 2024 call for applications for rural development aid on the island of Mallorca, linked to projects related to the agricultural and/or environmental fields and framed within the Local Development Strategy</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>Resolution approving the call for applications to grant subsidies for carrying out projects advising workers and companies, in the preparation of workload studies and in the preparation of good practice procedures</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>PROG. EST. FOREIGN TRADE -MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>STRATEGIC PROGRAM FOR FOREIGN TRADE-MINIMIS-ACTIONS2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>CONSOLIDATION OF SELF-EMPLOYMENT (AUT) MINIMIS AGRO-FORESTRY</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>Support for commercial revitalization (DIN)</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>Comprehensive Business Consulting Agreement - Federation of Companies of La Rioja</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular and Trans.Energética (Reg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>TI4 Digitalization and Industry (Reg. Minimis 2023/2831)</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>LA RIOJA - ECONOMIC DEVELOPMENT AGENCY OF LA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Digital Twins. Challenge 1. Irrigation Twin</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>Order to offset marketing problems</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Aid for the establishment of the agricultural sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Aid for investments in agricultural holdings</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870764</t>
+  </si>
+  <si>
+    <t>Apidit agreement to promote innovative business activity - footwear sector</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>"Food+i Cluster Association" to boost competitiveness and innovation</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>CS challenges experimental development and innovation projects</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
+  </si>
+  <si>
+    <t>Promotion of agri-food SMEs (PAL) Reg. exemption 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Aid for quality schemes for agricultural and food products, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>GROWTH Program. Grant program to support the growth of innovative business projects in San Sebastián</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>EKINN+ 2025 PROGRAM: GUIDELINES FOR PARTICIPATION IN THE PROGRAM TO PROMOTE THE CREATION, GROWTH AND CONSOLIDATION OF NEW INNOVATIVE BUSINESS INITIATIVES.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>EKINN TALENT PROGRAM. AID PROGRAM TO PROMOTE THE HIRING OF QUALIFIED PROFILES TO DEVELOP INNOVATIVE PROJECTS IN COMPANIES AND ENTITIES IN SAN SEBASTIAN</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>TECHNOLOGY VOUCHERS PROGRAM. AID PROGRAM FOR TECHNOLOGY TRANSFER TO PROMOTE AND IMPROVE THE COMPETITIVENESS OF INNOVATIVE BUSINESS PROJECTS IN SAN SEBASTIÁN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>STRATEGY PROGRAM. SUPPORT PROGRAM FOR THE GROWTH OF INNOVATIVE BUSINESS PROJECTS IN SAN SEBASTIÁN.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>CALL FOR APPLICATIONS FOR YOUNG PEOPLE FOR RESEARCH PROJECTS - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>GRANTS FOR INVESTMENT IN INNOVATION OF ENTITIES TRAINING EMPLOYMENT 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova is aimed at undergraduate, master's and doctoral students of the University of Valencia during the 2023-2024 academic year.</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>Resolution of 25/04/2024, of the Asturian Agency for Science, Business Competitiveness and Innovation approving the call for subsidies for the Digital Transformation aid program, year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>Resolution of 7/4/2025, of the Asturian Agency for Science, Business Competitiveness and Innovation, approving the call for the granting of subsidies for the execution of R&amp;D projects in the Principality of Asturias for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to promote innovative entrepreneurship (Entrepreneur's Check) for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Resolution of May 3, 2024 of the Ministry of Rural Affairs and Agricultural Policy announcing aid to the Livestock Health Defense Groups (ADSG) recognized in the Principality of Asturias for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>Agreement authorizing subsidies to Agricultural Professional Organizations to help cover their operating expenses 2024</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>Resolution of July 17, 2024, calling for applications for Subsidies to Local Entities of the Ministry of Rural Affairs and Agricultural Policy, corresponding to the year 2024</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>Resolution of 10 December 2024 approving the call for advance expenditure of grants for advisory services in small and medium-sized agricultural holdings of the PA within the framework of the PEPAC 2023-2027 for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>2025 Grant Cooperation for the succession of agricultural holdings</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Resolution of April 7, 2025, of the Ministry of Rural Affairs and Agricultural Policy, approving the Regulatory Bases and the Call for Interventions in the form of direct payments to agriculture and livestock and of the Interventions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RESOLUTION of April 21, 2025, approving the call for subsidies for advisory services in small and medium-sized agricultural holdings in the Principality of Asturias carried out by ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolution of April 21, 2025, of the Ministry of Rural Affairs and Agricultural Policy, approving the call for subsidies to non-profit entities, for the purpose of holding agri-food product competitions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025 of the Ministry of Rural Affairs and Agricultural Policy, which calls for aid for non-productive investments in agricultural holdings of the Principality of Asturias linked to the mitigation-adaptation to climate change</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025, of the Ministry of Rural Affairs and Agricultural Policy, announcing aid for investments in the modernization and/or improvement of agricultural holdings within the framework of the strategic plan of the Common Agricultural Policy of Spain</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolution of December 4, 2025 of the Ministry of Rural Affairs and Agricultural Policy, which calls for aid for productive investments in agricultural holdings linked to contributing to the mitigation-adaptation to climate change, efficient use</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>AID FOR THE PROVISION OF REPLACEMENT SERVICES TO SMALL AND MEDIUM-SIZED AGRICULTURAL HOLDINGS IN THE PRINCIPALITY OF ASTURIAS 2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878436</t>
+  </si>
+  <si>
+    <t>2026 Grant Cooperation for the succession of agricultural holdings (advance expenditure)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879098</t>
+  </si>
+  <si>
+    <t>Resolution approving the call for aid for the provision of advisory services, 2026 call</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>RESOLUTION of May 27, 2024 approving the call for subsidies for advisory services in small and medium-sized agricultural holdings in the Principality of Asturias dedicated to the primary production of agricultural products</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
+  </si>
+  <si>
+    <t>Resolution of February 15, 2024 of the Ministry of Ecological Transition, Industry and Economic Development approving the call for subsidies for the improvement of competitiveness, innovation and digitalization of small and medium-sized businesses</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid intended for investment in agricultural holdings, within the framework of the CAP strategic plan, period 2023-2027, year 2023</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>Resolution of March 23, 2024 authorizing the call for subsidies to promote and encourage consumption in retail businesses in the Principality of Asturias through the Asturias Commerce Voucher</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>ORDER of 16 APRIL 2024 of the MINISTRY of WATER, AGRICULTURE, LIVESTOCK AND FISHERIES CONVENING, FOR THE YEAR 2024, THE AID FOR INVESTMENTS IN THE PROCESSING, MARKETING AND/OR DEVELOPMENT OF AGRI-FOOD PRODUCTS of the PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Order of July 31st from the Ministry of Water, Agriculture, Livestock and Fisheries announcing public aid for projects under the Galpemur Local Development Strategy in the Region of Murcia under the FEMPA program for 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>GRANTS INTENDED FOR LIVESTOCK HEALTH DEFENSE GROUPS OF THE REGION OF MURCIA FOR THE YEAR 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>Order of June 21, 2024, from the Ministry of Water, Agriculture, Livestock and Fisheries, announcing grants for the Regulatory Councils of Designations of Origin, Protected Geographical Indications and the Organic Farming Council. 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>Royal Decree 905/2022, of October 25, which regulates the Wine Sector Intervention within the framework of the Strategic Plan of the Common Agricultural Policy.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Call for aid for the exchange of knowledge and information activities, through activities for vocational training and acquisition of skills (7201), in the agricultural, agri-food, forestry and rural sectors, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>Order of February 17, 2025 from the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for the restructuring and conversion of vineyards in the Region of Murcia for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Order of March 18, 2025 from the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for the 2025 Green Harvest</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Call for aid aimed at rice farmers corresponding to the environmental and climate management commitments of the PEPAC 2023-2027 rural development intervention. Protection of the rice-growing area in the Region of Murcia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>Order of 16/04/2025, of the Ministry of Water, Agriculture, Livestock and Fisheries, 1st Call for aid for the granting of subsidies, intervention 7161 "Coop.Operational Groups of the European Association for Agricultural Innovation"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Order of May 6, 2025, from the Ministry of Water, Agriculture, Livestock and Fisheries, announcing subsidies for Agricultural Professional Organizations for the year 2025, to promote activities providing services to the agricultural sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Order of August 13, 2024 of the Ministry of Water, Agriculture, Livestock and Fisheries, approving the call for applications for the year 2024 for aid for intervention in the beekeeping sector of the Autonomous Community of the Region of Murcia.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>CALL FOR APPLICATIONS FOR THE AID LINE CORRESPONDING TO THE ENVIRONMENTAL AND CLIMATE MANAGEMENT COMMITMENTS OF THE FEADER PEPAC INTERVENTION (2023-2027), 6503 (ORGANIC AGRICULTURE), IN THE REGION OF MURCIA.</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to support external stays for predoctoral researchers in foreign centers</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Resolution of 20/12/2024 of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, of the call for aid to encourage innovation in the fields of Defense, Security and Reconstruction and Development, by regional companies.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Resolution of 29/12/2023 of the president of the Murcia region's development institute regarding the call for aid for energy efficiency actions in SMEs and large companies in the industrial sector.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Resolution of 01/04/2025 of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, regarding the call for applications for aid to participate in trade fairs, events and missions. Saudi Agriculture Fair. Saudi Arabia 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Resolution of 08/04/2025, from the Director of the Institute for the Promotion of the Region of Murcia, by delegation, regarding the multi-year call for aid to incentivize the contracting of innovation and competitiveness services. Internationalization Voucher.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolution of June 22, 2025, of the Director of the Institute for the Promotion of the Region of Murcia, by delegation, regarding the call for aid aimed at promoting innovation and entrepreneurship. Incubators.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolution of 24/05/2024 of the President of the Institute for the Promotion of the Region of Murcia, regarding the call for aid aimed at the entry of private investors into newly created innovative companies.</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
+  </si>
+  <si>
+    <t>Resolution of 24/05/2024, of the President of the Institute for the Promotion of the Region of Murcia, regarding the call for aid aimed at promoting innovation and entrepreneurship.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
+  </si>
+  <si>
+    <t>Aid for the modernization of tourist accommodations in the Region of Murcia and improvement of the areas of green and sustainable transition, energy efficiency and digital transition within the framework of the PRTR financed by the EU-NextG (MRR C14.I1.2)</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>Call for applications in 2024 for aid to industrial projects in the agri-food sector within the Strategic Project for the Recovery and Economic Transformation of the Agri-food Sector, within the framework of the Recovery, Transformation and Resilience Plan.</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>Exceptional grant 2023, Andalusian for promotion at points of sale of Andalusian agri-food products through the quality and promotion brand “taste of the south”.</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>SME Innova 2025 Call for Proposals - Seville Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Order of April 18, 2024, subsidies aimed at promoting integration and merger processes of agri-food associations. Line 1 - Aid for the promotion and encouragement of the integration of agri-food associations.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>Order of May 15, 2024, convening the aid for the production and marketing plans OPPcampaña 2024 - Non-profit entities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>Order of April 18, 2024, subsidies aimed at promoting integration and merger processes of agri-food associations. Line 2 - Aid to promote and encourage the merger of agri-food associations in Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>Royal Decree 905/2022, of October 25, regulating the Wine Sector Intervention within the framework of the Strategic Plan of the Common Agricultural Policy_Call 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Order of September 17, 2024, conv.2024-25, on aid aimed at the transfer of knowledge and information to farmers and livestock breeders through the holding of agricultural and livestock events related to olive groves</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>Order of September 24, 2024, which calls for aid for 2024-25 aimed at the transfer of knowledge and information to farmers and livestock breeders through the holding of widely disseminated technical workshops, PDRA 2014-22(Subm.1.2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>RESOLUTION of ** of ** of 2024 by which the aid for the year 2024 aimed at cooperation for the promotion of agricultural and food products in quality schemes is called (Intervention 7132)</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>ORDER of 10 JANUARY 2025, of the General Directorate of Agricultural and Livestock Production, by which aid is called for the execution of national veterinary programs by the Livestock Health Defense Associations of non-competitive concurrence</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Order of January 27, 2025, which makes the call for the year 2025 of subsidies corresponding to the operations of Organic Farming Maintenance of Dryland Fruit Trees and Irrigated Fruit Trees (6503.2), corresponding to the Interventions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Order of 28 January 2025, by which the call for the year 2025 of the subsidy for operation 10.1.14 Limestone amendment of the soil for prevention and control of root rot in dehesa formations of Measure 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Order of March 27, 2025, 2025 call for aid aimed at the execution, through the Livestock Health Defense Groups, of health programs that do not have community funding under a competitive bidding system</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Order of April 30, 2025, subsidies aimed at promoting integration and merger processes of agri-food associations. Line 1 - Aid for the promotion and encouragement of the integration of agri-food associations</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Order of April 30, 2025, subsidies aimed at promoting integration and merger processes of agri-food associations. Line 2 - Aid to promote and encourage the merger of agri-food associations in Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Resolution of May 8, 2025 announcing grants to organizations and entities representing the agricultural and rural development sector in Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Order of May 20, 2025, approving the regulatory bases for the granting of subsidies, under a competitive bidding system, aimed at owners of agricultural and livestock farms in municipalities affected by DANA 2024/2025 damage</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Order of December 16, 2025, which calls for applications for the year 2026 for aid aimed at the execution, through the Livestock Health Defense Groups, of health programs that do not have community funding.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025, of the Directorate General for Industries, Innovation and the Agri-food Chain, announcing grants for investments in the processing, marketing and/or development of agri-food products for the 2026 financial year. Intervention 68422-01 SMEs</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolution of December 19, 2025, of the Directorate General for Industries, Innovation and the Agri-food Chain, announcing the call for applications for 2026 for aid for investments in the processing, marketing and/or development of agri-food products. FRUITS AND VEGETABLES. SMEs</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>ORDER 21 JANUARY 2026 Aid for contracting Agricultural Insurance Combined Decree 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883398</t>
+  </si>
+  <si>
+    <t>Resolution of May 6, 2024, 2024 Call for Subsidies under non-competitive conc.reg. to representative organizations and entities of the agricultural and rural development sectors of Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>RESOLUTION of 29 MAY 2025, LINE 4.2 inclusion of Ordinary Company Lab. De Minimis Agricultural</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolution of May 24, 2024, of the DG Labor, Safety and Occupational Health by which the call for 2024 sub in rég.de conc.comp. a pyme for occupational risk prevention projects, Line 1: - minimi agricultural</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
+  </si>
+  <si>
+    <t>Resolution of May 24, 2024, of the DG Labor, Safety and Occupational Health by which the call for 2024 sub in rég.de conc.comp. a pyme for occupational risk prevention projects, Line 2: - minimi agricultural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
+  </si>
+  <si>
+    <t>Resolution of May 2, 2025, of the SGIM, by which the just transition incentives in the province of Almería are called for the tractor project «Innovation and sustainability in the auxiliary industry of Almería agriculture»</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolution of XX of XXX of 2025 announcing competitive grants for innovation projects developed by Technology Centers. Line 5 of the Order of February 10, 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RESOLUTION, of XX of XXXX of 2025, of the DG for the PROMOTION OF INNOVATION, CONVENING FOR THE 2025 FISCAL YEAR, IN COMPETITIVE CONTEST, THE GRANTING OF SUBSIDIES FOR INNOVATION PROJECTS BY CLUSTERS LINE 2 NON-STATE AID</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUTION, of XX of XXXX of 2025, of the DG of PROMOTION OF INNOVATION, WHICH CALLS FOR THE 2025 FISCAL YEAR, IN COMPETITIVE CONTEST, THE GRANTING OF SUBSIDIES FOR INNOVATION PROJECTS BY THE CLUSTERS LINE 2 R (EU) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUTION, of XX of XXXX of 2025, of the DG of PROMOTION OF INNOVATION, WHICH CALLS FOR THE 2025 FISCAL YEAR, IN COMPETITIVE CONTEST, THE GRANTING OF SUBSIDIES FOR THE ACQUISITION OF EQUIPMENT AND IMPROVEMENT OF INFRASTRUCTURE IN C.TECN. LINE 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Resolution of May 6, 2024, of the DGComercio, Conv2024, Subv.en rég.conc.comp.intended to promote the commercial and artisan association, to promote and revitalize small urban commerce and to promote crafts in Andalusia. -Commercial Sector</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>SATi - SME agreement with the Zaragoza Chamber of Commerce, Industry and Services</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Satipymes agreement with the Huesca Chamber of Commerce, Industry and Services</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Satipymes agreement with the Teruel Chamber of Commerce, Industry and Services</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>Resolution of March 18, 2024, Call for the XX edition of the Blas Infante Awards for Study and Research on Public Administration and Management.</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>ORDER EEI/319/2024, of March 27, which calls for aid for investment and improvement, as well as for the digitization of small businesses.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>ORDER EEI/ /2024, of July 1, which calls for applications for the aid corresponding to the “VOLVEREMOS” program for the promotion of small retail trade, for the commercial revitalization in the urban and rural areas of the Autonomous Community of Aragon</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>Order convening subsidies for the establishment of young farmers and for the modernization and/or improvement of agricultural holdings, within the framework of the CAP strategic plan for the period 2023-2027, for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>ORDER AGA/1365/2024, of November 14, approving the regulatory bases and the call for aid on damages to production and infrastructure of agricultural holdings as a result of torrential rains in 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…/2024, of December 5, which calls for subsidies aimed at the establishment of young farmers and modernization and/or improvement of agricultural holdings, within the framework of the CAP Strategic Plan, for the period 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>Order AGA/…/2024, of December 19, which calls for subsidies for the provision of agricultural advisory services, within the framework of the National Strategic Plan of the CAP 2023-2027, for Aragon, for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>ORDER AGA/268/2025, of March 6, which calls for subsidies in the field of cooperation for the operational groups of the European Innovation Partnership (EIP), within the framework of the National Strategic Plan of the CAP 23-27, for Aragon for 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>ORDER AGA/685/2025, of June 23, approving the regulatory bases and the call for aid on damages to production and infrastructure of agricultural holdings as a result of torrential rains 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Order AGA/XX/2025, of XX, which calls for subsidies for the contracting of agricultural insurance in the autonomous community of Aragon, for the year 2025 for the lines of the forty-sixth combined agricultural insurance plan (plan 2025)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025 of , WHICH CALLS FOR SUBSIDIES FOR PART OF THE COST OF CONTRACTING AGRICULTURAL INSURANCE FOR THE YEAR 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…/2025, of December 17, which calls for subsidies for the provision of agricultural advisory services, within the framework of the National Strategic Plan of the CAP 2023-2027, for Aragon, for the year 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDER AGA/…/2026, of January 23, which calls for subsidies aimed at the establishment of young farmers and the modernization and/or improvement of agricultural holdings, for the year 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883040</t>
+  </si>
+  <si>
+    <t>Order aga/1611/2023, of November 7, which establishes the bases for extraordinary aid granted for the financing of Aragonese agricultural holdings due to the drought and the sector's current problems, approves its open call for 2023-2024</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>ORDER EEI/ /2024, of May 21, which calls for aid for the year 2024 for carrying out actions in the field of foreign trade in the Autonomous Community of Aragon, carried out by Aragonese SMEs.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>Order AGA/ /2024, of October 7, which calls for subsidies for investments in processing facilities and in wine infrastructure, marketing structures and instruments, for the year 2025 (financial year 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Order of January 13, which establishes the rules for extraordinary aid granted for the financing of Aragonese agricultural cooperatives with economic difficulties as a result of the drought and the sector's cyclical problems, and approves its call for applications</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>ORDER of January 23, 2025, establishing the rules for extraordinary aid granted by the Autonomous Community to provide financial support to Aragonese agricultural cooperatives and approving its call for applications</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Order AGA/ /2025, of April 7, approving the call to supplement in 2025, charged to the FITE 2023 agreement, the subsidies granted under the Orders for agri-food industries 2022 and 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025 of August 26th, which calls for subsidies for investments in the transformation, marketing and development of agricultural products (agri-food industries), within the framework of PEPAC for the period 2023-2027 for the year 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Instrumental Call 2024. Directorate General of Science and Research. Department of Education, Science and Universities. Direct Subsidies. Consolidated text of the Aragon Subsidies Law approved by Legislative Decree 2/2023 of May 3.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>Order AGA/…/2024, of May 20, which calls for subsidies for the promotion and development of local sales of agri-food products in Aragon, for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2025, of January 20, for the submission of the single application for aid under the Common Agricultural Policy for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>ORDER/AGA/284/2025, of March 10, from the Minister of Agriculture, Livestock and Food, announcing subsidies aimed at improving the production and marketing of beekeeping products for the year 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>ORDER AGA/ /2026, of January 16, for the submission of the single application for the Common Agricultural Policy for the year 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882041</t>
+  </si>
+  <si>
+    <t>ORDER AGA/xxx/2024, of April 22, which calls for subsidies aimed at improving the production and marketing of beekeeping products, for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Government of Aragon and the Ecology and Development Foundation for the execution of the project "Energy advice for Aragonese households. General population"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Government of Aragon and the Aragonese Council of Official Chambers of Commerce, Industry and Services as a collaborating entity, for the management of aid for the modernization of private passenger and freight transport companies</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>General program contract between the Government of Aragon and the University of Zaragoza, for the allocation and financing of additional remuneration supplements linked to individual merits of the teaching and research staff of the University of Zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Collaboration agreement signed between the Aragonese employment institute and the official chambers of commerce, industry and services of Huesca, Teruel and Zaragoza, to carry out the “45+ program”.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Order of the Second Vice President and Minister of Economy, Employment and Industry, granting a subsidy to the Association of Deaf People of Zaragoza and Aragon (ASZA) to provide a job placement service for deaf people</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Order of the Vice President and Minister of the Presidency, Economy and Justice, announcing grants for business investment projects that promote research, development and industrial innovation in the province of Teruel. FITE 2023</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN THE GOVERNMENT OF ARAGON AND THE OFFICIAL CHAMBERS OF COMMERCE, INDUSTRY AND SERVICES OF HUESCA, TERUEL AND ZARAGOZA, FOR THE EXECUTION OF ACTIONS ON SMEs DERIVED FROM THE ARAGON CHAMBER COMPETITIVENESS PLAN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>ORDER of the Vice President and Minister of the Presidency, Economy and Justice of the Government of Aragon, approving the guidelines for grants for innovation projects, through the “Techfablab” initiative, within the framework of PRTR and its 2024 call</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>Order of May 16, 2025, from the Vice President and Minister of the Presidency, Economy and Justice of the Government of Aragon, which calls for aid to small and medium-sized enterprises for digitization actions.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>ORDER of the Vice President and Minister of the Presidency, Economy and Justice, dated February 4, 2026, calls for aid to investment projects of SMEs framed within the Just Transition Fund (JTF) period 2021-2027 in the province of Teruel</t>
+  </si>
+  <si>
+    <t>2027-08-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885046</t>
+  </si>
+  <si>
+    <t>Order of the Vice President and Minister of the Presidency, Economy and Justice of the Government of Aragon, dated February 4, 2026, announcing grants for attracting new businesses and supporting the growth of existing businesses in the province of Teruel</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-05-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885270</t>
+  </si>
+  <si>
+    <t>Grants for business investment projects that promote research, development, and industrial innovation in the province of Teruel. FITE 2022</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>ORDER of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing the call for applications for the 2026 campaign for Sub-Action I.4.1 “AID BY AREA”, of Action I.4 “AID TO TABLE POTATO PRODUCERS”</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869169</t>
+  </si>
+  <si>
+    <t>Order convening for the 2024 campaign action i.1. “aid to the marketing of fruits, vegetables, roots and tubers, flowers and live plants harvested in the Canary Islands”</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN THE DEPARTMENT OF SOCIAL WELFARE AND FAMILY AND THE UNIVERSITY OF ZARAGOZA, TO CARRY OUT A RESEARCH PROJECT THAT DEVELOPS A SYSTEM FOR MEASURING THE EMPLOYMENT INTEGRATION OF PEOPLE WITH DISABILITIES 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing the call for applications for the 2024 campaign for aid under ACTION III.2 “SUPPORT FOR THE CATTLE SECTOR”, SUB-ACTION III.2.5 “AID FOR REPLACEMENT IN DAIRY CATTLE WITH HEIFERS”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty convening Action III.1 “Aid for the supply of breeding animals of pure breeds or commercial breeds originating from the Community” for the 2025 campaign</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing the call for applications for the 2025 campaign for aid under sub-action III.2.4 "Aid for the import of calves intended for fattening"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty convening for the 2025 Campaign Action I.5 “Aid to traditional winter tomato producers” of the Community Support Program for Canary Island agricultural production</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing the call for applications for the 2024 campaign for aid under Action III.11 “Aid to local production of hen eggs”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty that calls for the 2024 Campaign, the aid of Action III.5 “Aid for human consumption of fresh beef, pork, rabbit, goat, sheep and chicken of local origin”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing the call for applications for the 2025 campaign for “aid for the production of quality honey from the native black bee breed”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing, for the 2025 campaign, the surface aid to aloe vera and olive producers.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY, CONVENING THE 2025 CAMPAIGN FOR AID PER HECTARE FOR THE MAINTENANCE OF VINE CULTIVATION INTENDED FOR THE PRODUCTION OF WINES WITH DESIGNATION OF ORIGIN</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>EXTRACT from the ORDER of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty announcing, for the 2025 campaign, the aid of Action III.2, support for the beef sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING THE AID FOR THE 2025 CAMPAIGN OF ACTION III.6 AID FOR THE PRODUCTION OF LOCAL GOAT AND SHEEP MILK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING THE AID FOR THE 2025 CAMPAIGN OF ACTION III.4 AID FOR THE PRODUCTION OF LOCAL CATTLE MILK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY CONVENING THE “AID TO PRODUCERS OF CERTAIN FORAGE CROPS” FOR THE 2026 CAMPAIGN, ACTION III.12 OF THE COMMUNITY PROGRAMME FOR SUPPORTING PRODUCTION</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869139</t>
+  </si>
+  <si>
+    <t>ORDER CONVENING APPLICATIONS FOR THE 2026 CAMPAIGN, FOR THE AID OF ACTION III.1 AID FOR THE SUPPLY OF BREEDING ANIMALS OF PUREBRED OR COMMERCIAL BREEDS ORIGINATING IN THE COMMUNITY</t>
+  </si>
+  <si>
+    <t>2005-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869672</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING THE AID TO PRODUCERS OF PGI BANANA FOR THE 2026 CAMPAIGN</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869845</t>
+  </si>
+  <si>
+    <t>ORDER CONVENING THE 2026 CAMPAIGN FOR ACTION I.1. MARKETING AID FOR FRUITS, VEGETABLES, ROOTS AND TUBERS, FLOWERS AND LIVE PLANTS HARVESTED IN THE CANARY ISLANDS AND SUB-ACTION I.4.2. MARKETING AID FOR TABLE POTATOES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK, FISHERIES AND FOOD SOVEREIGNTY ANNOUNCING ACTION I.5 - AID TO TRADITIONAL PRODUCERS OF WINTER TOMATOES FOR THE 2026 CAMPAIGN</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>ORDER CONVENING, FOR THE 2024 CAMPAIGN, THE AID PER SURFACE TO ALOE VERA AND OLIVE PRODUCERS, PROVIDED FOR IN ACTION I.8 OF THE COMMUNITY PROGRAMME FOR SUPPORT OF AGRICULTURAL PRODUCTIONS IN THE CANARY ISLANDS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>SUBSIDY FOR THE RECONSTRUCTION OF THE POTENTIAL AGRICULTURAL PRODUCTION OF LA PALMA VOLCANO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>3 Order from the Ministry of Agriculture granting direct aid for income losses due to Volcano, Bananas and Avocado</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>Subsidies to Professional Agricultural Associations in the Canary Islands</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>Subsidies for agri-environmental commitments on agricultural land and commitments and activities for the conservation of genetic resources (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Order convening subsidies for 2025 to support non-profit agricultural professional associations</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Call for applications for aid for the implementation of the digital bond issuance program for vulnerable groups</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock, Fisheries and Food Sovereignty regarding the subscription of Agricultural Insurance</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>PROJECT TO IMPROVE TRADITIONAL MARKETS IN THE CANARY ISLANDS AND/OR SUPPORT RURAL COMMERCE</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>Subsidy for an energy-sustainable air base project</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Fuencaliente Town Hall Grant - Innovative Projects for Demographic Challenge</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Assistance and Tutoring for the digital transformation of commerce in Gran Canaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Program to support digitalization and knowledge in the commercial sector</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>Call for applications for grants to improve digital skills in the Canary Islands population 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>Call for DIGINNOVA grants for the incorporation of young talent into companies and research centers in the Canary Islands</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>AECP Grant_Construction Digitization Plan 2024</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>ORDER CONVENING GRANTS TO SUPPORT INNOVATIVE BUSINESS GROUPS OR CLUSTERS FOR CARRYING OUT INNOVATION ACTIVITIES IN THE CANARY ISLANDS, FOR THE YEAR 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
+  </si>
+  <si>
+    <t>Call for applications for grants for digitalization projects in companies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>Decree No. 801/2024 of December 17, 2024 of the Vice President convening the Aid for Hydraulic Works Projects of Private Initiative and Agricultural Irrigation for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>GRANT FROM THE GARAFÍA TOWN COUNCIL FOR THE ISLAND PLAN FOR COMMERCIAL DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>ICCA Resolution, which calls for applications for the 2024 campaign for aid under Actions I.6 and I.7 of the Community Programme of support for agricultural production in the Canary Islands (POSEI)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>AGRO-ENVIRONMENTAL MANAGEMENT COMMITMENTS IN ORGANIC AGRICULTURE (6503) PROVIDED FOR IN THE PEPAC FRAMEWORK</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Regulatory framework and call for applications for grants for digital skills training (MRRR)</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>Call for aid for the establishment of young and new farmers in Cantabria in the year 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877067</t>
+  </si>
+  <si>
+    <t>Digital SME Call for Proposals 2024 – Cantabria Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>Order CTD/9/2024, of November 25, regulatory bases and call for subsidies for Energy Efficiency and Circular Economy Projects of Tourism Companies (C14.I4, action line 2), of the PRTR subject to Regulation (EU) 2023/2831</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>Order CTD/9/2024, regulatory bases and call for subsidies for Energy Efficiency and Circular Economy Projects of Tourism Companies (C14.I4, action line 2), of the PRTR subject to Regulation (EU) No. 651/2014 Commission 17/6/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>Call for aid for productive investments linked to contributing to climate change mitigation and adaptation, efficient use of natural resources and modernization and/or improvement in agricultural holdings in Cantabria.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Call for the first aid for investment projects in the transformation and marketing of agricultural products undertaken by the food industry and included in the strategic plan of the common agricultural policy of Cantabria 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>Resolution of the Councillor for Rural Development, Livestock, Fisheries and Food, dated April 24, 2024, announcing aid for the production and marketing of honey, within the framework of the apicultural sector intervention.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>ANNUAL PLAN for AGRICULTURAL INSURANCE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>Call for aid for the establishment of young and new farmers in Cantabria in 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>Call for aid to municipalities for the construction of new works and improvement of agricultural infrastructure 2024-2025, regulated by Order DES/25/2024, of August 14.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Order DES/07/2025, of February 24, 2025, which calls for the aid financed by the EAGF (European Agricultural Guarantee Fund) and EAFRD (European Agricultural Fund for Rural Development) included in the single application for the year 2025 and includes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Call for applications for aid to livestock health defense groups recognized in Cantabria for the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Call for aid for the production and marketing of honey, within the framework of the apicultural sector intervention.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Call for aid for the year 2025 to the Professional Agricultural Organizations and Agricultural Cooperatives of Cantabria for collaborating in the completion of the applications for the call for aid financed by the FEAGA and EAFRD</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
-[...2 lines deleted...]
-    <t>Aid for farms affected by drought and other adverse weather conditions during 2023 and 2024</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Call for aid for the establishment of young and new farmers in Cantabria in the year 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Call for aid for productive investments linked to contributing to climate change mitigation and adaptation, efficient use of natural resources and modernization and/or improvement in agricultural holdings in Cantabria 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871752</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Government of Cantabria, through the Ministry of Development, Territorial Planning and Environment, and the University of Cantabria for the promotion of research in the field of transport</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Government of Cantabria through the Ministry of Industry, Tourism, Innovation, Transport and Trade and the University of Cantabria for the promotion of research in consumer matters</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>Order announcing the aid for crafts in Cantabria 2024 (primary production of agricultural products)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Call for aid to agricultural association entities for collaboration in the provision of advisory services that includes technical-economic management, to agricultural holdings in the Autonomous Community of Cantabria for the year 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>ORDER IND/57/2024, of December 4, approving the Call for the year 2025 for aid to crafts in Cantabria (Primary production of agricultural products.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Order IND/39/2025, of August 20, approving the call for applications for subsidies for 2025 for trade associations and their federations and confederations, and retail cooperatives. Not subject to de minimis</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Aid to crafts in Cantabria for the year 2026 (Primary production of agricultural products)</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>Order IND/19/2024, of May 7, which calls for applications for the year 2024 for the INNOVA grant program.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>Resolution SOD/EMPLEA/23/24, of April 26, 2024, announcing the call for applications for the 2024 grant program “EMPLEA”. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>Resolution SOD/CERT/23/24, of April 26, 2024, announcing the 2024 call for applications for the grant program "CERTIFICATIONS FOR COMPETITIVE IMPROVEMENT AND ENTRY INTO NEW MARKETS". REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>RESOLUTION SOD/+TAL/23/24, of 20 MARCH 2024, ANNOUNCING THE “+ TALENTO. HIRING OF TECHNICAL AND COMMERCIAL STAFF” GRANT PROGRAM. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>Resolution SOD/TEC/23/24, of March 20, 2024, announcing the call for applications for the 2024 grant program for "R&amp;D Technical Personnel". REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>Resolution SOD/FER/23/24, of April 11, 2024, announcing the call for applications for the 2024 grant program for the “ORGANIZATION of BUSINESS FAIRS AND CONGRESSES IN CANTABRIA”. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Order of December 21, 2025 of the Ministry of Industry, Trade and Employment, which calls for subsidies for the year 2026 aimed at the acquisition of new industrial machinery in industrial companies of Castilla y León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Order of December 22, 2023, from the Ministry of Agriculture, Livestock and Rural Development, announces subsidies for the transformation and marketing of agricultural, forestry and food products, co-financed by EAFRD, line j01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>Resolution SOD/PLAN/24/24, of May 16, 2024, announcing the 2024 grant program for the implementation of business promotion plans for companies in Cantabria. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>Order of June 26, 2024 of the Ministry of Agriculture, G and DR calling for aid for the replacement of cattle as a result of their slaughter in application of official health programs for ruminant diseases.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>Subsidies for promoting the growth of agri-food cooperatives in the Community of Castile and León for the year 2024. General De Minimis. Order of 01/08/2024, of the Ministry of Agriculture, Livestock and Rural Development</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Subsidies for promoting the growth of agri-food cooperatives in the Community of Castilla y León for the year 2024. Agricultural de minimis. Order of August 1, 2024, of the Ministry of Agriculture, Livestock and Rural Development.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>Order of August 20, 2024 of the Ministry of Agriculture, Livestock and Rural Development, which calls for aid intended to promote Spanish native breeds.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>Order of October 23, 2024, from the Ministry of Agriculture, Livestock and Rural Development, which calls for subsidies for interest reduction in preferential subsidized loans formalized by owners of farms in CyL.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>Order of 21 October 2024, from the Ministry of Agriculture, Livestock and Rural Development, announcing the call for applications for the year 2024 for aid from the intervention aimed at promoting cooperation for the succession of agricultural holdings</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>Order of October 24, 2024, from the Ministry of Agriculture, Livestock and Rural Development, which calls for subsidies for the year 2024 to the most representative professional agricultural organizations in the Community of Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>Order of October 29, 2024 of the Ministry of Agriculture, which calls for subsidies for the construction, expansion or adaptation of feedlots or breeding centers for pure breeds of bovine, ovine or goat species.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock and Rural Development, of November 5, 2024, to promote the modernization of the agri-food industry and the just transition, Just Transition Fund Program - SMEs</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock and Rural Development, of 8/11/2024, announcing subsidies for investments in marketing and processing of fishery and aquaculture products - FEMPA Program - Line PA2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2024, from the Ministry of Agriculture, Livestock and Rural Development, which calls for aid for carrying out training, information and demonstration actions within the framework of the National Strategic Plan of the CAP of Spain.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>Order of January 27, 2025, from the Ministry of Agriculture, Livestock and Rural Development, which calls for interventions in the form of direct payments, rural development interventions and the establishment of common requirements.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Order of March 23, 2025 from the Ministry of Agriculture, Livestock and Rural Development, which calls for aid for vaccination against salmonella in laying hens in Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Order of March 21, 2025 of the Ministry of Agriculture, Livestock and Rural Development, which calls for aid for the restructuring and conversion of vineyards in the community of Castilla y León for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Order of April 8, 2025 from the Ministry of Agriculture, Livestock and Rural Development, which calls for aid for the green harvesting of vineyards in the Community of Castilla y León for the 2025 harvest.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Order of 22/04/2025 of the Ministry of Agriculture, Livestock and Rural Development, by which subsidies for transformation covered by Intervention 6842.1 (environmental objectives) of the PEPAC co-financed by the EAFRD - Line MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Order of May 19, 2025 of the Ministry of Agriculture, Livestock and Rural Development, which calls for aid intended for the control of milk yield to the entities officially recognized for carrying out milk control.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Order of May 23, 2025 from the Ministry of Agriculture, Livestock and Rural Development, which calls for aid aimed at promoting Spanish native breeds.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Order of May 26, 2025 of the Ministry of Agriculture, Livestock and Rural Development, which calls for subsidies for the subscription of agricultural insurance policies included in the Combined Annual Agricultural Insurance Plans.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Order of May 28, 2025 of the Ministry of Agriculture, Livestock and Rural Development by which the aids of the Apicultural Sectoral Intervention are called for the 2025 beekeeping campaign within the framework of the PEPAC 2023-2027 in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Order of May 23, 2025 of the Ministry of Agriculture, Livestock and Rural Development, which calls for aid aimed at promoting the breeding and registration of purebred specimens of Castile and León in the genealogical books.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Order of 12/08/2025, from the Ministry of Agriculture, Livestock and Rural Development, which calls for the year 2025 the aid for the promotion of the sizing of agri-food cooperatives, in the autonomous community of Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2025, from the Ministry of Agriculture, Livestock and Rural Development, announcing grants for training, information and demonstration activities within the framework of the PEPAC of Spain 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Order of May 27, 2024 of the Ministry of Agriculture, Livestock and Rural Development, which calls for applications for the 2024 beekeeping campaign, for the aid of the beekeeping sector intervention within the framework of the PEPAC 2023-2027 in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
+  </si>
+  <si>
+    <t>Order of May 28, 2024, from the Ministry of Agriculture, Livestock and Rural Development, which announces the call for applications for the year 2024 for aid intended for investments in collective frost protection equipment.</t>
+  </si>
+  <si>
+    <t>2024-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764435</t>
+  </si>
+  <si>
+    <t>Order of May 30, 2024 of the Ministry of Agriculture, Livestock and Rural Development, which calls for aid aimed at promoting the breeding and registration of purebred specimens of Castile and León in the genealogical books.</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
+  </si>
+  <si>
+    <t>Order of August 20, 2024, from the Ministry of Culture, Tourism and Sport, which calls for subsidies for energy efficiency and circular economy projects of tourism companies, financed by European funds next generation-eu MRR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>Order of May 8, 2024, from the Ministry of Agriculture, Livestock and Rural Development, calling for the incorporation of owners of agricultural holdings into the environmental and climate rural development interventions</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>Order of 12-December-2025 of the Ministry of Economy and Finance making the call for the year 2026 aimed at developing and improving the research and innovation capacities of the business fabric through the AAEEII of CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Order of January 25, 2024, from the Ministry of Industry, Commerce and Employment, which calls for subsidies intended to finance salary costs of workers with disabilities in special employment centers for the year 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>Order of May 7, 2024, from the Ministry of Industry, Trade and Employment, announcing subsidies aimed at modernization, digitization and improvement of trade management in Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Agreement of April 25, 2024, of the Junta de Castilla y León, authorizing the direct granting of subsidies to the Innovative Business Groups of Castilla y León VITARTIS and CYLSOLAR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>Order of April 5, 2024, from the Ministry of Industry, Trade and Employment, which calls for public subsidies for the year 2024 aimed at carrying out actions that contribute to workplace well-being in workplaces in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>Order of May 3, 2024, from the Ministry of Industry, Trade and Employment, announcing the subsidies for 2024 under the program to support the creation and employment of cooperatives and worker-owned companies. PROGRAM I.- INCORPORATION of MEMBERS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>Order of May 6, 2024, from the Ministry of Industry, Trade and Employment, which calls for subsidies aimed at the modernization of artisan companies in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>Order of July 11, 2024, from the Ministry of Industry, Trade and Employment, announcing subsidies for the organization of trade fairs in Castile and León</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2024, from the Ministry of Industry, Trade and Employment, which calls for subsidies aimed at the reactivation of local retail trade in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>Order of December 23, 2024, from the Ministry of Industry, Trade and Employment, which calls for subsidies aimed at promoting the commercial sector of Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>Order of May 7, 2025, from the Ministry of Industry, Trade and Employment, announcing the subsidies for the year 2025 of the program to support the creation and employment in cooperatives and worker-owned companies. Program II.- Investments</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Order of June 19, 2025, from the Ministry of Industry, Trade and Employment, announcing subsidies to promote succession planning in self-employment in Castile and León (Relevacyl Autoempleo). Year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Order of June 19, 2025, of the C. of Industry, Commerce and Employment, by which subsidies are called to promote the entrepreneurial spirit to guarantee productive renewal through the representative org. of self-employed and the social economy.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Order MAV/625/2025, of June 12, approving the regulatory bases and calling for subsidies for the digitalization of companies of first processing of wood and other timber products (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Order MAV/624/2025, of June 12, approving the regulatory framework and announcing grants for digital entrepreneurship projects and forestry startups in Castilla y León (RETECHFOR, PRTR, Next Generation EU funds)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Order of May 30, 2023 from the Ministry of Mobility and Digital Transformation announcing grants for the modernization of passenger and freight transport companies, within the framework of PRTR – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>Order MTD/879/2024, of September 6, which modifies Order MTD/683/2023 of May 23, approving the regulatory bases and approving the second call for aid for the issuance of vulnerable collective digital bonds in Castile and León financed by the EU (NextGen) MRR</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>Order of May 3, 2024, from the Ministry of Industry, Trade and Employment, announcing the subsidies for 2024 under the program to support the creation and employment of businesses in cooperatives and worker-owned companies. PROGRAM II.- INVESTMENTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>Subsidies aimed at promoting self-employment in Tierra de Campos. Agricultural de minimis. Reg.(EU)1408/2013. Resolution of 22/11/2024 of the President of the Executive Anchoring Committee of FAFECYL.</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>Call for aid for PRODUCTIVE projects of measure 7119.2 LEADER of the STRATEGIC PLAN of the COMMON AGRICULTURAL POLICY 2023-2027 IN CYL to be managed by the GAL ASSOCIATION of INTEGRAL RURAL DEVELOPMENT RIBERA DEL DUERO BURGALESA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>Call for aid for NON-PRODUCTIVE projects of measure 7119.2 Leader of the strategic plan of the common agricultural policy 2023-2027 in CYL to be managed by the GAL Association for rural and integral development ribera del duero burgalesa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>Call for grant applications for the financing of projects within the framework of Intervention 7119 LEADER of the National Strategic Plan of the Common Agricultural Policy (PEPAC) 2023-2027 of Spain, based on the Development Strategy of the AGALSA Group</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>Public aid for applications under measure 7119.3 LEADER of the Strategic Plan of the Common Agricultural Policy 2023-2027 in Castilla y León, managed by the Segovia Sur Local Action Group</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>Public aid for applications under measure 7119.4 LEADER of the Strategic Plan of the Common Agricultural Policy 2023-2027 in Castilla y León, managed by the Segovia Sur Local Action Group</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Call for grants to finance projects within the framework of Intervention 7119 LEADER of the National Strategic Plan of the Common Agricultural Policy (PEPAC) 2023-2027 of Spain, based on the Development Strategy of the LAG Association M</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>Resolution of September 25, 2023 of the president of the public employment service of Castilla y León, by which subsidies are called for the training program of employed workers in companies of strategic agri-food sectors 2023-2024.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>Support for scientific research projects and technology transfer, co-financed by the ERDF (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Subsidies aimed at financing the customized training program in companies with a dual nature for 2024. Agricultural companies. Reg.(EU) 1408/2013. Resolution of 15/05/2024 of the President of the Executive Committee for Employment Training of FAFECYL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>Resolution, of 10/05/2024, of the DG of Agriculture and Livestock, by which the call for aid to improve the conditions of production and marketing of honey in Castilla-La Mancha is made, for the 2024 beekeeping campaign</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Agriculture, Livestock and Rural Development, establishing provisions for the application of interventions in the form of direct payments financed by the European Agricultural Fund (EAGF), the single application and</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>Resolution, of 08/04/2025, of the General Directorate of Agriculture and Livestock, by which the call for aid of the Apicultural Sectoral Intervention in the framework of the Strategic Plan of the Common Agricultural Policy in Castilla-La Mancha is made, for the</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolution of 11/12/2025, of the DG of Agriculture and Livestock, by which the aid of the Intervention 6505.2 Activities of conservation, use and sustainable development of livestock genetic resources in Castilla-La Mancha is called in 2025</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Resolution of 07/01/2026 of the General Directorate of Agriculture and Livestock, by which the call for applications in 2026 for aid for applications for restructuring and conversion of vineyards in Castilla-La Mancha is made within the framework of the Intervention S</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Order of January 28, from the Ministry of Agriculture, Livestock and Rural Development, establishing provisions for the application of interventions in the form of direct payments financed by the European Agricultural Fund (EAGF), the application</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884030</t>
+  </si>
+  <si>
+    <t>Order xx/2024 of February 14, from the Ministry of Agriculture, Livestock and Rural Development, which regulates the obligation to remove winemaking by-products and specifies the regulatory bases for aid to the distillation of by-products.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>Resolution of 21/11/2024, of the General Directorate of Agri-food Production and Cooperatives, by which the aid to promote is called, under a competitive bidding system, by the advance processing procedure, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolution of 22/11/2024, of the General Directorate of Agri-food Production and Cooperatives, by which the aid for cooperation for information and promotion of the pr is called, by the advance processing procedure, for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Order of 24/02/2023, from the Ministry of Agriculture, Water and Rural Development, establishing the regulatory bases for the granting of aid for the modernization and transformation of irrigation systems in the territorial area of Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>Resolution, of 16/05/2024, of the General Directorate of Agriculture and Livestock, by which the call is made by the advance processing procedure, in 2024, of the extension of commitments of the incorporation in 2023 to the aid included in the</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>Resolution of 12/03/2024, aid to improve and/or modernize agricultural and livestock farms within the framework of intervention 6841.2 for young people who simultaneously apply for aid under intervention 6961.1 of the CAP Strategic Plan 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>Resolution of 17/12/2024, of the General Directorate of Rural Development, by which the aid for the establishment of young people in agriculture and investments for the improvement and are called for the year 2025, by the advance processing procedure.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Resolution, of 14/05/2024, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid for carrying out training activities of the sub-measures is called in 2024, by the advance processing procedure</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Order of bases for grants for training actions in digital skills, aimed preferably at women in rural areas, National Plan. Digital skills, of the PRTR, financed by the EU -Next Generation EU-, and call 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF SUSTAINABLE DEVELOPMENT, ESTABLISHING THE REGULATORY BASES FOR AID TO PROMOTE THE CREATION OF GROUPS OF PRIVATE FOREST OWNERS FOR JOINT MANAGEMENT WITHIN THE FRAMEWORK OF THE RECOVERY PLAN,</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>Decree 44/2024, of August 27, regulating the direct granting of subsidies for the hiring of young people within the framework of the My First Job Program, co-financed by the European Social Fund Plus. REG (EU) 1408/2013 Agric.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>Resolution of 25 April 2024 approving the call for subsidies for carrying out vocational training and employment projects within the company (Sectoral Line 5), for 2024. REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>Resolution of 05/03/2024, of the Ministry of Development, by which aid is called for actions of energy rehabilitation in homes and in existing residential buildings, in execution of the energy rehabilitation program for buildings and</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>Resolution of 23/12/2025, of the General Directorate of Rural Development, by which the aid for the establishment of young people in agriculture and investments for the improvement and/or</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolution of 21/08/2024, of the General Directorate of Agricultural Planning, by which the subsidies for the control of milk yield in Castilla-La Mancha are called for the year 2024</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Resolution of the General Directorate of Agricultural Planning, announcing the call for applications for aid to livestock health defense groups (ADSG) in Castilla-La Mancha for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
+  </si>
+  <si>
+    <t>Resolution of 18/12/2024, of the General Directorate of Agricultural Planning, by which the subsidies intended for the promotion of native Spanish breeds are called for in the year 2025, through the advance processing procedure.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolution of 18/12/2024, of the General Directorate of Agricultural Planning, by which subsidies for the control of milk yield in Castilla-La Mancha are called for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>ORDER OF THE MINISTRY OF AGRICULTURE, LIVESTOCK AND RURAL DEVELOPMENT, ESTABLISHING THE REGULATORY BASES OF THE EXCEPTIONAL AID TO MITIGATE THE REPERCUSSIONS ON LIVESTOCK FARMS AFFECTED BY SEROTYPE 3 OF THE LANGUAGE VIRUS</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>Resolution of 27/05/2025, of the General Directorate of Agricultural Planning, establishing the call for additional aid for the contracting of agricultural insurance in Castilla-La Mancha included in the forty-sixth Combined Agricultural Insurance Plan (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolution of the General Directorate of Agricultural Planning, which calls for subsidies for the control of milk yield in Castilla-La Mancha for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878072</t>
+  </si>
+  <si>
+    <t>Resolution of 30/05/2025, of the General Directorate of Agri-food Production and Cooperatives, by which the call is made, under de minimis regime, for in-kind aid for group participation in the stand that will be contracted by the Ministry of Agriculture, Livestock and Rural Development for attendance at the Fruit Attraction 2025 agri-food fair.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Resolution, of 18/11/2025, of the General Directorate of Agri-food Production and Cooperatives, by which the aid to promote lap is called, under a competitive concurrence regime, by the advance processing procedure, for the year 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Resolution of 16/12/2025, of the General Directorate of Agri-food Production and Cooperatives, by which the aid for information and promotion of agricultural and food products is called, under a competitive bidding system, for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Order xx/2024, of March 26, of the Ministry of Agriculture, Livestock and Rural Development, which establishes the regulatory bases for the direct granting of additional aid for the contracting of agricultural insurance in Castilla-La Mancha.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>Resolution of 22/04/2025, of the General Secretariat, by which the call is made, under a competitive bidding system, for the year 2025, for aid to professional agricultural organizations and non-profit associative entities, for</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Call for applications for 20 scholarships for enrollment in the 2025 summer course of the Vice-Rectorate for Culture, Sport and Social Commitment of the UCLM “Entrepreneurship in the veterinary and agricultural sector: opportunities and challenges” CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Resolution of 04/08/2025, of the Deputy Ministry of Common Agricultural Policy and Agri-environmental Policy, by which aid is called, under the de minimis regime, for the possession and maintenance of mastiff dogs for the defense and guarding of sheep and goats</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN AGRI-FOOD COOPERATIVES OF CASTILLA-LA MANCHA AND IPEX FOR THEIR INTERNATIONALIZATION</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>Call for applications for grants for projects to promote the social impact of knowledge from universities and other agents in the research, development and innovation system of Catalonia.</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>Grants for the investigation and recovery of soils owned by you that are affected by evidence of localized contamination or by industrial waste spills from an unknown cause.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>Grants for Green 2024 technological innovation projects</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>Subsidies for business competitiveness vouchers: Innovation 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Resolution of the Deputy Ministry of the Environment announcing grants for investments in forestry technologies and in the processing, mobilization and marketing of forestry products within the framework of the Rural Development Program of Ca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>Aid for the lines of the agricultural insurance plan (agroseguro)</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>Direct aid to agriculture and livestock and other aid schemes for the 2024 campaign</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>RESOLUTION opening the call for applications for grants in the field of commerce and services for the year 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Aid for the lines of the Agricultural Insurance Plan (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>De minimis aid for rice farms using certified seed by 2024</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>De minimis aid for the promotion of exports from the agri-food industries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>Aid for the conservation of agricultural genetic resources directed to conservation entities, within the framework of the CAP Strategic Plan 2023-2027 corresponding to 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Aid for investments in wine processing facilities and infrastructure and marketing 2024-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>Aid for the transformation of Catalan agri-food cooperatives and the promotion of competitiveness and environmental, social and economic sustainability (IMPULS.COOP) corresponding to 2025, 2026 and 2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Aid for the agricultural sector in the area of plant health 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Aid intended for agricultural holdings in response to the worsening conditions of the primary sector resulting from the armed conflict in Ukraine and the drought until 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>Aid to encourage applied research in the field of organic agri-food production</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>Aid to the Lines of the Agricultural Insurance Plan (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of the transformation of the Catalan agri-food system aligned with the Strategic Food Plan of Catalonia 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>De minimis aid to the agricultural sector to promote the transformation of the Catalan agri-food system aligned with the Strategic Food Plan of Catalonia 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>De minimis aid to promote the transformation of the Catalan agri-food system aligned with the Strategic Food Plan of Catalonia 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>De minimis aid from the sector of general economic interest to promote the transformation of the Catalan agri-food system aligned with the Strategic Food Plan of Catalonia 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>De minimis aid for the promotion and marketing of local sales in Catalonia</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>Aid for the development and validation of innovative treatments in the management of livestock manure corresponding to 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>De minimis adjustments to agricultural diversification associated with the global exploitation contract in the framework of the PDR in Catalonia 2023-2027 for any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Aid for the improvement of the transformation and marketing processes of agri-food products corresponding to the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Aid for investments in wine processing and marketing facilities 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
+  </si>
+  <si>
+    <t>Aid for the promotion of actions by forest defense groups (ADF) for the year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Aid for the conservation of agricultural genetic resources directed to conservation entities, within the framework of the CAP strategic plan 2023-2027 corresponding to 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Aid for the agricultural sector in the area of plant health 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871077</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871093</t>
+  </si>
+  <si>
+    <t>Aid to local entities for the drafting of the boundary plan and/or the forest fire prevention plan</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871847</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872116</t>
+  </si>
+  <si>
+    <t>Aid for the lines of the 2025 Agricultural Insurance Plan (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Aid to the financing line for actions to improve energy savings in facilities and equipment and for circular economy projects in establishments that provide tourist accommodation services in Catalonia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>Award for the best young innovative food artisan for the year 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Call for grant applications for the programming of live arts shows and professional visual arts activities at events of agritourism interest</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>Resolution EMT//2024, of, by which the advance call for the year 2025 is opened for the granting of subsidies to promote the hiring with training within the framework of the agricultural campaigns in Lleida (SOC - AGRICULTURAL CAMPAIGN IN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Employment incentives PICE Program Ceuta Chamber of Commerce 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>REGULATORY BASES FOR THE GRANTING OF SUBSIDIES AIMED AT FINANCING ENERGY EFFICIENCY AND CIRCULAR ECONOMY PROJECTS IN TOURISM COMPANIES IN THE AUTONOMOUS CITY OF CEUTA, WITHIN THE FRAMEWORK OF THE RECOVERY, TRANSFORMATION AND RESILIENCE PLAN.</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>Phase II regional offices energy transition</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN THE CITY OF MELILLA AND THE FOUNDATION INSTITUTO CAMERAL PARA LA CREACIÓN Y DESARROLLO de LA EMPRESA (INCYDE), FOR THE DEVELOPMENT OF THREE TRAINING AND SUPPORT PROGRAMS WITHIN THE "EMPRENde Y AVANZA" PROJECT.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>Decree of September 10, 2024, of the Delegate of the Government Area of Economy, Innovation and Finance, approving the public call for the granting of subsidies to persons affiliated to the special regime of self-employed workers</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Supplementary income support for young farmers 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882796</t>
+  </si>
+  <si>
+    <t>Digital solution startup awards Community of Madrid 2024</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>Aid to municipalities in the Community of Madrid for the development of commercial and trade fair promotion activities 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Energy efficiency program for SMEs and large companies in the industrial sector</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Supplementary aid for agricultural insurance in Madrid, policies from 01/01/24 to 31/10/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>COLLABORATION AGREEMENT BETWEEN THE CITY OF MELILLA AND THE CHAMBER INSTITUTE FOUNDATION FOR THE CREATION AND DEVELOPMENT OF THE COMPANY (INCYDE), FOR THE DEVELOPMENT OF THREE TRAINING AND SUPPORT PROGRAMS WITHIN THE "REACTIVATE YOUR FUTURE" PROJECT.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>AID TO THE ORGANIC FARMING COMMITTEE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>Aid for investments with environmental objectives in the agri-food industry. De minimis</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>Aid for the production and marketing of honey year 2024 FEAGA</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>Aid for investments with environmental objectives in the agri-food industry, co-financed by FEADESR and AGE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>AID FOR GROUPS OF INTEGRATED TREATMENT IN AGRICULTURE (ATRIAS) 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Supplementary aid for agricultural insurance in Madrid. Policies from 01/11/24 to 31/12/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Supplementary aid for agricultural insurance in Madrid. Policies from 01/01/25 to 31/12/25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Aid for Livestock Health Defense Groups - LINE A</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Aid for Livestock Health Defense Groups - LINE B</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Aid for Integrated Treatment Groups in Agriculture (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Supplementary income support for young farmers 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Aid for farmers of certain crops facing difficulties in the 2025 season</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AID FOR AGRICULTURAL PROFESSIONAL ORGANIZATIONS AND AGRICULTURAL COOPERATIVE UNION (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AID FOR AGRICULTURAL COOPERATIVES (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Aid for the Promotion of Investments in Agricultural Production Transformation and Other Minimis Investments</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>Aid for the Promotion of Investments in Agricultural Production Transformation by Association Entities. De Minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>Aid for the Promotion of Investments in the Transformation of Agricultural Products. Associated Entities</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>Resolution of the Biodiversity Foundation Directorate publishing the call for subsidies to carry out projects that contribute to environmental improvement in the agricultural and forestry field, and contribution to sustainable territorial development in Doñana.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>Resolution of the Directorate of the Biodiversity Foundation, approving the publication of a call for subsidies, to support projects approved within the framework of the LIFE program in the field of biodiversity and promotion of digitalization.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>Subsidies for agricultural, livestock and forestry insurance included in the 47th Combined Agricultural Insurance Plan</t>
+  </si>
+  <si>
+    <t>2027-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886334</t>
+  </si>
+  <si>
+    <t>“ICO Growth Exporters” Financing Line - De Minimis Agriculture</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-07-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886390</t>
+  </si>
+  <si>
+    <t>Resolution of February 5, 2026, from the Presidency of IVACE, announcing the call for applications for grants to companies for R&amp;D projects for the year 2026, with EU funding through the ERDF.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885694</t>
+  </si>
+  <si>
+    <t>Order of December 29, 2025 establishing the regulatory bases of the Galicia Suma Talento: Empléate Program of incentives for hiring in ordinary companies, and proceeding to its call for the year 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Order of December 29, 2025 establishing the regulatory bases for the granting of public subsidies, intended for the financing of the Investigo Program, for the hiring of young job seekers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Order of December 30, 2025 establishing the regulatory framework for the incentive program for companies classified as technology-based employment initiatives (IEBT), and announcing its call for applications for the year 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885510</t>
+  </si>
+  <si>
+    <t>Call derived from the regulatory bases of the aid to support the scientific activity of research groups in Catalonia (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Resolution of 10/02/2026 of the General Directorate of Agri-food Production and Cooperatives, which calls for aid for attendance at the World Olive Oil Exhibition (WOOE) agri-food fair for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886495</t>
+  </si>
+  <si>
+    <t>Order of February 4, 2026 of the CMAV and OT by which the compensatory premium for the year 2026 is called, co-financed by the EAFRD in the framework of PEPAC Spain 2023-2027, for afforestation files of agricultural land (1993-1999, 2000-2006 and 2007-2013)</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887418</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025 establishing funds for investments in forestry technologies, processing, mobilization and marketing of forestry products</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
+  </si>
+  <si>
+    <t>Direct payments to agriculture 2023/2027</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888025</t>
+  </si>
+  <si>
+    <t>Aid to sheep and goat farmers without pasture</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888029</t>
+  </si>
+  <si>
+    <t>Aid for extensive livestock farmers of suckler cows</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888038</t>
+  </si>
+  <si>
+    <t>Aid for sheep and goat farmers for meat</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888040</t>
+  </si>
+  <si>
+    <t>Aid for dairy farmers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888045</t>
+  </si>
+  <si>
+    <t>Aid for sheep and dairy goat farmers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888058</t>
+  </si>
+  <si>
+    <t>ORDER of February 13, 2026, which regulates the application of two direct payments to agriculture and livestock and the aid to rural development subject to the integrated management and control system (procedure codes MR250A, MR239G, MR239K, MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888126</t>
+  </si>
+  <si>
+    <t>2026 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADISMONTA</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888167</t>
+  </si>
+  <si>
+    <t>2026 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888474</t>
+  </si>
+  <si>
+    <t>RESOLUTION of February 19, 2026, of the Director of the Valencian Agency for Agricultural Development and Guarantee, approving the call for aid for the restructuring and conversion of vineyards in the Valencian Community for operations that finalize</t>
+  </si>
+  <si>
+    <t>2026-04-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888572</t>
+  </si>
+  <si>
+    <t>Aid to cover the price of diesel fuel consumed by agricultural producers, Articles 24 to 27 of Royal Decree-Law 20/2022. Year 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Water, Agriculture, Livestock and Fisheries approving the call for aid for the restructuring and conversion of vineyards in the Region of Murcia, for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888969</t>
+  </si>
+  <si>
+    <t>Resolution of 20/02/2026 of the General Directorate of Agricultural Planning, by which aid for the provision of advisory services in integrated pest management by the Ag is called, by the advance processing procedure, by the Ag</t>
+  </si>
+  <si>
+    <t>2026-03-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889012</t>
+  </si>
+  <si>
+    <t>Regulatory bases and call for subsidies for the subscription of agricultural insurance included in the Combined Insurance Plan of 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890287</t>
+  </si>
+  <si>
+    <t>Reinforcement of the Guarantee Programme for SMEs Year 2026 MRR Reg (EU) 2023/2831 de minimis, General</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890292</t>
+  </si>
+  <si>
+    <t>Reinforcement of the Guarantee Program for SMEs 2026 MRR Regulation (EU) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890304</t>
+  </si>
+  <si>
+    <t>Reinforcement of the Guarantee Program for SMEs 2026 REG (EU) 1408/2013 de minimis, Agricultural</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890274</t>
+  </si>
+  <si>
+    <t>Reinforcement of the Guarantee Program for SMEs 2026 REG (EU) 1408/2013 de minimis, Agricultural, Recovery and Resilience Facility (RRF)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890279</t>
+  </si>
+  <si>
+    <t>Reinforcement of the Guarantee Programme for SMEs Year 2026 REG (EU) 2023/2831 de minimis, General</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890291</t>
+  </si>
+  <si>
+    <t>Reinforcement of the Guarantee Program for SMEs 2026 Regulation (EU) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890300</t>
+  </si>
+  <si>
+    <t>Call for grants to improve the competitiveness of SMEs in the trade sector from 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890314</t>
+  </si>
+  <si>
+    <t>Order of the Vice President and Minister of the Presidency, Economy and Justice of the Government of Aragon, convening aid for small and medium-sized enterprises for digitization actions</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Subsidies to associative entities in the agricultural and food sector, for carrying out specific activities of special interest to the Spanish agri-food sector, as well as their integration into entities of European scope</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890368</t>
+  </si>
+  <si>
+    <t>2026 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>2026-06-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891006</t>
+  </si>
+  <si>
+    <t>2026 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891007</t>
+  </si>
+  <si>
+    <t>Order of February 28, 2026 from the Ministry of Agriculture, Livestock and Rural Development, which calls for aid for vaccination against salmonella in laying hens in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890367</t>
+  </si>
+  <si>
+    <t>Order of the Ministry of Water, Agriculture, Livestock and Fisheries approving the Call for Aid for the Establishment of Young Farmers, within the Framework of the Strategic Plan of the Common Agricultural Policy, Period 2023-2027</t>
+  </si>
+  <si>
+    <t>2026-05-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891315</t>
+  </si>
+  <si>
+    <t>2026 Aid: LEADER approach to investments in the processing and marketing of agricultural products. NO State Aid. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>2026-06-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889842</t>
+  </si>
+  <si>
+    <t>2026 Aid Leader approach to investments in the creation and development of non-agricultural businesses and activities in rural areas (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889844</t>
+  </si>
+  <si>
+    <t>Resolution of the General Directorate of Agricultural Planning announcing, under a competitive bidding system, for the year 2026, aid to compensate for the loss of profits of livestock farms in which a culling order has been imposed</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890551</t>
+  </si>
+  <si>
+    <t>Order IND/8/2026, of February 25, approving the call for subsidies aimed at promoting employment and improving competitiveness in cooperatives and worker-owned companies. Regulation (EU) 1408/2013 on De Minimis Agricola.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Order of February 27, 2025, from the Ministry of Industry, Trade and Employment, announcing subsidies for the financing of professional activity support units in special employment centers for the year 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>2026 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891005</t>
+  </si>
+  <si>
+    <t>2026 Aid: Leader approach to investments in the processing and marketing of agricultural products. State aid (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889841</t>
+  </si>
+  <si>
+    <t>Aid to companies in Navarre within the framework of the Europe+closer program in 2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-10-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889671</t>
+  </si>
+  <si>
+    <t>Aid to trade unions of workers in the agri-food sector for the development of their collaboration and representation activities before the General State Administration</t>
+  </si>
+  <si>
+    <t>2026-03-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890371</t>
+  </si>
+  <si>
+    <t>Aid for actions to promote the private forestry sector</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890417</t>
+  </si>
+  <si>
+    <t>Aid for the Energy Improvement of Buildings Intended for Municipal Public Service in Rural Areas for the YEAR 2026</t>
+  </si>
+  <si>
+    <t>2026-04-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890870</t>
+  </si>
+  <si>
+    <t>Call for applications for aid to municipalities for the construction of new works and improvement of agricultural infrastructure in 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890665</t>
+  </si>
+  <si>
+    <t>Extract from the Order of February 27, 2026 of the Ministry of Agriculture, Fisheries and Food announcing the “Foods of Spain Best Wines, year 2026” Award</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890573</t>
+  </si>
+  <si>
+    <t>ORDER AGA/XXX/2026, of XX of xxxx, of the Minister of Agriculture, Livestock and Food, by which subsidies are called for the improvement of the production and marketing of apiculture products, for the year 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Order of 26 February 2026 establishing the regulatory bases for aid intended for young farmers, within the framework of the Strategic Plan of the Common Agricultural Policy of Spain 2023-2027, co-financed by the European Fund</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891035</t>
+  </si>
+  <si>
+    <t>COMPETITIVE GRANTS LINE A FOR THE DEVELOPMENT OF ACTIVITIES OF GENERAL INTEREST CONSIDERED TO BE OF SOCIAL INTEREST, IN THE FIELD OF SCIENTIFIC AND TECHNICAL RESEARCH AND ENVIRONMENTAL PROTECTION IN MATTERS OF STATE COMPETENCE. ANNUAL 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>Order of April 27, 2023, from the Ministry of Agriculture, Fisheries and Food, announcing the grants of Royal Decree 388/2021, of June 1, intended for obtaining SAEC guarantees in the agri-food and fisheries sector.</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>Order of April 27, 2023, from the Ministry of Agriculture, Fisheries and Food, announcing the grants established by Royal Decree 388/2021, of June 1, for obtaining SAEC guarantees in the agri-food and fisheries sector. Agri-food industry sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>Subsidies for inland aquaculture insurance included in the 44 combined agricultural insurance scheme</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>Subsidies for marine aquaculture insurance included in the 44 combined agricultural insurance scheme</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>Order of November 15, 2023, of the map, by which the subsidies of Royal Decree 388/2021, of June 1, are called for the obtaining of SAEC guarantees in the agri-food and fisheries sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>Subsidies for agricultural, livestock and forestry insurance included in the 45th combined agricultural insurance plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL COOPERATION AGREEMENT BETWEEN THE GENERALITAT, THROUGH THE MINISTRY OF AGRICULTURE, LIVESTOCK AND FISHERIES AND THE UNIVERSITY OF ALICANTE, FOR THE IMPLEMENTATION OF SUBSIDIZED TRAINING PRACTICES DURING THE YEAR 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>Resolution of May 14, 2024, of the (FEGA), by which the subsidies for advisory services of supra-regional scope, intended for the agri-food and forestry sector, within the framework of the PEPAC, are announced in advance.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>Order of April 29, which calls for applications for the 2024 financial year for the Cultiva program, relating to training stays for young farmers in model farms</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>National Agricultural Machinery Fleet Renewal Plan (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Order of October 30, 2024, from the MAPA, which calls for the subsidies of Royal Decree 388/2021, of June 1, intended to obtain SAECA guarantees in the agri-food and fisheries sector.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>Extraordinary aid for the renewal of agricultural machinery, approved by article 26 of Royal Decree-Law 7/2024</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>Order of December 26, 2024, of the MAPA, by which the subsidies of article 6 of Royal Decree-law 4/2022, of March 15, intended to subsidize the principal of credits to owners of agricultural holdings (DANA 2024).</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Extract from the Order of 13 March 2025 of the Ministry of Agriculture, Fisheries and Food announcing the “Foods of Spain Best Wines, year 2025” Award</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extract from the Order of 17 March 2025 of the Ministry of Agriculture, Fisheries and Food convening the “Foods of Spain Award for the Best Spirit Drink with Geographical Indication, year 2025”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extract from the Order of April 7, 2025 of the Ministry of Agriculture, Fisheries and Food, which announces the "Foods of Spain to the Best Hams" Award, year 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolution of April 25, 2025 of the Spanish Agricultural Guarantee Fund (FEGA), which calls for aid for material or immaterial investments in the transformation, marketing or development of agri-food products PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Aid for the preparation and implementation of innovation projects of general interest by supra-regional operational groups of the European Innovation Partnership for Agricultural Productivity and Sustainability (EIP-Agri), within the framework of the Strategic Plan of the CAP of Spain (PEPAC)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+  </si>
+  <si>
+    <t>Multi-regional training programs 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>National Agricultural Machinery Fleet Renewal Plan (PLAN RENOVE) for the year 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
   </si>
   <si>
     <t>2025-07-18</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...20 lines deleted...]
-    <t>Order of July 21, 2025, of the Ministry of Water, Agriculture, Livestock, and Fisheries, approving the 2025 call for intervention aid in the beekeeping sector of the Autonomous Community of the Region of Murcia.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
+  </si>
+  <si>
+    <t>Extract from the Order of February 3, 2025 of the Ministry of Agriculture, Fisheries and Food announcing the “Foods of Spain, year 2025” Award</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Resolution of March 27, which calls for applications for the 2025 financial year for the Cultiva program, relating to training stays for young farmers in model farms</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Extract from the Order of 13 January 2026 of the Ministry of Agriculture, Fisheries and Food announcing the “Foods of Spain, year 2026” Award</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
+  </si>
+  <si>
+    <t>Resolution of November 17, 2025, of the FEGA, by which subsidies are announced in advance for the performance of applied research projects in the beekeeping sector and its products within the ISA, within the PEPAC framework.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolution of December 16, 2025, of the FEGA, by which the subsidies for advisory services of supra-regional scope are called in advance within the framework of the PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Extraordinary aid to compensate for damage to productive infrastructure on farms affected by the DANA storm. List C.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>Extraordinary aid to compensate for damage to productive infrastructure on farms affected by the DANA storm. List A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Subsidies for agricultural, livestock and forestry insurance included in the 46th Combined Agricultural Insurance Plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Innovative agriculture intervention in the desert for resilient livelihoods (idfrl)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>2023 Philippines. Provision of electricity from renewable sources in Palawan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Support for public policies that create employment through entrepreneurship, research, and innovation. Being a creative entrepreneur, phase II</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Call for applications for a grant from the Ethiopian Ministry of Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>Resolution of May 22, 2025 of the Presidency of the Centre for Technological Development and Innovation EPE (CDTI), approving the call for the year 2025 for aid intended for R&amp;D projects Science and Innovation Missions.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Order of November 24, 2025 approving the 2025 call for aid to public-private collaboration projects (aid for non-economic activities of research bodies).</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>ICO Line of Guarantees Response Plan to Damage Caused by Isolated Depression at High Levels (DANA) - III -. Regulation (EU) 2022/2472 Agriculture Investment</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>ICO Line of Guarantees Response Plan to Damage Caused by Isolated Depression at High Levels (DANA) – IV - Regulation (EU) 2022/2472 Agriculture Disaster</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>ICO Line of Guarantees Response Plan to Damage Caused by Isolated Depression at High Levels (DANA) - Regulation (EU) 1408/2013 – De Minimis Agricultural Sector</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>“First National Awards for Educational Experiences that Promote Students’ Digital Competence”</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>No late payment interest accrues during the first 6 months for deferrals of tax debt payments under Article 8.2 of Royal Decree-Law 6/2024. Agriculture. Year 2024</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>Aid to cover the price of diesel fuel consumed by agricultural producers, Articles 24 to 27 of Royal Decree-Law 20/2022. Year 2024</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>Reduction in 2024 of the net income calculated by the objective estimation method in Personal Income Tax of article 11 of Royal Decree-Law 7/2024. Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>Reduction in 2024 of the fee accrued for current operations of the simplified regime of the Value Added Tax of article 11 of RD.law 7/2024. Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>Reinforcement of the guarantee program for agricultural SMEs 2024 mrr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>DIRECT LINE of INNOVATION LINKED TO CUTTING-EDGE AEROSPACE AND HEALTH SECTORS, WITHIN THE FRAMEWORK of the RECOVERY, TRANSFORMATION AND RESILIENCE PLAN, FUNDED BY THE EUROPEAN UNION “NEXT GENERATION EU”</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>Call for proposals for grants aimed at promoting open innovation through the "Activa Startups" initiative, within the framework of the Recovery, Transformation and Resilience Plan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>Call for applications for 2025 for aid to support innovative business groups in order to improve their competitiveness and their contribution to strategic autonomy</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Program for the Promotion of Agricultural Employment in Andalusia and Extremadura. Projects for the Generation of Stable Employment 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>SEPE-LOCAL CORPORATIONS GRANTS 2024 of the AGRICULTURAL EMPLOYMENT PROMOTION PROGRAM</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>2024 Agricultural Employment Promotion Program for Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>Resolution of April 30, 2024 of the EOI Foundation, FSP, which calls for aid to promote the national innovative entrepreneurial ecosystem within the Program to Promote the Innovative Entrepreneurial Ecosystem within the framework of the PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>2024 Agricultural Employment Promotion Program for Projects Generating Stable Employment</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
+  </si>
+  <si>
+    <t>Program for the Promotion of Agricultural Employment. Income Guarantee Projects 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>Program for the Promotion of Agricultural Employment in Andalusia and Extremadura 2024 (Cadiz) - Projects generating stable employment</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>STATE - MINISTRY OF LABOUR AND SOCIAL ECONOMY - PROVINCIAL DIRECTORATE OF THE SEPE OF CASTELLÓ/CASTELLÓN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025. Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>2025 Agricultural Employment Promotion Program for Income Guarantee Projects</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>2025 Agricultural Employment Promotion Program for Projects Generating Stable Employment</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>GRANTS PROGRAM FOR THE PROMOTION OF AGRICULTURAL EMPLOYMENT 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>PROGRAM FOR THE PROMOTION OF AGRICULTURAL EMPLOYMENT IN DEPRESSED RURAL AREAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025 (Stable Employment)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025 (Income Guarantee)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Program for the Promotion of Agricultural Employment in Depressed Rural Areas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAM FOR THE PROMOTION OF AGRICULTURAL EMPLOYMENT IN DEPRESSED RURAL AREAS (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...632 lines deleted...]
-    <t>2025-04-29</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAM FOR THE PROMOTION OF AGRICULTURAL EMPLOYMENT JAÉN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764318</t>
+  </si>
+  <si>
+    <t>GRANTS PROGRAM FOR THE PROMOTION OF AGRICULTURAL EMPLOYMENT CCE 2024 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763362</t>
+  </si>
+  <si>
+    <t>Agricultural Employment Promotion Program 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764051</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764127</t>
+  </si>
+  <si>
+    <t>Addendum to the resolution of September 28, 2023, from ICEX Spain Export and Investment, EPE, announcing the call for applications for grants for group participation in the IWF 2024 trade fair - Atlanta (USA) August 6-9, 2024</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>Resolution of November 23, 2023 of ICEX Spain Export and Investment, EPE, announcing the call for applications for grants for group participation in the Kind &amp; Jugend 2024 trade fair - Cologne (Germany) September 3-5, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>Resolution of January 25, 2024 of ICEX Spain Export and Investment, EPE, announcing the call for applications for grants for group participation in IDEOBAIN-INTERCLIMA 2024 Paris (France) from September 30, 2024 to October 3, 2024</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>Resolution of 25 January 2024 of ICEX Spain Export and Investment, EPE by which the granting of aid for group participation in the AMB (International Exhibition for Metal Working) Stuttgart (Germany) 10 to 14 September 2024 is called</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>Resolution of January 25, 2024 of ICEX Spain Export and Investment, EPE, announcing the call for applications for grants for group participation in the IMTS (International Manufacturing Technology Show) Chicago, USA, September 9-14, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>Resolution of 25 January 2024 of ICEX Spain Export and Investment, EPE by which the granting of aid for group participation in the fair (International Sheet Metal Working Technology Exhibition) Hannover 22 to 25 October 2024 is called</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>Resolution of March 21, 2024 of ICEX Spain Export and Investment, EPE by which the granting of aid for Group Participation in the AGRIEXPO Fair - Lima (PERU) - October 23 to 25, 2024 is called</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>Resolution of April 25, 2024 of ICEX Spain Export and Investment, EPE by which the granting of aid for Group Participation in the INTERSOLAR 2024 Fair - Munich (GERMANY) - June 19 to 21, 2024 is called</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>Resolution of March 21, 2024 of ICEX Spain Export and Investment, EPE by which the granting of aid for Group Participation in the SAUDI AGRICULTURE 2024 Fair is called - Riyadh (SAUDI ARABIA) - October 21 to 24, 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Program for the Promotion of Agricultural Employment. Projects Generating Stable Employment 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>Resolution of epe red.es by which aid is called for the digitization of communities of property, civil companies with commercial purpose, professional civil companies and jointly owned agricultural holdings of segment i, ii, iii.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>Resolution epe red.es of the call for aid to digitize joint ownership communities, civil companies with commercial purpose, professional civil companies and jointly owned agricultural holdings. Segment i, ii, iii. Agricultural sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Resolution epe red.es of the call for aid to digitize joint ownership communities, civil companies with commercial purpose, professional civil companies and jointly owned agricultural holdings. Segment i, ii, iii. Fishing sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>Resolution of the EPE Red.es call for applications for grants to digitize joint ownership communities, civil partnerships with a commercial purpose, professional civil partnerships and jointly owned agricultural holdings. Segment I, II, III. Sector SIEG</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>Call for applications for the "UNICO Demanda Bono PYME" Connectivity Voucher Program. Agricultural sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>Resolution of the EPE Red.es announcing grants for the digitalization of companies in segment IV (between 50 and fewer than 100 employees) and segment V (between 100 and fewer than 250 employees). Digital Kit Program. Agricultural sector.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>Second call for applications for the aid program for the digitalization of irrigation within the framework of the PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the Biodiversity Foundation and the Azti-Azti Foundation, for the execution of actions included in the LIFE15 IPE/ES/012 project “Integrated, innovative and participatory management of the Natura 2000 network in the marine environment</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Agreement between the Ministry of Agriculture, Livestock, Fisheries and Sustainable Development and the Biodiversity Foundation, for the implementation of actions included in the LIFE15 IPE/ES/012 project “Integrated, innovative and participatory management of the Natura 20 network</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Collaboration agreement between the biodiversity foundation and the Ministry of Agriculture, Livestock, Fisheries and Sustainable Development for the execution of actions included in the life project marbled teal (life19 nat/es/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>Program 1 Innovative projects of agrivoltaic installations with storage (INNOVATIVE RENEWABLE ENERGIES) within the framework of the Recovery, Transformation and Resilience Plan, financed by the European Union-Next Generation EU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>ORDER CONVENING GRANTS FOR THE FINANCING OF INNOVATIVE PROJECTS FOR TERRITORIAL TRANSFORMATION AND THE FIGHT AGAINST DEPOPULATION, PROMOTED BY NON-PROFIT ENTITIES, DURING THE YEAR 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>AID FOR PROMOTING INVESTMENTS IN AGRICULTURAL PRODUCTION TRANSFORMATION AND OTHER INVESTMENTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>INVESTMENT AID WITH ENVIRONMENTAL OBJECTIVES AGRI-FOOD INDUSTRY</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Aid for the incorporation of new farmers. 2025 Call for Applications</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AID FOR INVESTMENTS, MODERNIZATION AND/OR IMPROVEMENT OF AGRICULTURAL HOLDINGS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>Aid for the production and marketing of honey, year 2025, FEAGA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>Resolution of 04/22/2025, of the General Secretariat, by which the call is made, under a competitive regime, for the year 2025, for aid to professional agricultural organizations and non-profit associative entities, for</t>
-[...206 lines deleted...]
-    <t>AID FOR THE PROMOTION, PROCESSING AND MARKETING OF FISHING PRODUCTS</t>
+    <t>SUPPORT FOR THE PROMOTION, PROCESSING AND MARKETING OF FISH PRODUCTS</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
   </si>
   <si>
-    <t>Resolution of May 15, 2025, of the director of the Valencian Agency for Agricultural Development and Guarantee, calling for aid for cooperation within the framework of rural development interventions of the Strategic Plan for the year 2025</t>
-[...95 lines deleted...]
-    <t>EAFRD aids to promote afforestation of agricultural lands, Madrid 2025</t>
+    <t>EAFRD aid for promoting afforestation of agricultural land Community of Madrid 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>AID TO COMPANIES SEC AGR.GANAD.FOREST AND INDUST DESARR PROY INV 2025</t>
-[...1766 lines deleted...]
-    <t>2025-06-10</t>
+    <t>FEADER.AID FOR ORGANIC AGRICULTURE AND LIVESTOCK.PEPAC.PROG 2025-29 AND ANNUAL</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>Order of May 23, 2025, of the Ministry of Agriculture, Livestock, and Rural Development, announcing grants for the promotion of breeding and registration of purebred Castilian and León horses in genealogical records.</t>
-[...323 lines deleted...]
-    <t>EAFRD AID FOR THE INCORPORATION OF YOUNG FARMERS, CALL FOR 2025</t>
+    <t>EAFRD AID FOR YOUNG FARMERS ENTERING THE FARM - 2025 CALL FOR APPLICATIONS</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>ORDER AGA/685/2025, of June 23, approving the regulatory bases and the call for aid for damage to agricultural production and infrastructure as a result of torrential rains in 2025.</t>
-[...776 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+    <t>Order of December 30, 2025 establishes the regulatory bases for the call for applications for the year 2026 for aid for studies and investments linked to the conservation, recovery and rehabilitation of natural and cultural heritage and sensitivity.</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Forest reforestation, truffle and pine nut production.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886505</t>
+  </si>
+  <si>
+    <t>Resolution of 10/02/2026, of the General Directorate of Agricultural Planning, by which the subsidies for the year 2026 are called for the promotion of Spanish native breeds.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886491</t>
+  </si>
+  <si>
+    <t>Resolution of February 9, 2026, convening for the year 2026 the aid aimed at supporting the provision of advisory services (Intervention 7202.06. advice for young farmers) provided for in the Order of April 8</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886458</t>
+  </si>
+  <si>
+    <t>Call for applications for aid for sustainable forest management on privately owned land for the year 2026 corresponding to the restoration of forest damage</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886517</t>
+  </si>
+  <si>
+    <t>Promoting ecosystem services in sustainable forest management.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885626</t>
+  </si>
+  <si>
+    <t>Resolution, of 05/02/2026, of the General Directorate of Agriculture and Livestock, by which the call for aid of the Apicultural Sectoral Intervention is made within the framework of the Strategic Plan of the Common Agricultural Policy (Pepac) in Castilla-La Mancha.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885714</t>
+  </si>
+  <si>
+    <t>Resolution of December 30, 2025, convening aid for the valorization, second transformation and eco-innovation of forest products and the digitization of the second transformation and eco-innovation of forest products</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Resolution of December 31, 2025, establishing and announcing the grants for the organization of non-regulated training activities and dissemination activities that promote knowledge and competitiveness of the forestry industry</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>To livestock owners, make movements through livestock trails esp.natur.</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885888</t>
+  </si>
+  <si>
+    <t>Aid for resilient agroforestry landscape projects for the years 2026-2028</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>Call for applications for 2026, for the 2025 financial year, for the granting of subsidies under line 2 to social enterprises for the implementation of actions to improve employment and the labor market integration of groups at risk of social exclusion</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Order of December 29, 2025, establishing the regulatory framework for the Aid Program to implement workplace equality, work-life balance and corporate social responsibility (CSR), and announcing its call for applications for the year 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
   </si>
   <si>
     <t>Resolution of December 30, 2025 approving the regulatory bases for the granting of IA360 aid aimed at promoting business innovation in competitive competition (IG408M)</t>
   </si>
   <si>
-    <t>2026-01-17</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-03-17</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
   </si>
   <si>
-    <t>Resolution of December 30, 2025 for the regulatory bases of the aid for the improvement of the innovation capacity of companies in Galicia 2026-2027 under a competitive bidding system (IG408L)</t>
-[...3545 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+    <t>Resolution of December 29, 2025, of the Galician Institute of Consumer Affairs and Competition, call for aid to associations to carry out actions of information, mediation, advice and assistance during the year 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>Order of February 27, 2026 from the Ministry of Agriculture, Livestock and Rural Development, which calls for applications for the year 2026 for aid to official milk yield control activities in Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890132</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in agricultural holdings in the nut sector. 2027 Call for Proposals</t>
+  </si>
+  <si>
+    <t>2027-05-03</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892725</t>
+  </si>
+  <si>
+    <t>Resolution of March 9, 2026, of the Ministry of Rural Affairs and Agricultural Policy, by which the aid of the Interventions in the form of direct payments to agriculture and livestock and of the Rural Development Interventions within</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2026 - PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Mallorca headquarters)</t>
+  </si>
+  <si>
+    <t>2026-05-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891942</t>
+  </si>
+  <si>
+    <t>Aid for the professional agricultural sector of the Balearic Islands 2026.- PROFESSIONAL AGRICULTURAL ORGANIZATIONS (Menorca headquarters)</t>
+  </si>
+  <si>
+    <t>2026-05-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891944</t>
+  </si>
+  <si>
+    <t>Extract from the Order of 9 March 2026 of the Ministry of Agriculture, Fisheries and Food announcing the “Foods of Spain Award for the Best Spirit Drink with Geographical Indication, year 2026”</t>
+  </si>
+  <si>
+    <t>2026-04-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892012</t>
+  </si>
+  <si>
+    <t>Resolution of March 9, 2026, of the Regional Ministry of Rural Affairs and Agricultural Policy, announcing the call for applications for aid under the Interventions in the form of direct payments and Rural Development Interventions. Conv 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Aid for the Promotion of Investments in Agricultural Production Transformation, Other Investments, Minimis Investment</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892711</t>
+  </si>
+  <si>
+    <t>Aid for the Promotion of Investments in Agricultural Transformation and Production Entities. Minimis Association</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892712</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in agricultural holdings in the nut sector. 2026 Call for Proposals</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892719</t>
+  </si>
+  <si>
+    <t>Call for Aid for the Production and Marketing of Honey, within the Framework of the Apicultural Sectoral Intervention for the YEAR 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>2026 Call for the aid line of the Strategic Plan of the Common Agricultural Policy for Spain (PEPAC) 2023-2027 called “6501.4 - Beekeeping for biodiversity in the Autonomous Community in the Region of Murcia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892923</t>
+  </si>
+  <si>
+    <t>Resolution of March 13, 2026, Subsidy Order of April 9, 2025 Line 4.2. Subsidies to private companies in the ordinary labor market for each participant they hire during the three months following the end of the Agricultural De Minimis itinerary</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Subsidies for investments in physical assets in non-productive actions to be carried out in the socio-economic influence zones of the protected natural spaces of Aragon, within the framework of the Strategic Plan of the Common Agricultural Policy, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>2026-04-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893201</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893304</t>
+  </si>
+  <si>
+    <t>Aid for the Promotion of Investments in Agricultural Production Transformation and Other Sectors</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893306</t>
+  </si>
+  <si>
+    <t>Silvicultural actions, improvement of the forest road network and agroforestry actions.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8351,66 +8219,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1015"/>
+  <dimension ref="A1:H988"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H1015"/>
+      <selection activeCell="A1" sqref="A1:H988"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="566.148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="332.633" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -8424,25525 +8292,25181 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>132</v>
+        <v>76</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>146</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>197</v>
+        <v>176</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="C64" s="1"/>
       <c r="D64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>208</v>
+        <v>195</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="C67" s="1"/>
       <c r="D67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="C68" s="1"/>
       <c r="D68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="C69" s="1"/>
       <c r="D69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>187</v>
+        <v>204</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="C70" s="1"/>
       <c r="D70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>180</v>
+        <v>204</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="C71" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="D71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>226</v>
+        <v>204</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G73" s="1"/>
+      <c r="G73" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C78" s="1"/>
+        <v>235</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>236</v>
+      </c>
       <c r="D78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>250</v>
+        <v>238</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>251</v>
+        <v>239</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>264</v>
+        <v>252</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>265</v>
+        <v>253</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>266</v>
+        <v>254</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>235</v>
+        <v>256</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>235</v>
+        <v>259</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>261</v>
+        <v>12</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>261</v>
+        <v>12</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="C91" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>261</v>
+        <v>12</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>261</v>
+        <v>31</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>57</v>
+        <v>282</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G93" s="1"/>
       <c r="H93" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>85</v>
+        <v>286</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G94" s="1"/>
       <c r="H94" s="1" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G99" s="1"/>
       <c r="H99" s="1" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G101" s="1"/>
       <c r="H101" s="1" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G103" s="1"/>
       <c r="H103" s="1" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G104" s="1"/>
       <c r="H104" s="1" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G106" s="1"/>
       <c r="H106" s="1" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G107" s="1"/>
       <c r="H107" s="1" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G108" s="1"/>
       <c r="H108" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G109" s="1"/>
       <c r="H109" s="1" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G110" s="1"/>
       <c r="H110" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G111" s="1"/>
       <c r="H111" s="1" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>333</v>
+        <v>159</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G112" s="1"/>
       <c r="H112" s="1" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G113" s="1"/>
       <c r="H113" s="1" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G114" s="1"/>
       <c r="H114" s="1" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="C115" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D115" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G115" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H115" s="1" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="C116" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>286</v>
+        <v>12</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="C117" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D117" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G117" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H117" s="1" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="C118" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="C119" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="C120" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>357</v>
+        <v>213</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>358</v>
+        <v>214</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-      <c r="C122" s="1"/>
+        <v>353</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>354</v>
+      </c>
       <c r="D122" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="F122" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G122" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="C124" s="1"/>
+        <v>361</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>362</v>
+      </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G125" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H125" s="1" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="B126" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D126" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G126" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H126" s="1" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>382</v>
+        <v>40</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>200</v>
+        <v>377</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G128" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H128" s="1" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>370</v>
+        <v>63</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G130" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H130" s="1" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="B131" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>174</v>
+        <v>402</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B136" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H136" s="1" t="s">
         <v>407</v>
-      </c>
-[...16 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>174</v>
+        <v>409</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>9</v>
+        <v>417</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>9</v>
+        <v>421</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H141" s="1" t="s">
         <v>426</v>
-      </c>
-[...13 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B142" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>389</v>
+        <v>434</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>392</v>
+        <v>439</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>392</v>
+        <v>361</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>410</v>
+        <v>213</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="C149" s="1"/>
       <c r="D149" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>261</v>
+        <v>24</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>437</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="C150" s="1"/>
       <c r="D150" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>454</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="C151" s="1"/>
       <c r="D151" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>459</v>
+      </c>
+      <c r="C152" s="1"/>
       <c r="D152" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>441</v>
+        <v>462</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>442</v>
+        <v>463</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>441</v>
+        <v>466</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>174</v>
+        <v>466</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G155" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H155" s="1" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G156" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H156" s="1" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G157" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H157" s="1" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>430</v>
+        <v>485</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>371</v>
+        <v>486</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>464</v>
+        <v>143</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>371</v>
+        <v>489</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>479</v>
+        <v>490</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>480</v>
+        <v>491</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>174</v>
+        <v>492</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>400</v>
+        <v>493</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>483</v>
+        <v>412</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>395</v>
+        <v>496</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G162" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H162" s="1" t="s">
-        <v>484</v>
+        <v>497</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>485</v>
+        <v>498</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>486</v>
+        <v>499</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>410</v>
+        <v>500</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>9</v>
+        <v>504</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>491</v>
+        <v>506</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>492</v>
+        <v>504</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>434</v>
+        <v>507</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>495</v>
+        <v>99</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>499</v>
+        <v>459</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>410</v>
+        <v>459</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G168" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H168" s="1" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>505</v>
+        <v>275</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>404</v>
+        <v>518</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>506</v>
+        <v>519</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>507</v>
+        <v>520</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>505</v>
+        <v>521</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>200</v>
+        <v>522</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>174</v>
+        <v>525</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>417</v>
+        <v>481</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>379</v>
+        <v>529</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>514</v>
+        <v>531</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>417</v>
+        <v>532</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>515</v>
+        <v>533</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>516</v>
+        <v>534</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>517</v>
+        <v>535</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>410</v>
+        <v>536</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>396</v>
+        <v>537</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>518</v>
+        <v>538</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>519</v>
+        <v>539</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>520</v>
+        <v>540</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>521</v>
+        <v>541</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>522</v>
+        <v>542</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>523</v>
+        <v>543</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>524</v>
+        <v>544</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>396</v>
+        <v>545</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>525</v>
+        <v>546</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>526</v>
+        <v>547</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>9</v>
+        <v>548</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>465</v>
+        <v>549</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>527</v>
+        <v>550</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>528</v>
+        <v>551</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>529</v>
+        <v>510</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>530</v>
+        <v>552</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>531</v>
+        <v>553</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>535</v>
+        <v>557</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>536</v>
+        <v>558</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>537</v>
+        <v>559</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>538</v>
+        <v>214</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>540</v>
+        <v>561</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>257</v>
+        <v>239</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>541</v>
+        <v>417</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>542</v>
+        <v>562</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>543</v>
+        <v>563</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>544</v>
+        <v>445</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>545</v>
+        <v>564</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>546</v>
+        <v>565</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>547</v>
+        <v>566</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>545</v>
+        <v>568</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>548</v>
+        <v>569</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>549</v>
+        <v>570</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>550</v>
+        <v>567</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>551</v>
+        <v>568</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>545</v>
+        <v>574</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>556</v>
+        <v>576</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>557</v>
+        <v>573</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>558</v>
+        <v>574</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>559</v>
+        <v>577</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>560</v>
+        <v>578</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>561</v>
+        <v>442</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>562</v>
+        <v>579</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="B188" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>567</v>
+        <v>583</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>577</v>
+        <v>588</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>580</v>
+        <v>591</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>581</v>
+        <v>592</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="C195" s="1"/>
       <c r="D195" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>594</v>
+        <v>143</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>595</v>
+        <v>387</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>598</v>
+        <v>607</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>558</v>
+        <v>610</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>566</v>
+        <v>402</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>595</v>
+        <v>617</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>561</v>
+        <v>99</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>545</v>
+        <v>259</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>614</v>
+        <v>99</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>580</v>
+        <v>259</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>620</v>
+        <v>36</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>562</v>
+        <v>631</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>588</v>
+        <v>552</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>551</v>
+        <v>239</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>53</v>
+        <v>631</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>630</v>
+        <v>434</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>632</v>
+        <v>589</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>53</v>
+        <v>590</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>566</v>
+        <v>591</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>606</v>
+        <v>559</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>580</v>
+        <v>643</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>587</v>
+        <v>650</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>588</v>
+        <v>609</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>643</v>
+        <v>445</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>630</v>
+        <v>564</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>580</v>
+        <v>655</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>646</v>
+        <v>31</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>57</v>
+        <v>603</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>580</v>
+        <v>658</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>646</v>
+        <v>31</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>651</v>
+        <v>63</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>630</v>
+        <v>664</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>658</v>
+        <v>412</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>658</v>
+        <v>412</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>630</v>
+        <v>673</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>135</v>
+        <v>567</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>666</v>
+        <v>49</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>669</v>
+        <v>473</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>670</v>
+        <v>49</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>669</v>
+        <v>48</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>588</v>
+        <v>49</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>676</v>
+        <v>276</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>679</v>
+        <v>63</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>680</v>
+        <v>655</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>591</v>
+        <v>189</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B227" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H227" s="1" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C229" s="1"/>
+        <v>699</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>700</v>
+      </c>
       <c r="D229" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>54</v>
+        <v>685</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>694</v>
+        <v>361</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>562</v>
+        <v>362</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>600</v>
+        <v>705</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>652</v>
+        <v>533</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>658</v>
+        <v>712</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>697</v>
+        <v>713</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>703</v>
+        <v>714</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>704</v>
+        <v>715</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>557</v>
+        <v>716</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>551</v>
+        <v>717</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>705</v>
+        <v>718</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>706</v>
+        <v>719</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>557</v>
+        <v>716</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>551</v>
+        <v>717</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>708</v>
+        <v>721</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>594</v>
+        <v>717</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>711</v>
+        <v>723</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>709</v>
+        <v>383</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>594</v>
+        <v>724</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>712</v>
+        <v>725</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>713</v>
+        <v>726</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>709</v>
+        <v>383</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>594</v>
+        <v>724</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>714</v>
+        <v>727</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>715</v>
+        <v>728</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>716</v>
+        <v>729</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>717</v>
+        <v>730</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>718</v>
+        <v>731</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>719</v>
+        <v>732</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>57</v>
+        <v>729</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>580</v>
+        <v>730</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>720</v>
+        <v>733</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>721</v>
+        <v>734</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>727</v>
+        <v>738</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B244" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="C244" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D244" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>565</v>
+        <v>729</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>573</v>
+        <v>730</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>740</v>
+        <v>729</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>594</v>
+        <v>730</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>743</v>
+        <v>485</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>594</v>
+        <v>749</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>746</v>
+        <v>485</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>580</v>
+        <v>749</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="B250" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="C250" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D250" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G250" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H250" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>683</v>
+        <v>757</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G251" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H251" s="1" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G252" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H252" s="1" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>749</v>
+        <v>763</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G253" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H253" s="1" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>749</v>
+        <v>763</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G254" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H254" s="1" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>749</v>
+        <v>770</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G255" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H255" s="1" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>757</v>
+        <v>775</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G256" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H256" s="1" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>749</v>
+        <v>778</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>757</v>
+        <v>779</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G257" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H257" s="1" t="s">
-        <v>766</v>
+        <v>780</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>767</v>
+        <v>781</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>749</v>
+        <v>778</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>757</v>
+        <v>779</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G258" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H258" s="1" t="s">
-        <v>768</v>
+        <v>782</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>769</v>
+        <v>783</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>749</v>
+        <v>784</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>757</v>
+        <v>785</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G259" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H259" s="1" t="s">
-        <v>770</v>
+        <v>786</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>771</v>
+        <v>787</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>749</v>
+        <v>788</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>757</v>
+        <v>788</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G260" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H260" s="1" t="s">
-        <v>772</v>
+        <v>789</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>773</v>
+        <v>790</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>749</v>
+        <v>788</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>757</v>
+        <v>788</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G261" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H261" s="1" t="s">
-        <v>774</v>
+        <v>791</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>775</v>
+        <v>792</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>749</v>
+        <v>788</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>757</v>
+        <v>788</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G262" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H262" s="1" t="s">
-        <v>776</v>
+        <v>793</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>777</v>
+        <v>794</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>749</v>
+        <v>466</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>683</v>
+        <v>466</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G263" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H263" s="1" t="s">
-        <v>778</v>
+        <v>795</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>779</v>
+        <v>796</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>749</v>
+        <v>503</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>683</v>
+        <v>504</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G264" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H264" s="1" t="s">
-        <v>780</v>
+        <v>797</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>781</v>
+        <v>798</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>749</v>
+        <v>706</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>683</v>
+        <v>799</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G265" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H265" s="1" t="s">
-        <v>782</v>
+        <v>800</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>783</v>
+        <v>801</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>749</v>
+        <v>802</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>784</v>
+        <v>803</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G266" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H266" s="1" t="s">
-        <v>785</v>
+        <v>804</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>786</v>
+        <v>805</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>787</v>
+        <v>806</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>318</v>
+        <v>807</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G267" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H267" s="1" t="s">
-        <v>788</v>
+        <v>808</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>787</v>
+        <v>682</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>318</v>
+        <v>810</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G268" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H268" s="1" t="s">
-        <v>790</v>
+        <v>811</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>791</v>
+        <v>812</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>787</v>
+        <v>567</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>318</v>
+        <v>474</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G269" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H269" s="1" t="s">
-        <v>792</v>
+        <v>813</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>793</v>
+        <v>814</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>787</v>
+        <v>815</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>318</v>
+        <v>816</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G270" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H270" s="1" t="s">
-        <v>794</v>
+        <v>817</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>795</v>
+        <v>818</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>787</v>
+        <v>819</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>318</v>
+        <v>276</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G271" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H271" s="1" t="s">
-        <v>796</v>
+        <v>820</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>797</v>
+        <v>821</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>787</v>
+        <v>819</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>318</v>
+        <v>276</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G272" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H272" s="1" t="s">
-        <v>798</v>
+        <v>822</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>799</v>
+        <v>823</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>787</v>
+        <v>510</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>318</v>
+        <v>552</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G273" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H273" s="1" t="s">
-        <v>800</v>
+        <v>824</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>801</v>
+        <v>825</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>787</v>
+        <v>510</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>318</v>
+        <v>552</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G274" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H274" s="1" t="s">
-        <v>802</v>
+        <v>826</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>803</v>
+        <v>827</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>43</v>
+        <v>510</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>804</v>
+        <v>552</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>805</v>
+        <v>828</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>806</v>
+        <v>829</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>807</v>
+        <v>774</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>808</v>
+        <v>830</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>809</v>
+        <v>831</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>810</v>
+        <v>832</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>811</v>
+        <v>213</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>812</v>
+        <v>214</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G277" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H277" s="1" t="s">
-        <v>813</v>
+        <v>833</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>814</v>
+        <v>834</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>811</v>
+        <v>213</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>812</v>
+        <v>214</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G278" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H278" s="1" t="s">
-        <v>815</v>
+        <v>835</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>816</v>
+        <v>836</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>811</v>
+        <v>837</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>812</v>
+        <v>838</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G279" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H279" s="1" t="s">
-        <v>817</v>
+        <v>839</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>818</v>
+        <v>840</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>811</v>
+        <v>841</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>812</v>
+        <v>842</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G280" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H280" s="1" t="s">
-        <v>819</v>
+        <v>843</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>820</v>
+        <v>844</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>811</v>
+        <v>845</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>812</v>
+        <v>846</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G281" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H281" s="1" t="s">
-        <v>821</v>
+        <v>847</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>822</v>
+        <v>848</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>823</v>
+        <v>845</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>749</v>
+        <v>846</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G282" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H282" s="1" t="s">
-        <v>824</v>
+        <v>849</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>825</v>
+        <v>850</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>123</v>
+        <v>851</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>533</v>
+        <v>730</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>826</v>
+        <v>852</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>827</v>
+        <v>853</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>123</v>
+        <v>854</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>533</v>
+        <v>380</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G284" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H284" s="1" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>829</v>
+        <v>856</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>659</v>
+        <v>854</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>830</v>
+        <v>380</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G285" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H285" s="1" t="s">
-        <v>831</v>
+        <v>857</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>832</v>
+        <v>858</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>749</v>
+        <v>859</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>683</v>
+        <v>860</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G286" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H286" s="1" t="s">
-        <v>833</v>
+        <v>861</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>834</v>
+        <v>862</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>749</v>
+        <v>863</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>683</v>
+        <v>864</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G287" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H287" s="1" t="s">
-        <v>835</v>
+        <v>865</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>836</v>
+        <v>866</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>749</v>
+        <v>867</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>683</v>
+        <v>868</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G288" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H288" s="1" t="s">
-        <v>837</v>
+        <v>869</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>838</v>
+        <v>870</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>749</v>
+        <v>867</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>683</v>
+        <v>868</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G289" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H289" s="1" t="s">
-        <v>839</v>
+        <v>871</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>840</v>
+        <v>872</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>749</v>
+        <v>867</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>683</v>
+        <v>868</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G290" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H290" s="1" t="s">
-        <v>841</v>
+        <v>873</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>842</v>
+        <v>874</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>749</v>
+        <v>875</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>683</v>
+        <v>466</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G291" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H291" s="1" t="s">
-        <v>843</v>
+        <v>876</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>844</v>
+        <v>877</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>749</v>
+        <v>878</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>683</v>
+        <v>879</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G292" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H292" s="1" t="s">
-        <v>845</v>
+        <v>880</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>846</v>
+        <v>881</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>749</v>
+        <v>882</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>683</v>
+        <v>883</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>847</v>
+        <v>884</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>848</v>
+        <v>885</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>749</v>
+        <v>886</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>683</v>
+        <v>717</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G294" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H294" s="1" t="s">
-        <v>849</v>
+        <v>887</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
-        <v>850</v>
+        <v>888</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>749</v>
+        <v>806</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>683</v>
+        <v>889</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G295" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H295" s="1" t="s">
-        <v>851</v>
+        <v>890</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>852</v>
+        <v>891</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>749</v>
+        <v>892</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>683</v>
+        <v>893</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G296" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H296" s="1" t="s">
-        <v>853</v>
+        <v>894</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>854</v>
+        <v>895</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>749</v>
+        <v>896</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>683</v>
+        <v>897</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G297" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H297" s="1" t="s">
-        <v>855</v>
+        <v>898</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>856</v>
+        <v>899</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>749</v>
+        <v>259</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>683</v>
+        <v>647</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G298" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>857</v>
+        <v>900</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>858</v>
+        <v>901</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>749</v>
+        <v>40</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>683</v>
+        <v>236</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G299" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H299" s="1" t="s">
-        <v>859</v>
+        <v>902</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>860</v>
+        <v>903</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>749</v>
+        <v>60</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>683</v>
+        <v>655</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G300" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H300" s="1" t="s">
-        <v>861</v>
+        <v>904</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>862</v>
+        <v>905</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>749</v>
+        <v>40</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>683</v>
+        <v>259</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G301" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H301" s="1" t="s">
-        <v>863</v>
+        <v>906</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>864</v>
+        <v>907</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>749</v>
+        <v>40</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>683</v>
+        <v>276</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>865</v>
+        <v>908</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>866</v>
+        <v>909</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>749</v>
+        <v>910</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>757</v>
+        <v>911</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G303" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>867</v>
+        <v>912</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>868</v>
+        <v>913</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>749</v>
+        <v>914</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>757</v>
+        <v>915</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>869</v>
+        <v>916</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>870</v>
+        <v>917</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>749</v>
+        <v>918</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>784</v>
+        <v>597</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G305" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>871</v>
+        <v>919</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>872</v>
+        <v>920</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>873</v>
+        <v>921</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>534</v>
+        <v>922</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>874</v>
+        <v>923</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>875</v>
+        <v>924</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>876</v>
+        <v>620</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>877</v>
+        <v>655</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>878</v>
+        <v>925</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>879</v>
+        <v>926</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>876</v>
+        <v>927</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>877</v>
+        <v>928</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>880</v>
+        <v>929</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
-        <v>881</v>
+        <v>930</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>882</v>
+        <v>931</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>588</v>
+        <v>655</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>883</v>
+        <v>932</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>884</v>
+        <v>933</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>254</v>
+        <v>934</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>885</v>
+        <v>935</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>886</v>
+        <v>936</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>887</v>
+        <v>937</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>600</v>
+        <v>938</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>888</v>
+        <v>324</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>889</v>
+        <v>939</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>890</v>
+        <v>940</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>529</v>
+        <v>941</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>595</v>
+        <v>942</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>891</v>
+        <v>943</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>892</v>
+        <v>944</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>893</v>
+        <v>324</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>580</v>
+        <v>259</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>894</v>
+        <v>945</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>895</v>
+        <v>946</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>561</v>
+        <v>361</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>588</v>
+        <v>947</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>896</v>
+        <v>948</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>897</v>
+        <v>949</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>544</v>
+        <v>950</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>580</v>
+        <v>951</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>898</v>
+        <v>952</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>899</v>
+        <v>953</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>557</v>
+        <v>954</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>900</v>
+        <v>955</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>901</v>
+        <v>956</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>902</v>
+        <v>937</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>579</v>
+        <v>449</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>903</v>
+        <v>647</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>904</v>
+        <v>957</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
-        <v>905</v>
+        <v>958</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>57</v>
+        <v>276</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>906</v>
+        <v>647</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>907</v>
+        <v>959</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
-        <v>908</v>
+        <v>960</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>57</v>
+        <v>961</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>906</v>
+        <v>276</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>909</v>
+        <v>962</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>910</v>
+        <v>963</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>57</v>
+        <v>964</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>906</v>
+        <v>965</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>911</v>
+        <v>966</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
-        <v>912</v>
+        <v>967</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>57</v>
+        <v>968</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>580</v>
+        <v>279</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>913</v>
+        <v>969</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>914</v>
+        <v>970</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>57</v>
+        <v>971</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>580</v>
+        <v>972</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>915</v>
+        <v>973</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>916</v>
+        <v>974</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>57</v>
+        <v>975</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>906</v>
+        <v>976</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>917</v>
+        <v>977</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
-        <v>918</v>
+        <v>978</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>57</v>
+        <v>979</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>630</v>
+        <v>384</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>919</v>
+        <v>980</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
-        <v>920</v>
+        <v>981</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>808</v>
+        <v>401</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>580</v>
+        <v>392</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H325" s="1" t="s">
-        <v>921</v>
+        <v>982</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
-        <v>922</v>
+        <v>983</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>923</v>
+        <v>984</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>924</v>
+        <v>235</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>925</v>
+        <v>985</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
-        <v>926</v>
+        <v>986</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>927</v>
+        <v>485</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>396</v>
+        <v>935</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>928</v>
+        <v>987</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
-        <v>929</v>
+        <v>988</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>669</v>
+        <v>647</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>930</v>
+        <v>989</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>931</v>
+        <v>990</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
-        <v>932</v>
+        <v>991</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>873</v>
+        <v>992</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>638</v>
+        <v>993</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>933</v>
+        <v>994</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
-        <v>934</v>
+        <v>995</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>565</v>
+        <v>996</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>935</v>
+        <v>997</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>936</v>
+        <v>998</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
-        <v>937</v>
+        <v>999</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>637</v>
+        <v>1000</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>588</v>
+        <v>1001</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>938</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>940</v>
+        <v>365</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>588</v>
+        <v>717</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>941</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
-        <v>942</v>
+        <v>1005</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>943</v>
+        <v>239</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>944</v>
+        <v>236</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H333" s="1" t="s">
-        <v>945</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
-        <v>946</v>
+        <v>1007</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>947</v>
+        <v>992</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>948</v>
+        <v>1008</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>949</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
-        <v>950</v>
+        <v>1010</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>947</v>
+        <v>682</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>948</v>
+        <v>1008</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H335" s="1" t="s">
-        <v>951</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
-        <v>952</v>
+        <v>1012</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>953</v>
+        <v>1013</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>954</v>
+        <v>1014</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H336" s="1" t="s">
-        <v>955</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
-        <v>956</v>
+        <v>1016</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>957</v>
+        <v>682</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>958</v>
+        <v>1008</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>959</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
-        <v>960</v>
+        <v>1018</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>580</v>
+        <v>655</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>961</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
-        <v>962</v>
+        <v>1018</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>621</v>
+        <v>63</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>573</v>
+        <v>655</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H339" s="1" t="s">
-        <v>963</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
-        <v>964</v>
+        <v>1021</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>965</v>
+        <v>1022</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>396</v>
+        <v>655</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>966</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
-        <v>967</v>
+        <v>1024</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>483</v>
+        <v>1025</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>395</v>
+        <v>655</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>968</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>969</v>
+        <v>1027</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>970</v>
+        <v>1028</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>430</v>
+        <v>1029</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>971</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>969</v>
+        <v>1031</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>970</v>
+        <v>1032</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>430</v>
+        <v>1033</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>972</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
-        <v>969</v>
+        <v>1035</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>970</v>
+        <v>938</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>430</v>
+        <v>1036</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>973</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
-        <v>969</v>
+        <v>1038</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>970</v>
+        <v>1039</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>430</v>
+        <v>655</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>974</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
-        <v>969</v>
+        <v>1041</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>970</v>
+        <v>1042</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>430</v>
+        <v>647</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>975</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
-        <v>969</v>
+        <v>1044</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>970</v>
+        <v>1045</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>430</v>
+        <v>380</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>976</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
-        <v>969</v>
+        <v>1047</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>970</v>
+        <v>492</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>430</v>
+        <v>1048</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>977</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
-        <v>978</v>
+        <v>1050</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>483</v>
+        <v>1051</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>407</v>
+        <v>655</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>979</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>980</v>
+        <v>1053</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>483</v>
+        <v>1054</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>396</v>
+        <v>1055</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>197</v>
+        <v>84</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>981</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
-        <v>982</v>
+        <v>1057</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>983</v>
+        <v>1055</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>524</v>
+        <v>552</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>984</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
-        <v>985</v>
+        <v>1059</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>983</v>
+        <v>1060</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>442</v>
+        <v>259</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>986</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
-        <v>987</v>
+        <v>1062</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>988</v>
+        <v>1063</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>989</v>
+        <v>259</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>990</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
-        <v>991</v>
+        <v>1065</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>992</v>
+        <v>1066</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>993</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
-        <v>994</v>
+        <v>1068</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>995</v>
+        <v>1066</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>996</v>
+        <v>374</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>997</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
-        <v>998</v>
+        <v>1070</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>999</v>
+        <v>1071</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>9</v>
+        <v>384</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>286</v>
+        <v>84</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>1000</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>1001</v>
+        <v>1073</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1002</v>
+        <v>99</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>206</v>
+        <v>1074</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G357" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H357" s="1" t="s">
-        <v>1003</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1004</v>
+        <v>1065</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>992</v>
+        <v>637</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>430</v>
+        <v>529</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>197</v>
+        <v>84</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1005</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
-        <v>1006</v>
+        <v>1077</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>999</v>
+        <v>1078</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>430</v>
+        <v>251</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>261</v>
+        <v>84</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>1007</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
-        <v>1008</v>
+        <v>1080</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1009</v>
+        <v>48</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>425</v>
+        <v>49</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1010</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1011</v>
+        <v>1082</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>395</v>
+        <v>1083</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>410</v>
+        <v>1084</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G361" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H361" s="1" t="s">
-        <v>1012</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
-        <v>1013</v>
+        <v>1086</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>395</v>
+        <v>99</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>9</v>
+        <v>667</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1014</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1015</v>
+        <v>1088</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>395</v>
+        <v>1089</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>9</v>
+        <v>1090</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>1016</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
-        <v>1017</v>
+        <v>1092</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>395</v>
+        <v>938</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>9</v>
+        <v>504</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1018</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1019</v>
+        <v>1094</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>420</v>
+        <v>1095</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>9</v>
+        <v>1096</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1020</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1021</v>
+        <v>1098</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>420</v>
+        <v>63</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>9</v>
+        <v>655</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1022</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1023</v>
+        <v>1100</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1024</v>
+        <v>1095</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>958</v>
+        <v>1096</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1025</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
-        <v>1026</v>
+        <v>1102</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>651</v>
+        <v>412</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>877</v>
+        <v>549</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1027</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
-        <v>1028</v>
+        <v>1104</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>344</v>
+        <v>1042</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>992</v>
+        <v>1105</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1029</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
-        <v>1030</v>
+        <v>1107</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1031</v>
+        <v>1108</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>588</v>
+        <v>658</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1032</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1033</v>
+        <v>1110</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>529</v>
+        <v>149</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>595</v>
+        <v>489</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1034</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1035</v>
+        <v>1112</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1036</v>
+        <v>149</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>580</v>
+        <v>489</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1037</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1038</v>
+        <v>1114</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C373" s="1"/>
+        <v>709</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>387</v>
+      </c>
       <c r="D373" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1039</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
-        <v>1040</v>
+        <v>1116</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1041</v>
+        <v>802</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>580</v>
+        <v>358</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1042</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1043</v>
+        <v>1118</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="C375" s="1"/>
+        <v>1119</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1120</v>
+      </c>
       <c r="D375" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1045</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
-        <v>1046</v>
+        <v>1122</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>808</v>
+        <v>1123</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>580</v>
+        <v>49</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1047</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1048</v>
+        <v>1125</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1049</v>
+        <v>1126</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>580</v>
+        <v>1127</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1050</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1051</v>
+        <v>1129</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1052</v>
+        <v>1126</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1053</v>
+        <v>1127</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1054</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
-        <v>1055</v>
+        <v>1131</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1056</v>
+        <v>1126</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1057</v>
+        <v>1127</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1058</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
-        <v>1059</v>
+        <v>1133</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1060</v>
+        <v>549</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1061</v>
+        <v>1134</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1062</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
-        <v>1063</v>
+        <v>1136</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>676</v>
+        <v>510</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1064</v>
+        <v>552</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1065</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
-        <v>1066</v>
+        <v>1138</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>658</v>
+        <v>1139</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1067</v>
+        <v>552</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1068</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1069</v>
+        <v>1141</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>53</v>
+        <v>552</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1070</v>
+        <v>251</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1071</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1072</v>
+        <v>1143</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>606</v>
+        <v>552</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1073</v>
+        <v>251</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1074</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
-        <v>1075</v>
+        <v>1145</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>529</v>
+        <v>552</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>594</v>
+        <v>251</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1076</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1077</v>
+        <v>1147</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>529</v>
+        <v>1148</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>594</v>
+        <v>1149</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>1078</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
-        <v>1079</v>
+        <v>1151</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>529</v>
+        <v>1152</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1080</v>
+        <v>373</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1081</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1082</v>
+        <v>1154</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>375</v>
+        <v>1155</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1083</v>
+        <v>1156</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1084</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1085</v>
+        <v>1158</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>344</v>
+        <v>430</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>958</v>
+        <v>1156</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>286</v>
+        <v>84</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1086</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1087</v>
+        <v>1160</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>451</v>
+        <v>1155</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1088</v>
+        <v>1156</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G390" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H390" s="1" t="s">
-        <v>1089</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
-        <v>1090</v>
+        <v>1162</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>470</v>
+        <v>1155</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1091</v>
+        <v>1156</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H391" s="1" t="s">
-        <v>1092</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
-        <v>1093</v>
+        <v>1164</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>174</v>
+        <v>1165</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>364</v>
+        <v>647</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1094</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
-        <v>1095</v>
+        <v>1167</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>442</v>
+        <v>1168</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1096</v>
+        <v>1029</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1097</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
-        <v>1098</v>
+        <v>1170</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>344</v>
+        <v>210</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>958</v>
+        <v>1171</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G394" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H394" s="1" t="s">
-        <v>1099</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
-        <v>1100</v>
+        <v>1173</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>344</v>
+        <v>1174</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>958</v>
+        <v>771</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G395" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H395" s="1" t="s">
-        <v>1101</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
-        <v>1102</v>
+        <v>1176</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1103</v>
+        <v>1177</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1104</v>
+        <v>864</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>226</v>
+        <v>84</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>1105</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
-        <v>1106</v>
+        <v>1179</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1107</v>
+        <v>1174</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1091</v>
+        <v>771</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>1108</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
-        <v>1109</v>
+        <v>1181</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>524</v>
+        <v>259</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>183</v>
+        <v>1182</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1110</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1111</v>
+        <v>1184</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1107</v>
+        <v>259</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1091</v>
+        <v>1182</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>1112</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
-        <v>1113</v>
+        <v>1186</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1107</v>
+        <v>275</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1091</v>
+        <v>276</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>1114</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
-        <v>1115</v>
+        <v>1188</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1107</v>
+        <v>1189</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1091</v>
+        <v>236</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1116</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1117</v>
+        <v>1191</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>455</v>
+        <v>1189</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1118</v>
+        <v>236</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1119</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1120</v>
+        <v>1193</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1107</v>
+        <v>1189</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>958</v>
+        <v>236</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>1121</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1122</v>
+        <v>1195</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>442</v>
+        <v>1189</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1096</v>
+        <v>236</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>1123</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1124</v>
+        <v>1197</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>524</v>
+        <v>213</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1125</v>
+        <v>214</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>1126</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1127</v>
+        <v>1199</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>442</v>
+        <v>482</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1002</v>
+        <v>387</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>1128</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
-        <v>1129</v>
+        <v>1201</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1096</v>
+        <v>387</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>202</v>
+        <v>84</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>1130</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1131</v>
+        <v>1203</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1103</v>
+        <v>1204</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1132</v>
+        <v>1205</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>261</v>
+        <v>84</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1133</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
-        <v>1134</v>
+        <v>1207</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1135</v>
+        <v>1208</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>206</v>
+        <v>938</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1136</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1137</v>
+        <v>1210</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1135</v>
+        <v>366</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1053</v>
+        <v>938</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1138</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1139</v>
+        <v>1212</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1135</v>
+        <v>366</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1140</v>
+        <v>730</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1141</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
-        <v>1142</v>
+        <v>1214</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>996</v>
+        <v>536</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1143</v>
+        <v>1120</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H412" s="1" t="s">
-        <v>1144</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
-        <v>678</v>
+        <v>1216</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>996</v>
+        <v>1217</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1143</v>
+        <v>934</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H413" s="1" t="s">
-        <v>1145</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
-        <v>661</v>
+        <v>1219</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>996</v>
+        <v>63</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1143</v>
+        <v>655</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1146</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
-        <v>1147</v>
+        <v>1221</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>996</v>
+        <v>1222</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1143</v>
+        <v>938</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1148</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
-        <v>1149</v>
+        <v>1224</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1150</v>
+        <v>1225</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1151</v>
+        <v>9</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>1152</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
-        <v>1153</v>
+        <v>1227</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>434</v>
+        <v>1228</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1154</v>
+        <v>251</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>1155</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>1156</v>
+        <v>1230</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1103</v>
+        <v>99</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>379</v>
+        <v>259</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1157</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>1158</v>
+        <v>1232</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>434</v>
+        <v>536</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1159</v>
+        <v>802</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1160</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1161</v>
+        <v>1234</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1162</v>
+        <v>846</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1163</v>
+        <v>764</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1164</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1165</v>
+        <v>1236</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1166</v>
+        <v>846</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>179</v>
+        <v>9</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1167</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1168</v>
+        <v>1236</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>996</v>
+        <v>770</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1169</v>
+        <v>1238</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H422" s="1" t="s">
-        <v>1170</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
-        <v>1171</v>
+        <v>1240</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>375</v>
+        <v>40</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1172</v>
+        <v>1241</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1173</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
-        <v>1174</v>
+        <v>1243</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>996</v>
+        <v>40</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1143</v>
+        <v>1241</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1175</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
-        <v>1176</v>
+        <v>1245</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1166</v>
+        <v>617</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1118</v>
+        <v>1246</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1177</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1178</v>
+        <v>1248</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1103</v>
+        <v>1249</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1179</v>
+        <v>1250</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1180</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1181</v>
+        <v>1252</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1182</v>
+        <v>1253</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1143</v>
+        <v>1254</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1183</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
-        <v>1184</v>
+        <v>1256</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1182</v>
+        <v>1228</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1143</v>
+        <v>559</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1185</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
-        <v>1186</v>
+        <v>1258</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1163</v>
+        <v>1259</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>473</v>
+        <v>883</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F429" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G429" s="1" t="s">
-        <v>197</v>
+        <v>105</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>1187</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
-        <v>1188</v>
+        <v>1261</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1154</v>
+        <v>582</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1189</v>
+        <v>1262</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F430" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G430" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1190</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1191</v>
+        <v>1264</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1192</v>
+        <v>1265</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1193</v>
+        <v>1266</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F431" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G431" s="1" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1194</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
-        <v>1195</v>
+        <v>1268</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>179</v>
+        <v>1265</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1196</v>
+        <v>452</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F432" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G432" s="1" t="s">
-        <v>180</v>
+        <v>105</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1197</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
-        <v>1198</v>
+        <v>1270</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>379</v>
+        <v>1265</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1189</v>
+        <v>1271</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F433" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G433" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1199</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
-        <v>1200</v>
+        <v>1273</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>379</v>
+        <v>1274</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1189</v>
+        <v>997</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F434" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G434" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1201</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
-        <v>1202</v>
+        <v>1276</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>379</v>
+        <v>573</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1189</v>
+        <v>1277</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F435" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G435" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>1203</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
-        <v>1204</v>
+        <v>1279</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>179</v>
+        <v>1280</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>225</v>
+        <v>658</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F436" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G436" s="1" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1205</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
-        <v>1206</v>
+        <v>1282</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>379</v>
+        <v>401</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F437" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G437" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1208</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1209</v>
+        <v>1284</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>379</v>
+        <v>1285</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1210</v>
+        <v>1286</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F438" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G438" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1211</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1212</v>
+        <v>1288</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1091</v>
+        <v>1289</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1189</v>
+        <v>1290</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G439" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H439" s="1" t="s">
-        <v>1213</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
-        <v>1214</v>
+        <v>1292</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>179</v>
+        <v>391</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>225</v>
+        <v>478</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F440" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G440" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>1215</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
-        <v>1216</v>
+        <v>1294</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>379</v>
+        <v>603</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>200</v>
+        <v>1295</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F441" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G441" s="1" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>1217</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
-        <v>1218</v>
+        <v>1297</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>179</v>
+        <v>1298</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>200</v>
+        <v>1032</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="G442" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H442" s="1" t="s">
-        <v>1219</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
-        <v>1220</v>
+        <v>1300</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>179</v>
+        <v>469</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>200</v>
+        <v>1090</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F443" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G443" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>1221</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
-        <v>1222</v>
+        <v>1302</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>179</v>
+        <v>1303</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>200</v>
+        <v>591</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F444" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G444" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H444" s="1" t="s">
-        <v>1223</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1224</v>
+        <v>1305</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>179</v>
+        <v>1306</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>200</v>
+        <v>559</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F445" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G445" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1225</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1226</v>
+        <v>1305</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1096</v>
+        <v>1306</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>195</v>
+        <v>559</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="G446" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H446" s="1" t="s">
-        <v>1227</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1228</v>
+        <v>1305</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>396</v>
+        <v>1306</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>186</v>
+        <v>559</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="G447" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H447" s="1" t="s">
-        <v>1229</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1230</v>
+        <v>1305</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>179</v>
+        <v>1306</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1196</v>
+        <v>559</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F448" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G448" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>1231</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1232</v>
+        <v>1305</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1103</v>
+        <v>1306</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1104</v>
+        <v>559</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1233</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1234</v>
+        <v>1305</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1182</v>
+        <v>1306</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1235</v>
+        <v>559</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1236</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1237</v>
+        <v>1305</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>996</v>
+        <v>1306</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>190</v>
+        <v>559</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>1238</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1239</v>
+        <v>1305</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1091</v>
+        <v>1306</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>206</v>
+        <v>559</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>1240</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1241</v>
+        <v>1315</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1143</v>
+        <v>1078</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1242</v>
+        <v>251</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1243</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1244</v>
+        <v>1317</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1245</v>
+        <v>628</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1246</v>
+        <v>591</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1247</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
-        <v>1248</v>
+        <v>1319</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1118</v>
+        <v>863</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1193</v>
+        <v>1171</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>202</v>
+        <v>134</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>1249</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
-        <v>1250</v>
+        <v>1321</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1143</v>
+        <v>1322</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1251</v>
+        <v>1171</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>187</v>
+        <v>134</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1252</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
-        <v>1253</v>
+        <v>1324</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1182</v>
+        <v>1325</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1235</v>
+        <v>1171</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1254</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1255</v>
+        <v>1327</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1256</v>
+        <v>1328</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1257</v>
+        <v>1329</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>12</v>
+        <v>134</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>1258</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1259</v>
+        <v>1331</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1091</v>
+        <v>1189</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1260</v>
+        <v>610</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>1261</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1262</v>
+        <v>1333</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1104</v>
+        <v>971</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1263</v>
+        <v>706</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>197</v>
+        <v>134</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1264</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1265</v>
+        <v>1335</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1266</v>
+        <v>63</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>225</v>
+        <v>655</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1267</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
-        <v>1220</v>
+        <v>1337</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1266</v>
+        <v>1039</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1268</v>
+        <v>658</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F462" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G462" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1221</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1269</v>
+        <v>1339</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1196</v>
+        <v>1340</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1189</v>
+        <v>391</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>32</v>
+        <v>1341</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1270</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1271</v>
+        <v>1343</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1272</v>
+        <v>1344</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>215</v>
+        <v>1345</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>197</v>
+        <v>1341</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1273</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
-        <v>1274</v>
+        <v>1347</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>520</v>
+        <v>391</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>521</v>
+        <v>1348</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G465" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1341</v>
+      </c>
       <c r="H465" s="1" t="s">
-        <v>1275</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
-        <v>1276</v>
+        <v>1350</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>392</v>
+        <v>815</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1277</v>
+        <v>616</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G466" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1341</v>
+      </c>
       <c r="H466" s="1" t="s">
-        <v>1278</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
-        <v>1279</v>
+        <v>1352</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>190</v>
+        <v>1353</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1260</v>
+        <v>1033</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>117</v>
+        <v>1341</v>
       </c>
       <c r="H467" s="1" t="s">
-        <v>1280</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
-        <v>415</v>
+        <v>1355</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1235</v>
+        <v>1353</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>209</v>
+        <v>882</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>226</v>
+        <v>1341</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>1281</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
-        <v>1282</v>
+        <v>1357</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>205</v>
+        <v>1358</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1283</v>
+        <v>236</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>96</v>
+        <v>1341</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1284</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
-        <v>1285</v>
+        <v>1360</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1235</v>
+        <v>760</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>958</v>
+        <v>1090</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>151</v>
+        <v>1341</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1286</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1287</v>
+        <v>1362</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>186</v>
+        <v>1363</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1288</v>
+        <v>1364</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>187</v>
+        <v>1341</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1289</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1290</v>
+        <v>1366</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>186</v>
+        <v>1367</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>200</v>
+        <v>1368</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>187</v>
+        <v>1341</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>1291</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
-        <v>1292</v>
+        <v>1370</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>385</v>
+        <v>510</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>219</v>
+        <v>559</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>16</v>
+        <v>1341</v>
       </c>
       <c r="H473" s="1" t="s">
-        <v>1293</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
-        <v>1294</v>
+        <v>1372</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1295</v>
+        <v>552</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1296</v>
+        <v>1084</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>286</v>
+        <v>1341</v>
       </c>
       <c r="H474" s="1" t="s">
-        <v>1297</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
-        <v>1298</v>
+        <v>1374</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>196</v>
+        <v>424</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1169</v>
+        <v>239</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>54</v>
+        <v>1341</v>
       </c>
       <c r="H475" s="1" t="s">
-        <v>1299</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
-        <v>1300</v>
+        <v>1376</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>385</v>
+        <v>1377</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>219</v>
+        <v>1377</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G476" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1341</v>
+      </c>
       <c r="H476" s="1" t="s">
-        <v>1301</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
-        <v>1302</v>
+        <v>1379</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1303</v>
+        <v>1204</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1304</v>
+        <v>1380</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>96</v>
+        <v>1341</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>1305</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
-        <v>1306</v>
+        <v>1382</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1307</v>
+        <v>243</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1304</v>
+        <v>1383</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>32</v>
+        <v>1341</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>1308</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
-        <v>1309</v>
+        <v>1385</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>196</v>
+        <v>1386</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1310</v>
+        <v>9</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>180</v>
+        <v>1341</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>1311</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
-        <v>1312</v>
+        <v>1388</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>222</v>
+        <v>1389</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1313</v>
+        <v>387</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>32</v>
+        <v>1341</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1314</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
-        <v>1315</v>
+        <v>1391</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>222</v>
+        <v>634</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1316</v>
+        <v>251</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>16</v>
+        <v>1341</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>1317</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
-        <v>1318</v>
+        <v>1393</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1268</v>
+        <v>634</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1319</v>
+        <v>1084</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>12</v>
+        <v>1341</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>1320</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
-        <v>1321</v>
+        <v>1395</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>219</v>
+        <v>439</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1172</v>
+        <v>1396</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>16</v>
+        <v>1341</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>1322</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
-        <v>1323</v>
+        <v>1398</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1324</v>
+        <v>1399</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1325</v>
+        <v>1399</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>96</v>
+        <v>1341</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1326</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
-        <v>1327</v>
+        <v>1401</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>210</v>
+        <v>466</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1328</v>
+        <v>466</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G485" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1341</v>
+      </c>
       <c r="H485" s="1" t="s">
-        <v>1329</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
-        <v>1330</v>
+        <v>1403</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1268</v>
+        <v>540</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1319</v>
+        <v>1404</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>180</v>
+        <v>1341</v>
       </c>
       <c r="H486" s="1" t="s">
-        <v>1331</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
-        <v>1332</v>
+        <v>1406</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1333</v>
+        <v>1407</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1207</v>
+        <v>1222</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G487" s="1"/>
       <c r="H487" s="1" t="s">
-        <v>1334</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1332</v>
+        <v>1409</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1333</v>
+        <v>1410</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1207</v>
+        <v>658</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>1335</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1332</v>
+        <v>1412</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1333</v>
+        <v>1289</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1207</v>
+        <v>630</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>1336</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
-        <v>1337</v>
+        <v>1414</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>219</v>
+        <v>979</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1338</v>
+        <v>724</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H490" s="1" t="s">
-        <v>1339</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1340</v>
+        <v>1414</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>451</v>
+        <v>979</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>958</v>
+        <v>724</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>1341</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
-        <v>1342</v>
+        <v>1417</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1343</v>
+        <v>603</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1344</v>
+        <v>604</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>286</v>
+        <v>156</v>
       </c>
       <c r="H492" s="1" t="s">
-        <v>1345</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1346</v>
+        <v>1419</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>201</v>
+        <v>567</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1172</v>
+        <v>384</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>1347</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1348</v>
+        <v>1421</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>451</v>
+        <v>1422</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1349</v>
+        <v>1423</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H494" s="1" t="s">
-        <v>1350</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
-        <v>1351</v>
+        <v>1425</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="C495" s="1"/>
+        <v>882</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>1123</v>
+      </c>
       <c r="D495" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H495" s="1" t="s">
-        <v>1352</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
-        <v>1353</v>
+        <v>1427</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1354</v>
+        <v>406</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1355</v>
+        <v>1246</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="H496" s="1" t="s">
-        <v>1356</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
-        <v>1357</v>
+        <v>1429</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1354</v>
+        <v>469</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1358</v>
+        <v>1430</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>1359</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1360</v>
+        <v>1432</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1354</v>
+        <v>672</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1210</v>
+        <v>1433</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>1361</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
-        <v>1362</v>
+        <v>1435</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1189</v>
+        <v>510</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1355</v>
+        <v>552</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>100</v>
+        <v>156</v>
       </c>
       <c r="H499" s="1" t="s">
-        <v>1363</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
-        <v>1364</v>
+        <v>1437</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1365</v>
+        <v>507</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1366</v>
+        <v>552</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>1367</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1368</v>
+        <v>1439</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1189</v>
+        <v>1364</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1210</v>
+        <v>1440</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>1369</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1370</v>
+        <v>1442</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1189</v>
+        <v>1078</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1210</v>
+        <v>251</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>1371</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
-        <v>1372</v>
+        <v>1444</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1344</v>
+        <v>1078</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1349</v>
+        <v>251</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>1373</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
-        <v>1374</v>
+        <v>1446</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1375</v>
+        <v>424</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1319</v>
+        <v>425</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>1376</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
-        <v>1377</v>
+        <v>1448</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1375</v>
+        <v>239</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1378</v>
+        <v>1449</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>187</v>
+        <v>156</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>1379</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1380</v>
+        <v>1451</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1381</v>
+        <v>445</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1382</v>
+        <v>1452</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>1383</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1384</v>
+        <v>1454</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1385</v>
+        <v>1455</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>206</v>
+        <v>1456</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>1386</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1387</v>
+        <v>1458</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1388</v>
+        <v>1455</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1389</v>
+        <v>1456</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>1390</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
-        <v>1391</v>
+        <v>1460</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1392</v>
+        <v>275</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1393</v>
+        <v>276</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H509" s="1" t="s">
-        <v>1394</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
-        <v>1395</v>
+        <v>1462</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1242</v>
+        <v>603</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1396</v>
+        <v>604</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="H510" s="1" t="s">
-        <v>1397</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
-        <v>1398</v>
+        <v>1464</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1365</v>
+        <v>251</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1378</v>
+        <v>1465</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>261</v>
+        <v>156</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>1399</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
-        <v>1400</v>
+        <v>1467</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1401</v>
+        <v>474</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1402</v>
+        <v>1468</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="H512" s="1" t="s">
-        <v>1403</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1404</v>
+        <v>1470</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1388</v>
+        <v>474</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1405</v>
+        <v>1468</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>1406</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1407</v>
+        <v>1472</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1358</v>
+        <v>893</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1338</v>
+        <v>1473</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H514" s="1" t="s">
-        <v>1408</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
-        <v>1409</v>
-[...2 lines deleted...]
-      <c r="C515" s="1"/>
+        <v>1472</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>1473</v>
+      </c>
       <c r="D515" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>1410</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1411</v>
-[...2 lines deleted...]
-      <c r="C516" s="1"/>
+        <v>1476</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>1477</v>
+      </c>
       <c r="D516" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>1412</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1413</v>
+        <v>1479</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1414</v>
+        <v>463</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1415</v>
+        <v>1477</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>1416</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
-        <v>1417</v>
+        <v>1481</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1418</v>
+        <v>463</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1419</v>
+        <v>1477</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>1420</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
-        <v>1421</v>
+        <v>1483</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1422</v>
+        <v>463</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1423</v>
+        <v>1477</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="H519" s="1" t="s">
-        <v>1424</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1425</v>
+        <v>1485</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1426</v>
+        <v>1486</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1427</v>
+        <v>729</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>16</v>
+        <v>156</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>1428</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1429</v>
+        <v>1488</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1430</v>
+        <v>63</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1427</v>
+        <v>276</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G521" s="1"/>
+      <c r="G521" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H521" s="1" t="s">
-        <v>1431</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
-        <v>1432</v>
+        <v>1490</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1430</v>
+        <v>63</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1433</v>
+        <v>276</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G522" s="1"/>
+      <c r="G522" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H522" s="1" t="s">
-        <v>1434</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
-        <v>1435</v>
+        <v>1492</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>451</v>
+        <v>63</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>958</v>
+        <v>276</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G523" s="1"/>
+      <c r="G523" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H523" s="1" t="s">
-        <v>1436</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
-        <v>1437</v>
+        <v>1494</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1438</v>
+        <v>1495</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1439</v>
+        <v>658</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G524" s="1"/>
+      <c r="G524" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H524" s="1" t="s">
-        <v>1440</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
-        <v>1441</v>
+        <v>1497</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1438</v>
+        <v>23</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1442</v>
+        <v>485</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G525" s="1"/>
+      <c r="G525" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H525" s="1" t="s">
-        <v>1443</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1444</v>
+        <v>1499</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1445</v>
+        <v>1500</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1446</v>
+        <v>655</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G526" s="1"/>
+      <c r="G526" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H526" s="1" t="s">
-        <v>1447</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
-        <v>1448</v>
+        <v>1502</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1445</v>
+        <v>1503</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1446</v>
+        <v>1504</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G527" s="1"/>
+      <c r="G527" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H527" s="1" t="s">
-        <v>1449</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
-        <v>1450</v>
+        <v>1506</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1451</v>
+        <v>594</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1452</v>
+        <v>374</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G528" s="1"/>
+      <c r="G528" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H528" s="1" t="s">
-        <v>1453</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
-        <v>1454</v>
+        <v>1508</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1455</v>
+        <v>1509</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G529" s="1"/>
+      <c r="G529" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H529" s="1" t="s">
-        <v>1457</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1458</v>
+        <v>1511</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1455</v>
+        <v>941</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1456</v>
+        <v>1512</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G530" s="1"/>
+      <c r="G530" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H530" s="1" t="s">
-        <v>1459</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
-        <v>1460</v>
+        <v>1514</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1461</v>
+        <v>1515</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1462</v>
+        <v>1516</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="H531" s="1" t="s">
-        <v>1463</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
-        <v>1464</v>
+        <v>1518</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1446</v>
+        <v>463</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1465</v>
+        <v>380</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H532" s="1" t="s">
-        <v>1466</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1467</v>
+        <v>1520</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1468</v>
+        <v>1521</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1179</v>
+        <v>259</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>1469</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1470</v>
+        <v>1523</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1468</v>
+        <v>275</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1179</v>
+        <v>276</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H534" s="1" t="s">
-        <v>1471</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
-        <v>1472</v>
+        <v>1525</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1238</v>
+      </c>
+      <c r="C535" s="1"/>
       <c r="D535" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>1475</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
-        <v>1476</v>
+        <v>1527</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1477</v>
+        <v>1329</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1478</v>
+        <v>775</v>
       </c>
       <c r="D536" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1479</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
-        <v>1480</v>
+        <v>1529</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1477</v>
+        <v>1530</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1481</v>
+        <v>655</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H537" s="1" t="s">
-        <v>1482</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
-        <v>1483</v>
+        <v>1532</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1473</v>
+        <v>405</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1474</v>
+        <v>1348</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>1484</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
-        <v>1485</v>
+        <v>1534</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1486</v>
+        <v>1535</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1487</v>
+        <v>667</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>187</v>
+        <v>163</v>
       </c>
       <c r="H539" s="1" t="s">
-        <v>1488</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
-        <v>1489</v>
+        <v>1537</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1446</v>
+        <v>1538</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>906</v>
+        <v>9</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H540" s="1" t="s">
-        <v>1490</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
-        <v>1491</v>
+        <v>1540</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1492</v>
+        <v>507</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1462</v>
+        <v>9</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>117</v>
+        <v>163</v>
       </c>
       <c r="H541" s="1" t="s">
-        <v>1493</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1494</v>
+        <v>1542</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1495</v>
+        <v>1543</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1496</v>
+        <v>555</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>1497</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1498</v>
+        <v>1545</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>659</v>
+        <v>1546</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>830</v>
+        <v>770</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G543" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H543" s="1" t="s">
-        <v>1499</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1500</v>
+        <v>1545</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>749</v>
+        <v>1546</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>683</v>
+        <v>770</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G544" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H544" s="1" t="s">
-        <v>1501</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
-        <v>1502</v>
+        <v>1545</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>749</v>
+        <v>1546</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>683</v>
+        <v>770</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G545" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H545" s="1" t="s">
-        <v>1503</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1504</v>
+        <v>1550</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>749</v>
+        <v>63</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>683</v>
+        <v>655</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G546" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H546" s="1" t="s">
-        <v>1505</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
-        <v>1506</v>
+        <v>1552</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>749</v>
+        <v>1553</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>683</v>
+        <v>1554</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G547" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H547" s="1" t="s">
-        <v>1507</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
-        <v>1508</v>
+        <v>1556</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>749</v>
+        <v>510</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>683</v>
+        <v>552</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G548" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H548" s="1" t="s">
-        <v>1509</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1510</v>
+        <v>1558</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>749</v>
+        <v>1559</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>683</v>
+        <v>1134</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G549" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H549" s="1" t="s">
-        <v>1511</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1512</v>
+        <v>1561</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>749</v>
+        <v>213</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>683</v>
+        <v>214</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G550" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H550" s="1" t="s">
-        <v>1513</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
-        <v>1514</v>
+        <v>1563</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>749</v>
+        <v>620</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>683</v>
+        <v>655</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G551" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H551" s="1" t="s">
-        <v>1515</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
-        <v>1516</v>
+        <v>1565</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>749</v>
+        <v>63</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>683</v>
+        <v>655</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G552" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H552" s="1" t="s">
-        <v>1517</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1518</v>
+        <v>1567</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>749</v>
+        <v>1568</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>683</v>
+        <v>1084</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G553" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H553" s="1" t="s">
-        <v>1519</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1520</v>
+        <v>1570</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>749</v>
+        <v>63</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>683</v>
+        <v>276</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G554" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H554" s="1" t="s">
-        <v>1521</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
-        <v>1522</v>
+        <v>1572</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>749</v>
+        <v>1422</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G555" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H555" s="1" t="s">
-        <v>1523</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
-        <v>1524</v>
+        <v>1574</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>749</v>
+        <v>63</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>683</v>
+        <v>49</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G556" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H556" s="1" t="s">
-        <v>1525</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
-        <v>1526</v>
+        <v>1576</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>749</v>
+        <v>1250</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>683</v>
+        <v>1577</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G557" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H557" s="1" t="s">
-        <v>1527</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1528</v>
+        <v>1579</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>749</v>
+        <v>383</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>683</v>
+        <v>482</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G558" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H558" s="1" t="s">
-        <v>1529</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
-        <v>1530</v>
+        <v>1581</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>749</v>
+        <v>1582</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>683</v>
+        <v>1583</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G559" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H559" s="1" t="s">
-        <v>1531</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
-        <v>1532</v>
+        <v>1585</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>749</v>
+        <v>1586</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>683</v>
+        <v>434</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G560" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H560" s="1" t="s">
-        <v>1533</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1534</v>
+        <v>1588</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>749</v>
+        <v>275</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>683</v>
+        <v>1589</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G561" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H561" s="1" t="s">
-        <v>1535</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
-        <v>1536</v>
+        <v>1591</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>749</v>
+        <v>1592</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>683</v>
+        <v>1593</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G562" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H562" s="1" t="s">
-        <v>1537</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
-        <v>1538</v>
+        <v>1595</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>749</v>
+        <v>1596</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>683</v>
+        <v>655</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G563" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H563" s="1" t="s">
-        <v>1539</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
-        <v>1540</v>
+        <v>1598</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>683</v>
+        <v>1599</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G564" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H564" s="1" t="s">
-        <v>1541</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1542</v>
+        <v>1601</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>1602</v>
+      </c>
+      <c r="C565" s="1"/>
       <c r="D565" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G565" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H565" s="1" t="s">
-        <v>1543</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
-        <v>1544</v>
+        <v>1604</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>749</v>
+        <v>1553</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>683</v>
+        <v>1554</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G566" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H566" s="1" t="s">
-        <v>1545</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1546</v>
+        <v>1606</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>749</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>683</v>
+        <v>1120</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G567" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H567" s="1" t="s">
-        <v>1547</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1548</v>
+        <v>1608</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>749</v>
+        <v>1609</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>683</v>
+        <v>1610</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G568" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H568" s="1" t="s">
-        <v>1549</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1550</v>
+        <v>1612</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>749</v>
+        <v>1095</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>683</v>
+        <v>1610</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G569" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H569" s="1" t="s">
-        <v>1551</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1552</v>
+        <v>1614</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>749</v>
+        <v>499</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>683</v>
+        <v>549</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G570" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H570" s="1" t="s">
-        <v>1553</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
-        <v>1554</v>
+        <v>1616</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>749</v>
+        <v>672</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>683</v>
+        <v>667</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G571" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H571" s="1" t="s">
-        <v>1555</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1556</v>
+        <v>1618</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>749</v>
+        <v>672</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>683</v>
+        <v>667</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G572" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H572" s="1" t="s">
-        <v>1557</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
-        <v>1558</v>
+        <v>1620</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>749</v>
+        <v>1621</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>683</v>
+        <v>1622</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G573" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H573" s="1" t="s">
-        <v>1559</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
-        <v>1560</v>
+        <v>1624</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>749</v>
+        <v>1045</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>683</v>
+        <v>421</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G574" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H574" s="1" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1562</v>
+        <v>1626</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>749</v>
+        <v>1286</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>683</v>
+        <v>1627</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G575" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H575" s="1" t="s">
-        <v>1563</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1564</v>
+        <v>1629</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>749</v>
+        <v>1399</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>683</v>
+        <v>841</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G576" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H576" s="1" t="s">
-        <v>1565</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
-        <v>1566</v>
+        <v>1631</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>749</v>
+        <v>361</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>683</v>
+        <v>380</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G577" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H577" s="1" t="s">
-        <v>1567</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
-        <v>1568</v>
+        <v>1633</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>749</v>
+        <v>361</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>683</v>
+        <v>380</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G578" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H578" s="1" t="s">
-        <v>1569</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
-        <v>1570</v>
+        <v>1635</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>749</v>
+        <v>1636</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>683</v>
+        <v>1328</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G579" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H579" s="1" t="s">
-        <v>1571</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1572</v>
+        <v>1638</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>749</v>
+        <v>1639</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>683</v>
+        <v>1042</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G580" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H580" s="1" t="s">
-        <v>1573</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
-        <v>1574</v>
+        <v>1641</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>749</v>
+        <v>445</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>683</v>
+        <v>446</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G581" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H581" s="1" t="s">
-        <v>1575</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
-        <v>1576</v>
+        <v>1643</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>1577</v>
+        <v>452</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1578</v>
+        <v>1329</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H582" s="1" t="s">
-        <v>1579</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1580</v>
+        <v>1645</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1581</v>
+        <v>108</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1582</v>
+        <v>1646</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>1583</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
-        <v>1584</v>
+        <v>1648</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>1585</v>
+        <v>1208</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>580</v>
+        <v>655</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H584" s="1" t="s">
-        <v>1586</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
-        <v>1587</v>
+        <v>1650</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>544</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C585" s="1"/>
       <c r="D585" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H585" s="1" t="s">
-        <v>1588</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
-        <v>1589</v>
+        <v>1652</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>57</v>
+        <v>1653</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>580</v>
+        <v>49</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F586" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H586" s="1" t="s">
-        <v>1590</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
-        <v>1589</v>
+        <v>1655</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>57</v>
+        <v>1656</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>580</v>
+        <v>499</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H587" s="1" t="s">
-        <v>1591</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
-        <v>1592</v>
+        <v>1658</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>1593</v>
+        <v>1659</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>1594</v>
+        <v>1440</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>1595</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
-        <v>1596</v>
+        <v>1661</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>749</v>
+        <v>434</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>580</v>
+        <v>1662</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H589" s="1" t="s">
-        <v>1597</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
-        <v>1598</v>
+        <v>1664</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>1599</v>
+        <v>99</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>1600</v>
+        <v>510</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>1601</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
-        <v>1602</v>
+        <v>1666</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>85</v>
+        <v>532</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>958</v>
+        <v>1667</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H591" s="1" t="s">
-        <v>1603</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
-        <v>1604</v>
+        <v>1669</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>85</v>
+        <v>1363</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>906</v>
+        <v>1670</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H592" s="1" t="s">
-        <v>1605</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
-        <v>1606</v>
+        <v>1672</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>85</v>
+        <v>1673</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>364</v>
+        <v>1609</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>1607</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
-        <v>1608</v>
+        <v>1675</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>92</v>
+        <v>1676</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>580</v>
+        <v>655</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H594" s="1" t="s">
-        <v>1609</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
-        <v>1610</v>
+        <v>1678</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>120</v>
+        <v>1530</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>1611</v>
+        <v>655</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H595" s="1" t="s">
-        <v>1612</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
-        <v>1613</v>
+        <v>1680</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>120</v>
+        <v>1681</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>1611</v>
+        <v>655</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H596" s="1" t="s">
-        <v>1614</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
-        <v>952</v>
+        <v>1683</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>413</v>
+        <v>545</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>676</v>
+        <v>658</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H597" s="1" t="s">
-        <v>1615</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
-        <v>1616</v>
+        <v>1685</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>572</v>
+        <v>1686</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>588</v>
+        <v>1095</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>1617</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1618</v>
+        <v>1688</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>953</v>
+        <v>1689</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>954</v>
+        <v>655</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H599" s="1" t="s">
-        <v>1619</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1620</v>
+        <v>1691</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>587</v>
+        <v>1095</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>935</v>
+        <v>1383</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H600" s="1" t="s">
-        <v>1621</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1622</v>
+        <v>1693</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>740</v>
+        <v>582</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1073</v>
+        <v>463</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H601" s="1" t="s">
-        <v>1623</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1624</v>
+        <v>1695</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>740</v>
+        <v>1621</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1625</v>
+        <v>1659</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H602" s="1" t="s">
-        <v>1626</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1627</v>
+        <v>1697</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>614</v>
+        <v>63</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1628</v>
+        <v>655</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F603" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H603" s="1" t="s">
-        <v>1629</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
-        <v>1630</v>
+        <v>1699</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>558</v>
+        <v>667</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F604" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H604" s="1" t="s">
-        <v>1631</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
-        <v>1632</v>
+        <v>1701</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>1633</v>
+        <v>971</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>551</v>
+        <v>682</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F605" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H605" s="1" t="s">
-        <v>1634</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1635</v>
+        <v>1703</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>700</v>
+        <v>1704</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>666</v>
+        <v>452</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F606" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H606" s="1" t="s">
-        <v>1636</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
-        <v>1637</v>
+        <v>1706</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>1638</v>
+        <v>213</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>873</v>
+        <v>214</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F607" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H607" s="1" t="s">
-        <v>1639</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
-        <v>1640</v>
+        <v>1708</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>22</v>
+        <v>466</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1641</v>
+        <v>358</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F608" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H608" s="1" t="s">
-        <v>1642</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1643</v>
+        <v>1710</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>1644</v>
+        <v>1711</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>666</v>
+        <v>1364</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H609" s="1" t="s">
-        <v>1645</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
-        <v>1646</v>
+        <v>1713</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>675</v>
+        <v>1096</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>900</v>
+        <v>1364</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F610" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H610" s="1" t="s">
-        <v>1647</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1648</v>
+        <v>1715</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>135</v>
+        <v>30</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1611</v>
+        <v>1364</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H611" s="1" t="s">
-        <v>1649</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1650</v>
+        <v>1717</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>1651</v>
+        <v>1718</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1652</v>
+        <v>1719</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H612" s="1" t="s">
-        <v>1653</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1654</v>
+        <v>1721</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>565</v>
+        <v>1553</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1655</v>
+        <v>717</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E613" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F613" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H613" s="1" t="s">
-        <v>1656</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
-        <v>1657</v>
+        <v>1723</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>885</v>
+        <v>1553</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1658</v>
+        <v>717</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H614" s="1" t="s">
-        <v>1659</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1660</v>
+        <v>1725</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>666</v>
+        <v>1217</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1661</v>
+        <v>541</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H615" s="1" t="s">
-        <v>1662</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
-        <v>1663</v>
+        <v>1727</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>1664</v>
+        <v>1728</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>638</v>
+        <v>1729</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E616" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F616" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H616" s="1" t="s">
-        <v>1665</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
-        <v>1666</v>
+        <v>1731</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>873</v>
+        <v>1363</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>734</v>
+        <v>552</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F617" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H617" s="1" t="s">
-        <v>1667</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
-        <v>1668</v>
+        <v>1733</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>873</v>
+        <v>1734</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>734</v>
+        <v>1543</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F618" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H618" s="1" t="s">
-        <v>1669</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
-        <v>1670</v>
+        <v>1736</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>600</v>
+        <v>1737</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1671</v>
+        <v>1738</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H619" s="1" t="s">
-        <v>1672</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
-        <v>1673</v>
+        <v>1740</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>565</v>
+        <v>1286</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1674</v>
+        <v>1741</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F620" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H620" s="1" t="s">
-        <v>1675</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
-        <v>1676</v>
+        <v>1743</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>655</v>
+        <v>1744</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>697</v>
+        <v>1745</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F621" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H621" s="1" t="s">
-        <v>1677</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
-        <v>1678</v>
+        <v>1747</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>557</v>
+        <v>459</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>573</v>
+        <v>279</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F622" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H622" s="1" t="s">
-        <v>1679</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
-        <v>1680</v>
+        <v>1749</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>200</v>
+        <v>377</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F623" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H623" s="1" t="s">
-        <v>1681</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
-        <v>1682</v>
+        <v>1751</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>500</v>
+        <v>1752</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>954</v>
+        <v>724</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F624" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H624" s="1" t="s">
-        <v>1683</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
-        <v>1684</v>
+        <v>1754</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>1685</v>
+        <v>620</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1686</v>
+        <v>377</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F625" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1687</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
-        <v>1688</v>
+        <v>1756</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>85</v>
+        <v>567</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>545</v>
+        <v>984</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E626" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F626" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H626" s="1" t="s">
-        <v>1689</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
-        <v>1690</v>
+        <v>1758</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>873</v>
+        <v>412</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>888</v>
+        <v>380</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E627" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F627" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H627" s="1" t="s">
-        <v>1691</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
-        <v>1692</v>
+        <v>1760</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>533</v>
+        <v>1761</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>534</v>
+        <v>997</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H628" s="1" t="s">
-        <v>1693</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
-        <v>1694</v>
+        <v>1763</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>1695</v>
+        <v>459</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1696</v>
+        <v>1764</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F629" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>286</v>
+        <v>204</v>
       </c>
       <c r="H629" s="1" t="s">
-        <v>1697</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
-        <v>1698</v>
+        <v>1766</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>1036</v>
+        <v>1767</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1699</v>
+        <v>927</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F630" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>286</v>
+        <v>204</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1700</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1701</v>
+        <v>1769</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>85</v>
+        <v>27</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1702</v>
+        <v>1770</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E631" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F631" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>286</v>
+        <v>204</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1703</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
-        <v>1704</v>
+        <v>1772</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>85</v>
+        <v>1344</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1702</v>
+        <v>1345</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F632" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>286</v>
+        <v>204</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1705</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
-        <v>1706</v>
+        <v>1774</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>1707</v>
+        <v>1553</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>363</v>
+        <v>816</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G633" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H633" s="1" t="s">
-        <v>1708</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
-        <v>1709</v>
+        <v>1776</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>1707</v>
+        <v>1553</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>363</v>
+        <v>1728</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G634" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H634" s="1" t="s">
-        <v>1710</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
-        <v>1711</v>
+        <v>1778</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>651</v>
+        <v>529</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>638</v>
+        <v>1779</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G635" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H635" s="1" t="s">
-        <v>1712</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
-        <v>1713</v>
+        <v>1781</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>876</v>
+        <v>1782</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1714</v>
+        <v>1592</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G636" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H636" s="1" t="s">
-        <v>1715</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1716</v>
+        <v>1784</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>53</v>
+        <v>1071</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>588</v>
+        <v>730</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G637" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H637" s="1" t="s">
-        <v>1717</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1718</v>
+        <v>1786</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>740</v>
+        <v>1787</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>717</v>
+        <v>1788</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G638" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H638" s="1" t="s">
-        <v>1719</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
-        <v>1720</v>
+        <v>1790</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>572</v>
+        <v>1719</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1721</v>
+        <v>729</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G639" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H639" s="1" t="s">
-        <v>1722</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
-        <v>1723</v>
+        <v>1792</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>1724</v>
+        <v>1770</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1655</v>
+        <v>409</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F640" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>54</v>
+        <v>218</v>
       </c>
       <c r="H640" s="1" t="s">
-        <v>1725</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
-        <v>1726</v>
+        <v>1794</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>1727</v>
+        <v>1770</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1728</v>
+        <v>409</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>100</v>
+        <v>218</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1729</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
-        <v>1730</v>
+        <v>1796</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>1731</v>
+        <v>1797</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>367</v>
+        <v>409</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G642" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H642" s="1" t="s">
-        <v>1732</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1733</v>
+        <v>1799</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>1731</v>
+        <v>1800</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1734</v>
+        <v>499</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G643" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H643" s="1" t="s">
-        <v>1735</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1736</v>
+        <v>1802</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>1731</v>
+        <v>493</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>562</v>
+        <v>672</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G644" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H644" s="1" t="s">
-        <v>1737</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
-        <v>1738</v>
+        <v>1804</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>587</v>
+        <v>883</v>
       </c>
       <c r="C645" s="1" t="s">
         <v>935</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G645" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H645" s="1" t="s">
-        <v>1739</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
-        <v>1740</v>
+        <v>1806</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>587</v>
+        <v>1048</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>935</v>
+        <v>672</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G646" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H646" s="1" t="s">
-        <v>1741</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1742</v>
+        <v>1808</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>587</v>
+        <v>1809</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1734</v>
+        <v>552</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G647" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H647" s="1" t="s">
-        <v>1743</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1744</v>
+        <v>1811</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>1745</v>
+        <v>594</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1746</v>
+        <v>552</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G648" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H648" s="1" t="s">
-        <v>1747</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
-        <v>1748</v>
+        <v>1813</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>200</v>
+        <v>672</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G649" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H649" s="1" t="s">
-        <v>1749</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
-        <v>1750</v>
+        <v>1815</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>57</v>
+        <v>510</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>580</v>
+        <v>552</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G650" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H650" s="1" t="s">
-        <v>1751</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1752</v>
+        <v>1817</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>154</v>
+        <v>1670</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>363</v>
+        <v>1818</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G651" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H651" s="1" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1754</v>
+        <v>1820</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>31</v>
+        <v>1670</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>551</v>
+        <v>1368</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G652" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H652" s="1" t="s">
-        <v>1755</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
-        <v>1752</v>
+        <v>1822</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>1756</v>
+        <v>634</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>363</v>
+        <v>1368</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G653" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H653" s="1" t="s">
-        <v>1757</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
-        <v>1752</v>
+        <v>1824</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>1756</v>
+        <v>892</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>363</v>
+        <v>647</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G654" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H654" s="1" t="s">
-        <v>1758</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
-        <v>1759</v>
+        <v>1826</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>1760</v>
+        <v>1827</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1761</v>
+        <v>1828</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G655" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H655" s="1" t="s">
-        <v>1762</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
-        <v>1763</v>
+        <v>1830</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>1764</v>
+        <v>1828</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>580</v>
+        <v>1084</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G656" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H656" s="1" t="s">
-        <v>1765</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
-        <v>1766</v>
+        <v>1832</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>1764</v>
+        <v>1833</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>580</v>
+        <v>860</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G657" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H657" s="1" t="s">
-        <v>1767</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
-        <v>1768</v>
+        <v>1835</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>1764</v>
+        <v>1286</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>580</v>
+        <v>1084</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G658" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H658" s="1" t="s">
-        <v>1769</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
-        <v>1770</v>
+        <v>1837</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>1764</v>
+        <v>1155</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>580</v>
+        <v>1156</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G659" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H659" s="1" t="s">
-        <v>1771</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
-        <v>1772</v>
+        <v>1839</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>1773</v>
+        <v>1744</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>958</v>
+        <v>1840</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G660" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H660" s="1" t="s">
-        <v>1774</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
-        <v>1775</v>
+        <v>1842</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>1060</v>
+        <v>275</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>958</v>
+        <v>1843</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G661" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H661" s="1" t="s">
-        <v>1776</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
-        <v>1777</v>
+        <v>1845</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>43</v>
+        <v>658</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>588</v>
+        <v>927</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E662" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G662" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H662" s="1" t="s">
-        <v>1778</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
-        <v>1779</v>
+        <v>1847</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>43</v>
+        <v>1848</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>588</v>
+        <v>466</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G663" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H663" s="1" t="s">
-        <v>1780</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
-        <v>1781</v>
+        <v>1850</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>965</v>
+        <v>1504</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>363</v>
+        <v>1851</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G664" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H664" s="1" t="s">
-        <v>1782</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
-        <v>1783</v>
+        <v>1853</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>85</v>
+        <v>1797</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>958</v>
+        <v>1217</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G665" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H665" s="1" t="s">
-        <v>1784</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
-        <v>1785</v>
+        <v>1855</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>85</v>
+        <v>1856</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>958</v>
+        <v>655</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G666" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H666" s="1" t="s">
-        <v>1786</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
-        <v>1787</v>
+        <v>1858</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>1788</v>
+        <v>1859</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>958</v>
+        <v>1860</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G667" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H667" s="1" t="s">
-        <v>1789</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
-        <v>1790</v>
+        <v>1862</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>1791</v>
+        <v>1863</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>580</v>
+        <v>598</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G668" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H668" s="1" t="s">
-        <v>1792</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
-        <v>1793</v>
+        <v>1865</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>1794</v>
+        <v>1495</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>580</v>
+        <v>377</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G669" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H669" s="1" t="s">
-        <v>1795</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
-        <v>1796</v>
+        <v>1867</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>1031</v>
+        <v>1718</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>580</v>
+        <v>1554</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F670" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H670" s="1" t="s">
-        <v>1797</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
-        <v>1798</v>
+        <v>1869</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>344</v>
+        <v>1718</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>958</v>
+        <v>1686</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H671" s="1" t="s">
-        <v>1799</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
-        <v>1800</v>
+        <v>1871</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>1801</v>
+        <v>717</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1375</v>
+        <v>1554</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="H672" s="1" t="s">
-        <v>1802</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
-        <v>1803</v>
+        <v>1873</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>1057</v>
+        <v>717</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>580</v>
+        <v>1554</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="H673" s="1" t="s">
-        <v>1804</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
-        <v>1805</v>
+        <v>1875</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>1057</v>
+        <v>1876</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>580</v>
+        <v>377</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="H674" s="1" t="s">
-        <v>1806</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
-        <v>1807</v>
+        <v>1878</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>1808</v>
+        <v>845</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1809</v>
+        <v>667</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H675" s="1" t="s">
-        <v>1810</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
-        <v>1811</v>
+        <v>1880</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>1808</v>
+        <v>845</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>1812</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
-        <v>1813</v>
+        <v>1882</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>924</v>
+        <v>590</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1814</v>
+        <v>1521</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>1815</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
-        <v>1816</v>
+        <v>1884</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>924</v>
+        <v>463</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1814</v>
+        <v>770</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H678" s="1" t="s">
-        <v>1817</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
-        <v>1818</v>
+        <v>1886</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>344</v>
+        <v>463</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1814</v>
+        <v>1887</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>1819</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
-        <v>1820</v>
+        <v>1889</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>1821</v>
+        <v>1890</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1822</v>
+        <v>574</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>1823</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
-        <v>1824</v>
+        <v>1892</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>1821</v>
+        <v>1890</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1822</v>
+        <v>574</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>1825</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
-        <v>1826</v>
+        <v>1894</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>1821</v>
+        <v>1895</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1070</v>
+        <v>724</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1827</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
-        <v>1828</v>
+        <v>1897</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>1829</v>
+        <v>1898</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1830</v>
+        <v>541</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>1831</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
-        <v>1832</v>
+        <v>1900</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>1829</v>
+        <v>405</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1830</v>
+        <v>1120</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1833</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1834</v>
+        <v>1902</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>948</v>
+        <v>757</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1070</v>
+        <v>1903</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1835</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1836</v>
+        <v>1905</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>1699</v>
+        <v>1653</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1837</v>
+        <v>236</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1838</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
-        <v>1839</v>
+        <v>1907</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>943</v>
+        <v>1653</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>200</v>
+        <v>236</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>1840</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
-        <v>1841</v>
+        <v>1909</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>1842</v>
+        <v>189</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>396</v>
+        <v>236</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E688" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G688" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H688" s="1" t="s">
-        <v>1843</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1844</v>
+        <v>1911</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>940</v>
+        <v>63</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>580</v>
+        <v>1912</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F689" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H689" s="1" t="s">
-        <v>1845</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
-        <v>1846</v>
+        <v>1914</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>1847</v>
+        <v>63</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>1848</v>
+        <v>1912</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F690" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="H690" s="1" t="s">
-        <v>1849</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
-        <v>1850</v>
+        <v>1916</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>1699</v>
+        <v>1353</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>333</v>
+        <v>236</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F691" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H691" s="1" t="s">
-        <v>1851</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1852</v>
+        <v>1918</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>1853</v>
+        <v>1919</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>1854</v>
+        <v>658</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F692" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>187</v>
+        <v>218</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>1855</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1856</v>
+        <v>1921</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>1853</v>
+        <v>883</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>1854</v>
+        <v>503</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1857</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1852</v>
+        <v>1923</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>1853</v>
+        <v>401</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>1854</v>
+        <v>1788</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>1858</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1859</v>
+        <v>1925</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>1853</v>
+        <v>1204</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1854</v>
+        <v>658</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E695" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H695" s="1" t="s">
-        <v>1860</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
-        <v>1861</v>
+        <v>1927</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>1853</v>
+        <v>510</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1854</v>
+        <v>552</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H696" s="1" t="s">
-        <v>1862</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
-        <v>1863</v>
+        <v>1929</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>1853</v>
+        <v>1818</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1854</v>
+        <v>555</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H697" s="1" t="s">
-        <v>1864</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1865</v>
+        <v>1931</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1699</v>
+        <v>1238</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1830</v>
+        <v>1932</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H698" s="1" t="s">
-        <v>1866</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1867</v>
+        <v>1934</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1696</v>
+        <v>961</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1868</v>
+        <v>1171</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="H699" s="1" t="s">
-        <v>1869</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1870</v>
+        <v>1936</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1871</v>
+        <v>213</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1451</v>
+        <v>214</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>1872</v>
+        <v>240</v>
       </c>
       <c r="H700" s="1" t="s">
-        <v>1873</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1874</v>
+        <v>1938</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>1871</v>
+        <v>248</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1451</v>
+        <v>526</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>1872</v>
+        <v>240</v>
       </c>
       <c r="H701" s="1" t="s">
-        <v>1875</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
-        <v>1876</v>
+        <v>1940</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>1871</v>
+        <v>1609</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1451</v>
+        <v>655</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1872</v>
+        <v>240</v>
       </c>
       <c r="H702" s="1" t="s">
-        <v>1877</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
-        <v>1878</v>
+        <v>1942</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>1879</v>
+        <v>1609</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1880</v>
+        <v>655</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F703" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H703" s="1" t="s">
-        <v>1881</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
-        <v>1882</v>
+        <v>1944</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>1879</v>
+        <v>1945</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1883</v>
+        <v>1946</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="H704" s="1" t="s">
-        <v>1884</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
-        <v>1885</v>
+        <v>1948</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>1886</v>
+        <v>1949</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1854</v>
+        <v>1380</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F705" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>197</v>
+        <v>240</v>
       </c>
       <c r="H705" s="1" t="s">
-        <v>1887</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1888</v>
+        <v>1951</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>924</v>
+        <v>401</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1889</v>
+        <v>1380</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F706" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H706" s="1" t="s">
-        <v>1890</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1891</v>
+        <v>1953</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>1879</v>
+        <v>1127</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1854</v>
+        <v>1055</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F707" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>117</v>
+        <v>240</v>
       </c>
       <c r="H707" s="1" t="s">
-        <v>1892</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
-        <v>1893</v>
+        <v>1955</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>1894</v>
+        <v>383</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1172</v>
+        <v>1120</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F708" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H708" s="1" t="s">
-        <v>1895</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
-        <v>1896</v>
+        <v>1957</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>1897</v>
+        <v>469</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>1898</v>
+        <v>764</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H709" s="1" t="s">
-        <v>1899</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
-        <v>1900</v>
+        <v>1959</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>344</v>
+        <v>1761</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>924</v>
+        <v>1960</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H710" s="1" t="s">
-        <v>1901</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
-        <v>1902</v>
+        <v>1962</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>1903</v>
+        <v>1963</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>944</v>
+        <v>882</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H711" s="1" t="s">
-        <v>1904</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
-        <v>1905</v>
+        <v>1965</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>344</v>
+        <v>1495</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1814</v>
+        <v>730</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H712" s="1" t="s">
-        <v>1906</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1907</v>
+        <v>1967</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>1908</v>
+        <v>1968</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>1814</v>
+        <v>377</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F713" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H713" s="1" t="s">
-        <v>1909</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
-        <v>1910</v>
+        <v>1970</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>1908</v>
+        <v>1971</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1814</v>
+        <v>1972</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F714" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H714" s="1" t="s">
-        <v>1911</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
-        <v>1912</v>
+        <v>1974</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>943</v>
+        <v>729</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1814</v>
+        <v>1975</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F715" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H715" s="1" t="s">
-        <v>1913</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
-        <v>1914</v>
+        <v>1977</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>943</v>
+        <v>730</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1814</v>
+        <v>1120</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F716" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>1915</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
-        <v>1916</v>
+        <v>1979</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>1894</v>
+        <v>1980</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1917</v>
+        <v>1538</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F717" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H717" s="1" t="s">
-        <v>1918</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
-        <v>1919</v>
+        <v>1982</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>1920</v>
+        <v>1980</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1921</v>
+        <v>1538</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="H718" s="1" t="s">
-        <v>1922</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
-        <v>1923</v>
+        <v>1984</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>1924</v>
+        <v>1985</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1883</v>
+        <v>251</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H719" s="1" t="s">
-        <v>1925</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
-        <v>1926</v>
+        <v>1987</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>333</v>
+        <v>1155</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1628</v>
+        <v>259</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E720" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H720" s="1" t="s">
-        <v>1927</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1928</v>
+        <v>1989</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>1929</v>
+        <v>344</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>1930</v>
+        <v>1990</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E721" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F721" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1931</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
-        <v>1932</v>
+        <v>1992</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>1809</v>
+        <v>425</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>1933</v>
+        <v>431</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E722" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G722" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H722" s="1" t="s">
-        <v>1934</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
-        <v>1935</v>
+        <v>1994</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>344</v>
+        <v>1165</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>1936</v>
+        <v>259</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E723" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F723" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H723" s="1" t="s">
-        <v>1937</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1938</v>
+        <v>1996</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>344</v>
+        <v>784</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>958</v>
+        <v>1997</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E724" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F724" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H724" s="1" t="s">
-        <v>1939</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1938</v>
+        <v>1999</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>344</v>
+        <v>1503</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>958</v>
+        <v>655</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E725" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F725" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H725" s="1" t="s">
-        <v>1940</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>1941</v>
+        <v>2001</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>344</v>
+        <v>1368</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>1942</v>
+        <v>1828</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E726" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G726" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H726" s="1" t="s">
-        <v>1943</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>1944</v>
+        <v>2003</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>1920</v>
+        <v>425</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>1945</v>
+        <v>838</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G727" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H727" s="1" t="s">
-        <v>1946</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
-        <v>1947</v>
+        <v>2005</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>1948</v>
+        <v>841</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1949</v>
+        <v>842</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G728" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H728" s="1" t="s">
-        <v>1950</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
-        <v>1951</v>
+        <v>2007</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>1952</v>
+        <v>1108</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1953</v>
+        <v>384</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F729" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H729" s="1" t="s">
-        <v>1954</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
-        <v>1955</v>
+        <v>2009</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>1956</v>
+        <v>324</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>1957</v>
+        <v>1363</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F730" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>151</v>
+        <v>2010</v>
       </c>
       <c r="H730" s="1" t="s">
-        <v>1958</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
-        <v>1959</v>
+        <v>2012</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>1960</v>
+        <v>597</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1961</v>
+        <v>2013</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>12</v>
+        <v>2010</v>
       </c>
       <c r="H731" s="1" t="s">
-        <v>1962</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
-        <v>1963</v>
+        <v>2015</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1960</v>
+        <v>357</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>1961</v>
+        <v>1728</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F732" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>12</v>
+        <v>2010</v>
       </c>
       <c r="H732" s="1" t="s">
-        <v>1964</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
-        <v>1965</v>
+        <v>2017</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>1830</v>
+        <v>1274</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1966</v>
+        <v>2018</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F733" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>202</v>
+        <v>2010</v>
       </c>
       <c r="H733" s="1" t="s">
-        <v>1967</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
-        <v>1968</v>
+        <v>2020</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>943</v>
+        <v>1718</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1969</v>
+        <v>655</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F734" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>202</v>
+        <v>2010</v>
       </c>
       <c r="H734" s="1" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
-        <v>1971</v>
+        <v>2022</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>1956</v>
+        <v>2023</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1972</v>
+        <v>49</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E735" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F735" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>151</v>
+        <v>2010</v>
       </c>
       <c r="H735" s="1" t="s">
-        <v>1973</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>1974</v>
+        <v>2025</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>1879</v>
+        <v>1204</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1975</v>
+        <v>658</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>12</v>
+        <v>2010</v>
       </c>
       <c r="H736" s="1" t="s">
-        <v>1976</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
-        <v>1977</v>
+        <v>2027</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>1978</v>
+        <v>30</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1979</v>
+        <v>49</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G737" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2010</v>
+      </c>
       <c r="H737" s="1" t="s">
-        <v>1980</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
-        <v>1981</v>
+        <v>2029</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>344</v>
+        <v>30</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>992</v>
+        <v>1788</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E738" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F738" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>202</v>
+        <v>2010</v>
       </c>
       <c r="H738" s="1" t="s">
-        <v>1982</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
-        <v>1983</v>
+        <v>2031</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>1924</v>
+        <v>392</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>352</v>
+        <v>2032</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E739" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F739" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>286</v>
+        <v>2010</v>
       </c>
       <c r="H739" s="1" t="s">
-        <v>1984</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
-        <v>1985</v>
+        <v>2034</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1986</v>
+        <v>802</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1930</v>
+        <v>730</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F740" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>12</v>
+        <v>2010</v>
       </c>
       <c r="H740" s="1" t="s">
-        <v>1987</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
-        <v>1988</v>
+        <v>2036</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>1989</v>
+        <v>802</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>352</v>
+        <v>193</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F741" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>197</v>
+        <v>2010</v>
       </c>
       <c r="H741" s="1" t="s">
-        <v>1990</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
-        <v>1991</v>
+        <v>2038</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1908</v>
+        <v>544</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1992</v>
+        <v>667</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>226</v>
+        <v>2010</v>
       </c>
       <c r="H742" s="1" t="s">
-        <v>1993</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
-        <v>1994</v>
+        <v>2040</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>1908</v>
+        <v>544</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1992</v>
+        <v>1800</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F743" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>180</v>
+        <v>2010</v>
       </c>
       <c r="H743" s="1" t="s">
-        <v>1995</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
-        <v>1996</v>
+        <v>2042</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>1908</v>
+        <v>2043</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1992</v>
+        <v>1126</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F744" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>180</v>
+        <v>2010</v>
       </c>
       <c r="H744" s="1" t="s">
-        <v>1997</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
-        <v>1998</v>
+        <v>2045</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>1920</v>
+        <v>1204</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1999</v>
+        <v>655</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F745" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>96</v>
+        <v>2010</v>
       </c>
       <c r="H745" s="1" t="s">
-        <v>2000</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>2001</v>
+        <v>2047</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>333</v>
+        <v>1383</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>958</v>
+        <v>1610</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F746" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>96</v>
+        <v>2010</v>
       </c>
       <c r="H746" s="1" t="s">
-        <v>2002</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>2003</v>
+        <v>2049</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>1961</v>
+        <v>466</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>352</v>
+        <v>2050</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>104</v>
+        <v>2010</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>2004</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
-        <v>2005</v>
+        <v>2052</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>1886</v>
+        <v>1089</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2006</v>
+        <v>1090</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F748" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>180</v>
+        <v>2010</v>
       </c>
       <c r="H748" s="1" t="s">
-        <v>2007</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
-        <v>2008</v>
+        <v>2052</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>1897</v>
+        <v>1089</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>1848</v>
+        <v>1090</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F749" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>187</v>
+        <v>2010</v>
       </c>
       <c r="H749" s="1" t="s">
-        <v>2009</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E750" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F750" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G750" s="1" t="s">
         <v>2010</v>
       </c>
-      <c r="B750" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H750" s="1" t="s">
-        <v>2011</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
-        <v>2012</v>
+        <v>2057</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>2013</v>
+        <v>1089</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>906</v>
+        <v>1090</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>180</v>
+        <v>2010</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>2015</v>
+        <v>2059</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>2013</v>
+        <v>1089</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>906</v>
+        <v>1090</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F752" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>180</v>
+        <v>2010</v>
       </c>
       <c r="H752" s="1" t="s">
-        <v>2016</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
-        <v>2017</v>
+        <v>2061</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>992</v>
+        <v>2062</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>395</v>
+        <v>2063</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F753" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>12</v>
+        <v>2010</v>
       </c>
       <c r="H753" s="1" t="s">
-        <v>2018</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
-        <v>2019</v>
+        <v>2065</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>992</v>
+        <v>1285</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>395</v>
+        <v>425</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F754" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>32</v>
+        <v>2010</v>
       </c>
       <c r="H754" s="1" t="s">
-        <v>2020</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
-        <v>2021</v>
+        <v>2067</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>992</v>
+        <v>510</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>395</v>
+        <v>552</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F755" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>54</v>
+        <v>2010</v>
       </c>
       <c r="H755" s="1" t="s">
-        <v>2022</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
-        <v>2023</v>
+        <v>2069</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>1966</v>
+        <v>1440</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>352</v>
+        <v>573</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F756" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>104</v>
+        <v>2010</v>
       </c>
       <c r="H756" s="1" t="s">
-        <v>2024</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
-        <v>2025</v>
+        <v>2071</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>944</v>
+        <v>510</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>2026</v>
+        <v>1105</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F757" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>139</v>
+        <v>2010</v>
       </c>
       <c r="H757" s="1" t="s">
-        <v>2027</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
-        <v>2028</v>
+        <v>2073</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>992</v>
+        <v>424</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>395</v>
+        <v>1828</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F758" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>180</v>
+        <v>2010</v>
       </c>
       <c r="H758" s="1" t="s">
-        <v>2029</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
-        <v>2030</v>
+        <v>2075</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>992</v>
+        <v>1738</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>395</v>
+        <v>579</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>180</v>
+        <v>2010</v>
       </c>
       <c r="H759" s="1" t="s">
-        <v>2031</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2032</v>
+        <v>2077</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>992</v>
+        <v>774</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>395</v>
+        <v>1971</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>180</v>
+        <v>2010</v>
       </c>
       <c r="H760" s="1" t="s">
-        <v>2033</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
         <v>2034</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>992</v>
+        <v>2079</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>395</v>
+        <v>2080</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F761" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>104</v>
+        <v>2010</v>
       </c>
       <c r="H761" s="1" t="s">
-        <v>2035</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2036</v>
+        <v>2082</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>992</v>
+        <v>1165</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>395</v>
+        <v>1328</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F762" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>226</v>
+        <v>2010</v>
       </c>
       <c r="H762" s="1" t="s">
-        <v>2037</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
-        <v>2038</v>
+        <v>2047</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>992</v>
+        <v>863</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>395</v>
+        <v>2084</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F763" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>226</v>
+        <v>2010</v>
       </c>
       <c r="H763" s="1" t="s">
-        <v>2039</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
-        <v>2040</v>
+        <v>2086</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>992</v>
+        <v>1174</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>395</v>
+        <v>276</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F764" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>100</v>
+        <v>2010</v>
       </c>
       <c r="H764" s="1" t="s">
-        <v>2041</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
-        <v>2042</v>
+        <v>2088</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>992</v>
+        <v>1809</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>395</v>
+        <v>1509</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F765" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>139</v>
+        <v>2010</v>
       </c>
       <c r="H765" s="1" t="s">
-        <v>2043</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
-        <v>2044</v>
+        <v>2090</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>1966</v>
+        <v>1280</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>395</v>
+        <v>478</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>100</v>
+        <v>2010</v>
       </c>
       <c r="H766" s="1" t="s">
-        <v>2045</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
-        <v>2046</v>
+        <v>2092</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>1992</v>
+        <v>1000</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>1975</v>
+        <v>1433</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>286</v>
+        <v>2010</v>
       </c>
       <c r="H767" s="1" t="s">
-        <v>2047</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
-        <v>2048</v>
+        <v>2094</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>1992</v>
+        <v>996</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>352</v>
+        <v>2095</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>286</v>
+        <v>2010</v>
       </c>
       <c r="H768" s="1" t="s">
-        <v>2049</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
-        <v>2050</v>
+        <v>2097</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>2006</v>
+        <v>466</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>1933</v>
+        <v>655</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>180</v>
+        <v>266</v>
       </c>
       <c r="H769" s="1" t="s">
-        <v>2051</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
-        <v>2052</v>
+        <v>2099</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>1921</v>
+        <v>1396</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2053</v>
+        <v>2100</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G770" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="H770" s="1" t="s">
-        <v>2054</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
-        <v>2055</v>
+        <v>2102</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>1972</v>
+        <v>63</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>995</v>
+        <v>655</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F771" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>151</v>
+        <v>2103</v>
       </c>
       <c r="H771" s="1" t="s">
-        <v>2056</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
-        <v>2057</v>
+        <v>2105</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>2058</v>
+        <v>63</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2059</v>
+        <v>655</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>96</v>
+        <v>2103</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2060</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
-        <v>2061</v>
+        <v>2107</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>2062</v>
+        <v>2108</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2063</v>
+        <v>730</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H773" s="1" t="s">
-        <v>2064</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
-        <v>2065</v>
+        <v>2110</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>2066</v>
+        <v>213</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>395</v>
+        <v>214</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H774" s="1" t="s">
-        <v>2067</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
-        <v>2068</v>
+        <v>2112</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>1979</v>
+        <v>1583</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>1975</v>
+        <v>2113</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H775" s="1" t="s">
-        <v>2069</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
-        <v>2070</v>
+        <v>2115</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>1979</v>
+        <v>2116</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2071</v>
+        <v>1515</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2072</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2073</v>
+        <v>2118</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>1628</v>
+        <v>2119</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1070</v>
+        <v>724</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2074</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2075</v>
+        <v>2121</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1628</v>
+        <v>63</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>395</v>
+        <v>1120</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F778" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H778" s="1" t="s">
-        <v>2076</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
-        <v>2077</v>
+        <v>2123</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>953</v>
+        <v>1856</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2078</v>
+        <v>1363</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F779" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G779" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H779" s="1" t="s">
-        <v>2079</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
-        <v>2080</v>
+        <v>2125</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>2081</v>
+        <v>365</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>396</v>
+        <v>1719</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G780" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H780" s="1" t="s">
-        <v>2082</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
-        <v>2083</v>
+        <v>2127</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>344</v>
+        <v>377</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>1814</v>
+        <v>2128</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G781" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H781" s="1" t="s">
-        <v>2084</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
-        <v>2085</v>
+        <v>2130</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>1628</v>
+        <v>2131</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2086</v>
+        <v>2108</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F782" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H782" s="1" t="s">
-        <v>2087</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
-        <v>2088</v>
+        <v>2133</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>2089</v>
+        <v>2131</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>392</v>
+        <v>2108</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F783" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>117</v>
+        <v>12</v>
       </c>
       <c r="H783" s="1" t="s">
-        <v>2090</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2091</v>
+        <v>2135</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>2063</v>
+        <v>1126</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2092</v>
+        <v>2136</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F784" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H784" s="1" t="s">
-        <v>2093</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
-        <v>2094</v>
+        <v>2138</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>2095</v>
+        <v>545</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2096</v>
+        <v>655</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H785" s="1" t="s">
-        <v>2097</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
-        <v>2098</v>
+        <v>2140</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>2099</v>
+        <v>99</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2100</v>
+        <v>259</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E786" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F786" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G786" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H786" s="1" t="s">
-        <v>2101</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2102</v>
+        <v>2142</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2103</v>
+        <v>1711</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>989</v>
+        <v>2143</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E787" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G787" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H787" s="1" t="s">
-        <v>2104</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2105</v>
+        <v>2145</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2103</v>
+        <v>1711</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>407</v>
+        <v>2143</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E788" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F788" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c r="H788" s="1" t="s">
-        <v>2106</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2107</v>
+        <v>2147</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>2103</v>
+        <v>845</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2092</v>
+        <v>846</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E789" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F789" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2108</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2109</v>
+        <v>2149</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>2103</v>
+        <v>510</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2092</v>
+        <v>552</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F790" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2110</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2111</v>
+        <v>2151</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2086</v>
+        <v>510</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2100</v>
+        <v>552</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E791" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F791" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2112</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2113</v>
+        <v>2153</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2086</v>
+        <v>1367</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>407</v>
+        <v>1516</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2114</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2115</v>
+        <v>2155</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>1930</v>
+        <v>1367</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>395</v>
+        <v>1516</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F793" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H793" s="1" t="s">
-        <v>2116</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2117</v>
+        <v>2157</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>2118</v>
+        <v>806</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2119</v>
+        <v>807</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F794" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2120</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2121</v>
+        <v>2159</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2118</v>
+        <v>806</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>999</v>
+        <v>807</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E795" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F795" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G795" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H795" s="1" t="s">
-        <v>2122</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>1070</v>
+        <v>837</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>995</v>
+        <v>2161</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F796" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H796" s="1" t="s">
-        <v>2124</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2125</v>
+        <v>2163</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>988</v>
+        <v>806</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1304</v>
+        <v>807</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E797" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F797" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>117</v>
+        <v>12</v>
       </c>
       <c r="H797" s="1" t="s">
-        <v>2126</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
-        <v>2127</v>
+        <v>2165</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>2128</v>
+        <v>1225</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>1002</v>
+        <v>470</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G798" s="1"/>
       <c r="H798" s="1" t="s">
-        <v>2129</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
-        <v>2130</v>
+        <v>2167</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>2131</v>
+        <v>500</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2026</v>
+        <v>696</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G799" s="1"/>
       <c r="H799" s="1" t="s">
-        <v>2132</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2133</v>
+        <v>2169</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2118</v>
+        <v>275</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2119</v>
+        <v>2170</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G800" s="1"/>
       <c r="H800" s="1" t="s">
-        <v>2134</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
-        <v>2135</v>
+        <v>2172</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>2118</v>
+        <v>2173</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2119</v>
+        <v>2174</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F801" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G801" s="1"/>
       <c r="H801" s="1" t="s">
-        <v>2136</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2137</v>
+        <v>2176</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>2118</v>
+        <v>1592</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2119</v>
+        <v>1241</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F802" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2138</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
-        <v>2139</v>
+        <v>2178</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>2118</v>
+        <v>1014</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2119</v>
+        <v>1008</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F803" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="H803" s="1" t="s">
-        <v>2140</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2141</v>
+        <v>2180</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>2128</v>
+        <v>1014</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2142</v>
+        <v>279</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F804" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2143</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>2144</v>
+        <v>2182</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>2128</v>
+        <v>1014</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2142</v>
+        <v>1008</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F805" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="H805" s="1" t="s">
-        <v>2145</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
-        <v>2146</v>
+        <v>1234</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>2118</v>
+        <v>564</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2147</v>
+        <v>1456</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E806" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F806" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G806" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H806" s="1" t="s">
-        <v>2148</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
-        <v>2149</v>
+        <v>2185</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>2150</v>
+        <v>2186</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>388</v>
+        <v>279</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F807" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>54</v>
+        <v>2010</v>
       </c>
       <c r="H807" s="1" t="s">
-        <v>2151</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
-        <v>2152</v>
+        <v>2188</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>989</v>
+        <v>2189</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>389</v>
+        <v>771</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E808" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F808" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2153</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
-        <v>2154</v>
+        <v>2191</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>2100</v>
+        <v>2192</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>430</v>
+        <v>214</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E809" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F809" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H809" s="1" t="s">
-        <v>2155</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2156</v>
+        <v>2194</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>483</v>
+        <v>2195</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>9</v>
+        <v>513</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E810" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F810" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>197</v>
+        <v>77</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2157</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2158</v>
+        <v>2197</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>2096</v>
+        <v>213</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>370</v>
+        <v>214</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F811" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2159</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>969</v>
+        <v>2199</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>970</v>
+        <v>213</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>430</v>
+        <v>214</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F812" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2160</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>2161</v>
+        <v>2201</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>989</v>
+        <v>213</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>441</v>
+        <v>214</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G813" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H813" s="1" t="s">
-        <v>2162</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2163</v>
+        <v>2203</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>2100</v>
+        <v>213</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>370</v>
+        <v>214</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F814" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="H814" s="1" t="s">
-        <v>2164</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
-        <v>2165</v>
+        <v>2205</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>530</v>
+        <v>213</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2166</v>
+        <v>214</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E815" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F815" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="H815" s="1" t="s">
-        <v>2167</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
-        <v>2168</v>
+        <v>2207</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>2169</v>
+        <v>213</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>1871</v>
+        <v>214</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H816" s="1" t="s">
-        <v>2170</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
-        <v>2171</v>
+        <v>2209</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>2172</v>
+        <v>213</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2173</v>
+        <v>214</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="H817" s="1" t="s">
-        <v>2174</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
-        <v>2175</v>
+        <v>2211</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>2176</v>
+        <v>965</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>1814</v>
+        <v>2212</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F818" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>104</v>
+        <v>685</v>
       </c>
       <c r="H818" s="1" t="s">
-        <v>2177</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2178</v>
+        <v>2214</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>2172</v>
+        <v>2192</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>1903</v>
+        <v>2215</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G819" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="H819" s="1" t="s">
-        <v>2179</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>2180</v>
+        <v>2217</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>2181</v>
+        <v>771</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>1808</v>
+        <v>2218</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F820" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>151</v>
+        <v>31</v>
       </c>
       <c r="H820" s="1" t="s">
-        <v>2182</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
-        <v>2183</v>
+        <v>2220</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2184</v>
+        <v>2221</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1699</v>
+        <v>2222</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G821" s="1"/>
       <c r="H821" s="1" t="s">
-        <v>2185</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
-        <v>2186</v>
+        <v>2224</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>2187</v>
+        <v>2225</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2188</v>
+        <v>1241</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E822" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F822" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>96</v>
+        <v>1341</v>
       </c>
       <c r="H822" s="1" t="s">
-        <v>2189</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2190</v>
+        <v>2227</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>2187</v>
+        <v>2225</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1251</v>
+        <v>2228</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F823" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H823" s="1" t="s">
-        <v>2191</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>2192</v>
+        <v>2230</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>2193</v>
+        <v>275</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2194</v>
+        <v>2170</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F824" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="H824" s="1" t="s">
-        <v>2195</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2196</v>
+        <v>2232</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>2197</v>
+        <v>275</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>1808</v>
+        <v>276</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G825" s="1"/>
       <c r="H825" s="1" t="s">
-        <v>2198</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2199</v>
+        <v>2234</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>1871</v>
+        <v>275</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>924</v>
+        <v>276</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G826" s="1"/>
       <c r="H826" s="1" t="s">
-        <v>2200</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2201</v>
+        <v>2236</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>2202</v>
+        <v>275</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>630</v>
+        <v>276</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G827" s="1"/>
       <c r="H827" s="1" t="s">
-        <v>2203</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
-        <v>2204</v>
+        <v>2238</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>2205</v>
+        <v>275</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>580</v>
+        <v>276</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G828" s="1"/>
       <c r="H828" s="1" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>1721</v>
+        <v>275</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2188</v>
+        <v>276</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G829" s="1"/>
       <c r="H829" s="1" t="s">
-        <v>2208</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2209</v>
+        <v>2242</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>2210</v>
+        <v>275</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>924</v>
+        <v>276</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F830" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G830" s="1"/>
       <c r="H830" s="1" t="s">
-        <v>2211</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2212</v>
+        <v>2244</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>587</v>
+        <v>771</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>580</v>
+        <v>513</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2213</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2214</v>
+        <v>2246</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>2215</v>
+        <v>2247</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>200</v>
+        <v>2248</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E832" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F832" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="H832" s="1" t="s">
-        <v>2216</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
-        <v>2217</v>
+        <v>2250</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>2215</v>
+        <v>2251</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>200</v>
+        <v>2252</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F833" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G833" s="1"/>
       <c r="H833" s="1" t="s">
-        <v>2218</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
-        <v>2219</v>
+        <v>2254</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>1721</v>
+        <v>2251</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>1829</v>
+        <v>2255</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E834" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>12</v>
+        <v>685</v>
       </c>
       <c r="H834" s="1" t="s">
-        <v>2220</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
-        <v>2221</v>
+        <v>2257</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>2222</v>
+        <v>2251</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>364</v>
+        <v>2255</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F835" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>197</v>
+        <v>685</v>
       </c>
       <c r="H835" s="1" t="s">
-        <v>2223</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
-        <v>2224</v>
+        <v>2259</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>2225</v>
+        <v>1972</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>395</v>
+        <v>2252</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F836" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="H836" s="1" t="s">
-        <v>2226</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
-        <v>2227</v>
+        <v>2261</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>2225</v>
+        <v>1972</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1847</v>
+        <v>2262</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F837" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>187</v>
+        <v>1341</v>
       </c>
       <c r="H837" s="1" t="s">
-        <v>2228</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
-        <v>2229</v>
+        <v>2264</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>1578</v>
+        <v>1456</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2230</v>
+        <v>2265</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F838" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>187</v>
+        <v>685</v>
       </c>
       <c r="H838" s="1" t="s">
-        <v>2231</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
-        <v>2232</v>
+        <v>2267</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>2233</v>
+        <v>1456</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>1801</v>
+        <v>2265</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F839" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>180</v>
+        <v>685</v>
       </c>
       <c r="H839" s="1" t="s">
-        <v>2234</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
-        <v>2235</v>
+        <v>2269</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>680</v>
+        <v>993</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>954</v>
+        <v>214</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F840" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="H840" s="1" t="s">
-        <v>2236</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
-        <v>2237</v>
+        <v>2271</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>943</v>
+        <v>214</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2238</v>
+        <v>214</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F841" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H841" s="1" t="s">
-        <v>2239</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
-        <v>2240</v>
+        <v>2273</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>2194</v>
+        <v>2274</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>1986</v>
+        <v>2275</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F842" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H842" s="1" t="s">
-        <v>2241</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2242</v>
+        <v>2277</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2194</v>
+        <v>2251</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>1986</v>
+        <v>2255</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E843" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F843" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>139</v>
+        <v>685</v>
       </c>
       <c r="H843" s="1" t="s">
-        <v>2243</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2244</v>
+        <v>2279</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2194</v>
+        <v>2251</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1986</v>
+        <v>2255</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>139</v>
+        <v>685</v>
       </c>
       <c r="H844" s="1" t="s">
-        <v>2245</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
-        <v>2246</v>
+        <v>2281</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>2194</v>
+        <v>2282</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2247</v>
+        <v>2283</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E845" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F845" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="H845" s="1" t="s">
-        <v>2248</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
-        <v>2249</v>
+        <v>2285</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>680</v>
+        <v>279</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>395</v>
+        <v>2286</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F846" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G846" s="1"/>
       <c r="H846" s="1" t="s">
-        <v>2250</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
-        <v>2251</v>
+        <v>2288</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>1578</v>
+        <v>279</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>618</v>
+        <v>779</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F847" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H847" s="1" t="s">
-        <v>2252</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2253</v>
+        <v>2290</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>1641</v>
+        <v>2251</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2254</v>
+        <v>2291</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>187</v>
+        <v>204</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2255</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2256</v>
+        <v>2293</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>2257</v>
+        <v>2247</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>1842</v>
+        <v>2248</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F849" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>180</v>
+        <v>204</v>
       </c>
       <c r="H849" s="1" t="s">
-        <v>2258</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
-        <v>2259</v>
+        <v>2295</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>609</v>
+        <v>2251</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>947</v>
+        <v>2252</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G850" s="1"/>
       <c r="H850" s="1" t="s">
-        <v>2260</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
-        <v>2261</v>
+        <v>2297</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>538</v>
+        <v>2247</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2262</v>
+        <v>2248</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F851" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H851" s="1" t="s">
-        <v>2263</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2264</v>
+        <v>2299</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>1073</v>
+        <v>2251</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1728</v>
+        <v>2291</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F852" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="H852" s="1" t="s">
-        <v>2265</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2266</v>
+        <v>2301</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>2267</v>
+        <v>729</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>580</v>
+        <v>2302</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G853" s="1"/>
       <c r="H853" s="1" t="s">
-        <v>2268</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2269</v>
+        <v>2304</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2270</v>
+        <v>2305</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G854" s="1"/>
       <c r="H854" s="1" t="s">
-        <v>2271</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2272</v>
+        <v>2307</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2273</v>
+        <v>2305</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>364</v>
+        <v>235</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G855" s="1"/>
       <c r="H855" s="1" t="s">
-        <v>2274</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2275</v>
+        <v>2304</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>2273</v>
+        <v>1083</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>364</v>
+        <v>235</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G856" s="1"/>
       <c r="H856" s="1" t="s">
-        <v>2276</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2277</v>
+        <v>2310</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>731</v>
+        <v>217</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>580</v>
+        <v>658</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G857" s="1"/>
       <c r="H857" s="1" t="s">
-        <v>2278</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2279</v>
+        <v>2312</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>2280</v>
+        <v>217</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>545</v>
+        <v>658</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G858" s="1"/>
       <c r="H858" s="1" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2282</v>
+        <v>2314</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>731</v>
+        <v>186</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2283</v>
+        <v>235</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G859" s="1"/>
       <c r="H859" s="1" t="s">
-        <v>2284</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2285</v>
+        <v>2314</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>1067</v>
+        <v>2316</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>363</v>
+        <v>235</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G860" s="1"/>
       <c r="H860" s="1" t="s">
-        <v>2286</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2287</v>
+        <v>2314</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>734</v>
+        <v>2316</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2288</v>
+        <v>235</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G861" s="1"/>
       <c r="H861" s="1" t="s">
-        <v>2289</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
-        <v>2290</v>
+        <v>2319</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>2291</v>
+        <v>63</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2292</v>
+        <v>380</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G862" s="1"/>
       <c r="H862" s="1" t="s">
-        <v>2293</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
-        <v>2294</v>
+        <v>2321</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>2295</v>
+        <v>30</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2296</v>
+        <v>658</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G863" s="1"/>
       <c r="H863" s="1" t="s">
-        <v>2297</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
-        <v>2298</v>
+        <v>2323</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>923</v>
+        <v>2324</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2299</v>
+        <v>2325</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G864" s="1"/>
       <c r="H864" s="1" t="s">
-        <v>2300</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
-        <v>2301</v>
+        <v>2327</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>2273</v>
+        <v>532</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>630</v>
+        <v>478</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G865" s="1"/>
       <c r="H865" s="1" t="s">
-        <v>2302</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2303</v>
+        <v>2329</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>2304</v>
+        <v>1770</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2283</v>
+        <v>235</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G866" s="1"/>
       <c r="H866" s="1" t="s">
-        <v>2305</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2306</v>
+        <v>2331</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2304</v>
+        <v>2332</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>530</v>
+        <v>2333</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G867" s="1"/>
       <c r="H867" s="1" t="s">
-        <v>2307</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>2308</v>
+        <v>2335</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>609</v>
+        <v>2336</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>954</v>
+        <v>763</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
-        <v>2309</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
-        <v>2310</v>
+        <v>2338</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>541</v>
+        <v>941</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>363</v>
+        <v>2339</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2311</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2312</v>
+        <v>2341</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>1625</v>
+        <v>2342</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1699</v>
+        <v>1818</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G870" s="1"/>
       <c r="H870" s="1" t="s">
-        <v>2313</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2314</v>
+        <v>2344</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>1625</v>
+        <v>1367</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>562</v>
+        <v>630</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G871" s="1"/>
       <c r="H871" s="1" t="s">
-        <v>2315</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2316</v>
+        <v>2346</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>1625</v>
+        <v>630</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2317</v>
+        <v>424</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E872" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G872" s="1"/>
       <c r="H872" s="1" t="s">
-        <v>2318</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2319</v>
+        <v>2348</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>2291</v>
+        <v>552</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>558</v>
+        <v>1828</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G873" s="1"/>
       <c r="H873" s="1" t="s">
-        <v>2320</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2321</v>
+        <v>2350</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>2322</v>
+        <v>555</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>562</v>
+        <v>643</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G874" s="1"/>
       <c r="H874" s="1" t="s">
-        <v>2323</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2324</v>
+        <v>2352</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>2322</v>
+        <v>555</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2325</v>
+        <v>1274</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G875" s="1"/>
       <c r="H875" s="1" t="s">
-        <v>2326</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2327</v>
+        <v>2354</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>2291</v>
+        <v>1156</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2322</v>
+        <v>1477</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G876" s="1"/>
       <c r="H876" s="1" t="s">
-        <v>2328</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2329</v>
+        <v>2250</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>2322</v>
+        <v>1084</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2283</v>
+        <v>2356</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G877" s="1"/>
       <c r="H877" s="1" t="s">
-        <v>2330</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
-        <v>2331</v>
+        <v>2358</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>545</v>
+        <v>1512</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>2332</v>
+        <v>2359</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G878" s="1"/>
       <c r="H878" s="1" t="s">
-        <v>2333</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
-        <v>2334</v>
+        <v>2361</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>2335</v>
+        <v>806</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>558</v>
+        <v>1228</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G879" s="1"/>
       <c r="H879" s="1" t="s">
-        <v>2336</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2337</v>
+        <v>2363</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>2338</v>
+        <v>1843</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2339</v>
+        <v>2247</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G880" s="1"/>
       <c r="H880" s="1" t="s">
-        <v>2340</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2341</v>
+        <v>2365</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>2342</v>
+        <v>2366</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>2343</v>
+        <v>1174</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G881" s="1"/>
       <c r="H881" s="1" t="s">
-        <v>2344</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
-        <v>2345</v>
+        <v>2368</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>2342</v>
+        <v>2369</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2343</v>
+        <v>2370</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G882" s="1"/>
       <c r="H882" s="1" t="s">
-        <v>2346</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2347</v>
+        <v>2372</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>562</v>
+        <v>2161</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2188</v>
+        <v>1827</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2348</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2349</v>
+        <v>2374</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>2322</v>
+        <v>2161</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>367</v>
+        <v>1827</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G884" s="1"/>
       <c r="H884" s="1" t="s">
-        <v>2350</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2351</v>
+        <v>2376</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>541</v>
+        <v>99</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>1674</v>
+        <v>1764</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F885" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G885" s="1"/>
       <c r="H885" s="1" t="s">
-        <v>2352</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2353</v>
+        <v>2378</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>2354</v>
+        <v>2324</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>558</v>
+        <v>259</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G886" s="1"/>
       <c r="H886" s="1" t="s">
-        <v>2355</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2356</v>
+        <v>2380</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>541</v>
+        <v>40</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>1674</v>
+        <v>259</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G887" s="1"/>
       <c r="H887" s="1" t="s">
-        <v>2357</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2358</v>
+        <v>2382</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>357</v>
+        <v>2383</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>364</v>
+        <v>259</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F888" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G888" s="1"/>
       <c r="H888" s="1" t="s">
-        <v>2359</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2360</v>
+        <v>2385</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>2338</v>
+        <v>40</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>1080</v>
+        <v>259</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F889" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G889" s="1"/>
       <c r="H889" s="1" t="s">
-        <v>2361</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2362</v>
+        <v>2387</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>2363</v>
+        <v>1828</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2364</v>
+        <v>361</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F890" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G890" s="1"/>
       <c r="H890" s="1" t="s">
-        <v>2365</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2366</v>
+        <v>2389</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>2367</v>
+        <v>1328</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2368</v>
+        <v>647</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F891" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G891" s="1"/>
       <c r="H891" s="1" t="s">
-        <v>2369</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2370</v>
+        <v>2391</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>2367</v>
+        <v>493</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2368</v>
+        <v>1165</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G892" s="1"/>
       <c r="H892" s="1" t="s">
-        <v>2371</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
-        <v>2372</v>
+        <v>2393</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>2373</v>
+        <v>493</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2339</v>
+        <v>1165</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F893" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G893" s="1"/>
       <c r="H893" s="1" t="s">
-        <v>2374</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
-        <v>2375</v>
+        <v>2395</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>2373</v>
+        <v>493</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2339</v>
+        <v>1165</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F894" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G894" s="1"/>
       <c r="H894" s="1" t="s">
-        <v>2376</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2377</v>
+        <v>2397</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>2373</v>
+        <v>1521</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2339</v>
+        <v>2398</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F895" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G895" s="1"/>
       <c r="H895" s="1" t="s">
-        <v>2378</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
-        <v>2379</v>
+        <v>2400</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>2296</v>
+        <v>2401</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2368</v>
+        <v>380</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F896" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G896" s="1"/>
       <c r="H896" s="1" t="s">
-        <v>2380</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2381</v>
+        <v>2403</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>2382</v>
+        <v>1066</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2382</v>
+        <v>2404</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F897" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G897" s="1"/>
       <c r="H897" s="1" t="s">
-        <v>2383</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
-        <v>2384</v>
+        <v>2406</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>57</v>
+        <v>2221</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2385</v>
+        <v>1084</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F898" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G898" s="1"/>
       <c r="H898" s="1" t="s">
-        <v>2386</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
-        <v>2387</v>
+        <v>2408</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2385</v>
+        <v>667</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F899" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G899" s="1"/>
       <c r="H899" s="1" t="s">
-        <v>2388</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
-        <v>2389</v>
+        <v>2410</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>2343</v>
+        <v>63</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>363</v>
+        <v>655</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F900" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G900" s="1"/>
       <c r="H900" s="1" t="s">
-        <v>2390</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2391</v>
+        <v>2412</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>658</v>
+        <v>2413</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>573</v>
+        <v>2414</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F901" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G901" s="1"/>
       <c r="H901" s="1" t="s">
-        <v>2392</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
-        <v>2393</v>
+        <v>2416</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>669</v>
+        <v>1095</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>670</v>
+        <v>1120</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E902" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F902" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G902" s="1"/>
       <c r="H902" s="1" t="s">
-        <v>2394</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
-        <v>2395</v>
+        <v>2418</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>669</v>
+        <v>2419</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>670</v>
+        <v>2420</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G903" s="1"/>
       <c r="H903" s="1" t="s">
-        <v>2396</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2397</v>
+        <v>2422</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>737</v>
+        <v>1108</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>551</v>
+        <v>883</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G904" s="1"/>
       <c r="H904" s="1" t="s">
-        <v>2398</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2397</v>
+        <v>2424</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>737</v>
+        <v>2413</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>551</v>
+        <v>1667</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G905" s="1"/>
       <c r="H905" s="1" t="s">
-        <v>2399</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2400</v>
+        <v>2426</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>873</v>
+        <v>2413</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>534</v>
+        <v>1667</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E906" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G906" s="1"/>
       <c r="H906" s="1" t="s">
-        <v>2401</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2402</v>
-[...2 lines deleted...]
-      <c r="C907" s="1"/>
+        <v>2428</v>
+      </c>
+      <c r="B907" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C907" s="1" t="s">
+        <v>474</v>
+      </c>
       <c r="D907" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F907" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G907" s="1"/>
       <c r="H907" s="1" t="s">
-        <v>2403</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2404</v>
-[...2 lines deleted...]
-      <c r="C908" s="1"/>
+        <v>2430</v>
+      </c>
+      <c r="B908" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C908" s="1" t="s">
+        <v>1345</v>
+      </c>
       <c r="D908" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F908" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G908" s="1"/>
       <c r="H908" s="1" t="s">
-        <v>2405</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2406</v>
-[...2 lines deleted...]
-      <c r="C909" s="1"/>
+        <v>2432</v>
+      </c>
+      <c r="B909" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C909" s="1" t="s">
+        <v>1345</v>
+      </c>
       <c r="D909" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F909" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G909" s="1"/>
       <c r="H909" s="1" t="s">
-        <v>2407</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
-        <v>2408</v>
-[...2 lines deleted...]
-      <c r="C910" s="1"/>
+        <v>2434</v>
+      </c>
+      <c r="B910" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C910" s="1" t="s">
+        <v>2435</v>
+      </c>
       <c r="D910" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F910" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G910" s="1"/>
       <c r="H910" s="1" t="s">
-        <v>2409</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2410</v>
-[...2 lines deleted...]
-      <c r="C911" s="1"/>
+        <v>2437</v>
+      </c>
+      <c r="B911" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C911" s="1" t="s">
+        <v>1266</v>
+      </c>
       <c r="D911" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F911" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G911" s="1"/>
       <c r="H911" s="1" t="s">
-        <v>2411</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2412</v>
-[...2 lines deleted...]
-      <c r="C912" s="1"/>
+        <v>2439</v>
+      </c>
+      <c r="B912" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C912" s="1" t="s">
+        <v>631</v>
+      </c>
       <c r="D912" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F912" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G912" s="1"/>
       <c r="H912" s="1" t="s">
-        <v>2413</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2414</v>
-[...2 lines deleted...]
-      <c r="C913" s="1"/>
+        <v>2441</v>
+      </c>
+      <c r="B913" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C913" s="1" t="s">
+        <v>1465</v>
+      </c>
       <c r="D913" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F913" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G913" s="1"/>
       <c r="H913" s="1" t="s">
-        <v>2415</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2416</v>
-[...2 lines deleted...]
-      <c r="C914" s="1"/>
+        <v>2444</v>
+      </c>
+      <c r="B914" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C914" s="1" t="s">
+        <v>1465</v>
+      </c>
       <c r="D914" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F914" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G914" s="1"/>
       <c r="H914" s="1" t="s">
-        <v>2417</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2418</v>
-[...2 lines deleted...]
-      <c r="C915" s="1"/>
+        <v>2446</v>
+      </c>
+      <c r="B915" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C915" s="1" t="s">
+        <v>430</v>
+      </c>
       <c r="D915" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F915" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F915" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2419</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2420</v>
-[...2 lines deleted...]
-      <c r="C916" s="1"/>
+        <v>2448</v>
+      </c>
+      <c r="B916" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C916" s="1" t="s">
+        <v>552</v>
+      </c>
       <c r="D916" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F916" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F916" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2421</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2422</v>
-[...2 lines deleted...]
-      <c r="C917" s="1"/>
+        <v>2450</v>
+      </c>
+      <c r="B917" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C917" s="1" t="s">
+        <v>259</v>
+      </c>
       <c r="D917" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F917" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F917" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2423</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2422</v>
-[...2 lines deleted...]
-      <c r="C918" s="1"/>
+        <v>2452</v>
+      </c>
+      <c r="B918" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C918" s="1" t="s">
+        <v>259</v>
+      </c>
       <c r="D918" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F918" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F918" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2424</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2425</v>
-[...2 lines deleted...]
-      <c r="C919" s="1"/>
+        <v>2454</v>
+      </c>
+      <c r="B919" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C919" s="1" t="s">
+        <v>380</v>
+      </c>
       <c r="D919" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F919" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G919" s="1"/>
       <c r="H919" s="1" t="s">
-        <v>2426</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2427</v>
-[...2 lines deleted...]
-      <c r="C920" s="1"/>
+        <v>2456</v>
+      </c>
+      <c r="B920" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C920" s="1" t="s">
+        <v>2457</v>
+      </c>
       <c r="D920" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F920" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G920" s="1"/>
       <c r="H920" s="1" t="s">
-        <v>2428</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2429</v>
-[...2 lines deleted...]
-      <c r="C921" s="1"/>
+        <v>2459</v>
+      </c>
+      <c r="B921" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C921" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="D921" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F921" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G921" s="1"/>
       <c r="H921" s="1" t="s">
-        <v>2430</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2431</v>
-[...2 lines deleted...]
-      <c r="C922" s="1"/>
+        <v>2461</v>
+      </c>
+      <c r="B922" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C922" s="1" t="s">
+        <v>655</v>
+      </c>
       <c r="D922" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F922" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G922" s="1"/>
       <c r="H922" s="1" t="s">
-        <v>2432</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2433</v>
-[...2 lines deleted...]
-      <c r="C923" s="1"/>
+        <v>2463</v>
+      </c>
+      <c r="B923" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C923" s="1" t="s">
+        <v>1667</v>
+      </c>
       <c r="D923" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F923" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G923" s="1"/>
       <c r="H923" s="1" t="s">
-        <v>2434</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2435</v>
-[...2 lines deleted...]
-      <c r="C924" s="1"/>
+        <v>2465</v>
+      </c>
+      <c r="B924" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C924" s="1" t="s">
+        <v>1468</v>
+      </c>
       <c r="D924" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F924" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G924" s="1"/>
       <c r="H924" s="1" t="s">
-        <v>2436</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2437</v>
-[...2 lines deleted...]
-      <c r="C925" s="1"/>
+        <v>2465</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>655</v>
+      </c>
       <c r="D925" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F925" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G925" s="1"/>
       <c r="H925" s="1" t="s">
-        <v>2438</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2439</v>
-[...2 lines deleted...]
-      <c r="C926" s="1"/>
+        <v>2468</v>
+      </c>
+      <c r="B926" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C926" s="1" t="s">
+        <v>2470</v>
+      </c>
       <c r="D926" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F926" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G926" s="1"/>
       <c r="H926" s="1" t="s">
-        <v>2440</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
-        <v>2441</v>
-[...2 lines deleted...]
-      <c r="C927" s="1"/>
+        <v>2472</v>
+      </c>
+      <c r="B927" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C927" s="1" t="s">
+        <v>724</v>
+      </c>
       <c r="D927" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F927" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G927" s="1"/>
       <c r="H927" s="1" t="s">
-        <v>2442</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
-        <v>2443</v>
-[...2 lines deleted...]
-      <c r="C928" s="1"/>
+        <v>2474</v>
+      </c>
+      <c r="B928" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C928" s="1" t="s">
+        <v>2476</v>
+      </c>
       <c r="D928" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F928" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G928" s="1"/>
       <c r="H928" s="1" t="s">
-        <v>2444</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>2445</v>
-[...2 lines deleted...]
-      <c r="C929" s="1"/>
+        <v>2478</v>
+      </c>
+      <c r="B929" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C929" s="1" t="s">
+        <v>1205</v>
+      </c>
       <c r="D929" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F929" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G929" s="1"/>
       <c r="H929" s="1" t="s">
-        <v>2446</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2447</v>
+        <v>2480</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>2448</v>
-[...1 lines deleted...]
-      <c r="C930" s="1"/>
+        <v>1204</v>
+      </c>
+      <c r="C930" s="1" t="s">
+        <v>1205</v>
+      </c>
       <c r="D930" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F930" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G930" s="1"/>
       <c r="H930" s="1" t="s">
-        <v>2449</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2450</v>
+        <v>2482</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>2343</v>
+        <v>1204</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>562</v>
+        <v>1259</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G931" s="1"/>
       <c r="H931" s="1" t="s">
-        <v>2451</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2452</v>
+        <v>2484</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2453</v>
+        <v>2485</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2454</v>
+        <v>1259</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G932" s="1"/>
       <c r="H932" s="1" t="s">
-        <v>2455</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2456</v>
+        <v>2487</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>2364</v>
+        <v>2485</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2454</v>
+        <v>193</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G933" s="1"/>
       <c r="H933" s="1" t="s">
-        <v>2457</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2458</v>
+        <v>2489</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>2459</v>
+        <v>2485</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2454</v>
+        <v>730</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G934" s="1"/>
       <c r="H934" s="1" t="s">
-        <v>2460</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2461</v>
+        <v>2491</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>2459</v>
+        <v>365</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2187</v>
+        <v>713</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G935" s="1"/>
       <c r="H935" s="1" t="s">
-        <v>2462</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2463</v>
+        <v>2493</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>947</v>
+        <v>2494</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>1641</v>
+        <v>655</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G936" s="1"/>
       <c r="H936" s="1" t="s">
-        <v>2464</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2465</v>
+        <v>2496</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>885</v>
+        <v>2494</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2188</v>
+        <v>655</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G937" s="1"/>
       <c r="H937" s="1" t="s">
-        <v>2466</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2467</v>
+        <v>2498</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>544</v>
+        <v>2494</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2468</v>
+        <v>655</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G938" s="1"/>
       <c r="H938" s="1" t="s">
-        <v>2469</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2470</v>
+        <v>2500</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2471</v>
+        <v>2494</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>364</v>
+        <v>655</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G939" s="1"/>
       <c r="H939" s="1" t="s">
-        <v>2472</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2473</v>
+        <v>2502</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>885</v>
+        <v>1686</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2354</v>
+        <v>374</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G940" s="1"/>
       <c r="H940" s="1" t="s">
-        <v>2474</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
-        <v>2475</v>
+        <v>2504</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>885</v>
+        <v>692</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2354</v>
+        <v>1084</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G941" s="1"/>
       <c r="H941" s="1" t="s">
-        <v>2476</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
-        <v>2477</v>
+        <v>2506</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>885</v>
+        <v>1583</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2354</v>
+        <v>548</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G942" s="1"/>
       <c r="H942" s="1" t="s">
-        <v>2478</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
-        <v>2479</v>
+        <v>2508</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>2471</v>
+        <v>2509</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2368</v>
+        <v>655</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G943" s="1"/>
       <c r="H943" s="1" t="s">
-        <v>2480</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
-        <v>2481</v>
+        <v>2511</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>2471</v>
+        <v>2512</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2482</v>
+        <v>655</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G944" s="1"/>
       <c r="H944" s="1" t="s">
-        <v>2483</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
-        <v>2484</v>
+        <v>2514</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>2453</v>
+        <v>2515</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2485</v>
+        <v>259</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G945" s="1"/>
       <c r="H945" s="1" t="s">
-        <v>2486</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
-        <v>2487</v>
+        <v>2517</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>2488</v>
+        <v>730</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2459</v>
+        <v>935</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E946" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G946" s="1"/>
       <c r="H946" s="1" t="s">
-        <v>2489</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
-        <v>2490</v>
+        <v>2519</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>2491</v>
+        <v>2520</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2482</v>
+        <v>968</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F947" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G947" s="1"/>
       <c r="H947" s="1" t="s">
-        <v>2492</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
-        <v>2493</v>
+        <v>2522</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>2488</v>
+        <v>806</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>1674</v>
+        <v>807</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E948" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F948" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H948" s="1" t="s">
-        <v>2494</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
-        <v>2495</v>
+        <v>2524</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>1728</v>
+        <v>837</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>562</v>
+        <v>2161</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E949" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F949" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H949" s="1" t="s">
-        <v>2496</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
-        <v>2497</v>
+        <v>2526</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>1728</v>
+        <v>1818</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E950" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F950" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H950" s="1" t="s">
-        <v>2498</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
-        <v>2499</v>
+        <v>2528</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>1728</v>
+        <v>2529</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>562</v>
+        <v>369</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H951" s="1" t="s">
-        <v>2500</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>1728</v>
+        <v>1368</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>562</v>
+        <v>239</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E952" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F952" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H952" s="1" t="s">
-        <v>2502</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>1728</v>
+        <v>2442</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>562</v>
+        <v>643</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E953" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F953" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H953" s="1" t="s">
-        <v>2504</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
-        <v>2505</v>
+        <v>2535</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>1728</v>
+        <v>369</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>562</v>
+        <v>463</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E954" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F954" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H954" s="1" t="s">
-        <v>2506</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
-        <v>2507</v>
+        <v>2537</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>1728</v>
+        <v>582</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>562</v>
+        <v>2538</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E955" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F955" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H955" s="1" t="s">
-        <v>2508</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
-        <v>2509</v>
+        <v>2540</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>1728</v>
+        <v>361</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>562</v>
+        <v>947</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E956" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F956" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H956" s="1" t="s">
-        <v>2510</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
-        <v>2511</v>
+        <v>2542</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>1728</v>
+        <v>1592</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>562</v>
+        <v>2543</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E957" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F957" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>180</v>
+        <v>77</v>
       </c>
       <c r="H957" s="1" t="s">
-        <v>2512</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
-        <v>2513</v>
+        <v>2545</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>2339</v>
+        <v>2189</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2514</v>
+        <v>2543</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E958" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F958" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>54</v>
+        <v>2010</v>
       </c>
       <c r="H958" s="1" t="s">
-        <v>2515</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
-        <v>2516</v>
+        <v>2547</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>830</v>
+        <v>2189</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2184</v>
+        <v>2543</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G959" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H959" s="1" t="s">
-        <v>2517</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
-        <v>2518</v>
+        <v>2549</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>2519</v>
+        <v>2189</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>580</v>
+        <v>2543</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E960" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F960" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H960" s="1" t="s">
-        <v>2520</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
-        <v>2521</v>
+        <v>2551</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>57</v>
+        <v>1171</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>580</v>
+        <v>2552</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F961" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>151</v>
+        <v>2010</v>
       </c>
       <c r="H961" s="1" t="s">
-        <v>2522</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
-        <v>2523</v>
+        <v>2554</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>1728</v>
+        <v>1592</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2524</v>
+        <v>2552</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G962" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>2010</v>
+      </c>
       <c r="H962" s="1" t="s">
-        <v>2525</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
-        <v>2526</v>
+        <v>2556</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>1728</v>
+        <v>1592</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2527</v>
+        <v>2552</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E963" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F963" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="H963" s="1" t="s">
-        <v>2528</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
-        <v>2529</v>
+        <v>2558</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>2482</v>
+        <v>2100</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>1721</v>
+        <v>2559</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F964" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H964" s="1" t="s">
-        <v>2530</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
-        <v>2531</v>
+        <v>2561</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>1734</v>
+        <v>2100</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>1721</v>
+        <v>2559</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E965" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F965" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>261</v>
+        <v>77</v>
       </c>
       <c r="H965" s="1" t="s">
-        <v>2532</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
-        <v>2533</v>
+        <v>2563</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>2482</v>
+        <v>2100</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2202</v>
+        <v>2564</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E966" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F966" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H966" s="1" t="s">
-        <v>2534</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
-        <v>2535</v>
+        <v>2566</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>57</v>
+        <v>1843</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>580</v>
+        <v>2567</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F967" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>286</v>
+        <v>2010</v>
       </c>
       <c r="H967" s="1" t="s">
-        <v>2536</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
-        <v>2537</v>
+        <v>2569</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>2538</v>
+        <v>279</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>1814</v>
+        <v>2567</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F968" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>187</v>
+        <v>2010</v>
       </c>
       <c r="H968" s="1" t="s">
-        <v>2539</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
-        <v>2540</v>
+        <v>2571</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>2541</v>
+        <v>2192</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2172</v>
+        <v>2572</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F969" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H969" s="1" t="s">
-        <v>2542</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
-        <v>2543</v>
+        <v>2574</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>2538</v>
+        <v>1013</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2197</v>
+        <v>2575</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F970" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>187</v>
+        <v>77</v>
       </c>
       <c r="H970" s="1" t="s">
-        <v>2544</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
-        <v>2545</v>
+        <v>2577</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>1671</v>
+        <v>1014</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2546</v>
+        <v>2575</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F971" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H971" s="1" t="s">
-        <v>2547</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
-        <v>2548</v>
+        <v>2579</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>1057</v>
+        <v>2251</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2254</v>
+        <v>2575</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F972" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H972" s="1" t="s">
-        <v>2549</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2550</v>
+        <v>2581</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>947</v>
+        <v>2582</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>558</v>
+        <v>2583</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G973" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H973" s="1" t="s">
-        <v>2551</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
-        <v>2552</v>
+        <v>2585</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>562</v>
-[...3 lines deleted...]
-      </c>
+        <v>2572</v>
+      </c>
+      <c r="C974" s="1"/>
       <c r="D974" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F974" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>12</v>
+        <v>134</v>
       </c>
       <c r="H974" s="1" t="s">
-        <v>2553</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
-        <v>2554</v>
+        <v>2587</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>2538</v>
+        <v>2552</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>1031</v>
+        <v>2588</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F975" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H975" s="1" t="s">
-        <v>2555</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
-        <v>2556</v>
+        <v>2590</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>947</v>
+        <v>2559</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2254</v>
+        <v>2591</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F976" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H976" s="1" t="s">
-        <v>2557</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
-        <v>2558</v>
+        <v>2593</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>2514</v>
+        <v>2552</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2546</v>
+        <v>2594</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G977" s="1"/>
       <c r="H977" s="1" t="s">
-        <v>2559</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
-        <v>2560</v>
+        <v>2596</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>2169</v>
+        <v>2575</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2210</v>
+        <v>214</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F978" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H978" s="1" t="s">
-        <v>2561</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
-        <v>2562</v>
+        <v>2598</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>2563</v>
+        <v>2572</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>364</v>
+        <v>2599</v>
       </c>
       <c r="D979" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F979" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G979" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H979" s="1" t="s">
-        <v>2564</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2565</v>
+        <v>2601</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>2566</v>
+        <v>2572</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2567</v>
+        <v>2599</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G980" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G980" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H980" s="1" t="s">
-        <v>2568</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2569</v>
+        <v>2603</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>2570</v>
+        <v>2575</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2571</v>
+        <v>2588</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F981" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>202</v>
+        <v>84</v>
       </c>
       <c r="H981" s="1" t="s">
-        <v>2572</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
-        <v>2573</v>
+        <v>2605</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>1492</v>
+        <v>2572</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>1473</v>
+        <v>2599</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F982" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>151</v>
+        <v>204</v>
       </c>
       <c r="H982" s="1" t="s">
-        <v>2574</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2575</v>
+        <v>2607</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>1468</v>
+        <v>213</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2576</v>
+        <v>214</v>
       </c>
       <c r="D983" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F983" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>202</v>
+        <v>1341</v>
       </c>
       <c r="H983" s="1" t="s">
-        <v>2577</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>1250</v>
+        <v>2609</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>2578</v>
+        <v>2572</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>906</v>
+        <v>2599</v>
       </c>
       <c r="D984" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F984" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>187</v>
+        <v>156</v>
       </c>
       <c r="H984" s="1" t="s">
-        <v>2579</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2580</v>
+        <v>2611</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>1419</v>
+        <v>2572</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2581</v>
+        <v>2612</v>
       </c>
       <c r="D985" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F985" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="H985" s="1" t="s">
-        <v>2582</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2583</v>
+        <v>2163</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>1396</v>
+        <v>2572</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2584</v>
+        <v>2599</v>
       </c>
       <c r="D986" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F986" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H986" s="1" t="s">
-        <v>2585</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
-        <v>2586</v>
+        <v>2615</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>2587</v>
+        <v>2572</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>906</v>
+        <v>2599</v>
       </c>
       <c r="D987" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F987" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H987" s="1" t="s">
-        <v>2588</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
-        <v>2589</v>
+        <v>2617</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2590</v>
+        <v>2572</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2591</v>
+        <v>2599</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F988" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>12</v>
+        <v>2010</v>
       </c>
       <c r="H988" s="1" t="s">
-        <v>2592</v>
-[...235 lines deleted...]
-      <c r="A998" s="1" t="s">
         <v>2618</v>
-      </c>
-[...453 lines deleted...]
-        <v>2662</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>