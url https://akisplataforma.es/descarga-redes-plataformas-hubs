--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -12,146 +12,361 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plataformas y redes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
-    <t>RAIA - Red de Apoyo a la Innovación Rural</t>
+    <t>CTA (Corporación Tecnológica de Andalucía)</t>
+  </si>
+  <si>
+    <t>Asociaciones de empresas, Plataforma, Hubs</t>
+  </si>
+  <si>
+    <t>CTA es el clúster de innovación multisectorial de Andalucía con actividad nacional e internacional.Ayuda a empresas, administraciones y universidades a planificar una estrategia de I+D+i alineada con sus necesidades. Desde la identificación de necesidades de I+D+i a la formulación de proyectos para resolverlas o la búsqueda de socios y financiación, acompaña a las empresas en su proyecto de innovación. Es el aliado estratégico para transformar en negocio los resultados conseguidos y un socio con éxito en proyectos internacionales de innovación.Se trata de una fundación privada con más de 186 empresas miembros y 20 años de experiencia, impulsada en su origen por la Junta de Andalucía y con gestión privada, dedicada a promover la innovación tecnológica.Más de 186 empresas forman parte de CTA. Desde grandes corporaciones internacionales a pymes o startups tecnológicas de todos los sectores económicos. </t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>Plataforma</t>
+  </si>
+  <si>
+    <t>FarmPEP es una iniciativa comunitaria colaborativa . Se inició en enero de 2020 a través de un proyecto de Innovate UK con ADAS , Agri-TechE ,  CCRI ,  Innovative Farmers , Open Coop y  The Farming Forum , con el objetivo de conectar el intercambio de conocimientos en la agricultura después de la COVID-19.</t>
+  </si>
+  <si>
+    <t>Red de Montes de Utilidad Pública</t>
   </si>
   <si>
     <t>Redes temáticas</t>
   </si>
   <si>
-    <t>El proyecto RAIA busca crear una red en la región Alentejo-Algarve-Andalucía que permita dotar tanto a las administraciones públicas como al tejido asociativo, a las empresas y a la ciudadanía en general de las herramientas necesarias para impulsar la innovación agraria en el espacio rural, transformando la zona transfronteriza de La Raya en un territorio con nuevas oportunidades de negocio y capacitado para los nuevos retos y oportunidades que se presentan.La innovación se considera un motor del desarrollo rural que establece ventajas competitivas, por lo que constituye una de las principales características de la futura red.  </t>
-[...68 lines deleted...]
-    <t>NBSOIL (Soluciones Basadas en la Naturaleza para la Gestión del Suelo) permite a los asesores de suelos mediante un programa de aprendizaje, implementar una visión holística de la salud del suelo mediante Soluciones Basadas en la Naturaleza (SBN) y colaborar eficazmente en diferentes escalas temporales y espaciales.El objetivo general es diseñar un atractivo programa de aprendizaje combinado que permita a los asesores de suelos implementar una visión holística de la salud del suelo mediante Soluciones Basadas en la Naturaleza (SBN) y colaborar eficazmente en diferentes escalas temporales y espaciales.</t>
+    <t>La REMP, Red Estatal de Montes Públicos, se constituye como una red para mejorar el conocimiento y poner en valor el patrimonio público forestal, incluyendo los montes de Utilidad Pública así como aquellos patrimoniales de las Entidades Locales.</t>
+  </si>
+  <si>
+    <t>Red de Información ambiental de Andalucía</t>
+  </si>
+  <si>
+    <t>La Consejería de Sostenibilidad y Medio Ambiente de la Junta de Andalucía es el organismo responsable de garantizar el derecho de acceso a la información ambiental en Andalucía. Concretamente el Decreto 170/2024, de 26 de agosto por el que se establece su estructura orgánica, determina que la Secretaría General de Medio Ambiente y Cambio Climático es la encargada de la organización, gestión, estructuración y funcionamiento de la Red de Información Ambiental (REDIAM), para la integración y difusión de toda la información alfanumérica, gráfica o de cualquier otro tipo sobre el medio ambiente en Andalucía, generada por todo tipo de centros productores de información ambiental en la Comunidad Autónoma, para ser utilizada en la gestión, la investigación, la difusión pública y la toma de decisiones, así como el establecimiento de las líneas de actuación de la Consejería en materia de producción de información estadística y cartográfica.</t>
+  </si>
+  <si>
+    <t>RECAN (red contable agraria nacional)</t>
+  </si>
+  <si>
+    <t>La Red Contable Agraria Nacional es un instrumento que permite evaluar la renta de las explotaciones agrarias y el impacto que la política agraria produce en ellas. Se rige por un Reglamento comunitario, por lo que supone los mismos principios contables en todos los países. Se trata, pues, de la única fuente de microdatos completa en España y armonizada con el resto de los países de la UE.</t>
+  </si>
+  <si>
+    <t>Red RUENA</t>
+  </si>
+  <si>
+    <t>A raíz de la aprobación de una serie de proyectos de la CICYT relacionados con la utilización de inhibidores de la nitrificación como herramienta para reducir las pérdidas de N a la atmósfera y a las aguas, y siguiendo la propuesta de coordinación por parte del MCyT, se tuvo una primera reunión en Pamplona, en donde surgió la idea por vez primera de crear una Red Temática sobre el «Uso eficiente de N en Agricultura». Posteriormente se realizaron otras reuniones en Lleida y Madrid en donde se acordó presentarse a la Convocatoria de Acciones Especiales del MCyT. En Enero del 2002 se presentó el Proyecto de creación de la Red con el apoyo de gran parte de las firmas de los allí reunidos y en Septiembre de 2002 fue finalmente aprobada. Entendemos que esta aprobación, constituye un reconocimiento oficial de la existencia de la Red por parte del Ministerio de Ciencia y Tecnología.
+Aclaraciones:
+La red temática carece de fines lucrativos. No dispone de fondos para la asistencia de los participantes a las reuniones, solo se pueden arbitrar pequeñas ayudas para facilitar la ejecución de las mismas.</t>
+  </si>
+  <si>
+    <t>Ganaderas en Red</t>
+  </si>
+  <si>
+    <t>Proyecto que nace ante la necesidad de reinvindicar el espacio de la mujer en el mundo ganadero.
+El colectivo que quiere romper con esa imagen masculinizada de la ganadería extensiva y superar la discriminación social, institucional y profesional que sufren.
+«Tanto las aprendizas de pastoras recién llegadas a la Sierra como las maestras ganaderas con varias generaciones de pastoreo a la espalda hablamos un mismo lenguaje y, sobre todo, tenemos claro qué es lo que queremos cambiar: queremos pasar de la permanente invisibilidad a primera fila, queremos tener voz allí dónde se deciden las cosas importantes, queremos romper con la imagen absolutamente masculinizada de la ganadería extensiva y el pastoreo, queremos que se nos respete como mujeres ganaderas, queremos superar la discriminación familiar, social, administrativa y profesional que sufrimos, queremos cambiar la excesiva burocracia, queremos compartir con los hombres las tareas de casa y superar ese pluriempleo obligado que, como mujeres, todas padecemos. Queremos cambiar.</t>
+  </si>
+  <si>
+    <t>Red Municipal Ganadero-Cárnica</t>
+  </si>
+  <si>
+    <t>En defensa del mayor sector de la producción agraria nacional y la primera industria alimentaria.
+ Una plataforma que aspira a convertirse en un foro de encuentro entre el sector privado y municipios, fomentando la acción y colaboración público-privada y que tenga como intención reconocer la importante labor de la cadena para afrontar los retos demográficos y económicos que debemos afrontar como país.</t>
+  </si>
+  <si>
+    <t>Red Nacional de Granjas Típicas </t>
+  </si>
+  <si>
+    <t>Ante la necesidad de disponer de sistemas de información económica de los sectores ganaderos que permitiera realizar comparaciones a nivel granja, regional, nacional e internacional, la Dirección General de Producciones y Mercados Agrarios puso en marcha en el año 2003 la Red Nacional de Granjas Típicas (proyecto RENGRATI), hoy enmarcado en REDES TECO.
+Este proyecto se centra en configurar y disponer de unas redes permanentes de información técnico-económica de los diferentes sectores ganaderos en España. Para ello, se ha establecido una infraestructura o red de instituciones y personas que aportan información, tales como las principales asociaciones de productores, investigadores, asesores, productores y administraciones relacionadas.  
+A su vez, estas Redes Nacionales sectoriales, están integradas en las Redes Internacionales de Análisis Comparativo de Granjas, en la que participan los países más importantes de la producción ganadera a nivel mundial. Estas Redes Internacionales prestan asesoramiento permanente a sus miembros y colaboran en aplicar la metodología adecuada para la validación de la información aportada por los productores, así como para la evaluación de políticas y estrategias sectoriales y productivas, o la simulación de su impacto a todos los niveles. 
+La metodología utilizada en este marco tiene como punto de partida los registros contables de granjas reales con características similares, las cuales se tipifican para representar así el sistema de producción más común en la región en la que se ubican, en términos de tamaño, manejo y rendimientos. Además de validaciones realizadas según la metodología internacional, en reuniones nacionales mantenidas con los productores, denominadas en la terminología de la red "paneles", se procede a la discusión y validación de los resultados a fin de garantizar mayor representatividad. 
+RENGRATI tiene la vocación de servir de herramienta estratégica aportando información veraz y actualizada sobre costes de producción, rentabilidad, beneficios y puntos de equilibrio, que sirva de apoyo a los sectores y como referencia para la toma de decisiones prácticas, ayudando a orientar en la dirección adecuada el futuro inmediato de estos sectores.
+Con este fin, se pone a disposición en este apartado información más detallada sobre el funcionamiento de la Red Nacional de Granjas Típicas y de las Redes Internacionales, así como los informes de resultados por sectores.</t>
+  </si>
+  <si>
+    <t>REDIGA</t>
+  </si>
+  <si>
+    <t>REDIGA surge para fortalecer las sinergias entre investigadores/as e instituciones, incrementar la visibilidad y proyección de las investigaciones, y construir un ecosistema colaborativo en ganadería de precisión.</t>
+  </si>
+  <si>
+    <t>Pastoreo en Red</t>
+  </si>
+  <si>
+    <t>Es una iniciativa de nuestra filial Red Eléctrica para controlar la vegetación bajo los tendidos de la red de transporte con ganadería extensiva pastoreada. 
+La iniciativa responde a nuestro compromiso de hacer compatibles nuestras instalaciones con la naturaleza y el medio rural, convirtiéndolas en corredores ecológicos y reduciéndose así la fragmentación de los hábitats.</t>
+  </si>
+  <si>
+    <t>Red de estaciones meteorológicas del SiAR</t>
+  </si>
+  <si>
+    <t>El Ministerio de Agricultura, Pesca y Alimentación, a través de la Subdirección General de Regadíos, Caminos Naturales e Infraestructuras Rurales, pone a disposición de los usuarios de forma gratuita toda la información recogida a través de la Red de estaciones meteorológicas del SiAR.</t>
+  </si>
+  <si>
+    <t>Red de Agroecología en Acción </t>
+  </si>
+  <si>
+    <t>La Red de Agroecología en Acción comienza con la intención de poner en contacto a los diferentes proyectos de base agroecológica y campesina que se están desarrollando en todo el estado, para ayudar a coordinar el sector, plantear soluciones a necesidades comunes y consolidar los proyectos. Desde Ecologistas en Acción, llevamos años trabajando la Agroecología como una propuesta válida y de gran potencial para enfrentar los retos ecológicos y sociales de futuro para el medio rural, generados por el sistema alimentario industrial y globalizado.
+Además, muchas personas militantes y simpatizantes de la Agroecología nos hemos embarcado en proyectos de este tipo, sobre todo en modelos a escala campesina, encontrado muchas dificultades para establecernos y mantenernos. El desarrollo de proyectos con base en los cuidados, no tienen un respaldo adecuado en el modelo capitalista y patriarcal actual. Situar los cuidados en el centro (el cuidado de la tierra y el cuidado de nosotras) hace que sea complicado asentar nuestros proyectos. Con el paso de los años muchos proyectos se han caído o transformado, pero cada vez son más los que siguen naciendo y que resisten, porque queremos y apostamos por otro modelo de desarrollo socio-económico respetuoso con el medio, con las personas y con el futuro del planeta.</t>
+  </si>
+  <si>
+    <t>Red campesina para la agricultura del carbono</t>
+  </si>
+  <si>
+    <t>Impulsamos una red campesina para ayudar a difundir nuevas formas de hacer y entender la producción de alimentos. Y es que tenemos la seguridad que el sector primario necesita un cambio de estrategias agronómicas que favorezcan a la recuperación del suelo, su auto-fertilidad y su conservación, a la vez que se arrecie la viabilidad económica.
+Nuestra asociación quiere impulsar la formación y el intercambio de conocimientos y experiencias relacionadas con lo que nos gusta llamar agricultura bio-lógica del carbono. El nombre ‘bio-lógica’ integra la biologia más lógica que existe: el modelo de la naturaleza.
+Ya conocemos diferentes iniciativas particulares en nuestro país y en países vecinos que experimentan y buscan técnicas agronómicas que favorecen la recuperación del suelo, su auto-fertilidad y su conservación Estas fincas están demostrando su viabilidad económica y por eso se están convirtiendo en referentes en su ámbito.
+Con la creación de esta red favorecemos el intercambio de información, experiencias y dificultades entre los integrantes de la red para hacer frente a los retos que tienen que encarar la agricultura: la crisis ambiental, climática y energética, la crisis de suministros (fertilizantes, semillas, etc), y la propia subsistencia del sector.</t>
+  </si>
+  <si>
+    <t>Red de Áreas Pasto-Cortafuegos de Andalucía (RAPCA) </t>
+  </si>
+  <si>
+    <t>Red enfocada en el empleo de ganado en régimen de pastoreo controlado para eliminar el combustible vegetal de las zonas de cortafuegos y mantener las infraestructuras de cara a la prevención de incendios forestales. Un equipo técnico se encarga del funcionamiento de dicha red, determinando las zonas más apropiadas en coordinación con el INFOCA y seleccionando, bajo estrictos criterios técnicos, a los ganaderos para posteriormente valorar la acción de los mismos.Los beneficios de la RAPCA :Función preventivaRepresenta una labor esencial para preservar nuestros montes frente al fuego no sólo por el mantenimiento de áreas cortafuegos, sino además por la vigilancia que supone la presencia de pastores en el territorio.Reduce la acumulación de material combustibleDesempeña una función clave para la selvicultura preventiva en zonas de difícil accesoMejoras ambientalesAumenta la biodiversidad, contribuye a la dispersión de las semillas, mejora la estructura del suelo y reduce la erosión y la desertizaciónContribución al medio ruralSe reconoce la labor del pastorContribuye al desarrollo rural sostenible y a la fijación de la población ruralPotencia el empleo de razas autóctonas y la obtención de productos de calidad</t>
+  </si>
+  <si>
+    <t>LAURUS</t>
+  </si>
+  <si>
+    <t>Red de apoyo a las asociaciones de propietarios forestales europeos ofreciendo innovación y formación a su personal técnico. La Red proporciona:Formación de expertos: Participar en seminarios web diseñados para aumentar su conocimiento y potenciar su toma de decisiones mediante la transferencia de conocimientos y experiencia práctica de SFH.Oportunidades innovadoras: Obtener acceso a nuevos modelos de negocio, ideas y oportunidades que mejoren tanto la rentabilidad como la sostenibilidad de sus explotaciones forestales.Conexiones valiosas: Conectar directamente con gerentes que ya están implementando con éxito estos enfoques innovadores a través de redes y apoyo impulsado por la comunidad.</t>
+  </si>
+  <si>
+    <t>AFINET</t>
+  </si>
+  <si>
+    <t>Red temática destinada a promover el intercambio y la transferencia de conocimiento entre científicos y profesionales dedicados al sector agroforestal. AFINET actuará a nivel europeo para poner en práctica los resultados de diferentes investigaciones y promover ideas innovadoras que ayuden a los profesionales a superar desafíos y problemas.</t>
+  </si>
+  <si>
+    <t>FORADVISE</t>
+  </si>
+  <si>
+    <t>FORADVISE cerrará las brechas de conocimiento y proporcionará herramientas para garantizar que los servicios de asesoramiento forestal sean modernos, eficaces y estén bien integrados en los Sistemas de Conocimiento e Innovación Agrícola (AKIS) tanto a nivel nacional como de la UE. Sus objetivos son:Desarrollo de Redes EuropeasDesarrollo de capacidades y formaciónComprensión y modernización del Sistema de Conocimiento e Innovación Forestal (FOKIS)</t>
+  </si>
+  <si>
+    <t>BBioNets</t>
+  </si>
+  <si>
+    <t>BBioNets es una red temática que se basa en el trabajo realizado por los Grupos Operativos de EIP-AGRI en relación con la gestión y/o procesamiento de biomasa agrícola y forestal con Tecnologías de Base Biológica (BBTs), promoviéndolo y fomentándolo. BBioNets prevé el establecimiento de 6 Redes Regionales Forestales y Agrícolas (FAN) con asociados en Irlanda, España (CTA, Tepro), Italia, Grecia, Polonia y Chequia.
+Ver folleto en español dando clic aquí.</t>
+  </si>
+  <si>
+    <t>PTI. SOSECOCIR CSIC</t>
+  </si>
+  <si>
+    <t>PTI SosEcoCir tiene como misión contribuir a favorecer el desarrollo sostenible, compatibilizando el crecimiento industrial y socioeconómico del territorio con la conservación de sus recursos naturales.Objetivos de la Plataforma:Avanzar en acciones y estudios tendentes hacia la sostenibilidad del entorno urbano (comunidades urbanas).Mitigar los efectos del calentamiento global; orientar las políticas sectoriales (agraria, forestal, ambiental).Implementar soluciones innovadoras en la gestión de recursos y residuos.Reducir la huella de carbono y un uso energético más eficiente mediante el desarrollo de combustibles naturales y la reducción de las necesidades energéticas de edificios.Establecer sistemas de gobernanza que conduzcan a una agricultura más sostenible.Establecer equilibrios entre las necesidades humanas, de innovación y de desarrollo socio-económico.</t>
+  </si>
+  <si>
+    <t>Inno4Grass</t>
+  </si>
+  <si>
+    <t>Inno4Grass es el acrónimo de "Espacio de innovación compartida para la productividad sostenible de los pastizales en Europa", un proyecto internacional y de múltiples actores que reúne a destacadas organizaciones de agricultores, servicios de extensión, instituciones educativas y de investigación de ocho países de la UE: Alemania, Bélgica, Francia, Irlanda, Italia, Países Bajos, Polonia y Suecia, en el que los pastizales tienen una participación considerable en el área agrícola y donde la producción de productos lácteos, La carne de vacuno y ovino es de gran mejora económica. También se dirige al público / sociedad en general con el mensaje de que los bosques, gestionados de forma sostenible por los habitantes de las zonas rurales, son una gran fuente de riqueza que nos proporciona corcho, resinas, plantas aromáticas y medicinales, y productos comestibles como nueces y bayas silvestres o setas y trufas. La actividad socioeconómica en nuestros bosques también contribuye a la prevención de incendios forestales.</t>
+  </si>
+  <si>
+    <t>EURAKNOS</t>
+  </si>
+  <si>
+    <t>EURAKNOS quiere fortalecer la base de conocimientos agrícolas de la UE mediante la creación conjunta de «la red para conectar todas las redes temáticas» y explorar la viabilidad de crear una base de datos modular de hallazgos útiles de varias redes temáticas.
+Euraknos aumentará la compilación del conocimiento listo para la práctica al intensificar la interacción entre varias redes de comida agrícola o forestal, maximizando así los resultados para los profesionales. La f"&amp;"ertilización cruzada se organizará entre las redes temáticas existentes que abarcan diferentes países, regiones y sistemas de producción. El objetivo principal es estimular el intercambio de enfoques, metodologías y herramientas existentes. Para maximizar"&amp;" el impacto en el practicante, el agricultor y el Forester. Euraknos también explorará las necesidades de los usuarios finales para evaluar la posibilidad de establecer una base de conocimiento e innovación europea para conectar todos los TNS, incluidos l"&amp;"os aspectos de gestión de datos.</t>
+  </si>
+  <si>
+    <t>Red Española de Seguimiento del Decaimiento Forestal (REDEC)</t>
+  </si>
+  <si>
+    <t>Red de investigadores y gestores de diversas instituciones españolas dedicados al estudio del decaimiento forestal.Son objetivos generales de la Red, poner en común el conocimiento existente de los sistemas forestales afectados en los que se está realizando trabajo de campo e investigación, avanzar en el conocimiento del decaimiento forestal, reforzar vínculos entre los grupos de investigación para promover la colaboración y el flujo de información y ayudar a los gestores forestales a afrontar el problema del decaimiento. </t>
+  </si>
+  <si>
+    <t>PTI. Horizonte verde CSIC</t>
+  </si>
+  <si>
+    <t>Plataforma afronta el reto de asegurar la sostenibilidad futura de los sistemas agrícolas y forestales ante el impacto del Cambio Climático</t>
+  </si>
+  <si>
+    <t>AF4EU</t>
+  </si>
+  <si>
+    <t>Red que promueve  la agroforestería en Europa mediante el desarrollo de una red agroforestal interactiva, impulsada por la innovación y con múltiples actores (Regional Agroforestry Innovation Networks (RAINs)</t>
+  </si>
+  <si>
+    <t>ResAlliance</t>
+  </si>
+  <si>
+    <t>Red temática que pretende mejorar el flujo de información y conocimientos y aumentar la capacidad de los forestales y agricultores en materia de resiliencia del paisaje. ResAlliance promueve iniciativas interactivas de múltiples partes interesadas en dos niveles: LandNet y LandLab</t>
+  </si>
+  <si>
+    <t>Fundación de Innovación y Transferencia Agroalimentaria de Aragón (FITA)</t>
+  </si>
+  <si>
+    <t>La Fundación de Innovación y Transferencia Agroalimentaria de Aragón (FITA) pretende reforzar la innovación y transferencia del conocimiento al sector agroalimentario y ambiental para dar respuesta a los desafíos económicos, ambientales y sociales de agentes públicos y privados y a la sociedad en general.
+Desde la FITA se ofertan SOLUCIONES científico tecnológicas a los desafíos del sector, además de contribuir al asesoramiento administrativo y estratégico que facilite el acceso a la innovación colaborativa del sector agrario, agroalimentario y forestal</t>
+  </si>
+  <si>
+    <t>Red de Espacios Test Agrarios (RETA)</t>
+  </si>
+  <si>
+    <t>Red de referencia en el proceso de cambio de paradigma en el mundo rural para entidades comunitarias, públicas y privadas, que se comprometen con enfoques innovadores, creativos y honestos, facilitando los procesos de incorporación progresiva de nuevos agentes al sector agrario.Un espacio test agrario es un programa de facilitación de los procesos progresivos de instalación de nuevos agentes al sector agrario, coordinado mediante una gobernanza estructurada y consensuada con todos los agentes implicados; con el objetivo de acompañar a personas emprendedoras con poca experiencia agraria, que quieran desarrollar un proyecto agrícola, ganadero o forestal en un entorno de prueba.El espacio test agrario se estructura con un soporte legal, un soporte físico y un soporte integral, que aseguran la realización del test de actividad por parte de la persona téster.</t>
+  </si>
+  <si>
+    <t>INCREDIBLE - Innovation networks of cork, resins and edibles in the mediterranean basin</t>
+  </si>
+  <si>
+    <t>INCREDIBLE aborda la brecha entre la investigación existente y el conocimiento de la innovación sobre sistemas de servicios para PFNM en el Mediterráneo. En particular, INCREDIBLE vincula el conocimiento y fomenta la colaboración entre diferentes grupos de partes interesadas, desarrollando modelos de negocio innovadores y mejorando la experiencia en las regiones rurales para desarrollar estrategias económicas inclusivas.INCREDIBLE pretende:Crear y estimular redes de innovación (iNets) interregionales y multilaterales.Acelerar los flujos de conocimiento y la asimilación de conocimientos para apoyar la innovación en los PFNM.Contribuir a la innovación social y empresarial a través de la divulgación y de actividades de alcance selectivo y de multiplicadores específicos.</t>
   </si>
   <si>
     <t>Red de Selvicultura Adaptativa al Cambio Climático (SILVADAPTNET)</t>
   </si>
   <si>
     <t>La Red nace como medio para unificar los resultados obtenidos por los diferentes grupos de investigación intentando dar respuestas claras sobre las perturbaciones y problemáticas asociadas al cambio climático, y así ayudar en la generación de nuevos criterios para gestionar el monte.El objetivo fundamental es la integración de diferentes grupos de investigación en selvicultura adaptativa al cambio climático, contribuyendo con conocimientos, metodologías y con sitio experimentales activos, para el desarrollo de un marco de gestión forestal adaptativa de base eco-hidrológica generalizable a todo el territorio peninsular.La Red Silvadapt.net cuenta con un total de 34 parcelas de seguimiento de masas naturales y selvicultura frente al cambio climático, repartidas entre los principales tipos fitoclimáticos presentes en España, así como con una representación de los tipos de masa más característicos de nuestro entorno natural.
       Fuente: https://silvadaptnet.webs.upv.es/index.php/red-de-parcelas/</t>
   </si>
   <si>
+    <t>Red de Huertos Urbanos de Madrid</t>
+  </si>
+  <si>
+    <t>La Red de Huertos Urbanos de Madrid es una iniciativa impulsada por ciudadanos que se dedican a la agricultura comunitaria en la ciudad de  Madrid.
+La creación de la Red surgió para visibilizar la agricultura urbana madrileña, para dar respuesta a las necesidades de las huertas urbanas de recibir apoyo mutuo y compartir conocimientos, experiencias, insumos, etc.
+Uno de los objetivos de la red es crear un punto de encuentro entre las iniciativas de agroecología comunitaria en nuestra ciudad y avanzar hacia un modelo de ciudad más amable que se interese por temas como la educación ambiental, la soberanía alimentaria, los canales cortes de distribución de productos, los grupos de consumo, la movilidad sostenible, el agrocompostaje, etc.</t>
+  </si>
+  <si>
+    <t>EIP-AGRI</t>
+  </si>
+  <si>
+    <t>AEI-Agri son las siglas en español de la “Asociación Europea para la Innovación en materia de productividad y sostenibilidad agrícolas” (también conocida como EIP-Agri en inglés). Se trata de una iniciativa creada por la Comisión Europea en 2012, que se implementa a través de 2 instrumentos: Ayudas de desarrollo rural de la PAC para la cooperación a través de Grupos Operativos (GO)Proyectos multi-actor y redes temáticas del programa europeo de I+D+I”</t>
+  </si>
+  <si>
+    <t>Red de Impulso a la Pequeña Transformación Alimentaria (RITA)</t>
+  </si>
+  <si>
+    <t>La innovación y relocalización son aspectos fundamentales para la viabilidad de pequeñas y medianas empresas y personas que se dedican a la transformación de alimentos. Obradores compartidos, pequeños mataderos y salas de despiece y otro tipo de instalaciones adaptadas a procesos artesanales y a pequeña escala son iniciativas innovadoras y, en muchos casos, pioneras para el desarrollo sostenible del sector de la pequeña y mediana producción. Estas prácticas innovadoras abordan importantes aspectos técnicos, pero también aspectos sociales o de gestión y gobernanza que son necesarios, entre otras cuestiones, para ofrecer una alimentación saludable, conseguir precios justos o influir positivamente en el empleo rural.La Red de Impulso a la Pequeña Transformación Alimentaria busca favorecer un ecosistema de apoyo para quienes transforman alimentos a pequeña y mediana escala , y mejorar el acceso de la población a alimentos saludables y de calidad, respetuosos con el medio ambiente y justos con las personas que los producen y el desarrollo socioeconómico del medio rural.RITA es un proyecto impulsado por 6 entidades con amplia trayectoria en iniciativas para el desarrollo de sistemas alimentarios territorializados, la articulación de procesos colectivos y el impulso de la agroecología:  ARCA (Associació d’Iniciatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego Galego, SEAE (Sociedad Española de Agricultura Ecológica y Agroecología) y el ISEC-UCO (Instituto de Sociología y Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
+  </si>
+  <si>
+    <t>RAIA - Red de Apoyo a la Innovación Rural</t>
+  </si>
+  <si>
+    <t>El proyecto RAIA busca crear una red en la región Alentejo-Algarve-Andalucía que permita dotar tanto a las administraciones públicas como al tejido asociativo, a las empresas y a la ciudadanía en general de las herramientas necesarias para impulsar la innovación agraria en el espacio rural, transformando la zona transfronteriza de La Raya en un territorio con nuevas oportunidades de negocio y capacitado para los nuevos retos y oportunidades que se presentan.La innovación se considera un motor del desarrollo rural que establece ventajas competitivas, por lo que constituye una de las principales características de la futura red.  </t>
+  </si>
+  <si>
+    <t>Sociedad Española de Agricultura Ecológica/Agroecología (SEAE)</t>
+  </si>
+  <si>
+    <t>Asociación sin ánimo de lucro que EAE impulsa la mejora y difusión del conocimiento sobre la producción de alimentos de calidad con base agroecológica bajo el desarrollo rural sustentable</t>
+  </si>
+  <si>
+    <t>Red PlantMicro</t>
+  </si>
+  <si>
+    <t>Red focalizada en las investigación de las interacciones beneficiosas entre las plantas y los microorganismos. En la red participan 15 grupos de investigación de diversas universidades.El objetivo de la Red es aunar los conocimientos, recursos y esfuerzos en la investigación de las interacciones planta-microorganismo en relación a su importancia y aplicabilidad en la mejora de la tolerancia de los cultivos a las situaciones de estrés derivadas del cambio climático (principalmente sequías, altas temperaturas y salinidad) y en la producción agrícola sostenible, para garantizar la seguridad alimentaria a pesar de la creciente demanda y competencia global por los recursos.</t>
+  </si>
+  <si>
+    <t>Red PlasPain</t>
+  </si>
+  <si>
+    <t>Red enfocada en la investigación de la tecnología del plasma para la industria agroalimentaria y biomédica. En la red participan 11 grupos de investigación de diversas universidadesEl objetivo de la Red es consolidar y potenciar la investigación en el ámbito de la tecnología del plasma aplicado a la industria biomédica y agroalimentaria.Objetivos específicos: Fomentar el intercambio activo de ideas y establecimiento de colaboraciones en materia de investigación; Promover la interacción con otros grupos de investigación afines, no pertenecientes a la red, dentro y fuera del territorio nacional; Promover el aprovechamiento de equipos, servicios y tecnologías implementadas en cada uno de los grupos de la red en el desarrollo de investigaciones conjuntas; Difundir la Red y sus actividades a la sociedad; Impulsar la transferencia de resultados y la interacción con el tejido socioproductivo.</t>
+  </si>
+  <si>
+    <t>Red Española de Leguminosas (RELEG)</t>
+  </si>
+  <si>
+    <t>La Red nace para dar respuesta a la creciente demanda mundial de alimentos de origen vegetal, las preocupaciones ambientales y la seguridad alimentaria.El objetivo primordial de la Red es optimizar los servicios agronómicos, económicos y nutricionales que los cultivos de leguminosas prestan a la sociedad, impulsando así su implementación. Los objetivos específicos son:Coordinar e integrar la investigación existente sobre leguminosas en diversas disciplinas como genética, genómica, mejoramiento, agronomía, ecología y calidad nutricional.Contribuir al avance de las prácticas agrícolas basadas en leguminosas para aumentar la productividad y la sostenibilidad ambiental.Impulsar un enfoque sintético que integre conocimientos y experiencia de diversos campos.Mejorar la sostenibilidad de la agricultura y fortalecer la seguridad de los suministros de alimentos y piensos.Fomentar al intercambio científico y la colaboración entre investigadores de diferentes áreas a través de grupos de trabajo coordinados.Reducir el déficit de proteínas mediante el enfoque en la investigación e innovación en leguminosas.Mejorar la comprensión de los caracteres que determinan la adaptación, la productividad, la resistencia a estrés y la calidad de los cultivos de leguminosas.Investigar la composición y calidad nutricional de las leguminosas y promover la innovación alimentaria en el sector.</t>
+  </si>
+  <si>
+    <t>Red de investigación en Cereales Resilientes y de calidad para la Seguridad alimentaria española (CERES)</t>
+  </si>
+  <si>
+    <t>Red de investigación española en fisiología, genética, fenotipado, bioquímica y biotecnología de cultivos de cereal para:Plantear estrategias que permitan combinar el aprovechamiento de los recursos genéticos, genómicos y fenómicos para mitigar el impacto del cambio climático sobre la producción de los cereales,Producir cereales con valor añadido yReforzar los canales de comunicación y entrega de resultados con el sector de producción de semillas, fertilizantes y desarrollo tecnológico en la agricultura.Para ello, reúne grupos de investigación centrados sobre los recursos fitogenéticos, la genética y genómica, pre-mejora y mejora, calidad funcional y nutricional, fisiología a diversas escalas, fenotipado, bioquímica y biología molecular de cereales.</t>
+  </si>
+  <si>
+    <t>PalmerNet</t>
+  </si>
+  <si>
+    <t>Red de investigación para estudiar el Amaranthus palmeri y/o resistencias a herbicidas, y otros que pueden aportar nuevas herramientas para su control.  Se pretende consolidar una línea de investigación a nivel nacional sobre A. palmeri que englobe los trabajos se están realizando en la actualidad en España de forma interdisciplinar por diferentes equipos, para rentabilizar los logros obtenidos hasta ahora y que garantice su estabilidad y su impacto científico y social. El objetivo principal de PalmerNET es definir y abordar el problema de la introducción y expansión de A. palmeri en España y, buscar soluciones para su prevención y contención a nivel nacional.</t>
+  </si>
+  <si>
+    <t>Red SICURA OneHealth4Food</t>
+  </si>
+  <si>
+    <t>La Red para apoyar e impulsar una base metodológica (Onehealth) que pueda servir para integrar el enfoque multisectorial (salud humana, animal y medio ambiental) en la evaluación y gestión de la seguridad alimentaria en España.OneHealth4Food está constituida por investigadores de universidades y centros de investigación en el campo de la seguridad alimentaria y en áreas afines de “OneHealth”, creando un marco de colaboración y de sinergias, en el contexto alimentario, que sentará las bases metodológicas de un enfoque integrado en la Evaluación de Riesgos microbiológicos en la cadena alimentaria.Puedes consultar los integrantes clicando aquí  </t>
+  </si>
+  <si>
+    <t>Red Española de Bacterias Lácticas (RedBal)</t>
+  </si>
+  <si>
+    <t>Red de investigación dedicado al estudio de las bacterias lácticas (BAL) que desempeñan un papel relevante en nuestra vida cotidiana (BAL).Las BAL son bacterias que producen ácido láctico a partir de la glucosa y se encuentran de forma natural en ambientes ricos en nutrientes, como en vegetales, frutas y leche, así como en diversas localizaciones anatómicas de animales, por ejemplo, en el intestino o en la glándula mamaria desde donde llegan a la leche materna. Algunas BAL presentan propiedades beneficiosas y su consumo como probióticos ayuda al mantenimiento de la salud tanto humana como animal.La red integra a 51 grupos pertenecientes a varias entidades de investigación para 4 líneas de investigación: MICROBIOTA HUMANA Y ANIMAL. PROBIÓTICOS;MICROBIOTA DE ALIMENTOS. TECNOLOGÍA;BIOTECNOLOGÍA;CALIDAD Y SEGURIDAD ALIMENTARIA.</t>
+  </si>
+  <si>
+    <t>NutriCrop</t>
+  </si>
+  <si>
+    <t>Red de investigación nacional en cultivos emergentes constituida por 14 grupos de investigación pertenecientes al sector público en colaboración con empresas privadas trabajando en desde distintos ámbitos científicos relacionados con la agronomía, la ciencia y tecnología de los alimentos y la inmunonutrición.El principal objetivo de esta Red es la coordinación y fomento de la investigación en cultivos emergentes, integrando grupos de disciplinas agronómicas, alimentarias y de salud para impulsar su cultivo y uso en alimentos altamente saludables en España.Puedes conocer los integrantes de la red clicando aquí</t>
+  </si>
+  <si>
+    <t>Red VITIS CLIMADAPT</t>
+  </si>
+  <si>
+    <t>La Red VITIS CLIMADAPT está compuesta por entidades públicas de I+D+i de 15 Comunidades Autónomas y cuenta con la colaboración de viveros, bodegas, denominaciones de origen, así como fundaciones y asociaciones que aportan la visión del sector privado, para mejorar la coordinación entre los diferentes grupos de investigación nacionales que están trabajando en esta materia, y maximizar así el impacto de sus estudios, herramientas y materiales desarrollados, mediante la recopilación de toda esta información en una misma base de datos.El objetivo general de la Red VITIS CLIMADAPT es potenciar la adaptación de la viticultura al cambio climático facilitando la interacción, comunicación y el trabajo en red de los grupos de I+D que desarrollan su actividad en la conservación y mejora del material genético de la vid. Los objetivos concretos son: Facilitar una comunicación y colaboración activa entre los integrantes de la red; Diagnosticar el estado de la investigación e innovación en recursos genéticos de la vid para la adaptación al cambio climático; Fomentar la interacción entre la investigación básica y el desarrollo de nuevos recursos genéticos; Consensuar procedimientos y herramientas comunes para la evaluación del comportamiento productivo, la calidad de la uva y el potencial enológico de los recursos genéticos.</t>
+  </si>
+  <si>
+    <t>NBSoil</t>
+  </si>
+  <si>
+    <t>NBSOIL (Soluciones Basadas en la Naturaleza para la Gestión del Suelo) permite a los asesores de suelos mediante un programa de aprendizaje, implementar una visión holística de la salud del suelo mediante Soluciones Basadas en la Naturaleza (SBN) y colaborar eficazmente en diferentes escalas temporales y espaciales.El objetivo general es diseñar un atractivo programa de aprendizaje combinado que permita a los asesores de suelos implementar una visión holística de la salud del suelo mediante Soluciones Basadas en la Naturaleza (SBN) y colaborar eficazmente en diferentes escalas temporales y espaciales.</t>
+  </si>
+  <si>
     <t>Red de Investigación en Ganadería de Precisión y Digitalización Animal (REDIGA)</t>
   </si>
   <si>
     <t>REDIGA es una red de investigación que nace para fortalecer las sinergias entre investigadores/as e instituciones, incrementar la visibilidad y proyección de las investigaciones, y construir un ecosistema colaborativo en ganadería de precisión. En este sentido, REDIGA reúne perfiles diversos de la ingeniería agronómica, la veterinaria, la ciencia animal y biología, con enfoques tecnológicos y basados en datos para monitorizar a los animales. En REDIGA participan personas de las siguientes instituciones:  El principal objetivo es integrar y promover la investigación en digitalización animal y ganadería de precisión, formar e involucrar a las nuevas generaciones de investigadores/as, así como comunicar los proyectos desarrollados en España dentro del contexto europeo.La red está dirigida a todos los ámbitos, sistemas y especies de la producción animal, así como a otras especies animales, donde la aplicación del conocimiento, la innovación tecnológica y el uso de herramientas digitales son esenciales para mejorar la vida de los animales y optimizar la gestión técnico-económica del sistema, facilitando una toma de decisiones objetiva y eficiente.</t>
   </si>
   <si>
     <t>Plataforma Tecnológica Española del CO2 (PTECO2)</t>
   </si>
   <si>
     <t>PTECO2 pretende abordar un desarrollo tecnológico en España que contribuya a disminuir el impacto ambiental, social y económico derivado de las emisiones de gases de efecto invernadero</t>
   </si>
   <si>
     <t>AdvisoryAgriHub</t>
   </si>
   <si>
     <t>La Plataforma Advisory AgriHub es un centro colaborativo dedicado a mejorar los servicios de asesoramiento en agricultura, silvicultura y sostenibilidad ambiental.En la Plataforma puedes encontrar:Inventario Unificado de Conocimiento de cinco redes especializadas (stratus, AdvisoryNetPest, LiveNet, ForAdvise, Organic Advice Network)Recursos de capacitación de vanguardiaRedes colaborativasEventos y actualizaciones</t>
   </si>
   <si>
     <t>Red de Innovación y Asesoramiento en Canales Cortos de Comercialización (RIA-CCC)</t>
   </si>
   <si>
     <t>La Red de Innovación y Asesoramiento en Canales Cortos de Comercialización (CCC) es un proyecto integral desarrollado por la Fundación Entretantos que busca transformar el del asesoramiento agroalimentario en CCC mediante la creación de una red estatal especializada.La información sobre estos canales está dispersa y no se dispone de herramientas específicas para el intercambio entre profesionales. Por ello se ha creado una plataforma colaborativa que centraliza todo lo que necesitas: Red de Innovación y Asesoramiento en Canales Cortos de Comercialización.Este proyecto busca la profesionalización del asesoramiento en CCC y la creación de sinergias con todos los actores del sistema agroalimentario estatal, contribuyendo así a la transición hacia sistemas alimentarios más sostenibles y resilientes. </t>
   </si>
   <si>
     <t>Los pueblos más bonitos de España</t>
@@ -192,183 +407,90 @@
   <si>
     <t>SheepNet - Sharing expertise and experience towards sheep productivity through networking</t>
   </si>
   <si>
     <t>SheepNet es un proyecto de red temática sobre innovación práctica para mejorar la productividad ovina (número de corderos destetados por oveja cubierta), un componente crítico de los ingresos de los ganaderos y, por lo tanto, de la sostenibilidad y el atractivo de la ganadería ovina. SheepNet establecerá un intercambio duradero de conocimientos científicos y prácticos entre investigadores, ganaderos y asesores, mediante un enfoque multiactor y transdisciplinario a nivel nacional e internacional y con la amplia participación de los Sistemas Europeos de Conocimiento e Innovación Agrícola. Esto promoverá la implementación y difusión de tecnologías y prácticas innovadoras y óptimas para la mejora de la productividad ovina. Para maximizar el impacto y garantizar una amplia cobertura de los diferentes sistemas de producción, SheepNet reunirá a seis de los principales países productores de ovejas de la UE, además de Turquía, Australia, Nueva Zelanda y todas las redes relevantes de la UE.Objetivos:Generar un acervo de conocimientos científicos, técnicos y prácticos mediante un enfoque combinado "de arriba abajo y de abajo arriba" y la sólida participación de 45 explotaciones innovadorasFomentar la fertilización cruzada mediante talleres multiactor a nivel nacional e internacional, una participación amplia e interactiva de la comunidad ovina a través de redes sociales y una plataforma interactivaDesarrollar material de comunicación y aprendizaje, herramientas web, una plataforma interactiva, diseñado para ayudar tanto a científicos como a partes interesadas, y una sólida interacción con el Punto de Servicio EIP AGRI garantizarán una accesibilidad amplia y duradera a los resultados de SheepNet.</t>
   </si>
   <si>
     <t>R4D - Resilience for dairy</t>
   </si>
   <si>
     <t>Red para mejorar las estrategias comerciales y operativas de las explotaciones lecheras, así como para fomentar interacciones positivas entre las comunidades ganaderas y la sociedad. R4D se centrará en 3 áreas de conocimiento con el fin de mejorar la sostenibilidad de las explotaciones de vacío de leche:Resiliencia económica y socialEficiencia técnicaMedioambiente, bienestar animal y sistemas de producción con aceptación socialEl objetivo fortalecer la relación entre ganaderos, asesores, investigadores y actores relevantes del sector, con la intención de crear mejores soluciones a través del intercambio de conocimiento entre los participantes.Los participantes del proyecto están trabajando juntos para mejorar las estrategias de negocio en las granjas de leche, así como estimular la interacción positiva entre las comunidades de ganaderos y la sociedad. Se están buscando las técnicas más efectivas e innovadoras para hacer frente a los retos relativos a la mejora del bienestar animal, incremento de biodiversidad, reducción de las emisiones de gases de efecto invernadero y disminución de la huella ambiental.Para aumentar la resiliencia y la robustez de las explotaciones de vacío de leche, R4D trabajará a diferentes niveles. Desde la búsqueda de soluciones a medida para diferentes explotaciones, hasta formaciones presenciales y telemáticas. Los participantes de Bélgica, Dinamarca, Finlandia, Francia, Alemania, Hungría, Irlanda, Italia, Lituania, Luxemburgo, Países Bajos, Irlanda del Norte, Polonia, Eslovenia y España, cooperarán para probar diferentes modelos y desarrollar una serie de soluciones.</t>
   </si>
   <si>
     <t>PANACEA - A thematic network to design the penetration path of non-food agricultural crops into european agriculture</t>
   </si>
   <si>
     <t>A pesar de la considerable inversión en investigación y desarrollo, los cultivos no alimentarios (CNA) no están muy extendidos en la agricultura europea, principalmente debido a las dificultades en las cadenas de suministro y a las deficiencias en el marco político y en los incentivos a la inversión. Por lo tanto, la creciente necesidad de materias primas para abastecer a las bioindustrias hace imprescindible la integración exitosa de los CNA en la agricultura de la UE. En este contexto, la Red PANACEA aborda el reto de aumentar la integración de los CNA en la agricultura y la bioeconomía de la UE.La Red PANACEA tiene como objetivo difundir casos prácticos de cultivos no alimentarios y fomentar la cooperación entre la investigación, la industria y el sector agrícola, para incrementar la contribución de estos cultivos a la Estrategia Europea de Bioeconomía. Los cultivos no alimentarios (CNA) son aquellos que no se incorporan a la cadena alimentaria y se utilizan para producir una amplia gama de productos de base biológica, como polímeros, lubricantes, materiales de construcción, productos farmacéuticos, bioenergía y biocombustibles. Sin embargo, los CNA no están muy extendidos en la agricultura europea, principalmente debido a las dificultades en las cadenas de suministro y a las deficiencias en las políticas. </t>
   </si>
   <si>
     <t>HNV-Link - High nature value farming: learning, innovation and knowledge</t>
   </si>
   <si>
     <t>La red HNV-Link se dedica a desarrollar y compartir innovaciones que respalden los sistemas y comunidades agrícolas de alto valor de la naturaleza (HNV).Es propósito del la red reunir soluciones innovadoras de naturaleza técnica, comercial, social, institucional y política de 10 áreas de aprendizaje de proyectos de sistemas y comunidades agrícolas de alto valor. Estas historias y lecciones de éxito de base estarán disponibles gratuitamente para beneficiar a todos los que participan en la agricultura de HNV. El proyecto también identificará situaciones en las que faltan innovaciones, pero podrían marcar una diferencia positiva.</t>
   </si>
   <si>
-    <t>INCREDIBLE - Innovation networks of cork, resins and edibles in the mediterranean basin</t>
-[...4 lines deleted...]
-  <si>
     <t>HENNOVATION - Practice-led innovation supported by science and market-driven actors in the laying hen and other livestock sectors</t>
   </si>
   <si>
     <t>Hennovación demuestra el potencial de innovación dirigido por productores y prácticas de la industria (en la granja, durante el transporte y en el matadero) a través del establecimiento de redes de innovación que buscan y buscan proactivamente y Utilice nuevas ideas para que su negocio sea más eficiente y sostenible. El proyecto también desarrollará las habilidades de los participantes en las redes de innovación y facilitará la comunicación de las personas dentro de cada red.Son objetivos esperados:Demostrar el potencial de las redes de innovación basadas en la práctica, con el apoyo de los actores científicos y de mercado existentes, para desarrollar soluciones prácticas y rentables a los desafíos de la sostenibilidad.Desarrollar redes multiactor que desarrollarán innovaciones técnicas para abordar el picoteo perjudicial y la gestión de las gallinas ponedoras al final de su ciclo, basándose en la práctica, la economía y la información científicaCrear un herramientas de comunicación web, guías de facilitación y programas de formación en línea, diseñado para ayudar a los actores científicos y de mercado, estará disponible para apoyar a las redes de innovación basadas en la práctica en otros sectores ganaderosElaborar recomendaciones políticas que contribuyan a materializar todo el potencial de la innovación basada en la práctica a través de redes multiactor en los sectores ganaderos</t>
   </si>
   <si>
     <t>EUROSHEEP - European network for interactive and innovative knowledge exchange on sheep health and nutrition</t>
   </si>
   <si>
     <t>EuroSheep crea una red europea e internacional autosostenible sobre «rentabilidad ovina a través de la salud y la nutrición» facilitando intercambio de conocimientos entre diversos actores y difundirá las mejores prácticas.EuroSheep reúne a expertos para un enfoque transdisciplinario de la «producción ovina» (sanidad animal, nutrición animal, gestión de pastos, ganadería de precisión, cría y genética, así como sociología y economía), lo que permitirá adoptar un enfoque multifactorial de soluciones prácticas y la incorporación de innovaciones en las explotaciones ovinas.El objetivo general del proyecto EuroSheep es crear una Red Temática autosostenible, tanto europea como internacional, sobre «rentabilidad ovina a través de la salud y la nutrición», diseñada para estimular el intercambio de conocimientos y la colaboración entre una amplia gama de actores y partes interesadas del sector ovino, con el fin de difundir ampliamente las mejores prácticas e innovaciones relevantes y listas para usar, y valorar las aportaciones y el intercambio de conocimientos entre ganaderos. </t>
   </si>
   <si>
     <t>EUFRUIT Network</t>
   </si>
   <si>
     <t>EUFRUIT, a través de un enfoque de multiactor, busca mejorar la implementación de los resultados de la investigación en un conocimiento práctico y aplicable que beneficiará directamente al sector de frutas europeas.Son objetivos del proyecto:1. Crear una red europea centrada en el sector frutícola.2. Desarrollar e implementar un enfoque sistemático para analizar y sintetizar el conocimiento científico y práctico existente.3. Establecer un diálogo permanente con los organismos políticos pertinentes de la UE, nacionales y regionales.4. Identificar y apoyar nuevas áreas prioritarias de investigación mediante el seguimiento y análisis continuos de las actividades de investigación e innovación existentes y futuras.</t>
   </si>
   <si>
     <t>ENABLING - Enhance new approaches in biobased local innovation networks for growth</t>
   </si>
   <si>
     <t>La red temática impulsada por ENABLING aportará un importante impulso a la innovación en la producción, el preprocesamiento y el suministro de biomasa para productos y procesos de base biológica en toda Europa.El proyecto pretende dar respuesta a la necesidad, manifestada por profesionales de toda Europa de mejorar la colaboración y las oportunidades de negocio entre los operadores que generan flujos de biomasa (agricultores) y la industria de procesamiento y transformación (la industria de base biológica - IBB).</t>
   </si>
   <si>
     <t>CERERE - Cereal Renaissance in rural Europe</t>
   </si>
   <si>
     <t>CERERE sintetiza, comparte y difunde las mejores prácticas, los resultados de investigación y las soluciones coinnovadoras existentes en sistemas alimentarios de cereales orgánicos y de bajos insumos, con especial énfasis en la agrobiodiversidad y los valores asociados de calidad y salud.</t>
   </si>
   <si>
     <t>4D4F - Data driven dairy decisions 4 farmers</t>
   </si>
   <si>
     <t>La red temática 4D4F se centra en el desarrollo de una red para ganaderos lecheros, proveedores de tecnología de sensores para la industria láctea, empresas de datos, asesores agrícolas e investigadores, con el fin de explorar formas de utilizar los datos generados por los sensores para mejorar la toma de decisiones de los ganaderos.</t>
   </si>
   <si>
     <t>AgriSpin - Space for agricultural innovation</t>
   </si>
   <si>
     <t>El proyecto AgriSpin ofrece directrices para que los socios organicen reuniones, participen en reuniones con otras redes temáticas y proyectos, y generen impacto en su propia organización.</t>
-  </si>
-[...85 lines deleted...]
-    <t>Red de investigadores y gestores de diversas instituciones españolas dedicados al estudio del decaimiento forestal.Son objetivos generales de la Red, poner en común el conocimiento existente de los sistemas forestales afectados en los que se está realizando trabajo de campo e investigación, avanzar en el conocimiento del decaimiento forestal, reforzar vínculos entre los grupos de investigación para promover la colaboración y el flujo de información y ayudar a los gestores forestales a afrontar el problema del decaimiento. </t>
   </si>
   <si>
     <t>Red de Investigación en Sanidad Animal (RISA)</t>
   </si>
   <si>
     <t>La Red aglutina a investigadores dedicados a la Sanidad Animal en España para potenciar las sinergias existentes entre los distintos grupos de investigación en sanidad animal de disciplinas como la entomología, la epidemiología y el bienestar animal con el objeto lograr un uso más racional, responsable y optimizado de los recursos, garantizar la sanidad y bienestar animal y por ende, la salud pública.Son objetivos de la Red:Potenciar sinergias:  Potenciar la sinergia entre los distintos grupos de investigación en sanidad animal de nuestro país, contando con expertos en fauna terrestre tanto silvestre como doméstica y con profesionales de disciplinas muy diversas de la sanidad animal como son la entomología, la epidemiología, la bacteriología, la virología, la inmunología, la anatomía patológica, el bienestar animal o la etología, entre otras.Impulsar la internacionalización: Impulsar la internacionalización del sector de la investigación en sanidad animal de España.Promover valores: Promover uso racional, responsable y optimizado de los recursos para garantizar la sanidad y bienestar animal y por ende, la salud pública.Promover la transferencia y la divulgación: Promover la transferencia tecnológica y la divulgación científica en sanidad animal a nivel de sector y al público general.Organizar actividades: Organizar actividades, dedicadas a temas de gran relevancia para la investigación en sanidad animal, como son la innovación, la seguridad biológica, el enfoque One Health, el medio ambiente, etc.Colaborar: Colaborar en potenciar una mayor visibilidad y comunicación del sector de la investigación en sanidad animal en España y fuera de ella.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast busca transformar la manera de diseñar, producir, usar y reciclar los plásticos para dirigirla hacia una economía circular desde un enfoque sinérgico que involucra la ciencia de materiales y la biotecnología, para desarrollar actividades de investigación e innovación así como estrategias socioeducativa.Son objetivos de la Plataforma:Desarrollo de estrategias químicas y biotecnológicas para el reciclado y el desarrollo de nuevos polímeros sostenibles.Análisis de los efectos en la salud y el medio ambiente de la contaminación por plásticos.Regulación y certificación de plásticos con un menor impacto ambiental.Actividades de difusión, enseñanza y capacitación sobre el estado actual y avances en los plásticos.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Plataforma que agrupa sus actividades en cinco áreas estratégicas: generación renovable (biomasa, solar térmica y fotovoltaica, eólica, etc.), almacenamiento eficiente de energía, descarbonización industrial, tecnologías del hidrógeno y electrificación.Son objetivos de la Plataforma:Impulsar el desarrollo de las tecnologías clave en el ciclo energético para alcanzar un sistema energético más asequible, fiable, competitivo y sostenible, tanto social como medioambientalmente.Integrar capacidades, tecnologías y conocimientos CSIC para afrontar proyectos con un alto desarrollo tecnológico e impulsar su rápida integración en el sector industrial.</t>
   </si>
   <si>
     <t>elaia</t>
   </si>
   <si>
     <t>Plataforma agrícola especializada en la gestión y transformación de cultivos permanentes de regadío con los más altos estándares de sostenibilidad y calidad utilizando las últimas tecnologías.</t>
   </si>
@@ -612,139 +734,133 @@
     <t>LiveNet</t>
   </si>
   <si>
     <t>El proyecto se basa en una red de asesores de toda la UE especializados en producción ganadera para establecer una nueva red a nivel de la UE que fomente la colaboración abierta entre asesores y actores clave del sector ganadero.La red abarcará diversos aspectos de la agricultura, como las mejores prácticas, los avances tecnológicos, la valorización de los productos agrícolas, la diversificación de las fuentes de ingresos y la resolución de otros desafíos críticos.Los objetivos del proyecto son:Establecer y mantener una red de asesores ganaderos en toda la UE, mejorando las habilidades, la capacidad y el intercambio de conocimientos a largo plazo sobre prácticas sostenibles.Recopilar, seleccionar, evaluar, analizar, adaptar y traducir 100 prácticas de asesoramiento innovadoras para la producción ganadera sostenible en un entorno de múltiples actores en 29 países europeos.Promover prácticas de asesoramiento innovadoras para la producción ganadera sostenible mediante el intercambio de conocimientos específicos y actividades de escalamiento adaptadas a cada país.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Red temática enfocada en la reducción del uso y los riesgos de los plaguicidas (RURP) en todos los estados miembros de la UE. La red adoptará un enfoque de múltiples actores al reunir a 17 socios que representan la diversidad de partes interesadas de AKIS que trabajan a nivel agrícola, regional, nacional y de la UE, con el objetivo de identificar, seleccionar y dar forma a enfoques novedosos que se adapten y repliquen en toda la UE.</t>
   </si>
   <si>
     <t>ENRD</t>
   </si>
   <si>
     <t>La Red Europea para el Desarrollo Rural (REDR) sirve como centro para el intercambio de información sobre cómo funcionan en la práctica las políticas, los programas, los proyectos y otras iniciativas de desarrollo rural y cómo se pueden mejorar para lograr más.
 La REDR no es una organización de miembros.</t>
   </si>
   <si>
     <t>Alimentos de España</t>
   </si>
   <si>
     <t>Plataforma ministerial de divulgación</t>
   </si>
   <si>
-    <t>EIP-AGRI</t>
-[...4 lines deleted...]
-  <si>
     <t>Asociación Clúster Agroalimentario de Navarra (NAGRIFOOD)</t>
   </si>
   <si>
     <t>El Clúster Agroalimentario de Navarra, NAGRIFOOD es una organización de empresas que tiene por objeto la mejora continua de la competitividad de sus socios a través del desarrollo de la intercooperación, la innovación abierta, el intraemprendizaje y la internacionalización de las empresas agroalimentarias navarras</t>
   </si>
   <si>
     <t>Asesores de Aragón</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN es una plataforma impulsada por la Fundación para la Agricultura del Conocimiento y que constituye una Red Social Profesional que da cabida a investigadores, tecnólogos, asesores y agricultores, integrando de este modo: el conocimiento, su transferencia y su aplicación</t>
   </si>
   <si>
     <t>Red de Municipios por la Agroecología</t>
   </si>
   <si>
     <t>El objeto de la Red es la construcción, mediante en l intercambio de experiencias, conocimientos, datos, informaciones y proyectos, de sistemas alimentarios locales respetuosos con el medio ambiente, sostenibles, inclusivos, resilientes, seguros y diversificados que aseguren comida saludable, sostenible y accesible al conjunto de la población, y que potencien el empleo local, en línea con las perspectivas de la agroecología y la soberanía alimentaria.</t>
   </si>
   <si>
     <t>Platafoma SynergyNuts</t>
   </si>
   <si>
     <t>Espacio para la formación, difusión e innovación en todos los aspectos relacionados con los frutos secos en seto</t>
   </si>
   <si>
     <t>Stratus</t>
   </si>
   <si>
     <t>La Red de Innovación en Fertilización (Fertilisation Innovation Network, FIN) es una red técnica basada en enfoques novedosos y efectivos que cubren los principales desafíos que conducen a la creación de un Plan de Gestión Sostenible de Nutrientes. La FIN está integrada por 3 subredes transnacionales especializadas (FIN-agricultura de precisión, FIN-calidad del suelo, FIN-fetilizantes de base bioloógica) en las que asesores capacitados recopilarán Buenas Prácticas (BP) e Innovaciones de Investigación (RI) sobre el uso óptimo de fertilizantes e identificarán las Mejores Prácticas (BP) como resultado de la evaluación de viabilidad sistémica de las BP y las RI.
 Puedes consultar un folleto del proyecto en inglés dando clic aquí.</t>
   </si>
   <si>
     <t>Plataforma tecnológica Aula de Productos Lácteos y Tecnologías Alimentarias</t>
   </si>
   <si>
     <t>Formación especializada y servicios tecnológicos avanzados a empresas y entidades del sector lácteo y alimentario</t>
   </si>
   <si>
     <t>Interpanel</t>
   </si>
   <si>
     <t>INTERPANEL es una plataforma de colaboración entre distintas entidades pertenecientes a cada cadena de valor del aceite de oliva, en la que también se integran entidades que aportan conocimiento y capacidad tecnológica para el desarrollo del sistema, y capacidad de difusión de resultados hacia el conjunto del sector.</t>
   </si>
   <si>
+    <t>Food For Life</t>
+  </si>
+  <si>
+    <t>Plataforma que fomenta la transmisión de los avances de investigación, científicos y tecnológicos a través de la colaboración público-privada de los principales agentes sectoriales agroalimentarios en relación con la I+D+i y la detección de nuevas demandas en el ámbito de los Retos de la Sociedad, asegurando la competitividad y el crecimiento del sector agroalimentario español.</t>
+  </si>
+  <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL engloba como sector BIO la Biotecnología, la Biomedicina y la Bioeconomía, aplicadas a la salud, la agroalimentación y la sostenibilidad medioambiental con el objeto de impulsar el desarrollo y competitividad del tejido empresarial del Sector Biotec para posicionar a sus asociados en el mapa internacional.</t>
   </si>
   <si>
-    <t>Food For Life</t>
-[...2 lines deleted...]
-    <t>Plataforma que fomenta la transmisión de los avances de investigación, científicos y tecnológicos a través de la colaboración público-privada de los principales agentes sectoriales agroalimentarios en relación con la I+D+i y la detección de nuevas demandas en el ámbito de los Retos de la Sociedad, asegurando la competitividad y el crecimiento del sector agroalimentario español.</t>
+    <t>Agronet - Brewing</t>
+  </si>
+  <si>
+    <t>Suministros, información y asesoramiento para cervecerías</t>
+  </si>
+  <si>
+    <t>Cooperatives agro-alimentàries comunitat valenciana</t>
+  </si>
+  <si>
+    <t>Plataforma de representación institucional, fomento cooperativo, formación, comunicación y representación empresarial</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
   </si>
   <si>
     <t>Plataforma de divulgación de innovación en investigación, experiencias en diferentes producciones y actualización de normativa</t>
   </si>
   <si>
     <t>Plataforma TIERRA</t>
   </si>
   <si>
     <t>Plataforma Tierra es una comunidad abierta y participativa de productores, empresas y desarrolladores de tecnología</t>
   </si>
   <si>
     <t>Red Nacional de Granjas Típicas (RENGRATI)</t>
   </si>
   <si>
     <t>Plataforma ministerial de información y asesoramiento para la evaluación de políticas y estrategias sectoriales y productivas y la simulación d esu impacto a todos los niveles</t>
-  </si>
-[...10 lines deleted...]
-    <t>Plataforma de representación institucional, fomento cooperativo, formación, comunicación y representación empresarial</t>
   </si>
   <si>
     <t>agrifoodTEF</t>
   </si>
   <si>
     <t>agrifoodTEF es una red de infraestructuras de prueba y validación en Europa que apoya a las empresas de tecnología agroalimentaria para que desarrollen productos con  soluciones de IA y robótica en instalaciones del mundo real</t>
   </si>
   <si>
     <t>Catalan Water Partnership (CWP)</t>
   </si>
   <si>
     <t>Catalan water partnership (CWP) es una asociación estratégica sin ánimo de lucro tipo clúster, formada por empresas y centros de conocimiento que operen en el sector del uso sostenible del agua. CWP promueve proyectos y colaboraciones multinivel, orientadas a conseguir soluciones innovadoras a las necesidades globales de agua de calidad en cualquier lugar del mundo y aplicables en múltiples sectores</t>
   </si>
   <si>
     <t>Zinnae</t>
   </si>
   <si>
     <t>Zinnae, Clúster para el uso eficiente del agua que ofrece soluciones a los desafíos de la seguridad hídrica para contribuir a la construcción de un futuro sostenible y resiliente bajo principios de la economía circular y la sociedad inteligente. Objetivos: Contribuir a las políticas públicas y ser un referente en Aragón en el ámbito del conocimiento e innovación en el sector del agua.|Identificar las necesidades y capacidades formativas y desarrollar un sistema de atracción de talento.|Soporte en el desarrollo de proyectos y vehículo de valorización de los resultados de la innovación promoviendo la aplicación de soluciones innovadoras.|Visibilización de logros y generación de oportunidades de negocio.</t>
   </si>
   <si>
     <t>Avanis</t>
   </si>
   <si>
     <t>Plataforma para crear conexiones entre personas del sector agroalimentario para sumar conocimientos, seguir aprendiendo y hacer crecer el sector día a día, convirtiéndolo en uno más competitivo, más sostenible y más innovador.</t>
   </si>
@@ -947,137 +1063,137 @@
 La financiación del desarrollo rural a través del FEADER se inscribe en el marco general de los Fondos Estructurales y de Inversión Europeos (Fondos EIE), que incluyen también los fondos de Desarrollo Regional, Social, de Cohesión y de Pesca. Todos estos fondos se gestionan a nivel nacional, por parte de cada Estado miembro de la UE, sobre la base de unos Acuerdos de asociación, que son planes estratégicos en los que se describen los objetivos y las prioridades de inversión de cada país.</t>
   </si>
   <si>
     <t>Red Valenciana de Desarrollo Rural</t>
   </si>
   <si>
     <t>Herramienta para difundir información sobre sus programas y actividades, así como para dar a conocer noticias y eventos relacionados con el desarrollo rural en Valencia. También cuenta con una sección de recursos, donde se pueden encontrar materiales y guías útiles para el desarrollo rural en la región, y un catálogo de productos y servicios de las zonas rurales de Valencia</t>
   </si>
   <si>
     <t>Red PAC de España</t>
   </si>
   <si>
     <t>Plataforma que promueve la creación de grupos de trabajo sobre cuestiones relavantes para el medio rural</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Consultoría, Auditorías, Analítica y Formación, en el sector agroalimentario</t>
   </si>
   <si>
     <t>Red-iCAT</t>
   </si>
   <si>
     <t>Red de innovación agroalimentaria y rural de Cataluña</t>
+  </si>
+  <si>
+    <t>ANOVE</t>
+  </si>
+  <si>
+    <t>Desarrolladores y propagadores de variedades vegetales</t>
   </si>
   <si>
     <t>BIOFRUITNET</t>
   </si>
   <si>
     <t>Este proyecto se centra en frutas orgánicas de poma, piedra y cítricos y tiene como objetivo fortalecer la competitividad de la producción de frutas orgánicas europeas</t>
   </si>
   <si>
     <t>INNOSETA</t>
   </si>
   <si>
     <t>El objetivo principal de InnoSeta es establecer una innovadora red temática autosostenible en equipos de pulverización, capacitación y aconsejar para contribuir a cerrar la brecha entre las nuevas soluciones de protección de cultivos de alta gama disponibles, ya sea comercial o de resultados de investigación aplicables, con los resultados de la investigación aplicables, con el prácticas agrícolas europeas cotidianas.
  Esto se logrará promoviendo un intercambio efectivo de ideas y información novedosas entre:
  investigación
  industria
  servicios de extensión
  y la comunidad agrícola
  para que la investigación existente y las soluciones comerciales puedan comunicarse ampliamente, al tiempo que captura las necesidades de nivel de base e ideas innovadoras"&amp;" de la comunidad agrícola.")</t>
   </si>
   <si>
     <t>OK-Net Arable</t>
   </si>
   <si>
     <t>Net Net Arable trabajó con 14 grupos de innovación de agricultores en 10 países. Los datos de los grupos mostraron una amplia gama de rendimientos de cultivos. Esto indica una necesidad, pero también una clara posi"&amp;"bilidad de mejoras. Basado en la literatura científica y los aportes de los agricultores, se han reunido más de 100 materiales con soluciones prácticas en la plataforma de conocimiento cultivable de Net Net (Farmknowledge.org). Los grupos de agricultores "&amp;"evaluaron formatos y algunas soluciones en la práctica. Sus experiencias se han documentado en videos y resúmenes de práctica. Los grupos de agricultores tradujeron materiales que eran relevantes para ellos en su propio idioma. Se llevaron a cabo cursos e"&amp;"n línea presentando los materiales a los agricultores y asesores</t>
   </si>
   <si>
     <t>Rosewood4.0</t>
   </si>
   <si>
     <t>Rosewood4.0 recopilará y estructurará las mejores prácticas e innovación relevantes (BP &amp; amp; i) con el objetivo de mejorar el marco de movilización de madera en cinco centros regionales. Se desarrollarán cinco hojas de ruta regionales (y una interregional transregional) en función de la priorización de BP &amp; amp recolectados; coincidía con las necesidades/desafíos identificados de las diferentes regiones. El proyecto organizará talleres específicos y visitas de estudio vinculadas con materiales de capacitación de nuevo diseño que favorecen la implementación de BP &amp; amp; i. Acciones de difusión intensas para la transferencia de BP &amp; amp; me lograré utilizando diferentes herramientas y canales (por ejemplo, plataforma de conocimiento, resúmenes de práctica, producción de videos, etc</t>
   </si>
   <si>
-    <t>ANOVE</t>
-[...2 lines deleted...]
-    <t>Desarrolladores y propagadores de variedades vegetales</t>
+    <t>APROSE</t>
+  </si>
+  <si>
+    <t>Asociación profesional sin ánimo de lucro de empresas productores de semillas selectas. Analizar, estudiar y tratar los problemas comunes que pudieran surgir según las especies de semillas</t>
   </si>
   <si>
     <t>SMARTPROTECT</t>
   </si>
   <si>
     <t>"SmartProtect es una red temática que se centra en el intercambio de conocimientos regionales cruzados de soluciones de gestión de plagas integradas (IPM) inteligentes para agricultores y asesores. El objetivo es estimular el flujo de conocimiento en los sistemas regionales de conocimiento agrícola e innovación (AKISS) en toda la UE y conectarlos en el potencial innovador de las metodologías avanzadas para IPM en la producción de vegetales, integrando tecnologías de agricultura de precisión y análisis de datos.</t>
   </si>
   <si>
     <t>Best Practice Hens - Pilot Project on Best Practices for Alternative Egg Production Systems</t>
   </si>
   <si>
     <t>Las Gallinas de Mejores Prácticas (BPH) prepararán y proporcionarán apoyo práctico a los productores de huevos para alentarlos a pasar de sistemas de jaulas a sistemas sin jaulas. Esto se aplica tanto a la cría de gallinas ponedoras como al mantenimiento de gallinas ponedoras en el período de producción. Asegurar una amplia difusión de la información recopilada en las mejores prácticas a través del desarrollo de materiales de comunicación (videos y resúmenes de prácticas).
 La BPH organizará eventos de difusión dirigidos a los Estados miembros con un alto porcentaje de sistemas de jaulas para aumentar la aplicación de sistemas de alojamiento sin jaulas en los Estados miembros objetivo (España, Polonia, Portugal y Bélgica).</t>
   </si>
   <si>
     <t>BIOSCHAMP - Biostimulant of alternative casing for a sustainable and profitable mushroom industry</t>
   </si>
   <si>
     <t>En este proyecto, desarrollaremos un enfoque integrado para luchar contra los principales desafíos de salud en la producción de hongos (hongos y bacterias parásitos). Con el desarrollo de un suelo de envoltura enriquecido con microbiota disminuiremos la necesidad de pesticidas y contribuiremos a mejorar la productividad, la sostenibilidad y la rentabilidad del sector europeo de las setas.</t>
   </si>
   <si>
     <t>Boosting RurAl Bioeconomy Networks following multi-actor approaCHES - BRANCHES</t>
   </si>
   <si>
     <t>Identificar, resumir, compartir y presentar las mejores prácticas existentes y los resultados de la investigación; Aumentar la aplicación de nuevas tecnologías eficaces en función de los costos mediante la mejora de la transferencia activa de conocimientos entre profesionales e investigadores; Movilizar más biomasa y crear nuevas oportunidades comerciales en las zonas rurales mejorando y fortaleciendo la conexión entre la práctica y la ciencia; Aplicar un enfoque multidisciplinario y multiactor; Ofrecer un canal para el flujo bidireccional de información, nuevas ideas y tecnologías; Señalar las necesidades identificadas y los elementos empresariales relevantes para los profesionales; Promover la bioeconomía y el desarrollo rural mediante nuevas iniciativas de base biológica</t>
   </si>
   <si>
     <t>Sm@RT: Small Ruminant Technology - Precision Livestock Farming and Digital Technology for Small Ruminants</t>
   </si>
   <si>
     <t>Sm@RT utiliza un enfoque original interactivo, transdisciplinario y multiactor, basándose en 3 niveles de redes: 1) una red de granjas de demostración bien equipadas ('digifarms'), 2) una red de granjas comerciales innovadoras para fomentar los intercambios con 3) la industria de pequeños rumiantes en cada país. Se evaluarán las necesidades/barreras de los agricultores en términos de uso de la tecnología, a través de una encuesta global y una serie de talleres. Las soluciones a estas necesidades se propondrán durante los talleres. Se ofrecerán oportunidades de capacitación y demostración a través de las redes digifarms y las granjas innovadoras con testimonios recopilados para impulsar la difusión y la comunicación en un entorno de confianza.</t>
   </si>
   <si>
     <t>Red AgriFoodTe: Red de Conocimiento e Innovación Agroalimentario de Teruel</t>
   </si>
   <si>
     <t>Red para acelerar la innovación en el sector agroalimentario para favorecer la transición ecológica, digital y hacia una bioeconomía circular en la región de Teruel</t>
   </si>
   <si>
     <t>Asociación Cluster Agroalimentario De Navarra(NAGRIFOOD)</t>
   </si>
   <si>
     <t>El Cluster Agroalimentario de Navarra (NAGRIFOOD) es una organización de empresas que tiene por objeto la mejora continua de la competitividad de sus socios a través del desarrollo de la intercooperación, la innovación abierta, el intraemprendizaje y la internacionalización de las empresas agroalimentarias navarras</t>
   </si>
   <si>
-    <t>APROSE</t>
-[...4 lines deleted...]
-  <si>
     <t>Asociación Española de la Industria de Panadería, Bollería y Pastelería (ASEMAC)</t>
   </si>
   <si>
     <t>Organización profesional de carácter sectorial</t>
   </si>
   <si>
     <t>Asociación de Fabricantes de Piensos Compuestos de Castilla y León (ASFACYL)</t>
   </si>
   <si>
     <t>Asociación profesional de fabricantes de piensos compuestos de Castilla y León</t>
   </si>
   <si>
     <t>Plataforma Española Tecnológica y de Innovación en Biocircularidad (BIOPLAT)</t>
   </si>
   <si>
     <t>Organización nacional sin ánimo de lucro que fomenta el desarrollo sostenible de la biomasa y de la bioeconomía</t>
   </si>
   <si>
     <t>Plataforma Tecnológica de Biotecnología Vegetal (BIOVEGEN)</t>
   </si>
   <si>
     <t>Asociación público-privada, liderada por el sector empresarial, que reúne a entidades del sector agroalimentario con interés en innovación vegetal</t>
   </si>
   <si>
     <t>Confederación Española de Panadería, Pastelería, Bollería y Afines (CEOPPAN)</t>
@@ -1268,99 +1384,99 @@
   <si>
     <t>Red Asturiana de Desarrollo Rural (READER)</t>
   </si>
   <si>
     <t>Herramienta para difundir información sobre sus programas y actividades, así como para dar a conocer noticias y eventos relacionados con el desarrollo rural en Asturias. También cuenta con una sección de recursos, donde se pueden encontrar materiales y guías útiles para el desarrollo rural en la región, y un catálogo de productos y servicios de las zonas rurales de Asturias</t>
   </si>
   <si>
     <t>Red Cántabra de Desarrollo Rural</t>
   </si>
   <si>
     <t>Herramienta para difundir información sobre sus programas y actividades, así como para dar a conocer noticias y eventos relacionados con el desarrollo rural en Cantabria. También cuenta con una sección de recursos, donde se pueden encontrar materiales y guías útiles para el desarrollo rural en la región, y un catálogo de productos y servicios de las zonas rurales de Cantabria</t>
   </si>
   <si>
     <t>Red Extremeña de Desarrollo Rural (REDEX)</t>
   </si>
   <si>
     <t>Plataforma de información y servicios, foro de intercambios de experiencias y cooperación, desarrollo de proyectos de interés general para los asociados y, en general, cualquier otra actividad que repercuta en el desarrollo social y económico del medio rural extremeño.</t>
   </si>
   <si>
     <t>Red Gallega de Riesgos Emergentes en Seguridad Alimentaria (RISEGAL)</t>
   </si>
   <si>
     <t>Ofrece información detallada sobre los  objetivos y actividades de la red, así como noticias y eventos relacionados con la seguridad alimentaria. Además, brinda acceso a diferentes herramientas y recursos, como bases de datos y publicaciones científicas, para fomentar la investigación y la gestión de riesgos emergentes en la cadena alimentaria.</t>
   </si>
   <si>
-    <t>GIS Alimentario</t>
-[...10 lines deleted...]
-  <si>
     <t>Asociación Española de Técnicos Cerealistas (AETC)</t>
   </si>
   <si>
     <t>Asociación sin ánimo de lucro cuya principal finalidad es la promoción, estudio y apoyo de todas aquellas actividades de investigación científica y técnica sobre los cereales y sus derivados.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Plataforma divulgativa de las actividades, proyectos, redes, propuesta de valor e innovación de la cadena agroalimentaria</t>
   </si>
   <si>
     <t>Red PAC de Luxemburgo</t>
   </si>
   <si>
     <t>En Luxemburgo, el desarrollo rural se gestiona a nivel nacional por medio de un  Plan Estratégico, que se financia a través del Fondo Europeo Agrícola de Desarrollo Rural (FEADER) y contribuciones nacionales. El Plan Estratégico establece las estrategias y medidas prioritarias a adoptar para dar respuesta a las necesidades de la zona geográfica concreta a que se refiere.
 La financiación del desarrollo rural a través del FEADER se inscribe en el marco general de los Fondos Estructurales y de Inversión Europeos (Fondos EIE), que incluyen también los fondos de Desarrollo Regional, Social, de Cohesión y de Pesca. Todos estos fondos se gestionan a nivel nacional, por parte de cada Estado miembro de la UE, sobre la base de unos Acuerdos de asociación, que son planes estratégicos en los que se describen los objetivos y las prioridades de inversión de cada país.</t>
   </si>
   <si>
+    <t>Foro Interalimentario</t>
+  </si>
+  <si>
+    <t>Plataforma divulgativa de las actividades, proyectos, redes, propuesta de valor e innovación de la cadena agroalimentaria</t>
+  </si>
+  <si>
+    <t>GIS Alimentario</t>
+  </si>
+  <si>
+    <t>Plataforma divulgativa de las actividades, proyectos, redes, normativas y propuesta de valor e innovación del sector agroalimentario</t>
+  </si>
+  <si>
+    <t>Asociación para el Desarrollo Rural de Andalucía (ARA)</t>
+  </si>
+  <si>
+    <t>Foro de colaboración e interlocución donde están representados todos los grupos de desarrollo rural de Andalucía, promotores de la actividad y generación  de empleo</t>
+  </si>
+  <si>
+    <t>EU - FarmBook</t>
+  </si>
+  <si>
+    <t>EU-FarmBook es una plataforma de buenas prácticas para agricultores y selvicultores. Todo el contenido de su biblioteca procede de proyectos de investigación de Horizon</t>
+  </si>
+  <si>
     <t>Red de Desarrollo Rural de Castilla y León</t>
   </si>
   <si>
     <t>Asociación que agrupa y coordina a un importante número de grupos que están gestionando programas de desarrollo rural - LEADER y PRODER - en Castilla y León.</t>
   </si>
   <si>
     <t>Red Española de Desarrollo Rural (REDR)</t>
   </si>
   <si>
     <t>Red Española de Desarrollo Rural (REDR) es una asociación sin ánimo de lucro cuya misión principal es promover un modelo de desarrollo rural integral y sostenible, mejorar la calidad de vida de la población rural y poner en valor la importancia de los territorios rurales para el conjunto de la sociedad. REDR ofrece un espacio común para el medio rural y sus habitantes, un lugar donde trasladar sus necesidades e inquietudes y hacer oír su voz.</t>
   </si>
   <si>
-    <t>EU - FarmBook</t>
-[...4 lines deleted...]
-  <si>
     <t>Red de Oficinas de Transferencia del Conocimiento (Red OTC)</t>
   </si>
   <si>
     <t>Red de oficinas de transferencia de resultados de investigación de las universidades españolas.</t>
   </si>
   <si>
     <t>Farm Animal Breeding and Reproduction Technology Platform (FABRE TP)</t>
   </si>
   <si>
     <t>La Plataforma Tecnológica Europea de Cría y Reproducción de Animales de Granja (FABRE TP) es un foro liderado por institutos de investigación y el mundo académico que colabora con el sector privado y ofrece una plataforma para definir las prioridades de investigación en cría, genética y reproducción animal, con el fin de impulsar la sostenibilidad , la competitividad y la resiliencia de todos los sistemas ganaderos.</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Transferencia de tecnología y digitalización de los procesos de comercialización directa para la comercialización de los alimentos producidos por pequeños productores agrícolas y ganaderos en el sector de la hostelería y la restauración nacional.</t>
   </si>
   <si>
     <t>FERTINNOWA</t>
   </si>
   <si>
     <t>FERTINNOWA (acrónimo en inglés para Transferencia de Técnicas INNOvadoras para la práctica sostenible de la FERTirrigación), es una red de intercambio del conocimiento para facilitar la mejora de la práctica de la fertirrigación, adecuándola a las exigencias ambientales y normativas europeas amparadas en la Directiva Marco del Agua y en las que velan por la evitación de emisión de residuos debidos al uso de fertilizantes, especialmente en las zonas declaradas vulnerables de contaminación de acuíferos por nitratos.</t>
   </si>
   <si>
     <t>BovINE</t>
@@ -1369,100 +1485,100 @@
     <t>BovINE  (Red Europea de Innovación en Carne de Vacuno) abordó los urgentes retos de sostenibilidad que enfrentan los productores de carne de vacuno reuniendo a ganaderos, organizaciones ganaderas, asesores e investigadores para desarrollar conjuntamente innovaciones prácticas que pudieran implementarse en las explotaciones ganaderas europeas. BovINEse estableció en 10 Estados miembros y se centró exclusivamente en las necesidades de las 255.000 explotaciones que conforman el sector cárnico bovino de la UE.</t>
   </si>
   <si>
     <t>EU PiG</t>
   </si>
   <si>
     <t>La red incluye una variedad de socios, desde grupos de productores de cerdos hasta investigadores y asesores económicos, conectando a los productores de cerdos con las últimas ciencias, técnicas y tecnologías de cría. Hay cuatro temas clave del proyect: Gestión de la salud, Calidad de la carne, Bienestar animal, Producción de precisión.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>El proyecto busca la creación de una red europea de grupos de innovación para facilitar el intercambio y la cocreación de conocimientos entre agricultores, empresas, investigadores y asesores a través de la recopilación de material de usuarios finales y el desarrollo de nuevas herramientas adaptadas a las necesidades de agricultores y empresas.</t>
   </si>
   <si>
     <t>EuroDairy</t>
   </si>
   <si>
     <t>EuroDairy apoya el desarrollo y la comunicación de la innovación basada en la práctica en la producción lechera centrando su actividad en cuatro cuestiones clave: Cuidado de animales; Resiliencia socioeconómica; Eficiencia de recursos; La integración de la producción de leche con los objetivos de biodiversidad</t>
   </si>
   <si>
     <t>Legumes Translated</t>
   </si>
   <si>
     <t>El proyecto se basa en la creación de redes entre agricultores y otros innovadores y científicos en grupos de actores para recopilar y validar el conocimiento relevante basado en la investigación</t>
-  </si>
-[...28 lines deleted...]
-    <t>Winetwork es un proyecto colaborativo europeo para el intercambio y la transferencia de conocimientos innovadores entre las regiones europeas de cultivo del vino para aumentar la productividad y la sostenibilidad del sector. Durante 3 años, 11 socios de 7 países europeos intercambiarán su conocimiento sobre dos enfermedades importantes en viñedos: enfermedades del tronco de vid y flavesencia dorée. El enfoque del proyecto se basa en las interacciones entre una red de agentes facilitadores, grupos de trabajo regionales y dos grupos de trabajo científicos. Este enfoque participativo permitirá la transferencia de resultados de la ciencia y el conocimiento práctico a los materiales adaptados a los usuarios finales.</t>
   </si>
   <si>
     <t>Red Riojana de Desarrollo Rural</t>
   </si>
   <si>
     <t>Herramienta para difundir información sobre sus programas y actividades, así como para dar a conocer noticias y eventos relacionados con el desarrollo rural en La Rioja. También cuenta con una sección de recursos, donde se pueden encontrar materiales y guías útiles para el desarrollo rural en la región, y un catálogo de productos y servicios de las zonas rurales de La Rioja</t>
   </si>
   <si>
     <t>Red PAC de Malta</t>
   </si>
   <si>
     <t>En Malta, el desarrollo rural se gestiona a nivel nacional por medio de un Plan Estratégico, que se financia a través del Fondo Europeo Agrícola de Desarrollo Rural (FEADER) y contribuciones nacionales. El Plan Estratégico establece las estrategias y medidas prioritarias a adoptar para dar respuesta a las necesidades de la zona geográfica concreta a que se refiere.
 La financiación del desarrollo rural a través del FEADER se inscribe en el marco general de los Fondos Estructurales y de Inversión Europeos (Fondos EIE), que incluyen también los fondos de Desarrollo Regional, Social, de Cohesión y de Pesca. Todos estos fondos se gestionan a nivel nacional, por parte de cada Estado miembro de la UE, sobre la base de unos Acuerdos de asociación, que son planes estratégicos en los que se describen los objetivos y las prioridades de inversión de cada país.</t>
   </si>
   <si>
     <t>Red PAC de Rumanía</t>
   </si>
   <si>
     <t>En Rumania, el desarrollo rural se gestiona a nivel nacional por medio de un  Plan Estratégico, que se financia a través del Fondo Europeo Agrícola de Desarrollo Rural (FEADER) y contribuciones nacionales. El Plan Estratégico establece las estrategias y medidas prioritarias a adoptar para dar respuesta a las necesidades de la zona geográfica concreta a que se refiere.
 La financiación del desarrollo rural a través del FEADER se inscribe en el marco general de los Fondos Estructurales y de Inversión Europeos (Fondos EIE), que incluyen también los fondos de Desarrollo Regional, Social, de Cohesión y de Pesca. Todos estos fondos se gestionan a nivel nacional, por parte de cada Estado miembro de la UE, sobre la base de unos Acuerdos de asociación, que son planes estratégicos en los que se describen los objetivos y las prioridades de inversión de cada país.</t>
+  </si>
+  <si>
+    <t>DISARM</t>
+  </si>
+  <si>
+    <t>DISARM es una colaboración entre agricultores, veterinarios, servicios de asesoramiento, académicos e industria para difundir soluciones innovadoras para el manejo de la resistencia a los antibióticos en la producción ganadera para aliviar la amenaza de la resistencia a los antibióticos. La red intercambiará enfoques innovadores entre industrias y países para compartir las mejores prácticas en todo el sector ganadero.</t>
+  </si>
+  <si>
+    <t>NUTRIMAN</t>
+  </si>
+  <si>
+    <t>NUTRIMAN es una red temática de nitrógeno y fósforo que recopila conociientos osbre tecnologías, productos, aplicaciones y prácticas de fertilizantes de origen biológico recuperados, listos para su uso, para beneficio de los profesionales agrícolas. El proyecto se centra en conectar resultados innovadores, competitivos y comercialmente listos para su uso, derivados de programas científicos aplicados de alta madurez investigadora y prácticas industriales comunes.</t>
+  </si>
+  <si>
+    <t>SuWaNu Europe</t>
+  </si>
+  <si>
+    <t>SUWANU EUROPE se centra en proyectos de reutilización de agua en Europa mediante la reutilización de aguas residuales tratadas en la agricultura</t>
+  </si>
+  <si>
+    <t>BEST4SOIL</t>
+  </si>
+  <si>
+    <t>Red de profesionales creada para compartir conocimientos sobre la prevención y el control de las enfermedades edáficas</t>
+  </si>
+  <si>
+    <t>WINETWORK</t>
+  </si>
+  <si>
+    <t>Winetwork es un proyecto colaborativo europeo para el intercambio y la transferencia de conocimientos innovadores entre las regiones europeas de cultivo del vino para aumentar la productividad y la sostenibilidad del sector. Durante 3 años, 11 socios de 7 países europeos intercambiarán su conocimiento sobre dos enfermedades importantes en viñedos: enfermedades del tronco de vid y flavesencia dorée. El enfoque del proyecto se basa en las interacciones entre una red de agentes facilitadores, grupos de trabajo regionales y dos grupos de trabajo científicos. Este enfoque participativo permitirá la transferencia de resultados de la ciencia y el conocimiento práctico a los materiales adaptados a los usuarios finales.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Consultoría, Auditorías, Analítica y Formación en el sector de la seguridad alimentaria</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Organización profesional sin ánimo de lucro formada por empresas dedicadas a la producción de levadura para nutrición y salud, panificación y fermentación</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Plataforma de Investigación, Transferecncia del conocimiento, eventos y noticias relacionadas al sector agroalimentario</t>
   </si>
   <si>
     <t>GAL Desenvolupament Rural i pesquer d’Eivissa i Formentera</t>
   </si>
   <si>
     <t>La principal tarea del grupo es la gestión de estrategias y proyectos de desarrollo rural y pesquero locales, siendo la tarea más importante por recursos y dedicación las Estrategias de Desarrollo Local Participativo rural y pesquera, cofinanciado entre fondos europeos (FEADER y FEMP) y nacionales</t>
   </si>
@@ -1824,2646 +1940,2822 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C235"/>
+  <dimension ref="A1:C251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C235"/>
+      <selection activeCell="A1" sqref="A1:C251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2464.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>505</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>