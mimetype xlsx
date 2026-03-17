--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -12,187 +12,302 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plataformas y redes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
-    <t>CTA (Corporación Tecnológica de Andalucía)</t>
-[...8 lines deleted...]
-    <t>FARMPEP</t>
+    <t>ATgro</t>
   </si>
   <si>
     <t>Plataforma</t>
   </si>
   <si>
-    <t>FarmPEP es una iniciativa comunitaria colaborativa . Se inició en enero de 2020 a través de un proyecto de Innovate UK con ADAS , Agri-TechE ,  CCRI ,  Innovative Farmers , Open Coop y  The Farming Forum , con el objetivo de conectar el intercambio de conocimientos en la agricultura después de la COVID-19.</t>
-[...2 lines deleted...]
-    <t>Red de Montes de Utilidad Pública</t>
+    <t>ATGRO es la plataforma global de inversión y gestión de proyectos agrícolas de Atitlan, dedicada al desarrollo de superalimentos y otras líneas de agricultura complementarias.</t>
+  </si>
+  <si>
+    <t>Red de estaciones meteorológicas del SiAR</t>
   </si>
   <si>
     <t>Redes temáticas</t>
   </si>
   <si>
-    <t>La REMP, Red Estatal de Montes Públicos, se constituye como una red para mejorar el conocimiento y poner en valor el patrimonio público forestal, incluyendo los montes de Utilidad Pública así como aquellos patrimoniales de las Entidades Locales.</t>
-[...34 lines deleted...]
- Una plataforma que aspira a convertirse en un foro de encuentro entre el sector privado y municipios, fomentando la acción y colaboración público-privada y que tenga como intención reconocer la importante labor de la cadena para afrontar los retos demográficos y económicos que debemos afrontar como país.</t>
+    <t>El Ministerio de Agricultura, Pesca y Alimentación, a través de la Subdirección General de Regadíos, Caminos Naturales e Infraestructuras Rurales, pone a disposición de los usuarios de forma gratuita toda la información recogida a través de la Red de estaciones meteorológicas del SiAR.</t>
   </si>
   <si>
     <t>Red Nacional de Granjas Típicas </t>
   </si>
   <si>
     <t>Ante la necesidad de disponer de sistemas de información económica de los sectores ganaderos que permitiera realizar comparaciones a nivel granja, regional, nacional e internacional, la Dirección General de Producciones y Mercados Agrarios puso en marcha en el año 2003 la Red Nacional de Granjas Típicas (proyecto RENGRATI), hoy enmarcado en REDES TECO.
 Este proyecto se centra en configurar y disponer de unas redes permanentes de información técnico-económica de los diferentes sectores ganaderos en España. Para ello, se ha establecido una infraestructura o red de instituciones y personas que aportan información, tales como las principales asociaciones de productores, investigadores, asesores, productores y administraciones relacionadas.  
 A su vez, estas Redes Nacionales sectoriales, están integradas en las Redes Internacionales de Análisis Comparativo de Granjas, en la que participan los países más importantes de la producción ganadera a nivel mundial. Estas Redes Internacionales prestan asesoramiento permanente a sus miembros y colaboran en aplicar la metodología adecuada para la validación de la información aportada por los productores, así como para la evaluación de políticas y estrategias sectoriales y productivas, o la simulación de su impacto a todos los niveles. 
 La metodología utilizada en este marco tiene como punto de partida los registros contables de granjas reales con características similares, las cuales se tipifican para representar así el sistema de producción más común en la región en la que se ubican, en términos de tamaño, manejo y rendimientos. Además de validaciones realizadas según la metodología internacional, en reuniones nacionales mantenidas con los productores, denominadas en la terminología de la red "paneles", se procede a la discusión y validación de los resultados a fin de garantizar mayor representatividad. 
 RENGRATI tiene la vocación de servir de herramienta estratégica aportando información veraz y actualizada sobre costes de producción, rentabilidad, beneficios y puntos de equilibrio, que sirva de apoyo a los sectores y como referencia para la toma de decisiones prácticas, ayudando a orientar en la dirección adecuada el futuro inmediato de estos sectores.
 Con este fin, se pone a disposición en este apartado información más detallada sobre el funcionamiento de la Red Nacional de Granjas Típicas y de las Redes Internacionales, así como los informes de resultados por sectores.</t>
   </si>
   <si>
+    <t>RECAN (Red Contable Agraria Nacional)</t>
+  </si>
+  <si>
+    <t>La Red Contable Agraria Nacional es un instrumento que permite evaluar la renta de las explotaciones agrarias y el impacto que la política agraria produce en ellas. Se rige por un Reglamento comunitario, por lo que supone los mismos principios contables en todos los países. Se trata, pues, de la única fuente de microdatos completa en España y armonizada con el resto de los países de la UE.</t>
+  </si>
+  <si>
+    <t>Red PlantMicro</t>
+  </si>
+  <si>
+    <t>Red focalizada en las investigación de las interacciones beneficiosas entre las plantas y los microorganismos. En la red participan 15 grupos de investigación de diversas universidades.El objetivo de la Red es aunar los conocimientos, recursos y esfuerzos en la investigación de las interacciones planta-microorganismo en relación a su importancia y aplicabilidad en la mejora de la tolerancia de los cultivos a las situaciones de estrés derivadas del cambio climático (principalmente sequías, altas temperaturas y salinidad) y en la producción agrícola sostenible, para garantizar la seguridad alimentaria a pesar de la creciente demanda y competencia global por los recursos.</t>
+  </si>
+  <si>
+    <t>ENRD / EUCAP NETWORK</t>
+  </si>
+  <si>
+    <t>La Red Europea para el Desarrollo Rural (REDR) sirve como centro para el intercambio de información sobre cómo funcionan en la práctica las políticas, los programas, los proyectos y otras iniciativas de desarrollo rural y cómo se pueden mejorar para lograr más.
+La REDR no es una organización de miembros.</t>
+  </si>
+  <si>
+    <t>SmaRT</t>
+  </si>
+  <si>
+    <t>Red temática que fomenta el uso de PLF (Precision Livestock Farming) y tecnologías digitales en todo el sector de los pequeños rumiantes</t>
+  </si>
+  <si>
+    <t>NUTRICHECK-NET</t>
+  </si>
+  <si>
+    <t>Red temática autosostenible y multiactor para fomentar la adopción, a nivel de explotación agrícola, de las mejores prácticas de gestión de nutrientes específicas para cada campo</t>
+  </si>
+  <si>
+    <t>Red de Agentes del Cambio de la Dehesa</t>
+  </si>
+  <si>
+    <t>Espacio vivo de colaboración, donde se unen personas y entidades comprometidas con la mejora de la rentabilidad y sostenibilidad de la dehesa. Es un punto de encuentro para todos los profesionales que creen en un modelo de Dehesa del Futuro: resiliente, innovador y capaz de afrontar los retos sociales, económicos y ambientales.</t>
+  </si>
+  <si>
+    <t>Red de Centros de Innovación Territorial (Red CIT)</t>
+  </si>
+  <si>
+    <t>Los CIT son ecosistemas de colaboración para desarrollar y compartir experiencias que contribuyan a reactivar social y económicamente los territorios rurales. Son espacios estratégicos de ámbito provincial y pluriprovincial desde los que impulsar la creación y desarrollo de actividades en estas áreas rurales así como repensar la manera de trabajar o de colaborar en estos espacios.El objetivo principal de los CIT es potenciar los proyectos que ya existen, así como poner en marcha iniciativas innovadoras, desde un concepto de “nueva ruralidad” que se basa en la colaboración, la inteligencia colectiva y la innovación socio-territorial. Los objetivos de los CIT, alineados con la política estatal de Reto Demográfico, son:Dinamizar el tejido socioeconómico ruralTrabajar por los retos demográficos, apoyando a los agentes existentes en el territorioMejorar la calidad de vida de las personas que residen en entornos ruralesRetener y atraer talentoDesarrollar el emprendimientoBuscar el equilibrio territorial</t>
+  </si>
+  <si>
+    <t>CTA (Corporación Tecnológica de Andalucía)</t>
+  </si>
+  <si>
+    <t>Asociaciones de empresas, Plataforma</t>
+  </si>
+  <si>
+    <t>CTA es el clúster de innovación multisectorial de Andalucía con actividad nacional e internacional.Ayuda a empresas, administraciones y universidades a planificar una estrategia de I+D+i alineada con sus necesidades. Desde la identificación de necesidades de I+D+i a la formulación de proyectos para resolverlas o la búsqueda de socios y financiación, acompaña a las empresas en su proyecto de innovación. Es el aliado estratégico para transformar en negocio los resultados conseguidos y un socio con éxito en proyectos internacionales de innovación.Se trata de una fundación privada con más de 186 empresas miembros y 20 años de experiencia, impulsada en su origen por la Junta de Andalucía y con gestión privada, dedicada a promover la innovación tecnológica.Más de 186 empresas forman parte de CTA. Desde grandes corporaciones internacionales a pymes o startups tecnológicas de todos los sectores económicos. </t>
+  </si>
+  <si>
+    <t>Red de Montes de Utilidad Pública</t>
+  </si>
+  <si>
+    <t>La REMP, Red Estatal de Montes Públicos, se constituye como una red para mejorar el conocimiento y poner en valor el patrimonio público forestal, incluyendo los montes de Utilidad Pública así como aquellos patrimoniales de las Entidades Locales.</t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>FarmPEP es una iniciativa comunitaria colaborativa . Se inició en enero de 2020 a través de un proyecto de Innovate UK con ADAS , Agri-TechE ,  CCRI ,  Innovative Farmers , Open Coop y  The Farming Forum , con el objetivo de conectar el intercambio de conocimientos en la agricultura después de la COVID-19.</t>
+  </si>
+  <si>
+    <t>EUFORGEN</t>
+  </si>
+  <si>
+    <t>EUFORGEN ( Programa Europeo de Recursos Genéticos Forestales ) es un programa de cooperación internacional que promueve la conservación y el uso sostenible de los recursos genéticos forestales en Europa como parte integral de la gestión forestal sostenible. Se estableció en 1994  como resultado de una resolución adoptada en 1990 por la primera Conferencia Ministerial del proceso Forest Europe .</t>
+  </si>
+  <si>
+    <t>RETECHFOR (Red de Tecnología Forestal)</t>
+  </si>
+  <si>
+    <t>El Proyecto RETECHFOR (REd TECnológica y territorial para el monitoreo forestal y la reducción de desastres ambientales como palancas para el desarrollo de la Bioeconomía FORestal) es una ambiciosa iniciativa impulsada por las Comunidades Autónomas de Castilla y León y Canarias.</t>
+  </si>
+  <si>
+    <t>PTFOR  (Plataforma Tecnológica Forestal Española y sus Industrias Derivadas)</t>
+  </si>
+  <si>
+    <t>PTFOR es una red de cooperación nacional para promover la I+D+i en el sector forestal y sus industrias derivadas.</t>
+  </si>
+  <si>
+    <t>Extensión Agraria Digital</t>
+  </si>
+  <si>
+    <t>La evaluación constante de los sistemas agrícolas y ganaderos ha impulsado el desarrollo de la agricultura y la ganadería digital.</t>
+  </si>
+  <si>
+    <t>Redforesta</t>
+  </si>
+  <si>
+    <t>La plataforma actúa como un punto de encuentro, con la celebración de eventos en formato virtual y presencial para debatir sobre temas clave como la planificación forestal, la conservación de la biodiversidad, la prevención de incendios, el uso de nuevas tecnologías (drones, sensores, IA), y la adaptación al cambio climático. También ofrece, a través de la web del Colegio Oficial de Ingenieros Técnicos Forestales recursos formativos, foros especializados, grupos temáticos y acceso a contenidos técnicos de alto valor, como publicaciones y estudios de caso.</t>
+  </si>
+  <si>
+    <t>Sociedad Española de Ciencias Forestales (SECF)</t>
+  </si>
+  <si>
+    <t>La Sociedad Española de Ciencias Forestales fue creada en el año 1991 para fomentar el estudio y progreso de las ciencias y técnicas forestales en España, promover el perfeccionamiento científico y técnico de sus miembros, estimular la cooperación entre ellos e impulsar el intercambio nacional e internacional entre entidades y especialistas en sus campos de actuación. El colectivo de la Sociedad está integrado tanto por investigadores y profesionales forestales o de campos afines, como por empresas y entidades que tengan entre sus objetivos la realización de trabajos y actividades forestales en los sectores privado o público. Las titulaciones más representadas en la Sociedad son los ingenieros de montes, ingenieros técnicos forestales, ingenieros agrónomos, ingenieros técnicos agrícolas, biólogos, químicos, abogados, economistas, geólogos, farmacéuticos y otras.</t>
+  </si>
+  <si>
+    <t>CESEFOR</t>
+  </si>
+  <si>
+    <t>Somos una entidad convencida del papel clave del sector forestal en las nuevas estrategias bioeconomía y economía circular, en las que encaja perfectamente nuestra contribución al desarrollo integral de este sector y de todas sus cadenas de valor, fomentando la sostenibilidad, la innovación y la investigación en todos sus ámbitos productivos.</t>
+  </si>
+  <si>
+    <t>Portal Forestal de Castilla y León</t>
+  </si>
+  <si>
+    <t>Asómate a esta ventana del sector forestal de Castilla y León. Conoce a través de sus portales temáticos algunos de los recursos endógenos cuyo aprovechamiento dinamiza el medio rural, fija población y genera empleo. Descubre algunas de las cifras más destacadas a través del recién estrenado Portal de Datos Forestales y no te pierdas la celebración de eventos de interés. Todo eso, desde aquí. Porque desde aquí vemos el árbol. Y el bosque.</t>
+  </si>
+  <si>
+    <t>PEFC</t>
+  </si>
+  <si>
+    <t>PEFC, el Programa para el Reconocimiento de la Certificación Forestal, es una alianza global líder de sistemas nacionales de certificación forestal. Como organización internacional no gubernamental sin fines de lucro, nos dedicamos a promover la gestión forestal sostenible mediante la certificación independiente por terceros.</t>
+  </si>
+  <si>
+    <t>SIEX (Sistema de Información de Explotaciones Agrarias)</t>
+  </si>
+  <si>
+    <t>El Sistema de Información de Explotaciones Agrarias (SIEX) perseguirá la interoperabilidad entre las distintas fuentes de información disponibles de los sectores agrícola, ganadero y forestal.</t>
+  </si>
+  <si>
+    <t>AFINET</t>
+  </si>
+  <si>
+    <t>Red temática destinada a promover el intercambio y la transferencia de conocimiento entre científicos y profesionales dedicados al sector agroforestal. AFINET actuará a nivel europeo para poner en práctica los resultados de diferentes investigaciones y promover ideas innovadoras que ayuden a los profesionales a superar desafíos y problemas.</t>
+  </si>
+  <si>
+    <t>Sociedad Española de Agricultura Ecológica/Agroecología (SEAE)</t>
+  </si>
+  <si>
+    <t>Asociación sin ánimo de lucro que EAE impulsa la mejora y difusión del conocimiento sobre la producción de alimentos de calidad con base agroecológica bajo el desarrollo rural sustentable</t>
+  </si>
+  <si>
+    <t>DATAGIA</t>
+  </si>
+  <si>
+    <t>DATAGIA es la Plataforma Digital Agroalimentaria de Castilla y León que surge para acelerar la digitalización del sector agroalimentario, facilitando el uso avanzado de datos y tecnologías habilitadoras en empresas de diferente tamaño y madurez digital. DATAGIA es una iniciativa conjunta en el marco del proyecto RETECH PAN para construir un espacio de datos agroalimentarios interoperable, seguro y orientado a casos de uso reales del sector:Plataforma de datos compartidos .- Un entorno donde empresas, cooperativas, centros tecnológicos y administraciones pueden conectar, armonizar y explotar datos de la cadena agroalimentaria.Casos de uso reales. - Módulos orientados a trazabilidad, optimización, IoT, inteligencia artificial explicable, realidad aumentada y espacio de datos, con pilotos en distintos eslabones de la cadena.Comunidad y transferencia. - Jornadas, formaciones y una comunidad activa de empresas y entidades que comparten conocimiento y resultados del proyecto.RETECH PAN es un proyecto colaborativo en el que participan varias comunidades autónomas —Castilla y León, Castilla-La Mancha, La Rioja y Extremadura— con el objetivo de impulsar la digitalización avanzada de la cadena agroalimentaria mediante el uso de tecnologías digitales y datos.</t>
+  </si>
+  <si>
+    <t>Red de Información ambiental de Andalucía</t>
+  </si>
+  <si>
+    <t>La Consejería de Sostenibilidad y Medio Ambiente de la Junta de Andalucía es el organismo responsable de garantizar el derecho de acceso a la información ambiental en Andalucía. Concretamente el Decreto 170/2024, de 26 de agosto por el que se establece su estructura orgánica, determina que la Secretaría General de Medio Ambiente y Cambio Climático es la encargada de la organización, gestión, estructuración y funcionamiento de la Red de Información Ambiental (REDIAM), para la integración y difusión de toda la información alfanumérica, gráfica o de cualquier otro tipo sobre el medio ambiente en Andalucía, generada por todo tipo de centros productores de información ambiental en la Comunidad Autónoma, para ser utilizada en la gestión, la investigación, la difusión pública y la toma de decisiones, así como el establecimiento de las líneas de actuación de la Consejería en materia de producción de información estadística y cartográfica.</t>
+  </si>
+  <si>
+    <t>Red RUENA</t>
+  </si>
+  <si>
+    <t>A raíz de la aprobación de una serie de proyectos de la CICYT relacionados con la utilización de inhibidores de la nitrificación como herramienta para reducir las pérdidas de N a la atmósfera y a las aguas, y siguiendo la propuesta de coordinación por parte del MCyT, se tuvo una primera reunión en Pamplona, en donde surgió la idea por vez primera de crear una Red Temática sobre el «Uso eficiente de N en Agricultura». Posteriormente se realizaron otras reuniones en Lleida y Madrid en donde se acordó presentarse a la Convocatoria de Acciones Especiales del MCyT. En Enero del 2002 se presentó el Proyecto de creación de la Red con el apoyo de gran parte de las firmas de los allí reunidos y en Septiembre de 2002 fue finalmente aprobada. Entendemos que esta aprobación, constituye un reconocimiento oficial de la existencia de la Red por parte del Ministerio de Ciencia y Tecnología.
+Aclaraciones:
+La red temática carece de fines lucrativos. No dispone de fondos para la asistencia de los participantes a las reuniones, solo se pueden arbitrar pequeñas ayudas para facilitar la ejecución de las mismas.</t>
+  </si>
+  <si>
+    <t>Ganaderas en Red</t>
+  </si>
+  <si>
+    <t>Proyecto que nace ante la necesidad de reinvindicar el espacio de la mujer en el mundo ganadero.
+El colectivo que quiere romper con esa imagen masculinizada de la ganadería extensiva y superar la discriminación social, institucional y profesional que sufren.
+«Tanto las aprendizas de pastoras recién llegadas a la Sierra como las maestras ganaderas con varias generaciones de pastoreo a la espalda hablamos un mismo lenguaje y, sobre todo, tenemos claro qué es lo que queremos cambiar: queremos pasar de la permanente invisibilidad a primera fila, queremos tener voz allí dónde se deciden las cosas importantes, queremos romper con la imagen absolutamente masculinizada de la ganadería extensiva y el pastoreo, queremos que se nos respete como mujeres ganaderas, queremos superar la discriminación familiar, social, administrativa y profesional que sufrimos, queremos cambiar la excesiva burocracia, queremos compartir con los hombres las tareas de casa y superar ese pluriempleo obligado que, como mujeres, todas padecemos. Queremos cambiar.</t>
+  </si>
+  <si>
+    <t>Red Municipal Ganadero-Cárnica</t>
+  </si>
+  <si>
+    <t>En defensa del mayor sector de la producción agraria nacional y la primera industria alimentaria.
+ Una plataforma que aspira a convertirse en un foro de encuentro entre el sector privado y municipios, fomentando la acción y colaboración público-privada y que tenga como intención reconocer la importante labor de la cadena para afrontar los retos demográficos y económicos que debemos afrontar como país.</t>
+  </si>
+  <si>
     <t>REDIGA</t>
   </si>
   <si>
     <t>REDIGA surge para fortalecer las sinergias entre investigadores/as e instituciones, incrementar la visibilidad y proyección de las investigaciones, y construir un ecosistema colaborativo en ganadería de precisión.</t>
   </si>
   <si>
     <t>Pastoreo en Red</t>
   </si>
   <si>
     <t>Es una iniciativa de nuestra filial Red Eléctrica para controlar la vegetación bajo los tendidos de la red de transporte con ganadería extensiva pastoreada. 
 La iniciativa responde a nuestro compromiso de hacer compatibles nuestras instalaciones con la naturaleza y el medio rural, convirtiéndolas en corredores ecológicos y reduciéndose así la fragmentación de los hábitats.</t>
-  </si>
-[...4 lines deleted...]
-    <t>El Ministerio de Agricultura, Pesca y Alimentación, a través de la Subdirección General de Regadíos, Caminos Naturales e Infraestructuras Rurales, pone a disposición de los usuarios de forma gratuita toda la información recogida a través de la Red de estaciones meteorológicas del SiAR.</t>
   </si>
   <si>
     <t>Red de Agroecología en Acción </t>
   </si>
   <si>
     <t>La Red de Agroecología en Acción comienza con la intención de poner en contacto a los diferentes proyectos de base agroecológica y campesina que se están desarrollando en todo el estado, para ayudar a coordinar el sector, plantear soluciones a necesidades comunes y consolidar los proyectos. Desde Ecologistas en Acción, llevamos años trabajando la Agroecología como una propuesta válida y de gran potencial para enfrentar los retos ecológicos y sociales de futuro para el medio rural, generados por el sistema alimentario industrial y globalizado.
 Además, muchas personas militantes y simpatizantes de la Agroecología nos hemos embarcado en proyectos de este tipo, sobre todo en modelos a escala campesina, encontrado muchas dificultades para establecernos y mantenernos. El desarrollo de proyectos con base en los cuidados, no tienen un respaldo adecuado en el modelo capitalista y patriarcal actual. Situar los cuidados en el centro (el cuidado de la tierra y el cuidado de nosotras) hace que sea complicado asentar nuestros proyectos. Con el paso de los años muchos proyectos se han caído o transformado, pero cada vez son más los que siguen naciendo y que resisten, porque queremos y apostamos por otro modelo de desarrollo socio-económico respetuoso con el medio, con las personas y con el futuro del planeta.</t>
   </si>
   <si>
     <t>Red campesina para la agricultura del carbono</t>
   </si>
   <si>
     <t>Impulsamos una red campesina para ayudar a difundir nuevas formas de hacer y entender la producción de alimentos. Y es que tenemos la seguridad que el sector primario necesita un cambio de estrategias agronómicas que favorezcan a la recuperación del suelo, su auto-fertilidad y su conservación, a la vez que se arrecie la viabilidad económica.
 Nuestra asociación quiere impulsar la formación y el intercambio de conocimientos y experiencias relacionadas con lo que nos gusta llamar agricultura bio-lógica del carbono. El nombre ‘bio-lógica’ integra la biologia más lógica que existe: el modelo de la naturaleza.
 Ya conocemos diferentes iniciativas particulares en nuestro país y en países vecinos que experimentan y buscan técnicas agronómicas que favorecen la recuperación del suelo, su auto-fertilidad y su conservación Estas fincas están demostrando su viabilidad económica y por eso se están convirtiendo en referentes en su ámbito.
 Con la creación de esta red favorecemos el intercambio de información, experiencias y dificultades entre los integrantes de la red para hacer frente a los retos que tienen que encarar la agricultura: la crisis ambiental, climática y energética, la crisis de suministros (fertilizantes, semillas, etc), y la propia subsistencia del sector.</t>
   </si>
   <si>
     <t>Red de Áreas Pasto-Cortafuegos de Andalucía (RAPCA) </t>
   </si>
   <si>
     <t>Red enfocada en el empleo de ganado en régimen de pastoreo controlado para eliminar el combustible vegetal de las zonas de cortafuegos y mantener las infraestructuras de cara a la prevención de incendios forestales. Un equipo técnico se encarga del funcionamiento de dicha red, determinando las zonas más apropiadas en coordinación con el INFOCA y seleccionando, bajo estrictos criterios técnicos, a los ganaderos para posteriormente valorar la acción de los mismos.Los beneficios de la RAPCA :Función preventivaRepresenta una labor esencial para preservar nuestros montes frente al fuego no sólo por el mantenimiento de áreas cortafuegos, sino además por la vigilancia que supone la presencia de pastores en el territorio.Reduce la acumulación de material combustibleDesempeña una función clave para la selvicultura preventiva en zonas de difícil accesoMejoras ambientalesAumenta la biodiversidad, contribuye a la dispersión de las semillas, mejora la estructura del suelo y reduce la erosión y la desertizaciónContribución al medio ruralSe reconoce la labor del pastorContribuye al desarrollo rural sostenible y a la fijación de la población ruralPotencia el empleo de razas autóctonas y la obtención de productos de calidad</t>
   </si>
   <si>
     <t>LAURUS</t>
   </si>
   <si>
     <t>Red de apoyo a las asociaciones de propietarios forestales europeos ofreciendo innovación y formación a su personal técnico. La Red proporciona:Formación de expertos: Participar en seminarios web diseñados para aumentar su conocimiento y potenciar su toma de decisiones mediante la transferencia de conocimientos y experiencia práctica de SFH.Oportunidades innovadoras: Obtener acceso a nuevos modelos de negocio, ideas y oportunidades que mejoren tanto la rentabilidad como la sostenibilidad de sus explotaciones forestales.Conexiones valiosas: Conectar directamente con gerentes que ya están implementando con éxito estos enfoques innovadores a través de redes y apoyo impulsado por la comunidad.</t>
   </si>
   <si>
-    <t>AFINET</t>
-[...4 lines deleted...]
-  <si>
     <t>FORADVISE</t>
   </si>
   <si>
     <t>FORADVISE cerrará las brechas de conocimiento y proporcionará herramientas para garantizar que los servicios de asesoramiento forestal sean modernos, eficaces y estén bien integrados en los Sistemas de Conocimiento e Innovación Agrícola (AKIS) tanto a nivel nacional como de la UE. Sus objetivos son:Desarrollo de Redes EuropeasDesarrollo de capacidades y formaciónComprensión y modernización del Sistema de Conocimiento e Innovación Forestal (FOKIS)</t>
   </si>
   <si>
     <t>BBioNets</t>
   </si>
   <si>
     <t>BBioNets es una red temática que se basa en el trabajo realizado por los Grupos Operativos de EIP-AGRI en relación con la gestión y/o procesamiento de biomasa agrícola y forestal con Tecnologías de Base Biológica (BBTs), promoviéndolo y fomentándolo. BBioNets prevé el establecimiento de 6 Redes Regionales Forestales y Agrícolas (FAN) con asociados en Irlanda, España (CTA, Tepro), Italia, Grecia, Polonia y Chequia.
 Ver folleto en español dando clic aquí.</t>
   </si>
   <si>
     <t>PTI. SOSECOCIR CSIC</t>
   </si>
   <si>
     <t>PTI SosEcoCir tiene como misión contribuir a favorecer el desarrollo sostenible, compatibilizando el crecimiento industrial y socioeconómico del territorio con la conservación de sus recursos naturales.Objetivos de la Plataforma:Avanzar en acciones y estudios tendentes hacia la sostenibilidad del entorno urbano (comunidades urbanas).Mitigar los efectos del calentamiento global; orientar las políticas sectoriales (agraria, forestal, ambiental).Implementar soluciones innovadoras en la gestión de recursos y residuos.Reducir la huella de carbono y un uso energético más eficiente mediante el desarrollo de combustibles naturales y la reducción de las necesidades energéticas de edificios.Establecer sistemas de gobernanza que conduzcan a una agricultura más sostenible.Establecer equilibrios entre las necesidades humanas, de innovación y de desarrollo socio-económico.</t>
   </si>
   <si>
     <t>Inno4Grass</t>
   </si>
   <si>
     <t>Inno4Grass es el acrónimo de "Espacio de innovación compartida para la productividad sostenible de los pastizales en Europa", un proyecto internacional y de múltiples actores que reúne a destacadas organizaciones de agricultores, servicios de extensión, instituciones educativas y de investigación de ocho países de la UE: Alemania, Bélgica, Francia, Irlanda, Italia, Países Bajos, Polonia y Suecia, en el que los pastizales tienen una participación considerable en el área agrícola y donde la producción de productos lácteos, La carne de vacuno y ovino es de gran mejora económica. También se dirige al público / sociedad en general con el mensaje de que los bosques, gestionados de forma sostenible por los habitantes de las zonas rurales, son una gran fuente de riqueza que nos proporciona corcho, resinas, plantas aromáticas y medicinales, y productos comestibles como nueces y bayas silvestres o setas y trufas. La actividad socioeconómica en nuestros bosques también contribuye a la prevención de incendios forestales.</t>
   </si>
   <si>
@@ -257,62 +372,50 @@
   </si>
   <si>
     <t>La Red de Huertos Urbanos de Madrid es una iniciativa impulsada por ciudadanos que se dedican a la agricultura comunitaria en la ciudad de  Madrid.
 La creación de la Red surgió para visibilizar la agricultura urbana madrileña, para dar respuesta a las necesidades de las huertas urbanas de recibir apoyo mutuo y compartir conocimientos, experiencias, insumos, etc.
 Uno de los objetivos de la red es crear un punto de encuentro entre las iniciativas de agroecología comunitaria en nuestra ciudad y avanzar hacia un modelo de ciudad más amable que se interese por temas como la educación ambiental, la soberanía alimentaria, los canales cortes de distribución de productos, los grupos de consumo, la movilidad sostenible, el agrocompostaje, etc.</t>
   </si>
   <si>
     <t>EIP-AGRI</t>
   </si>
   <si>
     <t>AEI-Agri son las siglas en español de la “Asociación Europea para la Innovación en materia de productividad y sostenibilidad agrícolas” (también conocida como EIP-Agri en inglés). Se trata de una iniciativa creada por la Comisión Europea en 2012, que se implementa a través de 2 instrumentos: Ayudas de desarrollo rural de la PAC para la cooperación a través de Grupos Operativos (GO)Proyectos multi-actor y redes temáticas del programa europeo de I+D+I”</t>
   </si>
   <si>
     <t>Red de Impulso a la Pequeña Transformación Alimentaria (RITA)</t>
   </si>
   <si>
     <t>La innovación y relocalización son aspectos fundamentales para la viabilidad de pequeñas y medianas empresas y personas que se dedican a la transformación de alimentos. Obradores compartidos, pequeños mataderos y salas de despiece y otro tipo de instalaciones adaptadas a procesos artesanales y a pequeña escala son iniciativas innovadoras y, en muchos casos, pioneras para el desarrollo sostenible del sector de la pequeña y mediana producción. Estas prácticas innovadoras abordan importantes aspectos técnicos, pero también aspectos sociales o de gestión y gobernanza que son necesarios, entre otras cuestiones, para ofrecer una alimentación saludable, conseguir precios justos o influir positivamente en el empleo rural.La Red de Impulso a la Pequeña Transformación Alimentaria busca favorecer un ecosistema de apoyo para quienes transforman alimentos a pequeña y mediana escala , y mejorar el acceso de la población a alimentos saludables y de calidad, respetuosos con el medio ambiente y justos con las personas que los producen y el desarrollo socioeconómico del medio rural.RITA es un proyecto impulsado por 6 entidades con amplia trayectoria en iniciativas para el desarrollo de sistemas alimentarios territorializados, la articulación de procesos colectivos y el impulso de la agroecología:  ARCA (Associació d’Iniciatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego Galego, SEAE (Sociedad Española de Agricultura Ecológica y Agroecología) y el ISEC-UCO (Instituto de Sociología y Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
   </si>
   <si>
     <t>RAIA - Red de Apoyo a la Innovación Rural</t>
   </si>
   <si>
     <t>El proyecto RAIA busca crear una red en la región Alentejo-Algarve-Andalucía que permita dotar tanto a las administraciones públicas como al tejido asociativo, a las empresas y a la ciudadanía en general de las herramientas necesarias para impulsar la innovación agraria en el espacio rural, transformando la zona transfronteriza de La Raya en un territorio con nuevas oportunidades de negocio y capacitado para los nuevos retos y oportunidades que se presentan.La innovación se considera un motor del desarrollo rural que establece ventajas competitivas, por lo que constituye una de las principales características de la futura red.  </t>
   </si>
   <si>
-    <t>Sociedad Española de Agricultura Ecológica/Agroecología (SEAE)</t>
-[...10 lines deleted...]
-  <si>
     <t>Red PlasPain</t>
   </si>
   <si>
     <t>Red enfocada en la investigación de la tecnología del plasma para la industria agroalimentaria y biomédica. En la red participan 11 grupos de investigación de diversas universidadesEl objetivo de la Red es consolidar y potenciar la investigación en el ámbito de la tecnología del plasma aplicado a la industria biomédica y agroalimentaria.Objetivos específicos: Fomentar el intercambio activo de ideas y establecimiento de colaboraciones en materia de investigación; Promover la interacción con otros grupos de investigación afines, no pertenecientes a la red, dentro y fuera del territorio nacional; Promover el aprovechamiento de equipos, servicios y tecnologías implementadas en cada uno de los grupos de la red en el desarrollo de investigaciones conjuntas; Difundir la Red y sus actividades a la sociedad; Impulsar la transferencia de resultados y la interacción con el tejido socioproductivo.</t>
   </si>
   <si>
     <t>Red Española de Leguminosas (RELEG)</t>
   </si>
   <si>
     <t>La Red nace para dar respuesta a la creciente demanda mundial de alimentos de origen vegetal, las preocupaciones ambientales y la seguridad alimentaria.El objetivo primordial de la Red es optimizar los servicios agronómicos, económicos y nutricionales que los cultivos de leguminosas prestan a la sociedad, impulsando así su implementación. Los objetivos específicos son:Coordinar e integrar la investigación existente sobre leguminosas en diversas disciplinas como genética, genómica, mejoramiento, agronomía, ecología y calidad nutricional.Contribuir al avance de las prácticas agrícolas basadas en leguminosas para aumentar la productividad y la sostenibilidad ambiental.Impulsar un enfoque sintético que integre conocimientos y experiencia de diversos campos.Mejorar la sostenibilidad de la agricultura y fortalecer la seguridad de los suministros de alimentos y piensos.Fomentar al intercambio científico y la colaboración entre investigadores de diferentes áreas a través de grupos de trabajo coordinados.Reducir el déficit de proteínas mediante el enfoque en la investigación e innovación en leguminosas.Mejorar la comprensión de los caracteres que determinan la adaptación, la productividad, la resistencia a estrés y la calidad de los cultivos de leguminosas.Investigar la composición y calidad nutricional de las leguminosas y promover la innovación alimentaria en el sector.</t>
   </si>
   <si>
     <t>Red de investigación en Cereales Resilientes y de calidad para la Seguridad alimentaria española (CERES)</t>
   </si>
   <si>
     <t>Red de investigación española en fisiología, genética, fenotipado, bioquímica y biotecnología de cultivos de cereal para:Plantear estrategias que permitan combinar el aprovechamiento de los recursos genéticos, genómicos y fenómicos para mitigar el impacto del cambio climático sobre la producción de los cereales,Producir cereales con valor añadido yReforzar los canales de comunicación y entrega de resultados con el sector de producción de semillas, fertilizantes y desarrollo tecnológico en la agricultura.Para ello, reúne grupos de investigación centrados sobre los recursos fitogenéticos, la genética y genómica, pre-mejora y mejora, calidad funcional y nutricional, fisiología a diversas escalas, fenotipado, bioquímica y biología molecular de cereales.</t>
   </si>
   <si>
     <t>PalmerNet</t>
   </si>
   <si>
     <t>Red de investigación para estudiar el Amaranthus palmeri y/o resistencias a herbicidas, y otros que pueden aportar nuevas herramientas para su control.  Se pretende consolidar una línea de investigación a nivel nacional sobre A. palmeri que englobe los trabajos se están realizando en la actualidad en España de forma interdisciplinar por diferentes equipos, para rentabilizar los logros obtenidos hasta ahora y que garantice su estabilidad y su impacto científico y social. El objetivo principal de PalmerNET es definir y abordar el problema de la introducción y expansión de A. palmeri en España y, buscar soluciones para su prevención y contención a nivel nacional.</t>
   </si>
   <si>
     <t>Red SICURA OneHealth4Food</t>
@@ -465,56 +568,50 @@
     <t>La red temática 4D4F se centra en el desarrollo de una red para ganaderos lecheros, proveedores de tecnología de sensores para la industria láctea, empresas de datos, asesores agrícolas e investigadores, con el fin de explorar formas de utilizar los datos generados por los sensores para mejorar la toma de decisiones de los ganaderos.</t>
   </si>
   <si>
     <t>AgriSpin - Space for agricultural innovation</t>
   </si>
   <si>
     <t>El proyecto AgriSpin ofrece directrices para que los socios organicen reuniones, participen en reuniones con otras redes temáticas y proyectos, y generen impacto en su propia organización.</t>
   </si>
   <si>
     <t>Red de Investigación en Sanidad Animal (RISA)</t>
   </si>
   <si>
     <t>La Red aglutina a investigadores dedicados a la Sanidad Animal en España para potenciar las sinergias existentes entre los distintos grupos de investigación en sanidad animal de disciplinas como la entomología, la epidemiología y el bienestar animal con el objeto lograr un uso más racional, responsable y optimizado de los recursos, garantizar la sanidad y bienestar animal y por ende, la salud pública.Son objetivos de la Red:Potenciar sinergias:  Potenciar la sinergia entre los distintos grupos de investigación en sanidad animal de nuestro país, contando con expertos en fauna terrestre tanto silvestre como doméstica y con profesionales de disciplinas muy diversas de la sanidad animal como son la entomología, la epidemiología, la bacteriología, la virología, la inmunología, la anatomía patológica, el bienestar animal o la etología, entre otras.Impulsar la internacionalización: Impulsar la internacionalización del sector de la investigación en sanidad animal de España.Promover valores: Promover uso racional, responsable y optimizado de los recursos para garantizar la sanidad y bienestar animal y por ende, la salud pública.Promover la transferencia y la divulgación: Promover la transferencia tecnológica y la divulgación científica en sanidad animal a nivel de sector y al público general.Organizar actividades: Organizar actividades, dedicadas a temas de gran relevancia para la investigación en sanidad animal, como son la innovación, la seguridad biológica, el enfoque One Health, el medio ambiente, etc.Colaborar: Colaborar en potenciar una mayor visibilidad y comunicación del sector de la investigación en sanidad animal en España y fuera de ella.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast busca transformar la manera de diseñar, producir, usar y reciclar los plásticos para dirigirla hacia una economía circular desde un enfoque sinérgico que involucra la ciencia de materiales y la biotecnología, para desarrollar actividades de investigación e innovación así como estrategias socioeducativa.Son objetivos de la Plataforma:Desarrollo de estrategias químicas y biotecnológicas para el reciclado y el desarrollo de nuevos polímeros sostenibles.Análisis de los efectos en la salud y el medio ambiente de la contaminación por plásticos.Regulación y certificación de plásticos con un menor impacto ambiental.Actividades de difusión, enseñanza y capacitación sobre el estado actual y avances en los plásticos.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Plataforma que agrupa sus actividades en cinco áreas estratégicas: generación renovable (biomasa, solar térmica y fotovoltaica, eólica, etc.), almacenamiento eficiente de energía, descarbonización industrial, tecnologías del hidrógeno y electrificación.Son objetivos de la Plataforma:Impulsar el desarrollo de las tecnologías clave en el ciclo energético para alcanzar un sistema energético más asequible, fiable, competitivo y sostenible, tanto social como medioambientalmente.Integrar capacidades, tecnologías y conocimientos CSIC para afrontar proyectos con un alto desarrollo tecnológico e impulsar su rápida integración en el sector industrial.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Plataforma agrícola especializada en la gestión y transformación de cultivos permanentes de regadío con los más altos estándares de sostenibilidad y calidad utilizando las últimas tecnologías.</t>
   </si>
   <si>
     <t>PTI. SOILBIO CSIC</t>
   </si>
   <si>
     <t>Plataforma Temática Interdisciplinar (PTI) del CSIC comprometida con el estudio y preservación del suelo como un recurso natural fundamental. El objetivo de la PTI es elevar el impacto y la calidad de la investigación científica y técnica relacionada con los suelos con un enfoque principal en las Ciencias Agrarias, pero con la apertura a la colaboración de grupos interesados de otras sub-áreas. Son objetivos específicos:Facilitar la comunicación y la colaboración entre los grupos de la plataforma mediante actividades regulares.Promover la colaboración en el área de suelos del CSIC con empresas y otros organismos públicos, al ofrecer un directorio actualizado y coordinado de grupos y especialistas en suelo en un rango amplio de disciplinas y ámbitos bio-geográficos.Apoyar a los grupos participantes en la búsqueda y participación en convocatorias nacionales e internacionales, promoviendo la colaboración coordinada entre diferentes grupos de la red.Identificar y promover iniciativas destacadas en el área de suelos, como por ejemplo experimentos de larga duración que pueden ser utilizados en red.</t>
   </si>
   <si>
     <t>PTI. AGROFOR CSIC</t>
   </si>
   <si>
     <t>Plataforma que aúna esfuerzos de distintas disciplinas en torno a objetivos y actividades concretas que aporten respuestas al reto social de la productividad y la sostenibilidad agraria y alimentaria</t>
   </si>
   <si>
     <t>PTI. AGRIAMBIO CSIC</t>
   </si>
   <si>
     <t>La plataforma busca generar conocimiento que permita proporcionar la base científica para la mejora adaptativa de la eficacia socioambiental de la Política Agrícola Común (PAC) en España</t>
   </si>
   <si>
     <t>PTI. FOODALLERGY CSIC</t>
   </si>
   <si>
     <t>El desafío de la PTI es el conocimiento y la detección de alérgenos alimentarios que presentan alto impacto, amplia difusión y elevada sensibilidad </t>
   </si>
@@ -595,98 +692,80 @@
   <si>
     <t>EUNetHorse</t>
   </si>
   <si>
     <t>Red que impulsa el intercambio de conocimiento y aprendizaje entre agentes y partes interesadas del sector equino para mejorar la capacidad de recuperación de las explotaciones equinas ayudará a estructurar el sector equinbo y solidificar nuevos hábitos de trabajo.</t>
   </si>
   <si>
     <t>FARMWELL</t>
   </si>
   <si>
     <t>Red que busca mejorar el bienestar mental, físico y social de los agricultores facilitando el acceso a las innovaciones sociales para abordar desafíos sociales comunes. FARMWELL es que pretende ayudar a realizar innovaciones sociales centradas en los agricultores y sus familias en diversos contextos nacionales y locales.</t>
   </si>
   <si>
     <t>FOREST4EU</t>
   </si>
   <si>
     <t>Red europea de colaboración para la innovación y promoción de la silvicultura y la agroforestería europea</t>
   </si>
   <si>
     <t>Grazing4AgroEcology</t>
   </si>
   <si>
     <t>Red temática que ofrece soluciones para sistemas de producción animal sostenibles e integrados basados ??en el pastoreo</t>
   </si>
   <si>
-    <t>NUTRICHECK-NET</t>
-[...4 lines deleted...]
-  <si>
     <t>NUTRI-KNOW</t>
   </si>
   <si>
     <t>Red temática que capitaliza el conocimiento de los grupos operativos de EIP-AGRI en el campo de la gestión de nutrientes a través de información orientada a la práctica para agricultores y profesionales</t>
   </si>
   <si>
     <t>Oper8</t>
   </si>
   <si>
     <t>Red Temática  para establecer procesos de participación e identificar los factores, las barreras y las causas fundamentales de la falta de adopción de métodos no químicos para el control de malezas</t>
   </si>
   <si>
     <t>NEWBIE</t>
   </si>
   <si>
     <t>Red temática que facilita el desarrollo y la difusión de nuevos modelos de negocio, incluidos nuevos modelos de entrada, a toda la gama de nuevos agricultores (new entrants), desde los sucesores hasta los recién llegados al sector agrícola</t>
   </si>
   <si>
     <t>BROILERNET</t>
   </si>
   <si>
     <t>Red que busca mejorar la resiliencia y la sostenibilidad del sector avícola europeo mediante la creación de un espacio para la interacción entre la ciencia y la práctica, así como la cocreación de buenas prácticas innovadoras y listas para usar en granjas avícolas europeas</t>
   </si>
   <si>
-    <t>SmaRT</t>
-[...4 lines deleted...]
-  <si>
     <t>LAKTIS</t>
   </si>
   <si>
     <t>Red que impulsa la descarbonización del sector lácteo desde el territorio, conectando ganaderías, innovación y sostenibilidad para un futuro común.Los objetivos de la red son:Asesorar e informar a los participantes,General un diálogo multi-actor,Promover y facilitar la interacción de las opiniones,Analizar las diferentes herramientas tecnológicas,Promover la creación de normativas, Crear una red perenne de colaboración</t>
   </si>
   <si>
-    <t>Red de Agentes del Cambio de la Dehesa</t>
-[...4 lines deleted...]
-  <si>
     <t>European Network of Forest Extension Organisations (FOREXT)</t>
   </si>
   <si>
     <t>Red que ayuda a sus miembros a desarrollar sus capacidades en materia de formación y educación de propietarios de bosques privados.La red ofrece a sus miembros oportunidades para desarrollar la capacidad de extensión a través de:Intercambio de experiencias, expertos y conocimientos Desarrollo y compartición de herramientas de extensiónEstablecimiento de plataformas de aprendizaje conjuntasIntercambio de mejores prácticasDesarrollo e implementación de proyectos europeos relevantes</t>
   </si>
   <si>
     <t>Red Española de Compostaje (REC)</t>
   </si>
   <si>
     <t>La Red Española de Compostaje (REC) integra las actividades desarrolladas en España por Universidades, Organismos Públicos de Investigación, Centros Tecnológicos y Empresas en relación con la gestión sostenible de residuos orgánicos para el desarrollo de una Economía Circular. En este sentido, la REC se constituye como el espacio común informativo y de encuentro de los distintos agentes interesados en todos los aspectos relativos a la gestión de los residuos orgánicos.En la REC se integran todas las actuaciones que inciden en el desarrollo de las mejores prácticas de gestión de los residuos orgánicos para la obtención de bioenergía y productos de valor añadido que puedan retornar a los ciclos productivos y facilitar una economía baja en carbono. Las líneas de trabajo son:Gestión de residuos orgánicosTecnologías de compostaje y digestión anaerobiaCompostaje y biorremediaciónNormalización y control de calidad de procesos de tratamiento de residuos orgánicosAplicaciones de compost y digeridosRecuperación y regeneración de suelosAntagonismo y capacidad supresiva del compost.</t>
   </si>
   <si>
     <t>ClieNFarms</t>
   </si>
   <si>
     <t>ClieNFarms desarrollará una red de agricultores para debatir aspectos técnicos, promover la participación del ecosistema circundante (finanzas, equipos agrícolas, etc.) para facilitar la inversión en equipos específicos, fortalecer los sistemas de asesoramiento y brindar un apoyo político claro, clave para el éxito de la transición hacia explotaciones climáticamente neutras. Esta red proporcionará una sólida demostración y empoderamiento a los agricultores. El concepto central del proyecto es un enfoque de demostración denominado Espacio de Soluciones Sistémicas Innovadoras (I3S) . El I3S está compuesto por diferentes componentes y actores que probarán y difundirán soluciones innovadoras, codiseñadas y adaptadas por múltiples actores, para lograr granjas climáticamente neutras dentro de la cadena de suministro y en toda la geografía local.ClieNFarms tiene como objetivo codesarrollar y ampliar soluciones sistémicas localmente relevantes (organizativas, financieras, técnicas) para lograr granjas sostenibles, climáticamente neutrales y resilientes al clima en toda Europa, integrando y mejorando interactivamente las soluciones existentes para lograr modelos de negocio económicamente viables en los sistemas agrícolas mediante la participación de agricultores, servicios de extensión, empresas agroalimentarias, responsables políticos, finanzas y ciudadanos. </t>
   </si>
   <si>
     <t>FAIRShare</t>
   </si>
   <si>
     <t>FAIRshare involucra, capacita y empodera a la comunidad de asesores agrícolas independientes compartiendo herramientas, servicios, experiencia y motivaciones digitales. FAIRshare apoyará una red social más amplia de instituciones asociadas a través de una interfaz en línea navegable y generará un laboratorio participativo y dinámico para la interacción y aplicación de herramientas digitales.FAIRshare cuenta con dos programas principales. En primer lugar, los paquetes de trabajo 1, 2 y 3 recopilarán una base de datos de las herramientas y servicios digitales utilizados internacionalmente, aprovechando las redes sociales de instituciones asociadas que abarcan países de la UE y terceros países. El inventario de herramientas será accesible para los usuarios finales a través de una interfaz en línea intuitiva y navegable, diseñada conjuntamente con un enfoque multiactor. Las herramientas del inventario en línea se acompañarán de información, como breves viñetas de buenas prácticas, sobre cómo usarlas o adaptarlas. En segundo lugar, los paquetes de trabajo 4, 5 y 6 generarán y dotarán de recursos un laboratorio participativo que permitirá a asesores colegas de toda la UE interactuar con el inventario en línea y, en una serie de talleres, intercambiar, coadaptar, codiseñar y aplicar herramientas digitales.El objetivo general de FAIRshare es garantizar que los asesores agrícolas y sus organizaciones utilicen eficazmente herramientas y servicios digitales para apoyar una agricultura más productiva y sostenible.</t>
   </si>
   <si>
     <t>ClimateSmartAdvisors</t>
@@ -697,128 +776,109 @@
   <si>
     <t>AgriLINK</t>
   </si>
   <si>
     <t>AgriLink busca impulsar la transición hacia la sostenibilidad en la agricultura europea mediante una mejor comprensión del papel que desempeña el asesoramiento agrícola en la toma de decisiones de los agricultores.AgriLink se basa en los conocimientos y experiencias tanto de la investigación como de la práctica. El consorcio está formado por investigadores de diferentes disciplinas (economía institucional, estudios de innovación, estudios AKIS, sociología de redes), así como por asesores (de organizaciones públicas, privadas y de agricultores) de toda la UE.AgriLink tiene por objetivo analizar y mejorar el papel del asesoramiento agrícola en ocho áreas de innovación que combinan los retos identificados en el Enfoque estratégico para la investigación e innovación agrícola en la UE. </t>
   </si>
   <si>
     <t>thERBN</t>
   </si>
   <si>
     <t>La Red thERNB facilita el intercambio accesible de conocimientos sobre soluciones innovadoras de bioeconomía circular (BC) adaptadas a las pequeñas explotaciones agrícolas y silvicultores de las zonas rurales.El objetivo de thERNB es poner en funcionamiento una red temática (RT) multiactor (MA) a nivel de la UE para el intercambio de conocimientos sobre soluciones innovadoras para la bioeconomía circular (CB) sostenible aplicable por pequeñas explotaciones agrícolas y silvicultores (profesionales) a escala local en zonas rurales.</t>
   </si>
   <si>
     <t>AKISConnect</t>
   </si>
   <si>
     <t>En AKISConnect los actores del sector agrario de toda Europa convergen para aprovechar el poder de los sistemas de conocimiento e innovación agrícola. AKISConnect conecta los mundos de los proyectos modernAKIS y ATTRACTISS financiados por la UE. Sus objetivos son:Integración holística del conocimientoEmpoderamiento de las comunidades localesColaboración dinámica entre países</t>
   </si>
   <si>
     <t>Red AKISConnect</t>
   </si>
   <si>
     <t>Red con un mapa interactivo de iniciativas, proyectos y colaboraciones que impulsan el desarrollo agrícola sostenible y el intercambio de conocimientos en toda Europa.Los objetivos de AKISConnect son:Integración holística del conocimientoEmpoderamiento de las comunidades localesColaboración dinámica entre países</t>
   </si>
   <si>
-    <t>Red de Centros de Innovación Territorial (Red CIT)</t>
-[...4 lines deleted...]
-  <si>
     <t>Organic Advice Network</t>
   </si>
   <si>
     <t>La red acoge a asesores y servicios de asesoramiento ecológico con experiencia, así como a asesores convencionales, jóvenes graduados y recién llegados que deseen adquirir habilidades en asesoramiento ecológico. En línea con el objetivo de la UE de lograr 25 tierras agrícolas orgánicas para 2030, como parte de la Estrategia de la Granja a la Mesa, el proyecto aborda la necesidad urgente de asesores calificados en agricultura orgánica movilizando una red diversa de 27 países para obtener conocimientos y capacitación en agricultura orgánica.Son objetivos de la Red:Crear una sólida red europea de asesores con experiencia en agricultura ecológicaInspirar y desafiar la mentalidad de los asesores y agricultoresMejorar el conocimiento de los asesores sobre las prácticas de agricultura orgánicaMejorar los métodos de asesoramiento</t>
   </si>
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>El proyecto se basa en una red de asesores de toda la UE especializados en producción ganadera para establecer una nueva red a nivel de la UE que fomente la colaboración abierta entre asesores y actores clave del sector ganadero.La red abarcará diversos aspectos de la agricultura, como las mejores prácticas, los avances tecnológicos, la valorización de los productos agrícolas, la diversificación de las fuentes de ingresos y la resolución de otros desafíos críticos.Los objetivos del proyecto son:Establecer y mantener una red de asesores ganaderos en toda la UE, mejorando las habilidades, la capacidad y el intercambio de conocimientos a largo plazo sobre prácticas sostenibles.Recopilar, seleccionar, evaluar, analizar, adaptar y traducir 100 prácticas de asesoramiento innovadoras para la producción ganadera sostenible en un entorno de múltiples actores en 29 países europeos.Promover prácticas de asesoramiento innovadoras para la producción ganadera sostenible mediante el intercambio de conocimientos específicos y actividades de escalamiento adaptadas a cada país.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Red temática enfocada en la reducción del uso y los riesgos de los plaguicidas (RURP) en todos los estados miembros de la UE. La red adoptará un enfoque de múltiples actores al reunir a 17 socios que representan la diversidad de partes interesadas de AKIS que trabajan a nivel agrícola, regional, nacional y de la UE, con el objetivo de identificar, seleccionar y dar forma a enfoques novedosos que se adapten y repliquen en toda la UE.</t>
-  </si>
-[...5 lines deleted...]
-La REDR no es una organización de miembros.</t>
   </si>
   <si>
     <t>Alimentos de España</t>
   </si>
   <si>
     <t>Plataforma ministerial de divulgación</t>
   </si>
   <si>
     <t>Asociación Clúster Agroalimentario de Navarra (NAGRIFOOD)</t>
   </si>
   <si>
     <t>El Clúster Agroalimentario de Navarra, NAGRIFOOD es una organización de empresas que tiene por objeto la mejora continua de la competitividad de sus socios a través del desarrollo de la intercooperación, la innovación abierta, el intraemprendizaje y la internacionalización de las empresas agroalimentarias navarras</t>
   </si>
   <si>
     <t>Asesores de Aragón</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN es una plataforma impulsada por la Fundación para la Agricultura del Conocimiento y que constituye una Red Social Profesional que da cabida a investigadores, tecnólogos, asesores y agricultores, integrando de este modo: el conocimiento, su transferencia y su aplicación</t>
   </si>
   <si>
     <t>Red de Municipios por la Agroecología</t>
   </si>
   <si>
     <t>El objeto de la Red es la construcción, mediante en l intercambio de experiencias, conocimientos, datos, informaciones y proyectos, de sistemas alimentarios locales respetuosos con el medio ambiente, sostenibles, inclusivos, resilientes, seguros y diversificados que aseguren comida saludable, sostenible y accesible al conjunto de la población, y que potencien el empleo local, en línea con las perspectivas de la agroecología y la soberanía alimentaria.</t>
   </si>
   <si>
     <t>Platafoma SynergyNuts</t>
   </si>
   <si>
     <t>Espacio para la formación, difusión e innovación en todos los aspectos relacionados con los frutos secos en seto</t>
   </si>
   <si>
     <t>Stratus</t>
   </si>
   <si>
     <t>La Red de Innovación en Fertilización (Fertilisation Innovation Network, FIN) es una red técnica basada en enfoques novedosos y efectivos que cubren los principales desafíos que conducen a la creación de un Plan de Gestión Sostenible de Nutrientes. La FIN está integrada por 3 subredes transnacionales especializadas (FIN-agricultura de precisión, FIN-calidad del suelo, FIN-fetilizantes de base bioloógica) en las que asesores capacitados recopilarán Buenas Prácticas (BP) e Innovaciones de Investigación (RI) sobre el uso óptimo de fertilizantes e identificarán las Mejores Prácticas (BP) como resultado de la evaluación de viabilidad sistémica de las BP y las RI.
 Puedes consultar un folleto del proyecto en inglés dando clic aquí.</t>
   </si>
   <si>
     <t>Plataforma tecnológica Aula de Productos Lácteos y Tecnologías Alimentarias</t>
   </si>
   <si>
     <t>Formación especializada y servicios tecnológicos avanzados a empresas y entidades del sector lácteo y alimentario</t>
-  </si>
-[...4 lines deleted...]
-    <t>INTERPANEL es una plataforma de colaboración entre distintas entidades pertenecientes a cada cadena de valor del aceite de oliva, en la que también se integran entidades que aportan conocimiento y capacidad tecnológica para el desarrollo del sistema, y capacidad de difusión de resultados hacia el conjunto del sector.</t>
   </si>
   <si>
     <t>Food For Life</t>
   </si>
   <si>
     <t>Plataforma que fomenta la transmisión de los avances de investigación, científicos y tecnológicos a través de la colaboración público-privada de los principales agentes sectoriales agroalimentarios en relación con la I+D+i y la detección de nuevas demandas en el ámbito de los Retos de la Sociedad, asegurando la competitividad y el crecimiento del sector agroalimentario español.</t>
   </si>
   <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL engloba como sector BIO la Biotecnología, la Biomedicina y la Bioeconomía, aplicadas a la salud, la agroalimentación y la sostenibilidad medioambiental con el objeto de impulsar el desarrollo y competitividad del tejido empresarial del Sector Biotec para posicionar a sus asociados en el mapa internacional.</t>
   </si>
   <si>
     <t>Agronet - Brewing</t>
   </si>
   <si>
     <t>Suministros, información y asesoramiento para cervecerías</t>
   </si>
   <si>
     <t>Cooperatives agro-alimentàries comunitat valenciana</t>
   </si>
   <si>
     <t>Plataforma de representación institucional, fomento cooperativo, formación, comunicación y representación empresarial</t>
   </si>
@@ -1063,201 +1123,195 @@
 La financiación del desarrollo rural a través del FEADER se inscribe en el marco general de los Fondos Estructurales y de Inversión Europeos (Fondos EIE), que incluyen también los fondos de Desarrollo Regional, Social, de Cohesión y de Pesca. Todos estos fondos se gestionan a nivel nacional, por parte de cada Estado miembro de la UE, sobre la base de unos Acuerdos de asociación, que son planes estratégicos en los que se describen los objetivos y las prioridades de inversión de cada país.</t>
   </si>
   <si>
     <t>Red Valenciana de Desarrollo Rural</t>
   </si>
   <si>
     <t>Herramienta para difundir información sobre sus programas y actividades, así como para dar a conocer noticias y eventos relacionados con el desarrollo rural en Valencia. También cuenta con una sección de recursos, donde se pueden encontrar materiales y guías útiles para el desarrollo rural en la región, y un catálogo de productos y servicios de las zonas rurales de Valencia</t>
   </si>
   <si>
     <t>Red PAC de España</t>
   </si>
   <si>
     <t>Plataforma que promueve la creación de grupos de trabajo sobre cuestiones relavantes para el medio rural</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Consultoría, Auditorías, Analítica y Formación, en el sector agroalimentario</t>
   </si>
   <si>
     <t>Red-iCAT</t>
   </si>
   <si>
     <t>Red de innovación agroalimentaria y rural de Cataluña</t>
-  </si>
-[...4 lines deleted...]
-    <t>Desarrolladores y propagadores de variedades vegetales</t>
   </si>
   <si>
     <t>BIOFRUITNET</t>
   </si>
   <si>
     <t>Este proyecto se centra en frutas orgánicas de poma, piedra y cítricos y tiene como objetivo fortalecer la competitividad de la producción de frutas orgánicas europeas</t>
   </si>
   <si>
     <t>INNOSETA</t>
   </si>
   <si>
     <t>El objetivo principal de InnoSeta es establecer una innovadora red temática autosostenible en equipos de pulverización, capacitación y aconsejar para contribuir a cerrar la brecha entre las nuevas soluciones de protección de cultivos de alta gama disponibles, ya sea comercial o de resultados de investigación aplicables, con los resultados de la investigación aplicables, con el prácticas agrícolas europeas cotidianas.
  Esto se logrará promoviendo un intercambio efectivo de ideas y información novedosas entre:
  investigación
  industria
  servicios de extensión
  y la comunidad agrícola
  para que la investigación existente y las soluciones comerciales puedan comunicarse ampliamente, al tiempo que captura las necesidades de nivel de base e ideas innovadoras"&amp;" de la comunidad agrícola.")</t>
   </si>
   <si>
     <t>OK-Net Arable</t>
   </si>
   <si>
     <t>Net Net Arable trabajó con 14 grupos de innovación de agricultores en 10 países. Los datos de los grupos mostraron una amplia gama de rendimientos de cultivos. Esto indica una necesidad, pero también una clara posi"&amp;"bilidad de mejoras. Basado en la literatura científica y los aportes de los agricultores, se han reunido más de 100 materiales con soluciones prácticas en la plataforma de conocimiento cultivable de Net Net (Farmknowledge.org). Los grupos de agricultores "&amp;"evaluaron formatos y algunas soluciones en la práctica. Sus experiencias se han documentado en videos y resúmenes de práctica. Los grupos de agricultores tradujeron materiales que eran relevantes para ellos en su propio idioma. Se llevaron a cabo cursos e"&amp;"n línea presentando los materiales a los agricultores y asesores</t>
   </si>
   <si>
     <t>Rosewood4.0</t>
   </si>
   <si>
     <t>Rosewood4.0 recopilará y estructurará las mejores prácticas e innovación relevantes (BP &amp; amp; i) con el objetivo de mejorar el marco de movilización de madera en cinco centros regionales. Se desarrollarán cinco hojas de ruta regionales (y una interregional transregional) en función de la priorización de BP &amp; amp recolectados; coincidía con las necesidades/desafíos identificados de las diferentes regiones. El proyecto organizará talleres específicos y visitas de estudio vinculadas con materiales de capacitación de nuevo diseño que favorecen la implementación de BP &amp; amp; i. Acciones de difusión intensas para la transferencia de BP &amp; amp; me lograré utilizando diferentes herramientas y canales (por ejemplo, plataforma de conocimiento, resúmenes de práctica, producción de videos, etc</t>
   </si>
   <si>
-    <t>APROSE</t>
-[...2 lines deleted...]
-    <t>Asociación profesional sin ánimo de lucro de empresas productores de semillas selectas. Analizar, estudiar y tratar los problemas comunes que pudieran surgir según las especies de semillas</t>
+    <t>ANOVE</t>
+  </si>
+  <si>
+    <t>Desarrolladores y propagadores de variedades vegetales</t>
   </si>
   <si>
     <t>SMARTPROTECT</t>
   </si>
   <si>
     <t>"SmartProtect es una red temática que se centra en el intercambio de conocimientos regionales cruzados de soluciones de gestión de plagas integradas (IPM) inteligentes para agricultores y asesores. El objetivo es estimular el flujo de conocimiento en los sistemas regionales de conocimiento agrícola e innovación (AKISS) en toda la UE y conectarlos en el potencial innovador de las metodologías avanzadas para IPM en la producción de vegetales, integrando tecnologías de agricultura de precisión y análisis de datos.</t>
   </si>
   <si>
     <t>Best Practice Hens - Pilot Project on Best Practices for Alternative Egg Production Systems</t>
   </si>
   <si>
     <t>Las Gallinas de Mejores Prácticas (BPH) prepararán y proporcionarán apoyo práctico a los productores de huevos para alentarlos a pasar de sistemas de jaulas a sistemas sin jaulas. Esto se aplica tanto a la cría de gallinas ponedoras como al mantenimiento de gallinas ponedoras en el período de producción. Asegurar una amplia difusión de la información recopilada en las mejores prácticas a través del desarrollo de materiales de comunicación (videos y resúmenes de prácticas).
 La BPH organizará eventos de difusión dirigidos a los Estados miembros con un alto porcentaje de sistemas de jaulas para aumentar la aplicación de sistemas de alojamiento sin jaulas en los Estados miembros objetivo (España, Polonia, Portugal y Bélgica).</t>
   </si>
   <si>
     <t>BIOSCHAMP - Biostimulant of alternative casing for a sustainable and profitable mushroom industry</t>
   </si>
   <si>
     <t>En este proyecto, desarrollaremos un enfoque integrado para luchar contra los principales desafíos de salud en la producción de hongos (hongos y bacterias parásitos). Con el desarrollo de un suelo de envoltura enriquecido con microbiota disminuiremos la necesidad de pesticidas y contribuiremos a mejorar la productividad, la sostenibilidad y la rentabilidad del sector europeo de las setas.</t>
   </si>
   <si>
     <t>Boosting RurAl Bioeconomy Networks following multi-actor approaCHES - BRANCHES</t>
   </si>
   <si>
     <t>Identificar, resumir, compartir y presentar las mejores prácticas existentes y los resultados de la investigación; Aumentar la aplicación de nuevas tecnologías eficaces en función de los costos mediante la mejora de la transferencia activa de conocimientos entre profesionales e investigadores; Movilizar más biomasa y crear nuevas oportunidades comerciales en las zonas rurales mejorando y fortaleciendo la conexión entre la práctica y la ciencia; Aplicar un enfoque multidisciplinario y multiactor; Ofrecer un canal para el flujo bidireccional de información, nuevas ideas y tecnologías; Señalar las necesidades identificadas y los elementos empresariales relevantes para los profesionales; Promover la bioeconomía y el desarrollo rural mediante nuevas iniciativas de base biológica</t>
   </si>
   <si>
-    <t>Sm@RT: Small Ruminant Technology - Precision Livestock Farming and Digital Technology for Small Ruminants</t>
-[...4 lines deleted...]
-  <si>
     <t>Red AgriFoodTe: Red de Conocimiento e Innovación Agroalimentario de Teruel</t>
   </si>
   <si>
     <t>Red para acelerar la innovación en el sector agroalimentario para favorecer la transición ecológica, digital y hacia una bioeconomía circular en la región de Teruel</t>
   </si>
   <si>
     <t>Asociación Cluster Agroalimentario De Navarra(NAGRIFOOD)</t>
   </si>
   <si>
     <t>El Cluster Agroalimentario de Navarra (NAGRIFOOD) es una organización de empresas que tiene por objeto la mejora continua de la competitividad de sus socios a través del desarrollo de la intercooperación, la innovación abierta, el intraemprendizaje y la internacionalización de las empresas agroalimentarias navarras</t>
   </si>
   <si>
+    <t>APROSE</t>
+  </si>
+  <si>
+    <t>Asociación profesional sin ánimo de lucro de empresas productores de semillas selectas. Analizar, estudiar y tratar los problemas comunes que pudieran surgir según las especies de semillas</t>
+  </si>
+  <si>
     <t>Asociación Española de la Industria de Panadería, Bollería y Pastelería (ASEMAC)</t>
   </si>
   <si>
     <t>Organización profesional de carácter sectorial</t>
   </si>
   <si>
     <t>Asociación de Fabricantes de Piensos Compuestos de Castilla y León (ASFACYL)</t>
   </si>
   <si>
     <t>Asociación profesional de fabricantes de piensos compuestos de Castilla y León</t>
   </si>
   <si>
     <t>Plataforma Española Tecnológica y de Innovación en Biocircularidad (BIOPLAT)</t>
   </si>
   <si>
     <t>Organización nacional sin ánimo de lucro que fomenta el desarrollo sostenible de la biomasa y de la bioeconomía</t>
   </si>
   <si>
     <t>Plataforma Tecnológica de Biotecnología Vegetal (BIOVEGEN)</t>
   </si>
   <si>
     <t>Asociación público-privada, liderada por el sector empresarial, que reúne a entidades del sector agroalimentario con interés en innovación vegetal</t>
   </si>
   <si>
     <t>Confederación Española de Panadería, Pastelería, Bollería y Afines (CEOPPAN)</t>
   </si>
   <si>
     <t>Asociación Patronal, sin ánimo de lucro, Asociaciones y Gremios de fabricantes y expendedores de pan, pastelería, bollería y afines, de ámbitos geográficos provincial y local, así como a empresas individuales de todo el territorio nacional.</t>
   </si>
   <si>
+    <t>Asociación Aragonesa de Agricultura de Conservación</t>
+  </si>
+  <si>
+    <t>La Asociación es una entidad que aglutina agricultores, técnicos, investigadores, centros formativos y empresas, que están interesadas en fomentar y divulgar la técnica de la Agricultura de Conservación</t>
+  </si>
+  <si>
     <t>Confederación Española de Fabricantes de Alimentos Compuestos para animales (CESFAC)</t>
   </si>
   <si>
     <t>Plataforma tecnológica para la gestión conjunta de la seguridad alimentaria en la nutrición animal</t>
   </si>
   <si>
     <t>ECONOMIA CIRCULAR - Plataforma que integra otras plataformas de Economía Circular</t>
   </si>
   <si>
     <t>Dinamizar líneas y acción, definir la contribución de las plataformas tecnológicas y de innovación española en la transición hacia una economía circular, herramientas para el fomento de la cooperación en la I+D+i</t>
   </si>
   <si>
     <t>EIT-FOOD</t>
   </si>
   <si>
     <t>Plataforma HUB que promueve la innovación, educación, emprendimiento y participación pública</t>
   </si>
   <si>
     <t>Elika</t>
   </si>
   <si>
     <t>Plataforma de divulgación de investigación, aventos y normativa en el País Vasco de en materia de seguridad alimentaría, alimentación saludable, alimentación sostenible, agricultura, ganadería, pesca, alimentación animal e industria alimentaria</t>
   </si>
   <si>
     <t>FEDIMA</t>
   </si>
   <si>
     <t>Plataforma de divilgación de información de interés panadera y contacto entre FEDIMA y los socios</t>
-  </si>
-[...4 lines deleted...]
-    <t>La Asociación es una entidad que aglutina agricultores, técnicos, investigadores, centros formativos y empresas, que están interesadas en fomentar y divulgar la técnica de la Agricultura de Conservación</t>
   </si>
   <si>
     <t>INASDE Agroalimentaria</t>
   </si>
   <si>
     <t>Centro privado de investigación con un experimentado equipo de profesionales especializados en actividades de investigación para la realización de proyectos propios y prestación de servicios en el que abarca los diferentes eslabones de la cadena alimentaria desde la producción primaria, hasta el procesado y la presentación de los productos de consumo.</t>
   </si>
   <si>
     <t>PLATAFORMA TECNOLÓGICA ESPAÑOLA DE LOGÍSTICA INTERMODALIDAD Y MOVILIDAD (LOGISTOP)</t>
   </si>
   <si>
     <t>Espacio de trabajo multidisciplinar e interterritorial en el ámbito de la innovación logística compuesto por todos los actores implicados en la cadena de suministro, además de universidades, centros tecnológicos, asociaciones y consultoras especializadas</t>
   </si>
   <si>
     <t>Plataforma Tecnológica Española de Envase y Embalaje (PACKNET)</t>
   </si>
   <si>
     <t>Plataforma que funciona de red de cooperación científica y tecnológica entre los agentes de la cadena del evanse y embalaje</t>
   </si>
   <si>
     <t>Plants For The Future</t>
   </si>
   <si>
     <t>Plataforma de divulgación de proyectos, investigación, actividades, colaboradores y grupos de trabajo del grupo</t>
   </si>
@@ -1433,152 +1487,152 @@
   <si>
     <t>Asociación para el Desarrollo Rural de Andalucía (ARA)</t>
   </si>
   <si>
     <t>Foro de colaboración e interlocución donde están representados todos los grupos de desarrollo rural de Andalucía, promotores de la actividad y generación  de empleo</t>
   </si>
   <si>
     <t>EU - FarmBook</t>
   </si>
   <si>
     <t>EU-FarmBook es una plataforma de buenas prácticas para agricultores y selvicultores. Todo el contenido de su biblioteca procede de proyectos de investigación de Horizon</t>
   </si>
   <si>
     <t>Red de Desarrollo Rural de Castilla y León</t>
   </si>
   <si>
     <t>Asociación que agrupa y coordina a un importante número de grupos que están gestionando programas de desarrollo rural - LEADER y PRODER - en Castilla y León.</t>
   </si>
   <si>
     <t>Red Española de Desarrollo Rural (REDR)</t>
   </si>
   <si>
     <t>Red Española de Desarrollo Rural (REDR) es una asociación sin ánimo de lucro cuya misión principal es promover un modelo de desarrollo rural integral y sostenible, mejorar la calidad de vida de la población rural y poner en valor la importancia de los territorios rurales para el conjunto de la sociedad. REDR ofrece un espacio común para el medio rural y sus habitantes, un lugar donde trasladar sus necesidades e inquietudes y hacer oír su voz.</t>
   </si>
   <si>
+    <t>FERTINNOWA</t>
+  </si>
+  <si>
+    <t>FERTINNOWA (acrónimo en inglés para Transferencia de Técnicas INNOvadoras para la práctica sostenible de la FERTirrigación), es una red de intercambio del conocimiento para facilitar la mejora de la práctica de la fertirrigación, adecuándola a las exigencias ambientales y normativas europeas amparadas en la Directiva Marco del Agua y en las que velan por la evitación de emisión de residuos debidos al uso de fertilizantes, especialmente en las zonas declaradas vulnerables de contaminación de acuíferos por nitratos.</t>
+  </si>
+  <si>
     <t>Red de Oficinas de Transferencia del Conocimiento (Red OTC)</t>
   </si>
   <si>
     <t>Red de oficinas de transferencia de resultados de investigación de las universidades españolas.</t>
   </si>
   <si>
     <t>Farm Animal Breeding and Reproduction Technology Platform (FABRE TP)</t>
   </si>
   <si>
     <t>La Plataforma Tecnológica Europea de Cría y Reproducción de Animales de Granja (FABRE TP) es un foro liderado por institutos de investigación y el mundo académico que colabora con el sector privado y ofrece una plataforma para definir las prioridades de investigación en cría, genética y reproducción animal, con el fin de impulsar la sostenibilidad , la competitividad y la resiliencia de todos los sistemas ganaderos.</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Transferencia de tecnología y digitalización de los procesos de comercialización directa para la comercialización de los alimentos producidos por pequeños productores agrícolas y ganaderos en el sector de la hostelería y la restauración nacional.</t>
   </si>
   <si>
-    <t>FERTINNOWA</t>
-[...2 lines deleted...]
-    <t>FERTINNOWA (acrónimo en inglés para Transferencia de Técnicas INNOvadoras para la práctica sostenible de la FERTirrigación), es una red de intercambio del conocimiento para facilitar la mejora de la práctica de la fertirrigación, adecuándola a las exigencias ambientales y normativas europeas amparadas en la Directiva Marco del Agua y en las que velan por la evitación de emisión de residuos debidos al uso de fertilizantes, especialmente en las zonas declaradas vulnerables de contaminación de acuíferos por nitratos.</t>
+    <t>EuroDairy</t>
+  </si>
+  <si>
+    <t>EuroDairy apoya el desarrollo y la comunicación de la innovación basada en la práctica en la producción lechera centrando su actividad en cuatro cuestiones clave: Cuidado de animales; Resiliencia socioeconómica; Eficiencia de recursos; La integración de la producción de leche con los objetivos de biodiversidad</t>
+  </si>
+  <si>
+    <t>Legumes Translated</t>
+  </si>
+  <si>
+    <t>El proyecto se basa en la creación de redes entre agricultores y otros innovadores y científicos en grupos de actores para recopilar y validar el conocimiento relevante basado en la investigación</t>
   </si>
   <si>
     <t>BovINE</t>
   </si>
   <si>
     <t>BovINE  (Red Europea de Innovación en Carne de Vacuno) abordó los urgentes retos de sostenibilidad que enfrentan los productores de carne de vacuno reuniendo a ganaderos, organizaciones ganaderas, asesores e investigadores para desarrollar conjuntamente innovaciones prácticas que pudieran implementarse en las explotaciones ganaderas europeas. BovINEse estableció en 10 Estados miembros y se centró exclusivamente en las necesidades de las 255.000 explotaciones que conforman el sector cárnico bovino de la UE.</t>
   </si>
   <si>
     <t>EU PiG</t>
   </si>
   <si>
     <t>La red incluye una variedad de socios, desde grupos de productores de cerdos hasta investigadores y asesores económicos, conectando a los productores de cerdos con las últimas ciencias, técnicas y tecnologías de cría. Hay cuatro temas clave del proyect: Gestión de la salud, Calidad de la carne, Bienestar animal, Producción de precisión.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>El proyecto busca la creación de una red europea de grupos de innovación para facilitar el intercambio y la cocreación de conocimientos entre agricultores, empresas, investigadores y asesores a través de la recopilación de material de usuarios finales y el desarrollo de nuevas herramientas adaptadas a las necesidades de agricultores y empresas.</t>
   </si>
   <si>
-    <t>EuroDairy</t>
-[...8 lines deleted...]
-    <t>El proyecto se basa en la creación de redes entre agricultores y otros innovadores y científicos en grupos de actores para recopilar y validar el conocimiento relevante basado en la investigación</t>
+    <t>BEST4SOIL</t>
+  </si>
+  <si>
+    <t>Red de profesionales creada para compartir conocimientos sobre la prevención y el control de las enfermedades edáficas</t>
+  </si>
+  <si>
+    <t>WINETWORK</t>
+  </si>
+  <si>
+    <t>Winetwork es un proyecto colaborativo europeo para el intercambio y la transferencia de conocimientos innovadores entre las regiones europeas de cultivo del vino para aumentar la productividad y la sostenibilidad del sector. Durante 3 años, 11 socios de 7 países europeos intercambiarán su conocimiento sobre dos enfermedades importantes en viñedos: enfermedades del tronco de vid y flavesencia dorée. El enfoque del proyecto se basa en las interacciones entre una red de agentes facilitadores, grupos de trabajo regionales y dos grupos de trabajo científicos. Este enfoque participativo permitirá la transferencia de resultados de la ciencia y el conocimiento práctico a los materiales adaptados a los usuarios finales.</t>
   </si>
   <si>
     <t>Red Riojana de Desarrollo Rural</t>
   </si>
   <si>
     <t>Herramienta para difundir información sobre sus programas y actividades, así como para dar a conocer noticias y eventos relacionados con el desarrollo rural en La Rioja. También cuenta con una sección de recursos, donde se pueden encontrar materiales y guías útiles para el desarrollo rural en la región, y un catálogo de productos y servicios de las zonas rurales de La Rioja</t>
   </si>
   <si>
     <t>Red PAC de Malta</t>
   </si>
   <si>
     <t>En Malta, el desarrollo rural se gestiona a nivel nacional por medio de un Plan Estratégico, que se financia a través del Fondo Europeo Agrícola de Desarrollo Rural (FEADER) y contribuciones nacionales. El Plan Estratégico establece las estrategias y medidas prioritarias a adoptar para dar respuesta a las necesidades de la zona geográfica concreta a que se refiere.
 La financiación del desarrollo rural a través del FEADER se inscribe en el marco general de los Fondos Estructurales y de Inversión Europeos (Fondos EIE), que incluyen también los fondos de Desarrollo Regional, Social, de Cohesión y de Pesca. Todos estos fondos se gestionan a nivel nacional, por parte de cada Estado miembro de la UE, sobre la base de unos Acuerdos de asociación, que son planes estratégicos en los que se describen los objetivos y las prioridades de inversión de cada país.</t>
   </si>
   <si>
     <t>Red PAC de Rumanía</t>
   </si>
   <si>
     <t>En Rumania, el desarrollo rural se gestiona a nivel nacional por medio de un  Plan Estratégico, que se financia a través del Fondo Europeo Agrícola de Desarrollo Rural (FEADER) y contribuciones nacionales. El Plan Estratégico establece las estrategias y medidas prioritarias a adoptar para dar respuesta a las necesidades de la zona geográfica concreta a que se refiere.
 La financiación del desarrollo rural a través del FEADER se inscribe en el marco general de los Fondos Estructurales y de Inversión Europeos (Fondos EIE), que incluyen también los fondos de Desarrollo Regional, Social, de Cohesión y de Pesca. Todos estos fondos se gestionan a nivel nacional, por parte de cada Estado miembro de la UE, sobre la base de unos Acuerdos de asociación, que son planes estratégicos en los que se describen los objetivos y las prioridades de inversión de cada país.</t>
   </si>
   <si>
     <t>DISARM</t>
   </si>
   <si>
     <t>DISARM es una colaboración entre agricultores, veterinarios, servicios de asesoramiento, académicos e industria para difundir soluciones innovadoras para el manejo de la resistencia a los antibióticos en la producción ganadera para aliviar la amenaza de la resistencia a los antibióticos. La red intercambiará enfoques innovadores entre industrias y países para compartir las mejores prácticas en todo el sector ganadero.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN es una red temática de nitrógeno y fósforo que recopila conociientos osbre tecnologías, productos, aplicaciones y prácticas de fertilizantes de origen biológico recuperados, listos para su uso, para beneficio de los profesionales agrícolas. El proyecto se centra en conectar resultados innovadores, competitivos y comercialmente listos para su uso, derivados de programas científicos aplicados de alta madurez investigadora y prácticas industriales comunes.</t>
   </si>
   <si>
     <t>SuWaNu Europe</t>
   </si>
   <si>
     <t>SUWANU EUROPE se centra en proyectos de reutilización de agua en Europa mediante la reutilización de aguas residuales tratadas en la agricultura</t>
-  </si>
-[...10 lines deleted...]
-    <t>Winetwork es un proyecto colaborativo europeo para el intercambio y la transferencia de conocimientos innovadores entre las regiones europeas de cultivo del vino para aumentar la productividad y la sostenibilidad del sector. Durante 3 años, 11 socios de 7 países europeos intercambiarán su conocimiento sobre dos enfermedades importantes en viñedos: enfermedades del tronco de vid y flavesencia dorée. El enfoque del proyecto se basa en las interacciones entre una red de agentes facilitadores, grupos de trabajo regionales y dos grupos de trabajo científicos. Este enfoque participativo permitirá la transferencia de resultados de la ciencia y el conocimiento práctico a los materiales adaptados a los usuarios finales.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Consultoría, Auditorías, Analítica y Formación en el sector de la seguridad alimentaria</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Organización profesional sin ánimo de lucro formada por empresas dedicadas a la producción de levadura para nutrición y salud, panificación y fermentación</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Plataforma de Investigación, Transferecncia del conocimiento, eventos y noticias relacionadas al sector agroalimentario</t>
   </si>
   <si>
     <t>GAL Desenvolupament Rural i pesquer d’Eivissa i Formentera</t>
   </si>
   <si>
     <t>La principal tarea del grupo es la gestión de estrategias y proyectos de desarrollo rural y pesquero locales, siendo la tarea más importante por recursos y dedicación las Estrategias de Desarrollo Local Participativo rural y pesquera, cofinanciado entre fondos europeos (FEADER y FEMP) y nacionales</t>
   </si>
@@ -1940,828 +1994,828 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C251"/>
+  <dimension ref="A1:C260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C251"/>
+      <selection activeCell="A1" sqref="A1:C260"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2464.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>147</v>
@@ -2783,1195 +2837,1195 @@
         <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
         <v>364</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>367</v>
@@ -3993,769 +4047,868 @@
         <v>370</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
         <v>372</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
         <v>376</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
         <v>378</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
         <v>382</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
         <v>384</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
         <v>388</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
         <v>390</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
         <v>394</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
         <v>402</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
         <v>408</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
         <v>410</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
         <v>412</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
         <v>414</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
         <v>418</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
         <v>420</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
         <v>426</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
         <v>428</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
         <v>434</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
         <v>446</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
         <v>450</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
         <v>452</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
         <v>456</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
         <v>458</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
         <v>462</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
         <v>464</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
         <v>468</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
         <v>470</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="s">
         <v>476</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="s">
         <v>480</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="s">
         <v>482</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="s">
         <v>488</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="s">
         <v>492</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="s">
         <v>494</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="s">
         <v>498</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="s">
         <v>500</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="s">
         <v>504</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>505</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>523</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>