--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -12,64 +12,316 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1618">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1702">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
+    <t>La Junta de Andalucía ha inaugurado la nueva Oficina Comarcal Agraria (OCA) de Ronda</t>
+  </si>
+  <si>
+    <t>La Junta de Andalucía ha inaugurado la nueva Oficina Comarcal Agraria (OCA) de Ronda, una infraestructura en la que se han invertido 1,7 millones de euros, financiados en gran parte con fondos Feader. La nueva sede sustituye a unas antiguas instalaciones que resultaban insuficientes para atender a las más de 5.000 explotaciones agrarias de la comarca, y se concibe como un refuerzo de la primera...</t>
+  </si>
+  <si>
+    <t>Jue, 12/03/2026 - 09:54</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/la-junta-andalucia-ha-inaugurado-la-nueva-oficina-comarcal-agraria-oca-ronda</t>
+  </si>
+  <si>
+    <t>El proyecto MujerForest forma mujeres del medio rural para la empleabilidad verde</t>
+  </si>
+  <si>
+    <t>MujerForest es un proyecto gratuito de formación y empleabilidad verde dirigido principalmente a mujeres del medio rural de la Sierra Morena de Sevilla, en el marco de la bioeconomía y la gestión forestal sostenible.Está cofinanciado por el Fondo Social Europeo Plus (FSE+) en un 85%, dentro de la Convocatoria 2024 del Programa Empleaverde+, gestionado por la Fundación...</t>
+  </si>
+  <si>
+    <t>Lun, 09/03/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/el-proyecto-mujerforest-forma-mujeres-del-medio-rural-la-empleabilidad-verde</t>
+  </si>
+  <si>
+    <t>La Junta aprueba la creación de la Academia Andaluza de Agricultura</t>
+  </si>
+  <si>
+    <t>Fuente: Junta de AndalucíaLa entidad tendrá sede en Almería y promoverá la investigación, la innovación y la transferencia de conocimiento en el sector agrarioEl Consejo de Gobierno ha aprobado el decreto por el que se crea la Academia Andaluza de Agricultura, con sede en el Parque Científico-Tecnológico de Almería (PITA), y su integración en el Instituto de Academias de Andalucía. La nueva...</t>
+  </si>
+  <si>
+    <t>Lun, 09/03/2026 - 12:49</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/la-junta-aprueba-la-creacion-la-academia-andaluza-agricultura</t>
+  </si>
+  <si>
+    <t>CIDAF y cuatro proyectos de innovación circular: del residuo agroalimentario al bioinsumo y al ingrediente funcional</t>
+  </si>
+  <si>
+    <t>La bioeconomía circular está abriendo nuevas vías para que el sector agroalimentario convierta subproductos y recursos naturales en soluciones de alto valor: bioestimulantes, ingredientes funcionales, piensos más eficientes y alternativas naturales para mejorar la sanidad y productividad de los cultivos. En esta línea se sitúan cuatro proyectos colaborativos con participación destacada del Centro...</t>
+  </si>
+  <si>
+    <t>Lun, 02/03/2026 - 18:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/cidaf-y-cuatro-proyectos-innovacion-circular-del-residuo-agroalimentario-al-bioinsumo-y-al</t>
+  </si>
+  <si>
+    <t>CTAEX impulsa la transferencia y la colaboración en Transfiere 2026</t>
+  </si>
+  <si>
+    <t>El Centro Tecnológico Nacional Agroalimentario Extremadura (CTAEX) participó en Transfiere, el Foro Europeo para la Ciencia, Tecnología e Innovación, con el propósito de reforzar la transferencia de conocimiento y abrir nuevas vías de cooperación en el sector agroalimentario. El evento se celebró del 24 al 26 de febrero de 2026 en el Palacio de Ferias y Congresos de Málaga.Como en anteriores...</t>
+  </si>
+  <si>
+    <t>Lun, 02/03/2026 - 16:05</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/ctaex-impulsa-la-transferencia-y-la-colaboracion-transfiere-2026</t>
+  </si>
+  <si>
+    <t>Los Seminarios CITOLIVA arrancan en marzo en Córdoba: seis jornadas técnicas para impulsar el futuro del olivar</t>
+  </si>
+  <si>
+    <t>Córdoba será el punto de partida de los Seminarios CITOLIVA, una propuesta formativa presencial que conecta ciencia, práctica y territorio para afrontar los grandes retos del sector oleícola: cambio climático, escasez de recursos y exigencia creciente de calidad.Bajo el lema “Forma parte de la red de conocimiento que está transformando el olivar”, CITOLIVA impulsa este ciclo como un espacio...</t>
+  </si>
+  <si>
+    <t>Jue, 26/02/2026 - 21:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/los-seminarios-citoliva-arrancan-marzo-cordoba-seis-jornadas-tecnicas-impulsar-el-futuro</t>
+  </si>
+  <si>
+    <t>Besemoslatierra reúne guías y soluciones innovadoras para mejorar la salud del suelo</t>
+  </si>
+  <si>
+    <t>El Boletín Informativo de febrero de Besemoslatierra llega con contenidos de especial interés para profesionales del sector primario, asesores, técnicos y personas implicadas en la innovación agraria. En un contexto en el que la sostenibilidad y la productividad dependen cada vez más de una buena gestión del suelo, esta edición recopila recursos prácticos y enfoques innovadores orientados a la...</t>
+  </si>
+  <si>
+    <t>Jue, 26/02/2026 - 18:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/besemoslatierra-reune-guias-y-soluciones-innovadoras-mejorar-la-salud-del-suelo</t>
+  </si>
+  <si>
+    <t>Luis Planas sitúa la innovación y la digitalización como eje del liderazgo agroalimentario español</t>
+  </si>
+  <si>
+    <t>El ministro defiende la apuesta del Gobierno por la modernización tecnológica, clave para reforzar la competitividad y la sostenibilidad del sector en un contexto internacional complejoSubraya que España es una potencia agroalimentaria y que la Estrategia Nacional de Alimentación y el Plan Internacional de la Gastronomía consolidan una hoja de ruta para garantizar su liderazgoPlanas pone en valor...</t>
+  </si>
+  <si>
+    <t>Mié, 25/02/2026 - 18:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/luis-planas-situa-la-innovacion-y-la-digitalizacion-eje-del-liderazgo-agroalimentario</t>
+  </si>
+  <si>
+    <t>CNTA lanza la sexta edición de Food (Tech)² Challengers y abre el plazo de solicitudes hasta el 13 de marzo</t>
+  </si>
+  <si>
+    <t>El Centro Nacional de Tecnología y Seguridad Alimentaria (CNTA) ha abierto el periodo de envío de solicitudes para participar en la 6ª edición de Food (Tech)² Challengers, un programa de impulso tecnológico financiado por el Ministerio de Agricultura, Pesca y Alimentación (MAPA) y orientado a acelerar el desarrollo y la competitividad de startups foodtech españolas, reforzando su conexión con el...</t>
+  </si>
+  <si>
+    <t>Vie, 20/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/cnta-lanza-la-sexta-edicion-food-tech2-challengers-y-abre-el-plazo-solicitudes-el-13-marzo</t>
+  </si>
+  <si>
+    <t>Abierta una nueva convocatoria de “Reto Rural Digital”, formación gratuita para impulsar la inclusión digital en el medio rural</t>
+  </si>
+  <si>
+    <t>La Fundación UNED mantiene abierta una nueva ventana de inscripción del programa Reto Rural Digital – “La inclusión digital rural: un avance social”, un itinerario de formación digital gratuita dirigido a población residente en el medio rural y núcleos dispersos. La 6.ª convocatoria estará disponible del 9 al 27 de marzo de 2026. El proyecto está subvencionado por la Unión Europea – Next...</t>
+  </si>
+  <si>
+    <t>Mié, 18/02/2026 - 16:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/abierta-una-nueva-convocatoria-reto-rural-digital-formacion-gratuita-impulsar-la-inclusion</t>
+  </si>
+  <si>
+    <t>EDIH Madrid Region 2.0 arranca su nueva etapa con el encuentro de lanzamiento en la Fundación madri+d</t>
+  </si>
+  <si>
+    <t>La sede de la Fundación para el Conocimiento madri+d acogió el pasado 20 de enero de 2026 la reunión de lanzamiento (Kick-off meeting) de EDIH Madrid Region 2.0, un hito que formaliza el comienzo de la nueva fase del European Digital Innovation Hub de la Comunidad de Madrid. La jornada reunió a los socios del consorcio y a representantes institucionales con el objetivo de afianzar la colaboración...</t>
+  </si>
+  <si>
+    <t>Mar, 17/02/2026 - 11:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/edih-madrid-region-20-arranca-su-nueva-etapa-el-encuentro-lanzamiento-la-fundacion-madrid</t>
+  </si>
+  <si>
+    <t>Castillo de Canena será el primer olivar español en confiar el control de plagas a insectos beneficiosos</t>
+  </si>
+  <si>
+    <t>La iniciativa, impulsada por CITOLIVA, a través de su servicio AGRO·LIVE Aliados Naturales, permitirá reducir el uso de fitosanitarios y reforzar el equilibrio natural del cultivo.En los olivares de Castillo de Canena ya no solo trabajarán técnicos y tractores. A partir de esta campaña también lo harán insectos. Pequeños, discretos y casi invisibles, se convertirán en los guardianes silenciosos...</t>
+  </si>
+  <si>
+    <t>Mar, 17/02/2026 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/castillo-canena-sera-el-primer-olivar-espanol-confiar-el-control-plagas-insectos</t>
+  </si>
+  <si>
+    <t>La Oficina C del congreso incluye interesantes cuestiones agrícolas en su votación pública para uno de sus tres próximos informes</t>
+  </si>
+  <si>
+    <t>El Congreso de los Diputados ha abierto una votación pública para que la ciudadanía elija el tema de uno de los tres “Informes C” que la Oficina de Ciencia y Tecnología (Oficina C) elaborará y presentará en 2026. La participación está disponible hasta el 23 de febrero de 2026. La votación se realiza sobre una lista cerrada de 20 temas, confeccionada por la Oficina C (la Oficina de Ciencia y...</t>
+  </si>
+  <si>
+    <t>Lun, 16/02/2026 - 17:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/la-oficina-c-del-congreso-incluye-interesantes-cuestiones-agricolas-su-votacion-publica</t>
+  </si>
+  <si>
+    <t>El GO VOLTAGRO participará como ponente en la jornada técnica sobre agrivoltaica del CIES 2026</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo VOLTAGRO participará como ponente en la jornada técnica "Agrivoltaica: energía solar más allá del kilovatiohora”, una cita que se celebra en el marco de las actividades paralelas abiertas del XX Congreso Ibérico y XVI Congreso Iberoamericano de Energía Solar (CIES 2026), organizado por CIESOL y AEDES. La jornada tendrá lugar el 25 de marzo de 2026, de 9:30 a 13:00, en la...</t>
+  </si>
+  <si>
+    <t>Jue, 12/02/2026 - 11:08</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/el-go-voltagro-participara-ponente-la-jornada-tecnica-agrivoltaica-del-cies-2026</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech abre una nueva convocatoria de Retos Tecnológicos para acelerar soluciones innovadoras en agroalimentación</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech ha puesto en marcha una nueva edición de sus Retos Tecnológicos, una convocatoria dirigida a startups, empresas tecnológicas, grupos de investigación y equipos innovadores que deseen desarrollar herramientas y aplicaciones orientadas a resolver necesidades reales del sector agroalimentario.La iniciativa se integra en el proyecto Andalucía Agrotech European Digital...</t>
+  </si>
+  <si>
+    <t>Mié, 11/02/2026 - 12:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/cajamar-innova-agrotech-abre-una-nueva-convocatoria-retos-tecnologicos-acelerar-soluciones</t>
+  </si>
+  <si>
+    <t>Casi 830.000 euros para acercar la agricultura del futuro: el Canal de Villadangos impulsa su transformación hídrica con el PERTE</t>
+  </si>
+  <si>
+    <t>Con una de las mayores inversiones del PERTE en la provincia, la Comunidad de Regantes del Canal de Villadangos digitaliza 7.000 hectáreas para alcanzar la máxima eficiencia y autonomía tecnológica.La Comunidad de Regantes del Canal de Villadangos ha puesto ya en marcha su proyecto de digitalización integral. Con 6.000 hectáreas de maíz, cereal y remolacha, entre otros cultivos, y con la...</t>
+  </si>
+  <si>
+    <t>Mar, 10/02/2026 - 18:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/casi-830000-euros-acercar-la-agricultura-del-futuro-el-canal-villadangos-impulsa-su</t>
+  </si>
+  <si>
+    <t>El GO FOTOPUR presentará sus avances en dos jornadas técnicas sobre innovación, energía y emisiones en porcino</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo GO FOTOPUR participará durante el mes de febrero en dos eventos clave centrados en la innovación y en la mejora de la eficiencia y sostenibilidad del sector porcino. Estas citas, que tendrán lugar en Zaragoza y Tauste, serán una oportunidad para compartir conocimientos, intercambiar experiencias con profesionales del sector y dar visibilidad al trabajo que desarrolla el...</t>
+  </si>
+  <si>
+    <t>Mar, 10/02/2026 - 12:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/el-go-fotopur-presentara-sus-avances-dos-jornadas-tecnicas-innovacion-energia-y-emisiones</t>
+  </si>
+  <si>
+    <t>Investigadores del INMA desarrollan un nuevo sensor rápido de bacterias peligrosas en los alimentos, como la salmonella o la listeria</t>
+  </si>
+  <si>
+    <t>Fuente: REFEAGASEl estudio, que utiliza cristales líquidos que ‘se encienden’ cuando detectan un patógeno, se ha publicado en la prestigiosa revista Journal of the American Chemical Society, y abre la puerta a encontrar soluciones efectivas y exprés para evitar brotesUn equipo de investigadores del INMA, instituto mixto del Consejo Superior de Investigaciones Científicas (CSIC) y la Universidad...</t>
+  </si>
+  <si>
+    <t>Vie, 06/02/2026 - 14:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/investigadores-del-inma-desarrollan-nuevo-sensor-rapido-bacterias-peligrosas-los-alimentos</t>
+  </si>
+  <si>
+    <t>Presentado un avance del Barómetro de Sostenibilidad del sector vitivinícola español</t>
+  </si>
+  <si>
+    <t>Cajamar Caja Rural y la Federación Española del Vino (FEV) han presentado en la Barcelona Wine Week un primer avance del Barómetro de Sostenibilidad del sector vitivinícola español, una herramienta vinculada al sello Sustainable Wineries for Climate Protection (impulsado por la FEV y con más de 148 bodegas certificadas). El barómetro permitirá disponer de una “fotografía” del desempeño de las...</t>
+  </si>
+  <si>
+    <t>Vie, 06/02/2026 - 14:16</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/presentado-avance-del-barometro-sostenibilidad-del-sector-vitivinicola-espanol</t>
+  </si>
+  <si>
+    <t>EU CAP Network abre la convocatoria para participar en las visitas cruzadas 2026</t>
+  </si>
+  <si>
+    <t>La EU CAP Network (Red PAC de la UE) ha lanzado una convocatoria de expresión de interés para participar en las cross-visits 2026, una serie de visitas cruzadas orientadas a impulsar la innovación, el intercambio de conocimientos y el trabajo en red en el marco de la EIP-AGRI. El plazo de solicitud finaliza el 20 de febrero de 2026 (23:59 CET). Tres temáticas para las cross-visits 2026Las...</t>
+  </si>
+  <si>
+    <t>Vie, 30/01/2026 - 19:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/eu-cap-network-abre-la-convocatoria-participar-las-visitas-cruzadas-2026</t>
+  </si>
+  <si>
+    <t>GO INGNUTS impulsa la sostenibilidad del almendro en CICYTEX</t>
+  </si>
+  <si>
+    <t>Fuente: GO INGNUTSEl pasado mes de diciembre se celebraron en las instalaciones de la cooperativa COFRUIT, en Mérida, las Jornadas Técnicas de Agronomía del CICYTEX de Extremadura tituladas: «Agrotecnología y sostenibilidad: el nuevo impulso del campo extremeño». La segunda presentación fue la de del proyecto "GO_INGNUTS. Uso de Agricultura de Precisión, de la Biodiversidad y Salud del Suelo en...</t>
+  </si>
+  <si>
+    <t>Vie, 30/01/2026 - 17:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/go-ingnuts-impulsa-la-sostenibilidad-del-almendro-cicytex</t>
+  </si>
+  <si>
     <t>El 18 de febrero se cierra la tercera convocatoria cofinanciada de la Asociación Europea AGROECOLOGY</t>
   </si>
   <si>
     <t>La asociación europea AGROECOLOGY ha abierto oficialmente la 3ª convocatoria cofinanciada de proyectos de investigación e innovación, bajo el lema “Fomentar la diversidad genética vegetal y animal y empoderar a los agricultores para acelerar la transición agroecológica”.Esta convocatoria se centra en dos pilares clave de la transición agroecológica: la dimensión genética y la dimensión social,...</t>
   </si>
   <si>
     <t>Mié, 28/01/2026 - 14:56</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/el-18-febrero-se-cierra-la-tercera-convocatoria-cofinanciada-la-asociacion-europea</t>
   </si>
   <si>
     <t>Avances en el análisis de la madera y el estudio de suelos del Grupo Operativo Coníferas+</t>
   </si>
   <si>
     <t>El Grupo Operativo Coníferas + continúa avanzando en el desarrollo de sus trabajos de investigación y toma de datos, con hitos relevantes tanto en el análisis de la calidad estructural de la madera en árboles en pie como en el muestreo de suelos para la identificación de alternativas a las coníferas afectadas por enfermedades. Ambos avances refuerzan la base científica del proyecto y aportan...</t>
   </si>
   <si>
     <t>Mié, 28/01/2026 - 12:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/avances-el-analisis-la-madera-y-el-estudio-suelos-del-grupo-operativo-coniferas</t>
   </si>
   <si>
     <t>Conferencia CDTI “Entre dos Programas, Horizonte Europa”</t>
@@ -134,60 +386,60 @@
   <si>
     <t>Abierto el plazo para participar en la conferencia de la EU CAP Network sobre resiliencia hídrica en agricultura</t>
   </si>
   <si>
     <t>EU CAP Network ha abierto el plazo de presentación de expresiones de interés para participar en la conferencia “Water resilience in agriculture: innovation in practice”, un encuentro europeo centrado en la innovación, el intercambio de conocimiento y el enfoque EIP-AGRI.El 9 de febrero es la fecha límite para presentar candidaturas para asistir a esta reunión que tendrá lugar en Hamburgo (...</t>
   </si>
   <si>
     <t>Mié, 21/01/2026 - 22:44</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/abierto-el-plazo-participar-la-conferencia-la-eu-cap-network-resiliencia-hidrica</t>
   </si>
   <si>
     <t>Hasta el 12 de febrero, continúa abierta la convocatoria “Ecosistemas de Innovación y Transferencia 2025” de ayudas CDTI</t>
   </si>
   <si>
     <t>La convocatoria Ecosistemas de Innovación y Transferencia 2025 mantiene abierto su plazo de presentación de solicitudes hasta el 12 de febrero de 2026, con el objetivo de reforzar ecosistemas interregionales orientados a la transferencia, difusión y valorización del conocimiento, en línea con el enfoque de los Sistemas de Conocimiento e Innovación Agraria (AKIS).  Esta actuación busca...</t>
   </si>
   <si>
     <t>Mar, 20/01/2026 - 17:45</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/el-12-febrero-continua-abierta-la-convocatoria-ecosistemas-innovacion-y-transferencia-2025</t>
   </si>
   <si>
-    <t>SECUESVAC avanza en el cálculo del secuestro de carbono orgánico en los suelos agrarios</t>
+    <t>GO SECUESVAC avanza en el cálculo del secuestro de carbono orgánico en los suelos agrarios</t>
   </si>
   <si>
     <t>El proyecto del GO SECUESVAC ha dado un nuevo paso con el inicio de la fase centrada en el cálculo del secuestro de carbono orgánico en el suelo. Tras el comienzo de la segunda etapa, los integrantes del Grupo Operativo Optimización del secuestro de carbono en los suelos agrarios asociados a la producción de carne de vacuno trabajan en la definición de estrategias y en la recogida de datos...</t>
   </si>
   <si>
     <t>Mar, 20/01/2026 - 10:22</t>
   </si>
   <si>
-    <t>https://akisplataforma.es/noticias/secuesvac-avanza-el-calculo-del-secuestro-carbono-organico-los-suelos-agrarios</t>
+    <t>https://akisplataforma.es/noticias/go-secuesvac-avanza-el-calculo-del-secuestro-carbono-organico-los-suelos-agrarios</t>
   </si>
   <si>
     <t>AgroBank Tech Digital INNovation abre su Open Call 2026 para impulsar la digitalización del sector agroalimentario</t>
   </si>
   <si>
     <t>AgroBank Tech Digital INNovation lanza oficialmente la Open Call de su edición 2026, dirigida a startups y proyectos tecnológicos que aporten soluciones innovadoras a los grandes retos del sector agroalimentario. El programa busca iniciativas capaces de acelerar la transformación digital, mejorar la sostenibilidad y reforzar la competitividad del sector.AgroBank Tech Digital INNovation, es un...</t>
   </si>
   <si>
     <t>Lun, 19/01/2026 - 16:47</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/agrobank-tech-digital-innovation-abre-su-open-call-2026-impulsar-la-digitalizacion-del</t>
   </si>
   <si>
     <t>La digitalización del campo: una aliada para el futuro del regadío en la Comunidad de regantes de La Nava</t>
   </si>
   <si>
     <t>La digitalización se ha convertido en una herramienta clave para afrontar los grandes retos del campo del siglo XXI: la escasez de agua, el cambio climático y la necesidad de producir más con menos recursos. En este contexto, las nuevas tecnologías aplicadas al regadío, como los sensores, plataformas de datos, automatización o telegestión, están transformando la manera en que los agricultores...</t>
   </si>
   <si>
     <t>Vie, 16/01/2026 - 11:33</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/la-digitalizacion-del-campo-una-aliada-el-futuro-del-regadio-la-comunidad-regantes-la-nava</t>
   </si>
@@ -4009,79 +4261,79 @@
   <si>
     <t>La convención “Crecemos juntas” presenta casos de éxito de emprendimiento femenino en el medio rural</t>
   </si>
   <si>
     <t>Más impulso al medio rural
 	El encuentro estatal de mujeres rurales “Crecemos Juntas-Proyecto Mentoras Rurales” expuso experiencias exitosas de emprendimiento lideradas por mujeres rurales con el fin de alentar la dinamización en el medio rural
 	En la convención se estrenó un documental con cuatro historias de éxito de mujeres en el ámbito de la ganadería, agricultura, textil y pesca...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/la-convencion-crecemos-juntas-presenta-casos-exito-emprendimiento-femenino-el-medio-rural</t>
   </si>
   <si>
     <t>El secretario general de Agricultura y Alimentación destaca el papel de la fertilización en la consecución de una agricultura sostenible</t>
   </si>
   <si>
     <t>El secretario general de Agricultura y Alimentación, Fernando Miranda, ha destacado hoy el papel de la fertilización en la consecución de una agricultura sostenible, ya que la aplicación de nutrientes a los cultivos es esencial para la productividad de los cultivos y redunda en su rentabilidad y  sostenibilidad. 
 Fernando Miranda ha intervenido en la clausura de la jornada de...</t>
   </si>
   <si>
     <t>Jue, 30/11/2023 - 11:02</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/el-secretario-general-agricultura-y-alimentacion-destaca-el-papel-la-fertilizacion-la</t>
   </si>
   <si>
-    <t>El secretario general de Agricultura subraya la importancia de restablecer los flujos comerciales de alimentos y fertilizantes para la seguridad alimentaria mundial</t>
-[...2 lines deleted...]
-    <t>El secretario general de Agricultura y Alimentación, Fernando Miranda, ha destacado hoy la necesidad de restablecer los flujos comerciales de alimentos y fertilizantes para garantizar la seguridad alimentaria en el mundo, amenazada por la situación de guerra en Ucrania, y especialmente en los países más vulnerables. particularmente indicando que es necesario mantener el Acuerdo sobre el Grano del...</t>
+    <t>El Ministerio de Agricultura, Pesca y Alimentación invierte dos millones de euros en obras de modernización de regadíos sostenibles en Valderredible (Cantabria)</t>
+  </si>
+  <si>
+    <t>El Ministerio de Agricultura, Pesca y Alimentación (MAPA), a través de la Sociedad Mercantil Estatal de Infraestructuras Agrarias (SEIASA), ha formalizado hoy dos convenios de colaboración con las comunidades de regantes de Ruijas-Ebro y Villamoñicos-Revelillas, en el municipio cántabro de Valderredible para realizar actuaciones de modernización en estos regadíos por un valor de 2.000.000 euros (...</t>
   </si>
   <si>
     <t>Lun, 24/07/2023 - 09:28</t>
-  </si>
-[...7 lines deleted...]
-    <t>El Ministerio de Agricultura, Pesca y Alimentación (MAPA), a través de la Sociedad Mercantil Estatal de Infraestructuras Agrarias (SEIASA), ha formalizado hoy dos convenios de colaboración con las comunidades de regantes de Ruijas-Ebro y Villamoñicos-Revelillas, en el municipio cántabro de Valderredible para realizar actuaciones de modernización en estos regadíos por un valor de 2.000.000 euros (...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/el-ministerio-agricultura-pesca-y-alimentacion-invierte-dos-millones-euros-obras</t>
   </si>
   <si>
     <t>Luis Planas: La investigación y la innovación son herramientas estratégicas para la producción eficiente de alimentos</t>
   </si>
   <si>
     <t>El ministro de Agricultura, Pesca y Alimentación, Luis Planas, ha reiterado hoy que la investigación, la innovación y la aplicación de nuevas tecnologías son “herramientas estratégicas imprescindibles” que permitirán una producción de alimentos más eficiente, que consuma menos recursos, y que genere mayor valor añadido y mejor calidad de vida en el medio rural.  
 El ministro,...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/luis-planas-la-investigacion-y-la-innovacion-son-herramientas-estrategicas-la-produccion</t>
+  </si>
+  <si>
+    <t>El secretario general de Agricultura subraya la importancia de restablecer los flujos comerciales de alimentos y fertilizantes para la seguridad alimentaria mundial</t>
+  </si>
+  <si>
+    <t>El secretario general de Agricultura y Alimentación, Fernando Miranda, ha destacado hoy la necesidad de restablecer los flujos comerciales de alimentos y fertilizantes para garantizar la seguridad alimentaria en el mundo, amenazada por la situación de guerra en Ucrania, y especialmente en los países más vulnerables. particularmente indicando que es necesario mantener el Acuerdo sobre el Grano del...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/el-secretario-general-agricultura-subraya-la-importancia-restablecer-los-flujos</t>
   </si>
   <si>
     <t>El VI congreso de “Cultura y Ruralidades” ahonda en la importancia de la cultura para la identidad de los pueblos</t>
   </si>
   <si>
     <t>Más impulso al medio rural
 	La sexta edición del Foro Cultura y Ruralidades ha tenido lugar en Cuenca del 4 al 7 de julio
 	Bajo el título de “Continuidades-Discontinuidades. Artes, creación y ruralidades contemporáneas en Europa”, el foro ha analizado el influjo de las tradiciones rurales en el arte contemporáneo
 	Esta edición ha coincidido con el arranque de la Presidencia Española del...</t>
   </si>
   <si>
     <t>Lun, 17/07/2023 - 15:05</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/el-vi-congreso-cultura-y-ruralidades-ahonda-la-importancia-la-cultura-la-identidad-los</t>
   </si>
   <si>
     <t>El Grupo Operativo FitoNet pone en marcha el desarrollo de una red social sobre biodiversidad genética vegetal</t>
   </si>
   <si>
     <t>Más impulso al medio rural
 	El Grupo Operativo GO FitoNet nace para mejorar la oferta de variedades genéticas y favorecer el aprovechamiento de la biodiversidad de los cultivos
 	Su propósito es facilitar información y recursos para fomentar el uso de una mayor variedad genética que potencie la calidad de los productos vegetales
 19.06.2023. “Biodiversidad” no es un concepto vacío ni...</t>
   </si>
@@ -4467,107 +4719,164 @@
     <t>https://akisplataforma.es/noticias/nueva-version-linea-la-herramienta-evaluacion-fairshare-dats</t>
   </si>
   <si>
     <t>La Red Rural Nacional celebra la quinta reunión del partenariado para presentar las principales novedades sobre el Plan Estratégico de la PAC 2023 – 2027</t>
   </si>
   <si>
     <t>La Red Rural Nacional celebra la quinta reunión del partenariado para presentar las principales novedades sobre el Plan Estratégico de la PAC 2023 – 2027 asimon Jue, 03/11/2022 - 16:35
 	Los integrantes del Partenariado son convocados a una nueva jornada informativa y de debate en torno al Plan Estratégico de la PAC  2023-2027 para España
 	El partenariado del Plan reúne a entidades y...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/la-red-rural-nacional-celebra-la-quinta-reunion-del-partenariado-presentar-las-principales</t>
   </si>
   <si>
     <t>La Red Rural Nacional muestra los proyectos existentes en los territorios con perspectiva de género y de conciliación</t>
   </si>
   <si>
     <t>La Red Rural Nacional muestra los proyectos existentes en los territorios con perspectiva de género y de conciliación asimon Mié, 02/11/2022 - 08:00
 	La Red Rural Nacional (RRN) organiza la jornada “Intercambio de experiencias LEADER: mujeres rurales en los ámbitos de conciliación, corresponsabilidad, perspectiva de género, economía social y sostenibilidad”
 	El encuentro está enmarcado...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/la-red-rural-nacional-muestra-los-proyectos-existentes-los-territorios-perspectiva-genero</t>
   </si>
   <si>
+    <t>Nace la “Red Europea de la PAC”</t>
+  </si>
+  <si>
+    <t>Nace la “Red Europea de la PAC” asimon Jue, 20/10/2022 - 09:52
+	La “Red Europea de la PAC” es la continuación de la Red Europea de Desarrollo Rural (ENRD) bajo el marco de la nueva PEPAC 23-27
+	Reunirá bajo una única red a nivel europeo a las nuevas “Redes Nacionales de la PAC”, conocidas hasta ahora como redes nacionales de desarrollo rural
+	De esta forma, a las políticas de desarrollo...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/nace-la-red-europea-la-pac</t>
+  </si>
+  <si>
+    <t>Los “Premios europeos de inspiración Rural” 2022 reconocen los proyectos liderados por los jóvenes rurales</t>
+  </si>
+  <si>
+    <t>Los “Premios europeos de inspiración Rural” 2022 reconocen los proyectos liderados por los jóvenes rurales asimon Jue, 13/10/2022 - 13:41
+	La IV edición de los “Rural Inspiration Awards 2022” – organizada por la Red Europea de Desarrollo Rural-  da a conocer los proyectos beneficiarios de ayudas del Fondo Europeo Agrícola de Desarrollo Rural (FEADER) del período 2014-2020
+	Este año los...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/los-premios-europeos-inspiracion-rural-2022-reconocen-los-proyectos-liderados-los-jovenes</t>
+  </si>
+  <si>
+    <t>Visita cruzada de asesores húngaros en Alemania (Niederalteich) en el marco del proyecto i2connect</t>
+  </si>
+  <si>
+    <t>¿Cuál es el papel de NAK en i2connect? (NAK) ha sido miembro activo del proyecto internacional i2connect H2020 como socio del consorcio durante dos años y medio. The project, which started in November 2019, addresses agricultural advisors building on the already existing advisory networks and realized success stories, with an approach in which innovation is a bottom-up initiative. Particular...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/visita-cruzada-asesores-hungaros-alemania-niederalteich-el-marco-del-proyecto-i2connect</t>
+  </si>
+  <si>
+    <t>Ideas inspiradoras: los agricultores franceses establecen una cadena de valor local con madera de setos</t>
+  </si>
+  <si>
+    <t>¡Se acerca la temporada de barbacoas! Y esa es una buena noticia para los agricultores de la 'Association Bois Paysan' en la región francesa de Cévennes, que crearon un colectivo local que produce troncos, astillas de madera y “madera para barbacoa” a partir de viejos setos en sus tierras de cultivo.
+La idea de crear el colectivo de productores de madera surgió hace unos años, cuando varios...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/ideas-inspiradoras-los-agricultores-franceses-establecen-una-cadena-valor-local-madera</t>
+  </si>
+  <si>
+    <t>Ideas inspiradoras: decisiones basadas en datos para una mejor agricultura</t>
+  </si>
+  <si>
+    <t>Los agricultores utilizan cada vez más nuevas tecnologías para recopilar y procesar datos con el fin de ofrecer conocimientos económicos y ambientales y aumentar el rendimiento agrícola. Las formas inteligentes de recopilar, gestionar y compartir datos pueden ayudar a los agricultores a trabajar de forma más precisa, eficiente y sostenible. El innovador proyecto sueco 'Mejores decisiones para la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/ideas-inspiradoras-decisiones-basadas-datos-una-mejor-agricultura</t>
+  </si>
+  <si>
+    <t>Ideas inspiradoras: tecnología móvil para prevenir ataques de lobos</t>
+  </si>
+  <si>
+    <t>La creciente población de lobos está causando cada vez más problemas a los ganaderos extensivos españoles. El grupo operativo GELOB ha desarrollado y probado una solución tecnológica que puede ayudar a monitorear a los animales en pastoreo y mantenerlos a salvo de ataques.
+Los ataques de lobos causan cada año daños por valor de millones de euros al ganado español. Especialmente en zonas...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/ideas-inspiradoras-tecnologia-movil-prevenir-ataques-lobos</t>
+  </si>
+  <si>
+    <t>Gestión de plagas y enfermedades forestales emergentes</t>
+  </si>
+  <si>
+    <t>En las últimas décadas, un número creciente de plagas y enfermedades nativas y no nativas han causado graves pérdidas a los bosques europeos. El proyecto multiactor HOMED de Horizonte 2020 está desarrollando métodos y herramientas prácticos con base científica para evaluar y controlar plagas y patógenos forestales emergentes o invasores.
+“Las plagas de insectos y hongos patógenos pueden ser...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/gestion-plagas-y-enfermedades-forestales-emergentes</t>
+  </si>
+  <si>
+    <t>Demostrando que el MIP funciona</t>
+  </si>
+  <si>
+    <t>IPMWORKS es un proyecto de Horizonte 2020 que tiene como objetivo demostrar formas de reducir significativamente los pesticidas en todos los sectores agrícolas europeos. Es una red de centros agrícolas de demostración que brinda a los agricultores la oportunidad de intercambiar conocimientos sobre métodos no químicos para controlar las plagas y reducir su presión. Actualmente hay 21 centros...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/noticias/demostrando-que-el-mip-funciona</t>
+  </si>
+  <si>
     <t>El Grupo Operativo BIOFRUITNET impulsa la innovación en la producción de frutas ecológicas europeas</t>
   </si>
   <si>
     <t>El Grupo Operativo BIOFRUITNET impulsa la innovación en la producción de frutas ecológicas europeas asimon Vie, 28/10/2022 - 07:09
 	El proyecto del Grupo Operativo (GO) BIOFRUITNET pretende fortalecer y generar nuevas redes entre los distintos actores europeos implicados 
 	Su objetivo es la divulgación de conocimientos sobre el cultivo de frutas ecológicas para darlos a conocer en países de...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/el-grupo-operativo-biofruitnet-impulsa-la-innovacion-la-produccion-frutas-ecologicas</t>
   </si>
   <si>
     <t>Las asociaciones de jóvenes rurales presentan sus proyectos en la feria Presura de la mano de la Red Rural Nacional</t>
   </si>
   <si>
     <t>Las asociaciones de jóvenes rurales presentan sus proyectos en la feria Presura de la mano de la Red Rural Nacional asimon Jue, 27/10/2022 - 11:11
 	La iniciativa “Juventud enREDada” de la Red Rural Nacional (RRN) pretende visibilizar a las asociaciones de jóvenes para motivar el asociacionismo juvenil en proyectos que repercutan en el medio rural.
 	La (RRN) ha seleccionado varios trabajos...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/las-asociaciones-jovenes-rurales-presentan-sus-proyectos-la-feria-presura-la-mano-la-red</t>
   </si>
   <si>
     <t>La Red Rural Nacional se convierte en Red Nacional de la PAC</t>
   </si>
   <si>
     <t>La Red Rural Nacional se convierte en Red Nacional de la PAC asimon Mar, 25/10/2022 - 10:28
 	La Red Rural Nacional celebra su última asamblea antes de su conversión
 	Los nuevos Planes Estratégicos de la PAC transforman a todas las redes rurales de los estados miembros en redes nacionales PAC
 	La Red Nacional de la PAC se convierte en el nuevo paraguas del desarrollo rural y de las...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/la-red-rural-nacional-se-convierte-red-nacional-la-pac</t>
   </si>
   <si>
-    <t>Nace la “Red Europea de la PAC”</t>
-[...21 lines deleted...]
-  <si>
     <t>El Ministerio de Agricultura, Pesca y Alimentación organiza la quinta edición del Ciclo Nacional de Cine y Mujeres Rurales</t>
   </si>
   <si>
     <t>10 de octubre de 2022
 La muestra llegará a 70 localidades repartidas por las 17 comunidades autónomas y podrá seguirse online en 8 países de Centroamérica
 El Ministerio de Agricultura, Pesca y Alimentación organiza la quinta edición del Ciclo Nacional de Cine y Mujeres Rurales, que se celebrará entre los días 11 de octubre y 24 de noviembre, y llegará a 70 localidades repartidas por todo el...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/el-ministerio-agricultura-pesca-y-alimentacion-organiza-la-quinta-edicion-del-ciclo</t>
   </si>
   <si>
     <t>Competencia por el mejor caso práctico de apoyo a la innovación en Europa</t>
   </si>
   <si>
     <t>Buscamos asesores agrícolas y forestales con una historia de éxito para compartir!
 Los tiempos están cambiando! Por toda Europa, las empresas agrícolas y forestales se enfrentan a importantes, económico, y desafíos ambientales, así como oportunidades sin precedentes. La innovación es un factor clave en la adaptación continua a estos desafíos diversos y a veces contradictorios, y en aprovechar...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/competencia-el-mejor-caso-practico-apoyo-la-innovacion-europa</t>
   </si>
   <si>
     <t>La V edición del ciclo nacional de "Cine y Mujeres Rurales" lleva el cine a 70 localidades rurales de España</t>
   </si>
   <si>
     <t>La V edición del ciclo nacional de "Cine y Mujeres Rurales" lleva el cine a 70 localidades rurales de España asimon Vie, 07/10/2022 - 10:13
@@ -4578,124 +4887,67 @@
   <si>
     <t>https://akisplataforma.es/noticias/la-v-edicion-del-ciclo-nacional-cine-y-mujeres-rurales-lleva-el-cine-70-localidades</t>
   </si>
   <si>
     <t>El Ministerio de Agricultura, Pesca y Alimentación selecciona a las ganadoras de los "Premios de Excelencia a la Innovación para Mujeres Rurales"</t>
   </si>
   <si>
     <t>El Ministerio de Agricultura, Pesca y Alimentación selecciona a las ganadoras de los "Premios de Excelencia a la Innovación para Mujeres Rurales"  asimon Vie, 07/10/2022 - 06:58
 	Los XIII Premios de Excelencia a la Innovación para Mujeres Rurales premian a 13 iniciativas diferentes para dar visibilidad a la labor de mujeres rurales 
 	El apoyo se realiza para mostrar la diversificación de la...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/el-ministerio-agricultura-pesca-y-alimentacion-selecciona-las-ganadoras-los-premios</t>
   </si>
   <si>
     <t>Solicite el taller de EU Cap Network 'Jóvenes emprendedores: motores de innovación en zonas rurales'</t>
   </si>
   <si>
     <t>El taller de la Red de la PAC de la UE 'Jóvenes emprendedores: motores de innovación en zonas rurales' es un evento de un día y medio de duración que tendrá lugar en Dublín, Irlanda, el miércoles 30 de noviembre y el jueves 1 de diciembre de 2022.
 El taller se centrará en intercambiar conocimientos y compartir prácticas innovadoras e inspiradoras que puedan apoyar el emprendimiento joven y los...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/solicite-el-taller-eu-cap-network-jovenes-emprendedores-motores-innovacion-zonas-rurales</t>
   </si>
   <si>
-    <t>Visita cruzada de asesores húngaros en Alemania (Niederalteich) en el marco del proyecto i2connect</t>
-[...46 lines deleted...]
-  <si>
     <t>Ideas inspiradoras: unir fuerzas para los servicios ecosistémicos relacionados con el agua</t>
   </si>
   <si>
     <t>La llanura media del río Brenta en la región italiana del Véneto forma un rico ecosistema con valor ambiental, cultural, recreativo y agrícola. Bajo el título "Parco Fiume Brenta", un proyecto LIFE y un grupo operativo trabajan en estrecha sinergia para gestionar los recursos hídricos de Brenta de forma sostenible.
 La llanura del río Brenta es un corredor ecológico para la biodiversidad,...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/ideas-inspiradoras-unir-fuerzas-los-servicios-ecosistemicos-relacionados-el-agua</t>
   </si>
   <si>
     <t>Acelerar el cambio positivo en el sistema alimentario</t>
   </si>
   <si>
     <t>La nueva Convocatoria de Innovación Abierta en Alimentos del EIT financiará proyectos colaborativos de innovación alimentaria que crearán un cambio positivo en el sistema alimentario. Las propuestas deben tener como objetivo dar como resultado productos y servicios comercialmente viables que ayuden a garantizar un sistema alimentario más saludable, más justo, más transparente y resiliente para...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/acelerar-el-cambio-positivo-el-sistema-alimentario</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://akisplataforma.es/noticias/demostrando-que-el-mip-funciona</t>
   </si>
   <si>
     <t>La Academia Europea de Liderazgo crea la “Academia de mujeres para la innovación rural”</t>
   </si>
   <si>
     <t>La Academia Europea de Liderazgo crea la “Academia de mujeres para la innovación rural” asimon Lun, 19/09/2022 - 12:54
 	El programa acogerá a 15 mujeres de áreas rurales europeas diferentes para adquirir las habilidades y herramientas necesarias que les permitan emprender digitalmente desde sus propios pueblos
 	La inauguración tendrá lugar en Candeleda (Castilla y León) del 23 al 28 de...</t>
   </si>
   <si>
     <t>Mar, 08/11/2022 - 13:16</t>
   </si>
   <si>
     <t>https://akisplataforma.es/noticias/la-academia-europea-liderazgo-crea-la-academia-mujeres-la-innovacion-rural</t>
   </si>
   <si>
     <t>Recomendaciones de la EFSA para mejorar el bienestar de los animales durante el transporte</t>
   </si>
   <si>
     <t>Según las recomendaciones publicadas por la EFSA, es necesario proporcionar más espacio, reducir las temperaturas máximas y mantener los tiempos de viaje al mínimo para mejorar el bienestar de los animales de granja durante el transporte. La EFSA facilita sus recomendaciones a la Comisión Europea en una serie de cinco dictámenes científicos destinados a respaldar su revisión...</t>
   </si>
   <si>
     <t>Lun, 10/10/2022 - 15:50</t>
   </si>
   <si>
@@ -5355,54 +5607,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D422"/>
+  <dimension ref="A1:D443"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D422"/>
+      <selection activeCell="A1" sqref="A1:D443"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="237.085" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="475.313" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="148.535" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -7445,345 +7697,345 @@
       <c r="C147" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>588</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>589</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="B149" s="1"/>
+      <c r="B149" s="1" t="s">
+        <v>593</v>
+      </c>
       <c r="C149" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="B170" s="1" t="s">
         <v>676</v>
       </c>
+      <c r="B170" s="1"/>
       <c r="C170" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>679</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>683</v>
       </c>
@@ -9911,1412 +10163,1706 @@
         <v>1290</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>1292</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>1294</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>1296</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1317</v>
+        <v>1325</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1365</v>
+        <v>1371</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1368</v>
+        <v>1375</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1363</v>
+        <v>1377</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1363</v>
+        <v>1377</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1374</v>
+        <v>1382</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1363</v>
+        <v>1377</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1381</v>
+        <v>1389</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1382</v>
+        <v>1390</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1383</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1384</v>
+        <v>1392</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1385</v>
+        <v>1393</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1387</v>
+        <v>1395</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1388</v>
+        <v>1396</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1379</v>
+        <v>1397</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1389</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1379</v>
+        <v>1401</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1393</v>
+        <v>1403</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1394</v>
+        <v>1404</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1379</v>
+        <v>1401</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1395</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1396</v>
+        <v>1406</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1379</v>
+        <v>1401</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1399</v>
+        <v>1409</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1400</v>
+        <v>1410</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1379</v>
+        <v>1411</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1401</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1402</v>
+        <v>1413</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1403</v>
+        <v>1414</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1379</v>
+        <v>1415</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1379</v>
+        <v>1419</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1407</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1408</v>
+        <v>1421</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1409</v>
+        <v>1422</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1379</v>
+        <v>1423</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1410</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1411</v>
+        <v>1425</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1412</v>
+        <v>1426</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1379</v>
+        <v>1427</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1413</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1414</v>
+        <v>1429</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1415</v>
+        <v>1430</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1379</v>
+        <v>1431</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1416</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1417</v>
+        <v>1433</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1418</v>
+        <v>1434</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1379</v>
+        <v>1435</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1419</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1420</v>
+        <v>1437</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1421</v>
+        <v>1438</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1379</v>
+        <v>1439</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1422</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1423</v>
+        <v>1441</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1424</v>
+        <v>1442</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1379</v>
+        <v>1443</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1425</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1426</v>
+        <v>1445</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1427</v>
+        <v>1446</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1379</v>
+        <v>1447</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1428</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1429</v>
+        <v>1449</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1430</v>
+        <v>1450</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1379</v>
+        <v>1447</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1431</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1432</v>
+        <v>1452</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1433</v>
+        <v>1453</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1379</v>
+        <v>1447</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1434</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1435</v>
+        <v>1455</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1436</v>
+        <v>1456</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1379</v>
+        <v>1447</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1437</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1438</v>
+        <v>1458</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1439</v>
+        <v>1459</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1379</v>
+        <v>1447</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1440</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1441</v>
+        <v>1461</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1442</v>
+        <v>1462</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1443</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1444</v>
+        <v>1465</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1445</v>
+        <v>1466</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1446</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1447</v>
+        <v>1468</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1448</v>
+        <v>1469</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1449</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1450</v>
+        <v>1471</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1451</v>
+        <v>1472</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1452</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1453</v>
+        <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1454</v>
+        <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1455</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1456</v>
+        <v>1477</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1457</v>
+        <v>1478</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1458</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1459</v>
+        <v>1480</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1460</v>
+        <v>1481</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1461</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1462</v>
+        <v>1483</v>
       </c>
       <c r="B376" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C376" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="C376" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D376" s="1" t="s">
-        <v>1464</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1465</v>
+        <v>1486</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1466</v>
+        <v>1487</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1467</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1468</v>
+        <v>1489</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1469</v>
+        <v>1490</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1470</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1471</v>
+        <v>1492</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1472</v>
+        <v>1493</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1473</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1474</v>
+        <v>1495</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1475</v>
+        <v>1496</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1476</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1477</v>
+        <v>1498</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1478</v>
+        <v>1499</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1479</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1480</v>
+        <v>1501</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1481</v>
+        <v>1502</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1482</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1483</v>
+        <v>1504</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1484</v>
+        <v>1505</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1485</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1486</v>
+        <v>1507</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1487</v>
+        <v>1508</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1488</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1489</v>
+        <v>1510</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1490</v>
+        <v>1511</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1491</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1492</v>
+        <v>1513</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1493</v>
+        <v>1514</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1494</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1495</v>
+        <v>1516</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1496</v>
+        <v>1517</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1497</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1498</v>
+        <v>1519</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1499</v>
+        <v>1520</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1500</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1501</v>
+        <v>1522</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1502</v>
+        <v>1523</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1503</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1504</v>
+        <v>1525</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1505</v>
+        <v>1526</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1506</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1507</v>
+        <v>1528</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1508</v>
+        <v>1529</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1512</v>
+        <v>1463</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1513</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1516</v>
+        <v>1463</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1520</v>
+        <v>1463</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1521</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1522</v>
+        <v>1540</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1523</v>
+        <v>1541</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1524</v>
+        <v>1463</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1528</v>
+        <v>1463</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1533</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1535</v>
+        <v>1550</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1537</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1538</v>
+        <v>1552</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1539</v>
+        <v>1553</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1540</v>
+        <v>1463</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1541</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1542</v>
+        <v>1555</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1543</v>
+        <v>1556</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1544</v>
+        <v>1463</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1545</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1546</v>
+        <v>1558</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1547</v>
+        <v>1559</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1548</v>
+        <v>1463</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1549</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1550</v>
+        <v>1561</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1551</v>
+        <v>1562</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1552</v>
+        <v>1463</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1553</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1554</v>
+        <v>1564</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1555</v>
+        <v>1565</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1556</v>
+        <v>1463</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1556</v>
+        <v>1463</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1560</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1556</v>
+        <v>1463</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1563</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1564</v>
+        <v>1573</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1565</v>
+        <v>1574</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1556</v>
+        <v>1463</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1566</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1567</v>
+        <v>1576</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1568</v>
+        <v>1577</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1556</v>
+        <v>1463</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1569</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1570</v>
+        <v>1579</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1571</v>
+        <v>1580</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1556</v>
+        <v>1463</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1572</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1573</v>
+        <v>1582</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1574</v>
+        <v>1583</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1556</v>
+        <v>1463</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1575</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1576</v>
+        <v>1585</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1577</v>
+        <v>1586</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1578</v>
+        <v>1463</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1578</v>
+        <v>1463</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1578</v>
+        <v>1463</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1578</v>
+        <v>1596</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1589</v>
+        <v>1598</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1590</v>
+        <v>1599</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1578</v>
+        <v>1600</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1592</v>
+        <v>1602</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1593</v>
+        <v>1603</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1597</v>
+        <v>1607</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1598</v>
+        <v>1612</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1602</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="1" t="s">
-        <v>1603</v>
+        <v>1614</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1598</v>
+        <v>1616</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1605</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="1" t="s">
-        <v>1606</v>
+        <v>1618</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1607</v>
+        <v>1619</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1598</v>
+        <v>1620</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1608</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="1" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1610</v>
+        <v>1623</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1598</v>
+        <v>1624</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1611</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="1" t="s">
-        <v>1612</v>
+        <v>1626</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1613</v>
+        <v>1627</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1598</v>
+        <v>1628</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1614</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="1" t="s">
-        <v>1615</v>
+        <v>1630</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1616</v>
+        <v>1631</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1598</v>
+        <v>1632</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1617</v>
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1701</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>