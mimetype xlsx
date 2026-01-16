--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -12,5886 +12,5997 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mediateca" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3926">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3960">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Más información</t>
   </si>
   <si>
-    <t>Consideraciones sobre la nutrición y fertilización de la viña</t>
+    <t>Improvements In Forest Management.Operational Groups And Innovative Proyects</t>
   </si>
   <si>
     <t>Publicaciones</t>
   </si>
   <si>
-    <t>Desde un punto de vista nutricional la vid se caracteriza por un ritmo regular de absorción a lo largo del ciclo y unas necesidades relativamente moderadas de elementos minerales. Estrategias inadecuadas de fertilización conducen a desequilibrios nutricionales no deseados con repercusiones negativas para la calidad, la economía de la explotación y el medio ambiente.</t>
-[...59 lines deleted...]
-    <t>Evaluando el AKIS español</t>
+    <t>Traducción al inglés de una recopilación de proyectos desarrollados a través de los Programas de Desarrollo Rural, grupos operativos y proyectos innovadores que están trabajando en temáticas de mejora en la gestión forestal. </t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Improvements%20in%20Forest%20Management.pdf</t>
+  </si>
+  <si>
+    <t>Webinario i2Connect. 18 Septiembre 2024</t>
   </si>
   <si>
     <t>Video</t>
   </si>
   <si>
-    <t>Workshop online de MODERNAKIS en el que se proporciona una comprensión de los fundamentos que describen la evaluación del Sistema de Innovación y Conocimiento Agrario (AKIS), se analiza la gobernanza que se está impulsando el MAPA, se aportan unas pinceladas sobre innovación interactiva y, por último, la aplicación del enfoque de pensamiento sistémico en contextos complejos relacionados con la agricultura, la ganadería y la silvicultura.Agenda (23/10/2025):11:00 Presentación: Raúl Carbonell (MAPA).11:10 Introducción al ModernAKIS: Amalia Hafner (FEUGA).11:20 Innovación interactiva: Nicolás Aranda (ATTRACTISS, Ceia3).11:30 Gobernanza AKIS: Carmen Gil (MAPA).11:40 ¿Hay AKIS fuera de la PAC?: Juan Pedro Romero (MAPA).11:50 Mentimeter: ronda de preguntas sobre ModernAKIS.12:00 Coffee break12:15 Cómo contribuir al éxito de una evaluación desde su encargo: Mª AscensiónBarajas (CDTI).13:00 Preguntas y respuestas.13.15 Evaluación de políticas públicas: casos prácticos: Toni Mora. Experto en evaluación de políticaspúblicas.14.00 Preguntas y respuestas</t>
-[...29 lines deleted...]
-    <t>https://www.youtube.com/watch?v=MpV-I8KwS4Q&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=2</t>
+    <t>En este webinario se habló de las herramientas desarrolladas para la capacitación de los asesores y de los profesionales del sector agroalimentario y forestal. Además, se mencionará la importancia de la continuidad del proyecto mediante los Servicios de Apoyo a la Innovación y se mostraron distintos ejemplos de cómo se ha desarrollado el proyecto en España y en otros países europeos.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=aQXd1yulecA</t>
+  </si>
+  <si>
+    <t>Guía práctica para la siembra de bellotas de encina</t>
+  </si>
+  <si>
+    <t>La conservación y renovación de las encinas y alcornoques es esencial para la supervivencia del monte esclerófilo mediterráneo que es la formación forestal más abundante en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7c258946-6e55-4f46-b92f-0d482607a9b0</t>
+  </si>
+  <si>
+    <t>Marketing In Agricultural, Livestock, Forestry And Agri-Food Industries. Operational Groups And Innovative...</t>
+  </si>
+  <si>
+    <t>Traducción al inglés de una recopilación de proyectos desarrollados a través de los fondos FEADER, grupos operativos y proyectos innovadores que trabajan en marketing en el sector agrícola, ganadero, forestal e industrias agroalimentarias.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Marketing.pdf</t>
+  </si>
+  <si>
+    <t>Traceability In The Agri-Food, Livestock, Agriculture And Forestry Sectors</t>
+  </si>
+  <si>
+    <t>Traducción al inglés de una recopilación de proyectos desarrollados a través de los Programas de Desarrollo Rural, grupos operativos y proyectos innovadores que trabajan en trazabilidad en el sector agroalimentario, ganadero, agrícola y forestal</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Traceability.pdf</t>
   </si>
   <si>
     <t>Prominifun. “Modelos de gestión innovadores para la mejora de la productividad en áreas de minifundio”</t>
   </si>
   <si>
     <t>El cambio poblacional y de usos del territorio en el medio rural forestal ha propiciado el abandono de superficies productivas potenciales para lo que se precisa del diseño de nuevos modelos de gestión y de propuestas para su revalorización.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_digital_esp_tcm30-671808.pdf</t>
   </si>
   <si>
-    <t>Traceability In The Agri-Food, Livestock, Agriculture And Forestry Sectors</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a980cc49-5aca-48d2-b076-a53b2cbefac2</t>
+    <t>Gestión de precisión en extensivo de ganado porcino del tronco celta en bosques caducifolios iberoatlánticos (FORESCELTA)</t>
+  </si>
+  <si>
+    <t>Aunar la innovación en el mundo rural a través de la transferencia tecnológica y el empleo de sistemas silvopastorales para producciones de porcino autóctono del tronco celta que den lugar a productos de calidad diferenciadora mediante el empleo de recursos propios que permitan prácticas sostenibles y respetuosas con el medio ambiente dentro de los sectores agrícola y forestal llevando a cabo actividades que mitiguen el cambio climático.</t>
+  </si>
+  <si>
+    <t>Dossier de Grupos Operativos de Cataluña - 2016</t>
+  </si>
+  <si>
+    <t>Uno de los factores clave para la mejo ra de la competitividad del sector agroalimentario y forestal es el impulso a la innovación y la capitalización de los resultados de la investigación. La Generalitat de Catalunya aprobó el Plan estratégico de investigación, innovación y transferencia agroalimenta ria de Cataluña (PRITAC 2013-2020), un plan interdepartamental creado pa ra apoyar la economía productiva y la sostenibilidad del sector agrario, agro alimentario y del mundo rural a través de la innovación, alineado con las principales políticas relacionadas con la innovación de la Unión Europea para el periodo 2014-2020.</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/9379558/DT108_web_CAST.pdf/e31f3ba8-cb8b-49fc-8cb4-de88a59d29cb</t>
+  </si>
+  <si>
+    <t>The 2024 Annual Report of the European Network of Forest Extension Organisations (FOREXT)</t>
+  </si>
+  <si>
+    <t>Informe anual de la Red Europea de Organizaciones de Extensión Forestal (FOREXT) con información sobre las actividades de capacitación de propietarios forestales privados para mejorar los servicios de extensión forestal en toda Europa</t>
+  </si>
+  <si>
+    <t>https://forext.eu/wp-content/uploads/2025/06/FOREXT-Annual-Report-2024.pdf</t>
   </si>
   <si>
     <t>Webinario i2Connect. 18 Septiembre 2024.</t>
   </si>
   <si>
     <t>Grabación del webinario organizado por el Ministerio de Agricultura, Pesca y Alimentación el pasado 18 de Septiembre 2024 para compartir con el sector agroalimentario y forestal los principales resultados del proyecto i2connect: Conectando asesores. Impulsar la innovación interactiva en la agricultura y la selvicultura.
 En este webinario se habló de las herramientas desarrolladas para la capacitación de los asesores y de los profesionales del sector agroalimentario y forestal. Además, se mencionará la importancia de la continuidad del proyecto mediante los Servicios de Apoyo a la Innovación y se mostraron distintos ejemplos de cómo se ha desarrollado el proyecto en España y en otros países europeos.</t>
   </si>
   <si>
     <t>https://youtu.be/aQXd1yulecA</t>
   </si>
   <si>
-    <t>The 2024 Annual Report of the European Network of Forest Extension Organisations (FOREXT)</t>
-[...20 lines deleted...]
-    <t>Aunar la innovación en el mundo rural a través de la transferencia tecnológica y el empleo de sistemas silvopastorales para producciones de porcino autóctono del tronco celta que den lugar a productos de calidad diferenciadora mediante el empleo de recursos propios que permitan prácticas sostenibles y respetuosas con el medio ambiente dentro de los sectores agrícola y forestal llevando a cabo actividades que mitiguen el cambio climático.</t>
+    <t>Brotación, supervivencia y crecimiento inicial de 8 clones de nogal para la producción de madera de calidad en terrenos agrícolas de la vega de granada</t>
+  </si>
+  <si>
+    <t>Se ha evaluado la brotación, supervivencia y crecimiento inicial de 8 clones de nogal seleccionados por su aptitud forestal. La plantación se realizó en marzo de 2014 utilizando un diseño experimental en bloques completos al azar. Todos los clones ensayados, excepto uno tienen unos porcentajes de brotación superiores al 50%. Se puede hablar de clones de brotación temprana y clones de brotación tardía. La duración del período de brotación es diferente según clones. La supervivencia ha sido muy buena para los clones (entre 70 y 90 %) y baja para otros ( 50%). La aptitud forestal es muy buena en todos los clones ensayados y el crecimiento es aceptable, excepto en uno de ellos que es el que presenta crecimientos más bajos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a980cc49-5aca-48d2-b076-a53b2cbefac2</t>
+  </si>
+  <si>
+    <t>Grupos  Operativos en Cataluña. Convocatoria 2018</t>
+  </si>
+  <si>
+    <t>"El Dossier Técnico núm. 123: “Grupos operativos en Cataluña. Convocatoria 2018” está dedicado a los Grupos Operativos desarrollados en el marco del Plan estratégico de la PAC (PEPAC 2023-2027), y teniendo en cuenta los Sistemas de Conocimiento e Innovación Agrícolas , también conocidos como AKIS (Agricultural Knowledge and Innovation System). Los Grupos Operativos serán fundamentales para la redacción y ejecución de proyectos en el marco de la Asociación Europea para la Innovación en materia de productividad y sostenibilidad agrícolas (AEI-Agri). De esto trata el primer artículo de este dossier técnico “Los grupos operativos de la AEI-Agri en Cataluña: período 2015-2023”. A continuación, se explican cada uno de los proyectos de los Grupos Operativos de 2018, que se dividen en proyectos agrícolas, forestales, relacionados con la industria agroalimentaria y ganaderos. De cada uno se explica de qué se trata y los resultados y conclusiones obtenidos. Finalmente, el Dossier termina con dos entrevistas a personas que han desarrollado proyectos y explican su experiencia. La primera, en Rosana Garcia, ingeniera técnica agrícola del IRTA. Seguidamente, la entrevista a Eloi Montcada, ingeniero agrónomo y cluster manager de INNOVI. El Dossier Técnico es una publicación del Departamento de Acción Climática, Alimentación y Agenda Rural de carácter monográfico sobre aspectos relevantes de la actividad agraria, ganadera, alimentaria, pesquera, forestal y del mundo rural, realizada con la colaboración de expertos de la administración, de universidades y centros de investigación y del sector.</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/10397819/DT123_Cast+20_09_24.pdf/0eba81ef-0cbb-41f3-8d04-8948e1fa71d4</t>
+  </si>
+  <si>
+    <t>Modelado de flujos de agua y cobertura vegetal en dehesa con teledetección</t>
+  </si>
+  <si>
+    <t>Esta publicación describe los avances que ha realizado el IFAPA relativos al Modelado de Flujos de Agua y Cobertura Vegetal en Dehesa con Teledetección. Las diferentes secciones del documento detallan los resultados obtenidos en la estimación de la fracción de cobertura del arbolado, el consumo de agua y el estrés hídrico de la vegetación de dehesa, así como algunas de las aplicaciones que esta información puede tener en la gestión de este sistema. En este trabajo se  han integrado datos de sensores remotos a bordo de satélites e información meteorológica en modelos de balance de energía y de agua, con diferentes resoluciones espaciales y temporales, permitiendo un seguimiento preciso y regular del estado de salud de la dehesa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a2197b5e-7849-4dff-bf2a-9b4f36e967f3</t>
   </si>
   <si>
     <t>¿Cuánto y por qué está dispuesta a pagar la sociedad andaluza por los paisajes agrarios? El caso de la dehesa y el olivar en pendiente</t>
   </si>
   <si>
     <t>En los paisajes agrarios, su dimensión estética, ecológica y cultural está claramente integrada, creando un vínculo entre los servicios ecosistémicos culturales que proporcionan a la sociedad y otros servicios ecosistémicos, incluida la preservación de la biodiversidad. En este sentido, resulta relevante conocer las preferencias de la ciudadanía respecto de los paisajes agrarios y los factores que determinan estas preferencias, especialmente las relativas al manejo de la explotación, así como la disposición a pagar por la mejora de los mismos, especialmente teniendo en cuenta que esta valoración se conecta con otros servicios ecosistémicos también de interés desde el punto de vista político, y su valoración por parte de la población justifica el apoyo público a los agricultores a través de la política agraria. Para ello se emplea como caso de estudio las dehesas y olivares en pendiente andaluces.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b7530bc-3338-4fa3-b948-1ffb8e688301</t>
   </si>
   <si>
-    <t>Modelado de flujos de agua y cobertura vegetal en dehesa con teledetección</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a2197b5e-7849-4dff-bf2a-9b4f36e967f3</t>
+    <t>Impacto de Diferentes Acciones de Conservación de la Dehesa en el Sector y la Sociedad de Andalucía</t>
+  </si>
+  <si>
+    <t>Resultados de la evaluacion realizada sobre el impacto de las aciones que el Proyecto LIFE+ biodehesa ha desarrollado en Andalucia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2288d79a-72c1-4453-9ea7-9c93f994dd2b</t>
+  </si>
+  <si>
+    <t>Avances para el Control de la Podredumbre Radical en la Dehesa: Biofumigación</t>
+  </si>
+  <si>
+    <t>La podredumbre radical que afecta a los Quercus producida por Phytophthora cinnamomi es responsable de la muerte de encinas y alcornoques en las dehesas. La biofumigación mediante el enterrado verde de algunas Brasicas puede ser una herramienta más a utilizar en el control integrado de la enfermedad. En este trabajo se analiza la adaptación de algunas especies de Brasicas (Mostazas) a las condiciones de la dehesa, sus contenidos de sinigrina, producción de biomasa, modo de acción, así como la forma de manejo de estas especies como biofumigantes</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a0024046-8ddb-469f-86d3-5a2d1cab7415</t>
+  </si>
+  <si>
+    <t>Las Fertilizaciones Cálcicas en el Control de la Podredumbre Radical del Arbolado en la Dehesa</t>
+  </si>
+  <si>
+    <t>La podredumbre radical que afecta a los Quercus producida por patógenos de suelo como Phytophthora cinnamomi o Pythium spiculum es responsable de muchas muertes de encinas y alcornoques en dehesa. Las fertilizaciones cálcicas son una herramienta a utilizar en el control integrado de la enfermedad. En este trabajo se analizan diferentes aspectos relacionados con la aplicación de fertilizantes cálcicos en dehesa como herramienta de control y prevención de esta enfermedad como su integración en el manejo habitual de la dehesa, el papel del calcio sobre la vegetación, las principales características de los fertilizantes cálcicos más comunes y algunos aspectos de interés relativos a la distribución de estos fertilizantes de cara a optimizar su eficacia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91c09153-2409-4762-b073-4f4c892b34a9</t>
+  </si>
+  <si>
+    <t>Podredumbre radical. Descripción y control aplicado a los ecosistemas de dehesa</t>
+  </si>
+  <si>
+    <t>La podredumbre radical originada por el patógeno Phytophthora cinnamomi Rands. ha sido identificada como una de las enfermedades más dañinas y letales que está afectando a los ejemplares de Quercus a nivel mundial. En Andalucía, su presencia ha sido confirmada mediante análisis de laboratorio en una superficie importante de las formaciones adehesadas, por lo que requiere de una atención particular y de un especial esfuerzo de comunicación y divulgación entre los sectores ligados a la dehesa.El presente manual pretende ser una guía práctica y sencilla donde consultar aspectos que ayuden a comprender las condiciones que favorecen que se produzca la infección y reproducción del patógeno, además de facilitar el diagnóstico y la puesta en práctica de los métodos de control actualmente disponibles, al objeto de dificultar el contagio y prevenir el avance de la enfermedad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2428d6aa-a359-49a7-8771-47bec46b1b2f</t>
+  </si>
+  <si>
+    <t>Manejo de porcino ibérico en dehesa</t>
+  </si>
+  <si>
+    <t>La Dehesa o los sistemas adehesados son un agroecosistema ganadero donde encontramos dos componentes básicos: el árbol (habitualmente quercus sp) y la cubierta vegetal (pasto y matorrales), y aprovechando sus productos, la ganadería extensiva (vacuno, ovino y porcino ibérico). De las especies ganaderas citadas, el porcino ibérico es un animal perfectamente ligado e integrado a la dehesa y sus usos, al que tradicionalmente se ha denominado como “el señor de la dehesa”. Así ambos, cerdo ibérico y dehesa, forman un binomio inseparable, y hoy día es toda una referencia en cuanto a calidad alimentaria.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/58c3d7c9-5dde-46e5-9534-c8ec8d6632a1</t>
+  </si>
+  <si>
+    <t>La Producción de Bellota de Encina en la Dehesa</t>
+  </si>
+  <si>
+    <t>La bellota tiene un papel fundamental en la dehesa pues se obtiene en una estación en la que no existen demasiados recursos en el campo, y su alto poder energético la hace muy apreciada para el engorde y mantenimiento del ganado y la fauna cinegética. Actualmente la bellota se ha convertido en un bien preciado y escaso, que en muchos casos es aprovechada por el cerdo ibérico en toda su integridad debido a la alta demanda de productos de calidad derivados del mismo. La bellota resulta también crucial para la regeneración del arbolado y es un indicador importante del vigor del árbol.La producción de la bellota de encina se caracteriza por su alta variabilidad entre individuos, entre zonas y entre años. Son múltiples los factores que inciden sobre la producción y calidad de la bellota, en algunos casos inherentes al árbol (carácter más o menos vecero, o más o menos productivo) y en otros casos ajenos a él (meteorología, características ecológicas del medio, plagas y enfermedades, podas, descorches, etc.). En las unidades 1 y 2 se profundiza en todas aquellas variables que inciden sobre esta variable, y su impacto en el ciclo anual del árbol.Además, contar con estimaciones de la producción de bellota permitiría valorar mejor la capacidad de carga ganadera, doméstica o silvestre, admisible en un área. Otra razón del interés que puede suponer tener una previsión de la montanera, es que las actuaciones que favorezcan la regeneración natural deberían ponerse en práctica coincidiendo con los años de cosecha abundante. En la unidad 3 se ofrece una breve revisión de los principales métodos que se pueden utilizar para la evaluación de la producción de bellota así como un guion para su realización en la dehesa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78a344c5-e2ed-45a0-9f3d-8d7ca17b11c9</t>
+  </si>
+  <si>
+    <t>Manejo del suelo frente a erosión en Dehesa</t>
+  </si>
+  <si>
+    <t>Este manual pretende ser una herramienta de consulta para identificar los riesgos de erosión en explotaciones de dehesa, y recomienda actuaciones para remediarlos en lo posible. Concretamente el manual indica buenas prácticas de manejo de suelo y dedica un capítulo al control de cárcavas, cuya aparición es síntoma de erosión severa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb16ecd1-14b9-43d4-b206-e95a6e8d6ba6</t>
+  </si>
+  <si>
+    <t>Manejo de ganado ovino en la dehesa</t>
+  </si>
+  <si>
+    <t>Este manual aborda los aspectos básicos de la producción de ovino en la dehesa, las instalaciones mínimas requeridas para un manejo correcto, la alimentación ligada a la disponibilidad de pastos en la dehesa, el manejo reproductivo, los aspectos sanitarios, de higiene y de bienestar animal, y repasa los elementos diferenciales de la producción convencional con las producciones ecológica e integrada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0440c59f-9cfc-4b2c-b3d0-1515ca92c13c</t>
+  </si>
+  <si>
+    <t>La Producción de Bellota en la Dehesa. Factores Influyentes</t>
+  </si>
+  <si>
+    <t>Este documento ofrece una revisión a los principales factores internos o externos al árbol que afectan a la producción de bellota en la dehesa. Este material resume la charla que se presentó en las "IX Jornadas de cerdo ibérico" organizadas por ASAJA Córdoba el 6 de Abril de 2016 en Villanueva de Córdoba</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14f94d6e-ee37-4d15-a93e-684d42558a1e</t>
+  </si>
+  <si>
+    <t>Poda del árbol en la dehesa</t>
+  </si>
+  <si>
+    <t>Esta publicación tiene como finalidad exponer los aspectos técnicos más importantes que definen la poda del arbolado de la dehesa así como las limitaciones y precauciones que han de considerarse para su realización. En la unidad 1 se exponen los criterios generales y la base fisiológica que deben tenerse en cuenta a la hora de abordar la poda del arbolado en la dehesa. En la unidad 2 se describen los diferentes tipos de poda que se realizan en la dehesa así como las consideraciones que han de tenerse en cuenta para evitar impactos negativos en el vigor del árbol. Finalmente en la unidad 3 se cuantifica su coste y el de la gestión de los diferentes subproductos, se describe el proceso para la solicitud de permisos a la Administración, y se abordan algunos aspectos básicos de prevención de riesgos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbcb1934-ab8c-4ad9-9a3c-288d3404d6ce</t>
   </si>
   <si>
     <t>Avances en la evaluación de la producción de pasto y bellota en la dehesa mediante sensores próximos y remotos</t>
   </si>
   <si>
     <t>Esta publicación describe una serie de avances que se han realizado en IFAPA para integrar información procedentes de sensores remotos en la gestión del pastoreo extensivo en los sistemas de dehesa. Para ello, se combinan los datos proporcionados por estos sensores, fundamentalmente a bordo de satélites y aviones, con medidas precisas de campo y modelos. Esta integración permite realizar un seguimiento preciso, regular y con abjo coste del estado de las cubiertas vegetales de la dehesa, cuantificándolas y estimando su desarrollo fenológico, y de sus producciones, en concreto la producción y calidad del pasto y la producción de bellota, principales alimentos del ganado en la dehesa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89b5eb5e-7dd8-4449-b253-6cd55bd4e53a</t>
   </si>
   <si>
-    <t>Poda del árbol en la dehesa</t>
-[...86 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2288d79a-72c1-4453-9ea7-9c93f994dd2b</t>
+    <t>Trazabilidad en el sector Agroalimentario, Ganadero, Agrícola y Forestal</t>
+  </si>
+  <si>
+    <t>La tecnología y la digitalización a través de distintas herramientas como el blockchain, las herramientas TIC o el Big Data, constituyen soluciones eficientes para optimizar la trazabilidad, la seguridad alimentaria, evitar el fraude y la competencia desleal a lo largo de la cadena de suministro. Sin embargo, cabe destacar que existe todavía una brecha tecnológica digital importante que afecta principalmente a los productores, tanto a los agricultores individuales como a las micro y pequeñas empresas.</t>
+  </si>
+  <si>
+    <t>https://www.redruralnacional.es/sites/default/files/documents/dossier_Trazabilidad_V2.pdf</t>
+  </si>
+  <si>
+    <t>Validación y seguridad de las aplicaciones aéreas con drones en el entorno agroforestal (PHYTODRON)</t>
+  </si>
+  <si>
+    <t>Validación del uso de drones como alternativa segura y eficaz de forma comparativa a las aplicaciones con fitosanitarios convencionales (análisis riguroso de riesgos, escenarios, aplicaciones y equipos).</t>
+  </si>
+  <si>
+    <t>Desarrollo e implantación de un Sistema de Apoyo a la Gestión Forestal en RED-SAGEFER</t>
+  </si>
+  <si>
+    <t>Diseño, desarrollo e implementación de una red de sistemas de software de implantación territorial que permita el impulso y la puesta en valor del territorio forestal a escala municipal en España con la movilización de todos los agentes del sector.</t>
+  </si>
+  <si>
+    <t>Estrategia de digitalización del sector agroalimentario y forestal y del medio rural</t>
+  </si>
+  <si>
+    <t>Documento que define las líneas estratégicas y medidas necesarias para impulsar la transformación digital de los sectores agroalimentario y forestal y del medio rural y los instrumentos previstos para su implementación.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/estrategia_digitalizacion_sector_agroalimentario_forestal_medio_rural_ve_tcm30-560060.pdf</t>
+  </si>
+  <si>
+    <t>Resumen de la jornada de presentación del demostrador digital forestal implantado en Kiwi Atlántico en el marco del proyecto HIBA+</t>
+  </si>
+  <si>
+    <t>Resumen de la jornada de presentación del demostrador digital forestal implantado en kiwi atlántico en el marco del proyecto HIBA+</t>
+  </si>
+  <si>
+    <t>https://youtu.be/kXcI_sF3gGM?feature=shared</t>
+  </si>
+  <si>
+    <t>Trazabilidad en el Sector Agroalimentario, Ganadero, Agrícola y Forestal. Grupos Operativos y Proyectos Innovadores</t>
+  </si>
+  <si>
+    <t>Esta publicación es una recopilación de Grupos Operativos y Proyectos Innovadores en materia de trazabilidad en el sector agroalimentario, agrícola, ganadero y forestal en España y Europa</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/dossier_Trazabilidad_V2.pdf</t>
+  </si>
+  <si>
+    <t>Marketing en Sector Agrícola, Ganadero, Forestal e Industrias Agroalimentarias. Grupos Operativos y Proyectos Innovadores</t>
+  </si>
+  <si>
+    <t>Esta publicación es una recopilación de Grupos Operativos y Proyectos Innovadores en materia de marketing en el sector agrícola, ganadero, forestal e industrias agroalimentarias en España y Europa.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/dossier_Marketing_v2.pdf</t>
   </si>
   <si>
     <t>Mejoras en la Gestión de Explotaciones Forestales. Grupos Operativos y Proyectos Innovadores</t>
   </si>
   <si>
     <t>Esta publicación es una recopilación de Grupos Operativos y Proyectos Innovadores en materia de mejoras en la gestión de explotaciones forestales en España y Europa.</t>
   </si>
   <si>
     <t>https://redpac.gob.es/sites/default/files/documents/dossier_MejoraExplotacionesForestales_v2.pdf</t>
   </si>
   <si>
-    <t>Marketing en Sector Agrícola, Ganadero, Forestal e Industrias Agroalimentarias. Grupos Operativos y Proyectos Innovadores</t>
-[...55 lines deleted...]
-  <si>
     <t>Marketing en el sector Agrícola, Ganadero, Forestal e Industrias Agroalimentarias</t>
   </si>
   <si>
     <t>La digitalización representa una ventaja de oportunidad para el sector agrícola, ganadero, forestal y agroalimentario, de cara a la promoción y venta de sus productos. Asimismo, las plataformas online de venta, las páginas webs y las redes sociales, son herramientas asequibles, de uso fácil y eficaces para darse a conocer, comunicar con un público amplio y generar nuevos canales de comercialización, tales como los circuitos cortos y km0. La divulgación - de forma sencilla al consumidor - a través de una estrategia de comunicación y marketing se presenta como imprescindible hoy día.</t>
   </si>
   <si>
     <t>https://www.redruralnacional.es/sites/default/files/documents/dossier_Marketing_v2.pdf</t>
   </si>
   <si>
     <t>Análisis de la disposición de los olivicultores de montaña a participar en programas de reconversión forestal</t>
   </si>
   <si>
     <t>Este trabajo analiza la disposición de los olivicultores de montaña a participar en un programa agroambiental que promoviese el abandono parcial o total de la producción al objeto de potenciar la provisión de bienes públicos de carácter ambiental (biodiversidad y funcionalidad del suelo). Para ello, se utilizó una encuesta basada en la técnica de valoración contingente, realizada en las comarcas de Los Pedroches y La Sierra (Córdoba) y Sª Norte (Sevilla). Los resultados muestran una aceptación reducida por parte de los olivicultores de montaña (entre el 5% y el 25% según el escenario y el nivel de compensación), siendo más atractivo para aquellos que presentan reducidos rendimientos y que implementan actualmente buenas prácticas agrarias (p. ej., cubiertas vegetales en buena parte de su explotación). Asimismo, la participación en el programa está determinada por las opiniones y actitudes de los olivicultores, especialmente respecto de la producción ecológica y de la conversión del olivar en tierras de monte.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0ac670bd-7596-4afe-8adc-8e08217adab3</t>
   </si>
   <si>
+    <t>Decálogo sobre el control de las plagas de Jabalíes</t>
+  </si>
+  <si>
+    <t>Resumen de las principales medidas para el control sostenible de las poblaciones de jabalí</t>
+  </si>
+  <si>
+    <t>https://iberico.com/wp-content/uploads/2023/04/DECALOGO.pdf</t>
+  </si>
+  <si>
+    <t>Taller online. QUANTIFARM: Habilidades de asesoramiento avanzadas para asesores agrícolas en el campo de las soluciones tecnológicas para la agricultura digital</t>
+  </si>
+  <si>
+    <t>En este taller en línea, organizado por QuantiFarm en colaboración con EUFRAS, el 28 de noviembre de 2024, agricultores, consultores rurales y otras partes interesadas tuvieron la oportunidad de profundizar en:Factores que influyen en la adopción de DATS (Digital Agriculture Technology Solutions- soluciones tecnológicas para la agricultura digital) por parte de los agricultoresDiversas categorías de  DATS (Digital Agriculture Technology Solutions- soluciones tecnológicas para la agricultura digital) y sus posibles beneficiosEl kit de herramientas de QuantiFarm y sus servicios de asesoramiento personalizadosCómo apoyar a los agricultores en el uso de  DATS (Digital Agriculture Technology Solutions- Soluciones tecnológicas para la agricultura digital) en situaciones reales </t>
+  </si>
+  <si>
+    <t>https://youtu.be/Cjv4ZaZPcfg</t>
+  </si>
+  <si>
+    <t>Medidas de prevención de PPA en explotaciones reducidas y de autoconsumo</t>
+  </si>
+  <si>
+    <t>Folleto del Ministerio de Agricultura, Pesca y Alimentación con medidas de prevención de la Peste Porcina Africana (PPA) en explotaciones reducidas y autoconsumo</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/dipticoexplotacionesreducidasfinal.pdf</t>
+  </si>
+  <si>
+    <t>Refuerzo de bioseguridad en el transporte (ASICI)</t>
+  </si>
+  <si>
+    <t>Infografía</t>
+  </si>
+  <si>
+    <t>Infografía de refuerzo de bioseguridad sobre Peste Porcina Africana (PPA) en el transporte</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_transporteasici.jpg</t>
+  </si>
+  <si>
+    <t>Refuerzo de bioseguridad en el matadero (ASICI)</t>
+  </si>
+  <si>
+    <t>Infografía de refuerzo de bioseguridad sobre Peste Porcina Africana (PPA) en el matedero</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_mataderoasici.jpg</t>
+  </si>
+  <si>
+    <t>Refuerzo de bioseguridad en la granja (ASICI)</t>
+  </si>
+  <si>
+    <t>Infografía de refuerzo de bioseguridad sobre Peste Porcina Africana (PPA) en la granja</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_explotacionesasici.jpg</t>
+  </si>
+  <si>
+    <t>Refuerzo de bioseguridad en la granja (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Infografía de bioseguridad sobre Peste Porcina Africana (PPA) en la granja</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_granja10012022.pdf</t>
+  </si>
+  <si>
+    <t>Refuerzo de bioseguridad en el transporte (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Infografía de bioseguridad sobre Peste Porcina Africana (PPA) en el transporte</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_transporte10012022.pdf</t>
+  </si>
+  <si>
+    <t>Refuerzo de bioseguridad en el matadero (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Infografía de bioseguridad sobre Peste Porcina Africana (PPA) en el matadero </t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_matadero10012022.pdf</t>
+  </si>
+  <si>
+    <t>Situación de la Peste Porcina Africana</t>
+  </si>
+  <si>
+    <t>La PPA es una enfermedad altamente contagiosa que está causada por un virus de la familia Asfarviridae, género Asfivirus, existiendo cepas que pueden provocar cuadros agudos o hiper agudos con niveles de mortalidad y morbilidad próximos al 100%, si bien otras cepas cursan con cuadros clínicos sub agudos o incluso  crónicos con menor mortalidad. Origina lesiones hemorrágicas en la piel y órganos internos por lesiones de los endotelios vasculares, pero a diferencia de la PPC esta enfermedad no cursa normalmente con sintomatología nerviosa. En cualquier caso, es imposible la diferenciación de estas dos enfermedades mediante la sintomatología y en caso de sospecha clínica habrá que realizar la toma de muestras inmediata para realizar un diagnóstico laboratorial que permita su diferenciación.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/informe-ppa_2025-11-13.pdf</t>
+  </si>
+  <si>
+    <t>Manual práctico de operaciones en la lucha contra la Peste Porcina Africana (PPA)</t>
+  </si>
+  <si>
+    <t>Manual tiene por objeto servir como Guía de trabajo a los Servicios Veterinarios Oficiales en caso de Sospecha y de Confirmación de Foco de Peste Porcina Africana (PPA)</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/manualpracticoppa_122024.pdf</t>
+  </si>
+  <si>
+    <t>Involucrando a los actores en la prevención de la Peste Porcina Africana (PPA)</t>
+  </si>
+  <si>
+    <t>Ficha divulgativa sobre la gestión de la Peste Porcina Africana (PPA)</t>
+  </si>
+  <si>
+    <t>https://iberico.com/wp-content/uploads/2023/04/Involucrando-a-los-diferentes-sectores-en-la-prevencion-de-la-Peste-Porcina-Africana-porciNews.pdf</t>
+  </si>
+  <si>
+    <t>Consideraciones sobre la nutrición y fertilización de la viña</t>
+  </si>
+  <si>
+    <t>Desde un punto de vista nutricional la vid se caracteriza por un ritmo regular de absorción a lo largo del ciclo y unas necesidades relativamente moderadas de elementos minerales. Estrategias inadecuadas de fertilización conducen a desequilibrios nutricionales no deseados con repercusiones negativas para la calidad, la economía de la explotación y el medio ambiente.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/ministerio/pags/Biblioteca/Revistas/pdf_Agri/Agri_2011_940_334_338.pdf</t>
+  </si>
+  <si>
+    <t>¿Cuántas tomas de calostro son suficientes para un buen encalostrado?</t>
+  </si>
+  <si>
+    <t>El asunto del encalostrado en los terneros ha sido siempre un tema muy querido para mí. Acabada la licenciatura en veterinaria en 1984, además de trabajar inmediatamente como clínico, quise seguir la carrera académica y para ello había que sacarse el título de lo que entonces se llamaba licenciado de grado. Se podía hacer por medio de un examen o haciendo un estudio de investigación que se llamaba tesina. Entonces éramos pocos los que obteníamos el grado ya que solo era necesario para luego poder hacer el doctorado. Hoy día todos los alumnos deben presentar y defender oralmente un trabajo de fin de grado para poder obtener el título de grado en veterinaria.El tema que elegí para hacer la tesina fue el encalostrado de los terneros. En aquellos años ya se conocía la importancia del calostro, de hecho, el primer artículo data de 1922 y para los 80 había bastante bibliografía científica, pero nada que ver con lo que pasa a partir de inicios de este siglo. Hoy en día la cantidad de información científica y divulgativa es inmensa.</t>
+  </si>
+  <si>
+    <t>https://www.revistafrisona.com/Noticia/cuantas-tomas-de-calostro-son-suficientes-para-un-buen-encalostrado</t>
+  </si>
+  <si>
+    <t>Manual práctico de operaciones en la lucha contra la influenza aviar</t>
+  </si>
+  <si>
+    <t>La Influenza Aviar Altamente Patógena es una enfermedad viral causada por algunos subtipos (H5 y H7) del tipo A del virus de la influenza, perteneciente a la familia Orthomyxoviridae que afecta a la mayoría de las especies aviares, causando enfermedad de carácter sistémico y extremadamente contagiosa, con una elevada mortalidad en 24 horas en las explotaciones avícolas comerciales y que por lo tanto puede influir de un modo muy decisivo sobre la producción y comercialización de aves y de productos avícolas de un territorio o de un país. Por esta razón, dicha enfermedad se encuentra incluida en la Lista única de enfermedades de notificación obligatoria de la Organización Mundial de Sanidad Animal (OMSA), y en la Lista A de enfermedades de notificación obligatoria de la Unión Europea.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/aves/influenza-aviar/manualpracticoia_052025.pdf</t>
+  </si>
+  <si>
+    <t>Cómo las aves de corral infectadas podrían propagar la influenza aviar a las personas</t>
+  </si>
+  <si>
+    <t>Las infecciones de influenza (gripe) aviar en las personas son raras, pero posibles. La mayoría de los casos reportados de infección de influenza aviar en las personas se han producido al tener contacto sin protección con aves infectadas o superficies contaminadas. Esta hoja de datos brinda información acerca de la influenza aviar y las infecciones de influenza aviar en laspersonas.</t>
+  </si>
+  <si>
+    <t>https://www.cdc.gov/bird-flu/media/pdfs/2024/07/avian-flu-transmission-spanish.pdf</t>
+  </si>
+  <si>
+    <t>Ficha técnica influenza aviar</t>
+  </si>
+  <si>
+    <t>ETIOLOGÍA. La Influenza Aviar es una enfermedad viral altamente contagiosa que afecta tanto a las aves domésticas como a las aves silvestres. Los virus de la influenza aviar también se han aislado, aunque con menos frecuencia, de algunas especies de mamíferos, como ratas, ratones, comadrejas, hurones, cerdos, gatos, tigres, perros y caballos, así como de seres humanos. Algunas cepas pueden tener un marcado carácter zoonótico pudiendo en algunos casos causar enfermedad grave en humanos.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/aves/influenza-aviar/influenzaaviarfichatecnica.pdf</t>
+  </si>
+  <si>
+    <t>Introducción a la agroganadería regenerativa</t>
+  </si>
+  <si>
+    <t>Manejo de la ganadería en extensivo para no agotar los pastizales.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/4.%20Definiciones%20y%20herramientas%20de%20la%20agroganader%C3%ADa%20regenerativa_Javi%20Garc%C3%ADa%20Lacal.pdf</t>
+  </si>
+  <si>
+    <t>Análisis de la situación actual de los suelos agrícolas</t>
+  </si>
+  <si>
+    <t>¿Qué plantea el modelo regenerativo?</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/2.%20An%C3%A1lisis%20de%20la%20situaci%C3%B3n%20actual%20de%20los%20suelos%20agr%C3%ADcolas_Alberto%20P%C3%A9rez%20Rold%C3%A1n.pdf</t>
+  </si>
+  <si>
+    <t>Evaluando el AKIS español</t>
+  </si>
+  <si>
+    <t>Workshop online de MODERNAKIS en el que se proporciona una comprensión de los fundamentos que describen la evaluación del Sistema de Innovación y Conocimiento Agrario (AKIS), se analiza la gobernanza que se está impulsando el MAPA, se aportan unas pinceladas sobre innovación interactiva y, por último, la aplicación del enfoque de pensamiento sistémico en contextos complejos relacionados con la agricultura, la ganadería y la silvicultura.Agenda (23/10/2025):11:00 Presentación: Raúl Carbonell (MAPA).11:10 Introducción al ModernAKIS: Amalia Hafner (FEUGA).11:20 Innovación interactiva: Nicolás Aranda (ATTRACTISS, Ceia3).11:30 Gobernanza AKIS: Carmen Gil (MAPA).11:40 ¿Hay AKIS fuera de la PAC?: Juan Pedro Romero (MAPA).11:50 Mentimeter: ronda de preguntas sobre ModernAKIS.12:00 Coffee break12:15 Cómo contribuir al éxito de una evaluación desde su encargo: Mª AscensiónBarajas (CDTI).13:00 Preguntas y respuestas.13.15 Evaluación de políticas públicas: casos prácticos: Toni Mora. Experto en evaluación de políticaspúblicas.14.00 Preguntas y respuestas</t>
+  </si>
+  <si>
+    <t>https://youtu.be/LvJs1HmULnw</t>
+  </si>
+  <si>
+    <t>Agroganadería Regenerativa: breve introducción a su desarrollo en Iberia y en Europa</t>
+  </si>
+  <si>
+    <t>La agroganadería regenerativa propone producir alimentos cuidando el suelo, la biodiversidad y el bienestar de quienes trabajan la tierra.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/1.%20Trayectoria%20y%20situaci%C3%B3n%20actual%20de%20la%20agroganader%C3%ADa%20regenerativa%20en%20la%20Pen%C3%ADnsula%20Ib%C3%A9rica%20y%20en%20Europa_Ana%20Dig%C3%B3n.pdf</t>
+  </si>
+  <si>
+    <t>Taller de introducción a la Agroganadería Regenerativa, sesión 3</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=NYXAeHi5GyU&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=4</t>
+  </si>
+  <si>
+    <t>Taller de introducción a la Agroganadería Regenerativa, sesión 2</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=qev1l6X1ZNs&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=3</t>
+  </si>
+  <si>
+    <t>Taller de introducción a la Agroganadería Regenerativa, sesión 1</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=MpV-I8KwS4Q&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=2</t>
+  </si>
+  <si>
+    <t>Grups operatius a Catalunya. Convocatòria 2018 (Catalán)</t>
+  </si>
+  <si>
+    <t>El Dossier Tècnic núm. 123: “Grups operatius a Catalunya. Convocatòria 2018” està dedicat als Grups Operatius desenvolupats en el marc del Pla estratègic de la PAC (PEPAC 2023-2027), i tenint en compte els Sistemes de Coneixement i Innovació Agrícoles, també coneguts com a AKIS (Agricultural Knowledge and Innovation System).Els Grups Operatius esdevindran fonamentals per a la redacció i execució de projectes en el marc de l'Associació Europea per a la Innovació en matèria de productivitat i sostenibilitat agrícoles (AEI-Agri). D’això tracta el primer article d’aquest dossier tècnic “Els grups operatius de L’AEI-Agri a Catalunya: període 2015-2023”.Tot seguit, s’expliquen cada un dels projectes dels Grups Operatius del 2018, que es divideixen en projectes agrícoles, forestals, relacionats amb la indústria agroalimentària i ramaders. De cada un, s’explica de què es tracta, i els resultats i conclusions obtinguts.Finalment, el Dossier s’acaba amb dues entrevistes a persones que han desenvolupat projectes i expliquen la seva experiència. La primera, a Rosana Garcia, enginyera tècnica agrícola de l’IRTA. Seguidament, l’entrevista a Eloi Montcada, enginyer agrònom i clúster manager d’INNOVI.El Dossier Tècnic és una publicació del Departament d’Acció Climàtica, Alimentació i Agenda Rural de caràcter monogràfic sobre aspectes rellevants de l’activitat agrària, ramadera, alimentària, pesquera, forestal i del món rural, realitzada amb la col·laboració d’experts de l’administració, d’universitats i centres de recerca i del sector. </t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/10397814/02+DT123+12_09_23.pdf/5b1a344a-5586-4807-b64e-1de75637e861</t>
+  </si>
+  <si>
     <t>EIT Food Consumer Observatory</t>
   </si>
   <si>
     <t>El EIT Food Consumer Observatory elabora periódicamente informes de investigación y estudios sobre la percepción de los consumidores sobre los alimentos</t>
   </si>
   <si>
     <t>https://www.eitfood.eu/projects/consumerobservatory/consumer-observatory-reports</t>
   </si>
   <si>
     <t>EATrends 2025-2027</t>
   </si>
   <si>
     <t>Identifica las tendencias alimentarias clave que marcarán la innovación y la estrategia empresarial en los próximos años, con una mirada puesta en los nuevos valores sociales, las prioridades del consumidor y las fuerzas de un entorno cambiante</t>
   </si>
   <si>
     <t>https://www.azti.es/productos/eatrends2025/</t>
   </si>
   <si>
     <t>Guía práctica sobre la gestión del suelo y su salud del proyecto SOILBIO</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_AGRICULTORES_digital.pdf</t>
   </si>
   <si>
     <t>Guía de buenas prácticas en el manejo del suelo respecto a la biodiversidad</t>
   </si>
   <si>
     <t>Guía para acercar a las y los agricultores conocimientos sobre las interacciones que se producen en el suelo en relación con su biodiversidad y cómo estas influyen en la fertilidad y resiliencia según la práctica agrícola utilizada por el agricultor/a</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_completa_digital.pdf</t>
   </si>
   <si>
+    <t>Evaluación de Germoplasma de Garbanzo Desi para su Empleo en Alimentación Animal</t>
+  </si>
+  <si>
+    <t>Un conjunto de entradas de garbanzo del Banco de Germoplasma de Leguminosas del IFAPA  del tipo Desi han sido evaluadas en dos localidades distintas para las variables fecha de floración, altura de planta, fecha de aparición de primera vaina, rendimiento de grano seco, humedad relativa del grano seco, peso específico, peso de 100 semillas y contenido en proteína. El diseño del experimento fue de bloques al azar con tres repeticiones. En el documento se exponen los resultados de los análisis estadísticos realizados.  Es posible discriminar ecotipos con cualidades óptimas para su aprovechamiento en alimentación animal con ciclos adaptados a las condiciones agroclimáticas ensayadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3d33a57-03b2-4e50-a910-550b555abb8f</t>
+  </si>
+  <si>
+    <t>Caracterización de Compuestos Funcionales en Distintas Variedades de Fresa</t>
+  </si>
+  <si>
+    <t>Varios trabajos han puesto de manifiesto que dichas variedades difieren en cantidad y tipo de antioxidantes. Dado este carácter multivarietal, es interesante conocer, en las variedades cultivadas cada campaña, que cantidad de antioxidantes presentan. De hecho estos antioxidantes pueden variar dependiendo del momento fenológico del cultivo y de las condiciones meteorológicas que se den durante la campaña, que abarca desde el otoño a final de la primavera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e4987db0-ef98-41bb-8ac1-079bc2f5b8c7</t>
+  </si>
+  <si>
     <t>Influencia del Riego y otros Factores en el Rendimiento de un Cultivo de Girasol</t>
   </si>
   <si>
     <t>Tradicionalmente la agricultura de secano se desarrolla no sólo por la baja disponibilidad de agua de riego sino también por la suposición de los agricultores de que aplicar agua a cultivos como trigo o girasol no es económicamente viable, ya que ese agua podría aplicarse a otros cultivos que potencialmente pueden generar un mayor beneficio. En los últimos años la rentabilidad de la agricultura de regadío ha disminuido significativamente, con valores de productividad del agua de riego muy cerca de los límites de rentabilidad. Este documento aborda los resultados de un estudio sobre los rendimientos de un cultivo de girasol en condiciones de riego en   siembra de época invernal con aplicación de distintas dosis de abonado nitrogenado y diferentes densidades de plantas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7de5a60e-ad00-4f0c-af70-aa76d8239df9</t>
   </si>
   <si>
     <t>Recomendaciones para la Elaboración de Queso Madurado en Salmuera</t>
   </si>
   <si>
     <t>Tradicionalmente, los quesos en salmuera se han elaborado en los países del Mar Mediterráneo y algunos cercanos a los Balcanes, y se caracterizan por aplicarse una etapa final de maduración y conservación sumergidos en salmuera, que le confieren su firmeza y notas salinas y ácidos características. Estas regiones productoras se caracterizan por tener temperaturas elevadas, lo que dificulta la maduración del queso si no se dispone de equipo de refrigeración. Es por ello, que tras la elaboración se conservan sumergidos en salmuera, siendo esta la principal característica que los diferencia. Además, presentan una orografía montañosa que favorece el desarrollo de actividad pastoril con pequeños rumiantes (cabras y ovejas). Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ff0411f-1c78-438b-8b00-a013010b5991</t>
   </si>
   <si>
+    <t>Guia de cubiertas vegetales en cítricos</t>
+  </si>
+  <si>
+    <t>Uno de los objetivos fundamentales de los sistemas productivos sostenibles debe ser el control de la erosión hídrica del suelo, lo cual requiere de técnicas adecuadas de manejo y conservación de suelos. En esta línea, la instalación de cubiertas vegetales en las calles de la plantación se considera una de las mejores medidas para prevenir la erosión y minimizar la contaminación producida por el empleo de productos fitosanitarios, así como una de las prácticas recomendadas para impulsar una agricultura sostenible.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa0532aa-eede-450d-b799-6ff1648c391b</t>
+  </si>
+  <si>
     <t>Evaluación Agronómica de Ecotipos de Garbanzo Kabuli. Campaña 2023/2024.</t>
   </si>
   <si>
     <t>Un conjunto de ecotipos de garbanzos del tipo Kabuli ha sido evaluado en dos localidades distintas para las variables fecha de floración, altura de planta, fecha de aparición de primera vaina, rendimiento de grano seco, humedad relativa del grano seco, peso específico y peso de 100 semillas. El diseño del experimento fue de bloques al azar con tres repeticiones. En el documento se exponen los resultados de los análisis estadísticos realizados.  Es posible discriminar ecotipos con mayor rendimiento y tamaño de grano, y con ciclos adaptados a las condiciones ensayadas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c89097c7-5422-4e61-a046-aa00bfdeaf35</t>
   </si>
   <si>
-    <t>Evaluación de Germoplasma de Garbanzo Desi para su Empleo en Alimentación Animal</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3d33a57-03b2-4e50-a910-550b555abb8f</t>
+    <t>Comportamiento de las Principales Variedades de Pistachero</t>
+  </si>
+  <si>
+    <t>Uno de los aspectos clave para el éxito de un cultivo es la correcta elección de la variedad. En esta publicación se recogen los primeros resultados sobre el estudio del comportamiento de las principales variedades de pistacheros, llevado a cabo por el equipo de Fruticultura Mediterránea del IFAPA. En la misma se encontrará información sobre aspectos que han de tenerse en cuenta a la hora de escoger la variedad, como son: porte y grado de ramificación; periodo de floración y de maduración; precocidad de entrada en producción y características del fruto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fdcc0d9e-d1ac-4567-9e71-a7e85bcca327</t>
+  </si>
+  <si>
+    <t>Recomendaciones en el Compostaje de Restos Hortícolas.</t>
+  </si>
+  <si>
+    <t>Una de las posibilidades de gestión y valorización de restos vegetales es el compostaje, minimizando costes de trasporte y proceso, para obtener un producto que mejora las propiedades físico-químicas del suelo. El compost tiene un gran valor fertilizante, y mejora la capacidad de retención de agua del suelo, también se reduce la lixiviación y el impacto ambiental sobre los acuíferos. En este documento se dan recomendaciones para el proceso de compostaje de restos vegetales procedentes de la horticultura de invernadero, estableciendo como deben optimizarse los distintos parámetros para la obtención de un compost de calidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/57bbac64-177a-47db-8e6b-f57b2aa1c1b9</t>
+  </si>
+  <si>
+    <t>Aflatoxinas en maíz grano. Diagrama de flujo y sistema appcc en campo, en recepción y almacén</t>
+  </si>
+  <si>
+    <t>Una amplia gama de hongos son capaces de producir distintos tipos de micotoxinas. En el caso de las aflatoxinas, los hongos productores más conocidos son del género Aspergillus. Entre los cultivos más afectados figura el maíz. Este documento contempla el diagrama de flujo de referencia, resaltando los puntos críticos de control y la mejora de la metodología de toma de muestras en campo, en almacenaje, la realización de ensayos sobre el grado de susceptibilidad varietal a infecciones por Aspergillus así como la realización de encuestas a agricultores a fin de conocer su grado de conocimiento sobre el problema.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21e88bd2-806b-48c0-9f2b-945cf0e93346</t>
   </si>
   <si>
     <t>Estudio de Micotoxinas en Cereales de Invierno en Andalucía</t>
   </si>
   <si>
     <t>Una amplia gama de hongos filamentosos son capaces de producir distintos tipos de micotoxinas en cereales, quienes representan un riesgo serio de toxicidad crónica en seres humanos y animales. Estas toxinas se pueden generar a lo largo de todo el ciclo productivo, y los niveles más elevados se encuentran en la materia prima (cereal en grano), ya que en los productos de consumo directo, el proceso de elaboración del alimento tiende a diluir la concentración de micotoxinas al emplear otros ingredientes no contaminados. Este documento contempla el estudio sobre la presencia de micotoxinas (aflatoxinas, zearalenona y ocratoxina-A) en las variedades testigo de cereales de invierno (trigo duro, trigo blando y cebada) cultivadas en las distintas localizaciones ensayadas dentro de la red RAEA (Red Andaluza de Experimentación Agraria), para conocer la situación actual sobre su incidencia en las distintas zonas agroclimáticas consideradas durante las campañas 2019/2020 y 2020/2021.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c12e90a0-1676-4830-aaba-cfc3ad24b628</t>
   </si>
   <si>
-    <t>Aflatoxinas en maíz grano. Diagrama de flujo y sistema appcc en campo, en recepción y almacén</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e4987db0-ef98-41bb-8ac1-079bc2f5b8c7</t>
+    <t>Diez años de aplicación de compost de alperujo en olivar</t>
+  </si>
+  <si>
+    <t>Se presentan los resultados de un trabajo de diez años de duración en los que se han aplicado diferentes mezclas de compost de alperujo en olivar. Se ha evaluado la influencia en la mejora de las propiedades de fertilidad del suelo y en el rendimiento graso del fruto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14de70dd-4551-4a95-b842-11982791d69c</t>
+  </si>
+  <si>
+    <t>Sistemas Sostenibles de Cultivos Agroambientales</t>
+  </si>
+  <si>
+    <t>Sistemas Sostenibles de Cultivos Agroindustriales se encuentra dentro de la Submedida 10.1. Pagos por Compromisos Agrarios y Ambientales, es decir, el beneficiario de ésta ayuda recibirá una compensación económica, por realizar una series de prácticas agrícolas beneficiosas no solo para el medio ambiente sino para los propios cultivos. Asimismo, no sólo hay que valorar y buscar la rentabilidad de estos cultivos, sino hacer que éstos se obtengan realizando prácticas agrícolas respetuosas con el medio ambiente, aparte de una buena gestión de los recursos naturales de forma eficiente</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fd76489-e670-4d3a-aee4-3d28620fcb88</t>
+  </si>
+  <si>
+    <t>Avance de Resultados Productivos y de Calidad del Fruto de Fresa en Cultivo Convencional obtenidos hasta 31 de diciembre de 2015</t>
+  </si>
+  <si>
+    <t>Se  muestran  los  datos  de  producción de las diez variedades en estudio,  obtenidos  en  las  tres localidades  de  cultivo  convencional, donde se realizan los ensayos,  hasta  el  28  de  febrero  y  31  de  marzo  del presente año 2015. Además, los datos de calidad organoléptica, firmeza y contenido en  solidos  solubles,  hasta  el  31  de  marzo,  expresados  como  media  de  los  tres muestreos  realizados  hasta  ese  momento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9777b86b-6641-4f71-92cd-1b0765e1d071</t>
+  </si>
+  <si>
+    <t>Evaluación del efecto de abonos foliares comerciales sobre el control del repilo en olivar ecológico de la variedad picual</t>
+  </si>
+  <si>
+    <t>Tradicionalmente el control del Repilo, una de las enfermedades más importantes del olivar causada por el hongo Fusicladium oleagineum, se ha basado en el uso, no siempre eficiente, de fungicidas vía foliar, especialmente compuestos cúpricos. Los daños medioambientales ocasionados por estas prácticas han llevado a las administraciones a limitar su uso. En agricultura ecológica donde los productos a base de cobre son la opción más usada, las limitaciones actuales, hacen necesario buscar productos alternativos que reduzcan los aportes de cobre. En este trabajo se presentan, para la variedad picual, los resultados de los ensayos realizados para el control del repilo mediante aplicaciones foliares a base de abonos comerciales que se piensan puedan repercutir en una menor expresión de la enfermedad. Los resultados demuestran que existen diferencias significativas entre el tratamiento con oxicloruro y los abonos foliares, siendo mayor la incidencia de la enfermedad con éstos últimos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0638d87-e773-4604-9e0f-888479354b98</t>
+  </si>
+  <si>
+    <t>Sinapis flexuosa una Mostaza con Alto Contenido en Glucosinolatos Alternativa a Sinapis alba para Biofumigación</t>
+  </si>
+  <si>
+    <t>Sinapis flexuosa es una especie crucífera autóctona, una mostaza, que se encuentra en España en el sureste, provincias de Almería, Murcia y Jaén, y ocasionalmente naturalizada en otras más al norte (Barcelona, Coruña y Pontevedra). En este trabajo se recogen los resultados de los ensayos de evaluación de la utilidad de Sinapis flexuosa como cobertura vegetal para biofumigación en las condiciones de Andalucía y su comparación con Sinapis alba.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d6d885a1-473e-4fac-89b0-2c41ce3dca3d</t>
+  </si>
+  <si>
+    <t>Cultivos Hortícolas en Invernadero: Importancia de la Higiene y la Profilaxis</t>
+  </si>
+  <si>
+    <t>Siguiendo el método Delphi se ha constituido y consultado a un panel de expertos sobre el estado de higiene de los cultivos hortícolas en invernadero, con especial interés en los problemas derivados de inputs y el manejo propio de los cultivos. A partir del cuestionario diseñado, hemos buscado la opinión sobre los problemas experimentados en los cultivos hortícolas en invernadero, que pueden tener su origen en las semillas, en los virus transmitidos por semillas y/o contacto, y en cómo se confirma la etiología de estos problemas. Hemos preguntado sobre las prácticas de manejo del cultivo que pueden estar relacionados con estos problemas; la profilaxis y el control de enfermedades transmitidas por contacto; y sobre productos y técnicas de desinfección en invernadero.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c2689db4-e120-4a97-bd6a-fd002e3e85be</t>
+  </si>
+  <si>
+    <t>Impacto del Cambio Climático sobre el Cultivo de Trigo en Andalucía</t>
+  </si>
+  <si>
+    <t>Según las previsiones, el sur de Europa se verá afectado de manera significativa por un cambio en las condiciones climáticas y, por lo tanto, los sistemas agrícolas andaluces pueden verse seriamente afectados. Así, el incremento de temperaturas y la disminución de las precipitaciones serán los efectos más visibles y podrían tener un efecto negativo sobre el cultivo del trigo. El impacto previsible sería la reducción de las cosechas causada por la disminución de la transpiración del cultivo asociada al descenso de las precipitaciones y por los daños generados por olas de calor durante las fases de floración y llenado del grano. A pesar de estos impactos potenciales, el trigo, comparado con otros cultivos, no es especialmente vulnerable al cambio climático debido a su gran adaptación a ambientes semiáridos. Este cultivo cuenta con un número limitado pero muy efectivo de medidas de adaptación, como el adelanto en la fecha de siembra, el empleo de estrategias de riego de apoyo o el manejo eficiente del suelo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b78ba2be-481e-4893-9ff0-3e0be1810420</t>
+  </si>
+  <si>
+    <t>Compuestos Biosaludables del Pistacho</t>
+  </si>
+  <si>
+    <t>Se presentan los resultados del estudio de 11 variedades de pistacho cultivadas en Andalucía durante las campañas de 2019 y de 2020, para el contenido en compuestos fenólicos totales, la actividad antioxidante, el contenido en carotenoides y el contenido en clorofila. también se estudia el color de la cáscara, del tegumento y del interior del fruto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/61f83cc7-451d-47d7-be17-e3ec8ffecb53</t>
   </si>
   <si>
     <t>Manual de Programación del Riego de los Frutos Rojos</t>
   </si>
   <si>
     <t>Se presenta una revisión detallada de la programación del riego de los frutos rojos en la provincia de Huelva, haciendo uso del pronóstico meteorológico. La programación está basada en la metodología FAO de cálculo de las necesidades de agua de los cultivos. Se describe el procedimiento para calcular la ETo en invernadero y se proponen Kc específicos para los frutos rojos de la provincia de Huelva. Además, se incluye un ejemplo práctico que ilustra el cálculo del tiempo de riego para un cultivo de fresas en la provincia de Huelva. Se introduce la aplicación Riego Berry, una herramienta digital que ofrece recomendaciones personalizadas de riego para los cultivos de fresa, frambuesa y arándano en la provincia de Huelva. Por último, se presentan los resultados de la validación de este método de programación en fincas comerciales, junto con indicadores de comportamiento del riego, tales como la eficiencia y la productividad del agua de riego en los cultivos de frutos rojos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dcf255d3-71ea-47b5-aab4-5656e3694452</t>
   </si>
   <si>
-    <t>Diez años de aplicación de compost de alperujo en olivar</t>
-[...61 lines deleted...]
-  <si>
     <t>Manual Básico de Laboratorio Enológico</t>
   </si>
   <si>
     <t>Tanto las grandes bodegas como las cooperativas poseen personal altamente cualificado dedicado al control químico enológico de la uva, el mosto y el vino. Sin embargo, en las pequeñas bodegas y lagares, con un marcado carácter familiar, no es tan frecuente dicha especialización. Este manual podrá servir de apoyo y consulta a todos ellos, incluso a los que no están tan familiarizados con la química, poniendo a su alcance métodos básicos de trabajo que les permitan el control suficiente de las elaboraciones, desde la elección de la fecha de vendimia hasta el momento de embotellado, pasando por los procesos de fermentación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ea0a90e-f147-4020-bcd5-d34fcf787547</t>
   </si>
   <si>
-    <t>Evaluación del efecto de abonos foliares comerciales sobre el control del repilo en olivar ecológico de la variedad picual</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0638d87-e773-4604-9e0f-888479354b98</t>
+    <t>Termografía para el Diagnóstico de Mastitis en Caprino Lechero</t>
+  </si>
+  <si>
+    <t>Se muestran los resultados de un ensayo experimental en el ámbito del Proyecto Transforma PR.TRA23.TRA2023.002. (SOSDEGAN) Innovaciones para el manejo SOStenible de recursos pastables y GANaderos en Dehesas y sistemas semiextensivos de Andalucía, en el módulo de ganadería. El objetivo fue comprobar el posible uso de la Termografía en el diagnóstico precoz de mamitis en ganado caprino. Aprovechando su uso, como técnica no invasiva y de rápido resultado. Sin embargo, no se han obtenido resultados suficientemente precisos para extender su uso.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99c72850-a05e-4159-9c3c-601c85ea1061</t>
   </si>
   <si>
     <t>Riego Berry. Una herramienta para la programación del riego de los frutos rojos. Guía de uso</t>
   </si>
   <si>
     <t>Riego Berry es una aplicación móvil del IFAPA (CAGPDS de la Junta de Andalucía) que permite de una forma rápida e intuitiva realizar recomendaciones de riego para los cultivos de fresa, frambuesa y arándano en la provincia de Huelva. Se basa en los resultados de 10 años de investigación y experimentación en fincas comerciales y del IFAPA, lo que avala su aplicación a escala comercial. La aplicación permite personalizar para cada parcela las recomendaciones de riego de los cultivos de frutos rojos. La dosis de riego está orientada a obtener la máxima producción optimizando al máximo el consumo de agua, de forma que el cultivo no sufra en ningún momento estrés hídrico. La aplicación de esta metodología de programación del riego en fincas comerciales ha llevado a ahorros de agua de hasta el 40%.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6203f89e-0ac8-4d9d-8ee8-0d0b930893af</t>
   </si>
   <si>
+    <t>Oportunidades de las Leguminosas ante la Nueva PAC (2014-2020)</t>
+  </si>
+  <si>
+    <t>Se describe la importancia de las leguminosas en la agricultura y el papel que estos cultivos tienen ante la nueva reforma de la Política Agraria Comunitaria. El documento se ha centrado en las dificultades del control de las malas hierbas en las leguminosas y los aspectos más relevantes del cultivo de habas y garbanzos, principales leguminosas que se cultivan en Andalucía. Se han destacado las principales limitaciones de estos cultivos, como la falta de herbicidas autorizados para el control de malas hierbas, las plagas y enfermedades, la sequía y los bajos rendimientos, entre otros. Se proponen algunas estrategias para incrementar el cultivo de las leguminosas en la agricultura española.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2756f07-f178-49ea-937b-d1e047c9c021</t>
+  </si>
+  <si>
+    <t>Guía de Instalación y uso de la App Riego Citrus</t>
+  </si>
+  <si>
+    <t>Se presenta una herramienta digital diseñada para programar y optimizar el riego de cultivos de cítricos mediante el uso del balance hídrico del suelo, considerando datos meteorológicos, de suelo y de la plantación. La app, disponible para Android, iOS y versión web, permite a técnicos y agricultores configurar parcelas con información precisa para recibir recomendaciones personalizadas de riego (óptimo, deficitario controlado o de supervivencia), así como acceder a informes, notificaciones y análisis históricos del riego. Esta guía detalla el proceso de instalación, configuración y uso de la app, fomentando una gestión eficiente del agua frente al contexto de cambio climático.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b37c6067-98aa-4915-b4e3-418b4cb0d6c9</t>
+  </si>
+  <si>
+    <t>Potencialidad Enológica de las Variedades Autóctonas Andaluzas Beba y Mantúo de Pilas</t>
+  </si>
+  <si>
+    <t>Se evalúa el potencial enológico de dos variedades autóctonas Andaluzas como son la Beba y la Mantúo de Pilas. El estudio se ha realizado en Jerez de la Frontera durante 4 campañas consecutivas. Además se ha incluido en este estudio, como referencia, la variedad Palomino fino por ser la variedad más cultivada en el marco de Jerez (95 %).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d82ab46c-0b6e-4cd4-9cbc-8e8fe8c92f5f</t>
+  </si>
+  <si>
+    <t>Métodos de instalación de cubiertas vegetales: fundamentos, aplicaciones y manejo</t>
+  </si>
+  <si>
+    <t>Se describen los fundamentos de la competencia e interferencia entre  especies vegetales. Las primeras semanas son cruciales. Se han expuesto estrategias de siembra de las coberturas vegetales, del momento de siembra, del acondicionamiento de semillas y de su manejo. Es preciso elegir bien el sistema para conseguir una buena implantación de cubiertas vegetales y evitar la pérdida de dinero, bien por sembrar especies con escasas o nulas posibilidades de permanencia, bien porque el manejo sea dificultoso.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/172d955f-170a-4e1b-8347-c71e9c6401f9</t>
+  </si>
+  <si>
     <t>Análisis de los costes de producción de pequeñas explotaciones de olivar tradicional de no laboreo</t>
   </si>
   <si>
     <t>Se analizan los costes de producción de las pequeñas explotaciones de olivar para demostrar la importancia de la mano de obra familiar en la rentabilidad de las mismas y para poner de manifiesto la importancia de la subvención de la PAC. También, se proponen estrategias productivas innovadoras que permitirían reducir los costes de producción y por ende incrementar la rentabilidad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a66f3449-5911-4a0e-a71b-d5546a47797f</t>
   </si>
   <si>
-    <t>Oportunidades de las Leguminosas ante la Nueva PAC (2014-2020)</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b37c6067-98aa-4915-b4e3-418b4cb0d6c9</t>
+    <t>Técnicas de Biofumigación y Solarización, Adaptadas a las Condiciones de Cultivo de la Fresa en Huelva</t>
+  </si>
+  <si>
+    <t>Resultados obtenidos a partir de un ensayo de demostracion realizado en la campaña 2016/2017 sobre el uso de técnicas de biofumigación y solarización en cultivo de fresa en Huelva, realizado en una finca colaboradora y sobre la variedad "Rociera".</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d94d2ad-922f-455d-af41-0e03204df42d</t>
+  </si>
+  <si>
+    <t>Eficacia de la Solarización y Biosolarización en Cultivos Enarenados contra Patógenos Fúngicos de Suelo</t>
+  </si>
+  <si>
+    <t>Resultados de un trabajo realizado para comprobar la eficacia de la solarización y biosolarización del suelo en el control de patógenos. Los patógenos estudiados ha sido: Fusarium oxysporum f. sp. melonis, Fusarium oxysporum f. sp. lycopersici, Pythium aphanidermatum, Pythium solare, Phytophthora capsici y Phytophthora nicotianae var. parasitica.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/37699b0f-ddc9-4dcf-b5b1-863d3623fe6b</t>
   </si>
   <si>
     <t>Comportamiento Agronómico de `Clementina de Nules` sobre distintos Patrones de Citricos en Málaga. Campañas 2013/14 y 2014/15.</t>
   </si>
   <si>
     <t>Resultados de un trabajo de evaluacion del comportamiento agronómico de patrones convencionales y nuevos híbridos (semienanizantes), realizado durante las campañas de 2013/14 y 2014/15 en las condiciones agroclimáticas del área litoral de la provincia de Málaga con el fin de obtener información consistente que permita optimizar el manejo agronómico de las plantaciones y con ello la rentabilidad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/56235250-bea1-4fed-a377-bbdfdb6317bc</t>
   </si>
   <si>
-    <t>Eficacia de la Solarización y Biosolarización en Cultivos Enarenados contra Patógenos Fúngicos de Suelo</t>
-[...7 lines deleted...]
-  <si>
     <t>Evaluación de variedades locales de habas. Campaña 2019/2020.</t>
   </si>
   <si>
     <t>Resultados del comportamiento agronómico y de su respuesta frente a la planta parásita Orobanche crenata de un total de trece variedades locales andaluzas de habas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21c8bbb2-1835-404d-a244-e4124fcb7439</t>
   </si>
   <si>
+    <t>El Estado de la Ganadería Ecológica en Andalucía y su Proyección</t>
+  </si>
+  <si>
+    <t>Resumen de las estadísticas aportadas por los distintos organismos de control autorizados en Andalucía, entre 2013 y 2014, para observar y analizar posibles tendencias en la ganadería ecológica y sus expectativas para el nuevo marco PAC 2015-2020. El documento forma parte del material docente del módulo de Incorporación a la Empresa Agraria, en el sector productivo de Ganadería ligada a la tierra. M-2: Necesidades medioambientales de los animales. Características de las instalaciones según ciclo y estado productivo de los animales. Manejo de las instalaciones. Aspectos climáticos y edafológicos. Producción ecológica. El bienestar de los animales. Normativa vigente.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/373ad0ca-65c7-4c79-969c-65b5d3d67ad9</t>
+  </si>
+  <si>
     <t>Efecto del Cultivo Ecológico en el Contenido de Compuestos Promotores de la Salud de Trece Variedades de Ciruela</t>
   </si>
   <si>
     <t>Resultados del trabajo de evaluación de los contenidos en compuestos antioxidantes de la fruta de 13 variedades de ciruelo, cultivadas en sistema ecológico y en sistema convencional en la provincia de Sevilla durante los años 2012 y 2013.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2fda3051-e892-41f1-a6c7-75b8c49bfbf1</t>
   </si>
   <si>
-    <t>Técnicas de Biofumigación y Solarización, Adaptadas a las Condiciones de Cultivo de la Fresa en Huelva</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/373ad0ca-65c7-4c79-969c-65b5d3d67ad9</t>
+    <t>Respuesta al riego de un cultivo de arándano en la provincia de huelva</t>
+  </si>
+  <si>
+    <t>Resultados de un ensayo realizado entre 2017 y 2019 para conocer el efecto del riego sobre el rendimiento del cultivo de arándano en la provincia de Huelva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbec6bc2-ec53-4d0e-8df4-db6d1f88018f</t>
+  </si>
+  <si>
+    <t>Efecto in vitro de Nueve Formulados Fungicidas sobre Phytophthora capsici locales procedentes de pimiento y calabacín</t>
+  </si>
+  <si>
+    <t>Resultados de un ensayo en el que se estudió la eficacia in vitro de nueve formulados fungicidas comerciales frente a aislados de Phytophthora capsici obtenidos de plantas de calabacín y pimiento de invernaderos de la provincia de Almería. Se evaluó la inhibición del crecimiento radial (ICR) de las colonias de los aislados para las dosis mínima y máxima recomendadas de cada fungicida por separado. También se analizó su capacidad para producir esporangios con zoosporas móviles, y su acción directamente sobre zoosporas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/347d1c88-ffc4-4da4-b9e9-83c67a5e4840</t>
+  </si>
+  <si>
+    <t>Efecto de Diferentes Niveles de Salinidad Sobre la Calidad de Fruto de Fresa</t>
+  </si>
+  <si>
+    <t>Resultados de un experimento realizado en 2013/2014 sobre la influencia de diferentes niveles de salinidad de la solucion nutritiva en la calidad de los frutos de dos variedades de fresa (cv. 'Primoris' y cv. 'Albión') cultivadas en invernadero con sistemas de reutilizacion de aguan lixiviadas. La estrategia propuesta de someter al cultivo de fresa a un estrés salino en la fase de desarrollo y engorde del fruto afecta de forma positiva a la calidad de fruto de fresa sin afectar a la producción en las dos variedades evaluadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab14335d-93d7-485f-9d55-17d8bf6968da</t>
   </si>
   <si>
     <t>Estudio Agronómico de Variedades Locales de Trigo Duro</t>
   </si>
   <si>
     <t>Resultados de los ensayos de evaluación de nueve variedades locales de trigo duro comparándolas con cuatro variedades modernas utilizadas como referencia para analizar sus posibilidades productivas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f20573b9-6619-4439-a5e1-9ce00831e7ae</t>
   </si>
   <si>
+    <t>Eutrofización y Ecotoxicidad en el Cultivo de la Fresa</t>
+  </si>
+  <si>
+    <t>Resultados de un trabajo cuyo objetivo ha sido cuantificar y evaluar los impactos ambientales Eutrofización y Ecotoxicidad del cultivo de la fresa, considerando todo el ciclo de vida de los diferentes sistemas de producción. Como resultado se diseñan y se recomiendan estrategias de optimización de las prácticas agrarias implementadas por los agricultores para mejorar la sostenibilidad de sus explotaciones agrarias y aumentar la competitividad del sector productor fresero.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ddd250b4-934e-47b1-a6c7-bfee69eb760f</t>
+  </si>
+  <si>
+    <t>Análisis exploratorio de las prácticas de manejo del riego y la fertilización en la agricultura andaluza</t>
+  </si>
+  <si>
+    <t>Resultados de un análisis exploratorio realizado en 2022, utilizando informacion recogida de encuestas a agricultores/as asistentes a cursos y jornadas organizadas por el IFAPA, sobre el estado actual de las prácticas agrícolas de manejo del riego y la fertilización nitrogenada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cef4fcc-3865-4120-a4b3-f6c2701feb03</t>
+  </si>
+  <si>
+    <t>Riego con Mezclas de Agua Salobre y Desalinizada en Cultivo de Pimiento en Invernadero</t>
+  </si>
+  <si>
+    <t>Resultados de los ensayos realizados en el Centro IFAPA La Mojonera (Almería) para valorar la influencia en la producción, en la productividad del agua y en el estado del suelo, de cuatro mezclas de aguas y dos consignas de activación de riego, en un cultivo de pimiento en invernadero.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/73c0d41e-895c-47e9-8e99-876702b12dbd</t>
+  </si>
+  <si>
     <t>Resultados de los Ensayos de Girasol en Andalucia. Campaña 2016</t>
   </si>
   <si>
     <t>Resultados de los ensayos de nuevas variedades de Girasol en Andalucia realizados en la campaña de 2016</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e35770cd-33b6-451a-a798-17151f771dbe</t>
   </si>
   <si>
-    <t>Riego con Mezclas de Agua Salobre y Desalinizada en Cultivo de Pimiento en Invernadero</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ddd250b4-934e-47b1-a6c7-bfee69eb760f</t>
+    <t>El Cultivo de Maíz en Andalucía bajo el Impacto del Cambio Climático</t>
+  </si>
+  <si>
+    <t>Resultados de estudios sobre los posibles impactos del cambio climático sobre el cultivo del maíz regadío en Andalucía y medidas de adaptación evaluadas para limitarlos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fb65255-04b4-48fb-95aa-09e9ab613ec2</t>
+  </si>
+  <si>
+    <t>Efecto de distintas dotaciones de riego en el cultivo del aguacate. Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>Resultados de la campaña 2016/17 de los ensayos de riego en explotaciones comerciales de Aguacate del litoral andaluz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f18bb1f-9001-491f-8578-be213b1b55a1</t>
   </si>
   <si>
     <t>Empleo de Bacterias en el Cultivo de Fresa. Resultados Preliminares de Campo.</t>
   </si>
   <si>
     <t>Resultados de ensayos preliminares realizados en la campaña 2017/18 sobre el empleo de tres bacterias promotoras del crecimiento en cultivo de fresa.El objetivo del trabajo es comprobar si la inoculación con bacterias promotoras del crecimiento puede, en parte, disminuir el uso de productos de síntesis en un cultivo tan importante en el campo andaluz como la fresa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/349abc8b-0511-4e2a-a5e6-6721ec10b51c</t>
   </si>
   <si>
+    <t>Estudio comparativo de producción y calidad de fruta en cinco cultivares de ciruelo de recolección tardía en manejo ecológico y convencional</t>
+  </si>
+  <si>
+    <t>Resultados de los años 2009 a 2013 de producción y de calidad de la fruta de cinco cultivares comerciales de ciruelo japonés de recolección tardía, que llevan varios años siendo cultivados en dos manejos agronómicos diferenciados: ecológico y convencional.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d109d527-1abd-438d-a3e1-12e169313572</t>
+  </si>
+  <si>
     <t>Estudio preliminar de riego deficitario en almendros</t>
   </si>
   <si>
     <t>Resultados de ensayos sobre distintas estrategias de riego deficitario en cultivo del almendro realizados en las campañas 2013 y 2014.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef23c898-ac38-43a8-9eae-f632b1983fc0</t>
   </si>
   <si>
-    <t>El Cultivo de Maíz en Andalucía bajo el Impacto del Cambio Climático</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f18bb1f-9001-491f-8578-be213b1b55a1</t>
+    <t>Ensayos de Variedades de Girasol Resistentes a Jopo (O. Cumana) en Andalucía. Campaña 2024</t>
+  </si>
+  <si>
+    <t>Resultados de los cinco ensayos de variedades de girasol resistentes a jopo (O.Cumana) en Andalucía en la campaña 2024. Se presentan de cada ensayo datos de rendimiento tanto de semilla como de aceite, datos de las diferentes enfermedades y un cuadro resumen de rendimientos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d35cebaa-01bd-46fd-8c49-6c776c3f3969</t>
   </si>
   <si>
     <t>Prácticas de fertilización en trigo bajo siembra directa: alternativas al uso de urea</t>
   </si>
   <si>
     <t>Resultados de la investigación en la que se han estudiado diferentes metodologías de fertilización alternativas el uso de Urea. Entre las que destaca el uso de inhibidores de nitrificación y ureasa. Los resultados se han presentado en relación a los beneficios agronómicos (cosecha, N en grano,...), como medioambientales (reducción de lixiviación de nitratos y de emisiones de N02).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76fb3e4e-8484-4fa4-865a-fdcab95eaaf4</t>
   </si>
   <si>
-    <t>Estudio comparativo de producción y calidad de fruta en cinco cultivares de ciruelo de recolección tardía en manejo ecológico y convencional</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d35cebaa-01bd-46fd-8c49-6c776c3f3969</t>
+    <t>Bienestar Animal en Explotaciones de Aves</t>
+  </si>
+  <si>
+    <t>Manual destinado a su utilización en los cursos de Bienestar Animal en Explotaciones de Aves. Los cursos tendrán un mínimo de 20 horas de duración y se destinan a personas titulares y personas que  trabajen en explotaciones ganaderas avícolas.  El IFAPA ha considerado conveniente  elaborar y publicar este material didáctico específico sobre Bienestar Animal en Explotaciones de Aves, con el objetivo de proporcionar, tanto al sector como a los docentes en esta materia, unos contenidos adecuados que aborden la temática recogida en la normativa que regula la formacion de Bienestar Animal.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4effe209-78ac-40b0-8f2f-f6f243c394c4</t>
+  </si>
+  <si>
+    <t>Los Canales Cortos de Hortalizas Ecológicas en Almería y Granada. Análisis de Experiencias en Comercialización</t>
+  </si>
+  <si>
+    <t>Por experiencias en canales cortos de comercialización se hace referencia a un conjunto de iniciativas que giran en torno a la producción, distribución y consumo de alimentos que se desarrollan, en la mayoría de los casos, como alternativas a otras formas más extendidas de estas actividades. El objetivo de este trabajo es explorar la situación actual de este tipo de iniciativas en comercialización de hortícolas ecológicas en las provincias de Almería y Granada. Para ello se ha caracterizado la estructura comercial de dichos canales, la oferta de los productos, el origen, tipo y la gama de productos, formas de venta, entre otros. La información manejada en este estudio proviene de una encuesta realizada en el año 2015 a 37 establecimientos entre el área metropolitana de las provincias de Almería y Granada y sus zonas limítrofes; prácticamente la totalidad de establecimientos ecológicos ha sido encuestada. Los resultados de este trabajo muestra que los alimentos ecológicos, por la naturaleza de sus sistemas de producción, por su vinculación local, y por el tipo de nichos de mercado que suelen abastecer, resultan particularmente idóneas para la comercialización en canales cortos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/15dcde6f-2a55-4310-a226-84fd84f0e602</t>
+  </si>
+  <si>
+    <t>Problemática Fitopatológica del Cultivo de la Fresa en Huelva</t>
+  </si>
+  <si>
+    <t>Para valorar el impacto de los problemas fitopatológicos en la fresa y la percepción de la eficacia del uso de los fitosanitarios, se realizó una encuesta entre los técnicos encargados de la sanidad vegetal de los cultivos de fresa en Huelva. Para ellos se confeccionó un cuestionario que constaba de tres grupos de preguntas (i) características geográficas y agronómicas de las parcelas supervisadas por el entrevistado, (ii) enfermedades más extendidas y perjudiciales y (iii) métodos de control utilizados. Los cuestionarios se distribuyeron entre las cooperativas de las comarcas productoras de fresa en Huelva y se recopilaron las respuestas mediante entrevistas personales a técnicos responsables de la sanidad de este cultivo durante 2017.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cb5558a-df1a-4326-8c90-921a870af6bb</t>
   </si>
   <si>
     <t>¿Cuál es el valor patrimonial de una explotación agraria?</t>
   </si>
   <si>
     <t>Para una valoración justa de la tierra agraria hay que considerar la totalidad de los costes que conlleva la gestión de una explotación agraria, sin obviar elementos que, en determinadas ocasiones, generan diferencias notables en la contabilidad agraria y por tanto en la renta a considerar como valor de partida. Es este trabajo se pone de manifiesto el impacto que la fragmentación y dispersión parcelaria tienen en la rentabilidad de las explotaciones en el caso del olivar tradicional de la provincia de Jaén y, por ende, en la valoración patrimonial de los fundos rústicos. Los resultados indican que para mantener el valor patrimonial de la tierra es fundamental reducir la fragmentación parcelaria.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33fa9470-9142-4312-b776-b8f2ed64ead3</t>
   </si>
   <si>
-    <t>Problemática Fitopatológica del Cultivo de la Fresa en Huelva</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/15dcde6f-2a55-4310-a226-84fd84f0e602</t>
+    <t>Optimización del Riego y el Abonado en el Cultivo del Girasol</t>
+  </si>
+  <si>
+    <t>Para tratar de profundizar en el conocimiento de la interacción entre las necesidades de agua y fertilizantes en el cultivo de girasol, se ha realizado un experimento durante tres años en el que se han testado diferentes volúmenes de riego, distintas estrategias de fertilización y sus posibles interacciones en el rendimiento de semilla, contenido de aceite y otros componentes de rendimiento. Este documento ofrece los resultados del experimetno realizado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff8af041-9d03-48b7-ae84-7436d05fa364</t>
+  </si>
+  <si>
+    <t>Uso de tensiómetros manuales y electrónicos para la gestión del riego</t>
+  </si>
+  <si>
+    <t>Los tensiómetros son instrumentos que miden el potencial matricial o tensión matricial del suelo. Esta es una medida indirecta de la humedad del suelo y es originado por las fuerzas que retienen el agua en los capilares y sobre las partículas del suelo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/341bbbd5-9403-4e30-bf4f-855945132330</t>
+  </si>
+  <si>
+    <t>Sistemas Sostenibles de Olivar.</t>
+  </si>
+  <si>
+    <t>Recoge los compromisos a cumplir por todas aquellas personas beneficiarias de esta operación, con el fin de realizar una buenas prácticas agroambientales haciendo un uso sostenible de los recursos naturales que coexisten con el cultivo del olivar, haciendo de éste un cultivo rentable económicamente como medioambientalmente.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e2dbfb-ba33-4432-84a8-16f828cd68b0</t>
   </si>
   <si>
     <t>Implantación y manejo de Sinapis alba subsp. Mairei para cubierta vegetal y biofumigación</t>
   </si>
   <si>
     <t>Procedimiento para la correcta implantación y el manejo de una cubierta vegetal de Sinapis alba subsp. mairei y su utilización para biofumigación</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e635cb6a-a041-47e8-a7f9-4d24bdbda418</t>
   </si>
   <si>
-    <t>Sistemas Sostenibles de Olivar.</t>
-[...7 lines deleted...]
-  <si>
     <t>Recomendaciones de riego en olivar en la campaña 2022-2023</t>
   </si>
   <si>
     <t>Recomendaciones de riego para olivar en condiciones de años de escasa pluviometría en las que se ofrecen estrategias para paliar en la medida de lo posible el efecto del estrés hídrico sobre la producción de aceituna y de aceite.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7257cf50-7f90-4212-b8e8-adbf02e922c2</t>
   </si>
   <si>
-    <t>Uso de tensiómetros manuales y electrónicos para la gestión del riego</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff8af041-9d03-48b7-ae84-7436d05fa364</t>
+    <t>Recomendaciones en la Elaboración de Queso de Pasta Blanda con Corteza Enmohecida</t>
+  </si>
+  <si>
+    <t>Los quesos de pasta blanda enmohecidos externamente se caracterizan por la presencia de un revestimiento externo blanco, originado por el crecimiento de mohos del género Penicillium en la superficie. La presencia de este moho le da a estos quesos un aspecto, aroma y sabor característicos. Estos quesos son originarios de Francia, y cada vez son más populares entre los consumidores, aumentando cada vez más la demanda de los mismos. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd2e0621-6d5d-4307-bba9-05791dec2e60</t>
+  </si>
+  <si>
+    <t>Uso de plantas acumuladoras de cobre para la fitorremediación de suelos agrícolas. Aplicación al sistema Phytobac.</t>
+  </si>
+  <si>
+    <t>Los objetivos principales de este trabajo son: 1) la selección de plantas capaces de acumular e inmovilizar metales pesados en su parte aérea (fitorremediación) para ser usadas en suelos contaminados por metales pesados, principalmente cobre, ya que su uso esta aun permitido en la agricultura y 2) la posterior implementación del sistema Phytobac. Para ello se han realizado dos ensayos, uno en cámara de cultivo y otro en invernadero, con distintas especies vegetales y, sometidas a distintas concentraciones de cobre durante distintos estadios de desarrollo</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da00b2f3-1a92-4c6c-9f9d-1b1ec2326096</t>
+  </si>
+  <si>
+    <t>Multifuncionalidad de las explotaciones de olivar de Andalucía en función de las técnicas agrarias implementadas</t>
+  </si>
+  <si>
+    <t>Los objetivos de este trabajo son por un lado desarrollar un modelo integrado para la evaluación de la multifuncionalidad del olivar de Andalucía basado en la técnica ANP, y por otro lado aplicar este modelo para mejorar el diseño de las políticas agroambientales orientadas a la multifuncionalidad, definiendo las prácticas agrarias que tienen mayor potencial para afectar al rendimiento multifuncional del olivar y las mejores alternativas técnicas. También se analizarán la evolución en los últimos años.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6930c778-22c5-4393-a7f6-70dd870e4a5d</t>
+  </si>
+  <si>
+    <t>Respuesta Agronómica del Arroz al Riego Salino en Distintas Fases del Cultivo</t>
+  </si>
+  <si>
+    <t>Los resultados aquí expuestos proceden de los trabajos realizados dentro del Proyecto de Investigación "Respuesta agronómica del arroz al riego salino en distintas fases del cultivo", iniciado y definido por la empresa Hisparroz, S.A., con la colaboración del IFAPA, enmarcado en la línea de trabajo sobre Sostenibilidad del Cultivo del Arroz. Los resultados de este ensayo evidencian que la salinidad en cada fase del cultivo afectó básicamente a su correspondiente componente de rendimiento, el número de panículas/m2 y el número de granos llenos/panícula.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6667c7f8-1905-4671-aaf9-5d2122b621d6</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Queso de Coagulación Láctica</t>
+  </si>
+  <si>
+    <t>Los quesos elaborados mediante coagulación láctica, son originarios de Francia, donde se elaboran a partir de leche de cabra principalmente, debido al potencial productivo del ganado caprino que existe en dicho país. El inicio de esta tipología de quesos, data del siglo XVIII, donde la expansión musulmana dio lugar a la introducción de ganado caprino en el país galo, utilizándose la leche de estos animales para la elaboración de dicho producto lácteo. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b8b53265-24d8-4a51-b0ac-f52c12cae787</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Queso de Vaca de Pasta Prensada</t>
+  </si>
+  <si>
+    <t>Los quesos elaborados a partir de leche de vaca son típicos de la zona norte de la península ibérica, donde la ganadería de vacuno predomina sobre las de otras especies. La elaboración de este producto, al igual que ocurre con la leche de caprino y ovino, surge con el objetivo de revalorizar la materia prima, la leche, y obtener un mayor rendimiento de las explotaciones ganaderas. Hoy en día existe una gran diversidad de quesos elaborados a partir de leche de vaca a nivel nacional. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88a2129a-76aa-4aca-add5-3fb7c0600412</t>
   </si>
   <si>
     <t>Impacto medioambiental del cultivo de olivar en andalucía</t>
   </si>
   <si>
     <t>Los objetivos de este estudio fueron analizar los impactos ambientales de los sistemas de producción de aceituna existentes en Andalucía, seleccionar y mejorar las prácticas agrícolas con el fin de identificar los procesos que producen los problemas ambientales más significativos y diseñar un sistema de gestión del cultivo del olivar más eficiente y respetuoso con el medio ambiente. Este es el primer estudio realizado en España que muestra los impactos medioambientales de una alta variedad de sistemas de producción de aceituna utilizando el análisis de ciclo de vida, incluyendo los sistemas de producción integrados.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c55e8e17-e72f-44cd-82f3-1c5f3503cc1d</t>
   </si>
   <si>
-    <t>Multifuncionalidad de las explotaciones de olivar de Andalucía en función de las técnicas agrarias implementadas</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6667c7f8-1905-4671-aaf9-5d2122b621d6</t>
+    <t>Programación Dinámica del Fertirriego en Lechuga Utilizando Modelos de Simulación</t>
+  </si>
+  <si>
+    <t>Los modelos de simulación EU-Rotate_N y CropSyst fueron evaluados para el cultivo de lechuga al aire libre. Se evaluó el comportamiento de los modelos en relación a: i) producción de materia seca, ii) absorción del N por el cultivo, iii) producción comercial, iv) contenido de agua en suelo y v) contenido de N mineral en suelo. Se utilizaron datos de tres años con diferentes dosis de nitrógeno (N). En general, el modelo EU-Rotate_N mostró mejor comportamiento para las variables estudiadas de cultivo y suelo, que el modelo CropSyst en lechuga con fertirriego. Sería necesario adaptar CropSyst para cultivos hortícolas con fertirriego. La optimización de la fertilización nitrogenada en lechuga, se realizó combinando el sistema KNS con EU-Rotate_N. Esta metodología demostró ser una herramienta útil y fácil de implementar para la optimización del diseño del programa de fertirriego en lechuga.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9d27339-f511-4409-b22f-396418ca9009</t>
+  </si>
+  <si>
+    <t>Evaluación de la uniformidad de cintas de riego en condiciones de campo. Elección del tiempo de riego más adecuado</t>
+  </si>
+  <si>
+    <t>Los esfuerzos para reducir los consumos de agua en el cultivo de la fresa deben ir orientados tanto a optimizar los calendarios de riego, como también a conocer la capacidad del sistema de riego para aplicar el agua en tiempo y forma adecuada.En este documento se presentan resultados de evaluaciones realizadas en condiciones de campo para comparar la uniformidad de distribución del riego obtenida, usando cintas de riego de distintos caudales nominales y diferentes duraciones de los pulsos de riego.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7e54e5d4-49ad-420c-a3f2-dc09212f5dd8</t>
+  </si>
+  <si>
+    <t>Guías de Cultivo. Serie Cultivos Emergentes: El Trigo Sarraceno</t>
+  </si>
+  <si>
+    <t>Los cultivos emergentes son aquellos cuya superficie crece de forma significativa debido a un alto potencial de rendimiento, su buena adaptación a las condiciones agroclimáticas y crecimiento constante de demanda y precio. El trigo sarraceno se considera un pseudocereal debido a la apariencia de sus granos, sin embargo no posee gluten y por ello su consumo es una útil alternativa en dietas de celíacos por la alta calidad de sus proteínas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef0982c1-b5f7-4f5c-864d-6f7402704e0f</t>
+  </si>
+  <si>
+    <t>Análisis del Comportamiento de 13 Cultivares de Pimiento Snack en Cultivo Protegido</t>
+  </si>
+  <si>
+    <t>Los cultivares de pimiento tipo snack presentan diferencias en cuanto al manejo y la comercialización con los cultivares de pimiento habituales en los cultivos protegidos y son poco conocidos por el sector, por lo que siguen ocupando una cuota reducida de mercado. En este trabajo se ha realizado un estudio sobre los cultivares de pimiento tipo snack disponibles en el mercado con el objetivo de transferir los resultados al sector, contribuyendo así a la necesaria diversificación de la producción hortícola almeriense.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18ca5e15-687f-43e5-9d32-e347937a8200</t>
+  </si>
+  <si>
+    <t>Aplicación de biocidas para la higiene veterinaria</t>
+  </si>
+  <si>
+    <t>Los cambios en la normativa y la necesidad de adaptación y renovación de los contenidos, justifican la nueva edición del Libro de Aplicación de Biocidas para la Higiene Veterinaria. La realización de este material didáctico responde a una demanda del sector y trata de proporcionar una herramienta útil de trabajo para el alumnado que sirva de apoyo y referencia al profesorado que participa en los cursos impartidos por el IFAPA y las entidades colaboradoras. Índice: UD 1: Biocidas para la higiene veterinaria; UD 2: Recomendaciones y normas de seguridad. Primeros auxilios;UD 3: Protección del medio ambiente. Normas legales; UD 4: Salud pública. Medicamentos veterinarios; UD 5: Plagas.Métodos para combatirlas; UD 6: Agentes infecciosos. Desinfección de instalaciones de vehículos de transporte;UD 7: Protección y cuidado de los animales.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/24b63d9d-a943-4476-8a34-e0856efb92e8</t>
+  </si>
+  <si>
+    <t>Parametros de calidad en tomate fresco</t>
+  </si>
+  <si>
+    <t>Los aspectos externos (presentación, apariencia, uniformidad, madurez, frescura) son los componentes principales de la decisión de compra del tomate para consumo en freso. La calidad interna (sabor, aroma, textura, valor nutritivo, ausencia de contaminantes bióticos y abióticos) está vinculada a aspectos generalmente no perceptibles pero no por ello menos importantes para los consumidores. Este documento describe resumidamente los procedimientos para realizar un control de calidad en tomates., que permita garantizar el cumplimiento de la normativa y de demandas del mercado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5804cf66-79fc-499a-811b-d7f03e00cd17</t>
+  </si>
+  <si>
+    <t>Efecto de la Temperatura de Horneado sobre la Calidad Físico-Química y Nutricional de Pimiento Deshidratado y Regenerado Listo para su Consumo.</t>
+  </si>
+  <si>
+    <t>Los alimentos listos para consumir son productos altamente demandados por la sociedad actual en los países desarrollados debido a los cambios de vida acaecidos en las últimas décadas. Entre estos alimentos sobresalen las hortalizas cocinadas. Los tratamientos térmicos a los que son sometidas producen cambios físico-químicos y nutricionales que es necesario caracterizar. Por otra parte, estos productos suelen tener una vida útil relativamente corta. Someterlos a deshidratación parcial tras su cocinado, permite alargar su vida útil y facilita su manejo. En este formato, pueden ser rehidratados fácilmente en el momento de su consumo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a4094ba-54c9-4621-b6dd-c23ce9f8a0a8</t>
   </si>
   <si>
     <t>Búsqueda de materias activas herbicidas en leguminosas grano. Herbicidas de pre-emergencia en habas</t>
   </si>
   <si>
     <t>Las  leguminosas  grano  han  sido  cultivadas  tradicionalmente  en  los  secanos  andaluces fundamentalmente para la producción de proteína vegetal destinada a la alimentación humana y animal. Una de las principales causas de su abandono como cultivo ha sido la    falta    de    herbicidas    autorizados    de   pre    y    post emergencia, especialmente contra dicotiledóneas. En este documento  presentamos los resultados correspondientes a los ensayos de herbicidas de pre-emergencia en habas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/79303531-9810-412c-a0ab-91c243acc4f2</t>
   </si>
   <si>
-    <t>Efecto de la Temperatura de Horneado sobre la Calidad Físico-Química y Nutricional de Pimiento Deshidratado y Regenerado Listo para su Consumo.</t>
-[...25 lines deleted...]
-  <si>
     <t>Diversidad Físico-Química en Variedades de Calabacín</t>
   </si>
   <si>
     <t>Los cultivares de calabacín comerciales tienen una estrecha base genética que limita el desarrollo de nuevas variedades. Diversificar e introducir nuevas fuentes de variabilidad genética es prioritario para mantener la competitividad que se exige a los cultivos hortícolas. La producción de Almería es líder en diversificación de cultivos, dada la larga tradición de nuevos cultivos y cultivares que se han ido renovando y adoptando para potenciar la comercialización y producción de estas hortícolas. El objetivo de este trabajo ha sido estudiar la calidad físico-química de las variedades tradicionales de calabaza y calabacín disponibles en el banco de germoplasma del Centro IFAPA La Mojonera, así como de algunas variedades híbridas comerciales, con la finalidad de que consumidores, agricultores, técnicos y empresas agroalimentarias dispongan de dicha información. Se ha encontrado una gran variabilidad en componentes de calidad físico-química y nutricional en las variedades tradicionales estudiadas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d628afe7-63a0-4cf6-91ab-2cd28da4c462</t>
   </si>
   <si>
-    <t>Análisis del Comportamiento de 13 Cultivares de Pimiento Snack en Cultivo Protegido</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9d27339-f511-4409-b22f-396418ca9009</t>
+    <t>Ensayos de Variedades Clearfield y Sulfo de Girasol en Andalucía. Campaña 2022.</t>
+  </si>
+  <si>
+    <t>Las variedades de girasol con resistencia genética a tratamientos con determinados herbicidas (variedades Clearfield y Sulfo) van ganando superficie progresivamente, éstas variedades proporcionan un aceptable control de malas hierbas de hoja ancha y estrecha, al igual que controlan el jopo (Orobanche cumana). Las siembras de estas variedades pueden adelantarse a primeros de febrero e incluso finales de enero ya que el control de dicotiledóneas se puede realizar con los tratamientos de herbicidas y de esta forma el cultivo podría aprovechar mejor las lluvias de invierno y primavera. Este documento ofrece información agronómica sobre el comportamiento de 20 variedades en dos ensayos realizado en Écija y en Carmona y de la eficacia de los tratamientos herbicidas sobre las malas hierbas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3b80a17d-99ab-419e-b0ab-9e2fcad8922c</t>
+  </si>
+  <si>
+    <t>Identificación y Recuperación de Nuevas Variedades Locales de Olivo en España</t>
+  </si>
+  <si>
+    <t>Las variedades minoritarias de olivo podrían albergar algún carácter agronómico de interés para afrontar nuevos desafíos bióticos y abióticos futuros, o para cubrir nuevas posibles demandas de cultivo o de mercado. Es por ello que su recuperación, conservación y estudio es algo esencial, y en lo que el Banco de Germoplasma Mundial de Olivo de Córdoba (BGMO-ESP046) juega un papel clave. En la última década, en España, se ha lanzado una nueva campaña de prospecciones para identificar, recuperar y caracterizar nuevas variedades minoritarias desconocidas. Gracias a un trabajo multiinstitucional y la utilización de un conjunto de marcadores moleculares de última generación, se ha logrado aumentar en más de un 62% el número variedades de olivo documentadas en España (427 variedades diferentes).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1fcd5ac-d8e1-4d1c-b1ca-5986052174c3</t>
+  </si>
+  <si>
+    <t>Identificación de Variedades de Vid mediante Caracterización Genética por Microsatelites.</t>
+  </si>
+  <si>
+    <t>Las variedades de vid locales cobran cada vez más importancia para la obtención de vinos que cumplan con requisitos de calidad y tipicidad. Los procedimiento para recuperar, catalogar y autorizar una variedad de vid son muy largos y farragosos. IFAPA, con sus know how y recursos técnicos, representa una válida herramienta para identificar correctamente las variedades y asesorar en la toma de decisiones para acelerar, dentro de lo posible, dichos procedimientos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5fd71d1e-7945-4a4c-b310-f9ec5f2fdfd8</t>
   </si>
   <si>
     <t>Ensayos de Variedades de Girasol Resistentes a Herbicidas. Campaña 2024</t>
   </si>
   <si>
     <t>Las variedades de girasol con resistencia genética a tratamientos con determinados herbicidas (variedades Clearfield y Sulfo) van ganando superficie progresivamente, éstas variedades proporcionan un aceptable control de malas hierbas de hoja ancha y estrecha, al igual que controlan el jopo (Orobanche cumana). Las siembras de estas variedades pueden adelantarse a primeros de febrero e incluso finales de enero ya que el control de dicotiledóneas se puede realizar con los tratamientos de herbicidas y de esta forma el cultivo podría aprovechar mejor las lluvias de invierno y primavera. Este documento ofrece información agronómica sobre el comportamiento de 19 variedades en dos ensayos realizado en El Puerto de Santa María y en Carmona y de la eficacia de los tratamientos herbicidas sobre las malas hierbas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3dcddb78-e1b0-4189-b6a5-f1f2b3fcade3</t>
   </si>
   <si>
-    <t>Ensayos de Variedades Clearfield y Sulfo de Girasol en Andalucía. Campaña 2022.</t>
-[...7 lines deleted...]
-  <si>
     <t>Resultados de los Ensayos de Variedades Clearfield y Sulfo de Girasol en Andalucía. Campaña 2020</t>
   </si>
   <si>
     <t>Las variedades de girasol con resistencia genética a tratamientos con determinados herbicidas (variedades Clearfield y Sulfo) van ganando superficie progresivamente, éstas variedades proporcionan un aceptable control de malas hierbas de hoja ancha y estrecha, al igual que controlan el jopo (Orobanche cumana). Las siembras de estas variedades pueden adelantarse a primeros de febrero e incluso finales de enero ya que el control de dicotiledóneas se puede realizar con los tratamientos de herbicidas y de esta forma el cultivo podría aprovechar mejor las lluvias de invierno y primavera. Este documento ofrece información agronómica sobre el comportamiento de 21 varidedes en un ensayo realizado en Écija y de la eficacia de los tratamientos herbicidas sobre las malas hierbas presentes en el ensayo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/642bf056-6a35-4053-ba0d-538921e9419a</t>
   </si>
   <si>
-    <t>Identificación de Variedades de Vid mediante Caracterización Genética por Microsatelites.</t>
-[...7 lines deleted...]
-  <si>
     <t>Evaluación de Ecotipos Andaluces de Habas. Campaña 2020/2021</t>
   </si>
   <si>
     <t>Las Variedades Locales o Ecotipos son el resultado del proceso reiterado, realizado por los agricultores, de sembrar y seleccionar semillas para su siembra, generando la mayor parte de la diversidad en tipos y formas específicas de cada cultivo, para cada aprovechamiento y en cada región. Parte de esta diversidad se conserva actualmente en los Bancos de Germoplasma, siendo IFAPA el responsable en la conservación y gestión del Banco de Leguminosas, entre otros. Este Banco mantiene una importante colección de ecotipos andaluces de habas que es necesario estudiar para  fomentar su uso. Este es el fin último del trabajo, la evaluación del comportamiento agronómico de una serie de ecotipos de garbanzo de origen andaluz, pudiendo así mostrar su potencial. En el estudio se identifican diversas líneas, de los grupos botánicos major, equina y minor,  con rendimientos interesantes, poniendo de manifiesto el gran potencial existente en los ecotipos o variedades locales para su aprovechamiento comercial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17224da5-2ec8-4e4e-8a22-36be9abf7948</t>
   </si>
   <si>
     <t>Evaluación Agronómica de Ecotipos de Garbanzo de Primavera. Campaña 2022/2023.</t>
   </si>
   <si>
     <t>Las Variedades Locales o Ecotipos son el resultado del proceso reiterado, realizado por los agricultores, de sembrar y seleccionar semillas para su siembra, generando la mayor parte de la diversidad en tipos y formas específicas de cada cultivo, para cada aprovechamiento y en cada región. Parte de esta diversidad se conserva actualmente en los Bancos de Germoplasma, siendo IFAPA el responsable en la conservación y gestión del Banco de Leguminosas, entre otros. Este Banco mantiene una importante colección de ecotipos andaluces de garbanzos que es necesario estudiar para  fomentar su uso. Este es el fin último del trabajo, la evaluación del comportamiento agronómico de una serie de ecotipos de garbanzo de origen andaluz, en una parcela localizada en el Alto Guadalquivir, zona productora de esta leguminosa. En el estudio se identifican ecotipos del tipo Castellano, Pedrosillano y Blanco Lechoso con rendimientos interesantes, haciéndolos susceptibles de ser aprovechados comercialmente.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13aa670e-4e0c-4297-a7d0-73e12f2ecb95</t>
   </si>
   <si>
     <t>Evaluación de ecotipos andaluces de garbanzo. Campaña 2020/2021.</t>
   </si>
   <si>
     <t>Las Variedades Locales o Ecotipos son el resultado del proceso reiterado, realizado por los agricultores, de sembrar y seleccionar semillas para su siembra, generando la mayor parte de la diversidad en tipos y formas específicas de cada cultivo, para cada aprovechamiento y en cada región. Parte de esta diversidad se conserva actualmente en los Bancos de Germoplasma, siendo IFAPA el responsable en la conservación y gestión del Banco de Leguminosas, entre otros. Este Banco mantiene una importante colección de ecotipos andaluces de garbanzos que es necesario estudiar para  fomentar su uso. Este es el fin último del trabajo, la evaluación del comportamiento agronómico de una serie de ecotipos de garbanzo de origen andaluz, pudiendo así mostrar su potencial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ca0d71f-f6b3-4eb3-938e-323ecf5b4f26</t>
   </si>
   <si>
     <t>Potencial Productivo Ecotipos Andaluces de Garbanzo. Campaña 2021/2022.</t>
   </si>
   <si>
     <t>Las Variedades Locales o Ecotipos son el resultado del proceso reiterado, realizado por los agricultores, de sembrar y seleccionar semillas para su siembra, generando la mayor parte de la diversidad en tipos y formas específicas de cada cultivo, para cada aprovechamiento y en cada región. Parte de esta diversidad se conserva actualmente en los Bancos de Germoplasma, siendo IFAPA el responsable en la conservación y gestión del Banco de Leguminosas, entre otros. Este Banco mantiene una importante colección de ecotipos andaluces de garbanzos que es necesario estudiar para  fomentar su uso. Este es el fin último del trabajo, la evaluación del comportamiento agronómico de una serie de ecotipos de garbanzo de origen andaluz, en una parcela localizada en el Alto Guadalquivir, zona productora de esta leguminosa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e9b4417c-f88d-429d-b7d0-30feb6b955b1</t>
   </si>
   <si>
-    <t>Identificación y Recuperación de Nuevas Variedades Locales de Olivo en España</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1fcd5ac-d8e1-4d1c-b1ca-5986052174c3</t>
+    <t>Evaluación agronómica de variedades de lenteja en Andalucía</t>
+  </si>
+  <si>
+    <t>Las legumbres son una fuente importante de proteínas y nutrientes para consumo humano y animal, además son un alimento completo y básico en la dieta mediterránea por su aporte de fibra, hidratos de carbono, vitaminas y minerales (hierro y potasio).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/018a5d40-16de-466d-913b-a0cf066c055c</t>
+  </si>
+  <si>
+    <t>Perfil Físico-químico y Nutricional de Variedades de Mora Cultivadas en Invernadero en Almería</t>
+  </si>
+  <si>
+    <t>Las particulares características de algunas especies de Rubus podrían utilizarse para aumentar la diversidad de productos con calidad nujtricional disponibles para el consumidor; sin embargo, no existen informes concluyentes sobre las propiedades físico-químicas y nutricionales de variedades de mora en invernaderos de Almería, España. El objetivo de este estudio se centró en el análisis físico-químico y nutricional de tres variedades de mora. El cultivo se realizó durante la primavera de 2014 en un invernadero del centro IFAPA La Mojonera, Almería, siguiendo las prácticas agronómicas locales. Las tres variedades seleccionadas fueron Arapaho, Apache y Tupi. Fue analizada la calidad externa e interna (peso de fruto, dimensiones, firmeza, color, materia seca, sólidos solubles, pH, acidez total) y contenido nutricional (contenido total de carotenoides y fenólicos).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ace7726c-0283-4e28-8ab4-721f1b4dfc02</t>
+  </si>
+  <si>
+    <t>Poda del Olivo: Poda de Renovación.</t>
+  </si>
+  <si>
+    <t>Las ramas principales del olivo adulto, con el transcurso del tiempo, empiezan a presentar signos de agotamiento con menor crecimiento vegetativo, provocado fundamentalmente ante la falta de luz y espacio que se van a encontrar durante su desarrollo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07640e63-0216-48fb-a42c-dcf576290be9</t>
+  </si>
+  <si>
+    <t>Cultivo Ecológico en Invernadero de 8 Cultivares de Tirabeque</t>
+  </si>
+  <si>
+    <t>Las leguminosas pueden ser una alternativa para la diversificación de los cultivos hortícolas protegidos, y especialmente el tirabeque (Pisum sativum L. spp macrocarpon), que por sus peculiaridades y calidad lo convierten en un producto muy interesante ya que se consume entero: vaina y grano. El objetivo principal de este experimento fue evaluar la producción en invernadero y bajo cultivo ecológico de ocho cultivares de tirabeque. Los cultivares de tirabeque ensayados se adaptan perfectamente al cultivo en invernadero en las condiciones en las que se ha realizado el ensayo. En general, podemos decir que las producciones obtenidas en los cultivares de tirabeque tipo enrame y tipo medio enrame son mayores que en el cultivar de mata baja.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d8c844-4f79-4a8e-a9a4-32fa75d6ed78</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Variedades Clearfield y Sulfo de Girasol en Andalucía. Campaña 2021.</t>
+  </si>
+  <si>
+    <t>Las variedades de girasol con resistencia genética a tratamientos con determinados herbicidas (variedades Clearfield y Sulfo) van ganando superficie progresivamente, éstas variedades proporcionan un aceptable control de malas hierbas de hoja ancha y estrecha, al igual que controlan el jopo (Orobanche cumana). Las siembras de estas variedades pueden adelantarse a primeros de febrero e incluso finales de enero ya que el control de dicotiledóneas se puede realizar con los tratamientos de herbicidas y de esta forma el cultivo podría aprovechar mejor las lluvias de invierno y primavera. Este documento ofrece información agronómica sobre el comportamiento de 21 varidedes en dos ensayos realizado en Écija y en Carmona y de la eficacia de los tratamientos herbicidas sobre las malas hierbas presentes en ambos ensayos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5d1d63e9-c627-4d83-ac3f-da5a5cbb2154</t>
+  </si>
+  <si>
+    <t>Guía de cubiertas vegetales en olivar</t>
+  </si>
+  <si>
+    <t>Las prácticas de cultivo en el olivar han de ir encaminadas a obtener una elevada rentabilidad y producciones de calidad, tanto organoléptica como sanitaria, a la vez que deben ser sostenibles desde un punto de vista medioambiental. El manejo del suelo cobra una gran importancia para evitar las pérdidas de suelo, ya que la erosión es uno de los principales problemas a los que se enfrenta el olivar.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26479626-ed74-411b-9ac8-0da05770418c</t>
+  </si>
+  <si>
+    <t>Guía de cubiertas vegetales en viñedo</t>
+  </si>
+  <si>
+    <t>Las técnicas de mantenimiento del suelo integran un conjunto de operaciones culturales que tienen la finalidad de lograr y mantener un soporte propicio para el equilibrio de las fases sólida, gaseosa y líquida del suelo, permitiendo a su vez favorecer el desarrollo adecuado de las plantas y de su sistema radicular, mejorar el contenido en materia orgánica y la fertilidad del terreno, controlar la vegetación espontánea, mejorar la capacidad de retención de agua...</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/406aee3d-31f0-4f40-8415-9526cf178cf3</t>
+  </si>
+  <si>
+    <t>Las Habas, una Proteína Alternativa para la Alimentación Animal</t>
+  </si>
+  <si>
+    <t>Las leguminosas son indispensables para la seguridad alimentaria mundial y la resiliencia de los ecosistemas. La demanda de proteínas de origen vegetal se está expandiendo y las habas (Vicia faba L.) son un buen candidato para cubrir esta necesidad. El contenido de proteína está sujeto a una clara interacción genotipo x ambiente. La concentración de nitrógeno durante el desarrollo de la semilla varía entre genotipos, años y lugares debido principalmente a factores ambientales. En el presente trabajo se ha determinado el contenido de proteína en una colección de habas de 400 accesiones en distintas localidades y años. Los resultados de este trabajo nos han permitido identificar 79 genotipos estables entre ambientes con más del 30% en proteína. Este material seleccionado puede cubrir distintos nichos de mercado en la industria agroalimentaria y pueden ser una alternativa a las importaciones de soja.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5d9ecf0-5b71-48a6-be4f-ed6b1ad9ba4b</t>
   </si>
   <si>
     <t>Sistema sostenibles cultivos agroindustriales.Operación 10.1.5</t>
   </si>
   <si>
     <t>Las Jornadas Formativas de Agroambiente y Clima se enmarcan en las acciones encaminadas a asegurar un correcto cumplimiento de los compromisos agroambientales adquiridos en algunas de las operaciones incluidas en la Medida 10 “Agroambiente y Clima” del Programa de Desarrollo Rural de Andalucía 2014-2020. El objetivo que se pretende conseguir con la impartición de estas jornadas es mejorar las capacidades de las personas beneficiarias de estas ayudas, así como concienciar a la población agraria en el uso de sistemas de producción compatibles con la conservación del medio ambiente y el bienestar e higiene de los animales.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01a4fed3-d822-4533-bde5-37fdee0f1545</t>
   </si>
   <si>
     <t>Sistemas Sostenibles de Cultivos Herbáceos de secano. II Jornada de seguimiento de la Operación 10.1.4.</t>
   </si>
   <si>
     <t>Las Jornadas Formativas de Agroambiente y Clima se enmarcan en las acciones encaminadas, en primer lugar, a asegurar un correcto cumplimiento de los compromisos agroambientales adquiridos en algunas de las operaciones incluidas en la Medida 10 “Agroambiente y Clima” del Programa de Desarrollo Rural de Andalucía 2014 2020 y, de forma simultánea, a concienciar al sector de la necesidad de realizar una agricultura sostenible. El objetivo que se pretende conseguir con la impartición de estas jornadas es mejorar las capacidades de las personas beneficiarias de estas ayudas y el uso de sistemas de producción compatibles con la conservación del medio ambiente.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8d9ecd02-ddff-4ca8-b477-0f8877ccc020</t>
   </si>
   <si>
-    <t>Evaluación agronómica de variedades de lenteja en Andalucía</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5d1d63e9-c627-4d83-ac3f-da5a5cbb2154</t>
+    <t>La cooperación como estrategia empresarial para aumentar la rentabilidad del olivar tradicional.</t>
+  </si>
+  <si>
+    <t>Las estadísticas oficiales y la bibliografía basan sus análisis en la premisa de considerar la propiedad como el único núcleo de producción agraria de su propietario, sin tener en cuenta otros acuerdos que, formales o no, modifican la superficie de trabajo y por tanto, la rentabilidad de las explotaciones agrarias. El objetivo principal de este trabajo se centra en analizar los pactos de cooperación asistida no formales que ocurren en la actualidad en el olivar de la provincia de Jaén, con el fin de esclarecer algunas de sus notas esenciales.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/743de0bc-ac54-48e1-ac55-fcdaa3d8bc1c</t>
+  </si>
+  <si>
+    <t>Vending Saludable para Consumo de Mini Hortalizas en Fresco de Consumidores Jóvenes y Escolares</t>
+  </si>
+  <si>
+    <t>Las hortalizas mini llamadas también "snack" comenzaron a cultivarse en España como una alternativa de diversificación y una estrategia de desarrollo de la cadena de valor del sector hortícola. Aunque todavía ocupan una cuota reducida de mercado, dichas hortalizas podrían generar unos potenciales nichos de mercado para obtener mayor valor añadido al producto y rentabilizar su cultivo. En este trabajo, se analizan las posibilidades de mercado de estos nuevos tipos varietales snack de especies tan bien conocidas como pepino, pimiento y tomate, intentando adaptar la oferta no sólo a los canales convencionales y habituales de la gran distribución de hortalizas y puntos de venta, sino también abordar otros canales novedosos de comercialización y distribución, así como nuevos formatos, gama y envasado del producto. En este sentido, con el fin de buscar potenciales nichos de mercado y socializar más el consumo de estos tipos de hortalizas en crudo, se analizan en esta investigación las actitudes y opiniones de consumidores jóvenes hacia el consumo de hortalizas snack y su disposición a comprarlas a través de máquinas expendedoras "healthy vending" o “vending saludable”</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e09fef96-39d2-49b2-ab5b-17f3e096416e</t>
+  </si>
+  <si>
+    <t>Guía de Controles, Sistemas Sostenibles de Olivar.</t>
+  </si>
+  <si>
+    <t>Las Jornadas Formativas de Agroambiente y Clima se enmarcan en las acciones encaminadas a asegurar un correcto cumplimiento de los compromisos agroambientales adquiridos en algunas de las operaciones incluidas en la Medida 10 “Agroambiente y</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81b3ec0d-602a-4b3a-94df-c2006234d29d</t>
+  </si>
+  <si>
+    <t>Variabilidad de Caracteres Poscosecha en Distintos Genotipos de Fresa</t>
+  </si>
+  <si>
+    <t>Las fresas son una fruta muy perecedera, su delicada piel puede deteriorarse fácilmente durante la recolección y el transporte, lo que las hace además muy susceptibles al ataque de hongos. Además, la alta tasa de respiración de los frutos hace que estos maduren rápidamente perdiendo agua y turgencia. Una buena poscosecha es fundamental para que la fruta sea aceptada por los consumidores. En la actualidad, existen diferentes métodos para conservar las fresas frescas más tiempo y una vía complementaria es la utilización de los programas de mejora genética para obtener cultivares con una vida útil más larga. El objetivo de este trabajo es evaluar, en una selección de 11 genotipos diversos de fresa, caracteres relacionados con la calidad poscosecha para su posible utilización como parentales en programas de mejora encaminados a desarrollar nuevas variedades con una vida útil mejorada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c9d6006-625a-41d9-a63e-fa1047a6d641</t>
+  </si>
+  <si>
+    <t>Papel de los antocianos en las propiedades saludables de las fresas.</t>
+  </si>
+  <si>
+    <t>las fresas, además de ser muy valoradas por su sabor, se consideran frutas saludables, ya que contienen compuestos bioactivos, tanto en el receptáculo como en los aquenios, vinculados a múltiples beneficios para la salud. Entre los compuestos bioactivos que contienen las fresas destacan los antioxidantes y, dentro de estos, los compuestos fenólicos son uno de los más importantes por su acción antioxidante y antiinflamatoria, y porque presentan propiedades antimicrobianas, antialérgicas y antihipertensivas. La principal clase de polifenoles de las fresas son los flavonoides y, entre ellos, destacan los antocianos que son una clase de ?avonoides hidrosolubles, responsables del color rojo brillante de las fresas. El este estudio se ha evaluado la implicación de los antocianos en la mejora del estrés oxidativo celular con el fin de determinar el papel de estos en el efecto saludable atribuido a las fresas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c20e8bcb-68db-428c-b492-ac2d7df20e9c</t>
   </si>
   <si>
     <t>Uso de Plasticos TIF en la Desifestacion de Suelos con 1,3 Dicloropropeno + Cloropicrina en el Cultivo de la Fresa. Campaña 2018/2019</t>
   </si>
   <si>
     <t>Las enfermedades causadas por patógenos de suelo constituyen un factor limitante para la productividad del cultivo de la fresa. Actualmente se controlan mayoritariamente mediante estrategias de control químico con fumigantes sujetos a autorizaciones de uso excepcionales. La reducción en el uso de estos agroquímicos fumigantes y la implantación de alternativasmás sostenibles constituyen un objetivo prioritario en las políticas agrarias europeas y nacionales. En este trabajo se evalua la eficacia en el control de patógenos de dosis reducidas de estos fumigantes mediante el sellado bajo plástico totalmente impermeable a la emisión de gases (TIF) y la influencia en la productividad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/972d918f-5dff-495d-afb1-241837ddec3e</t>
   </si>
   <si>
-    <t>La cooperación como estrategia empresarial para aumentar la rentabilidad del olivar tradicional.</t>
-[...43 lines deleted...]
-  <si>
     <t>Sistema sostenibles cultivos agroindustriales. Operación 10.1.5 - Actualización 2022-</t>
   </si>
   <si>
     <t>Las Jornadas Formativas de Agroambiente y Clima se enmarcan en las acciones encaminadas a asegurar un correcto cumplimiento de los compromisos agroambientales adquiridos en algunas de las operaciones incluidas en la Medida 10 “Agroambiente y Clima” del Programa de Desarrollo Rural de Andalucía 2014-2022. El objetivo que se pretende conseguir con la impartición de estas jornadas es mejorar las capacidades de las personas beneficiarias de estas ayudas, así como concienciar a la población agraria en el uso de sistemas de producción compatibles con la conservación del medio ambiente y el bienestar e higiene de los animales.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4244cde5-c6fc-4ac7-9edc-d92375fb8714</t>
   </si>
   <si>
+    <t>Optimización de la Solarización del Suelo en Cultivos Enarenados</t>
+  </si>
+  <si>
+    <t>La  solarización  es  un  sistema  de  desinfección  del  suelo  que consiste  en  acolchar  el  suelo  húmedo  durante  4-6  semanas  con plástico  transparente  y  fino  en  la  época  de  mayor  temperatura  y radiación  solar. En este trabajo se estudian factores que pueden influir, como son el tipo de plástico utilizado, el periodo más apropiado para solarizar y el manejo del riego más adecuado, con el objetivo de alcanzar la máxima temperatura posible que permita eliminar los patógenos del suelo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/53159818-2774-4108-8a92-f18457f26788</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Herbicidas de Post-emergencia en Habas</t>
+  </si>
+  <si>
+    <t>La  falta  de  herbicidas  autorizados  de  pre  y  post  emergencia, especialmente contra dicotiledóneas, es uno de los principales escollos para la siembra de habas en los secanos andaluces, debido a la gran diversidad y abundancia de malas hierbas entre las que se encuentran especies de gran porte muy competitivas. Por ello, dado el interés creciente por las leguminosas se han planteado una serie de ensayos para  evaluar  diferentes  herbicidas  de  pre  y  post-emergencia  contra  dicotiledóneas. Tras la publicación el año 2015 de los resultados en preemergencia, en esta publicación se muestran los resultados de 7 herbicidas en postemergencia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c366a3d6-34fc-4383-b3bd-eafaa58f5a89</t>
+  </si>
+  <si>
+    <t>Estudio de Diversidad en la Horticultura Protegida: Crisopas (Biodiversidad III)</t>
+  </si>
+  <si>
+    <t>Las crisopas son insectos que forma parte del complejo de artrópodos beneficiosos que depredan sobre las plagas de los cultivos. Se ha demostrado que la diversidad es una herramienta fundamental para el mantenimiento de esta artropodo-fauna beneficiosa y proteger a los cultivos del ataque de las plagas. Este trabajo forma parte de un estudio más amplio cuyo objetivo principal es documentar la biodiversidad de artrópodos útiles en la horticultura protegida de Almería. Además, cada documento ofrece una forma rápida y sencilla de identificación de las especies estudiadas. En este caso, se han estudiado las distintas especies de crisopas encontradas en los cultivos horticolas protegidos, con una parte final que facilita la identificación de las crisopas más abundantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ee743e98-d6e4-4fac-8684-ca1eeafc2561</t>
+  </si>
+  <si>
+    <t>Evaluación de sustratos derivados de turba negra natural para uso comercial</t>
+  </si>
+  <si>
+    <t>Las cualidades de la turba negra no son óptimas para su uso como sustrato en solitario. Buscamos mejorar su bajo nivel de pH y su tendencia a la compactación, determinado las mezclas óptimas para su uso en vivero con plántulas de especies hortícolas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45353856-1d5e-4da3-ae52-43378e69a047</t>
+  </si>
+  <si>
     <t>Efectos de la vendimia mecánica sobre la calidad de la uva y el vino de la variedad tinta Syrah</t>
   </si>
   <si>
     <t>La vendimia mecánica ha ido imponiéndose en las últimas décadas en la mayor parte de los viñedos andaluces adaptados al paso de este tipo de maquinaria. No obstante, esta técnica siempre ha planteado dudas sobre la calidad final de los productos obtenidos e incluso sobre la rentabilidad de la operación por las posibles mermas que se pueden producir.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eb964975-575f-44dd-8385-7ac5cf1f4d99</t>
   </si>
   <si>
-    <t>Resultados de los Ensayos de Herbicidas de Post-emergencia en Habas</t>
-[...34 lines deleted...]
-  <si>
     <t>Uso de Plásticos TIF en la Desinfestación de Suelos con 1,3 Dicloropropeno + Cloropicrina en el Cultivo de la Fresa. Campaña 2020/2021</t>
   </si>
   <si>
     <t>Las enfermedades causadas por patógenos de suelo constituyen un factor limitante para la productividad del cultivo de la fresa. Actualmente se controlan mayoritariamente mediante estrategias de control químico con fumigantes sujetos a autorizaciones de uso excepcionales. La reducción en el uso de estos agroquímicos fumigantes y la implantación de alternativas más sostenibles constituyen un objetivo prioritario en las políticas agrarias europeas y nacionales. En este trabajo se evalúa la eficacia en el control de patógenos de dosis reducidas de estos fumigantes mediante el sellado bajo plástico totalmente impermeable a la emisión de gases (TIF) y la influencia en la productividad, en la campaña 2020-2021.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9a25188-5698-4823-b705-fad3427e87a6</t>
   </si>
   <si>
     <t>Uso de Plásticos TIF en la Desinfestación de Suelos con 1,3 dicloropropeno + cloropicrina en el Cultivo de la Fresa. Campaña 2019/2020</t>
   </si>
   <si>
     <t>Las enfermedades causadas por patógenos de suelo constituyen un factor limitante para la productividad del cultivo de la fresa. Actualmente se controlan mayoritariamente mediante estrategias de control químico con fumigantes sujetos a autorizaciones de uso excepcionales. La reducción en el uso de estos agroquímicos fumigantes y la implantación de alternativasmás sostenibles constituyen un objetivo prioritario en las políticas agrarias europeas y nacionales. En este trabajo se evalua la eficacia en el control de patógenos de dosis reducidas de estos fumigantes mediante el sellado bajo plástico totalmente impermeable a la emisión de gases (TIF) y la influencia en la productividad, en la campaña 2019-2020.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b33ae86-99e9-477c-92ff-a9738372c170</t>
   </si>
   <si>
+    <t>Trazabilidad en Hortalizas</t>
+  </si>
+  <si>
+    <t>La trazabilidad se define como “la posibilidad de encontrar y seguir el rastro, a través de todas las etapas de producción, transformación y distribución, de un alimento”. En éste trabajo se dan las directrices para implantar un sistema de trazabilidad en hortalizas, se muestra también un ejemplo en un plantación de pimiento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0925b9f7-d92f-4017-992c-e69501768455</t>
+  </si>
+  <si>
+    <t>Alternativa de Cultivo Calabaza-Brassicas en la Vega de Granada. Estudio de Variedades</t>
+  </si>
+  <si>
+    <t>La vega de Granada es una superficie agraria de unos 1500 Km2 adyacente a la ciudad comprendiendo 47 municipios. Se trata de suelos fértiles y con disponibilidad de agua superficial y subterránea que están infrautilizados actualmente y amenazados por el crecimiento del área metropolitana por lo que urge lograr una rentabilidad y generación de empleo para su mantenimiento. Este trabajo comprobó la viabilidad de la alternativa anual propuesta con tres variedades de calabaza (Orange Summer, Havanna y Jaqueline) de ciclo complementario a tres variedades de brassicas de alto valor comercial, coliflor morada (Lavender), coliflor verde (Vitaverde) y romanesco (Puntoverde). La producción alcanzó los 10.000 kg/ha de calabaza Jaqueline y entre los 12.200 y los 14.000 kg/ha de las brassicas, con recolecciones escalonadas y una gran calidad de la producción en ambos casos medida como contenido en compuestos antioxidantes y sólidos sólidos solubles, en especial la variedad Jaqueline de calabaza y Lavender de brassica.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ed1fbeae-fd40-4b29-ac20-acad43627fe2</t>
+  </si>
+  <si>
+    <t>Estudio de la uniformidad del riego de cultivos de fresa en el entorno del parque nacional de Doñana (Huelva)</t>
+  </si>
+  <si>
+    <t>La uniformidad de distribución del riego (UD) indica si las diferentes partes de una parcela regada reciben agua de forma similar. Este documento presenta los resultados de las evaluaciones de riego localizado de la campaña 2014/15 en parcelas comerciales del T.M. de Almonte (Huelva) sobre un cultivo de fresa. Se evaluaron 12 subunidades de riego regadas con tres cintas de riego diferentes, realizándose dos evaluaciones en cada una de ellas a lo largo de la campaña de riegos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/29e6a0fe-b392-476b-b8a3-bbd0b620cfc1</t>
+  </si>
+  <si>
+    <t>Seguimiento de la salinidad del suelo en el sector B-XII</t>
+  </si>
+  <si>
+    <t>La toma de decisiones sobre la gestión agrícola en entornos propensos a la salinización requiere métodos eficaces de vigilancia de la salinidad del suelo. El Sector B-XII en Lebrija (Sevilla) es una zona de marisma recuperada donde una capa freática salina poco profunda y regada intensivamente crea un frágil equilibrio entre la acumulación y el lavado del sales en la zona de raíces, que podría verse alterado por la introducción de nuevos cultivos y las variaciones climáticas. Evaluamos el potencial de la inducción electromagnética (IEM) para el seguimiento de la salinidad del suelo, así como los efectos de la salinidad en los cultivos bajo una rotación de tomate, algodón y remolacha usando como indicador el Índice de Vegetación NDVI. Nuestros resultados revelan el potencial de IEM para mapear y monitorear la salinidad del suelo en el Sector B-XIII, reflejan los efectos negativos del patrón de la salinidad del suelo en los cultivos y ponen de manifiesto la importancia de asegurar el lavado de sales.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b4c469fb-de22-46b3-8693-6a5ccdd59a49</t>
+  </si>
+  <si>
+    <t>Recomendaciones para la Elaboración de Queso de Pasta Hilada Fresca</t>
+  </si>
+  <si>
+    <t>La Tecnología Quesera de Pasta Hilada, está constituida por una serie de quesos que presentan unas características reológicas típicas, aunque podemos diferenciar entre aquellos que tienen un periodo de maduración posterior, y los que se presentan en estado fresco y tienen una vida útil corta (Pasta Hilada Fresca), independientemente de que en ambos tipos se lleve a cabo la fermentación láctica. En el presente documento se establecen unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8935f464-9238-4501-ae7c-2eda72c5e591</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Nuevas Variedades de Triticales en Andalucía Campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>La superficie cultivada en Andalucía, ha sufrido un cambio considerable en los últimos años como consecuencia del desacoplamiento de las ayudas de la Política Agraria Comunitaria. Con la entrada en vigor de la nueva PAC, se potencia claramente la sostenibilidad de las explotaciones, favoreciendo la rotación de cultivos, con especial mención a las leguminosas. De este modo, en los secanos andaluces alternarán los cereales de invierno, girasol y leguminosas. La mejora en el conocimiento del cultivo que se aborda en esta publicación, los triticales, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultor. Esta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db9e07e9-47f5-49b7-8961-cdf131eb4977</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Nuevas Variedades de Triticales en Andalucía Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>La superficie cultivada en Andalucía, ha sufrido un cambio considerable en los últimos años como consecuencia del desacoplamiento de las ayudas de la Política Agraria Comunitaria. Con la entrada en vigor de la nueva PAC, se potencia claramente la sostenibilidad de las explotaciones, favoreciendo la rotación de cultivos, con especial mención a las leguminosas. De este modo, en los secanos andaluces alternarán los cereales de invierno, girasol y leguminosas.La mejora en el conocimiento del cultivo que se aborda en esta publicación, los triticales, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultor.Esta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8cacd07e-b204-4925-a079-08d27f46e1ab</t>
+  </si>
+  <si>
     <t>Resultados de ensayos de nuevas variedades de cebadas en Andalucía Campaña 2016/2017</t>
   </si>
   <si>
     <t>La superficie cultivada en Andalucía, ha sufrido un cambio considerable en los últimos años como consecuencia del desacoplamiento de las ayudas de la Política Agraria Comunitaria. Con la entrada en vigor de la nueva PAC, se potencia claramente la sostenibilidad de las explotaciones, favoreciendo la rotación de cultivos, con especial mención a las leguminosas. De este modo, en los secanos andaluces alternarán los cereales de invierno, girasol y leguminosas.La mejora en el conocimiento del cultivo que se aborda en esta publicación, las cebadas, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultorEsta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3cc49ee-3fa5-4d12-92b6-92838400ca3c</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Nuevas Variedades de Cebadas en Andalucía Campaña 2017/2018</t>
   </si>
   <si>
     <t>La superficie cultivada en Andalucía, ha sufrido un cambio considerable en los últimos años como consecuencia del desacoplamiento de las ayudas de la Política Agraria Comunitaria. Con la entrada en vigor de la nueva PAC, se potencia claramente la sostenibilidad de las explotaciones, favoreciendo la rotación de cultivos, con especial mención a las leguminosas. De este modo, en los secanos andaluces alternarán los cereales de invierno, girasol y leguminosas. La mejora en el conocimiento del cultivo que se aborda en esta publicación, las cebadas, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultor Esta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c2fdb782-fa6f-4aeb-a151-402aa8057e69</t>
   </si>
   <si>
-    <t>Resultados de Ensayos de Nuevas Variedades de Triticales en Andalucía Campaña 2016/2017</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ed1fbeae-fd40-4b29-ac20-acad43627fe2</t>
+    <t>Comportamiento de emisores de riego localizado de bajo caudal con aguas residuales urbanas regeneradas</t>
+  </si>
+  <si>
+    <t>La reutilización de aguas residuales urbanas regeneradas para el riego constituye un recurso hídrico alternativo a la explotación de las aguas procedentes de acuíferos, si bien pueden presentar problemas de uniformidad de caudal debidos a obturaciones en los emisores. El objetivo principal de este trabajo es evaluar el comportamiento de diferentes modelos comerciales de emisores, según su tipología de inserción en la tubería y la compensación de caudal, con aguas residuales urbanas regeneradas. Los emisores evaluados presentaron, en general, un buen comportamiento inicial. Con la aplicación de aguas regeneradas y en ausencia de mantenimiento de la instalación la mayor parte de los modelos sufren fenómenos de obturación. Los datos obtenidos durante dos campañas muestran que, con este tipo de aguas, los emisores integrados presentaron el mejor comportamiento (mayor uniformidad de caudal y menor porcentaje de obturación). Por el contrario, los emisores pinchados compensantes mostraron un peor comportamiento. Al mejorar la calidad del agua regenerada todos los tipos de emisores mostraron un mejor comportamiento durante toda la campaña de riego. Es destacable que los modelos compensantes presentaron cierta capacidad de limpieza ya que en la segunda campaña se redujo el porcentaje de obturación frente a la primera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f33ed2b2-5e07-43b7-8e2c-9f05d2d82557</t>
+  </si>
+  <si>
+    <t>Aplicación de Biocidas para la Higiene Veterinaria. Nivel Cualificado. Específico Rehalas.</t>
+  </si>
+  <si>
+    <t>La realización de este material didáctico sobre Biocidas para uso veterinario específico para Rehalas, responde a la Orden de 12 de junio de 2012, por la que se modifica la de 3 de abril de 2008, por la que se desarrolla el Decreto 161/2007, de 5 de junio, por el que se establece la regulación de la expedición del carné para las actividades relacionadas con la utilización de productos fitosanitarios y biocidas, donde aparece como una especialidad propia el curso de Biocidas para la Higiene Veterinaria Cualificado Específico de Rehalas.ÍNDICEUNIDAD DIDÁCTICA 1: BIOCIDAS PARA LA HIGIENE VETERINARIA: DESCRIPCIÓN, GENERALIDADES. CLASIFICACIÓN DE PELIGROSIDAD. LAVADO Y DESINFECCIÓN DE VEHÍCULOS.1.1 Descripción y generalidades.1.2 Clasificación de los biocidas.1.3 Etiqueta de los envases de biocidas.1.4 Ficha de datos de seguridad.1.5 Lavado y desinfección de vehículos.UNIDAD DIDÁCTICA 2: PROTECCIÓN Y BIENESTAR DE LOS ANIMALES.2.1 Anatomía y fisiología canina. Necesidades de alimento y agua.2.2 Bienestar animal.RESPUESTAS AUTOEVALUACIONES.GLOSARIO.BIBLIOGRAFÍA.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b7373fd-926b-4874-9900-17cbd0ef1e42</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Nuevas Variedades de Avenas en Andalucía Campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>La superficie cultivada en Andalucía, ha sufrido un cambio considerable en los últimos años como consecuencia del desacoplamiento de las ayudas de la Política Agraria Comunitaria. Con la entrada en vigor de la nueva PAC, se potencia claramente la sostenibilidad de las explotaciones, favoreciendo la rotación de cultivos, con especial mención a las leguminosas. De este modo, en los secanos andaluces alternarán los cereales de invierno, girasol y leguminosas. La mejora del conocimiento en el cultivo que se aborda en esta publicación, las avenas, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultor. Esta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04117c4d-aafe-48cc-ac98-d9bba158b97a</t>
   </si>
   <si>
     <t>Aplicación de Productos Fitosanitarios. Nivel Básico</t>
   </si>
   <si>
     <t>La realización de este material didáctico responde a una demanda del sector, y trata de proporcionar una herramienta útil de trabajo para el alumnado de los cursos de Aplicación de Productos Fitosanitarios Nivel Básico y que sirva de apoyo y referencia al profesorado que participa en los mismos. Índice: UD 1: Las plagas de los cultivos: descripción y clasificación; UD 2: Productos fitosanitarios. Etiquetas y fichas de datos de seguridad; UD 3: Riesgos para el medio ambiente derivados del uso de productos fitosanitarios. Buenas prácticas ambientales; UD 4: Peligrosidad de los productos fitosanitarios. Primeros auxilios; UD 5: Medidas para reducir los riesgos de los productos fitosanitarios y de sus residuos sobre la salud; UD 6: Transporte, almacenamiento y manipulación de los productos fitosanitarios; UD 7: Métodos de control de plagas. Tratamientos fitosanitarios: preparación, mezcla y aplicación; UD 8: Métodos de aplicación de productos fitosanitarios; UD 9: Equipos de aplicación: descripción y funcionamiento; UD 10: Limpieza, mantenimiento e inspecciones periódicas de los equipos de tratamiento; UD 11: Relación trabajo-salud. Normativa sobre prevención de riesgos laborales; UD 12: Productos fitosanitarios ilegales: identificación y riesgos asociados a su uso; Anexo: Normativa que afecta a la utilización de productos fitosanitarios. Infracciones y sanciones. Agricultura – Plaguicidas – Métodos de control de plagas</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e715398e-6050-4f7e-8216-b1bb6f48d97e</t>
   </si>
   <si>
     <t>Aplicación de Productos Fitosanitarios. Nivel Cualificado. Ed.2020</t>
   </si>
   <si>
     <t>La realización de este material didáctico responde a una demanda del sector, y trata de proporcionar una herramienta útil de trabajo para el alumnado de los cursos de Aplicación de Productos Fitosanitarios Nivel Cualificado y que sirva de apoyo y referencia al profesorado que participa en los mismos. 1: Los enemigos de los cultivos. Daños que producen; UD 2: Métodos de control de plagas; UD 3: Estrategias y técnicas para la gestión integrada de plagas; UD 4: Producción integrada y producción ecológica; UD 5: Productos fitosanitarios. Etiquetas y fichas de datos de seguridad; UD 6: Riesgos para el medio ambiente derivados del uso de productos fitosanitarios. Buenas prácticas ambientales; UD 7: Peligrosidad de los productos fitosanitarios. Primeros auxilios; UD 8: Medidas para reducir los riesgos de los productos fitosanitarios y de sus residuos sobre la salud; UD 9: Transporte, almacenamiento y manipulación de productos fitosanitarios; UD 10: Tratamientos fitosanitarios: preparación, mezcla y aplicación; ...</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/59e26550-313a-4f01-98bf-8fcfb30e9c57</t>
   </si>
   <si>
-    <t>Aplicación de Biocidas para la Higiene Veterinaria. Nivel Cualificado. Específico Rehalas.</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b7373fd-926b-4874-9900-17cbd0ef1e42</t>
+    <t>Resultados de Ensayos de Nuevas Variedades de Avenas en Andalucía Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>La superficie cultivada en Andalucía, ha sufrido un cambio considerable en los últimos años como consecuencia del desacoplamiento de las ayudas de la Política Agraria Comunitaria. Con la entrada en vigor de la nueva PAC, se potencia claramente la sostenibilidad de las explotaciones, favoreciendo la rotación de cultivos, con especial mención a las leguminosas. De este modo, en los secanos andaluces alternarán los cereales de invierno, girasol y leguminosas.La mejora del conocimiento en el cultivo que se aborda en esta publicación, las avenas, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultor.Esta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eb12b879-3215-424f-8443-2cc567f83d62</t>
+  </si>
+  <si>
+    <t>Influencia del Enarenado en las Temperaturas Alcanzadas en la Solarizacion y Biosolarizacion en Invernadero</t>
+  </si>
+  <si>
+    <t>La solarización y biosolarización  constituyen dos importantes alternativas no quimicas de desinfección del suelo en cultivos en invernadero. El estudio realizado permite conocer la influencia del acolchado con arena, típico de los cultivos en invernadero de Almería, sobre las temperaturas alcanzadas por el suelo con ambos tipos de desinfección. Los datos de temperaturas obtenidas en suelos en invernadero con las técnicas  utlizadas aportan información valiosa ya que es muy escasa la información disponible  la bibliografia sobre este parámetro y menos en las condiciones de invernadero de la costa mediterránea andaluza.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da7cfcc3-6bc9-4b2a-8666-d00abaf8eb38</t>
+  </si>
+  <si>
+    <t>Incidencia de la roya del tallo en Andalucía</t>
+  </si>
+  <si>
+    <t>La roya del tallo del trigo o roya negra es una enfermedad que afecta tanto al trigo duro como al trigo blando o harinero. Era una enfermedad de este cereal muy importante en la antigüedad, pero que se consideraba casi erradicada en nuestro país desde los años 70. Sin embargo, tras unos 60 años sin observarla, se empiezan a detectar pequeños focos de roya del tallo en diferentes zonas de España. En Andalucía aparece de forma ya más significativa en la campaña 2019/20, empezando a preocupar su presencia en las últimas campañas. En este trabajo se describe la respuesta frete a esta enfermedad de diversas variedades cultivadas de trigo duro y blando en nuestras condiciones agroclimáticas, describiéndose fuentes de resistencia a la misma. También se hace un análisis de la evolución de las razas de este patógeno en nuestro país en los últimos 5 años.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd193abf-3947-4624-b5d6-a9ee73ddeaaa</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Variedades Comerciales de Arroz en Andalucía. Campaña 2016</t>
   </si>
   <si>
     <t>La Red Andaluza de Experimentación Agraria divulga anualmente, desde 1.984, los resultados del comportamiento agronómico de una amplia colección de variedades de arroz, tanto tipo Indica como Japónica, así como de diversos experimentos sobre técnicas de cultivo en dicho cereal.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f4eb0db-83d0-405b-ab7e-5bc714fba216</t>
   </si>
   <si>
-    <t>Comportamiento de emisores de riego localizado de bajo caudal con aguas residuales urbanas regeneradas</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04117c4d-aafe-48cc-ac98-d9bba158b97a</t>
+    <t>Bienestar Animal en el Transporte</t>
+  </si>
+  <si>
+    <t>La realización de este material didáctico responde a una demanda del sector, y trata de proporcionar una herramienta útil de trabajo a los alumnos de los cursos de bienestar animal en el transporte que se desarrollen en Andalucía. Este manual actualiza la edición anterior realizada en 2008 e introduce nuevas unidades didácticas, como consecuencia de la necesidad de adaptar los contenidos del mismo al Decreto 80/2011 de 12 de abril (BOJA nº 82 de 28 de abril de 2011) que regula la formación en bienestar animal en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4a4df0e6-03ce-420b-99e1-7ca50c26450b</t>
+  </si>
+  <si>
+    <t>Técnicas de Quimigación. Aplicación de Productos Fitosanitarios Mediante Riego por Goteo en Hortícolas Bajo Invernadero.</t>
+  </si>
+  <si>
+    <t>La quimigación es una técnica de aplicación de fitosanitarios consistente en incorporar estos productos disueltos en el agua de riego. Puede emplearse con cualquier sistema de riego; goteo, aspersión e incluso por superficie o a pie, pero por lo general se utilizan en sistemas de riego localizado. La quimigación en los invernaderos del Sudeste español se realizan a través del riego por goteo, aportando los productos fitosanitarios al agua de manera similar a como se realiza la aportación de nutrientes en fertirrigación. En este documento se dan una serie de recomendaciones para un uso eficiente de productos fitosanitarios siguiendo esta técnica de aplicación, así como ejemplos prácticos para una mejor compresión de lo expuesto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e1b52be2-15f2-489a-bdcc-6b244fd94154</t>
+  </si>
+  <si>
+    <t>Principales Podredumbres Radiculares del Aguacate en el Litoral Andaluz</t>
+  </si>
+  <si>
+    <t>La podredumbre radicular, causada por Phytophthora cinnamomi Rands, y la podredumbre blanca radicular, causada por Rosellinia necatrix Prill. están entre las enfermedades más importantes que afectan al aguacate. En esta guía se pretende dar una información práctica para identificarlas en campo y dar en forma de clave unas recomendaciones generales para su prevención y/o tratamiento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/93d30215-c1f3-4b76-b992-0830c8d650b6</t>
   </si>
   <si>
     <t>La plaga del gusano del alambre (Agriotes spp.) En cultivos de importancia económica en Andalucía.</t>
   </si>
   <si>
     <t>La plaga del gusano del alambre era considerada de menor incidencia o secundaria en Andalucía. Sin embargo, en los últimos años se ha incrementado debido a condiciones climatológicas más favorables para su desarrollo, dando como resultado un incremento del daño producido y ocasionando importantes pérdidas económicas a los agricultores.  Además, la escasez de productos fitosanitarios eficaces junto con el comportamiento biológico del insecto dificultan su control, por lo que es necesario recurrir a estrategias preventivas que ayuden a reducir la incidencia de la plaga. Con el fin de atender la demanda solicitada por las Organizaciones Profesionales Agrarias y la preocupación del sector por el manejo de esta plaga, el Laboratorio de Entomología Agrícola del IFAPA de Málaga ha elaborado este documento técnico donde se recoge información detallada sobre el gusano del alambre, así como algunas recomendaciones que contribuyen a su control.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7c318373-c2e2-414a-82e2-03383ac84ddd</t>
   </si>
   <si>
-    <t>Principales Podredumbres Radiculares del Aguacate en el Litoral Andaluz</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/93d30215-c1f3-4b76-b992-0830c8d650b6</t>
+    <t>Consumidores y quesos andaluces</t>
+  </si>
+  <si>
+    <t>La presente publicación recoge algunas de las actividades de investigación realizadas bajo diversos proyectos de investigación y experimentación, coordinados desde el IFAPA, con objeto de, por un lado, conocer las valoraciones que los consumidores dan a los quesos que en la actualidad se elaboran en Andalucía y, por otro, proporcionar herramientas a los queseros para mejorar la comercialización de sus quesos (usos del queso en la cocina, maridajes con otros productos agroalimentarios, etc.). Todo ello en un lenguaje coloquial, asequible para cualquier tipo de público, no necesariamente especializado. Queseros, personal de la restauración, personas interesadas en iniciarse en la actividad quesera en Andalucía o los propios consumidores, constituyen pues los destinatarios del presente texto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/28281aa4-d892-489e-93bf-62f1f3219176</t>
   </si>
   <si>
     <t>El Virus del Rizado de la Hoja del Tomate de Nueva Delhi</t>
   </si>
   <si>
     <t>La presencia de ToLCNDV (Virus del rizado de la hoja del tomate de Nueva Delhi) en España fue oficialmente declarada en las provincias de Almería y Murcia durante el verano de 2013. En este documento se describen sus sintomas en los cultivos a los que afecta y se sugieren medidas de control.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/23df4563-cf8f-44b7-89e8-cb1b56d81546</t>
   </si>
   <si>
-    <t>Consumidores y quesos andaluces</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4a4df0e6-03ce-420b-99e1-7ca50c26450b</t>
+    <t>Resultados de Ensayos de Nuevas Variedades de Triticales en Andalucía. Campaña 2018/2019</t>
+  </si>
+  <si>
+    <t>La mejora en el conocimiento del cultivo de triticale que se ofrece en el documento parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Se proporciona información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos agronómico, productivo, resistencia a enfermedades, así  como en sus parámetros de calidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84b28e55-89ff-4ece-9b25-7cc53b60a79d</t>
+  </si>
+  <si>
+    <t>Resultados de ensayos de nuevas variedades de trigo duro en Andalucía Campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>La mejora del conocimiento del cultivo que se aborda en esta publicación, los trigos duros, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultor Esta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c8900535-83b1-4840-bfcf-787395a14556</t>
+  </si>
+  <si>
+    <t>Maridaje de Quesos Andaluces y Vinos Tintos: Preferencias de los Consumidores</t>
+  </si>
+  <si>
+    <t>La mejora de la comercialización es uno de los retos el futuro de los alimentos transformados, existiendo potencialidades de comercialización conjunta con otros productos agroalimentarios. El objetivo del presente trabajo ha sido evaluar las preferencias del consumidor andaluz frente a distintos maridajes de quesos y vinos tintos. De entre las valoraciones de 130 consumidores finales, de Córdoba, Sevilla y Granada, se han obtenido sus preferencias teóricas y sensoriales al respecto de nuevo combinaciones a partir de quesos: cabra semicurado, oveja curado (tomado como testigo) y cabra curado en aceite de leche cruda; en combinación con tres vinos tintos: joven, crianza y reserva. Los resultados muestran que los quesos de cabra madurados (al contrario de lo que marcan algunas recomendaciones gastronómicas, que se decantan por el queso de oveja) pueden usarse en su maridaje con el vino tinto, siendo muy apreciados por el consumidor.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1750173f-9a70-4ce4-956e-f1e694195bce</t>
   </si>
   <si>
     <t>Maridaje de Quesos de Cabra y Mieles Andaluces: Preferencias de los Consumidores</t>
   </si>
   <si>
     <t>La mejora de la comercialización es uno de los retos el futuro de los alimentos transformados, existiendo potencialidades de comercialización conjunta con otros productos agroalimentarios. El objetivo del presente trabajo ha sido evaluar las preferencias del consumidor andaluz frente a distintos maridajes de quesos y mieles. De entre las valoraciones de 88 consumidores finales, de Córdoba, Sevilla y Granada, se han obtenido sus preferencias al respecto de combinaciones de quesos: Cabra Fresco, Cabra Semicurado y Cabra Curado en Aceite; en combinación con tres mieles: Azahar, Eucalipto y Castaño  Los resultados muestran que los quesos de cabra son muy apreciados en su maridaje con las mieles, y que a pesar de que a priori los consumidores eligen el queso Fresco, en cata sensorial el preferido ha sido el queso Semicurado.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f5147c52-8ee0-4d7f-b6a6-fb79ab0d776d</t>
   </si>
   <si>
-    <t>Maridaje de Quesos Andaluces y Vinos Tintos: Preferencias de los Consumidores</t>
-[...7 lines deleted...]
-  <si>
     <t>Maridaje de Quesos Andaluces y Vinos Blancos: Preferencias de los Consumidores</t>
   </si>
   <si>
     <t>La mejora de la comercialización es uno de los retos el futuro de los alimentos transformados, existiendo potencialidades de comercialización conjunta con otros productos agroalimentarios. El objetivo del presente trabajo ha sido evaluar las preferencias del consumidor andaluz frente a distintos maridajes de quesos y vinos blancos. De entre las valoraciones de 116 consumidores finales, de Córdoba, Sevilla y Granada, se han obtenido sus preferencias teóricas y sensoriales al respecto de nuevo combinaciones a partir de quesos: cabra semicurado, cabra láctica madurada y cabra curado en aceite de leche cruda; en combinación con tres vinos blancos: joven, espumoso y fino. Los resultados muestran que los quesos de cabra son muy apreciados en su maridaje con los vinos blancos, y que a pesar de que teóricamente se suele hacer referencia al vino espumoso, en el maridaje con quesos de cabra es el vino blanco joven el preferido.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9e633da6-1686-4a4f-b307-3b3978e311d2</t>
   </si>
   <si>
     <t>Maridaje de Quesos Andaluces y Vinos Dulces: Preferencias de los Consumidores</t>
   </si>
   <si>
     <t>La mejora de la comercialización es uno de los retos el futuro de los alimentos transformados, existiendo potencialidades de comercialización conjunta con otros productos agroalimentarios. El objetivo del presente trabajo ha sido evaluar las preferencias del consumidor andaluz frente a distintos maridajes de quesos y vinos dulces. De entre las valoraciones de 119 consumidores finales, de Córdoba, Sevilla y Granada, se han obtenido sus preferencias al respecto de combinaciones de quesos: Cabra Semicurado, Cabra Azul y Cabra Curado en Aceite; en combinación con tres vinos dulces: Natural Moscatel, Natural Moscatel con Crianza y Pedro Ximénez. Los resultados muestran que los quesos de cabra son muy apreciados en su maridaje con los vinos dulces, y que a pesar de que a priori los consumidores eligen el queso Semicurado, en cata sensorial el preferido ha sido el queso de Cabra Azul.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0e54859f-52ed-4e49-bd72-30679999901f</t>
   </si>
   <si>
+    <t>Resultados de Ensayos de Nuevas Variedades de Avenas en Andalucía. Campaña 2018/2019</t>
+  </si>
+  <si>
+    <t>La mejora del conocimiento en el cultivo de avena que se aborda en este documento adopta como punto de partida las innovaciones que incorporan las semillas que se comercializan en el mercado. Con los resultados mostrados se trata de evaluar las nuevas variedades que se registran en España o en Europa  en relación a los aspectos agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3fffacd-760e-49ef-b0af-8bcba50b9411</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Nuevas Variedades de Trigo Blando en Andalucía. Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>La mejora del conocimiento del cultivo que se aborda en esta publicación, los trigos blandos, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultor.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9156d637-57a5-4edf-8b32-b24c47cc3365</t>
+  </si>
+  <si>
     <t>Resultados de ensayos de nuevas variedades de trigo blando en Andalucía Campaña 2017/2018</t>
   </si>
   <si>
     <t>La mejora del conocimiento del cultivo que se aborda en esta publicación, los trigos blandos, parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Generar información sobre las nuevas variedades que se registran en España o en Europa en relación a los aspectos: agronómico, productivo, resistencia a enfermedades, así como en sus parámetros de calidad, son de vital importancia para el agricultor Esta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4642931a-3d71-48d4-a1b5-62338b916f6e</t>
   </si>
   <si>
-    <t>Resultados de Ensayos de Nuevas Variedades de Trigo Blando en Andalucía. Campaña 2016/2017</t>
-[...25 lines deleted...]
-  <si>
     <t>Resultados de Ensayos de Nuevas Variedades de Cebadas en Andalucía. Campaña 2018/2019</t>
   </si>
   <si>
     <t>La mejora en el conocimiento del cultivo de cebada que se ofrece en el documento parte de las innovaciones que incorporan las semillas que se comercializan en el mercado. Se proporciona información sobre  las nuevas variedades que se registran en España o en Europa en relación a los aspectos agronómico, productivo, resistencia a enfermedades, así  como en sus parámetros de calidad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51a6b7ea-a29f-40d0-8bd2-a4c211c904cf</t>
   </si>
   <si>
-    <t>Resultados de Ensayos de Nuevas Variedades de Triticales en Andalucía. Campaña 2018/2019</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84b28e55-89ff-4ece-9b25-7cc53b60a79d</t>
+    <t>El Uso de la Solarización para la Desinfección de los Sistemas Utilizados en los Cultivos Sin Suelo</t>
+  </si>
+  <si>
+    <t>La mayoría de los patógenos de suelo se conservan en los sustratos usados en los cultivos sin suelo, siendo necesaria su desinfección o sustitución. La solarización es un sistema de desinfección que consiste en cubrir el sustrato húmedo durante 4-8 semanas con plástico transparente y fino en la época de mayor temperatura y radiación solar. El objetivo principal del estudio fue evaluar la eficacia de dicha técnica para eliminar varios patógenos  de los sustratos de cultivo para seleccionar sistemas de vida útil larga y apropiados para su desinfección por solarización. Los resultados obtenidos indican su eficacia para eliminar los tres patógenos en los cuatro sistemas ensayados.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b466f94-e2fe-4f4d-93bc-ebc2f0f23690</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la elaboración de mantequilla</t>
+  </si>
+  <si>
+    <t>La mantequilla artesana de vaca, cabra y oveja es un producto de gran valor que cada vez más empresas lácteas elaboran, ya sea utilizando la nata procedente del desnatado de la leche o lactosuero destinados a la elaboración de productos lácteos, o mediante la adquisición de la nata a terceras empresas. Este trabajo establece una serie de recomendaciones básicas en la elaboración artesanal de mantequilla, de forma que se pueda obtener un producto de gran calidad tecnológica y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7cb5a7bc-f596-49c3-9713-b0ffcb4a2f69</t>
+  </si>
+  <si>
+    <t>Determinaciones Analíticas en Leche</t>
+  </si>
+  <si>
+    <t>La leche tiene una composición variada (proteínas, grasas, hidratos de carbono, vitaminas y sales minerales), una alta digestibilidad y capacidad de aprovechamiento por el organismo humano y una elevada aptitud para la elaboración de otros productos alimenticios. Este documento constituye el material didáctico para la realización de las prácticas de laboratorio del Módulo 1: “Recepción y almacenamiento de la leche”, correspondiente al Programa Formativo de “Especialista en Quesería”. En éste se describen las determinaciones analíticas a realizar para el control de calidad de la leche, que permitan garantizar el cumplimiento de la normativa básica en cuanto a higiene de los alimentos de origen animal (Reglamento 853/2004) y de control que deben cumplir los operadores del sector lácteo (Real Decreto 1728/2007 para leche de vaca y Real Decreto 752/2011 para leche de oveja y cabra). Además se incluyen otras determinaciones de gran utilidad para el control del proceso tecnológico</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4c126b0-f732-480d-930e-2bb9b406f553</t>
+  </si>
+  <si>
+    <t>Influencia de un Acumulador de Calor Pasivo sobre el Microclima y la Bioproductividad Bajo Invernadero</t>
+  </si>
+  <si>
+    <t>La incorporación de mangas de plástico llenas de agua como acumuladores de calor en el invernadero es un sistema de calefacción pasivo que permite aumentar la temperatura del aire y de la planta durante el periodo frio e incrementar la producción del fruto de pimiento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17c380d9-cd75-4036-a72b-27f59bdea821</t>
   </si>
   <si>
     <t>Gestión de Residuos Inorgánicos en Horticultura Intensiva</t>
   </si>
   <si>
     <t>La horticultura del sudeste andaluz alcanza una superficie de 31.173 ha (Junta de Andalucía, 2020), lo que implica una generación dispersa de un gran volumen de residuos agrarios.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d3328bb1-734b-4c84-9183-72016cf2c2e6</t>
   </si>
   <si>
+    <t>Técnicas No Químicas de Desinfestación de Suelos en el Cultivo de la Fresa</t>
+  </si>
+  <si>
+    <t>La incertidumbre acerca de la situación legal de las principales materias activas usada en la desinfestación de suelo dedicados al cultivo de la fresa, hace  necesario seguir investigando sobre alternativas físico/biológicas que permitan al agricultor contar con posibles herramientas de trabajo frente a una eventual prohibición o limitación de uso de las opciones actualmente usadas. En este trabajo se plantean como objetivos la evaluación agronómica y la eficiencia en el control de patógenos fúngicos y nematodos, de tratamientos basados en la biosolarización a dosis baja con apoyo microbiológico y con el uso del ozono.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/48e31c87-0ae1-4db6-b62a-f3b65baec173</t>
+  </si>
+  <si>
     <t>Resultados de los Ensayos de Colza en Andalucía. Campaña 2016-17</t>
   </si>
   <si>
     <t>La importancia que ha tomado el cultivo de la colza (Brassica napus) en Andalucía, ya que  la superficie cultivada ha pasado de poco más de 1000 hectáreas en el año 2014 a más de 30.000 hectáreas en 2017, ha originado que el IFAPA siendo consciente de la importancia de este cultivo, y que la colza puede consolidarse como un cultivo con futuro en las alternativas de nuestra región, haya decidido comenzar una red de ensayos dentro de la RAEA con objeto de poder dar respuesta al agricultor en diversos aspectos relacionados con técnicas de cultivo, comportamiento de las nuevas variedades (Clearfield), tratamientos y respuesta a los nuevos herbicidas, resistencia frente a nuevas enfermedades y tratamientos para combatirlas, y otra serie de prácticas agronómicas relacionadas con esta planta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/745032b7-cfc0-448b-adc9-81a1c15c28ec</t>
   </si>
   <si>
-    <t>Técnicas No Químicas de Desinfestación de Suelos en el Cultivo de la Fresa</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b466f94-e2fe-4f4d-93bc-ebc2f0f23690</t>
+    <t>Bienestar animal en explotaciones ganaderas.Temario común</t>
+  </si>
+  <si>
+    <t>La gran diversidad de explotaciones ganaderas que pueden existir, ha motivado la edición de este temario común en el programa de bienestar animal en explotaciones ganaderas, que pueda ser utilizado cuando no exista material editado específico para la especie en cuestión. La realización de este material didáctico responde a una demanda del sector, y trata de proporcionar una herramienta útil de trabajo a los alumnos y docentes de los cursos de bienestar animal que se desarrollen en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3523218c-fad6-4e9a-a96c-a82db216ad59</t>
+  </si>
+  <si>
+    <t>Guía de Gestión Integrada de Enfermedades de Frutales de Hueso</t>
+  </si>
+  <si>
+    <t>La finalidad de este material docente de “Enfermedades de los frutales de hueso y su manejo en Producción Integrada” es ayudar y orientar a agricultores y asesores para conseguir implantar los principios de gestión integrada de enfermedades siguiendo el Plan de Acción Nacional para el Uso Sostenible de Productos Fitosanitarios, y complementar la guía de gestión integrada de plagas de frutales de hueso elaborada por el Ministerio de Agricultura, Pesca y Medio Ambiente (MAGRAMA).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c9d036b-dc0e-4988-86a7-3f831c2d5220</t>
+  </si>
+  <si>
+    <t>Fertilización Adaptada a las Necesidades del Cultivo: Curvas de Absorción de Nutrientes</t>
+  </si>
+  <si>
+    <t>La fertilización a través del riego localizado de alta frecuencia, mejora la eficiencia del uso de los nutrientes por la planta. Las ventajas de la fertirrigación se basan en la posibilidad de aplicar los nutrientes directamente a la zona donde se desarrollan las raíces y de acuerdo con la demanda nutricional de la planta. Para ello es necesario conocer las curvas de absorción de nutrientes en función del tiempo. Las curvas de absorción reflejan los cambios nutricionales dependientes de la fenología de la planta. El objetivo de este trabajo es poner a disposición de técnicos y productores agrícolas una información actualizada y resumida, sobre conceptos básicos (tasa de absorción diaria, concentración de absorción) así como la determinación de las curvas de absorción de nutrientes de un cultivo y ejemplos de las curvas de absorción de N, P y K de tomate, pimiento, pepino y melón, desarrollados bajo invernadero en las condiciones del litoral mediterráneo de Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9699ca21-f82d-40d8-a483-f9f0890e1eff</t>
   </si>
   <si>
     <t>Efectos de la aplicación de efluentes de almazara sobre suelos agrícolas</t>
   </si>
   <si>
     <t>La extracción del aceite de oliva por métodos físicos produce grandes cantidades de aguas de lavado de aceites y aceitunas. Siendo almacenadas en grandes balsas para su evaporación, careciendo de cualquier aprovechamiento. En este sentido, se ha desarrollado un estudio sobre los beneficios y limitaciones agrícolas, ambientales y empresariales de su utilización como riego en olivar y en tierra calma. En concreto, el estudio ha constado de una doble vertiente. Una primera, que ha constado en una completa caracterización de la composición y variabilidad de los líquidos procedentes del lavado de las aceitunas y aceites en las almazaras. Y una segunda, encaminada a estudiar los efectos del riego, evaluando su utilidad agrícola, así como la posible generación de residuos sobre el suelo, la planta y el medio ambiente en general. A la vista de los resultados recopilados durante el estudio realizado, se han obtenido una serie de conclusiones sobre los beneficios que puede obtener el agricultor al regar con efluentes, además del aporte obvio de humedad en periodos de bajas precipitaciones. Permitiendo a su vez, dar recomendaciones sobre cuando realizar dicho riego.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2e8ecd58-de53-45ac-b0a9-066b253d1856</t>
   </si>
   <si>
-    <t>Fertilización Adaptada a las Necesidades del Cultivo: Curvas de Absorción de Nutrientes</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c9d036b-dc0e-4988-86a7-3f831c2d5220</t>
+    <t>Obtención de Aguardientes de Orujos de las Variedades de Uva Moscatel, Palomino fino y Pedro Ximénez.</t>
+  </si>
+  <si>
+    <t>La gestión de los residuos y subproductos del vino en la bodega supone grandes problemas económicos y ambientales. El desarrollo de una legislación más restrictiva en materias medioambientales sumado a una creciente concienciación ciudadana, está favoreciendo la implantación de una nueva estrategia empresarial en línea con la economía circular, en la que se promueve la optimización de recursos, la reducción en el consumo de materias primas y el aprovechamiento de los residuos, reciclándolos o dándoles una nueva vida para convertirlos en nuevos productos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b94f5624-84c2-4d91-abac-93bf7cee9f58</t>
+  </si>
+  <si>
+    <t>Gestión de restos vegetales de hortícolas mediante el picado e incorporación al suelo de invernadero</t>
+  </si>
+  <si>
+    <t>La generación de residuos vegetales es un problema ambiental y social aun no resuelto en la horticultura bajo plástico, su generación concentrada en primavera y en otoño, así como su dispersión espacial dificulta su gestión. El aprovechamiento de los restos vegetales como enmienda orgánica en la propia explotación, mediante la incorporación al suelo del material fresco tras ser picado (abonado en verde), es una solución viable, acorde con los principios de la economía circular, y que además, reporta beneficios a los propios cultivos y a la rentabilidad de las explotaciones. En este documento se exponen diferentes técnicas para el picado e incorporación de restos vegetales en fresco al suelo de los invernaderos y cómo puede combinarse con la técnica de solarización para conseguir una biodesinfección del suelo, proceso conocido como biosolarización.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/185efbc7-923d-4235-aec4-2b74afaa2c08</t>
+  </si>
+  <si>
+    <t>Test genético para la mejora de la firmeza del fruto de fresa</t>
+  </si>
+  <si>
+    <t>La fresa es una fruta altamente consumida por su color rojo vibrante, su sabor y aroma característicos, así como por su valor nutricional. Debido a estas cualidades, existe un gran interés en desarrollar nuevas variedades que potencien estos caracteres. En este contexto, la firmeza del fruto se considera un carácter clave, ya que influye directamente en la calidad organoléptica, la vida postcosecha y el valor comercial, además de ser crucial para su transporte a larga distancia. En este trabajo, presentamos un test de ADN diseñado para seleccionar variedades de fresa con frutos hasta un 50?% más firmes, fácilmente aplicable a programas de mejora mediante selección asistida por marcadores, lo que permite aumentar significativamente su eficiencia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5e82464a-68b9-4068-9ee6-ac03db3d7c6e</t>
   </si>
   <si>
     <t>Análisis genético para la mejora del contenido de vitamina c en fresa</t>
   </si>
   <si>
     <t>La fresa es un cultivo de gran importancia económica cuyo fruto es altamente apreciado y consumido por su delicado sabor, aroma y valor nutricional. Debido a la creciente demanda de los consumidores, incrementar la calidad organoléptica y nutricional del fruto se está convirtiendo en uno de los objetivos de la mejora genética, siendo fundamental en ello caracteres como el contenido en vitamina C (o ácido ascórbico). La selección asistida por marcadores es una herramienta muy útil para incrementar la eficiencia de los programas de mejora. En este trabajo detallamos como realizar un ensayo de marcadores KASP para seleccionar fresas con un 12% más de vitamina C en el fruto.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db2af06b-d8d5-422c-a1fd-795ba998fd15</t>
   </si>
   <si>
-    <t>Test genético para la mejora de la firmeza del fruto de fresa</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3523218c-fad6-4e9a-a96c-a82db216ad59</t>
+    <t>Empleo de datos meteorológicos y de teledetección para la estimación de la ET0 en Andalucía</t>
+  </si>
+  <si>
+    <t>La evaluación de la evapotranspiración de referencia (ETo) tanto a nivel de parcela, zona regable, cuenca o a nivel regional, es un reto para la investigación agrícola e hidrológica; esto requiere de la caracterización de extensas áreas además de la obtención de variables meteorológicas precisas. Para explicar esto, se desarrolló una nueva metodología, combinando información de radiación solar procedente del satélite Meteosat (MSG) a través de la plataforma LSA SAF, con información de temperaturas medias del aire a 2 metros, de la plataforma ECMWF.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8de69ea1-693a-4715-a83b-f3b091ecf841</t>
+  </si>
+  <si>
+    <t>Colección Nuclear de Vicia faba: Caracterización y Evaluación Preliminar</t>
+  </si>
+  <si>
+    <t>La diversidad biológica actual es la base de la sostenibilidad agraria y alimentaria futura,  siendo los recursos fitogenéticos su componente fundamental. Su conservación es muy importante para su utilización presente y futura, bien directamente con el empleo de las entradas conservadas, o través de la incorporación de los genes específicos que éstas contengan en los programas de mejora genética vegetal. Para poder utilizar este material es necesario conocerlo y esto nos lleva a caracterizarlo y evaluarlo mediante el estudio de descriptores. Este documento ofrece la posibilidad de llevar a cabo la consulta y búsqueda de caracteres de utilidad de las entradas de la Colección Nuclear de Vicia faba conservadas en el Banco de Germoplasma del IFAPA.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/924447fb-a4ce-4aa6-ac2e-b7c4f83788e9</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Cuajada</t>
+  </si>
+  <si>
+    <t>La Cuajada es un producto lácteo, obtenido por coagulación enzimática de la leche. Es consumido como postre principalmente en la zona norte de España, pudiéndose elaborar a partir de las distintas tipologías de leche existentes (cabra, oveja o vaca), así como combinarse con azúcar o miel, frutos secos o trozos de fruta. Las diferentes denominaciones que puede tener este producto lácteo en función de su composición, entre otros aspectos, vienen reguladas por el Real Decreto 1070/2007, en el que se aprueba la norma de calidad para la cuajada. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/312fde8b-4374-4376-857f-b6fe12ee8a9d</t>
+  </si>
+  <si>
+    <t>Virus Transmitidos por Contacto: Desinfección de Útiles de Trabajo</t>
+  </si>
+  <si>
+    <t>La correcta desinfección de herramientas de trabajo en las labores de campo es de vital importancia para evitar la transmisión de una serie de enfermedades producidas por virus a todo el cultivo. Como respuesta a una necesidad demandada por el sector, presentamos un resumen de trabajos científicos sobre productos utilizados en las labores de desinfección de útiles de trabajo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e3aae10-70e2-41fe-af40-cfb423e8c75c</t>
   </si>
   <si>
     <t>Estrategias para una fertilización nitrogenada sostenible</t>
   </si>
   <si>
     <t>La contaminación difusa por nitratos procedentes de la actividad agraria se ha identificado como una de las principales causas del mal estado de las masas de agua, tanto superficiales y continentales como subterráneas. La Unión Europea publicó en el año 1991 una Directiva relativa a la protección de las aguas contra la contaminación producida por nitratos en la agricultura, con el objetivo de reducir la contaminación causada y de prevenir nuevas contaminaciones. Esta normativa contempla que los Estados miembro son encargados de elaborar una relación de zonas contaminadas, o en riesgo de estarlo (zonas vulnerables), y de publicar un código de buenas prácticas agrarias y un programa de actuación con medidas para disminuir los niveles de nitrato en las zonas vulnerables. Este manual pretende ser un instrumento útil para dar a conocer el problema y proporcionar, tanto a agricultores como a técnicos, herramientas para la toma de decisiones relativas al manejo de la fertilización nitrogenada.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2cec7e32-5309-4027-9915-ef95b3025e00</t>
   </si>
   <si>
-    <t>Virus Transmitidos por Contacto: Desinfección de Útiles de Trabajo</t>
-[...16 lines deleted...]
-  <si>
     <t>Guía de cubiertas vegetales en almendro</t>
   </si>
   <si>
     <t>La cubierta vegetal viva está considerada como el sistema de manejo del suelo más adecuado, salvo en aquellos casos en los que no se pueda hacer un adecuado control de la misma. En comparación a los otros sistemas de manejo del suelo, la cubierta vegetal viva tiene, entre otras, las siguientes ventajas: consigue una mejor estructura del suelo y un mayor contenido en materia orgánica; mejora la tasa de infiltración del agua en el suelo y reduce las pérdidas de agua por evaporación; facilita el tránsito de la maquinaria; y es el sistema que más reduce los daños por erosión; si no se hace un control químico, es un sistema sin ningún riesgo de daño medioambiental y el que más contribuye a la conservación de la biodiversidad y a la mejora del agroecosistema.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78cbd014-6939-452d-b996-56478b48210f</t>
   </si>
   <si>
-    <t>Colección Nuclear de Vicia faba: Caracterización y Evaluación Preliminar</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8de69ea1-693a-4715-a83b-f3b091ecf841</t>
+    <t>Pruebas de ADN para la predicción del color del fruto de la fresa</t>
+  </si>
+  <si>
+    <t>La característica coloración de las fresas maduras se debe a la acumulación de antocianinas.  Estos pigmentos, además de aumentar el atractivo de los frutos, poseen numerosos beneficios para la salud debido a sus propiedades antioxidantes. Las diferentes variedades y especies de fresa presentan una llamativa variabilidad en el color de sus frutos, siendo este un importante carácter para los mejoradores. En el centro IFAPA de Málaga, en colaboración con otros grupos de investigación, hemos desarrollado dos pruebas de ADN para predecir la presencia/ausencia y la distribución de estos pigmentos en el fruto, evitando la necesidad de crecer la planta para observar el fenotipo.  Los marcadores utilizados detectan diferentes alelos del gen FaMYB10 que es responsable de la variación cualitativa de estos caracteres. En este documento se presentan los detalles de ambas pruebas, que podrán ser utilizadas a gran escala y de forma económica y sencilla en los programas de mejora.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43c6c366-16fa-48b3-8a4a-27e64d4eb8c7</t>
+  </si>
+  <si>
+    <t>Control químico sostenible de la cochinilla blanca del mango (Aulacaspis tubercularis)</t>
+  </si>
+  <si>
+    <t>La cochinilla blanca, es una plaga clave en los cultivos de mango en Andalucía ya que produce importantes</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/00e4a59b-506d-4124-8141-1ba34dbcc970</t>
+  </si>
+  <si>
+    <t>Efecto de la Variedad y el Sistema de Cultivo sobre Caracteres Ligados a la Calidad en Fresa. Campaña 2023/2024.</t>
+  </si>
+  <si>
+    <t>La calidad de la fresa recién recolectada y en poscosecha es un factor de gran relevancia para su éxito comercial, por lo que en este trabajo nos planteamos el objetivo de evaluar la calidad organoléptica, funcional y poscosecha de una selección de 16 variedades de fresa, de 11 programas de mejora distintos, en tres sistemas de cultivo, al objeto de generar una información objetiva sobre el comportamiento de cada una de las variedades en cada sistema de cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/298cb4ca-2eff-4dcd-bf23-503289e512bb</t>
+  </si>
+  <si>
+    <t>Sistemas Sostenibles en Olivar. Operación 10.1.7</t>
+  </si>
+  <si>
+    <t>La ayuda agroambiental vinculada al olivar se conoce como Operación 10.1.7. Sistemas Sostenibles de Olivar. Esta medida de apoyo hacia este sector se sitúa en un Marco Estratégico Comunitario (MEC) 2014-2020 del Programa de Desarrollo Rural de Andalucía (PDRA) concretamente en la Medida 10: Agroambiente y Clima, que entre los objetivos que viene a cumplir, la que afecta al olivar y por la cual se ha desarrollado esta operación específica para este cultivo es la “Prevención de la erosión de los suelos y mejora de la gestión de los mismos”. Asimismo, si observamos la figura 1 la Operación 10.1.7. Sistemas Sostenibles de Olivar se encuentra dentro de la Submedida 10.1. Pagos por Compromisos Agrarios y Ambientales, es decir, el beneficiario de esta ayuda recibirá una compensación económica, por realizar una serie de prácticas agrícolas beneficiosas no solo para el medio ambiente sino para el propio cultivo, porque no debemos de olvidar que el olivar tenemos que verlo y manejarlo como un agroecosistema, siendo ést</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78a0d01f-c174-49d3-b916-0f8987dd90d3</t>
+  </si>
+  <si>
+    <t>Parasitoides Autóctonos de la Avispilla del Castaño en Andalucía</t>
+  </si>
+  <si>
+    <t>La avispilla del castaño (Dryocosmus kuriphilus) es una plaga principal para el cultivo de los castaños que compromete seriamente su rentabilidad. Este documento, además de describir las principales características de las avispillas productoras de agallas, aporta información sobre el control ejercido sobre la plaga de la avispilla del castaño por parasitoides autóctonos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/394bb10a-55f5-495b-8118-029273d8ee00</t>
   </si>
   <si>
     <t>Avispilla del castaño (Dryocosmus kuriphlilus) en Andalucía</t>
   </si>
   <si>
     <t>La avispilla del castaño (Dryocosmus kuriphilus) es una plaga principal para el cultivo de los castaños que compromete seriamente su rentabilidad. En este documento se informa sobre su distribución, biología, daños que causa, y medidas de control existentes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f58818c2-dfd5-4c1d-8046-68c785749173</t>
   </si>
   <si>
-    <t>Parasitoides Autóctonos de la Avispilla del Castaño en Andalucía</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/298cb4ca-2eff-4dcd-bf23-503289e512bb</t>
+    <t>Gestión Integrada de la Cochinilla Blanca del Mango</t>
+  </si>
+  <si>
+    <t>La cochinilla blanca (Aulacaspis tubercularis) es la plaga más importante del mango en el Sur de España, y una de las más dañinas a nivel mundial. Aquí se proponen las bases para su gestión integrada. Se realiza una descripción de la plaga y se aportan datos sobre su biología y los síntomas y daños que produce. Además, se sugiere el empleo de aceites parafínicos para su control, que han mostrado eficacia en los ensayos de campo. El control biológico, a través de un depredador (Cybocephalus nipponicus) y un parasitoide (Encarsia citrina), es una opción de futuro, aunque habrá que estudiar su implementación con cubiertas vegetales que les sirvan de refugio y alimento alternativo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/75445e35-017a-4226-ac49-21909e6b1ea0</t>
   </si>
   <si>
     <t>Determinación de la Calidad de los Frutos Cítricos en Laboratorio</t>
   </si>
   <si>
     <t>La calidad del producto y la satisfacción del consumidor son elementos prioritarios para los citricultores. Por ello, en el presente trabajo se dan a conocer los parámetros que definen la calidad, tanto morfológica como organoléptica, de los frutos cítricos. Además, se describe resumidamente los procedimientos para realizar la determinación de los citados parámetros de calidad, los cuales permitan garantizar el cumplimiento de la normativa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5938a086-c82e-465a-94f9-2729428527b4</t>
   </si>
   <si>
-    <t>Pruebas de ADN para la predicción del color del fruto de la fresa</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/00e4a59b-506d-4124-8141-1ba34dbcc970</t>
+    <t>Balance de Agua en el Suelo. Un Método Eficiente para Programar el Riego de la Fresa</t>
+  </si>
+  <si>
+    <t>La aplicación de riego resulta imprescindible para asegurar la calidad y producción de las cosechas en regiones áridas y semiáridas. La ausencia de una programación racional del riego puede provocar que sistemas de riego con una alta eficiencia potencial se gestionen de manera ineficiente. El método de balance de agua en el suelo para la programación de riegos resulta sencillo de aplicar y su uso se ha visto favorecido por la implantación de la Red SIAR, una red pública del Ministerio de Agricultura, Pesca y Alimentación, compuesta por más de 450 estaciones meteorológicas automáticas, que proporcionan información para el cálculo de la evapotranspiración de referencia. Su uso en la programación de los riegos puede producir ahorros de agua de hasta el 40% respecto al riego tradicional del agricultor. Este trabajo presenta los resultados de la aplicación de este método al cultivo de la fresa en la provincia de Huelva y muestra que su aplicación produjo ahorros medios de agua superiores al 40%.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/335f970b-b5d5-4843-9442-483b54e1daec</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Queso de Pasta Lavada</t>
+  </si>
+  <si>
+    <t>La adición de agua durante la elaboración del queso, se conoce como ‘lavado de la pasta’. Mediante esta operación básica, se persigue obtener unas características organolépticas muy típicas de esta tipología de quesos, de consistencia cremosa, y sabor y aromas suaves. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1a7dcabf-1fc1-4d7e-ac9b-b021da9b2e35</t>
+  </si>
+  <si>
+    <t>Control Integrado de Plagas en Calabacín Bajo Invernadero en Ciclo de Primavera</t>
+  </si>
+  <si>
+    <t>La actual problemática en cultivo de calabacín debido al virus del Nueva Delhi (ToLCNDV transmitido por la especie de mosca blanca Bemisa tabaci, está provocando importante perdidas de producción. La aplicación reiterada de insecticidas como única medida no consigue un adecuado control de esta plaga. En este trabajo se evalúa la utilización del depredador Amblyseius swirskii y la aportación de polen como alimento suplementario para la mejora de su instalación, como parte de una estrategia de control integrado, en un cultivo de calabacín en ciclo de primavera. Los resultados muestran que las medidas preventivas tanto de hermeticidad como de protección del cultivo, junto con una adecuada instalación del depredador, disminuyen la presencia y el desarrollo de la plaga en el cultivo, minimizando la incidencia del virus del Nueva Delhi.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/123fd5ed-5132-469b-aa53-7ffcc0b63cb6</t>
+  </si>
+  <si>
+    <t>Torymus sinensis. Parasitoide Exótico de la Avispilla del Castaño</t>
+  </si>
+  <si>
+    <t>La avispilla del castaño (Dryocosmus kuriphilus) es una plaga principal para el cultivo de los castaños que compromete seriamente su rentabilidad. En este documento se hace un estudio del parásito específico Torymus sinensis, se informa de las sueltas experimentales que se han realizado hasta el momento y de las medidas necesarias para conseguir su instalación en el cultivo, advirtiendo de los posibles riesgos medioambientales que puede acarrear su liberación en el medio.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b04618d6-67ec-45ef-88e6-cfc097275f61</t>
+  </si>
+  <si>
+    <t>Estudio de la autofertilidad en habas. Aplicaciones en mejora</t>
+  </si>
+  <si>
+    <t>La autofertilidad es la habilidad de las plantas de producir frutos sin que las flores hayan sido previamente manipuladas (ya sea por polinización mediada por insectos o mediante polinización manual). La polinización es esencial para la reproducción del 90% de las plantas con flor y para un tercio de nuestros cultivos. El declive de las poblaciones de polinizadores puede suponer un riesgo para la producción de dichos cultivos, por lo que surge la necesidad de desarrollar nuevas variedades capaces de autofertilizarse. Sin embargo, los caracteres que promueven la capacidad de autofertilización están poco estudiados. En este trabajo se pretenden descubrir caracteres florales asociados a la autofertilidad en habas, para así poder hacer en un futuro estudios de genes candidatos que aceleren los programas de mejora.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/191669fb-76d3-41eb-af6f-1929fce9f2f6</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Nuevas Variedades de Triticale en Andalucia. Campaña 2015/2016</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre las nuevas variedades de triticales en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de triticales a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd5c7821-0819-4c7d-8257-c7404e688ac8</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Nuevas Variedades de Trigo Duro en Andalucía. Campaña 2016/2017</t>
   </si>
   <si>
     <t>Información actualizada sobre las nuevas variedades de trigos duros en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de trigo duro a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c810a78a-ef3b-4fa4-8941-cc4d878bc3b9</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Nuevas Variedades de Trigo Duro en Andalucía. Campaña 2015/2016</t>
   </si>
   <si>
     <t>Información actualizada sobre las nuevas variedades de trigos duros en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de trigo blando a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f2645e9-bb2d-4714-9da8-4ff1cb988acd</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Nuevas Variedades de Trigo Duro en Andalucía. Campaña 2014/2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4b873bb-cb2f-46d2-813c-ed87e00bb7bb</t>
   </si>
   <si>
-    <t>Resultados de los Ensayos de Nuevas Variedades de Triticale en Andalucia. Campaña 2015/2016</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b04618d6-67ec-45ef-88e6-cfc097275f61</t>
+    <t>Resultados de los ensayos de nuevas variedades de cebadas, avenas y triticlaes en Andalucía. Campaña 2014/2015</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre las nuevas variedades de cebadas, avenas y triticales en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de cebadas, avenas o triticales a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cb310841-88c9-47e2-aa6e-29a15398f390</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Nuevas Variedades de Avena en Andalucia. Campaña 2015/2016</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre las nuevas variedades de avenas en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de avena a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b302728d-8cfb-40c0-9d4f-4357c97307e4</t>
+  </si>
+  <si>
+    <t>Evaluacion de la Eficacicia de Fungicidas en Trigo duro y blando en Andalucía. Campana 2014-2015.</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre la Evaluación de la eficacia del uso de fungicidas de última generación en el control de enfermedades fúngicas en trigo duro y trigo harinero teniendo en cuenta criterios de rentabilidad y sostenibilidad ambiental. En esta publicación se recogen los resultados de los ensayos llevados a cabo durante la Campaña 2014/2015. Éstos son resultados de una única campaña, y por tanto a medida que avance el proyecto se irán obteniendo nuevos datos que permitirán ofrecer a técnicos y agricultores una información más completa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dc757c9a-196b-4dab-b462-2dc8d6da00ca</t>
+  </si>
+  <si>
+    <t>Aplicación de Productos Fitosanitarios Nivel Piloto Aplicador: Actualización de Contenidos Formativos</t>
+  </si>
+  <si>
+    <t>Índice: UD 1: Generalidades de protección vegetal; UD 2: Productos fitosanitarios: clasificación y características; UD 3: Formulaciones de productos fitosanitarios: naturaleza y características. UD 4: Riesgos para el medio ambiente derivados</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3544a1c5-6883-4026-943a-eb8e6223b899</t>
   </si>
   <si>
     <t>Ecotipos Andaluces de Habas. Campaña 2021/2022.</t>
   </si>
   <si>
     <t>IFAPA conserva una valiosa colección de ecotipos de habas andaluces. Con el objetivo de fomentar su uso, se han realizado distintos análisis experimentales para conocer su comportamiento agronómico y adaptación en ambientes específicos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e877d4ee-c162-43d4-8892-29677bf4a329</t>
   </si>
   <si>
-    <t>Aplicación de Productos Fitosanitarios Nivel Piloto Aplicador: Actualización de Contenidos Formativos</t>
-[...25 lines deleted...]
-  <si>
     <t>Resultados de los Ensayos de Nuevas Variedades de Cebada en Andalucia. Campaña 2015/2016</t>
   </si>
   <si>
     <t>Información actualizada sobre las nuevas variedades de cebadas en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de cebadas a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14deffe6-29af-4126-8eb1-6d5f22ad3a23</t>
   </si>
   <si>
-    <t>Resultados de los ensayos de nuevas variedades de cebadas, avenas y triticlaes en Andalucía. Campaña 2014/2015</t>
-[...7 lines deleted...]
-  <si>
     <t>Resultados de los Ensayos de Nuevas Variedades de Trigo Blando en Andalucía. Campaña 2015/2016</t>
   </si>
   <si>
     <t>Información actualizada sobre las nuevas variedades de trigos blandos en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de trigo blando a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b6c4bc7e-44f7-4f64-ba33-62c991ebccc7</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Nuevas Variedades de Trigo Blando en Andalucía. Campaña 2014/2015.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/406bd0c5-bf48-4361-b82e-9f82843debf3</t>
   </si>
   <si>
+    <t>Preferencias de los olivareros respecto de los programas agroambientales.</t>
+  </si>
+  <si>
+    <t>Existe una necesidad de análisis para el apoyo en la toma de decisiones relativas a la política agroambiental. En este estudio se analizan las preferencias de los olivicultores andaluces respecto de dicha política, especialmente en relación a la adopción de superficie de interés ecológico (SIE) y de prácticas agroambientales. Los resultados muestran que estas preferencias varían según el sistema de olivar. Así, los agricultores con olivares de secano de campiña prefieren no participar en programas que incluyan cubiertas vegetales para cuyo manejo no esté permitido el laboreo. Los de regadío de campiña están más dispuestos a participar aunque prefieren la opción donde se exija una extensión de la cubierta vegetal moderada y donde no se exija cumplir con el requisito de un mínimo de superficie de interés ecológico. Por su parte, los de sierra prefieren participar en el programa agroambiental más exigente seguramente porque están en mejor disposición de cumplir sus requisitos y porque les compensa el mayor pago.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/477415d5-55e0-4e40-b53f-bb71c48f4db3</t>
+  </si>
+  <si>
+    <t>Drosophila suzukii (Matsumura, 1931) en fresa: Guia visual de daños</t>
+  </si>
+  <si>
+    <t>Guia con imagenes de los daños provocados por D. suzukii en frutos de fresa</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8ef4866c-0523-44b6-8c4f-6fe2933850ae</t>
+  </si>
+  <si>
+    <t>Guía para la Planificación del Fertirriego en Tomate para Industria</t>
+  </si>
+  <si>
+    <t>Guía para al fertirrigación de tomate en cultivo destinado a industria considerando la limitación establecida en el reglamento de producción integrada de tomate. Esta guía no considera la aportación de nutrientes que proceda de fuentes complematarias, como el suelo o el agua de riego, por lo que su uso debe adaptarse, reduciendo esos aportes y conttrolando el estado nutritivo de las plantas mediante análisis foliares.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a55ecf23-825e-4a2b-b445-c2352bf18f54</t>
+  </si>
+  <si>
+    <t>Nuevas Plagas de Cítricos</t>
+  </si>
+  <si>
+    <t>Hoy en día siguen existiendo especies de artrópodos que se comportan como plagas importantes para los cítricos en otras regiones del mundo, y que aún no están presentes en nuestra zona de cultivo. La posible entrada de estos organismos en nuestra Comunidad Autónoma constituye una grave amenaza fitosanitaria para nuestras plantaciones, no sólo por los potenciales daños directos provocados por las mismas, sino también porque pueden suponer una restricción para la comercialización de nuestros cítricos.Ante esta situación, es de gran importancia establecer un mecanismo de detección precoz de estos organismos nocivos exóticos. Con esta finalidad, la Dirección General de la Producción Agraria y Ganadera (Consejería de Agricultura, Pesca y Desarrollo Rural, Junta de Andalucía) ha desarrollado el reciente "Plan Andaluz de Vigilancia Fitosanitaria en Cítricos". En este documentoa se exponen brevemente los datos más relevantes sobre las nuevas plagas y enfermedades contempladas en el mismo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/68265e68-39f4-47d6-a6c9-4ed356bcf025</t>
+  </si>
+  <si>
+    <t>Recomendaciones para la Elaboración de Queso Fundido para Untar</t>
+  </si>
+  <si>
+    <t>Hoy en día la creciente demanda por parte del consumidor de nuevos productos, hace que por parte del Sector Lácteo se investigue en el desarrollo, con el objetivo de incrementar la diversificación láctea. Buscando además la optimización de recursos, surge la producción de queso fundido para untar, que es aquel que se elabora mediante combinación de distintas tipologías de quesos, de forma que se obtenga un producto final de calidad garantizada. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31c78d9c-d4c9-4689-8a01-38c5bf59b051</t>
+  </si>
+  <si>
+    <t>Aplicación Foliar de Extractos de Subproductos Vitivinícolas en Uvas Cultivadas en Clima Cálido: Primeros Resultados</t>
+  </si>
+  <si>
+    <t>Hoy día las demandas del sector agrícola se orientan hacia la búsqueda de sustancias activas no tóxicas, naturales y útiles para la protección o estimulación de cultivos desarrollados bajo condiciones no idóneas, como las que registran en zonas de clima cálido. España se sitúa a la cabeza de los países con mayor superficie de viña cultivada del mundo. Los residuos vitivinícolas generados suelen desecharse frecuentemente, por lo que su reutilización con vistas a reducir el impacto ambiental sería un valor añadido. El objetivo del presente estudio se centra en valorar la incidencia de la aplicación foliar de extractos de subproductos vitivinícolas en el cultivo de uva en clima cálido, con vistas a mejorar la calidad de la uva y los vinos que a partir de ella se obtengan. Para ello se ha ensayado entre 2020 y 2022 la aplicación foliar en envero de extractos de raspones, orujos y lías, frente a un control sin extractos, en uvas de las variedades Tempranillo y Palomino fino.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/471ef3e7-80d8-4f01-a949-5eaa16621130</t>
+  </si>
+  <si>
+    <t>Efecto de la frecuencia del riego sobre la eficiencia del riego y la producción de un cultivo de fresa</t>
+  </si>
+  <si>
+    <t>Hasta época reciente ha existido bastante incertidumbre sobre el efecto que tiene la duración y el número de pulsos de riego sobre la eficiencia del riego y la producción del cultivo de la fresa en la provincia de Huelva. Este documento presenta los resultados de un estudio realizado con este objetivo en una finca comercial ubicada en el T.M. de Almonte, aplicando pulsos de riego de 5, 10 y 15 minutos. Se ha utilizado un calendario de riego basado en datos meteorológicos, coeficientes de cultivo y control de la humedad del suelo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/55df7aa9-dc4b-4764-a832-fec8c1dc6ca3</t>
+  </si>
+  <si>
+    <t>Riego de olivo con agua infestada por Verticillium dahliae.</t>
+  </si>
+  <si>
+    <t>Factores como el tipo y concentración de inóculo del patotipo defoliante de Verticillium dahliae en riego, las heridas radicales del olivo y el número de campañas de riego son considerados por sus efectos sobre la Verticilosis en el cultivar ‘Picual’ y la densidad de inóculo residual del hongo en el suelo. Todos los factores mencionados afectaron en mayor o menor grado al desarrollo de enfermedad. Los efectos combinados de la concentración de inóculo y las heridas del sistema radical del árbol fueron necesarios para el desarrollo de epidemias en riego con agua infestada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/97e9d731-a926-4001-94fb-6d02b214390f</t>
+  </si>
+  <si>
     <t>Resultados de Ensayos de Nuevas Variedades de Triticale en Andalucía. Campaña 2019/2020</t>
   </si>
   <si>
     <t>Existe una constante necesidad de evaluar y caracterizar las nuevas variedades de triticales que se lanzan al mercado, para un correcto asesoramiento al sector productor, influyendo así en una mayor profesionalización del mismo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2316820-18b3-4bff-badf-a533a893b83b</t>
   </si>
   <si>
-    <t>Preferencias de los olivareros respecto de los programas agroambientales.</t>
-[...16 lines deleted...]
-  <si>
     <t>Estudio Sobre Diferentes Dosis y Fechas de Siembra de Garbanzo en la Campiña de Córdoba</t>
   </si>
   <si>
     <t>Fecha y dosis de siembra son dos parámetros a considerar para conseguir un mayor rendimiento del cultivo. El objetivo de este trabajo ha sido evaluar la adaptación de líneas de garbanzo con resistencia a rabia considerando dos fechas de siembra (diciembre y enero) y dos dosis (24 plantas /m2 y 17 plantas /m2). Tras la evaluación durante 4 campañas agronómicas se observó que las dos fechas de siembra y dosis no parecen influir en el tamaño de semilla. Sin embargo, la fecha de siembra sí que influye sobre el ciclo del cultivo siendo más largo en diciembre.  Para el rendimiento, la dosis de 24 semillas/m², fue mejor que la dosis de 17 semillas/m², en ambas fechas de siembra. Respecto a fechas de siembra, en las dos primeras campañas no se observaron diferencias significativas. Por lo tanto, se recomendaría emplear la dosis más alta y dentro de esta la fecha de siembra de enero, esto permitiría al agricultor realizar algunas labores más y así dejar el campo limpio de malas hierbas, problema que afecta al garbanzo</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bc799465-2d98-417d-9d18-fa91b44e7305</t>
   </si>
   <si>
-    <t>Drosophila suzukii (Matsumura, 1931) en fresa: Guia visual de daños</t>
-[...52 lines deleted...]
-  <si>
     <t>Efectos de la Biofortificación con Potasio sobre la Producción y la Calidad en Cosecha y Postcosecha de Frutos de Tomate Cherry tras Almacenamiento en Frío</t>
   </si>
   <si>
     <t>Este trabajo tiene como objetivo evaluar, en cultivo de tomate cherry, el efecto de un programa de biofortificación con diferentes dosis de potasio en forma de KCl, sobre la producción, calidad del fruto, velocidad de maduración y almacenamiento en frío.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b3e64622-428e-40d2-8707-a90ffe71d094</t>
   </si>
   <si>
+    <t>Incremento de la biodiversidad en cultivos herbáceos en secano mediante la Implantación de márgenes multifuncionales</t>
+  </si>
+  <si>
+    <t>Estudio sobre el efecto sobre la biodiversidad en 4 fincas de la campiña de Sevilla en la que se han implantado 4 tipos diferentes de márgenes multifuncionales en explotaciones con rotación de cereal-girasol-leguminosa en campiñas del Bajo Guadalquivir. Con especial interés en la fauna de artrópodos del suelo y de polinizadores. También se han monitorizado aspectos de implantación de las especies vegetales en relación a los porcentajes de siembra y su efecto sobre la aparición de flora no deseada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bda26a4c-30b6-4804-9201-12aa51d0c344</t>
+  </si>
+  <si>
+    <t>Resultados de ensayos de nuevas variedades de trigo blando en Andalucía Campaña 2018/2019</t>
+  </si>
+  <si>
+    <t>Existe la necesidad de mejorar la producción de cereales para responder al aumento de la demanda de alimentos. En 2050, el aumento de la producción se estima en un 60%. Los cereales: maíz, arroz y el trigo, representan el 42,5% de todas las calorías humanas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b360fbe1-e7b1-4a78-907b-d8e6a4e50ae1</t>
+  </si>
+  <si>
+    <t>Resultados de ensayos de nuevas variedades de trigo duro en Andalucía Campaña 2018/2019</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c08333e-275e-4303-9b6a-4f6edf96f185</t>
+  </si>
+  <si>
     <t>Recomendaciones sobre la revisión y mantenimiento de equipos para la aplicación de productos fitosanitarios en hortícolas bajo invernadero en Almería</t>
   </si>
   <si>
     <t>Este trabajo tiene como objetivo proponer recomendaciones para un correcto funcionamiento, revisión y mantenimiento de los equipos de aplicación de fitosanitarios en las principales zonas de invernaderos de la provincia de Almería. Los resultados aquí presentados corresponden a las prospecciones realizadas, para conecer el estado de los equipos de aplicación, en las comarcas del Bajo Andarax y del Campo de Dalías.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c199498c-ae6f-4870-be59-2528fccb1975</t>
   </si>
   <si>
-    <t>Incremento de la biodiversidad en cultivos herbáceos en secano mediante la Implantación de márgenes multifuncionales</t>
-[...7 lines deleted...]
-  <si>
     <t>Nuevo Germoplasma para los Programas de Mejora de Habas en Andalucía.</t>
   </si>
   <si>
     <t>Europa se enfrenta al continuo desafío de producir proteínas de origen vegetal. Las habas son un excelente candidato, pero necesitan un mayor desarrollo con diferentes características agronómicas y adaptaciones a distintos países y regiones agroclimáticas. En el marco del proyecto europeo EUCLEG, se han evaluado una colección mundial de 400 accesiones de habas aportando información de: datos de pasaporte, color de flor, color de la semilla, grupo botánico (major, equina, minor, paucijuga), altura de la planta, peso del grano y rendimiento potencial en nuestras condiciones agroecológicas. Con estos resultados se incrementará la diversidad genética del Banco de Germoplasma de Leguminosas del IFAPA, así como identificar nuevos materiales adaptados a nuestras condiciones para ser empleados en los programas de mejora en marcha en Andalucía.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6d5b0f99-6414-4f75-813b-0ba6a3245c3b</t>
   </si>
   <si>
-    <t>Resultados de ensayos de nuevas variedades de trigo blando en Andalucía Campaña 2018/2019</t>
-[...13 lines deleted...]
-  <si>
     <t>Avance de Resultados de Evaluación de Variedades Comerciales de Alfalfa. Campaña 2016/2017</t>
   </si>
   <si>
     <t>Existe una amplia oferta de variedades comerciales de alfalfa (Medicago sativa) para su aprovechamiento forrajero a disposición de los agricultores. Para conocer qué variedad o variedades son las que mejor se adaptan a un determinado ambiente productivo es necesario realizar ensayos de evaluación de variedades.El objetivo del presente trabajo es adelantar los resultados de la primera campaña de la evaluacion del rendimiento de forraje verde, de un conjunto de variedades comerciales de alfalfa en un determinado ambiente. En campañas sucesivas se irán añadiendo los resultados correspondientes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40eed973-9d4b-467f-8b53-7c917c88d481</t>
   </si>
   <si>
+    <t>Conocimiento, Consumo y Preferencias del Consumidor hacia Aceites de Oliva de Calidad Certificada</t>
+  </si>
+  <si>
+    <t>Este trabajo analiza la demanda de aceites de oliva de calidad certificada en Andalucía, centrándose en diferentes Sistemas de Calidad Certificada disponibles para el consumidor andaluz: producción integrada, agricultura ecológica, huella de carbono, precio justo, ISO 9001, ISO 14001, Globalgap, entre otros. El objetivo es determinar el grado de conocimiento, nivel de consumo y disposición a pagar por diferentes atributos de calidad y SCC entre los consumidores de aceite de oliva andaluces.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f18089d2-2d62-45a0-a92c-6da8c5f3036b</t>
+  </si>
+  <si>
+    <t>Variabilidad de la Cobertura en Garbanzo</t>
+  </si>
+  <si>
+    <t>Este trabajo se plantea con el objetivo de conocer si existe variabilidad en el carácter cobertura-dosel verde dentro de una colección de 21 ecotipos de garbanzo. El experimento se llevo a cabo en una finca agrícola en el término municipal de El Carpio (Córdoba), durante la campaña agrícola 2021/2022. El diseño estadístico del ensayo fue de bloques al azar con tres repeticiones. El porcentaje de cobertura se estimó sobre un metro cuadrado de parcela a lo largo de siete fechas diferentes, obteniéndose así los valores absolutos y la evolución del carácter. Para su determinación se contó con una cámara go pro y el software de procesamiento de las imágenes Canopeo. De los resultados obtenidos se puede afirmar que existe variabilidad para el carácter cobertura en la población estudiada, siendo posible identificar y seleccionar ecotipos con mayor porcentaje.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7fa59432-937c-49c2-b80d-718e0fb08f07</t>
+  </si>
+  <si>
+    <t>La termografía de infrarrojos para la gestión de los recursos hídricos en la agricultura</t>
+  </si>
+  <si>
+    <t>Este trabajo presenta una revisión general de la base técnica de la termografía de infrarrojos, su potencial, aplicabilidad, ventajas e inconvenientes a la hora de ser usada para la gestión de los recursos hídricos y la monitorización del estado hídrico de los cultivos en situaciones de estrés.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51277665-b330-405b-accc-5b87e3869c5f</t>
+  </si>
+  <si>
+    <t>Empleo de Bacterias en el Biocontrol de la Fusariosis del Esparrago</t>
+  </si>
+  <si>
+    <t>Este trabajo presenta un estudio del efecto de la aplicación de bacterias a plantas de esparrago, para el biocontrol de los hongos patógenos Fusarium oxysporum, F. solani y F. proliferatum. Los estudios se han llevado a cabo en la variedad Grande, en las instalaciones del Centro IFAPA Las Torres y Tomejil de Alcalá del Río (Sevilla). Los resultados muestran la eficacia de estos tratamientos, y abre la posibilidad a su uso en sustitución de productos químicos de síntesis, en un contexto de agricultura sostenible.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/604eb087-43c4-4241-8ef2-e5e5446aa00f</t>
+  </si>
+  <si>
+    <t>Control Biológico de Macrophomina phaseolina en el Cultivo de Fresa Bajo Condiciones de Campo</t>
+  </si>
+  <si>
+    <t>Este trabajo es continuación de trabajos anteriores, en los que los autores probaron la eficacia de varios aislamientos bacterianos en el biocontrol del hongo Macrophomina phaseolina, en condiciones de in vitro, invernadero y campo. En ellos se seleccionó la bacteria denominada Hvs8 como potencial agente de biocontrol en condiciones de campo. En este trabajo se muestran los resultados de campo, de dos campañas consecutivas, con resultados que avalan dicha propuesta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/48d04121-a9db-4a42-abf3-76be2d863150</t>
+  </si>
+  <si>
     <t>Scirtothrips aurantii en cítricos en Andalucía: Reconocimiento, biología, manejo y estrategias de control</t>
   </si>
   <si>
     <t>Este material ha sido elaborado con el objetivo de proporcionar una visión detallada de la plaga Scirtothrips aurantii . Incluye aspectos como su distribución geográfica, ciclo biológico, métodos de detección y monitorización, y estrategias actuales de manejo integrado.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ec105aa5-6d9e-475b-9133-a5f99858244b</t>
   </si>
   <si>
-    <t>Conocimiento, Consumo y Preferencias del Consumidor hacia Aceites de Oliva de Calidad Certificada</t>
-[...43 lines deleted...]
-  <si>
     <t>Los Aquenios de la Fresa como Fuente de Antioxidantes y su Uso Potencial en Programas de Mejora</t>
   </si>
   <si>
     <t>Este documento trata sobre sobre el conocimiento del contenido en compuestos antioxidantes en la fresa, la distrbución de los mismos en las diferentes partes del fruto y el posible uso en de esta información en programas de mejora genética.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/32916c44-a20b-46c1-b250-9c66f4368d96</t>
   </si>
   <si>
     <t>Red de transferencia de conocimiento en la transformación digital del olivar de Andalucía</t>
   </si>
   <si>
     <t>Este estudio analiza la red de transferencia de conocimiento de la transformación digital del sector olivarero andaluz, mediante la metodología de Análisis de Redes Sociales (ARS) que permite determinar la importancia y posición de los agentes implicados, el sentido e intensidad de las relaciones entre ellos, así como describir la estructura de la red que conforman, para conocer la situación y funcionamiento actual de la misma y proponer líneas estratégicas que favorezcan un funcionamiento más eficiente de la misma.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5e31a6c-6310-4331-a770-91f8f29988d4</t>
   </si>
   <si>
     <t>Manual Formativo: Poda del Olivar</t>
   </si>
   <si>
     <t>Este manual dedicado a la poda del olivar, aborda aspectos relativos a esta técnica del cultivo del olivar con el objetivo de capacitar al olivarero en la toma de decisiones necesarias para lograr un óptimo manejo de esta práctica. Índice: UD 1: Aspectos generales de la poda del olivar; UD 2: Poda del olivar en vaso; UD 3: Poda del olivar en seto. Esperamos que este manual sea una herramienta útil para el alumnado de los cursos, facilitándoles el proceso de aprendizaje. Es el resultado del trabajo de un equipo de personas que han volcado su amplia experiencia en esta obra, y que se verán ampliamente gratificadas si con ella contribuyen a mejorar la formación del sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5778c9f-41bd-4ec1-a1c7-2331a3215933</t>
   </si>
   <si>
     <t>Plantas Mediterráneas cuyo consumo puede originar Problemas Reproductivos en Pequeños Rumiantes</t>
   </si>
   <si>
     <t>Este material consiste en un resumen acerca de las plantas mediterráneas más comunes en Andalucía que pueden afectar a la reproducción en pequeños rumiantes. Facilitando su identificación, se proponen medidas desde el manejo ganadero para la prevención.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/85716fe9-b69a-4694-b609-5a6ed293ce5d</t>
   </si>
   <si>
+    <t>Estimación de la distribución varietal en el cultivo de la fresa en Huelva - Campaña 2021-2022</t>
+  </si>
+  <si>
+    <t>Este documento presenta una estimación de la composición varietal del cultivo de la fresa en la provincia de Huelva en la actual campaña 2021-2022, expresada en porcentajes de plantas por variedad puestas en producción; también se muestra la participación de los principales programas de mejora genética. Este trabajo, realizado por el Grupo de Fresa del IFAPA, está basado, fundamentalmente, en la información facilitada por las empresas obtentoras o por las empresas licenciadas de los diferentes programas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f4f44f-f701-44f6-b1a4-2e4c229eb8cd</t>
+  </si>
+  <si>
+    <t>Proceso de Obtención de Plantas Madres Iniciales de Fresa</t>
+  </si>
+  <si>
+    <t>Este documento recoge el proceso mediante el cual se obtienen plantas madres iniciales de fresa, a partir de las cuales, y según el proceso descrito en el Reglamento Técnico de  Control y Certificación de Plantas de Viveros de Frutales (Real Decreto 929/95 del 9 de junio de 1995), se obtienen plantas de fresa certificadas para la producción de fruto en nuestro pais.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5b17c75a-5046-4d5e-b6c3-612a1ef6e266</t>
+  </si>
+  <si>
+    <t>La Ecografía en el Manejo Reproductivo de Explotaciones de Pequeños Rumiantes</t>
+  </si>
+  <si>
+    <t>Este documento tiene como objetivo el análisis de las ventajas e inconvenientes del uso de la ecografía en el manejo reproductivo de explotaciones de pequeños rumiantes, sobre la experiencia de IFAPA a través de la RAEA de Ovino.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d7b6c0f8-232e-4264-8136-b8644fd1d4eb</t>
+  </si>
+  <si>
     <t>Recursos Fitogenéticos de Leguminosas Colección Nuclear de Vicia faba: Datos de Pasaporte</t>
   </si>
   <si>
     <t>Este documento presenta los datos de pasaporte de las distintas entradas que integran la Colección Nuclear de Vicia faba del Banco de Germoplasma de Leguminosas del IFAPA. El objetivo perseguido es ofrecer información a los equipos de mejora públicos y privados de dicho germoplasma.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d4dc9cf4-b88c-42f7-b0a2-4b81212ad647</t>
   </si>
   <si>
+    <t>Actuaciones de Mejora Genética de la Raza Payoya. Campaña 2014.</t>
+  </si>
+  <si>
+    <t>Este documento presenta una memoria de las actuaciones realizadas por el centro de recogida de esperma del IFAPA Centro de Hinojosa del Duque durante el año 2014, mediante contrato de investigación con la asociación de criadores de raza caprina Payoya (ACAPA).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/44ab38bc-3759-42d0-a93d-4ec57798ea58</t>
+  </si>
+  <si>
     <t>Empleo de Bacterias Promotoras del Crecimiento en Sustitución al Uso de Productos de Síntesis en el Cultivo de la Fresa</t>
   </si>
   <si>
     <t>Este documento presenta un estudio del efecto de la aplicación de bacterias PGP a plantas de fresa, con una doble finalidad: por una parte incrementar el desarrollo radicular y por ende el crecimiento de la planta, mediante el uso de bacterias productoras de auxinas, y por otra, la lucha contra el hongo patógeno M. phaseolina, utilizando bacterias como biocontrol. Los estudios se han llevado a cabo en las variedades Candonga y Camarosa, en las instalaciones del Centro IFAPA Las Torres y Tomejil de Alcalá del Río (Sevilla). Los resultados muestran la eficacia de estos tratamientos, y abre la posibilidad a su uso en sustitución de productos de síntesis, en un contexto de agricultura sostenible.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/301846d1-fae6-4637-8e60-5a5371c3d081</t>
   </si>
   <si>
+    <t>Cultivo Bajo Invernadero de Tres Variedades de Mora (Rubus fruticosus)</t>
+  </si>
+  <si>
+    <t>Este documento recoge los resultados de un ensayo experimental en cultivo bajo invernadero de tres variedades de mora (Rubus fruticosus) como alternativa a los cultivos hortícolas convencionales.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/018f1ec0-a3d6-499a-8e89-2e7a366cd3eb</t>
+  </si>
+  <si>
     <t>Estimacion de la Distribucion varietal en el cultivo de fresa en Huelva - Campaña 2020/2021</t>
   </si>
   <si>
     <t>Este documento presenta una estimación de la composición varietal del cultivo de la fresa en la provincia de Huelva en la actual campaña 2020-2021, expresada en porcentajes de plantas por variedad puestas en producción; también se muestra la participación de los principales programas de mejora genética.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/70822b55-2cac-41d5-ba25-95aede7852bd</t>
   </si>
   <si>
-    <t>Estimación de la distribución varietal en el cultivo de la fresa en Huelva - Campaña 2021-2022</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d7b6c0f8-232e-4264-8136-b8644fd1d4eb</t>
+    <t>Poda del Olivo: Poda de Producción</t>
+  </si>
+  <si>
+    <t>Este documento describe y expone una serie de recomendaciones sobre las prácticas de poda en olivar a realizar una que la plantación ha alcanzado el periodo productivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0e496cd1-2448-4898-a1c7-998a71d87a6e</t>
+  </si>
+  <si>
+    <t>Guía sobre el Sistema de Cultivo Superintensivo en Cítricos</t>
+  </si>
+  <si>
+    <t>Este documento muestra un nuevo modelo de sistema de cultivo en cítricos llamado Superintensivo, es decir, plantaciones de alta densidad con árboles de reducido vigor con unas 2.200 plantas/hectárea aproximadamente, marcos de plantación más estrechos y formación en setos mediante el empleo de la poda mecanizada, orientado a la recolección mecanizada con equipos cabalgantes sacudidores de follaje, tipo vendimiadora.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c7891d0-ab2b-4bff-ab77-aaa9b29c78a4</t>
+  </si>
+  <si>
+    <t>Determinaciones Analiticas en Queso</t>
+  </si>
+  <si>
+    <t>Este documento constituye el material didáctico para la realización de las prácticas de laboratorio del Módulo 8: “Control de Calidad”, correspondiente al Programa Formativo de “Especialista en Quesería”. Las variedades de queso se caracterizan por presentar una serie de características físico-químicas, reológicas, microbiológicas y sensoriales que dependen considerablemente de la calidad de la leche empleada en su elaboración. En la actualidad, todos los quesos elaborados en España se deben ajustar a las disposiciones de la norma de calidad de quesos establecidas en el Real Decreto 1113/2006 y en el Real Decreto 818/2015 que modifica el anexo I y II del anterior. Además de estos y otros requerimientos normativos, la necesidad de comercialización de los quesos en el mercado exterior, la competencia de otros productos en el mercado local y la creciente necesidad de responder a las nuevas exigencias del consumidor obliga a controlar la calidad de los productos elaborados. En este documento se desarrollan las determinaciones analíticas para el control de calidad físico-química del queso (materia grasa, extracto seco, pH y sal)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/038cf633-8f8b-4692-aad6-45637fcbbede</t>
+  </si>
+  <si>
+    <t>Cultivos potenciales para diversificar la producción agrícola en Andalucía</t>
+  </si>
+  <si>
+    <t>Este documento  incluye varios cultivos con potencial de desarrollo en Andalucía por su capacidad de adaptación a ciertas regiones en función de sus requerimientos edafoclimáticos y la oportunidad de mercado que suponen. Se incluyen cultivos industriales con demanda internacional, cultivos para consumo humano en fresco o procesados procedentes de otras regiones o países que están siendo introducidos en nuestra dieta habitual y cultivos que cayeron en  desuso o que están infrautilizados y  que presentan un alto valor nutricional para el consumo humano. Se presenta la situación actual de cada uno de ellos,  la oportunidad que pueden tener, sus requerimientos edafoclimáticos, su descripción botánica y las técnicas de cultivo habituales que deben ser adaptadas a las nuevas condiciones de cultivo</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18b6465a-d369-424f-adc1-7f35934ae624</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Queso de Oveja de Pasta Prensada</t>
+  </si>
+  <si>
+    <t>Esta tipología de quesos, son originarios de la región castellana de La Mancha, principal destino de los rebaños trashumantes de ganadería ovina, siendo zonas de pastoreo en invierno y primavera, épocas de ordeño, mayor producción de leche y por tanto de elaboración de queso. La raza de ovino autóctona predominante es la Manchega, la cual se caracteriza por una gran rusticidad, capaz de soportar las temperaturas extremas de la zona. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/605c5341-361a-4813-a190-55b78f08841c</t>
   </si>
   <si>
     <t>Aplicación de Productos Fitosanitarios. Nivel Fumigador. Ed.2020</t>
   </si>
   <si>
     <t>Esta segunda edición del manual de Aplicación de productos fitosanitarios nivel fumigador recoge algunas modificaciones en contenidos y redacción respecto al publicado en 2017, con la intención de actualizar y mejorar la calidad de la formación que imparten tanto las entidades acreditadas como el IFAPA. UD 1: Problemática fitosanitaria; UD 2: Propiedades, modos y espectro de acción de los fumigantes; UD 3: Aplicación de fumigantes: planificación y aspectos a considerar; UD 4: Técnicas y equipos de fumigación; UD 5: Mantenimiento, regulación, calibración, revisión e inspección de los equipos de aplicación; UD 6: Práctica de fumigación. Ejercicios de desarrollo de casos prácticos; UD 7: Alternativas no químicas para la desinfección de suelos agrícolas; UD 8: Productos fumigantes. Etiquetas y fichas de datos de seguridad; UD 9: Detectores de gases, máscaras, filtros y otros elementos de seguridad. Mantenimiento de los elementos y equipos de seguridad; UD 10: Peligrosidad y riesgos específicos para la salud....</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/322d5de5-c1b3-48ba-817d-c4c9355cf16f</t>
   </si>
   <si>
-    <t>Recomendaciones en la Elaboración de Queso de Oveja de Pasta Prensada</t>
-[...34 lines deleted...]
-  <si>
     <t>Plagas Emergentes y de Nueva Aparición en Cultivos Hortícolas Protegidos</t>
   </si>
   <si>
     <t>Este documento incluye aspectos generales tanto de las especies secundarias como de la de nueva aparición, aportando información sobre su biología, cultivos más afectados por las distintas especies, así como los daños que provocan y las medidas, tanto de control químico como biológico que actualmente puede abordarse para el control de las mismas. Incluye también material fotográfico que permita una fácil identificación de las diferentes especies, así como sus diferentes estadios y los daños provocados en los cultivos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6b2fe5dd-428c-4887-be0a-a488e503a216</t>
   </si>
   <si>
     <t>Estrategia de Control Biológico Mediante la Utilización de Amblyseius swriskii en Cultivo de Pepino</t>
   </si>
   <si>
     <t>Este documento muestra los resultados de un conjunto de ensayos dirigidos a desarrollar una nueva estrategia de introducción del ácaro depredador Amblyseius swirskii en el cultivo de pepino. Las líneas estratégicas que definen los ensayos son: la reducción en la dosis de suelta del depredador, la instalación de los organismos beneficiosos desde el inicio del cultivo y el uso de polen de Typha latiifolia como alimento suplementario para el mantenimiento temporal de las poblaciones de ácaros. Para ello se han realizado dos ensayos, uno de laboratorio y otro dividido en dos fases: semicampo y campo. El primero de ellos ha tenido por objetivo determinar una dosis óptima de suelta del depredador, el segundo ha tratado de evaluar la aplicación de esta dosis en condiciones de semicampo y campo, además de evaluar la eficacia en el aporte de polen de Typha latiifolia para el mantenimiento de las poblaciones del fitoseido en condiciones de escasez de presa y bajas temperaturas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff3010dc-cf57-4046-957f-b60f86d23a60</t>
   </si>
   <si>
-    <t>Guía sobre el Sistema de Cultivo Superintensivo en Cítricos</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c7891d0-ab2b-4bff-ab77-aaa9b29c78a4</t>
+    <t>Resultados de Ensayos de Nuevas Variedades de Avena en Andalucía Campaña 2019/2020</t>
+  </si>
+  <si>
+    <t>Esta publicación, pretende incorporar un elemento de interés para la toma de decisiones del agricultor, puesto que el conocimiento de la adaptabilidad y comportamiento de las variedades, son decisivos para saber qué sembrar en función del destino de la cosecha. La constante necesidad de evaluar y caracterizar las nuevas variedades de avenas que se lanzan al mercado, son vitales para un correcto asesoramiento al sector productor, influyendo así en una mayor profesionalización del mismo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21c42c4a-83aa-43f1-82a1-13771ee18e14</t>
   </si>
   <si>
     <t>Estimación de las necesidades hídricas de los cultivos usando teledetección</t>
   </si>
   <si>
     <t>Esta publicación describe una aproximación para estimar las necesidades hídricas de los cultivos integrando información procedente de sensores remotos en las directrices recogidas en el manual FAO-56. La estimación precisa del consumo de agua de los cultivos, o evapotranspiración (ET), permite ajustar los aportes del riego a las necesidades reales de las plantas. Se optimizaría así el uso del agua reduciendo el impacto medioambiental de los regadíos. Este documento pretende servir de guía, y se explica paso a paso el procedimiento de cálculo para la aplicación de este enfoque, desde la obtención de datos de entrada hasta la estimación de la ET, enumerando diferentes herramientas para su visualización y procesamiento. Finalmente, se muestran varios ejemplos de aplicaciones prácticas en zonas agrícolas y de vegetación natural.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9d8c96ec-5a22-4a55-a4c0-581dada82c13</t>
   </si>
   <si>
     <t>Teledetección para agricultura</t>
   </si>
   <si>
     <t>Esta publicación proporciona una serie de conceptos básicos sobre el uso de la teledetección centrada en el sector agrícola. En los distintos apartados del documento, se detallan las características fundamentales y resolución de los datos proporcionados por los sensores remotos, así como los principales satélites actualmente disponibles para aplicaciones agrícolas. Se describen además las características de las imágenes haciendo especial hincapié en el procesamiento de la información previo a su uso. Finalmente, se muestran algunos ejemplos de uso de sensores en el ámbito agrícola, como en el seguimiento preciso del estado de los cultivos, en la estimación de producción de biomasa o en el seguimiento del estrés hídrico, entre otros.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bdac6055-21a9-4dd7-8cba-06a3e9d67873</t>
   </si>
   <si>
-    <t>Resultados de Ensayos de Nuevas Variedades de Avena en Andalucía Campaña 2019/2020</t>
-[...7 lines deleted...]
-  <si>
     <t>Adopción y Prácticas Industriales y de Comercialización Asociadas a la Norma ISO 9001 en la Industria Oleícola Andaluza</t>
   </si>
   <si>
     <t>España y Andalucía son los principales exportadores de aceite de oliva del mundo con un fuerte crecimiento en los últimos años. Esto se ha traducido en el aumento de la demanda de las normas de calidad reconocidas internacionalmente, siendo una de las más importantes la ISO 9001. Los objetivos de este trabajo son definir los factores que han condicionado la adopción de la norma ISO 9001 en la industria almazarera andaluza; examinar si la adopción de la ISO 9001 por las industrias se asocia con el uso de prácticas industriales y de comercialización diferenciadas; y generar conocimiento para el diseño de políticas públicas para fomentar la adopción de la norma en el sector y mejorar las prácticas industriales y de comercialización asociadas a la misma.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3466a464-29d1-4f3e-a0e7-23aa5cc53186</t>
   </si>
   <si>
+    <t>Guía de cultivo de la Almorta</t>
+  </si>
+  <si>
+    <t>Esta guía recoge la información necesaria para afrontar con éxito el cultivo de la almorta (Lathyrus sativus) en condiciones extensivas de secano, bajo modelos de producción convencional, integrada o ecológica.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cfce4075-b1d9-4fc6-ab1c-cc01f8644449</t>
+  </si>
+  <si>
+    <t>Guía del Cultivo del Girasol</t>
+  </si>
+  <si>
+    <t>Esta guía de cultivo pretende oferecer información sobre el desarrollo de la planta de girasol, las actuales tendencias en las técnicas de su cultivo y diferentes formas y épocas de siembra, así como de las enfermedades y plagas mas frecuentes en Andalucía. El documento remite a la consulta de los resultados obtenidos en los últimos años de los ensayos de las variedades resistentes a la raza “F” de jopo y del nuevo material genético resistente a herbicidas. Igualmente se pueden consultar los rendimientos obtenidos en los ensayos de girasol de siembras invernal.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c8516ca-e9d5-4783-aec3-34c450712550</t>
+  </si>
+  <si>
+    <t>Guía de Cultivo de Sandía al Aire Libre</t>
+  </si>
+  <si>
+    <t>Esta guía de cultivo pretende informar sobre el método de cultivo de sandía (Citrullus lanatus) al aire libre. Este cultivo ocupa un 9% del área mundial dedicada a cultivos de hortalizas. Andalucía es la comunidad líder tanto en superficie cultivada como en producción. En este documento se ofrece una descripción botánica la planta, técnica de siembra, requerimientos y manejo de cultivo, plagas y enfermedades del cultivo, así como las principales variedades y tipos de sandias. Por último se presenta unos costes de producción teniendo en cuenta el sistema de riego utilizado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/10fe84b7-8254-463c-9909-40e9b159cc1c</t>
+  </si>
+  <si>
     <t>Detección de la Almendra Amarga mediante Espectroscopía de Infrarrojo Cercano NIRS</t>
   </si>
   <si>
     <t>Espectroscopía de Infrarrojo Cercano NIRS una técnica analítica no destructiva que permite diferenciar las almendras amargas, con más de 5 mg/g de amigdalina, de las no amargas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81594322-fb67-4ad4-9289-e7b022528c73</t>
   </si>
   <si>
-    <t>Guía de Cultivo de Sandía al Aire Libre</t>
-[...25 lines deleted...]
-  <si>
     <t>Sistemas sostenibles de cultivos herbáceos de secano. Operación 10.1.4</t>
   </si>
   <si>
     <t>Esta Jornada Formativa de “Agroambiente y Clima” se enmarca en las acciones encaminadas a asegurar un correcto cumplimiento de los compromisos agroambientales adquiridos en algunas de las operaciones incluidas en la Medida 10 del Programa de DesarrolloR ural de Andalucía (PDRA). El objetivo que se pretende conseguir con la impartición de estas jornadas es el de mejorar las capacidades de los beneficiarios de las ayudas y concienciar a la población agraria en el uso de sistemas de producción compatibles con la conservación del medio ambiente, así como informar del PDRA y de los compromisos suscritos. El Instituto Andaluz de Investigación y Formación Agraria, Pesquera, Alimentaria y de la Producción Ecológica (IFAPA) tiene entre sus objetivos el diseño y desarrollo de actuaciones orientadas a la formación de trabajadores, técnicos y profesionales de los sectores agrario, alimentario y pesquero. La elaboración de estos manuales se enmarca dentro de las actividades desarrolladas por el IFAPA para transferir</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/08bf06d6-20e0-45f5-bd39-0533d1a6861a</t>
   </si>
   <si>
+    <t>Mejora del Cuajado y Productividad de `Navel Powell Summer` mediante el Rayado y/o Aplicación Foliar de Extractos de Algas con Actividad Hormonal</t>
+  </si>
+  <si>
+    <t>Es objeto de este trabajo es dar a conocer las posibilidades que el empleo de diferentes técnicas y productos ofrecen al cultivo de los cítricos. En esta línea y en la labor de transferencia del IFAPA, se presentan los resultados obtenidos de un ensayo experimental en el que se evaluó el rayado y el empleo de fitorreguladores, de origen natural, en la mejora del cuajado de `Navel Powell´.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/928d8a63-0b2f-455f-bd18-dd638bf9e42d</t>
+  </si>
+  <si>
+    <t>Técnica del Rayado en Cítricos. Fundamentos y Modo de Realización en Campo</t>
+  </si>
+  <si>
+    <t>Es objeto de este trabajo dar a conocer las posibilidades que el empleo de la técnica del rayado ofrece al cultivo de los cítricos, además de describir cuales son los fundamentos y el modo correcto de realización en campo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1561b273-0cbb-4159-ad4c-2ce6236961ed</t>
+  </si>
+  <si>
+    <t>Evaluación del Uso de Compost de Restos Hortícolas en Cultivo de Tomate</t>
+  </si>
+  <si>
+    <t>Entre los problemas que genera el sistema de producción bajo invernadero y que puede limitar su sostenibilidad, destaca la elevada producción  anual de  residuos de cosecha (1.751.242 t.año-1) cuya  acumulación constituye un grave problema medio ambiental.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fd13a86-6012-41f6-baa6-9e233c1f052a</t>
+  </si>
+  <si>
+    <t>Distribución Varietal en el Cultivo de Fresa en Huelva. Campaña 2018-2019</t>
+  </si>
+  <si>
+    <t>En  este  documento  se  presenta  la  composición  varietal  expresada  en porcentajes de plantas por variedad, de la actual campaña 2018/2019 y también la participación de cada programa de mejora. Este trabajo  está  basado, fundamentalmente,  en  la  información  facilitada  por  las  empresas obtentoras  o  por  las  empresas  licenciatarias  de  los  principales programas  de mejora genética en fresa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6dd741e8-f54a-498e-a5a5-aa62dcaaf637</t>
+  </si>
+  <si>
+    <t>Panorama Varietal en el Cultivo de Fresa en Huelva. Periodo 2012-2015</t>
+  </si>
+  <si>
+    <t>En  este  informe  técnico  se  muestra  la  información  obtenida  en  las  últimas  tres campañas de cultivo (2012-2013, 2013-2014 y 2014-2015) acerca de la  estimación de la distribución varietal en Huelva, en lo que al porcentaje de plantas en producción se refiere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4a000e7f-9bfa-43e2-a774-f69339bccaaa</t>
+  </si>
+  <si>
+    <t>Influencia del Sistema de Cultivo sobre Variedades de Fresa. Campaña 2021/2022. II Calidad</t>
+  </si>
+  <si>
+    <t>Entre los caracteres que se tienen en cuenta en los programas de mejora de fresa, además de los relacionados con la productividad del cultivo, están aquellos que le confieren calidad organoléptica. Y entre los consumidores, es sin duda esta calidad a la que se presta mayor atención. En este trabajo se presentaron resultados relativos a la calidad organoléptica y post-cosecha de dieciséis variedades de fresa, ensayadas en tres sistemas de cultivo, convencional, sin suelo y ecológico durante la campaña 2021-2022.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/508613f0-08e0-4496-8d50-b3e8f11cc907</t>
+  </si>
+  <si>
     <t>Distribucion Varietal en el Cultivo de Fresa en Huelva. Campaña 2017-2018</t>
   </si>
   <si>
     <t>En  este  documento  se  presenta  la  composición  varietal  expresada  en porcentajes de plantas por variedad, de la actual campaña 2017/2018 y también la participación de cada programa de mejora. Este trabajo  está  basado  en  la  información  facilitada  por  las  empresas obtentoras  o  por  las  empresas  licenciatarias  de  los  principales programas  de mejora genética en fresa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50c3aaf9-4fd3-4bce-9947-ed28ede3aed6</t>
   </si>
   <si>
-    <t>Distribución Varietal en el Cultivo de Fresa en Huelva. Campaña 2018-2019</t>
-[...16 lines deleted...]
-  <si>
     <t>Distribucion Varietal en el Cultivo de Fresa en Huelva. campaña 2016-2017</t>
   </si>
   <si>
     <t>En  este  Informe  Técnico  se  presenta  la  composición  varietal  expresada  en porcentajes de plantas por variedad, de la actual campaña 2016/2017 y también la participación de cada programa de mejora. Este trabajo  está  basado  en  la  información  facilitada  por  las  empresas obtentoras  o  por  las  empresas  licenciatarias  de  los  principales programas  de mejora genética en fresa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/afba06cb-6b01-4756-bce9-13efa5ed31c9</t>
   </si>
   <si>
-    <t>Influencia del Sistema de Cultivo sobre Variedades de Fresa. Campaña 2021/2022. II Calidad</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/928d8a63-0b2f-455f-bd18-dd638bf9e42d</t>
+    <t>Ensayo de Herbicidas de Postemergencia contra Ridolfia segetum y Centaurea diluta en Cebada Cervecera</t>
+  </si>
+  <si>
+    <t>En las condiciones de la campiña cordobesa, en un año con condiciones meteorológicas favorables para el desarrollo de los cultivos y de las malas hierbas, la cebada cervecera ha resultado muy competitiva con las malas hierbas, más que el trigo según lo observado en otros ensayos anteriores.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a59defed-a900-4525-9048-b9ffbfb6481c</t>
+  </si>
+  <si>
+    <t>Efecto de la duración del pulso de riego sobre la producción y calidad de lechuga iceberg</t>
+  </si>
+  <si>
+    <t>En riegos localizados de alta frecuencia el factor que más influye en la distribución del riego dentro de una parcela es la duración del pulso de riego. En el presente trabajo se evalúa el efecto de la duración del pulso del riego sobre la producción y calidad de un cultivo de lechuga Iceberg en una parcela en pendiente. El ensayo se llevó a cabo en un ciclo corto de verano situada en Huéneja (Granada). La zona de la parcela se mostró como un factor determinante tanto en el rendimiento obtenido, como en el porcentaje de lechuga de máxima calidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04408a5e-908b-4bc4-8db1-708e052dcdd4</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Variedades Clearfield y Sulfo de Girasol en Andalucía. Campaña 2019.</t>
+  </si>
+  <si>
+    <t>En los últimos años han hecho su aparición en el mercado del girasol nuevas variedades que se  caracteriza  por  su resistencia genética a tratamientos con determinados herbicidas, los cuales proporcionan un aceptable control de malas hierbas de hoja ancha y estrecha, así como al jopo (Orobanche cumana). Estas variedades, muchas de las cuales tienen la caracteristica de alto oleico (HO), van ocupando cada año una mayor superficie de siembra.  Las siembras de estas variedades puede hacerse más temprana ya que el control de dicotiledóneas se puede realizar con los tratamientos de herbicidas y de esta forma el cultivo podría aprovechar mejor las lluvias de invierno y primavera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d73d15a6-2498-42e6-80c7-adcaf70c8516</t>
+  </si>
+  <si>
+    <t>Recomendaciones de riego para el cultivo del almendro en Andalucía en condiciones de sequía</t>
+  </si>
+  <si>
+    <t>En los últimos años el cultivo del almendro ha pasado de ser un cultivo relegado a zonas poco productivas y de secano, a ser una clara alternativa a otros cultivos tradicionales en zonas agrarias de gran fertilidad, haciendo un uso intensivo del regadío.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1ln</t>
+  </si>
+  <si>
+    <t>Ensayo de Herbicidas de Postemergencia contra Centaurea diluta en Trigo Duro</t>
+  </si>
+  <si>
+    <t>En las campiñas de Andalucía cada vez son más frecuentes e importantes las infestaciones de Centaurea diluta. Esta especie pertenece a la familia compuestas y en el sur de España presenta una emergencia escalonada desde las primeras lluvias otoñales hasta bien avanzada la primavera, por lo que se encuentra en muchos cultivos de la alternativa, prácticamente en todos. Además crece rápidamente y sobrepasa en altura a las plantas cultivadas, llegando en condiciones favorables a superar ampliamente los 2 m de altura, por lo que resulta muy competitiva. Esta especie se encuentra hoy día claramente en expansión. Es una especie bastante tolerante a muchos herbicidas autorizados. En años anteriores se realizaron 2 ensayos con herbicidas de preemergencia, pero con poco éxito, ya que los mejores productos han quedado recientemente fuera del registro para España (Alcántara et al., 2016 y Saavedra et al., 2017). Sin embargo, en postemergencia existen varios herbicidas autorizadosque realizan un buen controlde C. diluta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7448c104-d746-40b8-86bb-797223c47afe</t>
   </si>
   <si>
     <t>¿Es rentable el olivar andaluz? Un análisis por sistema productivo.</t>
   </si>
   <si>
     <t>En la última década se viene desarrollando un intenso debate sobre la sostenibilidad económica del olivar andaluz en el cual coexisten sistemas de sierra y tradicionales con intensivos. Con este trabajo se pretende contribuir a incrementar el conocimiento sobre su rentabilidad. Para ello, se realizó una encuesta a explotaciones de olivar siguiendo un proceso polietápico con la finalidad de establecer su estructura de costes. De los resultados se desprende que el coste unitario de producir un kg de aceite es sensiblemente mayor en los sistemas de sierra y tradicionales que en los intensivos. Tanto es así, que la dependencia de dichos sistemas de las ayudas directas es muy acusada, estableciéndose como el instrumento que garantiza su viabilidad económica. La reconversión del olivar es una vía factible, en determinadas localizaciones, que puede ser impulsada por la administración regional para que se aborde de forma conjunta por los agricultores incentivando la creación de unidades de gestión de fincas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7ca5ff9a-0e6a-46d7-85d0-9c3b56f78ab3</t>
   </si>
   <si>
     <t>La regeneración del arbolado en la dehesa</t>
   </si>
   <si>
     <t>En la unidad 1 se describe de forma pormenorizada el papel del arbolado en este sistema, se expone de manera detallada el proceso de regeneración natural del arbolado, así como los factores que lo favorecen y dificultan en la dehesa, y se caracteriza el estado de la regeneración del arbolado de la dehesa en Andalucía.En la unidad 2 se exponen algunas de las estrategias que podrían utilizarse en función de la situación de partida, y las precauciones que es necesario considerar para maximizar el éxito de las mismas.En la unidad 3 se exponen algunas estrategias que pueden mejorar la conservación de estas formaciones vegetales de manera compatible con otros usos de la finca. El manual finaliza con un ejercicio práctico que busca consolidar los principales conocimientos expuestos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/61335217-8519-4e73-83df-b100ad9b0004</t>
   </si>
   <si>
-    <t>Ensayo de Herbicidas de Postemergencia contra Centaurea diluta en Trigo Duro</t>
-[...16 lines deleted...]
-  <si>
     <t>Evaluación de Daños en Girasol Producidos por Residuos de Sulfonilureas y Efecto del Déficit Hídrico</t>
   </si>
   <si>
     <t>En las primaveras de 2015 y 2016 se observaron daños por fitotoxicidad en cultivo de girasol que se atribuyeron a residuos de herbicidas del grupo sulfonilureas aplicados en el trigo anterior. En este trabajo se plantean nuevos ensayos para ampliar los estudios anteriores. En concreto, se pretende conocer si un menor contenido de agua en el suelo agrava el efecto del herbicida, si el efecto del herbicida disminuye tras varios ciclos de cultivo de plantas en el mismo suelo, y estudiar los síntomas que provoca el herbicida en plantas cultivadas en medio hidropónicolíquido que permite observar mejor el desarrollo de las raíces</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0213067d-cb8d-4c1a-827d-e64edab32c4c</t>
   </si>
   <si>
-    <t>Recomendaciones de riego para el cultivo del almendro en Andalucía en condiciones de sequía</t>
-[...25 lines deleted...]
-  <si>
     <t>Enfermedades de Suelo de los Cultivos de Pimiento Bajo Plástico del Sudeste de Andalucía</t>
   </si>
   <si>
     <t>En este trabajo se relacionan las enfermedades de suelo que se han detectado en los cultivos de pimiento bajo plástico del sudeste de Andalucía.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/451f75a4-007c-4365-b68a-8b0d1fc87063</t>
   </si>
   <si>
     <t>Enfermedades Causadas por Hongos de Suelo en los Cultivos de Berenjena Bajo Plástico del Sudeste de Andalucía</t>
   </si>
   <si>
     <t>En este trabajo se relacionan las enfermedades que causadas por hongos de suelo se han detectado en los cultivos de berenjena bajo plástico del sudeste de Andalucía.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b5d2e52-f13c-4061-9bcc-4b6cf7e9fa3f</t>
   </si>
   <si>
+    <t>Caracterización de los Compuestos Biosaludables de la Zanahoria Morá</t>
+  </si>
+  <si>
+    <t>En la población de Cuevas Bajas (Málaga) se cultiva una variedad autóctona de zanahoria morada, conocida  como  “Zanahoria  Morá”.  Esta  variedad  se  caracteriza  por  tener  una  tonalidad  púrpura intensa en el exterior, una capa intermedia de color naranja y un característico corazón morado.  El  color  morado  del  interior  parece  estar  influenciado  por  la  zona  de  cultivo,  ya  que  se  ha observado que esta variedad cultivada en otro lugar no lo desarrolla. En este estudio se caracterizan los compuestos funcionales de esta zanahoria durante la etapa de recolección, según el periodo de cosecha, el tamaño de la zanahoria y el color de su corazón.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f27cf1f-5d21-4473-bfd4-444015092c7d</t>
+  </si>
+  <si>
+    <t>Ensayos de productos formulados con glifosato</t>
+  </si>
+  <si>
+    <t>En la campaña de cultivo 2014-2015 se han observado daños graves de fitotoxicidad en los primeros estadios de girasol sembrado a finales de invierno o principios de primavera. Las afecciones han sido muy importantes en algunas fincas que han perdido casi la totalidad de la cosecha, mientras que en otras han sido más leves y el cultivo ha logrado llegar a maduración. Los daños se han producido en Andalucía y en otras comunidades como Castilla la Mancha o Castilla León. Algunos agricultores han manifestado que esos mismos síntomas ya se habían visto en campañas anteriores, desde hace 3-4 años. Estos daños observados por agricultores y técnicos, por los signos vistos en campo y los síntomas de las plantas, se sospechó que podían ser debidos a residuos de herbicidas a base de sulfonilureas, que se habían aplicado de 12 a 14 meses antes en el cultivo de cereal. El estudio recogido en este documento evalua la susceptibilidad de 21 variedades de girasol a Metsulfuron-metil que es uno de los herbicidas mas usados en los cereales y sobre el que se tienen mas sopechas de su implicación en los daños observados en girasol en la rotación trigo-girasol.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17437e19-90e7-4418-ab0e-fedb3ba18605</t>
+  </si>
+  <si>
+    <t>Cultivo Protegido de Seis Variedades de Pepino Dulce (Solanum muricatum)</t>
+  </si>
+  <si>
+    <t>En la búsqueda de cultivos alternativos a los hortícolas convencionales cultivados bajo invernadero, en este trabajo se evaluó la producción de seis cultivares de pepino dulce (Solanum muricatum) en invernadero. Los ensayos se realizaron en 2015. Todos los cultivares se desarrollaron correctamente obteniendo altas producciones, destacando el cultivar Valencia como el más productivo y precoz. El cultivo de pepino dulce puede ser una alternativa interesante a los cultivos de hortalizas convencionales en los invernaderos de Almería.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/24272c37-5b6d-48e1-8e45-3ff66e2a54f2</t>
+  </si>
+  <si>
     <t>Efecto del Acolchado de Malla Negra en `Clementina de Nules` Bajo Condiciones de Salinidad. Almería, Campaña 2015-2016</t>
   </si>
   <si>
     <t>En este trabajo se pretende estudiar el efecto del acolchado de malla bajo estas condiciones de cultivo. Así, el objetivo de este trabajo es evaluar el efecto del acolchado con malla negra y dos régimenes hídricos (100% ETc y 66,6% ETc) sobre la variedad `Clementina de Nules´ en condiciones de salinidad del agua de riego (agua de baja calidad y de alta conductividad eléctrica) y suelo de la parcela en la provincia de Almería.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4dc7b098-73ef-440b-a5fb-f8c345b2c2ec</t>
   </si>
   <si>
-    <t>Cultivo Protegido de Seis Variedades de Pepino Dulce (Solanum muricatum)</t>
-[...7 lines deleted...]
-  <si>
     <t>Resultados de los Ensayos de Colza en Andalucía. Campaña 2018-19</t>
   </si>
   <si>
     <t>En la campaña 2018-19, se han realizado 2 ensayos de variedades de la RAEA de colza, ubicados en la finca Dos Hermanas (Montemayor) y en la finca Villaverde Alta (Córdoba).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/71dcf051-4392-41e3-83a6-9cee65c7e26a</t>
   </si>
   <si>
-    <t>Ensayos de productos formulados con glifosato</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f27cf1f-5d21-4473-bfd4-444015092c7d</t>
+    <t>Vinos sin Anhídrido Sulfuroso: Hacia una Vitivinicultura más Sostenible y Circular</t>
+  </si>
+  <si>
+    <t>En este trabajo se pretende dar una visión general del estado del arte en cuanto al uso del SO2 en la elaboración de los vinos. Se detallan las recomendaciones que la Organización Internacional de la Viña y el Vinos (OIV) decide adoptar para reducir la dosis de SO2 en las distintas etapas de la vinificación, sin comprometer la calidad de los vinos. Además, se detallan las alternativas al SO2 estudiadas hasta la fecha, centrándose finalmente en la alternativa en la que actualmente está trabajando IFAPA que es en la aplicación de un extracto puro de estilbenos denominado ST99.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b41ad4b3-ba60-46bf-b9f3-db386bf42139</t>
+  </si>
+  <si>
+    <t>Manejo sostenible del riego en el cultivo de aguacate</t>
+  </si>
+  <si>
+    <t>En este trabajo se pretenden dar algunas claves para mejorar la gestión de riego en el cultivo del aguacate andaluz. El riego y la gestión adecuada de los recursos hídricos es un aspecto de gran relevancia para mantener la viabilidad del cultivo y su sostenibilidad a largo plazo ante la situación actual de escasez hídrica y ante las previsiones futuras del cambio climático.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1l5</t>
+  </si>
+  <si>
+    <t>El Sistema de Producción Hortícola de la Provincia de Almería</t>
+  </si>
+  <si>
+    <t>En este trabajo se realiza una exhaustiva descripción de la horticultura de invernadero, fruto del interés de la Consejería de Agricultura, Pesca y Desarrollo Rural de la Junta de Andalucía por conocer la evolución tecnológica del sector hortícola de Almería. Gracias a la colaboración de la Fundación Cajamar y a estudios similares promovidos con anterioridad por ambas instituciones, se ha logrado documentar la evolución y tendencias tecnológicas más recientes del sistema de producción de hortícolas protegidos de la provincia de Almería. Esta publicación forma parte del proyecto ‘TRANSFORMA-Desarrollo sostenible en cultivos hortícolas protegidos’, que viene ejecutando el Instituto de Investigación y Formación Agraria, Pesquera y de la Producción Ecológica, como herramienta de transferencia de conocimiento y tecnología a los profesionales del sector. La publicación se estructura en cinco capítulos. El primero, que introduce el proceso de elaboración y la metodología empleada en este estudio, el segundo trata la caracterización de las explotaciones hortícolas y sus titulares. Los temas relativos al invernadero son desarrollados en el tercer capítulo, incluido el equipamiento para el control de clima y el riego. En el cuarto, quedan reflejados los medios de protección de cultivos, la mano de obra y la maquinaria y por último, se analizan los cultivos hortícolas representativos del sistema productivo de invernadero de la provincia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/05ca752a-b1ff-4e6a-8c77-d706f90f20bc</t>
+  </si>
+  <si>
+    <t>Capacidad de dos Bacterias Probióticas de Metabolizar los Antioxidantes de la Naranja</t>
+  </si>
+  <si>
+    <t>En este trabajo se presentan los resultados  de un estudio in vitro sobre la capacidad de dos bacterias probióticas (Bifodobacteria longum y Lactobacillus rhamnosus), bacterias comúnmente presentes en el tracto intestinal y que adicionalmente son empleadas como suplementos alimentarios, de transformar o metabolizar los compuestos fenólicos mayoritarios de la naranja, a otros compuestos los cuales van a ser los responsables de los efectos beneficiosos atribuidos al consumo de esta fruta o de sus zumos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f263d5bd-982c-4400-b4ac-fb50c1f3f1df</t>
+  </si>
+  <si>
+    <t>Evaluación de Variedades de Fresa en Cultivo Convencional con Suelo Biosolarizado. Campaña 2018/2019</t>
+  </si>
+  <si>
+    <t>En este trabajo se presentan los resultados obtenidos, en la campaña 2018-2019, con doce variedades en condiciones de cultivo convencional pero con suelo biosolarizado. Esta técnica combina dos elementos: la incorporación de materia orgánica biofumigante (biofumigación) y la simultánea con la solarización del suelo. Si bien esta técnica de desinfestación de suelos es minoritaria, desde el IFAPA creemos que es una alternativa a considerar ante las constantes restricciones de uso de materias activas que se están produciendo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d58c4bd3-d307-46d4-b383-3595f174fe14</t>
   </si>
   <si>
     <t>Influencia del uso de cubiertas vegetales en el comportamiento agronómico de un viñedo cultivado en ecológico</t>
   </si>
   <si>
     <t>En este trabajo se presentan los resultados obtenidos entre los años 2013 a 2018 en un viñedo de la variedad Pedro Ximénez cultivada en ecológico en el Sur de Córdoba. Se han evaluado tres tratamientos de manejo de suelo: Laboreo tradicional (L), cubierta vegetal espontánea (CVE) y cubierta vegetal sembrada (CVS). Se ha comparado los efectos de los distintos tratamientos en parámetros relacionados con la fisiología, rendimiento y calidad de la uva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b12aafc-11fc-437b-92e0-46abbf20ff09</t>
   </si>
   <si>
-    <t>Evaluación de Variedades de Fresa en Cultivo Convencional con Suelo Biosolarizado. Campaña 2018/2019</t>
-[...25 lines deleted...]
-  <si>
     <t>Evaluación del Comportamiento Agronómico de `Clementina de Nules` Bajo Condiciones de Acolchado de Malla Negra. Málaga, Campaña 2016-2016</t>
   </si>
   <si>
     <t>En este trabajo se pretende evaluar el efecto del acolchado con malla negra en la variedad `Clementina de Nules´, en dos regímenes hídricos (100% ETc y 66,6% ETc) bajo las condiciones agroclimáticas del área litoral de la provincia de Málaga.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a5ea5a77-14c6-4d5a-981b-a5d300394474</t>
   </si>
   <si>
-    <t>Manejo sostenible del riego en el cultivo de aguacate</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/05ca752a-b1ff-4e6a-8c77-d706f90f20bc</t>
+    <t>Mejora del Riego del Arándano usando Balance de Agua en el Suelo</t>
+  </si>
+  <si>
+    <t>En este trabajo se presentan los resultados de un ensayo de respuesta al riego de un cultivo de arándano durante los tres primeros años de plantación. Tres tratamientos de riego aplicaron el 100, 80 y 120% del riego requerido, calculado siguiendo la metodología FAO, y un cuarto tratamiento control fue regado por el agricultor. Se midieron las necesidades de agua del cultivo y se determinó la eficiencia de aplicación del riego utilizando lisímetros de drenaje. Además, se calculó la productividad del riego en cada tratamiento. Se produjeron ahorros de agua, respecto a un riego tradicional que variaron entre 28% (primera campaña) y el 16% (tercera campaña), sin pérdidas de rendimiento. La productividad del agua de riego se incrementó desde valores de 2,3 kg/m3 del primer año, hasta valores de 6 kg/m3. Los resultados del ensayo han permitido realizar las recomendaciones de riego del arándano que pueden consultarse en la Plataforma SERVIFAPA.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d7b3ee0-f4ae-4861-affc-b3c364281d8d</t>
+  </si>
+  <si>
+    <t>Optimización del Fertirriego en un Cultivo de Fresa</t>
+  </si>
+  <si>
+    <t>En este trabajo se presentan los resultados de un ensayo de fertirriego realizado en un cultivo de fresa en la provincia de Huelva. Se dieron tres tratamientos de fertilización: el primer tratamiento programado puede considerarse el estándar en la zona, el segundo tratamiento estuvo basado en la determinación a lo largo del ciclo del cultivo de las necesidades de abonado de la planta, y el tercer tratamiento aplicó un 75% de la fertilización de este último. El seguimiento del contenido nutricional de la solución del suelo, el agua de riego y la planta (Tratamiento 2) resultó ser una herramienta válida para un uso más sostenible de la fertirrigación en el cultivo de la fresa. Incluso una reducción del aporte del fertilizante nitrogenado en un 25%, respecto al basado al basado en este seguimiento, no tuvo efectos significativos sobre la producción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7f37b1a5-d30d-43b9-a889-ea47c354b091</t>
   </si>
   <si>
     <t>Eficiencia de la Fertilización Nitrogenada de un Cultivo de Frambuesa en Huelva</t>
   </si>
   <si>
     <t>En este trabajo se presentan los resultados de un ensayo de fertirriego realizado en un cultivo de frambuesa remontante en la provincia de Huelva. Se evaluó el efecto de diferentes dosis de nitrógeno (N) sobre la producción y se caracterizó la absorción de nitrógeno por la planta y el fruto. El nitrógeno aplicado en una campaña con dos cosechas, incluyendo el presente en el agua de riego y el abonado de fondo, varió entre 213 y 346 UF ha-1. La reducción de la fertilización nitrogenada en un 25%, respecto a un abonado convencional, no produjo una disminución del rendimiento. Tampoco se observaron diferencias entre tratamientos con relación a las extracciones de N por parte de las plantas y los frutos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/30efee3c-99ec-4c78-b1ff-c68b43e4ed75</t>
   </si>
   <si>
-    <t>Optimización del Fertirriego en un Cultivo de Fresa</t>
-[...16 lines deleted...]
-  <si>
     <t>Evaluación de la Producción y Calidad de Cinco Variedades de Arándano. Campaña 2020</t>
   </si>
   <si>
     <t>En este trabajo se presentan los resultados obtenidos al evaluar la producción y la calidad de cinco variedades de arándano con diferente perfil productivo en la campaña 2020.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f1d855de-96ed-4dad-9cfd-a3dec0b7b263</t>
   </si>
   <si>
+    <t>Potencialidad Enológica de las Variedades de Vid Cultivadas en Andalucía Doradilla y Vijiriega</t>
+  </si>
+  <si>
+    <t>En este trabajo se presentan los resultados de la elaboración de vinos de dos variedades minoritarias cultivadas en</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f97be1-e121-4d81-aacf-78b9373caff7</t>
+  </si>
+  <si>
+    <t>Elaboración de un Extracto de Ajo Rico en Compuestos Saludables</t>
+  </si>
+  <si>
+    <t>En este trabajo se presentan los resultados de diversos métodos de extración de compuestos de interés nutricional y saludable, en dos variedades de ajo (blanco y morado)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e057cb85-3f06-48a9-a6b3-1eaba717951a</t>
+  </si>
+  <si>
+    <t>Enfermedades ligadas a la Seca del Castaño en Huelva</t>
+  </si>
+  <si>
+    <t>En este trabajo se presentan los principales resultados obtenidos al analizar la incidencia y causas del decaimiento del castaño en la Sierra de Aracena y Picos de Aroche. Se expone la superficie afectada, así como la sintomatología y  principales enfermedades presentes en la zona. Por último se hace una propuesta de actuaciones para reducir la incidencia y propagación de las principales patologías detectadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff070672-7214-4f3b-8e19-7f375f44c3fd</t>
+  </si>
+  <si>
     <t>Evaluación de Variedades de Fresa: Resultados Obtenidos en Cultivo Convencional con Suelo Biosolarizado. Campaña 2017/2018</t>
   </si>
   <si>
     <t>En este trabajo se presentan los datos obtenidos durante esta última campaña 2017/2018, en la que se han caracterizado un total de 12 variedades  seleccionadas  entre  las  que  actualmente  están disponibles en el mercado. En concreto en el ensayo realizado en  la  Finca Experimental ‘El Cebollar’ (perteneciente al IFAPA) donde se han utilizado técnicas de cultivo convencional, con la salvedad del uso de  la  técnica  de  la  biosolarización para  la  desinfección  del  suelo previa a la plantación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f2132b28-eb5b-47ff-b020-a1c39a8f88bd</t>
   </si>
   <si>
     <t>Evaluación de Variedades de Fresa: Resultados Obtenidos en Cultivo Sin Suelo. Campaña 2017/2018</t>
   </si>
   <si>
     <t>En este trabajo se presentan los datos obtenidos durante la campaña 2017/2018, en la que se han caracterizado, en cultivo sin suelo, un total de 12 variedades  seleccionadas  entre  las  que  actualmente  están disponibles en el mercado.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c1bfedfe-0af8-4c08-bcdb-a35f1d22e893</t>
   </si>
   <si>
-    <t>Enfermedades ligadas a la Seca del Castaño en Huelva</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f97be1-e121-4d81-aacf-78b9373caff7</t>
+    <t>Caracterización Volátil de Naranja de Zumo (cv. Salustiana) Ecológica y Convencional</t>
+  </si>
+  <si>
+    <t>En este trabajo se presenta un método de análisis de volátiles en naranja, mediante una técnica rápida, limpia y respetuosa con el medio ambiente (la micro-extracción en fase sólida en el espacio de cabeza, acoplada a cromatografía de gases y espectrometría de masas) para la determinación de los volátiles con contribución sensorial al aroma de la naranja, como herramienta útil no solo en la caracterización de la naranja, si no también para la discriminación, mediante el análisis estadístico, del sistema de cultivo: ecológico y convencional. Si bien para aplicar esta técnica en la discriminación del sistema de cultivo de las naranjas se requieren estudios adicionales con más variedades y años de medición, y tambien profundizar en las causas de esas diferencias.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34cff86a-dae1-40b1-a80f-adb18b3b2b69</t>
+  </si>
+  <si>
+    <t>Calendarios de riego de la frambuesa basados en datos meteorológicos históricos</t>
+  </si>
+  <si>
+    <t>En este trabajo se presenta un ensayo de diferentes calendarios de riego para el cultivo de la frambuesa en la provincia de Huelva.  El tratamiento T1 aplicó el riego resultante del cálculo de la ETo en condiciones de cielo despejado. El T2 aplicó un calendario basado en el pronóstico meteorológico de la AEMET a escala semanal.  El T3 aplicó un calendario basado en la ETo media histórica de los últimos 20 años.  Finalmente, el tratamiento control (T4) recibió el riego aplicado al resto de la finca. La utilización del calendario de riego para el cultivo de la frambuesa, basado en series históricas de datos meteorológicos para estimar la ETo permitió obtener producciones similares a las conseguidas usando un calendario de riego basado en el pronóstico meteorológico de la AEMET o en condiciones de cielo despejado, con la ventaja de disponer de un calendario fijo al principio de la campaña y que puede ser utilizado de una campaña a otra.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1l9</t>
   </si>
   <si>
     <t>Caracterización Organoléptica y Nutraceútica de Cinco Variedades de Fresa</t>
   </si>
   <si>
     <t>En este trabajo se presenta la caracterización nutricional, organoléptica y funcional de cinco variedades de fresa durante los años 2010 y 2011 en España: Fuentepina, Amiga, Camarosa, Candonga y Primoris.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76051c55-042c-4404-8063-263985f38319</t>
   </si>
   <si>
-    <t>Calendarios de riego de la frambuesa basados en datos meteorológicos históricos</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34cff86a-dae1-40b1-a80f-adb18b3b2b69</t>
+    <t>Determinación de la Biodisponibilidad de los Compuestos Antioxidantes de la Fresa para su Uso en Programas de Mejora</t>
+  </si>
+  <si>
+    <t>En este trabajo se plantea la necesidad de incluir en los programas de mejora de fresa no solo la cuantificación de los antioxidantes que posee el fruto sino más bien la cuantificación de los antioxidantes de ese fruto que son potencialmente bioactivos, es decir, aquellos que pueden ejercer un efecto beneficioso en la salud humana. Para ello se presenta un método in vitro que simula la digestión humana tipo y que puede ser utilizado como herramienta en la obtención de variedades de fresa saludables.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5eaba83-0b97-4c86-933a-a29a50e07c4d</t>
+  </si>
+  <si>
+    <t>Efecto de la Exposición al Sol sobre la Calidad de los Frutos en distintas Variedades de Fresa</t>
+  </si>
+  <si>
+    <t>En este trabajo se ha planteado comprobar el efecto del nivel de exposición a la luz sobre la calidad de los frutos de fresa y evaluar si las diferencias observadas entre variedades se deben a la arquitectura o a la bioquímica propia de cada variedad. Se analizaron cuatro de las variedades más representativas durante la campaña 2015-16 diferenciando entre frutos expuestos a la luz y no expuestos. Los principales resultados mostraron que la exposición de los frutos a la luz afecta a su calidad, en cuanto al sabor y la concentración de antioxidantes, por lo que es un factor a tener en cuenta a la hora de orientar el cultivo si bien la magnitud del efecto depende de la variedad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5bd1cb6b-186f-43d3-9b7a-6b32e6cdff3e</t>
+  </si>
+  <si>
+    <t>Variabilidad Morfológica en Habas y Garbanzos</t>
+  </si>
+  <si>
+    <t>En este trabajo se presentan la variabilidad morfológica de habas y garbanzos que se encuentra recogida en el Banco de Germoplasma de Leguminosas del IFAPA en Córdoba. Esta variabilidad se está utilizando en los programas de mejora de Córdoba de ambos cultivos para obtener nuevas variedades y para desarrollar marcadores moleculares asociados a caracteres de interés agronómico que ayuden a una selección más eficaz y eficiente de nuevos materiales. Ambos cultivos, son leguminosas granos de importancia en Andalucía y se caracterizan por su elevado contenido en proteína, por tener la capacidad de fijar N2 atmosférico. Además, son una fuente importante de macro y microelementos beneficiosos para la salud, siendo cultivos de gran interés tanto para el consumo humano como para la alimentación animal.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5588b038-45eb-44e9-803e-0209459c89a8</t>
   </si>
   <si>
     <t>Confirmación de Híbridos en Garbanzos con Pruebas de ADN</t>
   </si>
   <si>
     <t>En este trabajo se presentan dos casos (para Orobanche y Fusarium) donde se confirma la naturaleza híbrida de las plantas F1 obtenidas por cruzamientos dirigidos en el programa de mejora de garbanzo de Córdoba. La comprobación se ha realizado utilizando marcadores moleculares seleccionados en base al polimorfismo entre los parentales del cruzamiento, premisa indispensable para su uso. La confirmación de la naturaleza híbrida de los cruzamientos es de suma importancia ya que su comprobación se realiza en estado de plántula permitiéndonos descartar las semillas F1 que no proceden del cruzamiento deseado, suponiendo un ahorro de tiempo, espacio y esfuerzo y por lo tanto económico.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7361391-8b46-4dd3-a0f4-0328ee879add</t>
   </si>
   <si>
-    <t>Variabilidad Morfológica en Habas y Garbanzos</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5588b038-45eb-44e9-803e-0209459c89a8</t>
+    <t>Eficacia de Distintas Técnicas Químicas de Desinfestación de Suelo en el Cultivo de la Fresa. Campaña 2017-18</t>
+  </si>
+  <si>
+    <t>En este trabajo se muestran los resultados de trabajo de la evaluación agronómica y la eficiencia en el control de patógenos fúngicos y nematodos, de importantes combinaciones de materias activas de origen químico y de novedosas técnicas de aplicación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d8d6ae2-b68e-474d-85a3-ddf0fb59a967</t>
   </si>
   <si>
     <t>Compostaje de Restos Vegetales de los Cultivos Extensivos y Frutales de Andalucía</t>
   </si>
   <si>
     <t>En este trabajo se exponen los primeros resultados del Proyecto “CompostAnd”, que aborda la gestión sostenible de restos vegetales de cultivos extensivos y frutales típicos de Andalucía occidental. Se justifica la necesidad de compostar como respuesta a distintas problemáticas por las que atraviesa el sector agrícola, convirtiéndose en una oportunidad económica y medioambiental. Se aportan las primeras experiencias llevadas a cabo por IFAPA  en el compostaje de restos vegetales típicos de Andalucía occidental, como paja, restos de fruta cítrica procedente del destrío y restos de poda, y se detallan los parámetros a medir  y manejo del compost, para garantizar la estabilidad y calidad final del mismo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45083272-d36a-4111-a0a8-d6b01c9e4bc1</t>
   </si>
   <si>
-    <t>Efecto de la Exposición al Sol sobre la Calidad de los Frutos en distintas Variedades de Fresa</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5eaba83-0b97-4c86-933a-a29a50e07c4d</t>
+    <t>Análisis Instantáneo de Proteína en Grano de Trigo mediante un Instrumento NIR Portátil</t>
+  </si>
+  <si>
+    <t>En este trabajo se desarrollan modelos de predicción para determinar con un instrumento NIRS portátil, de forma instantánea e in situ, el contenido en proteína en grano entero de trigo. Los modelos obtenidos presentan una adecuada capacidad predictiva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c6e66cc-870b-41b3-84ed-01f4916d7ab3</t>
+  </si>
+  <si>
+    <t>Aplicación de la Tecnología NIRS para la Evaluación de la Calidad en Grano Entero de Trigo</t>
+  </si>
+  <si>
+    <t>En este trabajo se desarrollan unos modelos de predicción para determinar con un instrumento NIRS de laboratorio y de forma instantánea, diversos parámetros de calidad (Humedad, Proteína, Peso Hectolitro, Peso mil granos, etc.) en grano entero de trigo. Los modelos obtenidos presentan una adecuada capacidad predictiva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cbde0c4f-ede5-49b7-8926-0bdcbd7073fc</t>
+  </si>
+  <si>
+    <t>La reforma de la PAC en el olivar de la provincia de Jaén</t>
+  </si>
+  <si>
+    <t>En este trabajo se describen los principales cambios introducidos por la reforma de la PAC y se comenta el impacto de los mismos en la cuantía percibida por hectárea en el olivar de la provincia de Jaén, definiendo los efectos de la convergencia interna en las regiones de Jaén.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/790a7cad-b46f-4fb2-a5f8-4972b945e409</t>
+  </si>
+  <si>
+    <t>Caracterización de la Biodisponibilidad de Compuestos Antioxidantes en Dos Variedades de Fresa. Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>En este trabajo se detallan los resultados de la campaña 2016-2017 referentes al estudio de la biodisponibilidad de compuestos antioxidantes en dos variedades de fresa, Primoris y Fortuna, con el objetivo de aportar un carácter marcadamente biosaludable a la caracterización de dichas variedades.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/10284c05-e32b-401e-b174-aa3082a6168a</t>
+  </si>
+  <si>
+    <t>Efecto del Recorte Hídrico sobre la Calidad Organoléptica y Funcional de la Frambuesa</t>
+  </si>
+  <si>
+    <t>En este trabajo se detallan los resultados referentes a la calidad organoléptica y funcional de un ensayo de recorte hídrico en una variedad de frambuesa llevado a cabo en la campaña 2017 en Huelva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9c7792b9-5689-4f1c-96e0-b934d9703301</t>
+  </si>
+  <si>
+    <t>Certificación Ecológica de Trigo Harinero mediante Isótopos Estables de Nitrógeno</t>
+  </si>
+  <si>
+    <t>En este trabajo se estudia que partes de la planta son las más adecuadas para analizar la d15N en los estudios de fertilización de cultivos de trigo, tanto convencional como ecológico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e3a47a-65ce-4fb1-b5cd-b248a9cc8837</t>
+  </si>
+  <si>
+    <t>Contenido en Antioxidantes de distintas Variedades de Ciruela en Cultivo Convencional y Ecológico</t>
+  </si>
+  <si>
+    <t>En este trabajo se estudia el contenido en antioxidantes (antocianinas, flavanoles, flavonoles y ácidos clorogénicos) de 8 variedades de ciruela, tanto en cultivo convencional como en cultivo ecológico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dd91ea83-84d5-4d37-9142-0e9bb0a242d3</t>
+  </si>
+  <si>
+    <t>Efectos del Uso de Plásticos Microperforados sobre la Calidad y Vida Útil de la Fresa</t>
+  </si>
+  <si>
+    <t>En este trabajo se estudia el comportamiento poscosecha, durante el almacenado en cámara y simulando condiciones de venta, de diferentes variedades de fresa, con diferentes tipos de plástico microperforado en el envase de tarrinas de fresa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c6de9d6-d7de-4704-91ba-89c787e8092a</t>
+  </si>
+  <si>
+    <t>Producción de Trigo Duro de Alta Calidad en Condiciones de Regadío</t>
+  </si>
+  <si>
+    <t>En este trabajo empleando variedades de trigo duro de alta calidad, de se ha desarrollado en dos localidades, Santaella (Córdoba) y Jerez de la Frontera (Cádiz). Se han ensayado diferentes estrategias de riego, con especial énfasis sobre el momento de aplicación del último riego. El aporte de una mayor cantidad de agua y un retraso en la fecha del último riego conllevó una subida de rendimientos en todas las variedades ensayadas sin que se viese afectada la calidad del grano, clasificándose todas las variedades en grupo 1. Además, se estudió el empleo de un regulador de crecimiento, que reducirá la talla de los primeros entrenudos de las plantas, dificultando el encame. Se ha visto que la aplicación de un regulador de crecimiento no produce mermas en el rendimiento ni en la calidad de grano de las variedades de trigo duro estudiadas; por tanto, su uso va a permitir aplicar mayores dosis de riego sin que exista el riesgo de un aumento de la altura de las plantas y un consiguiente encame de las plantas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/efc09b3f-8826-4c19-be69-127cb53e23e3</t>
   </si>
   <si>
     <t>Manejo Integral de Plagas de Frutales de Hueso.</t>
   </si>
   <si>
     <t>En este material docente se expone una revisión de los principales aspectos teóricos y prácticos que pueden ser de utilidad en la lucha contra las principales plagas de los frutales de hueso en nuestra comunidad, dentro del Programa de Producción Integrada contemplado en el Reglamento de Producción Integrada de melocotonero, ciruelo y albaricoquero en Andalucía (BOJA, 2013). Con esta publicación se pretende poner a disposición de los agricultores y técnicos del sector una herramienta útil y de fácil acceso, que facilite la práctica del manejo integrado de las plagas que atacan a nuestros frutales de hueso.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ebd9bd7-a32d-40e6-af2e-de54c93a4576</t>
   </si>
   <si>
-    <t>Producción de Trigo Duro de Alta Calidad en Condiciones de Regadío</t>
-[...77 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e3a47a-65ce-4fb1-b5cd-b248a9cc8837</t>
+    <t>Relaciones empresariales y prevención de riesgos laborales. Módulo VIII</t>
+  </si>
+  <si>
+    <t>En este manual didáctico “Módulo VII. Relaciones Empresariales y Prevención de Riesgos Laborales” se abordan aspectos relativos a la realidad fiscal, social y laboral de los agricultores y ganaderos, de forma que puedan conocer y optimizar sus decisiones dentro del marco legal de la actividad del sector agrario en la que decidan establecerse. Además de las relaciones empresariales, en este manual se ha considerado oportuno introducir la seguridad laboral de las explotaciones agrarias. En este sentido, la Ley de Prevención de Riesgos Laborales marca un nuevo enfoque en el tema de la seguridad laboral, con una orientación encaminada a anticiparse a los accidentes y enfermedades, aplicando medidas para evitarlos o reducir su número al máximo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/25d79599-81a6-4176-bf9f-2e1124272a87</t>
+  </si>
+  <si>
+    <t>Gestión Integrada de Plagas de Cítricos</t>
+  </si>
+  <si>
+    <t>En este material didáctico se recogen los aspectos más importantes para el reconocimiento de las plagas más importantes en los cítricos andaluces, así como los daños que provocan. También se repasan, desde un perspectiva integrada, los diferentes métodos de control disponibles en la actualidad, en concreto: medidas culturales, control biológico, control tecnológico y control químico. Para el caso del control químico, se incluyen los métodos de muestreo, umbrales y materias activas contempladas en el Reglamento Específico de Producción Integrada de Citricos de Andalucía (Orden de 10 de febrero de 2015, BOJA nº 34, pag. 30).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/df8d2bb6-876a-4eea-ada4-ea4eb8cb18d1</t>
+  </si>
+  <si>
+    <t>Cruzamientos dirigidos en garbanzo</t>
+  </si>
+  <si>
+    <t>En este manual se detallan los pasos a seguir para realizar cruzamientos dirigidos en garbanzo con el fin de que cualquier persona interesada sea capaz de realizarlos al finalizar la lectura. Aunque está enfocado en cruzamientos en garbanzo, este manual será útil para otras especies de leguminosas ya que las flores de esta familia presentan una morfología similar. El pequeño tamaño de las flores de garbanzo hace que los cruzamientos sean más complicados que en otras leguminosas, con un porcentaje de éxito en torno al 10%. Hay que tener destreza, ser cuidadosos y tener mucha experiencia para superar estos problemas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d182d31e-caa0-4a05-9eb2-2b72aefca324</t>
+  </si>
+  <si>
+    <t>Gestión de los pastos en la dehesa</t>
+  </si>
+  <si>
+    <t>En este manual se abordan aquellas cuestiones relacionadas con los principales tipos de pastos, sus potencialidades productivas y su importante papel ecológico. La unidad 1 recoge las características y el adecuado manejo de los pastos herbáceos en la dehesa, así como las pautas mediante las que abordar los ti pos de mejoras disponibles en la actualidad y el apoyo a la toma de decisiones. En la unidad 2 se revisan diferentes especies arbóreas y arbustivas presentes en la dehesa con potencial productivo y se describen algunas pautas para un manejo sostenible. Adicionalmente se incluyen otras especies cuya incorporación puede resultar interesante de cara a diversificar los recursos pastables y a generar distintos ambientes en la dehesa. Finalmente, la unidad 3 está dedicada a la caracterización de algunos cultivos forrajeros de interés para la dehesa, su adaptación a diferentes condiciones y aprovechamientos, así como aquellas buenas prácticas que deben llevarse a cabo para su adecuado establecimiento y conservación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2435ac09-e7c4-406d-8004-256ab1a87c38</t>
+  </si>
+  <si>
+    <t>Control Biológico de Plagas en Frutales de Hueso.</t>
+  </si>
+  <si>
+    <t>En este material didáctico se recoge aquella información de más utilidad para el manejo de los principales grupos de fauna auxiliar que aparecen de forma espontánea en las plantaciones andaluzas de frutales de hueso. En concreto se aportan pautas para su reconocimiento morfológico, datos sobre sus hábitos alimenticios y distribución en las plantaciones frutales, su importancia y eficacia en el control de plagas concretas, así como información sobre sus métodos de muestreo, sensibilidad ante los plaguicidas, manejo de estructuras ecológicas (setos, cubiertas vegetales, lindes de cultivo, franjas con flores,..) y disponibilidad comercial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0bbcb039-608f-41f4-b2d2-22348a742be5</t>
+  </si>
+  <si>
+    <t>Control Biológico de Plagas de Cítricos</t>
+  </si>
+  <si>
+    <t>En este material didáctico se recogen los aspectos de mayor relevancia para la aplicación del control biológico de plagas en los cítricos de nuestra comunidad autónoma. Más concretamente, se hace un repaso de las peculiaridades más destacadas de cada una de las plagas, de sus enemigos naturales (autóctonos o introducidos en programas de control biológico clásico llevados a cabo en el pasado) con mayor eficacia y abundancia en nuestras plantaciones y, por último, de las técnicas utilizadas para la conservación y aumento de sus poblaciones como vía para mantener los niveles de daños ocasionados por sus presas/hospedantes por debajo del umbral económico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab98c73a-0f9e-4b35-bda6-ec5478687e16</t>
   </si>
   <si>
     <t>Montepila: ¿Nombre Principal de una Variedad o Sinonimia?</t>
   </si>
   <si>
     <t>En este informe se presenta el trabajo realizado para esclarecer si Montepila es una variedad de vid o una sinonimia u homonimia de otra variedad ya existente. Para ello se recogió material vegetal en 8 parcelas de la zona de Montilla-Moriles donde se cultiva y se realizó una caracterización morfológica, identificación genética y detección de virosis. Según los resultados obtenidos todo apunta a que Montepila es una sinonimia de Zalema por lo que sería preciso iniciar el procedimiento de reconocimiento de esta sinonimia local. Además, se han detectado dos cepas libres de virus, cuyo material podría utilizarse para la obtención de un clon certificado local que, una vez se apruebe la sinonimia, podría comercializarse.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1bf204b5-6912-4ae6-9e50-5a4e6cfbdb0c</t>
   </si>
   <si>
-    <t>Relaciones empresariales y prevención de riesgos laborales. Módulo VIII</t>
-[...25 lines deleted...]
-  <si>
     <t>Desarrollo de Dos Nuevas Variedades de Garbanzo Kaveri y Veleka</t>
   </si>
   <si>
     <t>En este manuscrito se presenta el desarrollo de dos nuevas variedades de garbanzo obtenidas en el programa de Mejora de este cultivo de Córdoba, compuesto por investigadores del IFAPA y de la Universidad de Córdoba. Las dos nuevas variedades se han registrado con los nombres de Kaveri y Veleka, ambas presentan buenos niveles de resistencia a rabia, enfermedad muy importante en España, permitiendo una siembra invernal de las mismas. Kaveri se caracteriza además por presentar un buen tamaño de semilla carácter muy valorado en el mercado y Veleka por tener unas buenas producciones. Desde aquí se pretende dar a conocer estas nuevas variedades de gran interés para el sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aea8972e-2d03-446a-8945-5d113ba91cd0</t>
   </si>
   <si>
-    <t>Control Biológico de Plagas en Frutales de Hueso.</t>
-[...25 lines deleted...]
-  <si>
     <t>Drosophila suzukii en Frutos Rojos: Técnicas para su Manejo</t>
   </si>
   <si>
     <t>En este documento se presentan, de forma general, técnicas para  el  control  de  D.  suzukii,  en  la  idea  de  que  ninguna  de ellas por sí sola asegura la ausencia de daños. La lucha contra D.  suzukii  ha  de  basarse  en  la  combinación  de métodos,  en un  sistema  de  manejo  integrado  dependiente  del  cultivo  a proteger, en función de las materias activas autorizadas para el  mismo  y  de  su  rentabilidad, lo  que  permitirá,  o  no,  usar una o varias de las técnicas expuestas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81f2cf3c-498c-486e-80e5-303b21ff204c</t>
   </si>
   <si>
+    <t>Aromas de la Ciruela en Cultivo Convencional y Ecológico</t>
+  </si>
+  <si>
+    <t>En este informe se exponen los resultados de la valoración de contenidos de compuestos volátiles en 6 variedades de ciruelo, cultivadas en sistema ecológico y convencional en la provincia de Sevilla durante los años 2012 y 2013.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd2145e6-42b6-47de-a2bc-43017e7426d8</t>
+  </si>
+  <si>
+    <t>Análisis de ciclo de vida de los sistemas de producción de tomate cherry en el área mediterránea</t>
+  </si>
+  <si>
+    <t>En este estudio se han identificado y estudiado los principales problemas medioambientales atribuibles a los diferentes sistemas de cultivo del tomate cherry en el área mediterránea a lo largo de su ciclo de vida. El invernadero de plástico fue el sistema con mayor impacto ambiental en todas las categorías evaluadas, debido al mayor impacto que ejercen los materiales que componen su infraestructura.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b32b41e4-5ac0-4d7b-b39b-56f2f7ded9fa</t>
+  </si>
+  <si>
+    <t>Como Disminuir la Incidencia de Deformación del Fruto de Fresa</t>
+  </si>
+  <si>
+    <t>En este documento se aporta información acerca de como gestionar los principales factores que afectan en la aparicion de la deformación del fruto de la fresa, con el objeto de disminunir su incidencia en el cultivo</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb537199-3596-4fa4-a950-3501e02b5a9e</t>
+  </si>
+  <si>
+    <t>Avances del consumo de agua e indicadores de riego del cultivo de la frambuesa no remontante</t>
+  </si>
+  <si>
+    <t>En este documento se recogen los primeros resultados obtenidos por el IFAPA en lo referente al consumo de agua devariedades de frambuesa no remontantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c32128e5-ce13-44ad-9c8f-2b00d539e90f</t>
+  </si>
+  <si>
     <t>Manejo de Semilleros en Producción Integrada</t>
   </si>
   <si>
     <t>En este documento se pretende mostrar las particularidades que presenta un semillero de hortícolas para el establecimiento de un sistema de Producción Integrada, teniendo en cuenta que el objetivo final de un semillero es la producción de plantas vigorosas, con buena raíz, sanas y con un aprovechamiento máximo de las semillas empleadas. Material docente empleado en el curso de "Producción Integrada de Hortícolas Bajo Abrigo".</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2393f9bf-b897-4156-b633-28fa4cd4f305</t>
   </si>
   <si>
     <t>Distribucion Varietal en el Cultivo de Fresa en Huelva Campaña 2015-2016</t>
   </si>
   <si>
     <t>En este documento se recoge la distribución porcentual de las variedades de fresas plantadas en Huelva en la campaña 2015/2016</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18b9d44f-2888-4ef0-bb58-2829b1c2e715</t>
   </si>
   <si>
-    <t>Avances del consumo de agua e indicadores de riego del cultivo de la frambuesa no remontante</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd2145e6-42b6-47de-a2bc-43017e7426d8</t>
+    <t>Evaluación de un Tratamiento Postcosecha para Reducir la Astringencia del Membrillo</t>
+  </si>
+  <si>
+    <t>En este documento se presentan los resultados obtenidos con el tratamiento de la fruta con anhídrido carbónico en cuanto a la vida útil del producto para su consumo en fresco y a sus características organolépticas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2a948622-efc5-49f3-9333-48b99ac29afb</t>
+  </si>
+  <si>
+    <t>Certificación Ecológica de Pepino mediante Isótopos Estables de Nitrógeno</t>
+  </si>
+  <si>
+    <t>En este documento se presentan los resultados obtenidos en un ensayo sobre la diferenciación de diversas variedades de pepino cultivadas en Andalucía por el sistema convencional y en ecológico, mediante la técnica analítica de espectrometría de masas de razones isotópicas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f5101bb6-4623-4eee-8d95-a859a3981172</t>
   </si>
   <si>
     <t>Cambios en el Perfil de Compuestos Nutricionales y Bioactivos durante el Proceso de Elaboración de Cebolla Negra</t>
   </si>
   <si>
     <t>En este documento se presentan los resultados del estudio de los cambios producidos en el perfil de compuestos biosaludables presentes en la cebolla fresca cuando esta se transforma en cebolla negra. Se estudia el perfil en compuestos bioactivos tales como compuestos fenólicos, compuestos organosulfurados, azúcares, ácidos orgánicos así como de la capacidad antioxidante de tres variedades de cebolla: Chalota, Chata y Echalion</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990128a3-a03c-4509-aa17-842801011e1b</t>
   </si>
   <si>
+    <t>Certificación Ecológica de Garbanzo mediante Isótopos Estables de Nitrógeno</t>
+  </si>
+  <si>
+    <t>En este documento se presentan los resultados obtenidos para la diferenciación, por espectrometría de masas de razones isotópicas (IRMS),  de garbanzos de la variedad Fardón, cultivados en dos suelos diferentes y con diversos tipos de abonado, unos adecuados para el cultivo convencional y otros para su el cultivo ecológico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88cd2601-97d3-4833-a11d-4f6dd243817b</t>
+  </si>
+  <si>
     <t>Aplicación de Altas Presiones Hidrostáticas en Aceitunas Cornezuelo</t>
   </si>
   <si>
     <t>En este documento se presentan los resultados obtenidos con el tratamiento con altas presiones hidrostáticas de aceitunas mesa de la variedad cornezuelo en elaboración tradicional  en cuanto a la vida útil del producto y a sus características organolépticas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04413678-1a7d-4b12-bf6e-a0a295924a27</t>
   </si>
   <si>
-    <t>Evaluación de un Tratamiento Postcosecha para Reducir la Astringencia del Membrillo</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88cd2601-97d3-4833-a11d-4f6dd243817b</t>
+    <t>Efecto de la Conductividad Eléctrica del Agua de Riego y de la Fertilización Carbónica en la Conservación del Tomate Raf</t>
+  </si>
+  <si>
+    <t>En este documento se ofrecen los resultados de un estudio en el que se evalúa el efecto que sobre la calidad y la vida útil del tomate tipo Raf (cv. Delizia) ejerce la conductividad eléctrica (CE) de la solución nutritiva así como la fertilización carbónica mediante el aporte de CO2 en el invernadero.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c11ea844-a941-427f-99e7-7e65008b164d</t>
+  </si>
+  <si>
+    <t>Análisis de la Pungencia de 110 Cultivares de Pimientos (Capsicum annuum L.)</t>
+  </si>
+  <si>
+    <t>En este documento se presentan los resultados del contenido en capsaicina de una colección de 110 nuevas variedades de pimientos desarrollados por una empresa en Andalucia, encontrando valors entre 200 y 250.000 unidades de Scoville.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0cdab447-e0d9-4969-9731-b15a5c129398</t>
+  </si>
+  <si>
+    <t>Naranja Ecológica y Convencional. Calidad General y Sensorial</t>
+  </si>
+  <si>
+    <t>En este documento se presentan los resultados de calidad físico química y de calidad sensorial de dos variedades de naranja, Navelina y Salustiana, ampliamente cultivadas en el Valle del Guadalquivir, en cultivo convencional y en cultivo ecológico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9432afc-949b-436f-a9a6-bbf2ff8eb78c</t>
+  </si>
+  <si>
+    <t>Evaluación técnica del efecto de la presión de trabajo en aplicaciones fitosanitarias con lanza pulverizadora manual sobre cultivo de tomate en invernadero</t>
+  </si>
+  <si>
+    <t>En este documento se presenta una evaluación técnica de tres aplicaciones fitosanitarias realizadas con lanza pulverizadora manual a presiones de trabajo distintas (20 bar, 15 bar y 10 bar), determinando la cantidad de producto pulverizado que cae sobre la masa vegetal, la uniformidad de la distribución del producto aplicado sobre la planta y las pérdidas al suelo del producto pulverizado generadas, con el objetivo de optimizar el parámetro operacional “presión de trabajo”.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c35a3b24-4dc3-49d5-a473-f1af85821d51</t>
+  </si>
+  <si>
+    <t>Protocolo de Inoculación con Fusarium oxysporum f. sp. ciceris en Garbanzo</t>
+  </si>
+  <si>
+    <t>En este documento se presenta el procedimiento a seguir para realizar la inoculación en condiciones controladas con el hongo del suelo Fusarium oxysporum f.sp. ciceris en garbanzo de manera que cualquier persona interesada sea capaz de llevar a cabo este proceso. Aunque está enfocado en Fusarium oxysporum, este manual será útil para otras especies de hongos que penetren por la raíz así como para otras especies susceptibles que se infecten de la misma manera. Realizar una correcta selección de genotipos es fundamental en cualquier programa de mejora por lo que es muy importante disponer de protocolos adecuados que nos permitan seleccionar con gran fiabilidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef635d93-2dfb-4068-b76a-35665ec2bad7</t>
   </si>
   <si>
     <t>Guía Manejo Integrado de Plagas</t>
   </si>
   <si>
     <t>En este documento se expone una revisión de los principales aspectos teóricos y prácticos que pueden ser de utilidad en la lucha contra las principales plagas de los frutales de hueso en nuestra comunidad, dentro del Programa de Producción Integrada contemplado en el Reglamento de Producción Integrada de melocotonero, ciruelo y albaricoquero en Andalucía (BOJA, 2013).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3c216cb3-5d8b-4586-80ab-d7cea8443a69</t>
   </si>
   <si>
-    <t>Efecto de la Conductividad Eléctrica del Agua de Riego y de la Fertilización Carbónica en la Conservación del Tomate Raf</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0cdab447-e0d9-4969-9731-b15a5c129398</t>
+    <t>Elaboración de Conservas de Membrillo</t>
+  </si>
+  <si>
+    <t>En este documento se describe el proceso de elaboración de 9 tipos de conservas elaboradas a partir de la fruta del membrillo y de una infusión de hoja del membrillo. Se presentan los diagramas de flujo del proceso, las carácterísticas analíticas del producto, el rendimiento y la valoración sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39cb01b8-b27a-4952-bdd6-505750a17cb8</t>
+  </si>
+  <si>
+    <t>Elaboración de Col Fermentada (Chucrut)</t>
+  </si>
+  <si>
+    <t>En este documento se describe el proceso de elaboración de la col fermentada. Se detalla la normativa legal que lo regula, y tambien las principales alteraciones que pueden ocurrir durante el proceso y que perjudicarían su calidad.También se presentan los resultados de un ensayo en el que se estudió el efecto de la dosis de sal y del inóculo de lactobacilos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd545e15-9383-4aae-9fbc-0f12bd6b4572</t>
+  </si>
+  <si>
+    <t>Recirculación en Cultivo sin Suelo de Pepino en Almería</t>
+  </si>
+  <si>
+    <t>En este documento se evalúa la eficiencia en el uso del agua y los fertilizantes de un sistema de recirculación donde se ha reutilizado el total de la solución lixiviada en un cultivo de pepino en sustrato de perlita durante dos ciclos de cultivo con diferente estacionalidad: cultivo de primavera y cultivo de otoño-invierno. Los resultados muestran un gran aumento del uso del agua y de los fertilizantes del sistema recirculante sin afectar a la producción final de fruto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b4868d04-b122-4fa0-9c8c-d60ca49b51f3</t>
+  </si>
+  <si>
+    <t>Envasado Activo de Alimentos</t>
+  </si>
+  <si>
+    <t>En este documento se describen los distintos mecanismos y los distintos tipos de envases activos para alimentos presentes actualmente en el mercado, y se reseñan las nuevas tendencias con envases inteligentes, recubrimientos comestibles,envases bidegradables y materiales con nuevas propiedades gracias a la nanotecnología.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1edaa00f-fbf6-4d26-bf13-2ff4375abcd9</t>
+  </si>
+  <si>
+    <t>Uso de Sensores de Clima en Cultivos bajo Invernadero</t>
+  </si>
+  <si>
+    <t>En este documento se describen de manera sencilla los fundamentos técnicos para la medición de los principales sensores climáticos que se pueden incorporar en la horticultura de invernadero para conocer y poder actuar sobre los factores que determinan el crecimiento y desarrollo de los cultivos. También se proporcionan algunas recomendaciones para su correcto uso.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/41f6a9a8-4717-4a99-806b-5b79c6006694</t>
+  </si>
+  <si>
+    <t>Test de ADN para la predicción de Mesifurano y gamma-decalactona en frutos de fresa</t>
+  </si>
+  <si>
+    <t>En este documento se describe la metodología a seguir para la identificación de dos compuestos aromaticos (mesifurano y gama -decalactona) directamente implicados en el sabor de los frutos de fresa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8b7ba1d8-52b8-439f-93ba-61c296576466</t>
   </si>
   <si>
     <t>Recomendaciones para Reducir el Impacto de la Sequía en Cítricos</t>
   </si>
   <si>
     <t>En este documento se dan las recomendaciones más adecuadas para una gestión eficiente del agua en el cultivo de los cítricos en situación de escasez hídrica, y bajo diferentes escenarios de disponibilidad. Para ello es importante diferenciar diferentes grupos de actuación en función de la dotación de agua autorizada para la campaña y se realizarán recomendaciones o estrategias a seguir en cada caso:</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3b58e877-2b7a-4164-a98c-c4becb4302c3</t>
   </si>
   <si>
     <t>Sistemas de Regadío Tradicionales en Andalucía: Definición, Caracterización, Valores y Problemáticas</t>
   </si>
   <si>
     <t>En este documento se definen los sistemas de regadíos históricos o tradicionales, se hace una caracterización de los mismos, se enumeran sus valores y se plantea su problemática actual. Los sistemas de regadío tradicionales, además de presentar un valor productivo generador de economía y empleo, proporcionan grandes servicios ecosistémicos, y son de especial importancia social, patrimonial, paisajística e histórica. La supervivencia de estos sistemas pasa porque la actividad agraria sea sostenible económicamente, puesto que deben competir con otros sistemas productivos en la economía de mercado. Para ello se debe buscar la diferenciación de los productos (por ejemplo, agricultura y ganadería ecológica), aumento de la productividad (diversificación, nuevos cultivos) y la búsqueda de nuevos canales de comercialización y mercados, entre otros.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e584da2e-6277-43f8-9956-9849bf20d65a</t>
   </si>
   <si>
-    <t>Elaboración de Conservas de Membrillo</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b4868d04-b122-4fa0-9c8c-d60ca49b51f3</t>
+    <t>Riego con mezclas de agua de mar desalinizada y agua subterránea en invernadero. Tomate</t>
+  </si>
+  <si>
+    <t>En el sureste de Andalucía se concentra una de las mayores superficies de invernaderos del mundo. Este modelo de horticultura intensiva se ha sustentado en el uso de aguas subterráneas para el riego, lo que ha provocado la sobreexplotación de los acuíferos y el deterioro de la calidad de sus aguas. Ante esta situación, se han incorporado al sistema recursos hídricos no convencionales, entre los que destaca el agua de mar desalinizada (AMD. Las primeras experiencias con AMD realizadas en España han puesto de manifiesto que el uso agrícola del AMD implica nuevos retos agronómicos, económicos y medioambientales que requieren de enfoques de investigación innovadores e implican nuevas estrategias de gestión del agua. En este documento se exponen los principales resultados obtenidos en un ensayo sobre cultivo de pepino regado con aguas de diferentes niveles de salinidad en función de su procedencia (AMD, ASS y mezclas de ambos tipos de agua) en el que además se han empleado dos estrategias de manejo del riego</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1lg</t>
+  </si>
+  <si>
+    <t>La fragmentación de la tierra medida a través de la unidad mínima de cultivo</t>
+  </si>
+  <si>
+    <t>En esta presentación, se analiza la Unidad Mínima de Cultivo (UMC) en el olivar de Jaén para comprobar su efecto y se proponen cambios en el marco normativo para frenar la excesiva parcelización del mismo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2d0a09a-0610-454c-8aca-694e87bf04c1</t>
+  </si>
+  <si>
+    <t>Guía para el Reconocimiento de las Plagas de Moluscos en Citricultura y Su control</t>
+  </si>
+  <si>
+    <t>En esta guía se recoge toda la información concerniente a las plagas de moluscos en citricultura: reconocimiento y control.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a08abc76-600b-45ae-aafb-f15cd458f906</t>
+  </si>
+  <si>
+    <t>Evaluación del Comportamiento Agronómico de `Clementina de Nules` sobre Distintos Patrones Bajo Condiciones de Salinidad. Almería, Campaña 2015-2016</t>
+  </si>
+  <si>
+    <t>En el presente trabajo se pretende evaluar el comportamiento agronómico de tres patrones convencionales y tres nuevos híbridos (subestándar y semienanizantes) bajo condiciones de salinidad del agua de riego (agua de baja calidad y de alta conductividad eléctrica) en la provincia de Almería, con el fin de obtener información consistente que permita optimizar el manejo agronómico de las plantaciones y con ello la rentabilidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/67dd3b89-92d0-4f7f-8980-62190ce2ad4a</t>
   </si>
   <si>
     <t>Comportamiento Agronómico de 'Clementina de Nules' sobre diferentes Patrones de Cítricos en Almería. Campañas 2013/2014 y 2014/2015</t>
   </si>
   <si>
     <t>En el presente trabajo se presentan los resultados de la evaluación del comportamiento agronómico de patrones convencionales y nuevos híbridos (semienanizantes) en las condiciones agroclimáticas del área litoral de la provincia de Almería, realizada durante las campañas 2013/14 y 2014/15 con el fin de obtener información que permita optimizar el manejo agronómico de las plantaciones y con ello, su rentabilidad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/00d00be7-3e86-4ba9-9e33-bf7f482ba136</t>
   </si>
   <si>
     <t>Evaluación del Comportamiento Agronómico de `Clementina de Nules` sobre Distintos Patrones.Málaga, Campaña 2015-2016</t>
   </si>
   <si>
     <t>En el presente trabajo se pretende evaluar el comportamiento agronómico de tres patrones convencionales y tres nuevos híbridos (semienanizantes) en las condiciones agroclimáticas del área litoral de la provincia de Málaga, con el fin de obtener información consistente que permita optimizar el manejo agronómico de las plantaciones y con ello la rentabilidad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bc91b0d9-5e59-4967-b77e-128e3a7a77ed</t>
   </si>
   <si>
-    <t>Evaluación del Comportamiento Agronómico de `Clementina de Nules` sobre Distintos Patrones Bajo Condiciones de Salinidad. Almería, Campaña 2015-2016</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2d0a09a-0610-454c-8aca-694e87bf04c1</t>
+    <t>Beneficios para la Salud del Consumo de Aceite de Oliva Virgen</t>
+  </si>
+  <si>
+    <t>En este documento se analiza la presencia del aceite de oliva en el mercado mundial de grasas vegetales, su composición y la relación de sus componentes con las propiedades organolépticas, nutricionales y saludables. Se revisan los avances científicos sobre el efecto del aceite de oliva virgen, o de algunos de sus componentes, en el desarrollo o la prevención de algunas patologías, y se revisa la normativa existente en Europa para las declaraciones nutricionales y saludables de los alimentos, y lo que permite en este caso.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04436a85-0e53-4bbd-b948-b3431faaa8d3</t>
+  </si>
+  <si>
+    <t>La Calidad de los Productos Vegetales Ecológicos. Una Revisión Actualizada.</t>
+  </si>
+  <si>
+    <t>En este documento se analiza la información científica publicada sobre la calidad de los productos ecológicos frente a los de cultivo convencional, desde el punto de vista de la salud, y se incide especialmente en cómo influye el sistema de cultivo en el contenido en antioxidantes y vitaminas en las frutas y hortalizas más cultivadas en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6f18cb05-fc31-47fa-a4f4-18abcf092013</t>
+  </si>
+  <si>
+    <t>Certificación Ecológica de Naranja mediante Isótopos Estables de Nitrógeno y de Carbono</t>
+  </si>
+  <si>
+    <t>En este documento se analiza la idoneidad de la técnica analítica de isótopos estables d15N para diferenciar naranjas de producción ecológica frente a la producción convencional. Y también en qué parte de la fruta se pueden ver mejor esa diferencia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/53adebb7-888e-40ea-9d61-57cf6c232d60</t>
   </si>
   <si>
     <t>Aplicación de Altas Presiones Hidrostáticas en la Industria Alimentaria</t>
   </si>
   <si>
     <t>En este documento de describen los efectos de la aplicación de altas presiones hidrostáticas sobre los alimentos, en cuanto a la modicicación de sus contituyentes nutricionales, sus propiedades organolépticas y su conservación. Esta tecnología que ha introducido en el mercado una gran variedad de productos innovadores listos para consumir, con una vida útil mayor, un incremento de la calidad sensorial respecto a otros tratamientos de conservación, un alto valor añadido, contenidos microbianos bajos y con una elevada oportunidad comercial debido al creciente interés por parte del consumidor de productos seguros con cualidades organolépticas similares a las de los productos frescos. Sin embargo a la hora de implementarse esta tecnología se debería actuar con cautela y evaluar los aspectos económicos ya que se lucha contra tecnologías térmicas bien establecidas, económicamente viales y efectivas para controlar los peligros de contaminación biológica.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e73772df-c03a-4e56-84a8-a8ce3143a8b2</t>
   </si>
   <si>
-    <t>Certificación Ecológica de Naranja mediante Isótopos Estables de Nitrógeno y de Carbono</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04436a85-0e53-4bbd-b948-b3431faaa8d3</t>
+    <t>Prospección de nuevos recursos genéticos de olivo en Andalucía</t>
+  </si>
+  <si>
+    <t>En el presente proyecto se propone enriquecer el Banco Mundial de Germoplasma de Olivo con nuevo material (variedades locales) procedente de Andalucía y aumentar la representatividad de las poblaciones silvestres andaluzas en la colección de acebuches que también se encuentra en el Centro IFAPA de Córdoba. La identificación y el estudio de diversidad de este material se ha llevado a cabo con marcadores moleculares de ADN.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14b52297-0270-42a3-af97-6691bd34d19f</t>
+  </si>
+  <si>
+    <t>Mejora de la calidad y producción de fresa en cultivo hidropónico con recirculación mediante diferentes estrategias de fertirrigación.</t>
+  </si>
+  <si>
+    <t>En el presente trabajo (Trabajo Fin de Grado) se ha trabajado con tres variedades de fresa, dos de ellas de día corto, ‘Primoris’ y ‘Festival’, y una de día neutro, ‘Albión’, cada una de ellas con una fecha de plantación diferente. Se ha evaluado el efecto sobre la producción y calidad de fruto del incremento de la salinidad en la fase generativa, aumentando la concentración de NaCl en la solución nutritiva, de 8 mmol/L a 12 mmol/ L, en uno de los tratamientos, y a 19 mmol/L en el otro, para corroborar que la aportación de la salinidad en la fase inicial de desarrollo de fruto, en lugar de producir efectos negativos, produce ciertos beneficios, ya que mejora las propiedades de los frutos sometidos a ella. Se ha trabajado durante todo el ciclo con estas tres variedades y se han obtenido las siguientes conclusiones: Se ha corroborado que no afecta el incremento de la salinidad a la producción de fruto. En las plantaciones muy tempranas no ha habido un incremento de la producción precoz, ya que las condiciones climáticas han sido muy extremas. En cuanto a la calidad, el incremento de la salinidad favoreció la calidad de fruto, incrementando el contenido en sólidos solubles, acidez valorable y firmeza. El contenido en sólidos solubles, cuantificado en ºBrix, aumentó con el nivel de salinidad aplicado y esta respuesta fue más marcada según aumentaba el tiempo (días) en que las plantas estaban sometidas a estrés salino, coincidiendo con un aumento en la intensidad de radiación solar y temperatura. En cuanto a los componentes nutricionales, la salinidad disminuyó el contenido en vitamina C, en cambio, el aumento o la disminución de los polifenoles con la salinidad, estuvo condicionado por la variedad. En la evaluación sensorial, los catadores no detectaron las diferencias obtenidas en la analítica realizada, en cuanto a acidez y ºBrix. En la variedad ‘Festival’ y ‘Albión’, las diferencias encontradas fueron a favor del tratamiento más salino. En la variedad ‘Primoris’ las diferencias resultaron favorables para el tratamiento de menos salinidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/434b09a5-95ee-47cb-a6fa-2e3c5f87d5ac</t>
   </si>
   <si>
     <t>Evaluación de Variedades de Fresa: Resultados obtenidos en Cultivo Ecológico. Campaña 2016/2017</t>
   </si>
   <si>
     <t>En el presente documento se muestran los resultados obtenidos en la evaluación agrnómica de doce variedades de fresa en la finca colaboadora Flor de Doñana, en el término municipal de Almonte, bajo las técnicas de cultivo ecológico (Reglamento CE 834/2007). El presente trabajo se ha realizado con el objeto de generar información objetiva acerca del comportamiento de las variedades estudiadas en las condiciones indicadas. Este documento se ofrece como una herramienta, destinada a agricultores y técnicos, para facilitar la elección varietal ante la amplia oferta actual.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04efd11e-e806-45dd-823c-b2879ba72ec7</t>
   </si>
   <si>
     <t>Evaluación de Variedades de Fresa. Resultados obtenidos en Cultivo Convencional con Suelo Biosolarizado. Campaña 2016/2017</t>
   </si>
   <si>
     <t>En el presente documento se muestran los resultados obtenidos en la Finca Experimental ‘El Cebollar’ , en la evaluación agronómica de doce variedaddes de fresa con técnicas de cultivo convencional, con la salvedad del uso de la técnica de la biosolarización para la desinfección del suelo previa a la plantación. El presente trabajo se ha realizado con el objeto de generar información objetiva acerca del comportamiento de las variedades estudiadas en las condiciones indicadas. Este documento se ofrece como una herramienta, destinada a agricultores y técnicos, para facilitar la elección varietal ante la amplia oferta actual.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/05efd1f5-71a5-4b8e-9f31-b1125532e44b</t>
   </si>
   <si>
     <t>Evaluación de Variedades de Fresa: Resultados obtenidos en Cultivo Convencional con Suelo Desinfectado Químicamente. Campaña 2016/2017</t>
   </si>
   <si>
     <t>En el presente documento se muestran los resultados obtenidosen la evaluación agronómica de doce variedades de fresa en la finca colaboradora ‘Fresperiquito’ con técnicas de cultivo convencional (desinfección química del suelo con 1,3 dicloropropeno más cloropicrina). El presente trabajo se ha realizado con el objeto de generar información objetiva acerca del comportamiento de las variedades estudiadas en las condiciones indicadas. Este documento se ofrece como una herramienta, destinada a agricultores y técnicos, para facilitar la elección varietal ante la amplia oferta actual.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9a4575a4-087a-4d64-afd3-0164a7b8a957</t>
   </si>
   <si>
+    <t>Calidad General (Morfológica, Organoléptica y Funcional) y Producción de tres Variedades de Cítricos del Grupo Blancas en el Valle del Guadalquivir</t>
+  </si>
+  <si>
+    <t>En el presente trabajo se exponen los resultados obtenidos en un ensayo experimental realizado en una parcela ubicada en Hornachuelos (Córdoba-Andalucía) durante tres campañas de estudio, 2016/2017, 2017/2018 y 2018/2019. Se presentan datos de calidad general de fruta, morfológica, organoléptica y funcional, y producción de tres variedades de naranjas dulces del grupo Blancas, `Barberina´, `Valencia Midknight´ y `Valencia Delta Seedless´, injertadas sobre el patrón Forner-Alcaide nº 5. Se expone la metodología empleada en el ensayo así como los resultados y conclusiones obtenidos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2c642587-97af-44ad-971e-92e663df6452</t>
+  </si>
+  <si>
     <t>Tecnología de los invernaderos ecológicos del litoral almeriense y granadino</t>
   </si>
   <si>
     <t>En el presente estudio se realiza una descripción de las principales características de los invernaderos ecológicos presentes en el litoral almeriense y granadino, en base a un sondeo a 150 productores de hortalizas ecológicas bajo plástico de la zona objeto de estudio. En particular, se describen las principales tecnologías empleadas por los productores en sus invernaderos realizando finalmente una comparación entre el sistema de producción ecológico y convencional.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99edb4cb-7ac9-4833-ada7-bf1aad3e8078</t>
   </si>
   <si>
-    <t>Prospección de nuevos recursos genéticos de olivo en Andalucía</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2c642587-97af-44ad-971e-92e663df6452</t>
+    <t>La opinión de los agricultores sobre las cubiertas vegetales en olivar</t>
+  </si>
+  <si>
+    <t>En el cultivo del olivar, en la última década, se ha implantado y extendido el uso de cubiertas vegetales como práctica cultural.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/41f3665a-d9a2-4486-910f-f7cf216c5b39</t>
+  </si>
+  <si>
+    <t>Meloidogyne en Calabacín: Caracterización de la Enfermedad</t>
+  </si>
+  <si>
+    <t>En el documento se evaluan los factores que influyen en el desarrollo de la enfermedad y las repercusiónes en la producción de dos especies de nematodos, Meloidogyne incognita y Meloidogyne javanica afectando a cultivo de calabacín.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7bba48f4-e430-49d4-b576-3c358070a452</t>
+  </si>
+  <si>
+    <t>Características de las Explotaciones de Cítricos en Andalucía</t>
+  </si>
+  <si>
+    <t>En el presente documento se analizan las principales características de las explotaciones de cítricos en Andalucía incluyendo aspectos como las superficies de las explotaciones, los principales cultivos, así como sus rendimientos medios o marcos de plantación más empleados. Los datos utilizados en el estudio proceden de un sondeo realizado a 203 productores de cítricos en las principales zonas productoras de Andalucía. Se aportan los resultados más destacados para los cultivos más representativos (naranja, mandarina y limón) agrupados por provincia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/83c8c49f-c8bd-41c2-a222-4dea15ed3d5e</t>
+  </si>
+  <si>
+    <t>Guía Visual de Plagas del Aguacate y sus Enemigos Naturales</t>
+  </si>
+  <si>
+    <t>En el documento se describen de forma resumida las características de las cuatro especies-plaga más importantes del cultivo del aguacate en nuestra zona (dos ácaros tetraníquidos y dos cochinillas) y de sus principales enemigos naturales (ácaros depredadores, neurópteros y coccinélidos). Acompañando a la descripción se incluyen fotografías para una rápida identificación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f9fd31f8-132d-4192-a14b-8b8fe518aef5</t>
+  </si>
+  <si>
+    <t>App riego almendro: una herramienta para la gestión del riego en almendro</t>
+  </si>
+  <si>
+    <t>En el documento se describe y se muestran las utilidades de la App Riego Almendro, que es una herramienta de ayuda a la toma de decisiones para agricultores y técnicos en el sector del almendro de regadío. La herramienta combina un balance de agua en el suelo, un sistema automático de acceso a información meteorológica procedente de la Red de Información Agroclimática de Andalucía y un módulo de programación de riego que optimiza los recursos hídricos disponibles para evitar estreses hídricos excesivos durante los periodos críticos del cultivo.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1lc</t>
   </si>
   <si>
     <t>Aprovechamiento de Uva de Aclareo de Racimos para Elaboración de un Extracto Enriquecido en Estilbenos Bioactivos</t>
   </si>
   <si>
     <t>En el cultivo de la vid, el aprovechamiento de subproductos es un factor importante para una producción sostenible. Uno de estos subproductos es la uva procedende del aclareo de racimos en uva tinta, que normalmente se deshecha.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2513b221-50c5-4e7e-ac8f-0cd399c1d28c</t>
   </si>
   <si>
-    <t>La opinión de los agricultores sobre las cubiertas vegetales en olivar</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/83c8c49f-c8bd-41c2-a222-4dea15ed3d5e</t>
+    <t>Recomendaciones para la Elaboración de Yogur</t>
+  </si>
+  <si>
+    <t>El yogur artesano de cabra, oveja y vaca es un producto lácteo que se elabora cada día por más pequeñas y medianas empresas lácteas de Andalucía. En su elaboración se suelen incorporar productos naturales de la zona. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c86a44c4-8f15-4d11-874e-6587f9dba2c4</t>
+  </si>
+  <si>
+    <t>Estudio de Diversidad en la Horticultura Protegida: Libélulas (I)</t>
+  </si>
+  <si>
+    <t>En diciembre de 2015 se estableció una red de setos con plantas arbustivas autóctonas en el entorno de varios invernaderos del Centro IFAPA La Mojonera (Almería). Estas plantaciones constituyen medidas para mejorar la biodiversidad en el paisaje de la horticultura intensiva. Uno de los grupos de insectos que se pueden beneficiar de estas actuaciones son las libélulas, que aparecen de forma espontánea sobres estas plantas y que tienen hábitos depredadores. El presente documento incluye la metodología realizada para la observación de odonatos encontrados en los diferentes setos instalados, así como el inventariado de especies identificadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fda616b0-9b6c-4fb2-8c47-bd5ef31d7703</t>
+  </si>
+  <si>
+    <t>Efectos del sistema de manejo en olivares en pendiente sobre la diversidad de mariposas</t>
+  </si>
+  <si>
+    <t>En Andalucía, los olivares con pendientes superiores al 20 representa un 26 8 de la superficie total de olivar, comprende aquellas zonas con limitación de usos de suelo debido a la combinación de factores como la altitud y pendiente, y que son poco rentables, lo que conlleva a un elevado riesgo de abandono para este cultivo en Andalucía En este sentido, la viabilidad de este olivar pasaría necesariamente por la potenciación y puesta en valor de los servicios ecosistémicos que generan estos agroecosistemas, uno de ellos son los derivados de fomentar la biodiversidad, servicio que se puede ver afectado por el tipo de manejo agronómico que se lleve a cabo en estos olivares Un indicador usado para evaluar la biodiversidad, es la estimación de las poblaciones de mariposas diurnas denominadas “lepidópteros ropalóceros”ropalóceros”, los cuales son muy sensibles a las modificaciones de los ecosistemas.Lo olivares ecológicos y abandonados son los que presentan una mayor diversidad de mariposas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/174d1ee7-591f-4ef3-80b1-6205f1d0fcb9</t>
+  </si>
+  <si>
+    <t>Efecto de la Pasteurización en la Aceituna Aloreña</t>
+  </si>
+  <si>
+    <t>En 2009 se aprobó el reglamento de la Denominación de Origen Protegida (DOP): Aceituna Aloreña de Málaga, la primera en conseguir esta distinción en España. Su producción está localizada en el sureste de la provincia de Málaga. La aceituna de mesa Aloreña, es una aceituna curada en salmuera pudiendo estar total o parcialmente fermentada y conservada mediante la presencia de la sal, ácidos orgánicos, y especias. El proceso de elaboración no contempla el empleo de calor sobre el producto final, por lo que hay escasa información sobre el efecto de las temperaturas de pasteurización sobre las propiedades físico químicas de estas aceitunas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5a04191e-2f1a-4913-b795-51272caff323</t>
+  </si>
+  <si>
+    <t>Detección Precoz de CGMMV mediante ImmunoStrip®</t>
+  </si>
+  <si>
+    <t>El Virus del mosaico verde jaspeado del pepino, (Cucumber green mottle mosaic virus, CGMMV) es un miembro del género Tobamovirus, el cual se transmite fácilmente por contacto e infecta a muchas especies de cucurbitáceas incluyendo pepino. Su presencia en el sureste de Andalucía, se ha incrementado en los últimos cinco años debido, en parte, a la presencia en zonas donde no se había descrito con anterioridad,  de una nueva cepa del virus de origen asiático. El diagnóstico precoz es, entonces, de vital importancia para realizar una correcta estrategia de control. En este documento, evaluaremos la sensibilidad de la detección temprana de cada una de las razas de CGMMV mediante la técnica de Immunostrip.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9fdd2bc7-a957-4055-817f-0a86923e08b0</t>
   </si>
   <si>
     <t>El Virus de la Clorosis de la Lechuga en Cultivos de Judía</t>
   </si>
   <si>
     <t>El virus de la clorosis de la lechuga-Sp (LCV-SP) es una nueva cepa de LCV, que afecta a judía verde (Phaseolus vulgaris L.) y produce síntomas tales como moteado internervial y amarilleo en hojas medias y bajas, a la vez que se vuelven  más frágiles. Fue descrito por primera vez en invernaderos comerciales de las provincias de Granada y Almería, y las plantas afectadas fueron observadas en invernaderos con  Bemisia tabaci. LCV fue previamente descrito en calñifornia (USA) afectando a plantas de lechuga, sin embargo, la cepa española (LCV-SP), puede sólo afectar a plantas pertenecientes a la familia de las leguminosas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/315b8ba5-4495-4deb-857e-9819a3e362ba</t>
   </si>
   <si>
-    <t>Detección Precoz de CGMMV mediante ImmunoStrip®</t>
-[...34 lines deleted...]
-  <si>
     <t>Control biológico de plagas en cultivo de pepino de invierno: Amblyseius swirskii Athias-Henriot frente a Transeius montdorensis (Schicha).</t>
   </si>
   <si>
     <t>En cultivo de pepino, el control biológico se basa fundamentalmente en sueltas del ácaro depredador Amblyseiusswirskii para el control de la mosca blanca  y del trips de las flores. Sin embargo, su instalación puede estar limitada en los ciclos tardíos de otoño-invierno, debido a diferentes causas. Actualmente está disponible comercialmente otro ácaro depredador, Transeius montdorensis que también puede alimentarse de estas plagas.  El objetivo de este trabajo ha sido realizar un ensayo comparativo entre ambas especies de depredadores para evaluar su comportamiento en condiciones de bajas temperaturas y su eficacia en el control de plagas en un cultivo de pepino de otoño-invierno. Los resultados muestran un comportamiento muy similar tanto en el desarrollo de las poblaciones de los ácaros depredadores, como en el control que realizan sobre las plagas de mosca blanca y trips. No obstante, T. montdorensis mostró una tasa reproductiva mayor en momentos puntuales.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39e30fe6-8209-4758-b00e-1e530d585839</t>
   </si>
   <si>
-    <t>Estudio de Diversidad en la Horticultura Protegida: Libélulas (I)</t>
-[...7 lines deleted...]
-  <si>
     <t>Ensayos de Susceptibilidad de Dos Variedades de Girasol a Tres Herbicidas del Grupo Sulfonilureas</t>
   </si>
   <si>
     <t>En el año 2015, a finales de invierno y durante la primavera se observaron en Andalucía y Castilla daños graves de fitotoxicidad en girasoles. Esta publicación presenta los resultados de los ensayos de susceptibilidad realizados para resolver las dudas en cuanto a la fitotoxicidad de herbicidas en Girasol, aplicados en el cultivo anterior.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cffd69a1-6114-4c65-9c64-7185057a421b</t>
   </si>
   <si>
+    <t>Potencial de Variedades Locales para la Mejora del Trigo Duro</t>
+  </si>
+  <si>
+    <t>El trigo duro en Andalucía se cultiva fundamentalmente en ambiente mediterráneo caracterizado por  precitaciones  estacionales,  alta  probabilidad  de  sequía  al  final  del  ciclo  y  ambientes  secos durante el desarrollo del grano. Estas condiciones suponen un riesgo importante ya que tanto la sequía como el calor pueden producir reducciones importantes del rendimiento.Los modelos de predicción de cambio climático sugieren un incremento de la frecuencia de altas temperaturas durante la floración en Europa que podrían provocar una disminución en la fertilidad de  las  espigas  y  una  senescencia  acelerada  de  las  hojas,  con  el  consiguiente  efecto  sobre  el rendimiento. En este contexto, las variedades locales pueden jugar un papel importante ya que al haber sido seleccionadas en condiciones locales durante generaciones pueden presentar características de adaptación a estos ambientes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8adb8c66-bb41-479b-8e17-c969b134d18e</t>
+  </si>
+  <si>
     <t>Efecto de distintas dotaciones de riego sobre la producción y calidad en cuatro variedades de fresa en Huelva: campaña 2016/17</t>
   </si>
   <si>
     <t>El trabajo ha comparado la producción y calidad de diferentes variedades de fresa sometidas a cuatro tratamientos de riego establecidos utilizando como referencia los coeficientes de cultivo para la variedad ‘Sabrina’ (ETc Sab) durante la campaña 2016-2017. Las variedades estudiadas fueron ‘Sabrina’, ‘Fortuna’, ‘Splendor’ y ‘Primoris’. Los resultados mostraron que las variedades difieren en sus necesidades hídricas y por tanto no se ven afectadas de la misma manera por el recorte hídrico. Según estos resultados, el uso de una u otra variedad puede representar un ahorro en torno a un 25% de agua.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6b834061-75d7-441b-8bd5-eb4f4abd0519</t>
   </si>
   <si>
+    <t>Ensayo de Herbicidas de Preemergencia en Condiciones de Sequía contra Centaurea diluta en Trigo Duro</t>
+  </si>
+  <si>
+    <t>El trigo duro ocupa en Andalucía (España) entorno a 300.000 ha, ubicadas mayoritariamente en las provincias de Cádiz, Córdoba y Sevilla, que se siembran entre el 15 de noviembre y 15 de diciembre, y excepcionalmente entre el 1 de noviembre y 7 de enero. En esta región los inviernos son por lo general suaves, pero también se producen algunas heladas en los meses de diciembre-enero (rara vez en noviembre, e incluso hasta febrero o marzo) y las pluviometrías medias están aproximadamente entre 500 y 700 mm. Estas precipitaciones son irregulares, y tras la siembra pueden producirse abundantemente o por el contrario, tener lugar periodos secos de varias semanas, incluso meses. Entre las malas hierbas importantes y difíciles de controlar en estas comarcas, destaca la especie de la familia compuestas Centaurea diluta, por su gran tamaño y por la gran expansión que está teniendo en los últimos años. Esta especie presenta una emergencia muy escalonada (Figura1), desde que tienen lugar las primeras lluvias de otoño, hasta bien entrada la primavera (Royo-Esnal et al.,2017), por lo que llega a infestar tanto cultivos de invierno (p.e. cereales y habas, Figura2A), como los de primavera (p.e.girasol y garbanzos, Figura 2 By 2C), y los leñosos (p.e.olivo, almendro y vid).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/800b5b89-9742-4f73-ab38-223f0d11552c</t>
+  </si>
+  <si>
+    <t>Aplicaciones de Herbicidas de Postemergencia Temprana y Tardía contra Alpisteras (Phalaris spp.) en Trigo Duro</t>
+  </si>
+  <si>
+    <t>El trigo duro es un importante cultivo en Andalucía (España) donde se siembran en otoño unas 300.000 ha. Su ciclo coincide con el periodo de precipitaciones, que de media están entre 500 y 700 mm. En esta región los inviernos son por lo general suaves, pero también se producen algunas heladas en invierno y a veces en primavera. Entre las malas hierbas más importantes del cultivo hay varias gramíneas, destacando las alpisteras Phalaris brachystachys, Phalaris minor y Phalaris paradoxa, junto con Avena sterilis subsp. sterilis, Lolium rigidum y más recientemente se están introduciendo Bromus diandrus y Vulpia spp. Una de las más difíciles de controlar es P. paradoxa, que con frecuencia se encuentra mezclada con las otras 2 especies de alpisteras.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7730b31a-4614-4a32-9c78-52aa053786e0</t>
+  </si>
+  <si>
+    <t>El vinagre. Clases, elaboraciones y usos</t>
+  </si>
+  <si>
+    <t>El vinagre es un producto tan antiguo como el vino y que se encuentra presente en la mayoría de los hogares, sin embargo, los conocimientos sobre este son escasos y poco divulgados.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759a1d9b-d25c-4937-b59b-83ba54464d65</t>
+  </si>
+  <si>
+    <t>Aplicación de Microondas para la Mejora de la Calidad de Vinos Tintos</t>
+  </si>
+  <si>
+    <t>El uso de microondas es una tecnología emergente en la industria alimentaria. El equipo del IFAPA Rancho de la Merced ha aplicado esta tecnología al proceso de vinificación en tinto para potenciar la maceración durante la etapa de fermentación alcohólica. De esta manera se pretende informar sobre su utilidad como una alternativa para la mejora de la calidad de vinos tintos elaborados a partir de variedades de uva con dificultades en cuanto al color cuando se cultivan en clima cálido, como la Garnacha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0afe6b0f-4cf8-45b8-a2d3-5ac3be76bd4a</t>
+  </si>
+  <si>
     <t>Evaluación de variedades locales de garbanzos. Campaña 2019/2020.</t>
   </si>
   <si>
     <t>El trabajo plantea como objetivo conocer el potencial de diferentes variedades locales o ecotipos de garbanzos de origen andaluz. Las líneas han sido caracterizadas y evaluadas en diferentes ambientes potenciales de cultivo. El documento recoge los resultados de la caracterización, así como los valores medios del rendimiento de cada ecotipo para los ambientes donde han sido evaluados comparándolos con una variedad convencional testigo. Como conclusión general, apuntar el gran potencial existente en los ecotipos de garbanzos estudiados, tanto como parentales donadores de genes para los programas de mejora vegetal, como para su uso directo como variedades de conservación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b6f099b1-9153-4fc7-a9a1-f6bc1ad67c60</t>
   </si>
   <si>
-    <t>Potencial de Variedades Locales para la Mejora del Trigo Duro</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759a1d9b-d25c-4937-b59b-83ba54464d65</t>
+    <t>Recomendaciones para la Elaboración de Queso Fresco Autoescurrido</t>
+  </si>
+  <si>
+    <t>El Queso Fresco Autoescurrido, es una tipología de queso originaria del norte de España, y el cual se diferencia del queso fresco convencional, en el mayor contenido en humedad que presenta, lo cual hace que se considere uno de los productos lácteos con menor aporte energético. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa30cc9f-284a-4419-930e-9a5bef5bd1f9</t>
+  </si>
+  <si>
+    <t>Ineficiencia por efecto borde debida a la fragmentación del olivar jienense</t>
+  </si>
+  <si>
+    <t>El tamaño de la explotación agraria, la fragmentación y la dispersión afectan a su rentabilidad. A pesar de  ello,  no  existen  estudios  que  realicen  un  análisis  conjunto  de  las  citadas  variables, centrándose  la práctica totalidad de los mismos en el tamaño de la explotación. La proporción óptima de los costes fijos de las maquinarias empleadas en la gestión agrícola sólo se puede lograr cuando las granjas alcanzan un cierto tamaño mínimo. Este hecho se analiza a través del efecto borde.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e5d4750-3daa-4735-8ce4-ef71a3c09c6c</t>
+  </si>
+  <si>
+    <t>Viabilidad de la reutilización de salmueras de fermentación como aguas de proceso y lavados</t>
+  </si>
+  <si>
+    <t>El sector de la aceituna de mesa en España se ha incrementado en los últimos años, llegando a duplicar su producción en la última década alcanzando valores superiores a las 800000 toneladas. Destaca la producción andaluza de aceituna de mesa puesto que representa en torno al 80% de la producción española y dentro de ella la provincia de Sevilla donde se concentra el 58% de la producción nacional. Es un sector industrial que está en fase de modernización, dinámico y preparado para realizar todas las fases de preparación e industrialización de la aceituna de mesa. Los datos aportados anteriormente avalan en parte el dinamismo del sector, permitiéndole afrontar con mayor éxito los retos a los que debe enfrentarse, como la mejora medioambiental de la industria, la creciente competencia de otros países productores y la necesidad de seguir innovando.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bcc42289-1763-40fe-83a7-ebbc5554c9bd</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Requesón</t>
+  </si>
+  <si>
+    <t>El requesón es un producto lácteo obtenido  a partir del suero lácteo obtenido durante el proceso de elaboración del queso. Se elabora mediante el calentamiento del suero, lo que provoca la precipitación de las proteínas séricas. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c81531ee-ecf7-4c39-a22a-b77d4416ced7</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Queso por Desestabilización Ácida o Mineral</t>
+  </si>
+  <si>
+    <t>El queso Mató es un tipo de queso que se puede obtener mediante diferentes técnicas de elaboración: por desestabilización mineral (cloruro cálcico) o ácida (zumo de limón o vinagre), o bien coagulando la leche con enzimas de origen vegetal, como es la flor del cardo silvestre (Cynara cardunculus). Se obtiene mediante desuerado por escurrido, prensado leve (autoprensado) por volteos periódicos. Es un queso fresco, sin maduración, pudiendo ser consumido tras la elaboración.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b8643113-4bd1-478c-b3fb-23b617685470</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Queso Fresco de Málaga</t>
+  </si>
+  <si>
+    <t>El queso fresco de Málaga es uno de los diez quesos tradicionales de leche de cabra de Andalucía recogidos en el catálogo de quesos españoles y actualmente gran parte de las queserías artesanales de la provincia de Málaga basan su producción en este tipo de lácteo. Este documento ofrece recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7552eb17-55c3-4a5a-ad65-d0e5fe81a034</t>
   </si>
   <si>
     <t>Recomendaciones en la Elaboración de Queso de los Pedroches</t>
   </si>
   <si>
     <t>El queso de los Pedroches es uno de los cinco quesos tradicionales de leche de oveja de Andalucía recogidos en el catálogo de quesos españoles. Se elabora con leche cruda de oveja merina y su coagulación es debida a la adición de la hierba cuajo, coagulante de origen vegetal, proveniente de las flores desecadas del cardo Cynara Cardunculus. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e385964-a440-41be-aae5-4158bef17f50</t>
   </si>
   <si>
     <t>Recomendaciones en la Elaboracion de Queso de Oveja de Pasta Blanda</t>
   </si>
   <si>
     <t>El queso de oveja de pasta blanda tradicionalmente se considera como un queso madurado de leche cruda de coagulación enzimática, coagulado con coagulante de origen vegetal, proveniente de las flores desecadas del cardo Cynara Cardunculus, con una maduración mínima de 60 días. Este tipo de queso inicialmente era denominado por los pastores como “avería” pues era un queso con corteza fina e interior cremoso, distinto al tradicional. Hoy esta avería son las “tortas” con un reconocido prestigio a nivel nacional e internacional por la exclusividad y calidad. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f0db88e0-9080-4cc1-b964-14066a2575e3</t>
   </si>
   <si>
-    <t>Recomendaciones para la Elaboración de Queso Fresco Autoescurrido</t>
-[...52 lines deleted...]
-  <si>
     <t>Denominación de Origen Protegida como Sistema de Calidad Certificada en la Industria del Aceite de Oliva Andaluz: Factores de Adopción y Prácticas de Gestión</t>
   </si>
   <si>
     <t>El presente trabajo tiene como objetivo el analizar los factores que han condicionado la adopción de la DOP en el sector industrial olivarero de Andalucía, así como la influencia de esta adopción en las prácticas industriales y comerciales implementadas en la industria, con el fin último de ayudar al diseño de políticas públicas que refuercen la difusión de la DOP en el sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/607e3013-a7a1-4a10-81dc-7a0d746fe198</t>
   </si>
   <si>
+    <t>Estudio económico comparativo del manejo de suelo de olivar con ayuda agroambiental y sin ayuda</t>
+  </si>
+  <si>
+    <t>El Programa de Desarrollo Rural de Andalucía 2014-2020 ha incluido la Medida 10 “Agroambiente y Clima” y una serie de submedidas; concretamente la Submedida 10.1. Pagos por compromisos agroambientales y climáticos define operaciones que persiguen el mantenimiento de actividades beneficiosas para el medio ambiente frente al riesgo de abandono, la introducción de sistemas productivos que permiten un uso más sostenible de los recursos naturales y el desarrollo sostenible de los recursos genéticos en la agricultura. Por la Orden de 26 de mayo de 2015 publicada en el BOJA núm. 102 se aprueban las bases reguladoras para la concesión de subvenciones a la Medida 10 “Agroambiente y Clima” en la Comunidad Autónoma de Andalucía; en su Anexo I denominado “Condiciones de admisibilidad que deberán cumplirse durante todo el periodo de compromisos y compromisos de las distintas operaciones de la Medida 10: Agroambiente y Clima”, establece como compromiso para las operaciones 10.1.4. “Sistemas sostenibles de cultivos herbáce</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db97df28-4975-45ac-a7fa-42652a1d39f6</t>
+  </si>
+  <si>
+    <t>Empresa Agraria. Módulo I.</t>
+  </si>
+  <si>
+    <t>El Programa Formativo consta de cuatro módulos genéricos, comunes a todas las orientaciones productivas y los cuatro módulos restantes, son específicos de cada orientación productiva y se centran en los aspectos técnicos específicos correspondientes a las producciones agrarias y ganaderas. En el Módulo 1. Empresa Agraria se abordan aspectos generales relativos a la gestión de la explotación agraria. Entre ellos, cabe destacar la rentabilidad económica de las inversiones, las ayudas a la creación de empresas dirigidas a jóvenes agricultores que se incorporan por primera vez al sector, las ayudas de modernización de explotaciones agrarias y las explotaciones prioritarias.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e09d92b-ffdc-46fb-b42b-84bdae77e3ad</t>
+  </si>
+  <si>
+    <t>Influencia del patrón sobre el comportamiento agronómico de `Clementina de Nules´en cultivo ecológico en Málaga. Campaña 2022/2023.</t>
+  </si>
+  <si>
+    <t>El proyecto TRANSFORMA Cítricos, a través de una red de ensayos experimentales en Andalucía, busca impulsar una citricultura más sostenible y rentable, especialmente en producción ecológica. El Centro IFAPA de Málaga contribuye evaluando material vegetal y prácticas de cultivo innovadoras. Este estudio se centra en el comportamiento agronómico de la mandarina 'Clementina de Nules' sobre cinco patrones de cítricos ecológicos en Málaga durante la campaña 2022/2023, evaluando producción, maduración y calidad de la fruta para optimizar el manejo agronómico y mejorar la rentabilidad de las plantaciones ecológicas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e7348afa-5c56-4668-a96b-ee7918125c0f</t>
+  </si>
+  <si>
+    <t>Diversidad de la Calidad Físico-Química de Pepino Dulce, un Cultivo Novedoso en España</t>
+  </si>
+  <si>
+    <t>El principal objetivo de este trabajo fue estudiar la calidad físico-química de variedades de pepino dulce cultivadas en invernadero en Almería, con la finalidad de que consumidores, agricultores, técnicos y empresas agroalimentarias dispongan de dicha información con vista a diversificar y potenciar el consumo y la producción. Se ha encontrado una gran variabilidad en componentes de calidad físico-química en las seis variedades  estudiadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b48fc5e7-6e3b-4b08-8fd0-14dc0d3cd46a</t>
+  </si>
+  <si>
     <t>Desarrollo de Sinapis alba subsp. Mairei y producción de glucosinolatos con diferentes dosis de siembra y tipos de abonado</t>
   </si>
   <si>
     <t>El presente trabajo evalúa distintas dosis de siembra deSinapis alba y las estrategias de abonado adecuadas para maximizar eldesarrollo de la planta y el contenido de glucosinolatos de estaespecie, con el fin de que sea eficaz cuando se emplea como coberturavegetal para biofumigación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c3d7e278-d868-409a-9806-16b7001cc936</t>
   </si>
   <si>
-    <t>Diversidad de la Calidad Físico-Química de Pepino Dulce, un Cultivo Novedoso en España</t>
-[...34 lines deleted...]
-  <si>
     <t>Recomendaciones en la Elaboración de Queso de Pasta Azul</t>
   </si>
   <si>
     <t>El queso azul constituye una categoría general de quesos, elaborados a partir de leche de vaca, cabra, oveja, o mezcla, que se caracteriza por el desarrollo interno del moho Penicillium roqueforti el cual le confiere unas coloraciones verde - azuladas típicas. Tradicionalmente, estos quesos se maduraban en cuevas, donde se implantaba dicho moho, y en las cuales existían unas condiciones idóneas que permitían el desarrollo del mismo. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bac23b35-3909-4cb0-b9db-40efc053cd6f</t>
   </si>
   <si>
+    <t>Ensayo de herbicidas en olivar selectivos para una cubierta vegetal de Brachypodium distachyon</t>
+  </si>
+  <si>
+    <t>El presente trabajo muestra los resultados de un ensayo de campo en olivar en el que se aplicaron tres tratamientos herbicidas con el objetivo de controlar las malas hierbas en una cubierta vegetal establecida de Brachypodium distachyon.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e6331c-28bc-4cb1-97e4-c6ca6d1babf8</t>
+  </si>
+  <si>
+    <t>Ensayo de herbicidas contra especies dicotiledóneas en olivar con cubierta vegetal de Brachypodium distachyon</t>
+  </si>
+  <si>
+    <t>El presente trabajo pretende evaluar el efecto del control mediante herbicidas de especies dicotiledóneas que infestan y compiten con la cubierta vegetal de Brachypodium distachyon en un olivar.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/02c04dc0-58f1-4da1-9b53-74d3da5df84d</t>
+  </si>
+  <si>
+    <t>Evaluación de Variedades de Fresa: Resultados obtenidos en Cultivo Sin Suelo. Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>El presente trabajo se ha realizado con el objeto de generar información objetiva acerca del comportamiento agronómico de doce variedades de fresa estudiadas en condiciones de cultivo sin suelo (fibra de coco). Este documento se ofrece como una herramienta, destinada a agricultores y técnicos, para facilitar la elección varietal ante la amplia oferta actual.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c812504f-6564-4b9b-bbe0-31325bc90461</t>
+  </si>
+  <si>
+    <t>Comportamiento Agronómico de `Lane Late` sobre distintos Patrones de Cítricos en Sevilla.Campaña 2014/2015</t>
+  </si>
+  <si>
+    <t>El presente trabajo pretende evaluar la adaptación de patrones de convencionales y nuevos híbridos (semienanizantes) bajo las condiciones agroclimáticas de la provincia de Sevilla, en la campaña 2014/15, con el objetivo de determinar su comportamiento agronómico para obtener información consistente que permita optimizar el manejo agronómico de las plantaciones y con ello la rentabilidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/44cd2656-e37e-4b2f-9661-3dbcd9200da2</t>
+  </si>
+  <si>
+    <t>Control de verticillium en olivo. Uso de desinfectantes en sistemas de riego localizado</t>
+  </si>
+  <si>
+    <t>El presente trabajo muestra los resultados de varios experimentos en los que se han probado diferentes productos desinfectantes aplicados a través de la instalación de riego con el objetivo de reducir o eliminar la presencia de Verticillium dahliae en el agua de riego.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d1c41227-fdf5-48c6-ac93-70caae310d72</t>
+  </si>
+  <si>
+    <t>Corrección de clorosis férrica en olivar mediante quelatos</t>
+  </si>
+  <si>
+    <t>El presente trabajo muestra los resultados de un estudio en el que, durante 4 años, desde el 2003 al 2006, se ha evaluado la respuesta productiva de distintos tipos de olivar a la aplicación de quelatos de hierro o-o Fe EDDHA.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5aa92a17-01b1-4a8a-bf8f-4c577f0ca450</t>
+  </si>
+  <si>
     <t>Fenología floral y calidad de la flor en el olivo</t>
   </si>
   <si>
     <t>El presente trabajo muestra la variabilidad genética y ambiental para la floración y calidad de flor del olivo en Andalucía. Además de remarcar el posible efecto de la temperatura sobre estos parámetros decisivos para la producción anual.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e19b443d-088a-4c4f-bf04-850b23a8ec88</t>
   </si>
   <si>
-    <t>Ensayo de herbicidas en olivar selectivos para una cubierta vegetal de Brachypodium distachyon</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c812504f-6564-4b9b-bbe0-31325bc90461</t>
+    <t>RAEA OVINO. Indicadores Técnico-Económicos en ovino de carne con distintos sistemas de producción y manejo reproductivo. Campaña 2018.</t>
+  </si>
+  <si>
+    <t>El presente estudio expone los datos del año 2018, a traves de dos sistemas productivos, de ovino extensivo de aptitud cárnica. Con dos sistemas de manejo reproductivo del rebaño, y los datos económicos de rentabilidad en ambos casos</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0eb9154e-3e40-4fe7-8c68-beae3a07d78d</t>
+  </si>
+  <si>
+    <t>RAEA OVINO 2019. Indicadores técnico- económicos en ovino de carne con distintos sistemas de producción y manejo reproductivo</t>
+  </si>
+  <si>
+    <t>El presente estudio expone los datos del año 2019 a través de dos sistemas reproductivos de ovino extensivo de aptitud cárnica, con objeto de mostrar dos sistemas de manejo reproductivo  y los datos económicos de rentabilidad en ambos casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c5226c6f-7ccd-46b5-a5d1-71f265c2205f</t>
+  </si>
+  <si>
+    <t>Análisis y Situación del Viñedo Joven en la Provincia de Cádiz</t>
+  </si>
+  <si>
+    <t>El presente trabajo analiza la situación del viñedo joven en la provincia de Cádiz, a partir de los datos provinciales obtenidos del Registro Vitícola de Andalucía. Se realizó un análisis pormenorizado de los datos obtenidos a partir de este registro, analizando los datos de estructura del viñedo joven, distribución de la superficie, tipo de portainjerto (patrón), cultivares y viveros.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/69c6984f-e609-42f0-ab45-e6bd6ea6dfa4</t>
+  </si>
+  <si>
+    <t>Compatibilización de la presencia de fauna cinegética con otros aprovechamientos en la dehesa</t>
+  </si>
+  <si>
+    <t>El presente manual recoge una breve descripción de las principales especies de fauna silvestre objeto de aprovechamiento cinegético presentes en las formaciones adehesadas en Andalucía y describe cómo pueden llevarse a cabo algunas actuaciones que favorecen la compatibilización de los aprovechamientos agrícola, ganadero y cinegético en las explotaciones de dehesa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d0294477-7f02-484e-abde-38a8afd85310</t>
+  </si>
+  <si>
+    <t>Desestacionalización Reproductiva en ovino de carne. Indicadores técnico-económicos.</t>
+  </si>
+  <si>
+    <t>El presente estudio presenta los datos del año 2013, a traves de dos sistemas productivos, de ovino extensivo de aptitud cárnica. Con dos sistemas de manejo reproductivo del rebaño, y los datos económicos de rentabilidad en ambos casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd30967b-3d47-4a2c-923f-25b13514d39d</t>
+  </si>
+  <si>
+    <t>RAEA OVINO. Campaña 2015</t>
+  </si>
+  <si>
+    <t>El presente estudio presenta los datos del año 2015, a traves de dos sistemas productivos, de ovino extensivo de aptitud cárnica. Con dos sistemas de manejo reproductivo del rebaño, y los datos económicos de rentabilidad en ambos casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2f5e0858-f2b9-410d-886a-cd042abd8b7b</t>
+  </si>
+  <si>
+    <t>Desestacionalización Reproductiva en Ovino de Carne. Indicadores Técnico-Económicos. Campaña 2016.</t>
+  </si>
+  <si>
+    <t>El presente estudio presenta los datos del año 2016, a traves de dos sistemas productivos, de ovino extensivo de aptitud cárnica. Con dos sistemas de manejo reproductivo del rebaño, y los datos económicos de rentabilidad en ambos casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31249ff2-b555-4656-819a-c8f8b2608ba9</t>
+  </si>
+  <si>
+    <t>Desestacionalización Reproductiva en Ovino de Carne. Indicadores Técnico-Económicos. Campaña 2017</t>
+  </si>
+  <si>
+    <t>El presente estudio presenta los datos del año 2017, a traves de dos sistemas productivos, de ovino extensivo de aptitud cárnica. Con dos sistemas de manejo reproductivo del rebaño, y los datos económicos de rentabilidad en ambos casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ede4f23-931f-453a-83e9-06c2ec17b25c</t>
   </si>
   <si>
     <t>Sistemas sostenibles de cultivos leñosos. Cultivo de la Vid. Operación 10.1</t>
   </si>
   <si>
     <t>El presente documento va dirigido aquellas personas titulares de una explotación de vid beneficiarias de la ayuda referida a la medida Agroambiente y Clima, con el objetivo de informar y formar de los requisitos obligatorios a cumplir así cómo argumentar las razones por las que surge esta ayuda y el fin que se persigue conseguir, para entender el porqué de estas determinadas exigencias y compromisos que se exigen. En el ámbito nacional, el Marco Nacional de Desarrollo Rural para el periodo 2014-2020, armoniza las condiciones de aplicación y define los elementos comunes para determinadas medidas de desarrollo Rural, en programas nacionales y regionales y concierta las condiciones de aplicación de éstas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb4abf68-dee3-4734-b5bc-b5fab167f1f7</t>
   </si>
   <si>
-    <t>RAEA OVINO. Indicadores Técnico-Económicos en ovino de carne con distintos sistemas de producción y manejo reproductivo. Campaña 2018.</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/69c6984f-e609-42f0-ab45-e6bd6ea6dfa4</t>
+    <t>Sistemas sostenibles de cultivos leñosos. Cultivo del Almendro. Operación 10.1.6</t>
+  </si>
+  <si>
+    <t>El presente documento va dirigido aquellas personas titulares de una explotación de almendro beneficiarias de la ayuda referida a la medida Agroambiente y Clima, con el objetivo de informarles de los requisitos obligatorios a cumplir, así como argumentar las razones por las que surge esta ayuda y el fin que se persigue conseguir, para entender los compromisos que se exigen. En el ámbito de la Comunidad Europea, las normas generales a la ayudas al desarrollo rural y la participación de ese fondo, dirigidas a la financiación de una serie de medidas, entre las que se encuentra la de Agroambiente y Clima, objeto de desarrollo en el presente documento. Se definen en el Reglamento (UE) núm. 1305/2013 del Parlamento Europeo y del Consejo, de 17 de diciembre de 2013 relativo a la ayuda al desarrollo rural a través del Fondo Europeo Agrícola de Desarrollo Rural (FEADER). En el ámbito nacional, el Marco Nacional de Desarrollo Rural para el periodo 2014-2020, armoniza las condiciones de aplicación y define los elemento</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14163078-d512-414d-bef9-896b55a8b325</t>
+  </si>
+  <si>
+    <t>Sistemas Sostenibles de Cultivos Leñosos. Cultivo del Almendro. II Jornada de seguimiento de la Operación 10.1.6.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/96032a66-142b-488a-91fd-941bfc6bc85b</t>
+  </si>
+  <si>
+    <t>La fertilización foliar en olivar. Corrección de carencias nutricionales</t>
+  </si>
+  <si>
+    <t>El presente documento recopila la información actualizada para realizar correctamente la práctica de la fertilización foliar en olivar.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6379c212-eb77-4251-9e9a-db6665f3b4ba</t>
   </si>
   <si>
     <t>Ensayo de herbicidas contra Chrysanthemum segetum</t>
   </si>
   <si>
     <t>El presente documento recoge los resultados de un ensayo de campo en el que se han probado diferentes materias activas para el control de Chrysantemum segetum, una especie tolerante a muchos herbicidas que ocasiona problemas en cultivos herbáceos y leñosos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3930ac9d-2a12-4ad2-a910-7b224a8a9e98</t>
   </si>
   <si>
     <t>Características de la gramínea Brachypodium distachyon como cubierta vegetal</t>
   </si>
   <si>
     <t>El presente documento recoge toda la información existente y el resultado de ensayos de campo sobre el empleo de la gramínea Brachypodium distachyon como cubierta vegetal, sus principales características, su desarrollo, su adaptación al medio, plagas y enfermedades, así como su eficacia contra la erosión.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04206e91-804a-4176-b1ae-b1ac1047cc9f</t>
   </si>
   <si>
-    <t>La fertilización foliar en olivar. Corrección de carencias nutricionales</t>
-[...20 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/96032a66-142b-488a-91fd-941bfc6bc85b</t>
+    <t>Primeros ensayos de productos orgánicos contra especies arvenses en olivar ecológico</t>
+  </si>
+  <si>
+    <t>El presente documento muestra los resultados de los primeros ensayos en los que se han empleado productos orgánicos con potencial efecto fitotóxico en el control de especies arvenses en olivar ecológico. Se presentan algunas alternativas que deberán ser estudiadas y evaluadas en mayor profundidad con el objetivo de intentar buscar alguna alternativa ecológica al control de malas hierbas en este tipo de olivar.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8420be65-8399-42f6-83f0-f1040fb28e2d</t>
+  </si>
+  <si>
+    <t>Obtención de un compost de calidad a partir de restos vegetales. Experiencia del “proyecto CompostAnd”</t>
+  </si>
+  <si>
+    <t>El presente documento describe el compostaje como una solución sostenible para mejorar la salud del suelo y gestionar residuos agrícolas. Explica el proceso, desde la mezcla adecuada de materiales hasta la maduración del compost, destacando la importancia del equilibrio carbono/nitrógeno, la aireación y el control de humedad y temperatura. Basado en la experiencia del proyecto CompostAnd, ofrece recomendaciones prácticas para que los agricultores produzcan compost de calidad en sus explotaciones, promoviendo la sostenibilidad y la economía circular.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6543a30e-3045-4207-81eb-74bf7c082dc9</t>
+  </si>
+  <si>
+    <t>El Estrés Hídrico y la Formación de Aceite de Oliva</t>
+  </si>
+  <si>
+    <t>El presente documento muestra los resultados de un ensayo realizado en 2016, en el que se ha estudiado la respuesta de los olivos a distintos grados de estrés hídrico. Se ha comprobado la influencia del nivel de estrés en la formación y producción final de aceite.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/42d48eaf-fc3c-469b-977f-408c850bb4bd</t>
+  </si>
+  <si>
+    <t>Desestacionalización Reproductiva en Ovino de Carne. Indicadores Técnico-Económicos. Campaña 2014</t>
+  </si>
+  <si>
+    <t>El presente documento presenta los datos tecnicos y económicos del año 2014 de dos sistemas productivos de ovino extensivo de aptitud cárnica. Los dos sistemas de manejo reproductivo analizados son el tradicioneal de tres parideras al año y el sistema star con cinco parideras y tratamiento hormonal.reproductivo del rebaño,</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5cca9a1b-d901-4d77-a0ad-9528659ec219</t>
+  </si>
+  <si>
+    <t>Respuestas al riego que influyen en la verticilosis del olivo</t>
+  </si>
+  <si>
+    <t>El presente documento muestra los resultados de un ensayo de larga duración en el que se han evaluado diversos parámetros morfológicos y fisiológicos para determinar la influencia del riego en el desarrollo de la Verticilosis del Olivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d4d5ab11-85da-4b56-9123-18b7c96fb00c</t>
+  </si>
+  <si>
+    <t>Características de Sinapis alba subsp. Mairei como cubierta vegetal y para biofumigación</t>
+  </si>
+  <si>
+    <t>El presente documento es compendio de toda la información que existe en la actualidad sobre el empleo de Sinapis alba subsp. mairei como cubierta vegetal: descripción y características de la especie, técnicas de implantación y manejo de este tipo de cubierta, adaptación al medio ambiente, uso en biofumigación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e5c327a-0236-445e-bf36-b47de8ee7930</t>
   </si>
   <si>
     <t>Materias Primas Auxiliares en la Industria Lactea</t>
   </si>
   <si>
     <t>El presente documento constituye el material didáctico que complementa el segundo módulo (Recepción y Almacenamiento de Materias Primas Auxiliares) del Programa Formativo de “Especialista en Quesería”.En la elaboración de productos lácteos es necesaria la incorporación de materias primas auxiliares además de la leche, que permitan el desarrollo del proceso productivo. Su adición tiene como objetivos la recuperación de las características de la leche tras las operaciones básicas anteriores, la adecuación al proceso de elaboración, la conservación del producto o la modificación de sus características organolépticas. En todo caso, es necesario llevar a cabo un control exhaustivo de la calidad de las mismas puesto que deforma directa o indirecta condicionan el producto final.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89658127-f194-4fa4-8202-7513057040ae</t>
   </si>
   <si>
-    <t>Obtención de un compost de calidad a partir de restos vegetales. Experiencia del “proyecto CompostAnd”</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5cca9a1b-d901-4d77-a0ad-9528659ec219</t>
+    <t>Prevención de Riesgos Laborales e Incidencia Ambiental en la Industria Láctea</t>
+  </si>
+  <si>
+    <t>El presente documento constituye el material didáctico del tercer módulo “Prevención de Riesgos Laborales e Incidencia Ambiental en la Industria Láctea”, del Proyecto Formativo de “Especialista en Quesería”. La gestión de una empresa de transformación de lácteos, aunque sea de pequeña dimensión, ha evolucionado de manera considerable en los últimos años, transformándose en una actividad compleja, que requiere el conocimiento de muchas disciplinas entre las que se encuentra la Prevención de Riesgos Laborales y la Gestión Ambiental. En los distintos apartados se pretende, por un lado, identificar los factores y situaciones de riesgo más comunes en la industria láctea y sus consecuencias, así como conocer las normas generales de prevención de riesgos y salud laboral. Por otro lado, se deberán también analizar los factores de incidencia y los efectos ambientales de los residuos sobre el medio ambiente, derivados de las actividades industriales desarrolladas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e999b004-caef-4ffb-a921-5842172e88cd</t>
+  </si>
+  <si>
+    <t>La Leche. Composición y Características</t>
+  </si>
+  <si>
+    <t>El presente documento constituye el material didáctico que complementa el primer módulo (Recepción y Almacenamiento de la leche) del Programa Formativo de “Especialista en Quesería”. En los distintos apartados se pretende identificar y reconocer los constituyentes principales de la leche, sus características físico-químicas, la influencia cualitativa y cuantitativa de los diferentes componentes en el proceso de  elaboración y en la calidad de los distintos productos lácteos y las principales alteraciones sufridas por la leche previa a su transformación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/436502c6-f47c-42ab-a053-f3ab26dee712</t>
+  </si>
+  <si>
+    <t>Instalaciones y Maquinaria en la Industria Láctea</t>
+  </si>
+  <si>
+    <t>El presente documento constituye el material didáctico del módulo “Instalaciones y Maquinaria en la Industria Láctea” del Proyecto Formativo de “Especialista en Quesería”. En los diferentes apartados se pretende explicar los distintos conceptos relativos al diseño de la industria láctea, así como los equipos e instalaciones que constituyen la tecnología quesera en cada una de las etapas que darán lugar a la producción de queso, producto gastronómico tradicional. El diseño e implantación de una industria láctea requiere tener en cuenta ciertos factores que van a condicionar la proyección de la misma. Antes de realizar cualquier inversión, es necesario conocer el marco normativo, donde se establecerán una serie de requisitos que van a afectar a la construcción y distribución de la planta, con el objetivo de evitar demoras en el inicio de la actividad y pérdidas económicas. Además, se debe optimizar el diseño en planta para la funcionalidad de la industria alimentaria.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb5b94e6-fdd1-4c06-8585-1ca55e4117d5</t>
+  </si>
+  <si>
+    <t>Producción Integrada de Oleaginosas y Leguminosas Grano</t>
+  </si>
+  <si>
+    <t>El presente documento catalogado como material didáctico es el manual de consulta que se utilizará en los cursos de Producción Integrada en oleaginosas y leguminosas grano. En dicho documento, estructurado en cinco unidades didácticas, se abordan los conocimientos mínimos necesarios para alcanzar la habilitación en Técnico de Producción Integrada de Oleaginosas y  Leguminosas Grano. UD 1: Producción Integrada. Concepto, origen, carácter, desarrollo normativo y situación actual; UD 2: Reglamento específico de Producción Integrada de oleaginosas y leguminosas grano; UD 3: Aspectos propios de los cultivos. UD 4: Oleaginosas.  Generalidades y especies amparadas por el Reglamento; UD 5: Leguminosas Grano. Generalidades y especies amparadas por el Reglamento</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bf41e68-6680-4d31-8d4a-ca369f840790</t>
+  </si>
+  <si>
+    <t>Las técnicas de manejo del suelo en el olivar y su función ambiental: la opinión de expertos</t>
+  </si>
+  <si>
+    <t>El olivar lleva a cabo una función ambiental que puede verse alterada por las técnicas de cultivo que se practiquen. Dentro de éstas, el tipo de manejo que se realice para el control de la vegetación arvense puede variar de manera significativa el desarrollo de esta función y, por lo tanto, la provisión de bienes públicos ambientales. Mediante la técnica multicriterio del Proceso Analítico Jerárquico (AHP) un grupo de expertos realiza una ordenación de las técnicas de manejo del suelo más frecuentes en la actualidad, con el objetivo de valorar cuál de ellas supone una mejor provisión de dichos bienes públicos. Los resultados obtenidos evidencian los efectos positivos que sobre el medio ambiente tiene el mantenimiento de cubiertas en general, y su control mediante desbrozado en particular.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4eae455b-eb37-4160-a015-04195830e332</t>
   </si>
   <si>
     <t>Caracterización del olivar de montaña andaluz para la conversión a la olivicultura ecológica</t>
   </si>
   <si>
     <t>El olivar andaluz está experimentando una situación de grave crisis que pone en riesgo la continuidad del cultivo, especialmente en las zonas marginales de producción. El abandono del cultivo de olivar causaría una multitud de efectos negativos no sólo desde el punto de vista económico, sino también desde el punto de vista social, ambiental y cultural. En este trabajo se propone la difusión de la agricultura ecológica en los olivares andaluces de montaña, a través de los contratos territoriales de zona rural, como herramienta para incrementar la rentabilidad de las explotaciones de forma compatible con la conservación del medioambiente. Para ello, se caracteriza el olivar de montaña andaluz desde el punto productivo, social y ambiental para determinar las áreas donde la implantación del olivar ecológico arrojaría mayores beneficios a la sociedad y donde, por ende, se debería priorizar el soporte de ayudas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6686e2e4-1e7e-4dc2-882a-38cb302f3abf</t>
   </si>
   <si>
-    <t>Las técnicas de manejo del suelo en el olivar y su función ambiental: la opinión de expertos</t>
-[...7 lines deleted...]
-  <si>
     <t>Comparación de Tres Estrategias de Abonado Nitrogenado en el Cultivo del Algodón</t>
   </si>
   <si>
     <t>El plan de restricciones de la fertilización de nitrógeno para la admisibilidad en relación con la ayuda agroambiental del cultivo del algodón propone una dosis máxima de Nitrógeno. En este documento se evalúa los resultados de un estudio experimental sobre el abonado de nitrógeno en el cultivo de algodón con los objetivos siguientes: - Comparar las estrategias de abonado convencional con las nuevas tecnologías de abonos de liberación lenta y adecuar el manejo para evitar pérdidas de nitrógeno a través de la lixiviación. - Adecuar el momento de aplicación para mejorar el aprovechamiento del nitrógeno por el cultivo del algodón. Los resultados ponen de manifiesto la eficiencia de las tecnologías de abonos de liberación lenta de nitrógeno para distintas circunstancias ensayadas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6771b0da-67e7-4bb7-80b8-7573a8182de9</t>
   </si>
   <si>
-    <t>Producción Integrada de Oleaginosas y Leguminosas Grano</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/436502c6-f47c-42ab-a053-f3ab26dee712</t>
+    <t>Mantenimiento de Sistemas Tradicionales de Ganadería Extensiva de Andalucía en Rumiantes. Operación 10.1.13</t>
+  </si>
+  <si>
+    <t>El objetivo general de esta Operación es el mantenimiento del modelo de ganadería extensiva, impulsar la gestión sostenible de la ganadería y los beneficios medioambientales derivados de esta actividad agraria, así como fomentar un mayor grado de extensificación de las explotaciones ganaderas de rumiantes. Se fomenta: ? La rastrojera y los pastos naturales. ? Una menor presión de pastoreo. ? El aprovechamiento de los recursos naturales. ? La biodiversidad, al facilitar la diseminación de las semillas en el territorio. ? Un mayor grado de autosuficiencia de la alimentación de los animales.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/456c92fc-bf96-4a97-989a-d03c4790e710</t>
+  </si>
+  <si>
+    <t>El Oidio del Mango</t>
+  </si>
+  <si>
+    <t>El oidio junto con la necrosis bacteriana y la malformación floral es una de las enfermedades más dañinas y que se presenta con más frecuencia en las plantaciones de mango de Andalucía. Los síntomas que se producen son evidentes y pueden ser reconocidos fácilmente, pero de no controlarse adecuadamente pueden originar pérdidas de rendimiento y en algunos casos afectar a la calidad de las cosechas. Además, cuando se ha producido una vez, es muy probable que la enfermedad se repita cada año o, a lo largo de un mismo año, si se dan las condiciones adecuadas para su desarrollo. A través de este documento se pretende dar las pautas necesarias para reconocer la enfermedad así como una serie de recomendaciones para su control.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7ac967-ab95-4e40-8210-3cf107c01e15</t>
+  </si>
+  <si>
+    <t>Evaluación sensorial de yogur natural de cabra elaborado con tres cultivos iniciadores comerciales de S. Thermophilus y L. Bulgaricus</t>
+  </si>
+  <si>
+    <t>El objetivo principal de este trabajo es explorar las opciones de diversificación en la elaboración de productos lácteos, como es el caso del yogur, mediante la comparación de fermentos comerciales diferentes (YO-MIX 496 LYO 100 DCU y YO-MIX 885 LYO 50 DCU) al utilizado habitualmente (YO-MIX 300 LYO 50 DCU, Danisco), y la posterior valoración sensorial de los mismos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/83923c00-8401-4ef8-86bf-3ee70d3066ab</t>
+  </si>
+  <si>
+    <t>Evaluación Ambiental de un Sistema de Calefacción Pasiva bajo Invernadero</t>
+  </si>
+  <si>
+    <t>El objetivo principal de este estudio fue calcular y evaluar el impacto ambiental de un sistema de calefacción pasiva en un invernadero representativo de la zona productiva de Andalucía. Para ello, comparamos los impactos ambientales de un cultivo de pimiento bajo un invernadero provisto de dicho sistema de calefacción mediante el uso de acumuladores de calor sencillos (mangas de agua) y bajo un invernadero sin calefacción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d1fcc8c1-fe0c-42dc-9853-18aed4af58a0</t>
+  </si>
+  <si>
+    <t>Acceso a los recursos fitogenéticos conservados en el ifapa</t>
+  </si>
+  <si>
+    <t>El objetivo planteado es facilitar los diferentes procedimientos de acceso a los recursos fitogenéticos conservados ex situ en el IFAPA, tal y como se establece en el Real Decreto 429/2020, de 3 de marzo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cf3421e-4b9f-456c-a6b9-31e884690aba</t>
+  </si>
+  <si>
+    <t>Estrategias de abonado de una cubierta vegetal de Sinapis alba subsp. Mairei para biofumigación en olivar</t>
+  </si>
+  <si>
+    <t>El objetivo ha sido evaluar en un olivar joven y otro tradicional, 3 estrategias de abonado de Sinapis alba (mostaza). Las necesidades de N se estiman en 80-85 kg/ha para la formación de una buena cobertura y biomasa. El S es necesario también para la formación de glucosinolatos. En olivar adulto se produjeron síntomas de carencia en los centros de las calles, incluso en los abonados, y se manifestó un efecto borde muy acusado en la franja de cubierta, atribuible a la práctica continuada de fertilizar el suelo bajo las copas y no hacerlo en el centro de las calles. El aporte de P y K además del N, mejoró los resultados respecto al abonado exclusivamente con N. Se aportan recomendaciones de abonado nitrogenado según la fertilidad del suelo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a48b43e-6594-44dc-aa87-970b88c16505</t>
+  </si>
+  <si>
+    <t>Servicio de polinización asociado a diferentes sistemas de canalización de riego</t>
+  </si>
+  <si>
+    <t>El objetivo fue evaluar el efecto de sistemas de canalización de riego sobre la abundancia de polinizadores. La abundancia de insectos y polinización fue superior en las acequias tradicionales, decreciendo progresivamente en intermedias y entubadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f6c20f9-8530-4879-af54-38d5541f4ba9</t>
   </si>
   <si>
     <t>Sistemas Agrarias de especial interés para las poblaciones de aves esteparias y aves de los arrozales andaluces.</t>
   </si>
   <si>
     <t>El objetivo de la Operación 10.1.8 es dar un apoyo económico a que aquellas zonas de interés medioambiental Explotaciones Agrarias incluidas en las ZEPA (Red Natura 2000), se ecuentren en la lista de humedales del convenio RAMSAR o en la Reserva de la Biosfera de Doñana, acojan a una gran cantidad de especies de aves.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/73f9c87d-9053-4a23-9fcc-70c8b3ba5322</t>
   </si>
   <si>
-    <t>Servicio de polinización asociado a diferentes sistemas de canalización de riego</t>
-[...16 lines deleted...]
-  <si>
     <t>Mantenimiento de Sistemas Tradicionales de Ganadería Extensiva de Andalucía en Rumiantes. Operación 10.1.13 - Actualización 2022 -</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d93d49a4-31ad-4138-95ec-662eac901839</t>
   </si>
   <si>
-    <t>Estrategias de abonado de una cubierta vegetal de Sinapis alba subsp. Mairei para biofumigación en olivar</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7ac967-ab95-4e40-8210-3cf107c01e15</t>
+    <t>Cultivo Protegido Ecológico de 12 Cultivares Tradicionales de Tomate</t>
+  </si>
+  <si>
+    <t>El objetivo de este trabajo es evaluar el comportamiento en invernadero de 12 cultivares tradicionales de tomate, de calibre medio-alto, bajo estándares de producción ecológica. Como objetivos secundarios se realizará un estudio de la producción, de los parámetros químicos del suelo antes y después del cultivo y del ajuste del pH en fertirriego.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31cbefd4-be88-4a26-a6d5-13fba0f5db7d</t>
+  </si>
+  <si>
+    <t>Tolerancia de musgos de olivar a herbicidas</t>
+  </si>
+  <si>
+    <t>El objetivo de este trabajo ha sido conocer el efecto de  19</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e74728d2-2d60-4918-af1f-7de3a4ed2cfd</t>
+  </si>
+  <si>
+    <t>Métodos naturales de estimulación sexual en borregos, como alternativa al uso de hormonas</t>
+  </si>
+  <si>
+    <t>El objetivo de este trabajo fue evaluar los efectos de la exposición a días largos artificiales a una edad temprana, o la recría en presencia de moruecos adultos sexualmente activados, sobre la actividad sexual, desarrollo testicular y concentraciones de testosterona en primavera de borregos merinos nacidos en otoño. Cuarenta corderos nacidos en septiembre fueron asignados a los 6 meses de edad a uno de estos cuatro grupos: DL (n = 10), expuestos a 2 meses de días largos (16 h luz/día; 1 febrero-31 marzo); MAA (n = 10), alojados el 1 de abril con dos machos adultos, activados sexualmente mediante fotoperiodo artificial; MAC (n = 10), con dos machos adultos no activados, y A (n = 10), aislados de carneros adultos durante todo el experimento. En conclusión, borregos merinos nacidos en otoño, criados desde el destete en aislamiento de otros machos, presentan signos de actividad sexual en primavera más evidentes que corderos criados en presencia de machos adultos, activados o no sexualmente en primavera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/47f60896-c4f3-4a34-b4b3-1f78f0277a13</t>
+  </si>
+  <si>
+    <t>Cómo hacer Producción Integrada de lechuga al aire libre</t>
+  </si>
+  <si>
+    <t>El objetivo de este trabajo es mostrar las exigencias obligatorias y prohibidas para hacer Producción Integrada de lechuga y así facilitar el trabajo de técnicos y agricultores que quieran acogerse a esta norma. Además se indican los compromisos para hacer Producción Integrada y las ventajas que se obtienen.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d0b333d5-439f-4293-bf2e-7b24e4247bc8</t>
+  </si>
+  <si>
+    <t>Bioestimulantes en Maíz</t>
+  </si>
+  <si>
+    <t>El objetivo de este trabajo es evaluar el efecto sobre el rendimiento de grano en el cultivo de maíz de un producto bioestimulante, el Green Factor®. El documento muestra los resultados de un ensayo realizado en la campaña 2016-17. Este producto se comercializa como sustituto del nitrógeno orgánico en los cultivos. En concreto se evalúa la respuesta de este producto como sustituto del abonado de cobertera en maíz, siguiendo las técnicas de cultivo convencionales.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6742f57e-b96a-4b1f-ae9c-e75098e41770</t>
+  </si>
+  <si>
+    <t>Análisis de los factores clave de la transformación digital en el sector olivarero de Andalucía</t>
+  </si>
+  <si>
+    <t>El objetivo de este trabajo es determinar los factores condicionantes del proceso de transformación digital del sector olivarero de Andalucía en el corto y medio plazo. Estos factores se pueden clasificar en debilidades, amenazas, fortalezas y oportunidades (DAFO) y en políticos, económicos, sociales, tecnológicos, legales y ambientales (PESTLE). A partir de los factores que se revelan más importantes, se definen algunas estrategias de políticas públicas para potenciar este proceso de transformación digital.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/613c19f6-403e-45fd-8229-e12be659e3aa</t>
+  </si>
+  <si>
+    <t>Huella de Carbono en Tomate Cherry</t>
+  </si>
+  <si>
+    <t>El objetivo de este estudio fue determinar la huella de carbono de los diferentes sistemas de cultivo del tomate cherry en el área mediterránea a lo largo de su ciclo de vida. El invernadero de plástico fue el sistema con mayor huella de Carbono. El alto impacto tuvo lugar en el equipo auxiliar y se debió principalmente al uso de perlita como substrato, a la alta cantidad de materiales plásticos y al consumo de electricidad por el sistema de riego. La reducción del impacto del equipo auxiliar se debe considerar una prioridad en los sistemas de producción de tomate cherry en el área mediterránea, utilizando materiales reciclados y con vida útil más larga.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e54d531-60b8-4b84-ae4f-ade2275e80a9</t>
+  </si>
+  <si>
+    <t>Aplicación de Ultrasonidos en la Vinificación en Tinto</t>
+  </si>
+  <si>
+    <t>El objetivo de este documento es la transferencia al sector de una visión general de los distintos ensayos con ultrasonidos que se realizan en el Centro Rancho de la Merced y su aplicación en la Enología. De esta manera se pretende informar sobre su aplicación para la mejora de la vinificación en tinto en variedades tintas con inestabilidad en el color en climas cálidos, como la Tempranillo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab35ab93-9b83-474f-8eb1-3896e1315f31</t>
   </si>
   <si>
     <t>Resultados de los Ensayos de Variedades de Girasol Resistentes a Jopo (Orobanche Cumana) en Andalucía. Campaña 2021</t>
   </si>
   <si>
     <t>El objetivo de esta publicación es transmitir anualmente información sobre las características vegetativas, producción de semilla y contenido en aceite de las nuevas variedades de girasol resistentes a jopo, en diferentes ambientes, así como de su resistencia a determinadas enfermedades muy extendidas en Andalucía. De esta forma una rápida visión del documento permitirá orientar al agricultor a la hora de tomar decisiones sobre la variedad a cultivar, en función de las condiciones agroclimáticas de su explotación</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3df436b-e40a-4614-a144-700fbacfa2b5</t>
   </si>
   <si>
-    <t>Aplicación de Ultrasonidos en la Vinificación en Tinto</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e74728d2-2d60-4918-af1f-7de3a4ed2cfd</t>
+    <t>Resultados de los Ensayos de Variedades de Girasol Resistentes a Jopo (Orobanche cumana) en Andalucía. Campaña 2020</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7d62dd40-b042-4554-9d97-2567767dce8a</t>
+  </si>
+  <si>
+    <t>Ensayos de Variedades de Girasol Resistentes a Jopo en Andalucía. Campaña 2022</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f1cef8a-7a75-4623-acb5-b1214239b267</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Girasol en Andalucía. Campaña 2017</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir anualmente al sector agrario una información sobre las características vegetativas, producción de semilla y contenido en aceite de las nuevas variedades de girasol, en diferentes ambientes, así como de su resistencia a determinadas enfermedades muy extendidas en Andalucía. De esta forma una rápida visión del documento permitirá orientar al agricultor a la hora de tomar decisiones sobre la variedad a cultivar, en función de las condiciones agro climáticas de su explotación.La participación del IFAPA en los proyectos relacionados con los cultivos herbáceos extensivos aborda diversos aspectos técnicos de gran importancia para las alternativas de los cultivos de secano en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f15b8ac4-8a60-4906-bba4-4ec2e66b3d89</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Girasol en Andalucía - Campaña 2018</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir anualmente al sector agrario una información sobre las características vegetativas, producción de semilla y contenido en aceite de las nuevas variedades de girasol, en diferentes ambientes, así como de su resistencia a determinadas enfermedades muy extendidas en Andalucía. De esta forma una rápida visión del documento permitirá orientar al agricultor a la hora de tomar decisiones sobre la variedad a cultivar, en función de las condiciones agro climáticas de su explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7d0fe268-f882-4740-9ac0-3545d3f0caaf</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Girasol en Andalucía . Campaña 2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/479cde97-470b-421d-acb8-7d0ca2051d65</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Variedades de Girasol Resistentes a Jopo (Orobanche cumana) en Andalucía. Campaña 2019</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aef7ce6f-30d0-4edb-b747-ab710d0eb0cd</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Variedades de Habas en Andalucía. Campaña 2015/2016</t>
   </si>
   <si>
     <t>El objetivo de esta publicación es transmitir al sector agrario, información actualizada sobre el material vegetal de habas, ensayado en Andalucía occidental, su comportamiento agronómico y productivo, así como sus parámetros de calidad</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8e98eefe-86e6-4b49-b8e5-bbf136756810</t>
   </si>
   <si>
     <t>RAEA Resultado habas 2014-2015</t>
   </si>
   <si>
     <t>El objetivo de esta publicación es transmitir al sector agrario, información actualizada sobre el material vegetal de habas, ensayado en Andalucía occidental, su comportamiento agronómico y productivo, así como sus parámetros de calidad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/37d4d136-e654-4e4c-a587-dea7ad944cba</t>
   </si>
   <si>
-    <t>Resultados de los Ensayos de Girasol en Andalucía - Campaña 2018</t>
-[...38 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7d62dd40-b042-4554-9d97-2567767dce8a</t>
+    <t>Resultados de ensayos de variedades comerciales de arroz en Andalucía. Campaña 2014.</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir al sector agrario una información actualizada sobre las variedades de arroz en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas.. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de arroz a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/32aae31f-1d09-4d13-a96d-1b88157fe792</t>
+  </si>
+  <si>
+    <t>Resultados de ensayos de variedades comerciales de maíz en Andalucía. Campaña 2015.</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir al sector agrario una información actualizada sobre las variedades de maíz en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de maíz a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/46df5869-1af8-4551-807b-3c364477b675</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Variedades de Trigos Duros y Blandos de Alto Potencial en Andalucía. Campaña 2013/2014</t>
   </si>
   <si>
     <t>El objetivo de esta publicación es transmitir al sector agrario una información actualizada sobre la Evaluación de variedades de trigo duro y trigo blando con alto potencial genético de calidad en zonas de cultivo de máximos productivos.En esta publicación se han obtenido datos que permitirán ofrecer a técnicos y agricultores la ruta técnica para el cultivo de trigo de alto potencial, así como las variedades que mejor se han adaptado, incluyendo información sobre rendimiento, fenología , susceptibilidad a enfermedades, y calidad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7dea5ae0-21e8-48d8-bbf2-415f57a106ed</t>
   </si>
   <si>
-    <t>Resultados de ensayos de variedades comerciales de arroz en Andalucía. Campaña 2014.</t>
-[...7 lines deleted...]
-  <si>
     <t>Resultados de Ensayos de Variedades Comerciales de Arroz en Andalucía. Campaña 2015.</t>
   </si>
   <si>
     <t>El objetivo de esta publicación es transmitir al sector agrario una información actualizada sobre las variedades de arroz en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de maíz a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7d034b-9ab6-4aa1-8de7-18f92524de6d</t>
   </si>
   <si>
     <t>RAEA de variedades comerciales de maíz. Campaña 2016</t>
   </si>
   <si>
-    <t>El objetivo de esta publicación es transmitir al sector agrario una información actualizada sobre las variedades de maíz en Andalucía, su comportamiento agronómico, productivo, así como sus parámetros de calidad, en las principales zonas productoras andaluzas. De esta forma, una rápida visión del documento permitirá obtener una buena orientación a la hora de tomar decisiones oportunas y adecuadas sobre la variedad de maíz a cultivar, en función del tipo de terreno, clima y las características de la explotación agrícola.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f05c2db1-aaf0-4edc-a273-62f55092c1d3</t>
   </si>
   <si>
-    <t>Resultados de ensayos de variedades comerciales de maíz en Andalucía. Campaña 2015.</t>
-[...2 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/46df5869-1af8-4551-807b-3c364477b675</t>
+    <t>Resultados de Ensayos de Variedades de Guisantes Proteaginosos. Campaña 2015/2016</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir al sector agrario, información actualizada sobre el material vegetal de guisantes, ensayado en Andalucía occidental, su comportamiento agronómico y productivo, así como sus parámetros de calidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5e72989d-8d72-457c-969e-7d0e12a7a7b5</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Variedades de Guisantes Proteaginosos. Campaña 2014/2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bbdd5f20-f6b1-41cf-b37d-7358b3dae861</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Variedades y Lineas Avanzadas de Garbanzos en Andalucía. Campaña 2015/2016</t>
   </si>
   <si>
     <t>El objetivo de esta publicación es transmitir al sector agrario, información actualizada sobre el material vegetal de garbanzos, ensayado en Andalucía occidental, su comportamiento agronómico y productivo, así como sus parámetros de calidad.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ce1009aa-2672-4c7d-aebc-560789f8cfe8</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Variedades y Lineas Avanzadas de Garbanzos en Andalucía. Campaña 2014/2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/302633c2-6b50-42cd-8453-9b45d6d7be51</t>
   </si>
   <si>
-    <t>Resultados de Ensayos de Variedades de Guisantes Proteaginosos. Campaña 2015/2016</t>
-[...11 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bbdd5f20-f6b1-41cf-b37d-7358b3dae861</t>
+    <t>Resultados de Ensayos de Variedades de Trigo Duro y Trigo Blando de Alto Potencial en Andalucía. Campaña 2014/2015.</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir al sector agrario una información actualizada sobre la Evaluación de variedades de trigo duro y trigo blando con alto potencial genético de calidad en zonas de cultivo de máximos productivos. En esta publicación se han obtenido datos que permitirán ofrecer a técnicos y agricultores la ruta técnica para el cultivo de trigo de alto potencial, así como las variedades que mejor se han adaptado, incluyendo información sobre rendimiento, fenología, susceptibilidad a enfermedades y calidad.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f27ba9d0-4a8a-4ab9-a74f-478d1d68610b</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Variedades y Líneas Avanzadas de Leguminosas en Andalucía. Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir al sector agrario una información actualizada sobre el material vegetal de leguminosas, ensayadas en Andalucía occidental, su comportamiento agronómico y productivo. De esta forma, una rápida visión del documento permitirá orientar al agricultor sobre este material.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ed941c7b-a0b2-4c92-a566-542ef80abe0f</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Variedades de Guisantes Proteaginosos en Andalucía.- Campañas 2017/2018 y 2018/2019</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir al sector agrario una información actualizada sobre el material vegetal de guisantes proteaginosos ensayado en Andalucía occidental, su comportamiento agronómico y productivo. De esta forma, una rápida visión del documento, permitirá orientar al agricultor sobre estas variedades.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1deb91c5-4f3f-4787-a683-36b7bbef2899</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Variedades Comerciales de Maíz en Andalucía. Campaña 2017</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir a los agricultores información detallada sobre el comportamiento agronómico de las variedades de maíz existentes en el mercado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b4fbed4-a4c8-4dc1-b288-ad342083445f</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Variedades Comerciales de Maíz en Andalucía. Campaña 2018</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es transmitir a los agricultores información detallada sobre el comportamiento agronómico de las variedades de maíz existentes en el mercado. La superficie dedicada al cultivo de maíz en Andalucía ha disminuido nuevamente esta campaña 2018. La superficie cultivada de maíz ha sido de 11.436 ha, casi un 30% menos que la campaña anterior. La zona tradicional de cultivo de este cereal está situada en el Valle del Guadalquivir, donde en el presente año se han sembrado 7.193 ha, lo cual representa el 62,9% del total de Andalucía. En el Valle del Guadalquivir la provincia que más superficie se cultiva de maíz es Sevilla con 4.939 ha, el 43,2% del total del Valle.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/864eb801-1c3b-43f3-befc-ac6eb734c3db</t>
+  </si>
+  <si>
+    <t>Guías de cultivo: Serie Leguminosas. La Veza Común</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es proporcionar información útil a técnicos y agricultores, buscando contribuir a la mejora y sostenibilidad de sus explotaciones, a través de un itinerario de actuación que facilite la implantación y el manejo del cultivo de la veza común bajo diferentes sistemas de producción. Para ello, se expone de forma simple información relacionada con sus diferentes tipos de aprovechamientos, técnicas culturales, requerimientos edafoclimáticos, potencial de producción y factores limitantes</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2bb22daa-2a64-4c08-ab8e-f77529d57498</t>
+  </si>
+  <si>
+    <t>Guía del Cultivo de Guisantes Proteaginosos</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es proporcionar información útil a técnicos y agricultores, buscando contribuir a la mejora y sostenibilidad de sus explotaciones, a través de un itinerario de actuación que facilite la implantación y el manejo del cultivo de los guisantes bajo diferentes sistemas de producción. Para ello, se expone de forma simple información relacionada con sus diferentes tipos de aprovechamientos, técnicas culturales, requerimientos edafoclimáticos, potencial de producción y factores limitantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4265fd1f-07b7-402a-8e19-9af5ff530ec5</t>
+  </si>
+  <si>
+    <t>Guia de Cultivo de Habas</t>
+  </si>
+  <si>
+    <t>El objetivo de esta publicación es proporcionar información útil a técnicos y agricultores, buscando contribuir a la mejora y sostenibilidad de sus explotaciones, a través de un itinerario de actuación que facilite la implantación y el manejo del cultivo de la haba bajo diferentes sistemas de producción. Para ello, se expone de forma simple información relacionada con sus diferentes tipos de aprovechamientos, técnicas culturales, requerimientos edafoclimáticos, potencial de producción y factores limitantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9a7c3d25-ce0e-4b14-8c98-4355cb72123e</t>
   </si>
   <si>
     <t>Guia de Cultivo de Alfalfa</t>
   </si>
   <si>
     <t>El objetivo de esta publicación es proporcionar información útil a técnicos y agricultores, buscando contribuir a la mejora y sostenibilidad de sus explotaciones, a través de un itinerario de actuación que facilite la implantación y el manejo del cultivo de la alfalfa bajo diferentes sistemas de producción. Para ello, se expone de forma simple información relacionada con sus diferentes tipos de aprovechamientos, técnicas culturales, requerimientos edafoclimáticos, potencial de producción y factores limitantes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ea7315e9-cf12-411c-bc20-7f0adad66b0e</t>
   </si>
   <si>
-    <t>Guia de Cultivo de Habas</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f27ba9d0-4a8a-4ab9-a74f-478d1d68610b</t>
+    <t>Viabilidad del riego deficitario sostenido en el cultivo del mango</t>
+  </si>
+  <si>
+    <t>El mango es uno de los frutales exóticos más apreciados en todo el mundo. En Andalucía, los se cultiva con fines comerciales en las provincias de Granada y Málaga gracias al micro-clima característico de la zona. El riego deficitario es una estrategia de optimización, por la cual los cultivos se someten de forma controlada a un determinado nivel de estrés hídrico, resultado de una reducción en los aportes de agua en función de la demanda neta del cultivo. Este trabajo presenta los resultados más relevantes de un estudio sobre los efectos del riego deficitario sostenido en la producción de mango durante tres años consecutivos. De acuerdo con los resultados obtenidos en el marco del presente estudio, la estrategia de riego deficitario sostenido en base a una reducción del 50% de la demanda del cultivo puede ser adoptado como una medida sostenible para obtener ahorros de agua y maximizar la producción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c981437e-0ed5-4c35-9244-171fb4380e5a</t>
+  </si>
+  <si>
+    <t>Manual para el fomento de la biodiversidad en la dehesa</t>
+  </si>
+  <si>
+    <t>El manejo de la dehesa es complejo. Requiere de conocimientos y destrezas que sólo se adquieren con formación y experiencia. Incorporar el fomento de la biodiversidad en la dehesa debería ser un criterio en el que apoyarse en la toma de decisiones para mejorar su gestión y hacerla más sostenible. Entendiendo, evidentemente, que el concepto biodiversidad es muy amplio y que el objetivo no ha de ser tan vago como favorecer a cualquiera de las especies potenciales. Hay especies que cumplen funciones ecológicas relevantes o simplemente tienen un valor de existencia, y, adicionalmente, alimentan nuestras vivencias y forman parte de nuestros paisajes emocionales, hallándose un amplio margen para la convivencia entre numerosas especies de nuestra flora y fauna y el sistema productivo. Las razones para favorecer la biodiversidad en nuestras dehesas, en definitiva, son mucho más numerosas de lo que a veces pensamos.Como veremos a lo largo de este manual, no es difícil mejorar la biodiversidad de las dehesas. Contamos con muchas alternativas: algunas implican solamente modificar algunos aspectos de nuestras prácticas de manejo; otras suponen poner en práctica una actuación particular, pero que puede tener efectos positivos también sobre nuestro sistema productivo. En general, como veremos, todo aquello que conlleve evitar la excesiva simplificación y homogeneización de la estructura de la dehesa contribuye a mantener y, a menudo, a enriquecer su flora y fauna.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/adfadeed-6cc5-4e31-bf28-cf0bc9789eeb</t>
+  </si>
+  <si>
+    <t>El Mosquito del Trigo en Andalucía (Mayetiola destructor Say). Ciclo Biológico y Medidas de Control</t>
+  </si>
+  <si>
+    <t>El Mosquito del trigo es una plaga presente en los trigos andaluces todas las campañas, normalmente  de  una  manera  secundaria,  sin  embargo,  en  las  ultimas  campañas  su  incidencia  está  siendo  mayor. En esta publicación se analiza el ciclo biológico del insecto así como las medidas de control disponibles para su divulgación en el sector cerealista andaluz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e66ac0-e230-4a80-a27f-33f0bbfb184e</t>
+  </si>
+  <si>
+    <t>Viabilidad del Cultivo del Lúpulo en Andalucía. Producción y Calidad</t>
+  </si>
+  <si>
+    <t>El lúpulo (Humulus lúpulus L.) es un cultivo deficiente en España, ingrediente esencial de la cerveza y con aplicaciones medicinales y cosméticas. Actualmente se importa toda la producción necesaria y solo se cultivan unas 550 ha en León. Se realizaron tres pruebas para determinar su viabilidad con una sola variedad, Nugget, la más común en el norte. Dos de ellos se ubicaron en la finca experimental del centro IFAPA en Granada, uno al aire libre y otro bajo cubierta de malla (con una reducción del 40% de la radiación PAR), y un tercer ensayo en la finca del Centro Campanilla en Málaga bajo una cubierta de red con un 50% de reducción de radiación PAR. Los resultados determinan su inviabilidad en Granada al aire libre, pero tienen resultados muy prometedores bajo malla, mejorando aún más en el clima más templado de Málaga, donde la calidad medida en contenido de ácidos alfa también fue mayor. Son necesarios más ensayos con otras variedades, así como nuevas técnicas y calendarios de cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/82e0a7ea-705b-4f76-8144-12cebf19348c</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la Elaboración de Laban</t>
+  </si>
+  <si>
+    <t>El laban es un producto lácteo tradicional originario del Líbano, consumido ampliamente en muchos países de Oriente Medio. Este documento establece una serie de recomendaciones básicas en la elaboración de laban industrial, adaptando los métodos de fabricación tradicionales a la industria láctea actual.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ea16986-41e6-465f-a8f1-3a74d28cb047</t>
+  </si>
+  <si>
+    <t>Recomendaciones en la elaboración de Kéfir</t>
+  </si>
+  <si>
+    <t>El kéfir es un producto lácteo originario del este de Europa, que recientemente está cobrando gran valor por sus cualidades organolépticas distintivas y sus propiedades beneficiosas para la salud. Este documento establece una serie de recomendaciones básicas en la elaboración artesanal de dos tipos de kéfir: tradicional y moderno, y sus respectivas adaptaciones a la fabricación en industria láctea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/42454887-cc92-4dca-a269-5716e0c6cae9</t>
   </si>
   <si>
     <t>Ensayos de Cultivo de Kale (Brassica oleracea convar. acephala) en Andalucía Oriental</t>
   </si>
   <si>
     <t>El kale es una subespecie de brassica que no desarrolla cabeza (Brassica oleracea convar. acephala) con diversos cultivares de morfología diferente, considerado por su composición alimentaria (según el USDA) como un superalimento con altos contenidos en vitamina A y C y en calcio y hierro, entre otros.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/045a42d0-f30d-4615-8eaa-fb21fea96103</t>
   </si>
   <si>
-    <t>Recomendaciones en la elaboración de Kéfir</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e66ac0-e230-4a80-a27f-33f0bbfb184e</t>
+    <t>Actuaciones de los GDR en Andalucía en el sector olivarero</t>
+  </si>
+  <si>
+    <t>El IFAPA está desarrollando una línea de investigación para identificar y evaluar las demandas tecnológicas e institucionales del sector olivarero en Andalucía dentro de un proyecto denominado Transforma ‘Olivar y Aceite’. Este documento muesta los resultados de las entrevistas ‘cara a cara’, en base a un cuestionario semi-cerrado, realizadas a principios de 2013 a 18 gerentes y responsables de los GDR en las provincias olivareras más importantes de Andalucía: Jaén, Córdoba y Granada, para identificar las actuaciones realizadas en olivar por los Grupos de Desarrollo Rural (GDR). La información obtenida pretende contribuir a que los responsable de politica agraria y desarrollo rural y los gestores de PDR adopten medidas complementarias/o refuercen de apoyo al sector en sus programas de actuacion.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4d0e677-0a95-476c-bbde-49a2298763e6</t>
+  </si>
+  <si>
+    <t>Detección Molecular de Fusarium solani en Suelo y Plantas de Fresa</t>
+  </si>
+  <si>
+    <t>El hongo de suelo Fusarium solani ha sido reportado como patógeno para las plantas de fresa. El hongo infecta las raíces de la planta provocando síntomas de marchitez, enanismo y producción escasa de raíces, con la subsiguiente pérdida de producción del cultivo. En este trabajo, se ha desarrollado una técnica molecular para la detección rápida y fiable del hongo Fusarium solani mediante PCR, que permite su detección y cuantificación en muestras de suelo y muestras vegetales. Además, esta técnica ha sido aplicada para evaluar el efecto de la desinfección del suelo sobre la población del hongo, utilizando biosolarización como tratamiento alternativo al químico, en un cultivo experimental de fresa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f807dcf0-f992-419f-8b34-ebe163f1303f</t>
+  </si>
+  <si>
+    <t>Guía para la Identificación y Manejo del HLB o "Greening" de los Cítricos y sus Insectos Vectores</t>
+  </si>
+  <si>
+    <t>El HLB de los cítricos está actualmente considerada como la enfermedad más devastadora para el cultivo de estos frutales a nivel mundial, pero aún no se encuentra presente en el área mediterránea. Es una patología de origen bacteriano transmitida por dos insectos vectores, la psila asiática de los cítricos (Diaphorina citri) y la psila africana de los cítricos (Trioza erytreae). La detección de esta última en los limoneros de Galicia durante el verano de 2014 ha despertado una gran preocupación, ya que incrementa el riesgo de introducción y establecimiento del HLB en los cítricos españoles. En esta guía se recogen los aspectos más destacados para la identificación y manejo de la enfermedad y de los insectos que la transmiten.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84e84cbf-7acb-4697-a43c-5733b8192187</t>
+  </si>
+  <si>
+    <t>El Gusano Cabezudo en Almendro</t>
+  </si>
+  <si>
+    <t>El gusano cabezudo (Capnodis tenebrionis L) se ha convertido en la principal plaga que afecta al cultivo del  almendro, hasta tal punto que puede llegar a matar a la planta y provocar el arranque de las plantaciones. Diferentes factores como la sequía de los últimos años, la prohibición de utilizar materias activas que eran eficaces para controlar la población de adultos y el abandono de plantaciones han provocado que la población del insecto aumente considerablemente.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d8e14eef-46c6-4ef3-a708-de456ead2c7d</t>
   </si>
   <si>
     <t>Biodegradación de fitosanitarios mediante bacterias procedentes de un lecho biológico</t>
   </si>
   <si>
     <t>El gran crecimiento de la población mundial conlleva una alta demanda de alimentos. Esto implica el desarrollo de nuevas técnicas y compuestos para su uso en agricultura que generan numerosos problemas ambientales. Entre ellos, destaca el uso de fitosanitarios y pesticidas para el control de plagas.  Tanto su aplicación como su preparación son fuentes de contaminación del medio ambiente. El desarrollo de sistemas capaces de disminuir esta contaminación es fundamental para su conservación. En este trabajo se han aislado tres poblaciones bacterianas capaces de degradar un herbicida, un fungicida y un insecticida. Posteriormente, se ha comprobado su eficacia en ensayos in vivo sobre plántulas de col, sobre un hongo (Monilinia fructícola) y sobre una larva de insecto (Crisopea carnea), respectivamente; con la finalidad de hacer más eficiente un sistema de biodegradación de efluentes basado en un lecho biológico (Phytobac).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/af308a3f-e277-4c69-b17d-3bdb005defc1</t>
   </si>
   <si>
-    <t>El Gusano Cabezudo en Almendro</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4d0e677-0a95-476c-bbde-49a2298763e6</t>
+    <t>Patrones de Tomate para la Protección frente a Nematodos Agalladores</t>
+  </si>
+  <si>
+    <t>El injerto en tomate se usa principalmente para: i) prolongar el periodo de cosecha y la producción en invernadero; ii) contrarrestar las pérdidas de producción causadas por patógenos del suelo y iii) incrementar el vigor de la planta sin afectar el tamaño ni la cantidad de frutos. En el presente documento se resumen las ventajas y limitaciones del injerto de tomate en patrones resistentes a nematodos del género Meloidogyne. Se muestran los resultados de diversos ensayos en los que se comparó su eficacia en la reducción de las poblaciones de nematodos y en el incremento de la productividad del tomate, con variedades resistentes y susceptibles. Se dan recomendaciones para su uso como medida de control de las enfermedades causadas por nematodos fitoparásitos del género Meloidogyne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26504cb4-77a4-4ae5-9361-31137970b17e</t>
+  </si>
+  <si>
+    <t>Elaboración de Vinos Espumosos de la Variedad Pedro Ximénez en Combinación con Otras Variedades Aromáticas.</t>
+  </si>
+  <si>
+    <t>El interés por la elaboración de vinos espumosos por el método tradicional como un medio de diversificación es cada vez mayor en las regiones vitivinícolas andaluzas. Ya desde 2013, el IFAPA de Cabra está experimentando en la elaboración de vinos espumosos, especialmente con la variedad tradicional Pedro Ximénez, que por su relativa neutralidad ha dado excelentes resultados en elaboraciones con crianzas a partir de un año. Con la intención de obtener vinos espumosos con un perfil sensorial de menos notas a crianza y más notas frutales y florales se ha planteado este ensayo en el que se estudia la elaboración de vinos espumosos a partir de vinos base de Pedro Ximénez en ensamblaje con otras variedades más aromáticas como son Chardonnay y Moscatel de grano menudo. Los vinos obtenidos han sido valorados positivamente por parte de un amplio panel de cata, mejorando las puntuaciones en la fase olfativa, gustativa e impresión global al vino monovarietal.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d4610b-90f5-4b24-8eb0-4356a3e69284</t>
+  </si>
+  <si>
+    <t>Estudio Agronómico y Enológico de la Variedad Blanca Gordal Cultivada en la Zona del Altiplano de Granada. Resultados 2013-2018</t>
+  </si>
+  <si>
+    <t>El interés por conservar y conseguir un mejor aprovechamiento de un recurso local como la variedad de vid Gordal, ha sido la base de un proyecto de desarrollo socioeconómico que ha aglutinado a un organismo público de investigación el Instituto de Investigación y Formación Agraria y Pesquera (IFAPA), al Grupo de Desarrollo Rural (GDR) del Altiplano de Granada, así como a viticultores y bodegueros de la comarca, todos remando en la misma dirección para conseguir la recuperación, conservación y puesta en valor de esta variedad local que puede ser seña de identidad del sector vitivinícola de la comarca del Altiplano de Granada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c07d038e-f151-4eaf-bb92-5bf51e1db7d4</t>
   </si>
   <si>
     <t>Programación de riegos en Andalucía con datos meteorológicos y de satélite</t>
   </si>
   <si>
     <t>El IFAPA ha trabajado en nuevos métodos para desarrollar una correcta programación de riegos en aquellas zonas en las que no se dispone de una estación meteorológica cercana o en áreas en las que la estación existente no es representativa de la zona de estudio. En este documento se muestra un método que permite realizar una correcta estimación de cosecha y productividad del agua tanto a nivel de parcela como de cuenca, para toda la región andaluza, empleando para ello datos accesibles, fiables y gratuitos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab0d44f5-b1c8-4fb3-b0d4-11566707a47e</t>
   </si>
   <si>
-    <t>Patrones de Tomate para la Protección frente a Nematodos Agalladores</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d4610b-90f5-4b24-8eb0-4356a3e69284</t>
+    <t>Control Integrado de Cuscuta</t>
+  </si>
+  <si>
+    <t>El documento recoge información de utilidad para afrontar el control integrado de dicha planta parásita, abordando aspectos de su morfología, ciclo de vida, medidas preventivas, etc.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9f43329f-d7f4-45a9-a1b3-1d43bf2efc3f</t>
+  </si>
+  <si>
+    <t>Control Integrado de Jopo en Leguminosas Grano</t>
+  </si>
+  <si>
+    <t>El documento recoge informacion sobre las posibilidades de control del agente patógeno jopo (Orobanche creata Forsk.) en leguminosas grano bajo sistemas de cultivo de producción integrada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b417cbec-0003-4d8c-8075-905651e006d6</t>
+  </si>
+  <si>
+    <t>Guías de Cultivo. Serie Leguminosas: El Garbanzo</t>
+  </si>
+  <si>
+    <t>El garbanzo ha sido un cultivo tradicional de toda la Cuenca Mediterránea, integrándose en las alternativas agrarias de secano con el cereal. Su rusticidad, el efecto mejorante que tiene sobre el suelo y el aprovechamiento que el hombre ha hecho de su grano para su alimentación, han sido las principales razones de ello.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f1ea0de-ebcf-404a-aa1c-6fd94f1b91d0</t>
+  </si>
+  <si>
+    <t>La concentración parcelaria: determinación de las áreas idóneas para su aplicación en el cultivo del olivar en jaén</t>
+  </si>
+  <si>
+    <t>El fraccionamiento de la propiedad es el resultado de la aplicación de un sistema hereditario que potencia la división del patrimonio entre los herederos y al fracaso de las medidas que  están destinadas a frenar dicho proceso. Supone un hándicap en la gestión eficiente de la tierra, provocando ineficiencias económicas, sociales y medioambientales.  En este trabajo se delimitan aquellos espacios olivareros de la provincia de Jaén que son potencialmente óptimos para llevar a cabo un procedimiento de concentración parcelaria, minimizando las transacciones económicas de compensación por las diferentes calidades de las tierras aportadas, con el fin de dotar mayor agilidad y rapidez al procedimiento administrativo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f117c147-f78f-4e66-9c18-a2e0d2c15ca4</t>
+  </si>
+  <si>
+    <t>Estrategias para la Gestión Integrada de Nematodos en Horticultura Protegida</t>
+  </si>
+  <si>
+    <t>El factor clave para el cultivo hortícola protegido en invernaderos es el clima bajo la cubierta que favorece el desarrollo y precocidad del cultivo, pero que también favorece el desarrollo de plagas y enfermedades, entre ellos los nematodos fitoparásitos. La intensidad con que se realizan los cultivos y los cortos periodos de barbecho entre cultivos sucesivos impide en gran medida la mortalidad natural de la poblaciones de nematodos por ausencia de planta huésped. Por ello, La gestión integrada de las enfermedades causadas por nematodos debe ir dirigida al conjunto de la campaña agrícola, en lugar de a uno de los cultivos que la componen, ya que la(s) medida(s) que se apliquen en un cultivo probablemente afectarán al cultivo siguiente en la rotación. Se exponen los factores biológicos y epidemiológicos que influyen en las enfermedades de hortícolas causadas por nematodos y se recomiendan estrategias de gestión de estas enfermedades basadas en el conocimiento científico sobre el nematodo en los cultivos hortícolas protegidos bajo plásticos del litoral de Almería.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/35aedf68-eded-4881-9409-374485980f3e</t>
   </si>
   <si>
     <t>Horticultura y Género 2020</t>
   </si>
   <si>
     <t>El estudio "Horticultura y Género 2020" pretende ser una herramienta útil para contribuir a mejorar la calidad de vida de la mujer agricultora, detectando posibles necesidades o carencias. Se analiza la tendencia actual de los resultados obtenidos en un estudio similar realizado en 2006. Para ello, se han llevado a cabo dos objetivos bien diferenciados: (i) recopilación de las acciones positivas que las entidades públicas y privadas realizan a favor de la mujer y (ii) prospección de la situación de la mujer agricultora en el ámbito de sus explotaciones agrarias de horticultura protegida. La recopilación de los planes de acción positiva se ha realizado a través de un cuestionario dónde se recogió información sobre proyectos, cursos, jornadas, etc. La prospección de campo abarcó las comarcas de Campo de Níjar-Bajo Andarax y Campo de Dalías, sumando entre ambas el 96 % de la superficie invernada de la provincia de Almería (30729 ha) y la comarca de La Costa (Granada), que cuenta con una superficie de 2863 ha.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4c3e8a3c-ee52-4490-b877-57ef65faacd1</t>
   </si>
   <si>
-    <t>Estrategias para la Gestión Integrada de Nematodos en Horticultura Protegida</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b417cbec-0003-4d8c-8075-905651e006d6</t>
+    <t>Estudio de Diversidad en la Horticultura Protegida: Arañas y Control Biológico (II)</t>
+  </si>
+  <si>
+    <t>El establecimiento de la vegetación nativa como hábitats favorables para enemigos naturales favorece su abundancia y diversidad. Este aumento de la diversidad resulta especialmente útil en paisajes agrícolas muy simplificados, como es el de los cultivos hortícolas de invernadero. Las arañas son uno de los depredadores generalistas más abundantes y ubiquos en los agroecosistemas. Por lo tanto, pueden ser un agente biológico importante de las plagas, pero también pueden estar involucrados en la depredación intragremial. En este estudio, se analiza la abundancia de las arañas y de las dos principales plagas hortícolas, Bemisia tabaci y Frankliniella occidentalis, en una mezcla de 21 arbustos recién plantados y seleccionados para el manejo del hábitat en un sistema hortícola muy simplificado durante un año.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf8b3432-7fe4-44e4-8e53-4a41400f635c</t>
   </si>
   <si>
     <t>Diversificación de la producción quesera artesanal: Queso de cabra con vino dulce</t>
   </si>
   <si>
     <t>El ensayo que aquí se presenta es un primer paso para valorar las posibilidades de uso de los vinos dulces para su incorporación en el proceso de elaboración de quesos de cabra. Entre ellos, destaca el vino Pedro Ximénez con cinco años de envejecimiento, que muestra, desde el punto de vista del consumidor, un potencial sensorial y, por ende, comercial para ser usado como aditivo en la fabricación de quesos de cabra.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/193ad8a9-b12b-48f9-a53f-5a1228b76614</t>
   </si>
   <si>
-    <t>Estudio de Diversidad en la Horticultura Protegida: Arañas y Control Biológico (II)</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf8b3432-7fe4-44e4-8e53-4a41400f635c</t>
+    <t>Desestacionalización Reproductiva en Ovino de Carne. Indicadorres Técnico-Económicos. Campaña 2012</t>
+  </si>
+  <si>
+    <t>El documento presenta los resultados obtenidos en el año 2012 en tres explotaciones ganaderas de ovino extensivo de aptitud cárnica, acerca de los datos reproductivos con diferentes sistemas de gestión, y los datos económicos correspondientes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b040bfa-2a58-4e93-98e3-49a7a1c5eecb</t>
+  </si>
+  <si>
+    <t>Estimación de la Distribución Varietal en el Cultivo de Fresa en Huelva. Campaña 2022-2023</t>
+  </si>
+  <si>
+    <t>El documento presenta una estimación de la composición varietal del cultivo de la fresa en la provincia de Huelva en la actual campaña 2022-2023, expresada en porcentajes de plantas por variedad puestas en producción. También se muestra la participación de los principales programas de mejora genética. Este trabajo, realizado por el Grupo de Fresa del IFAPA, está basado, fundamentalmente, en la información facilitada por las empresas obtentoras o por las empresas licenciadas de los diferentes programas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c28b057d-828c-4bc9-b3c7-b17154a3b020</t>
+  </si>
+  <si>
+    <t>Estimación de la Distribución Varietal en el Cultivo de Fresa en Huelva. Campaña 2023/2024</t>
+  </si>
+  <si>
+    <t>El documento presenta una estimación de la composición varietal del cultivo de la fresa en la provincia de Huelva en la actual campaña 2023-2024, expresada en porcentajes de plantas por variedad puestas en producción. También se muestra la participación de los principales programas de mejora genética. Este trabajo, realizado por el Grupo de Fresa del IFAPA, está basado, fundamentalmente, en la información facilitada por las empresas obtentoras o por las empresas licenciadas de los diferentes programas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5379322-e391-485c-90fc-2aa970e23082</t>
+  </si>
+  <si>
+    <t>Estimacion de la Distribucion Varietal en el Cultivo de Fresa en Huelva. Campaña 2024-2025.</t>
+  </si>
+  <si>
+    <t>El documento presenta una estimación de la composición varietal del cultivo de la fresa en la provincia de Huelva en la actual campaña 2024-2025, expresada en porcentajes de plantas por variedad puestas en producción. También se muestra la participación de los principales programas de mejora genética. Este trabajo, realizado por el Grupo de Fresa del IFAPA, está basado, fundamentalmente, en la información facilitada por las empresas obtentoras o por las empresas licenciadas de los diferentes programas</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7f47f4b7-9cf3-4539-8fa1-c0cd4ecfa36a</t>
+  </si>
+  <si>
+    <t>Uso de sensores de inducción electromagnética en la agricultura</t>
+  </si>
+  <si>
+    <t>El documento proporciona una introducción a la técnica de la inducción electromagnética para medir la conductividad eléctrica aparente del suelo a distintas escalas espaciales y muestra su utilidad para distintas aplicaciones prácticas en la Agricultura.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/caf3eb03-2ef3-45ff-a7e7-624202cfc434</t>
   </si>
   <si>
     <t>El Banco de Germoplasma de Leguminosas del IFAPA</t>
   </si>
   <si>
     <t>El documento presenta el Banco de Germoplasma de Leguminosas del IFAPA, sus objetivos, funciones, naturaleza, y procedimientos por los cuales solicitar información y germoplasma.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01e2d493-8f74-4269-8709-0addd9d39274</t>
   </si>
   <si>
+    <t>Vitrinas de Ecotipos Andaluces de Garbanzo. Campaña 2021-2022.</t>
+  </si>
+  <si>
+    <t>El documento presenta los resultados de un ensayo demostrativo en el que se cultivaban diferentes ecotipos andaluces de garbanzo seleccionados por su adaptación y rendimiento en la localidad de El Carpio (Córdoba). Estas parcelas fueron el objeto de la Visita Técnica que se celebró el pasado 20 de mayo, en la cual agricultores y técnicos pudieron conocer in situ, las características de estos materiales.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/746bafbf-627b-45df-a1ef-923ec6360d08</t>
+  </si>
+  <si>
     <t>Registro y Producción de Variedades Tradicionales</t>
   </si>
   <si>
     <t>El documento presenta la figura de las variedades de conservación como herramienta para abordar el registro de variedades tradicionales y ecotipos, de tal forma que se contribuya a la diversidad de agrosistemas bajo modelos productivos más respetuosos con el medio ambiente y con mayor responsabilidad social.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0788677-ff18-46c5-9431-f88676ee9f82</t>
   </si>
   <si>
-    <t>Vitrinas de Ecotipos Andaluces de Garbanzo. Campaña 2021-2022.</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/caf3eb03-2ef3-45ff-a7e7-624202cfc434</t>
+    <t>Conservación de Recursos Fitogenéticos ex situ</t>
+  </si>
+  <si>
+    <t>El documento es una aproximación a cual ha sido la política científica española en materia de conservación de recursos fitogenéticos ex situ, y cual ha sido la estrategia que se ha adoptado recientemente desde IFAPA. Esta cuestión es de importancia, ya que IFAPA es depositario de las colecciones Activas de olivar, fresa, leguminosas, vid y espárragos de la Red de Colecciones nacional, y es necesario contar con una estrategia propia que garantice las actuaciones necesarias par salvaguardar, gestionar y fomentar el germoplama conservado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ba11781-e5aa-4093-95ac-def01de2bd40</t>
+  </si>
+  <si>
+    <t>App Gest-Cubierta: una herramienta para el seguimiento de cubiertas vegetales en cultivos leñosos</t>
+  </si>
+  <si>
+    <t>El documento describe las características, utilidades e instrucciones de uso de la App Gest-Cubierta, que es una herramienta gratuita y pionera desarrollada por el IFAPA  para el seguimiento y gestión de las cubiertas vegetales en plantaciones de cultivos leñosos en Andalucía. Esta herramienta integra información meteorológica diaria en tiempo real procedente de más de 100 estaciones meteorológicas de la Red de Información Agroclimática de Andalucía, mapas de índices de vegetación con una resolución de 10 metros procedentes de los satélites Sentinel 2 y un modelo de balance de agua a escala diaria, todo ello con una interfaz cómoda e intuitiva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b33a84bd-5f1c-4da7-ad87-ea5a28dd23ec</t>
+  </si>
+  <si>
+    <t>Cálculo del Índice de Afección en Viñedos del Marco de Jerez</t>
+  </si>
+  <si>
+    <t>El documento describe la metodología de prospección y cálculo del índice de enfermedad en viñedos del 'Marco de Jerez' con el fin de cuantificar la magnitud del problema y la evolución de los síntomas asociados a las enfermedades de la madera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fe259bf5-9618-4133-b74e-63f1bed184b8</t>
+  </si>
+  <si>
+    <t>Caracterización de la fragmentación espacial y dispersión en los olivares de la provincia de Jaén</t>
+  </si>
+  <si>
+    <t>El documento caracteriza la estructura productiva del sector olivarero de la provincia de Jaén a través de los Sistemas de Información Geográfica a través del tamaño, fragmentación y dispersión de las parcelas agrarias. Posteriormente, propone medidas de eficiencia en la gestión agraria basada en sistemas de cultivos compartidos y asistidos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5fb0117f-8b24-4928-8fbc-dddb6871395b</t>
+  </si>
+  <si>
+    <t>Estudio Agroecónomico en el Cultivo del Maíz</t>
+  </si>
+  <si>
+    <t>El desarrollo de un sistema sostenible en el cultivo de maíz precisa, además de investigaciones de naturaleza agronómica, de la realización de estudios, escasos en la actualidad, sobre la viabilidad económica del cultivo.El objetivo de este documento es facilitar información financiera detallada (costes del cultivo e ingresos) basada en la campaña 2018, en concreto:• Describir las labores y operaciones de cultivo (aperos usados, tipo y cantidad de agroquímicos aplicados, mano de obra empleada, etc.). • Estimar los costes de cultivo, correspondientes a dichas labores y operaciones.• Predecir los distintos escenarios de rentabilidad basados en los diversos horizontes de precios de mercado del maíz.• Estimar las economías externas al sector usando los resultados del estudio financiero.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/332be124-8bf0-4803-88c9-8433efdc0eeb</t>
   </si>
   <si>
     <t>Poda en Injerto de los Cítricos</t>
   </si>
   <si>
     <t>El desarrollo de nuevas técnicas de cultivo, o la renovación de conocimientos de las ya existentes, son elementos clave y estratégicos del desarrollo de la citricultura andaluza y española. Así, los conocimientos sobre técnicas de poda e injerto en el cultivo de los cítricos, son de suma importancia a la hora de favorecer la competitividad de la citricultura, asegurando al citricultor plantaciones equilibradas, con árboles homogéneos y producciones tempranas,  óptimas y regulares. Con el propósito de optimizar la ejecución de estas técnicas, el presente trabajo ha sido elaborado como instrumento de consulta y apoyo para los alumnos de las actividades formativas en cítricos impartidas por IFAPA, más en particular de los cursos de “Poda de cítricos” e “Injerto de cítricos”.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0dd49f47-1402-4dc0-8c43-a4c449469df9</t>
   </si>
   <si>
-    <t>Estudio Agroecónomico en el Cultivo del Maíz</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ba11781-e5aa-4093-95ac-def01de2bd40</t>
+    <t>Enmienda Organica en Sistemas de Cultivos Agroindustriales</t>
+  </si>
+  <si>
+    <t>El documento es una guía de la operación 10.1.5. Sistemas sostenibles de cultivos agroindustriales, del PRD de Andalucía 1014-2020. Con este documento se pretende informar de las ventajas agronómicas y ambientales de esta práctica, así como ofrecer una serie de recomendaciones técnicas a seguir para su correcta ejecución.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3bfa31af-a9ed-4739-8d73-46f2d662e66f</t>
   </si>
   <si>
     <t>Guías de Cultivo Serie leguminosas: la Esparceta</t>
   </si>
   <si>
     <t>El documento es una Guía de cultivo de la Esparceta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1971991c-2de1-4c22-83f6-9077f4a6f844</t>
   </si>
   <si>
-    <t>Enmienda Organica en Sistemas de Cultivos Agroindustriales</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3bfa31af-a9ed-4739-8d73-46f2d662e66f</t>
+    <t>Evaluación de Variedades de Arándanos en Cultivo Sin Suelo. Campaña 2021/2022.</t>
+  </si>
+  <si>
+    <t>El cultivo de arándano cobró fuerza en la provincia de Huelva a principios de este siglo cuando los productores de fresa empezaron a diversificar su producción con otros frutos rojos. Además, se está convirtiendo en un fruto de gran demanda en España y dentro de Europa y es que cada vez son más los consumidores que son conscientes de los beneficios para la salud que este tipo de producto puede ofrecer. En este trabajo se presentan resultados sobre caracteres de producción y calidad de 14 variedades de arándanos, cuatro tempranas, seis de estación y cuatro tardías, obtenidos durante un ensayo realizado en la campaña 2021/2022.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/751da974-6d88-48c8-b8b7-2f88ae5d1e3f</t>
+  </si>
+  <si>
+    <t>Cultivo Ecológico en Invernadero de 7 Cultivares de Guisante</t>
+  </si>
+  <si>
+    <t>El cultivo ecológico de guisantes bajo invernadero puede ser una alternativa interesante a los cultivos hortícolas protegidos convencionales, ya que es un cultivo minoritario en los invernaderos del sudeste de España, más aún en cultivo ecológico. El objetivo principal de este experimento fue evaluar por una parte la producción y por otra la adaptación al cultivo en invernadero bajo certificación en ecológico de siete cultivares de guisante. Los cultivares de guisante ensayados se adaptan perfectamente al cultivo en invernadero siguiendo la normativa de cultivo ecológico. En general, todos los cultivares ensayados se adaptan a nuestras condiciones climáticas de cultivo en estructuras de invernadero mediterráneo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5a657349-5e62-4b7b-a892-3503150e8ae6</t>
+  </si>
+  <si>
+    <t>Evaluación de Variedades de Fresa en Cultivo Convencional con Suelo Biosolarizado. Campaña 2019/2020</t>
+  </si>
+  <si>
+    <t>El cultivo de la fresa junto con el de otros “frutos rojos” está en continuo desarrollo y es un destacado motor económico y social en la provincia de Huelva. El Informe Técnico sobre la distribución varietal en el cultivo de la fresa en Huelva en esta campaña, realizado por este grupo, refleja el hecho de que distintas empresas siguen apostando por la I+D desarrollando programas de mejora encaminados a obtener nuevas variedades adaptadas a las temperaturas y al fotoperíodo de las zonas de producción. Sin duda, la elección varietal sigue siendo uno de los aspectos más relevantes de este cultivo. En este trabajo presentamos los resultados del estudio llevado a cabo con distintas variedades de fresa, representativas de distintos programas de mejora con alta incidencia en la provincia onubense, para determinar sus caracteres productivos, su calidad organoléptica y calidad postcosecha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0ba120c9-826d-43b5-a886-2c047397c6c8</t>
+  </si>
+  <si>
+    <t>Pérdida y Desperdicio de Frutas y Hortalizas Imperfectas</t>
+  </si>
+  <si>
+    <t>El cumplimiento de las frutas y hortalizas con las especificaciones de venta al por menor, principalmente en términos de atractivo estético de acuerdo con las normas de los consumidores, se convierte en uno de los impulsores más apremiantes de las pérdidas y Desperdicio Alimentaro, PDA. Casi un tercio de todas las frutas y hortalizas producidas en Europa se descartan cada año debido a su apariencia. Se estima que 51 millones de toneladas de frutas y verduras feas se desperdician cada año en Europa, debido principalmente a un énfasis excesivo de la apariencia estética como el estándar de calidad primario para los consumidores. En España están surgiendo algunas empresas con un modelo de negocio basado en el aprovechamiento de las pérdidas en producción (excedentes que no pueden venderse en los canales habituales y productos imperfectos desechados por la distribución).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3a691af8-03af-4fe2-8541-42bb95dd2fb7</t>
+  </si>
+  <si>
+    <t>Caracterización de Cultivares Tradicionales de Higuera en Invernadero de Malla</t>
+  </si>
+  <si>
+    <t>El cultivo del higo (Ficus carica L.) es uno de estos cultivos tradicionales del mediterráneo que están en auge, no solo por su sabor único y valor nutritivo, rico en fibra, potasio, proteínas, minerales y vitaminas, sino también, por su resiliencia y adaptación a las condiciones de diversas zonas de cultivo. El objetivo de este trabajo es la caracterización de cultivares de higuera tradicionales, pertenecientes a la colección in vivo que se encuentra en el Centro IFAPA La Mojonera, Almería. En el ensayo se han realizado varios injertos de los cultivares Pajarera, Gota de miel, Negra Rabo Largo Alpujarra, Verdal y Brevera Muleria, usando cuatro árboles patrón del cultivar San Antonio, plantados en invernadero de malla.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/898aaff4-a7b7-4678-8cb8-cf1db1852853</t>
+  </si>
+  <si>
+    <t>Identificación y Caracterización de Fuentes de Resistencia a Sequía para la Mejora Genética de Habas</t>
+  </si>
+  <si>
+    <t>El cultivo de las habas (Vicia faba L.) es una importante leguminosa con un elevado contenido proteico adaptada a diversas condiciones climáticas y con múltiples beneficios para sostenibilidad general de los sistemas de cultivos. La demanda de proteínas de origen vegetal se está expandiendo y las habas son un buen candidato para cubrir esta necesidad. Sin embargo, el cultivo es muy sensible al estrés abiótico, especialmente a la sequía, que afecta gravemente el rendimiento y el desarrollo de las habas en todo el mundo. En el presente trabajo se ha analizado una colección de habas de 100 accesiones con diversos orígenes en respuesta al estrés por sequía. Los resultados de este trabajo nos han permitido identificar dentro de la colección de habas estudiados los genotipos más tolerantes a sequía y que pueden ser empleados en programas de mejora para sequía en este cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b154a1a8-7446-46a8-8969-a1d92a5cb0f2</t>
+  </si>
+  <si>
+    <t>Incidencia de Agallas en las Yemas en Ciruelo Japonés. Respuesta Varietal y Efecto del Manejo Ecológico.</t>
+  </si>
+  <si>
+    <t>El ciruelo japonés Prunus salicina Lindl ofrece amplias posibilidades para su cultivo en manejo ecológico en el valle del Guadalquivir; sin embargo el control de las plagas y enfermedades representa uno de los desafíos más relevantes para este sistema de producción. Las agallas de las yemas, causadas por el eriófido Acalitus phloecoptes Nalepa constituye una de las plagas importantes del cultivo, que ocasiona graves daños en la morfología y fisiología de las yemas, tanto vegetativas como fructíferas. En este trabajo se muestra la incidencia de agallas de las yemas en 14 cultivares de ciruelo japonés en dos parcelas manejadas bajo el sistema ecológico y convencional, respectivamente. Los resultados del estudio confirman la marcada diferencia de susceptibilidad entre variedades del ciruelo al ataque de A. phloeocoptes. Asimismo, este trabajo revela una mayor incidencia de agallas en la parcela manejada convencionalmente y evidencia que los tratamientos químicos empleados no han sido suficientemente eficaces.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5976df0a-03b1-4d99-ba7a-4e07e43a5c33</t>
   </si>
   <si>
     <t>Bienestar Animal en Explotaciones Porcinas</t>
   </si>
   <si>
     <t>El bienestar animal como principio de manejo de la ganadería es un concepto desarrollado activamente en los últimos años. El buen trato a los animales se realiza desde muy antiguo, aunque no ha estado recogido en la normativa. En este sentido, la Unión Europea es pionera en desarrollar y garantizar la protección y el bienestar de los animales.El bienestar animal se define como un estado de completa salud mental y física, donde el animal está en perfecta armonía con el ambiente que le rodea (Hughes, 1976). Puede cuantificarse a través del estudio del comportamiento animal en su entorno y en la explotación. Para ello, es necesario conocer el comportamiento normal de los animales en su hábitat natural y compararlo con el que presentan en los sistemas de cría. La pérdida del bienestar supone una serie de problemas que van a incidir tanto en el funcionamiento de la explotación como en sus resultados económicos. Un animal adaptado al medio donde vive, es un animal que puede desarrollar un comportamiento natural, y por tanto, su nivel de producción será el adecuado y los productos que de él se obtengan, de calidad. Índice: UD 1: Aspectos sociales y legales del bienestar animal. Repercusión en la calidad de los productos; UD 2: El bienestar animal en la práctica diaria; UD 3: Anatomía, fisiología y comportamiento del ganado porcino; UD 4: Sanidad en explotaciones porcinas; UD 5: Legislación sobre bienestar animal en las explotaciones porcinas; UD 6: Estructuras y equipamientos de las explotaciones porcinas; UD 7: Tratamientos y prácticas quirúrgicas reguladas; Anexo: Legislación citada</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9e002dfa-f7fd-4f91-9551-86b11b99adb5</t>
   </si>
   <si>
-    <t>Incidencia de Agallas en las Yemas en Ciruelo Japonés. Respuesta Varietal y Efecto del Manejo Ecológico.</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3a691af8-03af-4fe2-8541-42bb95dd2fb7</t>
+    <t>Resultados de Ensayos de Variedades de Algodón en Andalucía. Campaña 2021</t>
+  </si>
+  <si>
+    <t>El algodón es el producto agrícola no alimentario sometido a mayor intercambio comercial en el ámbito mundial. Se produce y se consume de manera generalizada, siendo uno de los productos más cultivados en el mundo. Es uno de los cultivos mas relevantes de la industria agroganadera de Andalucía, donde se concentra casi el 100% de la superficie cultivada de Espan?a. Es por ello que realizamos en este proyecto, la evaluación de variedades, para asesorar a los agricultores y técnicos del sector.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/553b7a52-d179-4582-b32d-f821bdb2752a</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Variedades de Habas en Andalucía . Campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>El  objetivo  de  esta  publicación  es  transmitir  al  sector agrario  una  información  actualizada  sobre  el  material vegetal  de  habas,  ensayado  en  Andalucía  occidental, su comportamiento agronómico y productivo. De esta forma,  una  rápida  visión  del  documento  permitirá orientar al agricultor sobre  estas variedades.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b9a612a7-f52a-4312-a751-50067f318a5f</t>
   </si>
   <si>
     <t>Elaboración de Queso con Jamón</t>
   </si>
   <si>
     <t>Durante  los  últimos  años,  se  ha  producido  una  desviación  del  mercado  hacia productos  de  mayor  calidad,  los  cuales  proceden  en  muchos  casos  de  sistemas  de producción artesanal. Sin embargo, no sólo se busca la calidad, sino la variedad, y el lanzamiento  al  mercado  de  productos  novedosos,  que  llamen  la  atención  del consumidor.El presente artículo, plantea el desarrollo de un nuevo producto, una combinación de queso con jamón, y la posibilidad de producirlo a nivel artesanal. Dentro del estudio, se  comparan  las  características  sensoriales  obtenidas  mediante  la  adición  de  jamón blanco y jamón de cerdo ibérico, y el queso control (sin adición de jamón).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f78b4a2a-9c4b-486b-a5b7-70905c625c7e</t>
   </si>
   <si>
-    <t>Resultados de Ensayos de Variedades de Habas en Andalucía . Campaña 2017/2018</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b9a612a7-f52a-4312-a751-50067f318a5f</t>
+    <t>Bienestar Animal en Explotaciones de Rumiantes</t>
+  </si>
+  <si>
+    <t>El bienestar animal como principio de manejo de la ganadería es un concepto desarrollado activamente en los últimos años. El buen trato a los animales se realiza desde muy antiguo, aunque no ha estado recogido en la normativa. En este sentido, la Unión Europea es pionera en desarrollar y garantizar la protección y el bienestar de los animales. El bienestar animal se define como un estado de completa salud mental y física, donde el animal está en perfecta armonía con el ambiente que le rodea (Hughes, 1976). Puede cuantificarse a través del estudio del comportamiento animal en su entorno y en la explotación. Para ello, es necesario conocer el comportamiento normal de los animales en su hábitat natural y compararlo con el que presentan en los sistemas de cría. La pérdida del bienestar supone una serie de problemas que van a incidir tanto en el funcionamiento de la explotación como en sus resultados económicos. Un animal adaptado al medio donde vive, es un animal que puede desarrollar un comportamiento natural, y por tanto, su nivel de producción será el adecuado y los productos que de él se obtengan, de calidad. Índice: UD 1: Aspectos sociales y legales del bienestar animal. Repercusión en la calidad de los productos; UD 2: El bienestar animal en la práctica diaria; UD 3: Especificidades anatómicas , fisiológicas y de comportamiento que condicionan el bienestar de los rumiantes; UD 4: Sanidad en explotaciones de rumiantes. Controles y registros que se deben llevar en al explotación; UD 5: Legislación sobre bienestar animal en las explotaciones de rumiantes; UD 6: Estructuras y equipamientos de las explotaciones. Identificación animal; UD 7: Manejo de los animales según tipo y sistemas de explotación. Especificidades del transporte y sacrificio de rumiantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/007c8f3d-15dc-4834-a08d-b7a0fa2ce2d8</t>
+  </si>
+  <si>
+    <t>Evaluación Técnica de un Sistema Fijo de Nebulización Aire-Agua para la Aplicación de Fitosanitarios en Invernadero</t>
+  </si>
+  <si>
+    <t>El alto coste de los sistemas de nebulización y su utilización para la regulación climática sólo temporal durante el ciclo de cultivo no permite amortizar de forma óptima la inversión, por ello se han empezado a emplear como equipos de aplicación de productos fitosanitarios. El objetivo del presente trabajo es evaluar, desde un punto de vista técnico, un sistema fijo de nebulización aire-agua para la aplicación de productos fitosanitarios en invernadero.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8de3078f-36f6-4058-89e7-f9e6a729a1e9</t>
+  </si>
+  <si>
+    <t>Cultivo del Almendro Ecológico en Regadío</t>
+  </si>
+  <si>
+    <t>El almendro, Prunus dulcis (Mill.) D.A. Webb, es uno de los cultivos más importante en España, la mayoría en régimen de secano y en zonas marginales donde los insumos son muy escasos. Actualmente, el cultivo está experimentado en los últimos años una profunda transformación con plantaciones más intensivas y tecnificadas, el uso de nuevas variedades y, sobre todo, la implantación del riego que han mejorado su potencial productivo. Sin embargo, se desconocen numerosos aspectos del cultivo del almendro ecológico en regadío. La fertilización orgánica y sobre todo el control de las plagas y enfermedades mediante productos ecológicos autorizados constituyen un desafío para los agricultores. En este trabajo se compara el desarrollo fenológico, la defoliación y otros parámetros fisiológicos como el vigor y crecimiento, así como la producción de cinco cultivares de almendro en regadío en manejo ecológico y convencional en el valle del Guadalquivir.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/60ad7efc-ac91-433b-bff0-f0dc858536d5</t>
+  </si>
+  <si>
+    <t>Aplicación de las líneas base de potencial para la gestión del riego en el cultivo del almendro</t>
+  </si>
+  <si>
+    <t>El almendro ha ido introduciéndose en los últimos años progresivamente en el valle del Guadalquivir  en condiciones de regadío como alternativa a otros cultivos tradicionales con una menor rentabilidad. Por ello  existe una importante demanda de conocimientos en relación con las estrategias de riego más adecuadas para este cultivo, especialmente cuando las dotaciones hídricas están por debajo del óptimo demandado por el cultivo. Este trabajo presenta los resultados más relevantes en torno a las líneas base de potencial para la gestión del riego en tres variedades tradicionales de almendro, con una amplia representación en el valle del Guadalquivir. Estas líneas base de potencial permitieron definir el rango óptimo, así como los valores umbrales de potencial hídrico foliar para cada una de las variedades en función de la disponibilidad hídrica existente, permitiendo realizar una toma de decisiones adecuada, especialmente en situaciones de escasez de agua, minimizando las pérdidas en producción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e6dd1ccd-c563-428a-817f-bee848345e75</t>
   </si>
   <si>
     <t>Resultados de Ensayos de Variedades y Líneas Avanzadas de Garbanzos en Andalucía. Campaña 2017/2018</t>
   </si>
   <si>
     <t>El  objetivo  de  esta  publicación  es  transmitir  al sector agrario  una información actualizada  sobre el  material  vegetal  de  garbanzos  ensayado  en Andalucía  occidental,  su  comportamiento agronómico  y  productivo.  De  esta  forma,  una rápida visión del documento permitirá orientar al agricultor sobre estas variedades.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0d598781-013d-443d-be8c-3a1bbb27ff5e</t>
   </si>
   <si>
-    <t>Resultados de Ensayos de Variedades de Algodón en Andalucía. Campaña 2021</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/007c8f3d-15dc-4834-a08d-b7a0fa2ce2d8</t>
+    <t>Efecto de la Variedad y el Sistema de Cultivo sobre Caracteres Ligados a la Producción en Fresa. Campaña 2023/2024</t>
+  </si>
+  <si>
+    <t>Durante la campaña 2023/2024, se analizaron caracteres relacionados con la producción en 16 variedades de fresa de distintos programas de mejora cultivadas en cuatro sistemas de cultivo en la zona productora de Huelva: cultivo convencional, cultivo sin desinfección de suelo, cultivo sin suelo y cultivo ecológico. En este trabajo se presentan los resultados obtenidos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a4d0ec4f-b650-4f31-8971-f21312a6fcf4</t>
+  </si>
+  <si>
+    <t>Patrones de Sandía frente al Nuevo Virus del Cribado (MNSV-W-SP)</t>
+  </si>
+  <si>
+    <t>Durante la primavera de 2014, se observaron en plantas de sandía de un invernadero situado en la provincia de Almería, síntomas similares a los que induce Melon necrotic spot virus (MNSV) como son, necrosis en frutos, en hojas y tallos de la planta. La inoculación mecánica hecha en el laboratorio a partir de las plantas de sandías sintomáticas sobre melón, pepino, calabaza vinatera, calabacín, calabaza, y sandía, produjo síntomas similares a los observados en campo sólo en el caso de la sandía mientras que el resto de las cucurbitáceas inoculadas permanecieron asintomáticas. Utilizando técnicas moleculares como secuenciación de alto rendimiento, se determinó que los síntomas en sandía eran atribuidos a una nueva cepa de MNSV denominada como MNSV-W-SP y no descrita hasta el momento. Hemos confirmado que los principales portainjertos disponibles en el mercado en el cultivo de la sandía son resistentes al virus</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a52f9cb-ec34-4d2a-9bd6-ef9ac78b4462</t>
+  </si>
+  <si>
+    <t>Evaluación de variedades de arándanos. Campaña 2020/2021</t>
+  </si>
+  <si>
+    <t>Durante la campaña 2020/2021, se han caracterizado un grupo de 14 variedades seleccionadas entre las que actualmente están disponibles en el mercado. Los parámetros evaluados y presentados en este trabajo están relacionados con la producción y la calidad de las distintas variedades. La información generada se ofrece como una herramienta, destinada a agricultores, técnicos y exportadores, para facilitar la elección varietal ante la amplia oferta actual. Esta actividad está enmarcada dentro del Objetivo  2 “Caracterizar variedades de arándano cultivadas en distintos agroambientes” del Proyecto Sectorial de Transferencia TRA2019.004: “Producción sostenible en el cultivo de la fresa y otros frutos rojos”. Para cumplir este objetivo se llevaron a cabo dos ensayos, el primero  se desarrolló en cultivo fuera de suelo, en Moguer y el segundo en cultivo ecológico  en Almonte., ambas localidades en la provincia de Huelva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91f47311-fc8b-4ff0-a41a-397a6542aad5</t>
+  </si>
+  <si>
+    <t>Influencia del sistema de cultivo en la Producción de Variedades de Fresa. Campaña 2020/2021. I Parámetros Productivos</t>
+  </si>
+  <si>
+    <t>Durante la campaña 2020/2021, el IFAPA ha caracterizado la productividad de un grupo de 12 variedades seleccionadas entre las que actualmente están disponibles en el mercado. El objetivo de este trabajo es estudiar y mostrar las diferencias, en parámetros relacionados con la producción, entre las variedades ensayadas. La información generada se ofrece como una herramienta, destinada a agricultores, técnicos y exportadores, para facilitar la elección varietal ante la amplia oferta actual.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04ee09e8-29ae-4720-b8c6-24969e21a657</t>
+  </si>
+  <si>
+    <t>La siembra directa, una práctica agrícola mitigadora del cambio climático</t>
+  </si>
+  <si>
+    <t>Documento  técnico sobre la metodología para llevar a cabo la siembra directa y su influencia como práctica mitigadora del cambio climático, secuestrando carbono atmosférico y reduciendo las emisiones a la atmósfera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/06409323-1599-426d-ab50-45360a55c279</t>
+  </si>
+  <si>
+    <t>Medidas de adaptación al cambio climático para el cultivo del maíz</t>
+  </si>
+  <si>
+    <t>Documento técnico sobre medidas de adaptación del cultivo del maíz a las condiciones futuras del cambio climático, con el objetivo de hacer frente a la reducción de los recursos hídricos, evitar el impacto de los eventos extremos de temperatura y estudiar la posible adaptación del cultivo del maíz al aumento esperado de dióxido de carbono en la atmósfera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2023189a-1415-4972-b323-29bfe73f10ae</t>
+  </si>
+  <si>
+    <t>El cultivo del olivo ante el cambio climático</t>
+  </si>
+  <si>
+    <t>Documento que recoge los resultados de los estudios realizados sobre los posibles impactos del cambio climático sobre el olivar andaluz y las medidas de adaptación que se recomiendan llevar a cabo para asegurar su sostenibilidad en un futuro.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbba12f6-d2c9-4425-a7fc-5611619efbe2</t>
   </si>
   <si>
     <t>Influencia de la pendiente del terreno en la uniformidad de distribución de caudal en cintas de riego localizado</t>
   </si>
   <si>
     <t>Documento que presenta los resultados de un experimento en el que se evalua la influencia de la pendiente del terreno y de la carga y descarga de las cintas de riego localizado en la uniformidad de distribución (UD) del riego. Para ello, se ha evaluado el comportamiento de dos cintas de riego, con compensación de caudal y sin ella, instaladas con diferentes pendientes, así como la influencia en la UD al medir el pulso de riego completo o una fracción de riego</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/72583fc1-0180-4b58-8d7c-b2cd6493471e</t>
   </si>
   <si>
-    <t>El cultivo del olivo ante el cambio climático</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a52f9cb-ec34-4d2a-9bd6-ef9ac78b4462</t>
+    <t>Coeficientes de cultivo para almendros jóvenes en Andalucía occidental: recomendaciones</t>
+  </si>
+  <si>
+    <t>Documento que muestra los resultados del cálculo del coeficiente de cultivo (Kc) para el almendro en Andalucía Occidental, recomendándose la dosis de agua de riego en 3 zonas de Córdoba y Sevilla.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e83b4a6b-775d-4a4a-adf7-6803c19285ae</t>
+  </si>
+  <si>
+    <t>Percepción del Sector Olivarero y Oleícola sobre los Grupos de Desarrollo Rural</t>
+  </si>
+  <si>
+    <t>Documento que presenta la percepción del sector olivarero y oleícola sobre el trabajo desarrollado por los Grupos de Desarrollo Rural de las provincias de Jáen, Córdoba y Granada. El trabajo se ha desarrollado dentro de las actividades del Proyecto Transforma de Olivar y Aceite. Se analiza si el sector olivareros y oleícola está satisfecho con la labor de los Grupos de Desarrollo Rural en la gestión de proyectos innovadores, relacionados con el olivar, para el desarrollo endógeno de la comarcas agrarias.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dabc61b-1fe2-43f1-aa86-f893b71a814f</t>
+  </si>
+  <si>
+    <t>Estudio de los atributos intrínsecos de 11 variedades de tomates ecológicos tradicionales</t>
+  </si>
+  <si>
+    <t>Documento que muestra los resultados de opinión de los consumidores sobre  la  aceptación y preferencias hacia los atributos intrínsecos más representativos de las  variedades tradicionales de tomate ensayadas mediante la valoración de su calidad  gustativa. En las catas de degustación los encuestados evaluaron los siguientes atributos intrínsecos: firmeza, jugosidad, dulzor, acidez y persistencia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b6bd11d-3095-470d-94f3-3f44c413a1d4</t>
+  </si>
+  <si>
+    <t>Comportamiento Agronómico y Enológico de Vitis vinifera frente al Riego Moderado</t>
+  </si>
+  <si>
+    <t>Documento que muestra los resultados de los ensayos realizados entre 2011 y 2013 sobre los efectos agronómicos, fisiológicos y cualitativos derivados de un riego moderado, en Vitis vinifera cv. Syrah y cv. Cabernet sauvignon, cultivadas en un clima mediterráneo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/086a630b-fe6a-417a-a8e2-4cf8bc38625e</t>
   </si>
   <si>
     <t>Desalcoholización Parcial de Vinos Blancos mediante Ósmosis Inversa</t>
   </si>
   <si>
     <t>Documento que muestra los resultados analíticos y sensoriales de la desalcoholización parcial de vinos blancos jóvenes de la variedad Palomino fino. La elaboración de los vinos y la posterior desalcoholización de los mismos se ha realizado en la bodega experimental del Rancho de la Merced. La uva utilizada procedía de tres localidades costeras de la provincia de Cádiz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990955ef-05c8-4e05-b325-ece16f4aa7f0</t>
   </si>
   <si>
-    <t>Comportamiento Agronómico y Enológico de Vitis vinifera frente al Riego Moderado</t>
-[...16 lines deleted...]
-  <si>
     <t>Efecto de la poda mecanizada sobre el comportamiento agronómico y enológico de variedades tintas cultivadas en clima cálido</t>
   </si>
   <si>
     <t>Documento que muestra los resultados de un ensayo de tres años en el que se han comparado los efectos de la poda manual y la poda mecánica de dos variedades tintas de vid cultivadas en la sierra de Montilla, sobre su comportamiento agronómico y su potencial enológico.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1296fb92-a4b8-4a2e-a3c1-198d8a97d560</t>
   </si>
   <si>
     <t>Potencial de la Variedad Melonera para la Elaboración de Vinos Rosados</t>
   </si>
   <si>
     <t>Documento que muestra los resultados de un trabajo cuyo objetivo es optimizar el tiempo de maceración para la obtención de un vino rosado a partir de la variedad Melonera. Se detalla la elaboración de vinos rosados y los resultados obtenidos con dicha variedad en 4 campañas consecutivas (2011-2014).  </t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bd19952-5136-4d2d-9d8d-188409d917fa</t>
   </si>
   <si>
-    <t>Coeficientes de cultivo para almendros jóvenes en Andalucía occidental: recomendaciones</t>
-[...7 lines deleted...]
-  <si>
     <t>Mecanización del Viñedo: Nuevo Modelo de Viticultura más Rentable</t>
   </si>
   <si>
     <t>Documento que muestra los resultados del estudio realizado durante 4 campañas consecutivas   en un viñedo ubicado en el IFAPA centro Rancho de la Merced, cuyos objetivos principales fueron mejorar la rentabilidad del cultivo aplicando nuevas prácticas y técnicas de cultivo basadas en la mecanización y estudiar la incidencia de los nuevos modelos de viticultura en la fisiología de la planta y en la calidad de la uva y el vino.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13cad6fa-b2b9-4989-98f4-a30f6ec392be</t>
   </si>
   <si>
-    <t>Percepción del Sector Olivarero y Oleícola sobre los Grupos de Desarrollo Rural</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dabc61b-1fe2-43f1-aa86-f893b71a814f</t>
+    <t>Elaboración de vinos espumosos ecológicos a partir de las variedades Pedro Ximénez y Tempranillo</t>
+  </si>
+  <si>
+    <t>Documento que muestra los primeros resultados de un ensayo en el que se ha evaluado la posibilidad de elaborar vinos espumosos ecológicos a partir de las variedades Pedro Ximénez y Tempranillo usando el método tradicional de elaboración de espumosos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a594ce9-9a24-4b21-b390-736ef6b3bc74</t>
+  </si>
+  <si>
+    <t>Efecto de Distintos Tipos de Riego en Vitis vinifera cv. Syrah Cultivada en Clima Mediterráneo</t>
+  </si>
+  <si>
+    <t>Documento que muestra los efectos agronómicos, fisiológicos y cualitativos derivados de dos tipos de riego localizado, en Vitis vinifera cv. Syrah, cultivada en un clima mediterráneo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a01335f2-b574-4fe4-b3f1-ebdc8d25d206</t>
+  </si>
+  <si>
+    <t>Influencia de la Mecanización del Viñedo en la Calidad del Mosto y del Vino</t>
+  </si>
+  <si>
+    <t>Documento que muestra las consecuencias de la mecanización del viñedo sobre la calidad de los mostos y de los vinos. El ensayo se ha realizado íntegramente en el IFAPA Rancho de la Merced, desde el cultivo de la uva hasta la elaboración de los vinos, durante cuatro campañas consecutivas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ca8eeb90-8a27-4e93-92f4-b932c8646ac6</t>
+  </si>
+  <si>
+    <t>Sulfuroso en la Elaboración de Vinos. Alternativas</t>
+  </si>
+  <si>
+    <t>Documento que muestra la situación actual de la utilización del conservante sulfuroso en el sector enológico. Se describe la forma de actuar de este conservante, sus propiedades, y sus efectos en la calidad de los vinos y en la salud de los consumidores. Se resumen las metodologías analíticas para su determinación, la regulación internacional actual de su uso, y las alternativas propuestas para su sustitución por la comunidad científica internacional. Por último, se mencionan las principales conclusiones derivadas del proyecto llevado a cabo en el IFAPA en la búsqueda de alternativas al sulfuroso y se indica el futuro del sulfuroso y sus alternativas en las bodegas y en la investigación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fbb0bb4-261a-4c19-97d4-6e8ba8dafeb4</t>
   </si>
   <si>
     <t>Envejecimiento Acelerado de Vinagres de Vino de la Variedad Pedro Ximénez</t>
   </si>
   <si>
     <t>Documento que describe una experiencia de envejecimiento acelerado de vinagre de vino de la variedad Pedro Ximénez usando microoxigenación y chips de roble.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43ab9d37-d254-4f43-8250-3c1fa1346f8e</t>
   </si>
   <si>
-    <t>Sulfuroso en la Elaboración de Vinos. Alternativas</t>
-[...7 lines deleted...]
-  <si>
     <t>Introducción a la Vitivinicultura Ecológica en Andalucía</t>
   </si>
   <si>
     <t>Documento que muestra la situación actual de la vitivinicultura ecológica a nivel nacional y en la comunidad autónoma de Andalucía. Recoge tambén la reglamentación sobre agricultura ecológica, haciendo especial hincapié en el procedimiento de conversión y la importancia de la certificación. Por último incluye un análisis de las distintas ayudas y subvenciones aplicables.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eafed293-d927-49f5-a55d-991483765307</t>
   </si>
   <si>
-    <t>Influencia de la Mecanización del Viñedo en la Calidad del Mosto y del Vino</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a594ce9-9a24-4b21-b390-736ef6b3bc74</t>
+    <t>Estudio de Variedades Locales y Foráneas Cultivadas en la Zona del Altiplano de Granada. Resultados 2015</t>
+  </si>
+  <si>
+    <t>Documento que describe los resultados de la campaña 2015 del potencial productivo de la variedad local Gordal, analiza diferentes técnicas de vinificación y evalúa su incidencia en las características físico-químicas y sensoriales de los vinos. Además caracteriza agronómicamente y enológicamente las variedades locales y foráneas cultivadas en el Altiplano de Granada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/19f319c3-6a05-4014-85ee-f5eecb197429</t>
+  </si>
+  <si>
+    <t>Diversificación de Vinagres de Envejecimiento Estático en Andalucía</t>
+  </si>
+  <si>
+    <t>Documento que describe un ensayo de crianza estática de dos tipos de vinagre en barricas de roble americano y francés tanto nuevas como usadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ecafe6d2-1eba-4401-8be7-6515129c8791</t>
+  </si>
+  <si>
+    <t>Conservación de Vinos Espumosos Ecológicos de la Variedad Pedro Ximénez</t>
+  </si>
+  <si>
+    <t>Documento que describe un ensayo de conservación de vinos espumosos ecológicos, de la variedad Pedro Ximénez, tras el degüelle de los vinos utilizando diferentes conservantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/800d018a-4608-43b6-9bed-39a33a43a78f</t>
   </si>
   <si>
     <t>Estimación del Area Foliar mediante un Método Directo No Destructivo en Vid</t>
   </si>
   <si>
     <t>Documento que describe la puesta a punto de un método directo no destructivo para determinar el área foliar de un viñedo y que puede ser utilizado por los viticultores de la zona de Montilla-Moriles, como un método de referencia para calcular los índices de desarrollo vegetativo de sus explotaciones.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07b73a4f-29b3-425d-bad3-c3e9c0d423c7</t>
   </si>
   <si>
-    <t>Estudio de Variedades Locales y Foráneas Cultivadas en la Zona del Altiplano de Granada. Resultados 2015</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ecafe6d2-1eba-4401-8be7-6515129c8791</t>
+    <t>El Riego de Olivar en un Año con Invierno Seco. Campaña 2015</t>
+  </si>
+  <si>
+    <t>Documento que contempla unas pautas generales para abordar la programación del riego de olivar en diversos escenarios pluviométricos durante la camapña de riego de 2015. La pluviometría acontecida en el vigente año agrícola, hasta marzo de 2015, en los olivares andaluces ha sido, en términos generales, inferior a la media anual. En algunos casos, las precipitaciones han sido las de un año normal o incluso superiores, si bien, hay otras muchas situaciones en las que este invierno seco ha condicionado unos escasos niveles de agua almacenada en el suelo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dcf8732-30b5-4835-97cb-8120dd66a2e0</t>
+  </si>
+  <si>
+    <t>Efecto de la pendiente sobre la calidad del riego y la producción de un cultivo de frambuesa</t>
+  </si>
+  <si>
+    <t>Documento en en que se ofrecen los resultados de un ensayo realizado en 2017 orientado a conocer el efecto de la pendiente del terreno en la uniformidad del riego y en la produccion obtenida en un cultivo de frambuesa en una explotación comercial de la provincia de Huelva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f28ca7c-9a0c-4cef-9a9a-2fee0691bdc4</t>
+  </si>
+  <si>
+    <t>Efecto de la pendiente en la calidad de un riego localizado</t>
+  </si>
+  <si>
+    <t>Documento en el que se propone un modelo de evaluación de sistemas de riego localizado para el caso de parcelas con pendiente en cultivo comercial de fresa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4e1ce7a9-caf1-49ea-821d-5233ae618b47</t>
+  </si>
+  <si>
+    <t>Potencial de la Variedad Syrah para la Elaboración de Vinos Rosados</t>
+  </si>
+  <si>
+    <t>Documento en el que se optimiza el tiempo de maceración para la obtención de un vino rosado a partir de la variedad Syrah. Se detalla la elaboración de vinos rosados y los resultados obtenidos con dicha variedad en 4 cosechas consecutivas (2012-2015).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/de1458fe-6d3c-40f9-a4e9-aa5b72dd8777</t>
+  </si>
+  <si>
+    <t>Potencial de la Variedad Pinot Noir para la Elaboración de Vinos Rosados</t>
+  </si>
+  <si>
+    <t>Documento en el que se optimiza el tiempo de maceración para la obtención de un vino rosado a partir de la variedad Pinot Noir. Se detalla la elaboración de vinos rosados y los resultados obtenidos con dicha variedad en 4 cosechas consecutivas (2012-2015).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d111187-d977-47f1-a912-d8fd132bcdab</t>
+  </si>
+  <si>
+    <t>Potencial de la Variedad Tempranillo para la Elaboración de Vinos Rosados</t>
+  </si>
+  <si>
+    <t>Documento en el que se detalla la elaboración de vinos rosados y los resultados obtenidos con la variedad Tempranillo en 4 campañas consecutivas (2011-2014), incluyendo el tiempo de maceración.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/892acd73-30bc-4f16-aa1d-a0cf5d4bf96a</t>
+  </si>
+  <si>
+    <t>Potencial de la Variedad Merlot para la Elaboración de Vinos Rosados</t>
+  </si>
+  <si>
+    <t>Documento en el que se detalla la elaboración de vinos rosados y los resultados obtenidos con la variedad Merlot en 4 campañas consecutivas (2011-2014), incluyendo el tiempo de maceración.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/618c0086-73af-422b-a4bc-41a9669fd8d8</t>
   </si>
   <si>
     <t>Potencial de la Variedad Cabernet Sauvignon para la Elaboración de Vinos Rosados</t>
   </si>
   <si>
     <t>Documento en el que se detalla la elaboración de vinos rosados y los resultados obtenidos con la variedad Cabernet sauvignon en 4 campañas consecutivas (2011-2014), incluyendo el tiempo de maceración.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b7f010a2-1cbd-4dfc-9a7a-81196e3e682d</t>
   </si>
   <si>
-    <t>Potencial de la Variedad Merlot para la Elaboración de Vinos Rosados</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dcf8732-30b5-4835-97cb-8120dd66a2e0</t>
+    <t>Calidad en Garbanzo</t>
+  </si>
+  <si>
+    <t>Diferentes tipos y calidades de garbanzo (Cicer arietinum L.) han sido cultivados desde la antigüedad en la Cuenca Mediterránea para su aprovechamiento como legumbre seca para alimentación humana. El término calidad es subjetivo y depende de diversos parámetros. En este documento, se realiza una aproximación a la calidad en función del operador o actor interesado en la semilla. El objetivo final es identificar los caracteres más importantes que definen la calidad de manera amplia, estableciéndolos como criterios de premejora.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/65395456-5e71-4f53-a752-2cdc3b7750b8</t>
+  </si>
+  <si>
+    <t>Evaluación de Variedades de Fresa: Resultados Obtenidos en Cultivo Convencional con Suelo Desinfectado Químicamente. Campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>Dentro de la Red Andaluza de Experimentación Agraria (RAEA), durante la campaña 2017/2018, el IFAPA ha caracterizado, tanto a nivel agronómico como de calidad, un grupo de 12 variedades seleccionadas entre las que actualmente están disponibles en el mercado procedentes de distintos programas de mejoras.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6ae95124-1e60-4f63-ad14-d3d39d16ec28</t>
+  </si>
+  <si>
+    <t>Evaluación de Variedades de Fresa en Cultivo Convencional con Suelo Desinfectado Químicamente. Campaña 2018/2019</t>
+  </si>
+  <si>
+    <t>Dentro de la Red Andaluza de Experimentación Agraria (RAEA), durante la campaña 2018/2019, el IFAPA ha caracterizado, tanto a nivel agronómico como de calidad, un grupo de 12 variedades seleccionadas entre las que actualmente están disponibles en el mercado procedentes de distintos programas de mejoras.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/82a719b4-e436-4916-ab33-d1c0de87a014</t>
+  </si>
+  <si>
+    <t>Potencial de la Variedad Garnacha para la Elaboración de Vinos Rosados</t>
+  </si>
+  <si>
+    <t>Documento en el que se detalla la elaboración de vinos rosados a partir de la variedad Garnacha. Se muestran los resultados obtenidos con dicha variedad en 4 campañas consecutivas (2011-2014)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/36dac92f-6d76-4336-acbf-b2a9d8a60e33</t>
+  </si>
+  <si>
+    <t>Proceso de Infección de Rosellinia necatrix en Aguacate</t>
+  </si>
+  <si>
+    <t>Descripción del proceso de infeccion y de las medidas de control de Rosellinia necatrix, agente causante de la podredumbre blanca radicular en cultivos de aguacate.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/843a257a-c6c9-4641-b341-1941b6dbbf19</t>
+  </si>
+  <si>
+    <t>Implantación y manejo de una cubierta vegetal de crecimiento lento mediante siembra en franjas: Brachypodium distachyon</t>
+  </si>
+  <si>
+    <t>Descripción de la técnica de implantación de una cubierta vegetal de crecimiento lento en un cultivo de olivar. Las especies anuales de crecimiento lento que se emplean como cobertura vegetal plurianual se pueden implantar con mayor facilidad sembrándolas en franjas estrechas, protegidas a ambos lados por franjas de especies de crecimiento más rápido, consiguiendo así una mejor protección del suelo y menor erosión durante los primeros meses. La técnica de siembra en franjas es sencilla, resulta muy económica para el agricultor y reduce considerablemente los riesgos de perder la siembra de la especie de crecimiento lento, en el caso de que ocurran lluvias torrenciales que puedan provocar erosión y desarraigo de las plantas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c4a3e4c5-56a9-4675-9859-5ae0a1445b57</t>
+  </si>
+  <si>
+    <t>Asociacionismo y Comercialización. Módulo VI.</t>
+  </si>
+  <si>
+    <t>Dentro del Programa de Incorporación de Jóvenes a la Empresa Agraria, este manual didáctico, correspondiente al “Módulo VI: Asociacionismo y Comercialización”, trata aspectos relacionados con las formas asociativas del sector agrario, como las Sociedades Cooperativas, las Sociedades Agrarias de Transformación y otros tipos de sociedades. Se profundiza especialmente en las cooperativas, debido a su gran relevancia en Andalucía. Además, se introduce al alumnado en los procesos de comercialización y marketing de los productos de la cadena alimentaria, con el objetivo de fomentar la profesionalización y garantizar la seguridad alimentaria que exige la sociedad actual.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c08af92-cc09-4f8a-a167-912342d6ef4c</t>
+  </si>
+  <si>
+    <t>Siembras Invernales en Girasol: Aumento de Rentabilidad y Adaptación al Cambio Climático</t>
+  </si>
+  <si>
+    <t>Debido al cambio climático se espera un fuerte calentamiento en el Sur de Europa, con grandes incrementos en la temperatura media de verano (aumentando 6ºC en relación con las temperaturas de final de siglo) y disminuciones substanciales en las precipitaciones de primavera y verano. Las olas de calor, los períodos de sequía, lluvias torrenciales, tormentas eléctricas (eventos extremos) ocurrirán con mayor frecuencia (IPCC 2014). Es por ello, que cada vez más, los agricultores suelen adelantar las siembras unos 45 días (Enero en lugar de marzo), para incrementar el rendimiento y rentabilidad</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2feb123e-515d-477f-af74-358c9d57dad4</t>
   </si>
   <si>
     <t>Caracterización Genotípica y Sanitaria de Variedades de Vid Minoritarias Prospectadas en Andalucía</t>
   </si>
   <si>
     <t>Debido a su diversidad y extensión territorial, Andalucía alberga numerosas variedades minoritarias, ofreciendo a la vitivinicultura local la posibilidad de diversificar su producción vitivinícola. Entre 2020 y 2022 se realizó la identificación molecular de 66 ejemplares procedentes de 5 zonas con tradición vitivinícola. Se emplearon 13 marcadores microsatélites, entre ellos los 9 recomendados por la OIV. Se obtuvieron 31 genotipos distintos, 19 correspondientes a perfiles de variedades ya descritas y los otros 12 no identificados previamente. Los perfiles se integraron en la base de datos del banco de germoplasma de vid “Rancho de la Merced”. Mediante análisis de diversidad genética, se determinaron los grupos eco-geográficos de los nuevos genotipos identificados. Se analizó la presencia de virus mediante test ELISA para la obtención de clones certificables por si en un futuro fueran autorizadas estas variedades para su cultivo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99ff40d0-016b-4dda-8219-32032a95a716</t>
   </si>
   <si>
-    <t>Siembras Invernales en Girasol: Aumento de Rentabilidad y Adaptación al Cambio Climático</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/36dac92f-6d76-4336-acbf-b2a9d8a60e33</t>
+    <t>El Análisis Foliar para el Diagnóstico Nutritivo de Plantaciones de Mango. Toma de Muestras</t>
+  </si>
+  <si>
+    <t>Conocer la importancia y el fundamento de los análisis foliares resulta de utilidad para la realización de un adecuado programa de fertilización. El momento y las características de la muestra tomada es primordial para que el diagnóstico sea correcto, pues la variación nutricional de la planta dependerá de la especie, así como de la edad y la posición de la hoja.Así, en este documento se establece la metodología a seguir en la toma de muestras de foliares para el diagnóstico nutritivo de plantaciones de aguacate.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1ae7623-e5f1-438d-bb86-2626b6260b32</t>
   </si>
   <si>
     <t>El Análisis Foliar para el Diagnóstico Nutritivo de Plantaciones de Aguacate. Toma de Muestas</t>
   </si>
   <si>
     <t>Conocer la importancia y el fundamento de los análisis foliares resulta de utilidad para la realización de un adecuado programa de fertilización. El momento y las características de la muestra tomada es primordial para que el diagnóstico sea correcto, pues la variación nutricional de la planta dependerá de la especie, así como de la edad y la posición de la hoja.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/173568a2-8844-49a7-a873-da0f7139fbe0</t>
   </si>
   <si>
-    <t>El Análisis Foliar para el Diagnóstico Nutritivo de Plantaciones de Mango. Toma de Muestras</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1ae7623-e5f1-438d-bb86-2626b6260b32</t>
+    <t>Resultado de ensayos de variedades de fresa. Sistema de cultivo convencional. Campaña 2014/2015</t>
+  </si>
+  <si>
+    <t>Continuando con la serie de trabajos iniciados en la campaña 2007, esta red de ensayos lleva a cabo la evaluación agronómica de las variedades comerciales de fresa más utilizadas en Huelva, cultivadas en sistema de cultivo convencional y plantadas en dos fechas, una temprana (9 Octubre) y otra estándar (23 Octubre). Se ha estudiado la influencia de la fecha de plantación en los parámetros considerados de mayor interés para el agricultor, tanto en aquellos relacionados con la producción como la calidad de la  misma.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b385d791-936c-411b-9f6c-18546dfe1d29</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Variedades de Fresa. Sistema de Cultivo sin Suelo. Campaña 2014-2015</t>
+  </si>
+  <si>
+    <t>Continuando con la serie de trabajos iniciados en la campaña 2007, esta red de ensayos  lleva a cabo la evaluación agronómica de las variedades comerciales de fresa más utilizadas en Huelva, cultivadas en sistema de cultivo sin suelo y plantadas en dos fechas, una temprana (10 Octubre) y otra estándar (22 Octubre). Se ha estudiado la influencia de la fecha de plantación en los parámetros considerados de mayor interés para el agricultor, tanto en aquellos relacionados con la producción como la calidad de la misma.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b554969d-0506-4908-9911-d9ac6b08fd94</t>
+  </si>
+  <si>
+    <t>Evaluación del Comportamiento Agronómico de Diferentes Patrones y Variedades de Cítricos, con Aptitud para Industria, en las Condiciones de las Marismas del Bajo del Guadalquivir</t>
+  </si>
+  <si>
+    <t>Debido a las nuevas orientaciones de la PAC, se cuestiona la viabilidad y continuidad de algunos cultivos tradicionales en el Bajo de Guadalquivir. Es necesaria, pues, la introducción de cultivos alternativos adaptados a la zona capaces de conseguir unos niveles altos de productividad y rentabilidad. Hasta el momento no existen experiencias en la zona sobre cultivo de cítricos en terrenos de marismas con graves problemas de asfixia radicular. El objetivo final de este estudio fue el de establecer la viabilidad del cultivo de cítricos bajo condiciones de suelo arcillosos con peligro de encharcamiento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33603278-e96a-4a24-b1c8-60ac35029e31</t>
+  </si>
+  <si>
+    <t>Patrón de Acumulación de Aceite en tres Variedades de Olivar</t>
+  </si>
+  <si>
+    <t>Dada la importancia que tiene para el agricultor conocer el momento óptimo de recolección de la aceituna, para obtener la mayor producción de aceite, con la mejor calidad, en este trabajo se describe un estudio realizado en una finca de olivar de la provincia de Córdoba, donde se evaluó el comportamiento de acumulación de aceite de tres variedades de olivar: Hojiblanca, Arbequina y Koroneiki.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1c14087b-0e04-4c43-b6e5-288e13f0f8b8</t>
+  </si>
+  <si>
+    <t>Guía del Cultivo de la Colza</t>
+  </si>
+  <si>
+    <t>Considerando la expansión que el cultivo de la colza (Brassica napus) ha tenido en Andalucía, donde la superficie cultivada ha pasado de aproximadamente 1000 hectáreas en el año 2014 a más de 17.000 hectáreas en 2017, ha llevado al IFAPA a plantearse reeditar una actualización de “ La Guia del Cultivo de la Colza” que se realizó en el año 2009 por investigadores del Centro IFAPA de Córdoba.Se pretende hacer una recopilación de los estudios realizados sobre abonados y densidades de siembra, así como de los resultados obtenidos en los últimos años en los ensayos de la RAEA de colza de las nuevas variedades con sistema Clearfield que se caracterizan por su resistencia a herbicidas de la familia de las imidazolinonas, y que abren un nuevo futuro a este cultivo al permitir, con tratamientos de postemergencia, un control de las gramíneas y malas hierbas de hoja ancha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/60f346e5-f6ed-4eb2-8fb9-f5ba633457b6</t>
   </si>
   <si>
     <t>Inicio de un sistema de mejora genética acelerada para trigo</t>
   </si>
   <si>
     <t>Conseguir varias generaciones de plantas al año es uno de los métodos que se implementan para acelerar los programas de mejora y acortar los tiempos de obtención de nuevas variedades adaptadas a las cambiantes condiciones de cultivo. El proyecto «Mejora genética y gestión sostenible de cultivos herbáceos extensivos en un escenario de cambio climático» (AVA23.INV2023.003) propone, entre otros, la incorporación de genes de resistencia a la roya amarilla en variedades de trigo harinero y el desarrollo de una estrategia de mejora acelerada mediante el cultivo forzado en cámara climática. En este trabajo se ha evaluado la posibilidad de desarrollar un sistema de mejora acelerada en trigo utilizando las infraestructuras ya disponibles en el IFAPA de Córdoba, con el objetivo de obtener al menos 3 generaciones/año, lo que permitiría avanzar más rápidamente en el programa de mejora.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fc6f986-807e-4727-865e-af529afef891</t>
   </si>
   <si>
-    <t>Guía del Cultivo de la Colza</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33603278-e96a-4a24-b1c8-60ac35029e31</t>
+    <t>Estimación de Biomasa y Rendimiento en Cultivos Herbáceos mediante Teledetección</t>
+  </si>
+  <si>
+    <t>Conocer la biomasa y el rendimiento de un cultivo es de gran utilidad para evaluar distintas prácticas de manejo en las parcelas agrícolas, como son la aplicación de fertilizantes, riego, o el uso de pesticidas. También sirve para cuantificar el impacto del calentamiento global en el desarrollo y la cosecha de cultivos, o  discriminar genotipos óptimos en programas de mejora genética de variedades. Uno de los métodos para estimar esta biomasa es el que se basa en la eficiencia de la planta en el uso de la luz, que relaciona la producción de materia seca con la radiación incidente, y la eficiencia de la vegetación para usar esta energía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50a7bf19-b3bb-4b12-b5c0-1058001bcdb0</t>
+  </si>
+  <si>
+    <t>Evaluacion de Variedades de Arándano en Cultivo Convencional</t>
+  </si>
+  <si>
+    <t>Con  el  objeto  de  conocer,  y  comparar,  variedades  de  arándano  de libre  disposición,  en  el  marco  del  Proyecto  Sectorial  de Transferencia “TRA201600.5: Experimentación y transferencia en el cultivo  de  la  fresa  y  otros  frutos  rojos”  se  plantea  la  línea  de trabajo “Prospección de variedades libres de arándanos. Valoración agronómica en las condiciones de cultivo de la provincia de Huelva”. En este trabajo se presentan los primeros datos obtenidos en esta nueva línea de investigación IFAPA, en la que se han caracterizado un  total  de  cinco  variedades  seleccionadas  entre  las  que actualmente son de libre acceso en el mercado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eefa83a8-4622-408e-b057-4f4b633aee0e</t>
+  </si>
+  <si>
+    <t>Recomendaciones para el Cálculo del Volumen de Aplicación en Tratamientos Fitosanitarios en Cultivo de Tomate en Invernadero</t>
+  </si>
+  <si>
+    <t>Con el objetivo de adaptar el volumen de caldo fitosanitario al desarrollo del cultivo se han elaborado una serie de herramientas (tablas y gráficos) que permiten su estimación en tomate en invernadero, en función de parámetros geométricos de la masa vegetal fácilmente medibles y del equipo de tratamiento utilizado. En este documento se presentan dichas herramientas y se explica su uso. Además, está disponible una aplicacion informática que facilita el cálculo y que puede encontrarse en el apartado "Recursos Formativos" del sector "Horticultura" en este mismo portal "SERVIFAPA", con el nombre de "Aplicación GreenRate"</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7444bca-78ca-474f-975f-5671d686034a</t>
+  </si>
+  <si>
+    <t>Influencia del sistema de cultivo en la Producción de Variedades de Fresa. Campaña 2020/2021. II Calidad</t>
+  </si>
+  <si>
+    <t>Como consecuencia de la eficiente actividad de un cada vez mayor número de programas de mejora, actualmente existe una amplia gama de variedades de fresa. Ante esta amplia oferta, la productividad y la calidad de la fruta son parámetros fundamentales para los productores y técnicos a la hora de seleccionar las variedades a cultivar, siendo la calidad el principal parámetro a la hora de elegir para los consumidores. En este trabajo se presentan los resultados, en cuanto a calidad organoléptica y postcosecha, de doce variedades de fresa en distintos sistemas de cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759d0914-a699-4ac7-afe3-e1e0f94bf356</t>
+  </si>
+  <si>
+    <t>Manejo de Restos de Cosecha de Algodón en el Control de Gusano Rosado (Pectinophora gossypiella)</t>
+  </si>
+  <si>
+    <t>Cereal, oleaginosas y proteaginosas</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4bb76f1-58ad-4599-b345-dd2e86d6435d</t>
   </si>
   <si>
     <t>Ensayo de Herbicidas de Preemergencia contra Centaurea diluta en Trigo Duro</t>
   </si>
   <si>
     <t>Centaurea  diluta  Aiton,  llamada  vulgarmente  escobones,  es  una especie   de   la  familia compuestas  que   cada   vez   presenta  más problemas  en  los  cultivos  herbáceos  de  las  campiñas  andaluzas. El  control  con  herbicidas  de  postemergencia  resulta  problemático  precisamente  por  su  emergencia  escalonada  y  por  su  rápido crecimiento. El objetivo de esta publicación ha sido evaluar la eficacia de 15 tratamientos herbicidas de preemergencia en trigo duro sobre Centaurea diluta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b390f233-184a-4831-a1ff-9502ee32a9e4</t>
   </si>
   <si>
-    <t>Manejo de Restos de Cosecha de Algodón en el Control de Gusano Rosado (Pectinophora gossypiella)</t>
-[...25 lines deleted...]
-  <si>
     <t>Resultados de Ensayos de Variedades de Algodón en Andalucía. Campaña 2020/21</t>
   </si>
   <si>
     <t>Con objeto de impulsar la investigación en torno al cultivo del algodón en la región andaluza y ante el deseo del sector algodonero de avanzar en el conocimiento de variedades adaptadas al interés mayoritario de los agricultores, el  Instituto  Andaluz  de  Investigación  y  Formación  Agraria,  Pesquera,  Alimentaria  y  de  la  Producción  Ecológica (IFAPA), junto con el Colectivo Algodoneras del Sur de Andalucía (COALSA S.L.), Fitosanitarios y Técnica (FITESA y Semillas  del Guadalquivir  (GUADALSEM), han  aunado  esfuerzos  para  poder llevar  a cabo el proyecto de desarrollo experimental  denominado  “Mejora  del  conocimiento  de  la  adaptación  agroclimática  de  variedades  de  algodón  en Andalucía”</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/62a7f19e-294e-4adf-8334-5d37ebae9cef</t>
   </si>
   <si>
-    <t>Evaluacion de Variedades de Arándano en Cultivo Convencional</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50a7bf19-b3bb-4b12-b5c0-1058001bcdb0</t>
+    <t>Influencia del Sistema de Cultivo sobre Variedades de Fresa. Campaña 2021/2022. I Parámetros Productivos.</t>
+  </si>
+  <si>
+    <t>Cada vez son más las empresas que desarrollan programas de mejora para la obtención de variedades de fresa para su producción en la provincia de Huelva y otras zonas con características similares. Como en años anteriores, en esta campaña 21-22, el Instituto Andaluz de Investigación y Formación Agraria, Pesquera y de la Producción Ecológica (Ifapa), ha realizado un ensayo para evaluar la adaptación de distintas variedades de fresa a diferentes sistemas de cultivo. se han evaluado caracteres relacionados con la producción de16 variedades. Los objetivos de este trabajo son: 1.- Comparar parámetros relacionados con la producción entre las variedades ensayadas. 2.- Estudiar el efecto de cuatro sistemas de cultivo: cultivo convencional con suelo desinfectado químicamente, cultivo sin suelo, cultivo sin desinfección, y cultivo ecológico. Y 3.- Generar información, destinada a facilitlar la elección varietal ante la amplia oferta actual y las demandas del mercado tanto nacional como internacional.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b3a04f44-5b15-42ab-8e45-1eacce6c3924</t>
+  </si>
+  <si>
+    <t>Evaluación de Variedades de Fresa en Cultivo Fuera de Suelo, Ecológico y Convencional. Campaña 2019/2020</t>
+  </si>
+  <si>
+    <t>Cada año, el Instituto de Investigación y Formación Agraria (Consejería de Agricultura, Ganadería, Pesca y Desarrollo Sostenible, Junta de Andalucía) lleva a cabo, dentro de la Red Andaluza de Experimentación Agraria una caracterización, tanto a nivel agronómico como de calidad, de distintas variedades de fresa en distintos sistemas de cultivo, con el objetivo de generar información, que pueda ser útil para facilitar la elección varietal ante la amplia oferta actual. En este trabajo se presentan los resultados obtenidos, en la campaña 2019/2020 con doce variedades en condiciones de cultivo fuera de suelo, ecológico y convencional con suelo desinfectado químicamente.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/742cbbec-4298-4195-be0c-e97d3a834ee6</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Nuevas Variedades de Trigo Blando en Andalucía Campaña 2019/2020</t>
+  </si>
+  <si>
+    <t>Cada año se incorporan nuevas variedades de trigos blandos al Registro de variedades, ya sea por vía</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0cf36485-bcec-48bb-ba53-72f3984e3ae1</t>
+  </si>
+  <si>
+    <t>Resultados de Ensayos de Nuevas Variedades de Trigo Duro en Andalucía Campaña 2019/2020</t>
+  </si>
+  <si>
+    <t>Cada año se incorporan nuevas variedades de trigos duros al Registro de variedades, ya sea por vía</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ba3c1866-a84c-4f45-ba35-3ccbf3d74213</t>
   </si>
   <si>
     <t>Resultados de 2 Ensayos de Girasol en Siembras Invernales con alta Densidad de Plantas. Campaña 2015</t>
   </si>
   <si>
     <t>Avance de los resultados de dos ensayos de girasol en siembras invernales con alta densidad de plantas sobre efectividad de las siembras tempranas de alta densidad utilizando variedades de girasol resistentes a las imidazolinonas (IMI) y variedades con tecnología ExpressSun TM, que se caracterizan porque presentan tolerancia al herbicida “tribenurón-metil”.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0d3524be-e687-47fb-b590-b7d7edf2375b</t>
   </si>
   <si>
-    <t>Resultados de Ensayos de Nuevas Variedades de Trigo Blando en Andalucía Campaña 2019/2020</t>
-[...16 lines deleted...]
-  <si>
     <t>Evaluación de Variedades de Fresa: Resultados Obtenidos en Cultivo Ecológico. Campaña 2017/2018</t>
   </si>
   <si>
     <t>Cada año, el IFAPA lleva a cabo, dentro de la Red Andaluza de Experimentación Agraria (RAEA), una caracterización, tanto a nivel agronómico como de calidad, de distintas variedades de fresa en distintos sistemas de cultivo, con el objetivo de generar información, que pueda ser útil para facilitar la elección varietal ante la amplia oferta actual. En este trabajo se presentan los resultados obtenidos en esta campaña 2017/2018, en la que se han caracterizado doce variedades en condiciones de cultivo ecológico.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6bc6dd92-e363-4b1c-8497-0ea612f82e05</t>
   </si>
   <si>
     <t>Evaluación de Variedades de Fresa: Resultados Obtenidos en Cultivo Ecológico. Campaña 2018/2019</t>
   </si>
   <si>
     <t>Cada año, el IFAPA lleva a cabo, dentro de la Red Andaluza de Experimentación Agraria (RAEA), una caracterización, tanto a nivel agronómico como de calidad, de distintas variedades de fresa en distintos sistemas de cultivo, con el objetivo de generar información, que pueda ser útil para facilitar la elección varietal ante la amplia oferta actual.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9314bad7-caa7-4d9e-8069-ff458d7c0c55</t>
   </si>
   <si>
-    <t>Evaluación de Variedades de Fresa en Cultivo Fuera de Suelo, Ecológico y Convencional. Campaña 2019/2020</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b3a04f44-5b15-42ab-8e45-1eacce6c3924</t>
+    <t>Eficacia de técnicas químicas de desinfestación de suelos y biosolarización en el control de poblaciones de patógenos de fresa e incidencia de enfermedades. Influencia de los tratamientos en los rendimientos de cultivo</t>
+  </si>
+  <si>
+    <t>Ante la crítica situación legal de las materias activas utilizadas mayoritariamente como desinfestantes de suelo en fresa, es necesario evaluar y dar a conocer otras herramientas químicas que permitan una buena desinfestación del suelo o innovar en la aplicación de algunas de ella ya conocidas para aumentar su eficacia. Los resultados que se muesttran corresponden a ensayos realizados en la campaña 2016/2017.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8535f915-334e-4ccd-a438-344bc6005641</t>
+  </si>
+  <si>
+    <t>Ensayos de Variedades de Colza en Andalucía. Campaña 2021/22</t>
+  </si>
+  <si>
+    <t>Ante la necesidad de tener alternativas viables para los agricultores Andaluces, el IFAPA continúa con la red de ensayos de colza (Brassica napus), con el objetivo de poder dar respuestas a los agricultores en diferentes aspectos relacionados con técnicas de cultivo, comportamiento de las nuevas variedades (Clearfield), eficacia de los nuevos herbicidas, resistencia frente a las enfermedades y tratamientos para combatirlas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dfb3f120-3430-4d24-b906-7f5830dbf275</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Colza en Andalucía. Campaña 2020-2021</t>
+  </si>
+  <si>
+    <t>Ante la necesidad de tener alternativas viables para el campo andaluz, el IFAPA continúa con la red de ensayos de variedades de colza (Brassica napus), con el objetivo de poder dar respuestas a los agricultores en diferentes aspectos relacionados con técnicas de cultivo, comportamiento de las nuevas variedades Clearfield, eficacia de los nuevos herbicidas, resistencia frente a las enfermedades y tratamientos para combatirlas. Resultados de los ensayos de 9 variedades comerciales de colza, situados en las localidades de Córdoba y Montemayor (Córdoba) en la campaña 2020-2021</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf40c1f8-c578-403b-8ac2-c2b56fef660b</t>
+  </si>
+  <si>
+    <t>Resultados de los Ensayos de Colza en Andalucía. Campaña 2019-2020</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e8f90107-c1bf-406d-a139-d6c12120a975</t>
+  </si>
+  <si>
+    <t>Criterios Generales para el Establecimiento de una Plantacion de Aguacate</t>
+  </si>
+  <si>
+    <t>Antes de establecer una plantación de aguacate es condición indispensable conocer sus requisitos edafoclimáticos y comprobar que las características de la parcela son adecuadas a tales requisitos, para que el cultivo sea rentable. En la elección de la/s variedad/es que se desean establecer, así como en el diseño de la plantación (marcos de plantación, ubicación de polinizadores, etc), influyen diferentes criterios que se han de tener en cuenta para el correcto establecimiento de la plantación. De igual modo, las labores de preparación del suelo previo a la plantación, la época para realización y los primeros manejos del cultivo son aspectos fundamentales descritos en este documento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c96eb60-dbf8-46a4-b089-02445da7432e</t>
   </si>
   <si>
     <t>Aplicación en lomo de cultivo de técnicas de solarización y biofumigación en fresa</t>
   </si>
   <si>
     <t>Ante la crítica situación legal de las materias activas de origen químico utilizadas mayoritariamente como desinfestantes de suelo en fresa, es necesario seguir trabajando en la puesta a punto de técnicas de desinfestación físico/biológicas (como es el caso de la biosolarización/biofumigación) que permitan al agricultor contar con posibles herramientas de trabajo, en este aspecto del cultivo, frente a una eventual prohibición o limitación de uso de las opciones actualmente usadas; precisamente este es el objetivo principal de esta línea de trabajo, en la que se hizo especial énfasis en el uso de las técnicas citadas aplicadas directamente en el lomo de cultivo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e2bf89a-d401-41fb-9cf7-a3b36b80f28f</t>
   </si>
   <si>
-    <t>Eficacia de técnicas químicas de desinfestación de suelos y biosolarización en el control de poblaciones de patógenos de fresa e incidencia de enfermedades. Influencia de los tratamientos en los rendimientos de cultivo</t>
-[...38 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c96eb60-dbf8-46a4-b089-02445da7432e</t>
+    <t>Recomendaciones en la Elaboración de Queso de Cabra de Andalucía</t>
+  </si>
+  <si>
+    <t>Andalucía es la principal productora de leche de cabra en España y una de las más elevadas en toda la cuenca mediterránea. La leche procede de razas autóctonas (payoya, malagueña, murciano–granadina y florida) muy relacionadas con modelos de explotación extensivos y semiextensivos. El queso madurado obtenido a partir de esta leche es un producto diferencial, con un valor añadido derivado de su calidad que lo sitúa en el segmento de los alimentos de calidad gourmet. Este trabajo establece unas recomendaciones básicas durante las distintas fases de elaboración para obtener un producto óptimo desde el punto de vista tecnológico, nutricional y sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a756a99c-b8a1-4563-b8db-ec932f7f7eaf</t>
+  </si>
+  <si>
+    <t>La Comercialización en Origen de Cítricos en Andalucía</t>
+  </si>
+  <si>
+    <t>A partir de un sondeo a 203 citricultores en Andalucía, se identifican los principales canales y</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a89442cc-ee1d-4ad3-9217-0157e1d95f65</t>
+  </si>
+  <si>
+    <t>El Conocimiento y el Consumo de Aceite de Oliva Virgen Extra</t>
+  </si>
+  <si>
+    <t>Análisis del grado de conocimiento del aceite oliva virgen extra y su relación con el consumo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34db5b78-2aed-410a-a27c-4086f00e031a</t>
+  </si>
+  <si>
+    <t>Programas agroambientales basados en resultados: disposición a participar de los olivicultores.</t>
+  </si>
+  <si>
+    <t>Análisis de la disposición a participar de los olivicultores de olivar en pendiente en programas agroambientales basados en resultados e incluyendo un control casi exclusivamente basado en información satelital en las comarcas agrarias de Los Pedroches, Sierra de Córdoba, Penibética, Montefrío y Sierra Sur.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/455ae087-4e77-4715-aabe-dd91781aa141</t>
+  </si>
+  <si>
+    <t>¿Estarían los regantes dispuestos a pagar por mejorar la garantía de suministro de agua para riego?</t>
+  </si>
+  <si>
+    <t>Análisis de la disposición a pagar de los regantes para la mejora en la garantía de suministro de agua de riego. Como metodología se emplea la técnica de valoración de experimentos de elección para el caso de estudio de la Comunidad de Regantes de Santaella (Genil-Cabra). Los resultados muestran cómo algo más de la mitad de los regantes están dispuestos a pagar por mejorar esta garantía, identificándose claramente tres clases: los no dispuestos a pagar, los que presentan disposición a pagar reducida (fundamentalmente por reducción de variabilidad en la dotación de agua de riego recibida) y los que presentan disposición a pagar elevada (tanto por reducir variabilidad como por aumentar la dotación media). Asimismo, se identifican factores de características de la explotación y de los agricultores que determinan la pertenencia a cada clase. Los resultados obtenidos son relevantes desde el punto de vista del decisor político, para poder diseñar instrumentos eficientes en un actual contexto de cambio climático.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cac43e9d-0276-4da1-9b32-1e1642577300</t>
+  </si>
+  <si>
+    <t>Influencia del Agroambiente en Caracteres Ligados a la Producción en Variedades de Fresa. Campaña 2022/2023</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f2aee712-9385-4db5-ac42-c7bcde86e4db</t>
   </si>
   <si>
     <t>Determinación del momento óptimo de la recolección en olivo</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5b1d21be-6929-4153-a443-8791ed15e90f</t>
   </si>
   <si>
-    <t>Influencia del Agroambiente en Caracteres Ligados a la Producción en Variedades de Fresa. Campaña 2022/2023</t>
-[...49 lines deleted...]
-  <si>
     <t>Avances en el Desarrollo de Alternativas No Químicas de Desinfestación de Suelos en el Cultivo de la Fresa</t>
   </si>
   <si>
     <t>Ante la crítica situación legal de las materias activas de origen químico utilizadas mayoritariamente como desinfestantes de suelo en el cultivo de la fresa, es necesario seguir investigando sobre alternativas de desinfestación físico/biológicas que permitan al agricultor contar con posibles herramientas de trabajo, en este aspecto del cultivo, frente a una eventual prohibición o limitación de uso de las opciones actualmente usadas. El documento muestra los resultados de la campaña 2016-2017 de los ensayos realizados en la Finca El Cebollar (Moguer, Huelva).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f42c482-3acb-4e4f-ba31-a30e36dc5613</t>
   </si>
   <si>
+    <t>Estimación de la Distribución Varietal en el Cultivo de Fresa en Huelva. Campaña 2019/2020</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d48ac270-b013-4ff9-b8db-678256040557</t>
+  </si>
+  <si>
+    <t>Determinación de la estabilidad oxidativa y composición acídica del aceite de oliva mediante NIRS</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34e9a62f-934a-480b-8e71-e3d430c04fc7</t>
+  </si>
+  <si>
+    <t>Influencia del Agroambiente en Caracteres Ligados a la Calidad en Variedades de Fresa. Campaña 2022/2023</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51c950ee-7143-4b0e-95bb-9ae3c23ed0bf</t>
+  </si>
+  <si>
     <t>Enfermedades de madera del almendro: Decaimiento por Botryosphaeria</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d329c8b-3161-4640-b8e1-fc60042778bf</t>
   </si>
   <si>
     <t>Manejo sostenible de enfermedades de la madera en almendro</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ecb04f2d-dc76-405e-b0e2-a87c034078c5</t>
   </si>
   <si>
     <t>Hacia un control sostenible de las enfermedades del almendro ocasionadas por hongos de la familia Botryosphaeriaceae.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f21f6890-576f-4af9-9bee-70a686df9b84</t>
   </si>
   <si>
     <t>Enfermedades fúngicas de la madera, una amenaza para cultivos de importancia económica.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/837af9a0-9266-4f73-a770-4e3cf5077570</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51c950ee-7143-4b0e-95bb-9ae3c23ed0bf</t>
   </si>
   <si>
     <t>AKISPlataforma.es recomienda GO SIMBIOLIVA</t>
   </si>
   <si>
     <t>Innovación en la cadena agroalimentaria con GO SIMBIOLIVA
 Desde @akisplataforma, seguimos conectándote con las últimas novedades en innovación agroalimentaria. Esta semana destacamos al Grupo Operativo SIMBIOLIVA, un proyecto que apuesta por la #biotecnología como motor de la economía circular en el tratamiento del alperujo, un subproducto clave en la industria del aceite de oliva.
 Descubre sus avances y cómo están transformando la sostenibilidad en el sector.¡No te pierdas su contenido en su canal de YouTube! https://www.youtube.com/@GOSIMBIOLIVA y la información web del proyecto: https://simbioliva.grupooperativo.es/
 #EconomíaCircular #InnovaciónAgroalimentaria #Biotecnología</t>
   </si>
   <si>
     <t>https://youtu.be/GAp5pO3YDyg</t>
   </si>
   <si>
     <t>AKISPlataforma.es recomienda GO VITICAST</t>
   </si>
   <si>
     <t>Hoy os recomendamos el vídeo recientemente publicado del Webinario con los resultados del Grupo Operativo VITICAST, dedicado a buscar soluciones innovadoras para la predicción de enfermedades fúngicas en vid. En este vídeo podréis ver la ponencia inicial que da cuenta de los detalles del proyecto. Y el resto del mismo está disponible en este enlace, publicado en el canal de @Monetviticultura:
 https://youtu.be/VNiuC6uOXVQ.
 Puedes acceder también a toda la información sobre este proyecto en la web de GO VITICAST: https://ctaex.com/transferencia-tecnologica/GOS-vitinnat
 Y a través del listado de Grupos Operativos y Proyectos Innovadores de Plataforma de Asesores AKIS: https://akisplataforma.es/proyectos
 #innovación #agricultura #innovacionagricola #innovacionagropecuaria #agriculturasostenible</t>
   </si>
   <si>
     <t>https://youtu.be/4iMdtwuQPhE</t>
@@ -7641,59 +7752,50 @@
   </si>
   <si>
     <t>Valoración nutricional: el componente mayoritario de los callos es el agua y le sigue la proteína. El contenido en grasas, especialmente saturadas, es inferior al 3%. Este último dato hay que interpretarlo con cautela. A la hora de valorar nutricionalmente una receta cuyo ingrediente básico sean los callos se tendrá que tener en cuenta el contenido lipídico del resto de ingredientes que, según la cocina tradicional de nuestro país, suelen ser alimentos con un contenido lipídico importante (como el chorizo o la morcilla) que
 elevan notablemente el contenido de grasa final del plato. Los callos no tienen hidratos de carbono y presentan cantidades de colesterol por encima de la media del grupo. Debido a esto último no son recomendables en dietas hipocolesterolémicas. Hay que destacar su contenido en minerales como el hierro, magnesio, cinc, fósforo, potasio y, especialmente selenio. Una ración de 150 g de callos cubre las ingestas recomendadas de este mineral. Las vitaminas del grupo B más relevantes en su composición son la B2 y la niacina. Presenta pequeñas cantidades de ácido fólico y vitamina E.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ministerio/servicios/informacion/callos_tcm30-102867.pdf</t>
   </si>
   <si>
     <t>Fichas Fitopatológicas</t>
   </si>
   <si>
     <t>Informar sobre la biología y control de plagas, enfermedades, malas hierbas, fisiopatías y auxiliares de interés para los vegetales de Extremadura.</t>
   </si>
   <si>
     <t>https://www.juntaex.es/documents/77055/621136/Fichas+Fitopatologicas+Indice+20231003.pdf/511213aa-e15c-4ae1-afcc-449680c0f7b9?t=1696338055227</t>
   </si>
   <si>
     <t>Situación epidemiológica de la peste porcina clásica</t>
   </si>
   <si>
     <t>La PPC es una enfermedad altamente contagiosa que afecta a suidos, tanto domésticos como salvajes. Está causada por un virus de la familia Flaviviridae, género Pestivirus, y se caracteriza por originar lesiones hemorrágicas y tener normalmente un curso fatal en sus formas agudas, afectando a animales de todas las edades. La PPC debe ser descartada ante cualquier caso que curse con cuadro hemorrágico o de sintomatología nerviosa. La mortalidad y morbilidad suelen ser muy elevadas, si bien también se han descrito cepas de menor virulencia que causan infecciones crónicas o leves, con importantes pérdidas de neonatos y alteraciones de la fertilidad.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ganaderia/temas/sanidad-animal-higiene-ganadera/informeppc_2025-03-21_tcm30-550589.pdf</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://www.mapa.gob.es/es/ganaderia/temas/sanidad-animal-higiene-ganadera/informeppa_2025-01-10_tcm30-437584.pdf</t>
   </si>
   <si>
     <t>GermanAgrolife</t>
   </si>
   <si>
     <t>Aquí veremos mi evolución como agricultor, hablaremos de todo lo relacionado con el sector primario y contaremos trucos y consejos para entre todos mejorar. Además tendréis un podcast semanal donde no solo hablaremos de agro si no que tambien tendremos invitados donde nos contarán sus historias. Traeremos a expertos y profesionales de todos los sectores.</t>
   </si>
   <si>
     <t>https://www.youtube.com/@GermanAgrolife</t>
   </si>
   <si>
     <t>Be Agro</t>
   </si>
   <si>
     <t>¡Bienvenidos a Be Agro! ????? Tu nuevo podcast favorito donde el mundo del campo se convierte en una aventura fascinante. Si crees que la agricultura es solo tierra y sudor, prepárate para sorprenderte. Desde los secretos mejor guardados de los cultivos hasta historias divertidas del campo, aquí encontrarás todo lo que necesitas para ser un verdadero amante de lo agro. Únete a nosotros y descubre por qué la vida rural es todo menos aburrida. ¡Risas, datos curiosos y mucho más en Be Agro!</t>
   </si>
   <si>
     <t>https://www.youtube.com/@Beagro</t>
   </si>
   <si>
     <t>Vídeo informativo de Eurytoma amigdali (Avispilla del almendro)</t>
   </si>
   <si>
     <t>Vídeo informativo de la avispilla del almendro (Eurytoma amigdali)</t>
   </si>
@@ -12177,19478 +12279,19632 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1389"/>
+  <dimension ref="A1:D1400"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D1389"/>
+      <selection activeCell="A1" sqref="A1:D1400"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="281.788" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2459.542" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1014.467" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>41</v>
+        <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>5</v>
+        <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>5</v>
+        <v>118</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>5</v>
+        <v>118</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>5</v>
+        <v>118</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>5</v>
+        <v>118</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>41</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B59" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D59" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="1" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="1" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="1" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="1" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="1" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="1" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C251" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="B251" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D251" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="1" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="1" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="1" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="1" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C265" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="B265" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D265" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="1" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="1" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" s="1" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="1" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" s="1" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" s="1" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="1" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" s="1" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" s="1" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" s="1" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" s="1" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="1" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="1" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C466" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="B466" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D466" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" s="1" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" s="1" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" s="1" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" s="1" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" s="1" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" s="1" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" s="1" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" s="1" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" s="1" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" s="1" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" s="1" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" s="1" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" s="1" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" s="1" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" s="1" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" s="1" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" s="1" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" s="1" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" s="1" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" s="1" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" s="1" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" s="1" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1465</v>
+        <v>1443</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" s="1" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" s="1" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1432</v>
+        <v>1475</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" s="1" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1432</v>
+        <v>1478</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" s="1" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1432</v>
+        <v>1481</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" s="1" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1479</v>
+        <v>1484</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>1480</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" s="1" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1482</v>
+        <v>1487</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>1483</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" s="1" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" s="1" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" s="1" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" s="1" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1493</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" s="1" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" s="1" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1503</v>
+        <v>1493</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" s="1" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" s="1" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" s="1" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1524</v>
+        <v>1519</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" s="1" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" s="1" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>1530</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" s="1" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C518" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="B518" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D518" s="1" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" s="1" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" s="1" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" s="1" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" s="1" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" s="1" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" s="1" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" s="1" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" s="1" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" s="1" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" s="1" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" s="1" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" s="1" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" s="1" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" s="1" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" s="1" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" s="1" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" s="1" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" s="1" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" s="1" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" s="1" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" s="1" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" s="1" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" s="1" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" s="1" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" s="1" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" s="1" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" s="1" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" s="1" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" s="1" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" s="1" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" s="1" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" s="1" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" s="1" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" s="1" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" s="1" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" s="1" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" s="1" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" s="1" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" s="1" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" s="1" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" s="1" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" s="1" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" s="1" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" s="1" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" s="1" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" s="1" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" s="1" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" s="1" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" s="1" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" s="1" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" s="1" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" s="1" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" s="1" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" s="1" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="B590" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" s="1" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" s="1" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" s="1" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" s="1" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" s="1" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" s="1" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" s="1" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" s="1" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" s="1" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" s="1" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" s="1" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" s="1" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" s="1" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" s="1" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" s="1" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" s="1" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" s="1" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" s="1" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" s="1" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" s="1" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B614" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="1" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="B615" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="B616" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" s="1" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" s="1" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" s="1" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="B624" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" s="1" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="B625" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" s="1" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B626" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" s="1" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="B627" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" s="1" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="B628" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" s="1" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="B629" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" s="1" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" s="1" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="B631" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" s="1" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="B632" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" s="1" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" s="1" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" s="1" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" s="1" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" s="1" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="B637" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" s="1" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" s="1" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="B639" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" s="1" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="B640" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" s="1" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" s="1" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="B642" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" s="1" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="B643" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C643" s="1"/>
+      <c r="C643" s="1" t="s">
+        <v>1912</v>
+      </c>
       <c r="D643" s="1" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" s="1" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C644" s="1"/>
+      <c r="C644" s="1" t="s">
+        <v>1915</v>
+      </c>
       <c r="D644" s="1" t="s">
-        <v>1912</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" s="1" t="s">
-        <v>1913</v>
+        <v>1917</v>
       </c>
       <c r="B645" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>1915</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" s="1" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
       <c r="B646" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>1918</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" s="1" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="B647" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" s="1" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" s="1" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="B649" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" s="1" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="B650" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" s="1" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="B651" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C651" s="1"/>
+      <c r="C651" s="1" t="s">
+        <v>1936</v>
+      </c>
       <c r="D651" s="1" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B652" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C652" s="1" t="s">
         <v>1933</v>
       </c>
-      <c r="B652" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C652" s="1"/>
       <c r="D652" s="1" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" s="1" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="B653" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C653" s="1"/>
+      <c r="C653" s="1" t="s">
+        <v>1941</v>
+      </c>
       <c r="D653" s="1" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" s="1" t="s">
-        <v>1937</v>
+        <v>1943</v>
       </c>
       <c r="B654" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C654" s="1"/>
+      <c r="C654" s="1" t="s">
+        <v>1944</v>
+      </c>
       <c r="D654" s="1" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" s="1" t="s">
-        <v>1939</v>
+        <v>1946</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C655" s="1"/>
+      <c r="C655" s="1" t="s">
+        <v>1947</v>
+      </c>
       <c r="D655" s="1" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" s="1" t="s">
-        <v>1941</v>
+        <v>1949</v>
       </c>
       <c r="B656" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C656" s="1"/>
+      <c r="C656" s="1" t="s">
+        <v>1950</v>
+      </c>
       <c r="D656" s="1" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" s="1" t="s">
-        <v>1943</v>
+        <v>1952</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C657" s="1"/>
+      <c r="C657" s="1" t="s">
+        <v>1953</v>
+      </c>
       <c r="D657" s="1" t="s">
-        <v>1944</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" s="1" t="s">
-        <v>1945</v>
+        <v>1955</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>1946</v>
+        <v>1956</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1947</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" s="1" t="s">
-        <v>1948</v>
+        <v>1958</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1949</v>
+        <v>1959</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1950</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" s="1" t="s">
-        <v>1951</v>
+        <v>1961</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C660" s="1"/>
       <c r="D660" s="1" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" s="1" t="s">
-        <v>1954</v>
+        <v>1963</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C661" s="1"/>
       <c r="D661" s="1" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" s="1" t="s">
-        <v>1957</v>
+        <v>1965</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>1958</v>
+        <v>1966</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" s="1" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C663" s="1"/>
       <c r="D663" s="1" t="s">
-        <v>1962</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" s="1" t="s">
-        <v>1963</v>
+        <v>1970</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C664" s="1"/>
       <c r="D664" s="1" t="s">
-        <v>1965</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" s="1" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C665" s="1"/>
       <c r="D665" s="1" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" s="1" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C666" s="1"/>
       <c r="D666" s="1" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" s="1" t="s">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="B667" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C667" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C667" s="1"/>
       <c r="D667" s="1" t="s">
-        <v>1974</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" s="1" t="s">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C668" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C668" s="1"/>
       <c r="D668" s="1" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" s="1" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C669" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C669" s="1"/>
       <c r="D669" s="1" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" s="1" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" s="1" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" s="1" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" s="1" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" s="1" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" s="1" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" s="1" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" s="1" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" s="1" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" s="1" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="1" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" s="1" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" s="1" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" s="1" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" s="1" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" s="1" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" s="1" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" s="1" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" s="1" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" s="1" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2012</v>
+        <v>2040</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>2037</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" s="1" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2012</v>
+        <v>2043</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" s="1" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2012</v>
+        <v>2046</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" s="1" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="B692" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" s="1" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
       <c r="B693" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" s="1" t="s">
-        <v>2048</v>
+        <v>2053</v>
       </c>
       <c r="B694" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>2049</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" s="1" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="B695" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" s="1" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="B696" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" s="1" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="B697" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>2046</v>
+        <v>2062</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>2057</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" s="1" t="s">
-        <v>2058</v>
+        <v>2064</v>
       </c>
       <c r="B698" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2046</v>
+        <v>2065</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>2059</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" s="1" t="s">
-        <v>2060</v>
+        <v>2067</v>
       </c>
       <c r="B699" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2046</v>
+        <v>2068</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>2061</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" s="1" t="s">
-        <v>2062</v>
+        <v>2070</v>
       </c>
       <c r="B700" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2063</v>
+        <v>2071</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" s="1" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="B701" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2066</v>
+        <v>2049</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>2067</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" s="1" t="s">
-        <v>2068</v>
+        <v>2075</v>
       </c>
       <c r="B702" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>2069</v>
+        <v>2049</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>2070</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" s="1" t="s">
-        <v>2071</v>
+        <v>2077</v>
       </c>
       <c r="B703" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" s="1" t="s">
-        <v>2073</v>
+        <v>2079</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2046</v>
+        <v>2080</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>2074</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" s="1" t="s">
-        <v>2075</v>
+        <v>2082</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2046</v>
+        <v>2083</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>2076</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" s="1" t="s">
-        <v>2077</v>
+        <v>2085</v>
       </c>
       <c r="B706" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>2078</v>
+        <v>2083</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>2079</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" s="1" t="s">
-        <v>2080</v>
+        <v>2087</v>
       </c>
       <c r="B707" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2046</v>
+        <v>2088</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>2081</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" s="1" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
       <c r="B708" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2046</v>
+        <v>2091</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>2083</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" s="1" t="s">
-        <v>2084</v>
+        <v>2093</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2085</v>
+        <v>2083</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" s="1" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
       <c r="B710" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>2088</v>
+        <v>2083</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>2089</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" s="1" t="s">
-        <v>2090</v>
+        <v>2097</v>
       </c>
       <c r="B711" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2091</v>
+        <v>2083</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" s="1" t="s">
-        <v>2093</v>
+        <v>2099</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>2094</v>
+        <v>2100</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>2095</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" s="1" t="s">
-        <v>2096</v>
+        <v>2102</v>
       </c>
       <c r="B713" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2097</v>
+        <v>2103</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>2098</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" s="1" t="s">
-        <v>2099</v>
+        <v>2105</v>
       </c>
       <c r="B714" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2100</v>
+        <v>2106</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>2101</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" s="1" t="s">
-        <v>2102</v>
+        <v>2108</v>
       </c>
       <c r="B715" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2103</v>
+        <v>2083</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" s="1" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
       <c r="B716" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>2106</v>
+        <v>2083</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" s="1" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="B717" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2046</v>
+        <v>2083</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" s="1" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="B718" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" s="1" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="B719" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2114</v>
+        <v>2083</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" s="1" t="s">
-        <v>2116</v>
+        <v>2119</v>
       </c>
       <c r="B720" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2111</v>
+        <v>2083</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>2117</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" s="1" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="B721" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2111</v>
+        <v>2122</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" s="1" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="B722" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" s="1" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="B723" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" s="1" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="B724" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2124</v>
+        <v>2131</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>2127</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" s="1" t="s">
-        <v>2128</v>
+        <v>2133</v>
       </c>
       <c r="B725" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2129</v>
+        <v>2134</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" s="1" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
       <c r="B726" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>2132</v>
+        <v>2137</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>2133</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" s="1" t="s">
-        <v>2134</v>
+        <v>2139</v>
       </c>
       <c r="B727" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2111</v>
+        <v>2140</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" s="1" t="s">
-        <v>2136</v>
+        <v>2142</v>
       </c>
       <c r="B728" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2137</v>
+        <v>2143</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>41</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" s="1" t="s">
-        <v>2138</v>
+        <v>2145</v>
       </c>
       <c r="B729" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2139</v>
+        <v>2083</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" s="1" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
       <c r="B730" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" s="1" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>2147</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B732" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C732" s="1" t="s">
         <v>2148</v>
       </c>
-      <c r="B732" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D732" s="1" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" s="1" t="s">
-        <v>2151</v>
+        <v>2155</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2152</v>
+        <v>2148</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>2153</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" s="1" t="s">
-        <v>2154</v>
+        <v>2157</v>
       </c>
       <c r="B734" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2155</v>
+        <v>2158</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>2156</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" s="1" t="s">
-        <v>2157</v>
+        <v>2160</v>
       </c>
       <c r="B735" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>2159</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" s="1" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="B736" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2124</v>
+        <v>2161</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" s="1" t="s">
-        <v>2162</v>
+        <v>2165</v>
       </c>
       <c r="B737" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2124</v>
+        <v>2166</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" s="1" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="B738" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2124</v>
+        <v>2169</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" s="1" t="s">
-        <v>2166</v>
+        <v>2171</v>
       </c>
       <c r="B739" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2124</v>
+        <v>2148</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>2167</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" s="1" t="s">
-        <v>2168</v>
+        <v>2173</v>
       </c>
       <c r="B740" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2124</v>
+        <v>2174</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>2169</v>
+        <v>23</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" s="1" t="s">
-        <v>2170</v>
+        <v>2175</v>
       </c>
       <c r="B741" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2158</v>
+        <v>2176</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" s="1" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B742" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2158</v>
+        <v>2179</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>2173</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" s="1" t="s">
-        <v>2174</v>
+        <v>2181</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>2158</v>
+        <v>2183</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>2175</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" s="1" t="s">
-        <v>2176</v>
+        <v>2185</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>2158</v>
+        <v>2186</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>2177</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" s="1" t="s">
-        <v>2178</v>
+        <v>2188</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>2158</v>
+        <v>2189</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>2179</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" s="1" t="s">
-        <v>2180</v>
+        <v>2191</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>2158</v>
+        <v>2192</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>2181</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" s="1" t="s">
-        <v>2182</v>
+        <v>2194</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2158</v>
+        <v>2195</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" s="1" t="s">
-        <v>2184</v>
+        <v>2197</v>
       </c>
       <c r="B748" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>2185</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" s="1" t="s">
-        <v>2186</v>
+        <v>2199</v>
       </c>
       <c r="B749" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>2187</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" s="1" t="s">
-        <v>2188</v>
+        <v>2201</v>
       </c>
       <c r="B750" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>2189</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" s="1" t="s">
-        <v>2190</v>
+        <v>2203</v>
       </c>
       <c r="B751" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>2191</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" s="1" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
       <c r="B752" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" s="1" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="B753" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>2158</v>
+        <v>2195</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" s="1" t="s">
-        <v>2196</v>
+        <v>2209</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>2158</v>
+        <v>2195</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>2197</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" s="1" t="s">
-        <v>2198</v>
+        <v>2211</v>
       </c>
       <c r="B755" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>2158</v>
+        <v>2195</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>2199</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" s="1" t="s">
-        <v>2200</v>
+        <v>2213</v>
       </c>
       <c r="B756" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>2158</v>
+        <v>2195</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>2201</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" s="1" t="s">
-        <v>2202</v>
+        <v>2215</v>
       </c>
       <c r="B757" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>2158</v>
+        <v>2195</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>2203</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758" s="1" t="s">
-        <v>2204</v>
+        <v>2217</v>
       </c>
       <c r="B758" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>2206</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759" s="1" t="s">
-        <v>2207</v>
+        <v>2219</v>
       </c>
       <c r="B759" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>2208</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" s="1" t="s">
-        <v>2209</v>
+        <v>2221</v>
       </c>
       <c r="B760" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>2210</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" s="1" t="s">
-        <v>2211</v>
+        <v>2223</v>
       </c>
       <c r="B761" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>2212</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" s="1" t="s">
-        <v>2213</v>
+        <v>2225</v>
       </c>
       <c r="B762" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2214</v>
+        <v>2195</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>2215</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" s="1" t="s">
-        <v>2216</v>
+        <v>2227</v>
       </c>
       <c r="B763" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2217</v>
+        <v>2195</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>2218</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" s="1" t="s">
-        <v>2219</v>
+        <v>2229</v>
       </c>
       <c r="B764" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2220</v>
+        <v>2195</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>2221</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" s="1" t="s">
-        <v>2222</v>
+        <v>2231</v>
       </c>
       <c r="B765" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2223</v>
+        <v>2195</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" s="1" t="s">
-        <v>2225</v>
+        <v>2233</v>
       </c>
       <c r="B766" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>2226</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" s="1" t="s">
-        <v>2227</v>
+        <v>2235</v>
       </c>
       <c r="B767" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>2228</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" s="1" t="s">
-        <v>2229</v>
+        <v>2237</v>
       </c>
       <c r="B768" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2214</v>
+        <v>2195</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>2230</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="1" t="s">
-        <v>2231</v>
+        <v>2239</v>
       </c>
       <c r="B769" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2214</v>
+        <v>2195</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>2232</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" s="1" t="s">
-        <v>2233</v>
+        <v>2241</v>
       </c>
       <c r="B770" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2214</v>
+        <v>2242</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>2234</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" s="1" t="s">
-        <v>2235</v>
+        <v>2244</v>
       </c>
       <c r="B771" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2214</v>
+        <v>2242</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>2236</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" s="1" t="s">
-        <v>2237</v>
+        <v>2246</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2238</v>
+        <v>2242</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" s="1" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="B773" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2214</v>
+        <v>2242</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>2241</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" s="1" t="s">
-        <v>2242</v>
+        <v>2250</v>
       </c>
       <c r="B774" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2214</v>
+        <v>2251</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" s="1" t="s">
-        <v>2244</v>
+        <v>2253</v>
       </c>
       <c r="B775" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2214</v>
+        <v>2254</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>2245</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" s="1" t="s">
-        <v>2246</v>
+        <v>2256</v>
       </c>
       <c r="B776" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2214</v>
+        <v>2257</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>2247</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" s="1" t="s">
-        <v>2248</v>
+        <v>2259</v>
       </c>
       <c r="B777" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2249</v>
+        <v>2260</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>2250</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" s="1" t="s">
-        <v>2251</v>
+        <v>2262</v>
       </c>
       <c r="B778" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C778" s="1"/>
+      <c r="C778" s="1" t="s">
+        <v>2242</v>
+      </c>
       <c r="D778" s="1" t="s">
-        <v>2252</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" s="1" t="s">
-        <v>2253</v>
+        <v>2264</v>
       </c>
       <c r="B779" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2214</v>
+        <v>2242</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>2254</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" s="1" t="s">
-        <v>2255</v>
+        <v>2266</v>
       </c>
       <c r="B780" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C780" s="1"/>
+      <c r="C780" s="1" t="s">
+        <v>2251</v>
+      </c>
       <c r="D780" s="1" t="s">
-        <v>2256</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" s="1" t="s">
-        <v>2257</v>
+        <v>2268</v>
       </c>
       <c r="B781" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2214</v>
+        <v>2251</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>2258</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" s="1" t="s">
-        <v>2259</v>
+        <v>2270</v>
       </c>
       <c r="B782" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2214</v>
+        <v>2251</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>2260</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" s="1" t="s">
-        <v>2261</v>
+        <v>2272</v>
       </c>
       <c r="B783" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2214</v>
+        <v>2251</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>2262</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" s="1" t="s">
-        <v>2263</v>
+        <v>2274</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2214</v>
+        <v>2275</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>2264</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" s="1" t="s">
-        <v>2265</v>
+        <v>2277</v>
       </c>
       <c r="B785" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2266</v>
+        <v>2251</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>2267</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" s="1" t="s">
-        <v>2268</v>
+        <v>2279</v>
       </c>
       <c r="B786" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2269</v>
+        <v>2251</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>2270</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" s="1" t="s">
-        <v>2271</v>
+        <v>2281</v>
       </c>
       <c r="B787" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2266</v>
+        <v>2251</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" s="1" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2266</v>
+        <v>2251</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" s="1" t="s">
-        <v>2275</v>
+        <v>2285</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2266</v>
+        <v>2286</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>2276</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" s="1" t="s">
-        <v>2277</v>
+        <v>2288</v>
       </c>
       <c r="B790" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C790" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C790" s="1"/>
       <c r="D790" s="1" t="s">
-        <v>2278</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" s="1" t="s">
-        <v>2279</v>
+        <v>2290</v>
       </c>
       <c r="B791" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2266</v>
+        <v>2251</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>2280</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" s="1" t="s">
-        <v>2281</v>
+        <v>2292</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C792" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C792" s="1"/>
       <c r="D792" s="1" t="s">
-        <v>2282</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" s="1" t="s">
-        <v>2283</v>
+        <v>2294</v>
       </c>
       <c r="B793" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C793" s="1"/>
+      <c r="C793" s="1" t="s">
+        <v>2251</v>
+      </c>
       <c r="D793" s="1" t="s">
-        <v>2284</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" s="1" t="s">
-        <v>2285</v>
+        <v>2296</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2286</v>
+        <v>2251</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>2287</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" s="1" t="s">
-        <v>2288</v>
+        <v>2298</v>
       </c>
       <c r="B795" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2289</v>
+        <v>2251</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>2290</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" s="1" t="s">
-        <v>2291</v>
+        <v>2300</v>
       </c>
       <c r="B796" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2292</v>
+        <v>2251</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>2293</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" s="1" t="s">
-        <v>2294</v>
+        <v>2302</v>
       </c>
       <c r="B797" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>2266</v>
+        <v>2303</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" s="1" t="s">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="B798" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2266</v>
+        <v>2306</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>2297</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" s="1" t="s">
-        <v>2298</v>
+        <v>2308</v>
       </c>
       <c r="B799" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>2300</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" s="1" t="s">
-        <v>2301</v>
+        <v>2310</v>
       </c>
       <c r="B800" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>2303</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" s="1" t="s">
-        <v>2304</v>
+        <v>2312</v>
       </c>
       <c r="B801" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2305</v>
+        <v>2303</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" s="1" t="s">
-        <v>2307</v>
+        <v>2314</v>
       </c>
       <c r="B802" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2308</v>
+        <v>2303</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>2309</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" s="1" t="s">
-        <v>2310</v>
+        <v>2316</v>
       </c>
       <c r="B803" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2311</v>
+        <v>2303</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>2312</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" s="1" t="s">
-        <v>2313</v>
+        <v>2318</v>
       </c>
       <c r="B804" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2314</v>
+        <v>2303</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>2315</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" s="1" t="s">
-        <v>2316</v>
+        <v>2320</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C805" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C805" s="1"/>
       <c r="D805" s="1" t="s">
-        <v>2318</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" s="1" t="s">
-        <v>2319</v>
+        <v>2322</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2320</v>
+        <v>2323</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>2321</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" s="1" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="B807" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2012</v>
+        <v>2326</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>2323</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" s="1" t="s">
-        <v>2324</v>
+        <v>2328</v>
       </c>
       <c r="B808" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2012</v>
+        <v>2329</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>2325</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" s="1" t="s">
-        <v>2326</v>
+        <v>2331</v>
       </c>
       <c r="B809" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2012</v>
+        <v>2303</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>2327</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" s="1" t="s">
-        <v>2328</v>
+        <v>2333</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2329</v>
+        <v>2303</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" s="1" t="s">
-        <v>2331</v>
+        <v>2335</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2332</v>
+        <v>2336</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" s="1" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="B812" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" s="1" t="s">
-        <v>2337</v>
+        <v>2341</v>
       </c>
       <c r="B813" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>2338</v>
+        <v>2342</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>2339</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" s="1" t="s">
-        <v>2340</v>
+        <v>2344</v>
       </c>
       <c r="B814" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>2341</v>
+        <v>2345</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>2342</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" s="1" t="s">
-        <v>2343</v>
+        <v>2347</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2344</v>
+        <v>2348</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>2345</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" s="1" t="s">
-        <v>2346</v>
+        <v>2350</v>
       </c>
       <c r="B816" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2344</v>
+        <v>2351</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>2347</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" s="1" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
       <c r="B817" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2344</v>
+        <v>2354</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>2349</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" s="1" t="s">
-        <v>2350</v>
+        <v>2356</v>
       </c>
       <c r="B818" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>2344</v>
+        <v>2357</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>2351</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" s="1" t="s">
-        <v>2352</v>
+        <v>2359</v>
       </c>
       <c r="B819" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2344</v>
+        <v>2049</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>2353</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" s="1" t="s">
-        <v>2354</v>
+        <v>2361</v>
       </c>
       <c r="B820" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2344</v>
+        <v>2049</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>2355</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" s="1" t="s">
-        <v>2356</v>
+        <v>2363</v>
       </c>
       <c r="B821" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>2344</v>
+        <v>2049</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>2357</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" s="1" t="s">
-        <v>2358</v>
+        <v>2365</v>
       </c>
       <c r="B822" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2344</v>
+        <v>2366</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>2359</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" s="1" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
       <c r="B823" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>2344</v>
+        <v>2369</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>2361</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" s="1" t="s">
-        <v>2362</v>
+        <v>2371</v>
       </c>
       <c r="B824" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2344</v>
+        <v>2372</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>2363</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" s="1" t="s">
-        <v>2364</v>
+        <v>2374</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2344</v>
+        <v>2375</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>2365</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" s="1" t="s">
-        <v>2366</v>
+        <v>2377</v>
       </c>
       <c r="B826" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>2344</v>
+        <v>2378</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>2367</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" s="1" t="s">
-        <v>2368</v>
+        <v>2380</v>
       </c>
       <c r="B827" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>2344</v>
+        <v>2381</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>2369</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" s="1" t="s">
-        <v>2370</v>
+        <v>2383</v>
       </c>
       <c r="B828" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>2371</v>
+        <v>2381</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>2372</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" s="1" t="s">
-        <v>2373</v>
+        <v>2385</v>
       </c>
       <c r="B829" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2374</v>
+        <v>2381</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>2375</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" s="1" t="s">
-        <v>2376</v>
+        <v>2387</v>
       </c>
       <c r="B830" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>2378</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" s="1" t="s">
-        <v>2379</v>
+        <v>2389</v>
       </c>
       <c r="B831" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>2381</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" s="1" t="s">
-        <v>2382</v>
+        <v>2391</v>
       </c>
       <c r="B832" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>2383</v>
+        <v>2381</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>2384</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" s="1" t="s">
-        <v>2385</v>
+        <v>2393</v>
       </c>
       <c r="B833" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>2386</v>
+        <v>2381</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>2387</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" s="1" t="s">
-        <v>2388</v>
+        <v>2395</v>
       </c>
       <c r="B834" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>2389</v>
+        <v>2381</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>2390</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" s="1" t="s">
-        <v>2391</v>
+        <v>2397</v>
       </c>
       <c r="B835" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>2392</v>
+        <v>2381</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>2393</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" s="1" t="s">
-        <v>2394</v>
+        <v>2399</v>
       </c>
       <c r="B836" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2395</v>
+        <v>2381</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>41</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" s="1" t="s">
-        <v>2396</v>
+        <v>2401</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>2397</v>
+        <v>2381</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" s="1" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
       <c r="B838" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2400</v>
+        <v>2381</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>2401</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" s="1" t="s">
-        <v>2402</v>
+        <v>2405</v>
       </c>
       <c r="B839" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2403</v>
+        <v>2381</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" s="1" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="B840" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841" s="1" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" s="1" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="B842" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" s="1" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>2415</v>
+        <v>2417</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>2416</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" s="1" t="s">
-        <v>2417</v>
+        <v>2419</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>2418</v>
+        <v>2420</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>2419</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" s="1" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="B845" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2421</v>
+        <v>2423</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" s="1" t="s">
-        <v>2423</v>
+        <v>2425</v>
       </c>
       <c r="B846" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" s="1" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="B847" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" s="1" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="B848" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>2431</v>
+        <v>23</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" s="1" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" s="1" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="B850" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" s="1" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="B851" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" s="1" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="B852" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" s="1" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="B853" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" s="1" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="B854" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" s="1" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>2445</v>
+        <v>2452</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" s="1" t="s">
-        <v>2452</v>
+        <v>2454</v>
       </c>
       <c r="B856" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>2445</v>
+        <v>2455</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>2453</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" s="1" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
       <c r="B857" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>2455</v>
+        <v>2458</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" s="1" t="s">
-        <v>2457</v>
+        <v>2460</v>
       </c>
       <c r="B858" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>2459</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" s="1" t="s">
-        <v>2460</v>
+        <v>2463</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2461</v>
+        <v>2464</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>2462</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" s="1" t="s">
-        <v>2463</v>
+        <v>2466</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>2464</v>
+        <v>2467</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>2465</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" s="1" t="s">
-        <v>2466</v>
+        <v>2469</v>
       </c>
       <c r="B861" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2467</v>
+        <v>2470</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>2468</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" s="1" t="s">
-        <v>2469</v>
+        <v>2472</v>
       </c>
       <c r="B862" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2470</v>
+        <v>2473</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>2471</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" s="1" t="s">
-        <v>2472</v>
+        <v>2475</v>
       </c>
       <c r="B863" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2473</v>
+        <v>2476</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>2474</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" s="1" t="s">
-        <v>2475</v>
+        <v>2478</v>
       </c>
       <c r="B864" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2476</v>
+        <v>2479</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>2477</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" s="1" t="s">
-        <v>2478</v>
+        <v>2481</v>
       </c>
       <c r="B865" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>2479</v>
+        <v>2482</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>2480</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" s="1" t="s">
-        <v>2481</v>
+        <v>2484</v>
       </c>
       <c r="B866" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2482</v>
+        <v>2485</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>2483</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" s="1" t="s">
-        <v>2484</v>
+        <v>2487</v>
       </c>
       <c r="B867" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2485</v>
+        <v>2482</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" s="1" t="s">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="B868" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>2488</v>
+        <v>2482</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" s="1" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="B869" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" s="1" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="B870" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" s="1" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" s="1" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" s="1" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="B873" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="1" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="B874" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" s="1" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="B875" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" s="1" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
       <c r="B876" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="877" spans="1:4">
       <c r="A877" s="1" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="B877" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" s="1" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="B878" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" s="1" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="B879" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" s="1" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="B880" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" s="1" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="B881" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" s="1" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
       <c r="B882" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" s="1" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="B883" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" s="1" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="B884" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" s="1" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" s="1" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" s="1" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" s="1" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" s="1" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" s="1" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" s="1" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="B891" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" s="1" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="B892" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" s="1" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="B893" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" s="1" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="B894" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" s="1" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="B895" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" s="1" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" s="1" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" s="1" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" s="1" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" s="1" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" s="1" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" s="1" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
       <c r="B902" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" s="1" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="B903" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" s="1" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="B904" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" s="1" t="s">
-        <v>2597</v>
+        <v>2599</v>
       </c>
       <c r="B905" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" s="1" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
       <c r="B906" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" s="1" t="s">
-        <v>2602</v>
+        <v>2605</v>
       </c>
       <c r="B907" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>2603</v>
+        <v>2606</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>2604</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" s="1" t="s">
-        <v>2605</v>
+        <v>2608</v>
       </c>
       <c r="B908" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" s="1" t="s">
-        <v>2608</v>
+        <v>2611</v>
       </c>
       <c r="B909" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>2609</v>
+        <v>2612</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>2610</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" s="1" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
       <c r="B910" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>2612</v>
+        <v>2615</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2613</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" s="1" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
       <c r="B911" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" s="1" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
       <c r="B912" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>2619</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" s="1" t="s">
-        <v>2620</v>
+        <v>2623</v>
       </c>
       <c r="B913" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>2622</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" s="1" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
       <c r="B914" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>2625</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" s="1" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
       <c r="B915" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>2627</v>
+        <v>2629</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>2628</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" s="1" t="s">
-        <v>2629</v>
+        <v>2631</v>
       </c>
       <c r="B916" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" s="1" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="B917" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" s="1" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="B918" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" s="1" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="B919" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" s="1" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="B920" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" s="1" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="B921" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" s="1" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" s="1" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="B923" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" s="1" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="B924" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" s="1" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="B925" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>2658</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" s="1" t="s">
-        <v>2659</v>
+        <v>2660</v>
       </c>
       <c r="B926" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>2660</v>
+        <v>2661</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>2661</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" s="1" t="s">
-        <v>2662</v>
+        <v>2663</v>
       </c>
       <c r="B927" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2663</v>
+        <v>2664</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2664</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" s="1" t="s">
-        <v>2665</v>
+        <v>2666</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2666</v>
+        <v>2667</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>2667</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" s="1" t="s">
-        <v>2668</v>
+        <v>2669</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2669</v>
+        <v>2670</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>2670</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" s="1" t="s">
-        <v>2671</v>
+        <v>2672</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2618</v>
+        <v>2673</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>2672</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" s="1" t="s">
-        <v>2673</v>
+        <v>2675</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2674</v>
+        <v>2676</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>2675</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" s="1" t="s">
-        <v>2676</v>
+        <v>2678</v>
       </c>
       <c r="B932" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2677</v>
+        <v>2679</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" s="1" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="B933" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" s="1" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2683</v>
+        <v>2685</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>2684</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" s="1" t="s">
-        <v>2685</v>
+        <v>2687</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" s="1" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
       <c r="B936" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" s="1" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="B937" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" s="1" t="s">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="B938" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" s="1" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="B939" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" s="1" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" s="1" t="s">
-        <v>2703</v>
+        <v>2705</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2704</v>
+        <v>2652</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" s="1" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
       <c r="B942" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2707</v>
+        <v>2708</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>2708</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" s="1" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B943" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2710</v>
+        <v>2711</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>2711</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" s="1" t="s">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" s="1" t="s">
-        <v>2715</v>
+        <v>2716</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" s="1" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="B946" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" s="1" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="B947" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" s="1" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="949" spans="1:4">
       <c r="A949" s="1" t="s">
-        <v>2727</v>
+        <v>2728</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" s="1" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="B950" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" s="1" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="B951" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" s="1" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="B952" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" s="1" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
       <c r="B953" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" s="1" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
       <c r="B954" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" s="1" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>2747</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" s="1" t="s">
-        <v>2748</v>
+        <v>2749</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" s="1" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" s="1" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
       <c r="B958" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" s="1" t="s">
-        <v>2757</v>
+        <v>2758</v>
       </c>
       <c r="B959" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2758</v>
+        <v>2759</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" s="1" t="s">
-        <v>2760</v>
+        <v>2761</v>
       </c>
       <c r="B960" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2761</v>
+        <v>2762</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" s="1" t="s">
-        <v>2763</v>
+        <v>2764</v>
       </c>
       <c r="B961" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" s="1" t="s">
-        <v>2766</v>
+        <v>2767</v>
       </c>
       <c r="B962" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2767</v>
+        <v>2768</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="963" spans="1:4">
       <c r="A963" s="1" t="s">
-        <v>2769</v>
+        <v>2770</v>
       </c>
       <c r="B963" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2770</v>
+        <v>2771</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" s="1" t="s">
-        <v>2772</v>
+        <v>2773</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2773</v>
+        <v>2774</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" s="1" t="s">
-        <v>2775</v>
+        <v>2776</v>
       </c>
       <c r="B965" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2776</v>
+        <v>2777</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" s="1" t="s">
-        <v>2778</v>
+        <v>2779</v>
       </c>
       <c r="B966" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2779</v>
+        <v>2780</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2780</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" s="1" t="s">
-        <v>2781</v>
+        <v>2782</v>
       </c>
       <c r="B967" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>2782</v>
+        <v>2783</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>2783</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" s="1" t="s">
-        <v>2784</v>
+        <v>2785</v>
       </c>
       <c r="B968" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2785</v>
+        <v>2786</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" s="1" t="s">
-        <v>2787</v>
+        <v>2788</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2788</v>
+        <v>2789</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2789</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="970" spans="1:4">
       <c r="A970" s="1" t="s">
-        <v>2790</v>
+        <v>2791</v>
       </c>
       <c r="B970" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2791</v>
+        <v>2792</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2792</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="971" spans="1:4">
       <c r="A971" s="1" t="s">
-        <v>2793</v>
+        <v>2794</v>
       </c>
       <c r="B971" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2794</v>
+        <v>2795</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>2795</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="972" spans="1:4">
       <c r="A972" s="1" t="s">
-        <v>2796</v>
+        <v>2797</v>
       </c>
       <c r="B972" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2797</v>
+        <v>2798</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>2798</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" s="1" t="s">
-        <v>2799</v>
+        <v>2800</v>
       </c>
       <c r="B973" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>2800</v>
+        <v>2801</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>2801</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" s="1" t="s">
-        <v>2802</v>
+        <v>2803</v>
       </c>
       <c r="B974" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2803</v>
+        <v>2804</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>2804</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="975" spans="1:4">
       <c r="A975" s="1" t="s">
-        <v>2805</v>
+        <v>2806</v>
       </c>
       <c r="B975" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2806</v>
+        <v>2807</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>2807</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" s="1" t="s">
-        <v>2808</v>
+        <v>2809</v>
       </c>
       <c r="B976" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="977" spans="1:4">
       <c r="A977" s="1" t="s">
-        <v>2811</v>
+        <v>2812</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2812</v>
+        <v>2813</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>2813</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="978" spans="1:4">
       <c r="A978" s="1" t="s">
-        <v>2814</v>
+        <v>2815</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2815</v>
+        <v>2816</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="979" spans="1:4">
       <c r="A979" s="1" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" s="1" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" s="1" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" s="1" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="983" spans="1:4">
       <c r="A983" s="1" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="B983" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" s="1" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="B984" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" s="1" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="B985" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" s="1" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="B986" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="987" spans="1:4">
       <c r="A987" s="1" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
       <c r="B987" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" s="1" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="B988" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="989" spans="1:4">
       <c r="A989" s="1" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="B989" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="1" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="B990" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" s="1" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
       <c r="B991" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" s="1" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" s="1" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="B993" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" s="1" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="B994" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" s="1" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
       <c r="B995" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="1" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="B996" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" s="1" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="1" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="1" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
       <c r="A1000" s="1" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="1" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" s="1" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" s="1" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" s="1" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" s="1" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" s="1" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="1" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" s="1" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="1" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="1" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="B1010" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" s="1" t="s">
-        <v>2913</v>
+        <v>2914</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>2915</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="1" t="s">
-        <v>2916</v>
+        <v>2917</v>
       </c>
       <c r="B1012" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>2917</v>
+        <v>2918</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>2918</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" s="1" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
       <c r="B1013" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" s="1" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
       <c r="B1014" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>2924</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" s="1" t="s">
-        <v>2925</v>
+        <v>2926</v>
       </c>
       <c r="B1015" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>2926</v>
+        <v>2927</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>2927</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" s="1" t="s">
-        <v>2928</v>
+        <v>2929</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>2929</v>
+        <v>2930</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>2930</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" s="1" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
       <c r="B1017" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" s="1" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="B1018" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" s="1" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
       <c r="B1019" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" s="1" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="B1020" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" s="1" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="B1021" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" s="1" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="B1022" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" s="1" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" s="1" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
       <c r="B1024" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" s="1" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" s="1" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="B1026" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" s="1" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
       <c r="B1027" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" s="1" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="B1028" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" s="1" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
       <c r="B1029" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" s="1" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
       <c r="B1030" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>2972</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" s="1" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
       <c r="B1031" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" s="1" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" s="1" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
       <c r="B1033" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" s="1" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="B1034" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" s="1" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
       <c r="B1035" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" s="1" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="B1036" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" s="1" t="s">
-        <v>2991</v>
+        <v>2992</v>
       </c>
       <c r="B1037" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>2992</v>
+        <v>2993</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" s="1" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" s="1" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
       <c r="B1039" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" s="1" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" s="1" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
       <c r="B1041" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1042" spans="1:4">
       <c r="A1042" s="1" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="B1042" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>3008</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
       <c r="A1043" s="1" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
       <c r="B1043" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
       <c r="A1044" s="1" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
       <c r="B1044" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" s="1" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
       <c r="B1045" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>3016</v>
+        <v>3017</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>3017</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" s="1" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
       <c r="B1046" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" s="1" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
       <c r="B1047" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" s="1" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="B1048" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" s="1" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" s="1" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>3032</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="1" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
       <c r="B1051" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>3034</v>
+        <v>3035</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" s="1" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="B1052" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="1" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
       <c r="B1053" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" s="1" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
       <c r="B1054" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" s="1" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="B1055" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>3046</v>
+        <v>3047</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" s="1" t="s">
-        <v>3048</v>
+        <v>3049</v>
       </c>
       <c r="B1056" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>3049</v>
+        <v>3050</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>3050</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" s="1" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="B1057" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" s="1" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" s="1" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>3059</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" s="1" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>3062</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" s="1" t="s">
-        <v>3060</v>
+        <v>3064</v>
       </c>
       <c r="B1061" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>3063</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" s="1" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
       <c r="B1062" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>3065</v>
+        <v>3068</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>3066</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" s="1" t="s">
-        <v>3064</v>
+        <v>3070</v>
       </c>
       <c r="B1063" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>3065</v>
+        <v>3071</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>3067</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" s="1" t="s">
-        <v>3068</v>
+        <v>3073</v>
       </c>
       <c r="B1064" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>2938</v>
+        <v>3074</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>3069</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" s="1" t="s">
-        <v>3070</v>
-[...1 lines deleted...]
-      <c r="B1065" s="1"/>
+        <v>3076</v>
+      </c>
+      <c r="B1065" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="C1065" s="1" t="s">
-        <v>3071</v>
+        <v>3077</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>3072</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" s="1" t="s">
-        <v>3073</v>
+        <v>3079</v>
       </c>
       <c r="B1066" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>3071</v>
+        <v>3080</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>3074</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" s="1" t="s">
-        <v>3075</v>
+        <v>3082</v>
       </c>
       <c r="B1067" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>3076</v>
+        <v>3083</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>3077</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" s="1" t="s">
-        <v>3078</v>
+        <v>3085</v>
       </c>
       <c r="B1068" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>3079</v>
+        <v>3086</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>3080</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" s="1" t="s">
-        <v>3081</v>
+        <v>3088</v>
       </c>
       <c r="B1069" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>3079</v>
+        <v>3089</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>3082</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" s="1" t="s">
-        <v>3083</v>
+        <v>3091</v>
       </c>
       <c r="B1070" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>3079</v>
+        <v>3092</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>3082</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" s="1" t="s">
-        <v>3084</v>
+        <v>3094</v>
       </c>
       <c r="B1071" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>3085</v>
+        <v>3095</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>3086</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" s="1" t="s">
-        <v>3087</v>
+        <v>3094</v>
       </c>
       <c r="B1072" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>3085</v>
+        <v>3095</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>3088</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" s="1" t="s">
-        <v>3089</v>
+        <v>3098</v>
       </c>
       <c r="B1073" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>3090</v>
+        <v>3099</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>3091</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" s="1" t="s">
-        <v>3092</v>
+        <v>3098</v>
       </c>
       <c r="B1074" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>3093</v>
+        <v>3099</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>3094</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" s="1" t="s">
-        <v>3095</v>
+        <v>3102</v>
       </c>
       <c r="B1075" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>3096</v>
+        <v>2972</v>
       </c>
       <c r="D1075" s="1" t="s">
-        <v>3097</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" s="1" t="s">
-        <v>3098</v>
-[...3 lines deleted...]
-      </c>
+        <v>3104</v>
+      </c>
+      <c r="B1076" s="1"/>
       <c r="C1076" s="1" t="s">
-        <v>3099</v>
+        <v>3105</v>
       </c>
       <c r="D1076" s="1" t="s">
-        <v>3100</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" s="1" t="s">
-        <v>3101</v>
+        <v>3107</v>
       </c>
       <c r="B1077" s="1" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="C1077" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="C1077" s="1" t="s">
+        <v>3105</v>
+      </c>
       <c r="D1077" s="1" t="s">
-        <v>3102</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="1" t="s">
-        <v>3103</v>
+        <v>3109</v>
       </c>
       <c r="B1078" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>3104</v>
+        <v>3110</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>3105</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="1" t="s">
-        <v>3106</v>
+        <v>3112</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>3107</v>
+        <v>3113</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>3108</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="1" t="s">
-        <v>3109</v>
+        <v>3115</v>
       </c>
       <c r="B1080" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>3110</v>
+        <v>3113</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>3111</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="1" t="s">
-        <v>3112</v>
+        <v>3117</v>
       </c>
       <c r="B1081" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1081" s="1" t="s">
         <v>3113</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>3114</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" s="1" t="s">
-        <v>3115</v>
+        <v>3118</v>
       </c>
       <c r="B1082" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>3116</v>
+        <v>3119</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>3117</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="1" t="s">
-        <v>3118</v>
+        <v>3121</v>
       </c>
       <c r="B1083" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1083" s="1" t="s">
         <v>3119</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="1" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="B1084" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>3123</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="1" t="s">
-        <v>3124</v>
+        <v>3126</v>
       </c>
       <c r="B1085" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>3125</v>
+        <v>3127</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>3126</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="1" t="s">
-        <v>3127</v>
+        <v>3129</v>
       </c>
       <c r="B1086" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>3128</v>
+        <v>3130</v>
       </c>
       <c r="D1086" s="1" t="s">
-        <v>3129</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="1" t="s">
-        <v>3130</v>
+        <v>3132</v>
       </c>
       <c r="B1087" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>3131</v>
+        <v>3133</v>
       </c>
       <c r="D1087" s="1" t="s">
-        <v>3132</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="1" t="s">
-        <v>3133</v>
+        <v>3135</v>
       </c>
       <c r="B1088" s="1" t="s">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="C1088" s="1"/>
       <c r="D1088" s="1" t="s">
-        <v>3135</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="1" t="s">
-        <v>3136</v>
+        <v>3137</v>
       </c>
       <c r="B1089" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>3137</v>
+        <v>3138</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>3138</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="1" t="s">
-        <v>3139</v>
+        <v>3140</v>
       </c>
       <c r="B1090" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>3140</v>
+        <v>3141</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>3141</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="1" t="s">
-        <v>3142</v>
+        <v>3143</v>
       </c>
       <c r="B1091" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>3143</v>
+        <v>3144</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>3144</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="1" t="s">
-        <v>3145</v>
+        <v>3146</v>
       </c>
       <c r="B1092" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>3146</v>
+        <v>3147</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>3147</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="1" t="s">
-        <v>3148</v>
+        <v>3149</v>
       </c>
       <c r="B1093" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>3149</v>
+        <v>3150</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>3150</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" s="1" t="s">
-        <v>3151</v>
+        <v>3152</v>
       </c>
       <c r="B1094" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>3152</v>
+        <v>3153</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>3153</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="1" t="s">
-        <v>3154</v>
+        <v>3155</v>
       </c>
       <c r="B1095" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>3155</v>
+        <v>3156</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>3156</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" s="1" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="B1096" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>3158</v>
+        <v>3159</v>
       </c>
       <c r="D1096" s="1" t="s">
-        <v>3159</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="1" t="s">
-        <v>3160</v>
+        <v>3161</v>
       </c>
       <c r="B1097" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>3161</v>
+        <v>3162</v>
       </c>
       <c r="D1097" s="1" t="s">
-        <v>3162</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" s="1" t="s">
-        <v>3163</v>
+        <v>3164</v>
       </c>
       <c r="B1098" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>3164</v>
+        <v>3165</v>
       </c>
       <c r="D1098" s="1" t="s">
-        <v>3165</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" s="1" t="s">
-        <v>3166</v>
+        <v>3167</v>
       </c>
       <c r="B1099" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>3167</v>
+        <v>3168</v>
       </c>
       <c r="D1099" s="1" t="s">
-        <v>3168</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" s="1" t="s">
-        <v>3169</v>
+        <v>3170</v>
       </c>
       <c r="B1100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>3170</v>
+        <v>3171</v>
       </c>
       <c r="D1100" s="1" t="s">
-        <v>3171</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" s="1" t="s">
-        <v>3172</v>
+        <v>3173</v>
       </c>
       <c r="B1101" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>3173</v>
+        <v>3174</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>3174</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" s="1" t="s">
-        <v>3175</v>
+        <v>3176</v>
       </c>
       <c r="B1102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>3176</v>
+        <v>3177</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>3177</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" s="1" t="s">
-        <v>3178</v>
+        <v>3179</v>
       </c>
       <c r="B1103" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>3179</v>
+        <v>3180</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>3180</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" s="1" t="s">
-        <v>3181</v>
+        <v>3182</v>
       </c>
       <c r="B1104" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>3182</v>
+        <v>3183</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>3183</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" s="1" t="s">
-        <v>3184</v>
+        <v>3185</v>
       </c>
       <c r="B1105" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>3185</v>
+        <v>3186</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>3186</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" s="1" t="s">
-        <v>3187</v>
+        <v>3188</v>
       </c>
       <c r="B1106" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>3188</v>
+        <v>3189</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>3189</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" s="1" t="s">
-        <v>3190</v>
+        <v>3191</v>
       </c>
       <c r="B1107" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>3191</v>
+        <v>3192</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>3192</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" s="1" t="s">
-        <v>3193</v>
+        <v>3194</v>
       </c>
       <c r="B1108" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>3194</v>
+        <v>3195</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>3195</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" s="1" t="s">
-        <v>3196</v>
+        <v>3197</v>
       </c>
       <c r="B1109" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>3197</v>
+        <v>3198</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>3198</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" s="1" t="s">
-        <v>3199</v>
+        <v>3200</v>
       </c>
       <c r="B1110" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>3200</v>
+        <v>3201</v>
       </c>
       <c r="D1110" s="1" t="s">
-        <v>3201</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" s="1" t="s">
-        <v>3202</v>
+        <v>3203</v>
       </c>
       <c r="B1111" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>3203</v>
+        <v>3204</v>
       </c>
       <c r="D1111" s="1" t="s">
-        <v>3204</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" s="1" t="s">
-        <v>3205</v>
+        <v>3206</v>
       </c>
       <c r="B1112" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>2152</v>
+        <v>3207</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>3206</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="1" t="s">
-        <v>3207</v>
+        <v>3209</v>
       </c>
       <c r="B1113" s="1" t="s">
-        <v>2145</v>
+        <v>5</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>3208</v>
+        <v>3210</v>
       </c>
       <c r="D1113" s="1" t="s">
-        <v>3209</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="1" t="s">
-        <v>3210</v>
+        <v>3212</v>
       </c>
       <c r="B1114" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>3211</v>
+        <v>3213</v>
       </c>
       <c r="D1114" s="1" t="s">
-        <v>3212</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" s="1" t="s">
-        <v>3213</v>
+        <v>3215</v>
       </c>
       <c r="B1115" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>3214</v>
+        <v>3216</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>3215</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" s="1" t="s">
-        <v>3216</v>
+        <v>3218</v>
       </c>
       <c r="B1116" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>3217</v>
+        <v>3219</v>
       </c>
       <c r="D1116" s="1" t="s">
-        <v>3218</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" s="1" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="B1117" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>3220</v>
+        <v>3222</v>
       </c>
       <c r="D1117" s="1" t="s">
-        <v>3221</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" s="1" t="s">
-        <v>3222</v>
+        <v>3224</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>3223</v>
+        <v>3225</v>
       </c>
       <c r="D1118" s="1" t="s">
-        <v>3224</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" s="1" t="s">
-        <v>3225</v>
+        <v>3227</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>3226</v>
+        <v>3228</v>
       </c>
       <c r="D1119" s="1" t="s">
-        <v>3227</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" s="1" t="s">
-        <v>3228</v>
+        <v>3230</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>3229</v>
+        <v>3231</v>
       </c>
       <c r="D1120" s="1" t="s">
-        <v>3230</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" s="1" t="s">
-        <v>3231</v>
+        <v>3233</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>3232</v>
+        <v>3234</v>
       </c>
       <c r="D1121" s="1" t="s">
-        <v>3233</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" s="1" t="s">
-        <v>3234</v>
+        <v>3236</v>
       </c>
       <c r="B1122" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>3235</v>
+        <v>3237</v>
       </c>
       <c r="D1122" s="1" t="s">
-        <v>3236</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" s="1" t="s">
-        <v>3237</v>
+        <v>3239</v>
       </c>
       <c r="B1123" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>3238</v>
+        <v>2189</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>3239</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" s="1" t="s">
-        <v>3240</v>
+        <v>3241</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>3241</v>
+        <v>3242</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>3242</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" s="1" t="s">
-        <v>3243</v>
+        <v>3244</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>3244</v>
+        <v>3245</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>3245</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" s="1" t="s">
-        <v>3246</v>
+        <v>3247</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>3247</v>
+        <v>3248</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>3248</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" s="1" t="s">
-        <v>3249</v>
+        <v>3250</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>3250</v>
+        <v>3251</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>3251</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" s="1" t="s">
-        <v>3252</v>
+        <v>3253</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>3253</v>
+        <v>3254</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>3254</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" s="1" t="s">
-        <v>3255</v>
+        <v>3256</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>3256</v>
+        <v>3257</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>3257</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" s="1" t="s">
-        <v>3258</v>
+        <v>3259</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>3259</v>
+        <v>3260</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>3260</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" s="1" t="s">
-        <v>3261</v>
+        <v>3262</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>3262</v>
+        <v>3263</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>3263</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" s="1" t="s">
-        <v>3264</v>
+        <v>3265</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>3265</v>
+        <v>3266</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>3266</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" s="1" t="s">
-        <v>3267</v>
+        <v>3268</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>3268</v>
+        <v>3269</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>3269</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="1134" spans="1:4">
       <c r="A1134" s="1" t="s">
-        <v>3270</v>
+        <v>3271</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>3271</v>
+        <v>3272</v>
       </c>
       <c r="D1134" s="1" t="s">
-        <v>3272</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
       <c r="A1135" s="1" t="s">
-        <v>3273</v>
+        <v>3274</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>3274</v>
+        <v>3275</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>3275</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
       <c r="A1136" s="1" t="s">
-        <v>3276</v>
+        <v>3277</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>3277</v>
+        <v>3278</v>
       </c>
       <c r="D1136" s="1" t="s">
-        <v>3278</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" s="1" t="s">
-        <v>3279</v>
+        <v>3280</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>3280</v>
+        <v>3281</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>3281</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" s="1" t="s">
-        <v>3282</v>
+        <v>3283</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>3283</v>
+        <v>3284</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>3284</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" s="1" t="s">
-        <v>3285</v>
+        <v>3286</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>3286</v>
+        <v>3287</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>3287</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" s="1" t="s">
-        <v>3288</v>
+        <v>3289</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>3289</v>
+        <v>3290</v>
       </c>
       <c r="D1140" s="1" t="s">
-        <v>3290</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" s="1" t="s">
-        <v>3291</v>
+        <v>3292</v>
       </c>
       <c r="B1141" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>3292</v>
+        <v>3293</v>
       </c>
       <c r="D1141" s="1" t="s">
-        <v>3293</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" s="1" t="s">
-        <v>3294</v>
+        <v>3295</v>
       </c>
       <c r="B1142" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>3295</v>
+        <v>3296</v>
       </c>
       <c r="D1142" s="1" t="s">
-        <v>3296</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" s="1" t="s">
-        <v>3297</v>
+        <v>3298</v>
       </c>
       <c r="B1143" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>3298</v>
+        <v>3299</v>
       </c>
       <c r="D1143" s="1" t="s">
-        <v>3299</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" s="1" t="s">
-        <v>3300</v>
+        <v>3301</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="D1144" s="1" t="s">
-        <v>3302</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" s="1" t="s">
-        <v>3303</v>
+        <v>3304</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>3289</v>
+        <v>3305</v>
       </c>
       <c r="D1145" s="1" t="s">
-        <v>3304</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" s="1" t="s">
-        <v>3305</v>
+        <v>3307</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>2145</v>
+        <v>2182</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>3306</v>
+        <v>3308</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>3307</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" s="1" t="s">
-        <v>3308</v>
+        <v>3310</v>
       </c>
       <c r="B1147" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>3309</v>
+        <v>3311</v>
       </c>
       <c r="D1147" s="1" t="s">
-        <v>3310</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" s="1" t="s">
-        <v>3311</v>
+        <v>3313</v>
       </c>
       <c r="B1148" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>3312</v>
+        <v>3314</v>
       </c>
       <c r="D1148" s="1" t="s">
-        <v>3313</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" s="1" t="s">
-        <v>3314</v>
+        <v>3316</v>
       </c>
       <c r="B1149" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>3316</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" s="1" t="s">
-        <v>3317</v>
+        <v>3319</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>3318</v>
+        <v>3320</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>3319</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" s="1" t="s">
-        <v>3320</v>
+        <v>3322</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>3321</v>
+        <v>3323</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>3322</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" s="1" t="s">
-        <v>3323</v>
+        <v>3325</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>3324</v>
+        <v>3326</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>3325</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" s="1" t="s">
-        <v>3326</v>
+        <v>3328</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>3327</v>
+        <v>3329</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>3328</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" s="1" t="s">
-        <v>3329</v>
+        <v>3331</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>3330</v>
+        <v>3332</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>3331</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" s="1" t="s">
-        <v>3332</v>
+        <v>3334</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>3334</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" s="1" t="s">
-        <v>3335</v>
+        <v>3337</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>3336</v>
+        <v>3323</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" s="1" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="B1157" s="1" t="s">
-        <v>5</v>
+        <v>2182</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>3340</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" s="1" t="s">
-        <v>3341</v>
+        <v>3342</v>
       </c>
       <c r="B1158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>3342</v>
+        <v>3343</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>3343</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="1" t="s">
-        <v>3344</v>
+        <v>3345</v>
       </c>
       <c r="B1159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>3345</v>
+        <v>3346</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>3346</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="1" t="s">
-        <v>3347</v>
+        <v>3348</v>
       </c>
       <c r="B1160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>3348</v>
+        <v>3349</v>
       </c>
       <c r="D1160" s="1" t="s">
-        <v>3349</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" s="1" t="s">
-        <v>3350</v>
+        <v>3351</v>
       </c>
       <c r="B1161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>3351</v>
+        <v>3352</v>
       </c>
       <c r="D1161" s="1" t="s">
-        <v>3352</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" s="1" t="s">
-        <v>3353</v>
+        <v>3354</v>
       </c>
       <c r="B1162" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>3354</v>
+        <v>3355</v>
       </c>
       <c r="D1162" s="1" t="s">
-        <v>3355</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" s="1" t="s">
-        <v>3356</v>
+        <v>3357</v>
       </c>
       <c r="B1163" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>3357</v>
+        <v>3358</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>3358</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" s="1" t="s">
-        <v>3359</v>
+        <v>3360</v>
       </c>
       <c r="B1164" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>3360</v>
+        <v>3361</v>
       </c>
       <c r="D1164" s="1" t="s">
-        <v>3361</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" s="1" t="s">
-        <v>3362</v>
+        <v>3363</v>
       </c>
       <c r="B1165" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>3363</v>
+        <v>3364</v>
       </c>
       <c r="D1165" s="1" t="s">
-        <v>3364</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" s="1" t="s">
-        <v>3365</v>
+        <v>3366</v>
       </c>
       <c r="B1166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>3366</v>
+        <v>3367</v>
       </c>
       <c r="D1166" s="1" t="s">
-        <v>3367</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" s="1" t="s">
-        <v>3368</v>
+        <v>3369</v>
       </c>
       <c r="B1167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>3369</v>
+        <v>3370</v>
       </c>
       <c r="D1167" s="1" t="s">
-        <v>3370</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" s="1" t="s">
-        <v>3371</v>
+        <v>3372</v>
       </c>
       <c r="B1168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>3372</v>
+        <v>3373</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>3373</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" s="1" t="s">
-        <v>3374</v>
+        <v>3375</v>
       </c>
       <c r="B1169" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>3375</v>
+        <v>3376</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>3376</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" s="1" t="s">
-        <v>3377</v>
+        <v>3378</v>
       </c>
       <c r="B1170" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>3378</v>
+        <v>3379</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>3379</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" s="1" t="s">
-        <v>3380</v>
+        <v>3381</v>
       </c>
       <c r="B1171" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>3381</v>
+        <v>3382</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>3382</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" s="1" t="s">
-        <v>3383</v>
+        <v>3384</v>
       </c>
       <c r="B1172" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>3384</v>
+        <v>3385</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>3385</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" s="1" t="s">
-        <v>3386</v>
+        <v>3387</v>
       </c>
       <c r="B1173" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>3387</v>
+        <v>3388</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>3388</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" s="1" t="s">
-        <v>3389</v>
+        <v>3390</v>
       </c>
       <c r="B1174" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>3390</v>
+        <v>3391</v>
       </c>
       <c r="D1174" s="1" t="s">
-        <v>3391</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" s="1" t="s">
-        <v>3392</v>
+        <v>3393</v>
       </c>
       <c r="B1175" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>3393</v>
+        <v>3394</v>
       </c>
       <c r="D1175" s="1" t="s">
-        <v>3394</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" s="1" t="s">
-        <v>3395</v>
+        <v>3396</v>
       </c>
       <c r="B1176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>3396</v>
+        <v>3397</v>
       </c>
       <c r="D1176" s="1" t="s">
-        <v>3397</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" s="1" t="s">
-        <v>3398</v>
+        <v>3399</v>
       </c>
       <c r="B1177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>3399</v>
+        <v>3400</v>
       </c>
       <c r="D1177" s="1" t="s">
-        <v>3400</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" s="1" t="s">
-        <v>3401</v>
+        <v>3402</v>
       </c>
       <c r="B1178" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>3402</v>
+        <v>3403</v>
       </c>
       <c r="D1178" s="1" t="s">
-        <v>3403</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" s="1" t="s">
-        <v>3404</v>
+        <v>3405</v>
       </c>
       <c r="B1179" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>3405</v>
+        <v>3406</v>
       </c>
       <c r="D1179" s="1" t="s">
-        <v>3406</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" s="1" t="s">
-        <v>3407</v>
+        <v>3408</v>
       </c>
       <c r="B1180" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>3408</v>
+        <v>3409</v>
       </c>
       <c r="D1180" s="1" t="s">
-        <v>3409</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" s="1" t="s">
-        <v>3410</v>
+        <v>3411</v>
       </c>
       <c r="B1181" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>3411</v>
+        <v>3412</v>
       </c>
       <c r="D1181" s="1" t="s">
-        <v>3412</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="1182" spans="1:4">
       <c r="A1182" s="1" t="s">
-        <v>3413</v>
+        <v>3414</v>
       </c>
       <c r="B1182" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>3411</v>
+        <v>3415</v>
       </c>
       <c r="D1182" s="1" t="s">
-        <v>3414</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
       <c r="A1183" s="1" t="s">
-        <v>3415</v>
+        <v>3417</v>
       </c>
       <c r="B1183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>3416</v>
+        <v>3418</v>
       </c>
       <c r="D1183" s="1" t="s">
-        <v>3417</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
       <c r="A1184" s="1" t="s">
-        <v>3418</v>
+        <v>3420</v>
       </c>
       <c r="B1184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>3419</v>
+        <v>3421</v>
       </c>
       <c r="D1184" s="1" t="s">
-        <v>3420</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" s="1" t="s">
-        <v>3421</v>
+        <v>3423</v>
       </c>
       <c r="B1185" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1185" s="1"/>
+      <c r="C1185" s="1" t="s">
+        <v>3424</v>
+      </c>
       <c r="D1185" s="1" t="s">
-        <v>3422</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" s="1" t="s">
-        <v>3423</v>
+        <v>3426</v>
       </c>
       <c r="B1186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>3419</v>
+        <v>3427</v>
       </c>
       <c r="D1186" s="1" t="s">
-        <v>3424</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" s="1" t="s">
-        <v>3425</v>
+        <v>3429</v>
       </c>
       <c r="B1187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>3426</v>
+        <v>3430</v>
       </c>
       <c r="D1187" s="1" t="s">
-        <v>3427</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" s="1" t="s">
-        <v>3428</v>
+        <v>3432</v>
       </c>
       <c r="B1188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>3429</v>
+        <v>3433</v>
       </c>
       <c r="D1188" s="1" t="s">
-        <v>3430</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" s="1" t="s">
-        <v>3431</v>
+        <v>3435</v>
       </c>
       <c r="B1189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>3432</v>
+        <v>3436</v>
       </c>
       <c r="D1189" s="1" t="s">
-        <v>3433</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" s="1" t="s">
-        <v>3434</v>
+        <v>3438</v>
       </c>
       <c r="B1190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>3435</v>
+        <v>3439</v>
       </c>
       <c r="D1190" s="1" t="s">
-        <v>3436</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" s="1" t="s">
-        <v>3437</v>
+        <v>3441</v>
       </c>
       <c r="B1191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>3438</v>
+        <v>3442</v>
       </c>
       <c r="D1191" s="1" t="s">
-        <v>3439</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" s="1" t="s">
-        <v>3440</v>
+        <v>3444</v>
       </c>
       <c r="B1192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>3441</v>
+        <v>3445</v>
       </c>
       <c r="D1192" s="1" t="s">
-        <v>3442</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" s="1" t="s">
-        <v>3443</v>
+        <v>3447</v>
       </c>
       <c r="B1193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>3444</v>
+        <v>3445</v>
       </c>
       <c r="D1193" s="1" t="s">
-        <v>3445</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" s="1" t="s">
-        <v>3446</v>
+        <v>3449</v>
       </c>
       <c r="B1194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>3447</v>
+        <v>3450</v>
       </c>
       <c r="D1194" s="1" t="s">
-        <v>3448</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" s="1" t="s">
-        <v>3449</v>
+        <v>3452</v>
       </c>
       <c r="B1195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>3450</v>
+        <v>3453</v>
       </c>
       <c r="D1195" s="1" t="s">
-        <v>3451</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" s="1" t="s">
-        <v>3452</v>
+        <v>3455</v>
       </c>
       <c r="B1196" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1196" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C1196" s="1"/>
       <c r="D1196" s="1" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" s="1" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="B1197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1197" s="1" t="s">
-        <v>3456</v>
+        <v>3453</v>
       </c>
       <c r="D1197" s="1" t="s">
-        <v>3457</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="1198" spans="1:4">
       <c r="A1198" s="1" t="s">
-        <v>3458</v>
+        <v>3459</v>
       </c>
       <c r="B1198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>3459</v>
+        <v>3460</v>
       </c>
       <c r="D1198" s="1" t="s">
-        <v>3460</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
       <c r="A1199" s="1" t="s">
-        <v>3461</v>
+        <v>3462</v>
       </c>
       <c r="B1199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>3462</v>
+        <v>3463</v>
       </c>
       <c r="D1199" s="1" t="s">
-        <v>3463</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
       <c r="A1200" s="1" t="s">
-        <v>3464</v>
+        <v>3465</v>
       </c>
       <c r="B1200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>3465</v>
+        <v>3466</v>
       </c>
       <c r="D1200" s="1" t="s">
-        <v>3466</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" s="1" t="s">
-        <v>3467</v>
+        <v>3468</v>
       </c>
       <c r="B1201" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>3468</v>
+        <v>3469</v>
       </c>
       <c r="D1201" s="1" t="s">
-        <v>3469</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" s="1" t="s">
-        <v>3470</v>
+        <v>3471</v>
       </c>
       <c r="B1202" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>3471</v>
+        <v>3472</v>
       </c>
       <c r="D1202" s="1" t="s">
-        <v>3472</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="1203" spans="1:4">
       <c r="A1203" s="1" t="s">
-        <v>3473</v>
+        <v>3474</v>
       </c>
       <c r="B1203" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>3474</v>
+        <v>3475</v>
       </c>
       <c r="D1203" s="1" t="s">
-        <v>3475</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
       <c r="A1204" s="1" t="s">
-        <v>3476</v>
+        <v>3477</v>
       </c>
       <c r="B1204" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>3477</v>
+        <v>3478</v>
       </c>
       <c r="D1204" s="1" t="s">
-        <v>3478</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
       <c r="A1205" s="1" t="s">
-        <v>3479</v>
+        <v>3480</v>
       </c>
       <c r="B1205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>3480</v>
+        <v>3481</v>
       </c>
       <c r="D1205" s="1" t="s">
-        <v>3481</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" s="1" t="s">
-        <v>3482</v>
+        <v>3483</v>
       </c>
       <c r="B1206" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>3483</v>
+        <v>3484</v>
       </c>
       <c r="D1206" s="1" t="s">
-        <v>3484</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" s="1" t="s">
-        <v>3485</v>
+        <v>3486</v>
       </c>
       <c r="B1207" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>3486</v>
+        <v>3487</v>
       </c>
       <c r="D1207" s="1" t="s">
-        <v>3487</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" s="1" t="s">
-        <v>3488</v>
+        <v>3489</v>
       </c>
       <c r="B1208" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>3489</v>
+        <v>3490</v>
       </c>
       <c r="D1208" s="1" t="s">
-        <v>3490</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" s="1" t="s">
-        <v>3491</v>
+        <v>3492</v>
       </c>
       <c r="B1209" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>3492</v>
+        <v>3493</v>
       </c>
       <c r="D1209" s="1" t="s">
-        <v>3493</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" s="1" t="s">
-        <v>3494</v>
+        <v>3495</v>
       </c>
       <c r="B1210" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>3495</v>
+        <v>3496</v>
       </c>
       <c r="D1210" s="1" t="s">
-        <v>3496</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" s="1" t="s">
-        <v>3497</v>
+        <v>3498</v>
       </c>
       <c r="B1211" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>3498</v>
+        <v>3499</v>
       </c>
       <c r="D1211" s="1" t="s">
-        <v>3499</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" s="1" t="s">
-        <v>3500</v>
+        <v>3501</v>
       </c>
       <c r="B1212" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1212" s="1" t="s">
-        <v>3501</v>
+        <v>3502</v>
       </c>
       <c r="D1212" s="1" t="s">
-        <v>3502</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" s="1" t="s">
-        <v>3503</v>
+        <v>3504</v>
       </c>
       <c r="B1213" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>3504</v>
+        <v>3505</v>
       </c>
       <c r="D1213" s="1" t="s">
-        <v>3505</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" s="1" t="s">
-        <v>3506</v>
+        <v>3507</v>
       </c>
       <c r="B1214" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>3507</v>
+        <v>3508</v>
       </c>
       <c r="D1214" s="1" t="s">
-        <v>3508</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" s="1" t="s">
-        <v>3509</v>
+        <v>3510</v>
       </c>
       <c r="B1215" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>3510</v>
+        <v>3511</v>
       </c>
       <c r="D1215" s="1" t="s">
-        <v>3511</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" s="1" t="s">
-        <v>3512</v>
+        <v>3513</v>
       </c>
       <c r="B1216" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>3513</v>
+        <v>3514</v>
       </c>
       <c r="D1216" s="1" t="s">
-        <v>3514</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" s="1" t="s">
-        <v>3515</v>
+        <v>3516</v>
       </c>
       <c r="B1217" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>3516</v>
+        <v>3517</v>
       </c>
       <c r="D1217" s="1" t="s">
-        <v>3517</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="1218" spans="1:4">
       <c r="A1218" s="1" t="s">
-        <v>3518</v>
+        <v>3519</v>
       </c>
       <c r="B1218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>3519</v>
+        <v>3520</v>
       </c>
       <c r="D1218" s="1" t="s">
-        <v>3520</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
       <c r="A1219" s="1" t="s">
-        <v>3521</v>
+        <v>3522</v>
       </c>
       <c r="B1219" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>3522</v>
+        <v>3523</v>
       </c>
       <c r="D1219" s="1" t="s">
-        <v>3523</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
       <c r="A1220" s="1" t="s">
-        <v>3524</v>
+        <v>3525</v>
       </c>
       <c r="B1220" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>3525</v>
+        <v>3526</v>
       </c>
       <c r="D1220" s="1" t="s">
-        <v>3526</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" s="1" t="s">
-        <v>3527</v>
+        <v>3528</v>
       </c>
       <c r="B1221" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>3528</v>
+        <v>3529</v>
       </c>
       <c r="D1221" s="1" t="s">
-        <v>3529</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" s="1" t="s">
-        <v>3530</v>
+        <v>3531</v>
       </c>
       <c r="B1222" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>3531</v>
+        <v>3532</v>
       </c>
       <c r="D1222" s="1" t="s">
-        <v>3532</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="1223" spans="1:4">
       <c r="A1223" s="1" t="s">
-        <v>3533</v>
+        <v>3534</v>
       </c>
       <c r="B1223" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>3534</v>
+        <v>3535</v>
       </c>
       <c r="D1223" s="1" t="s">
-        <v>3535</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
       <c r="A1224" s="1" t="s">
-        <v>3536</v>
+        <v>3537</v>
       </c>
       <c r="B1224" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>3537</v>
+        <v>3538</v>
       </c>
       <c r="D1224" s="1" t="s">
-        <v>3538</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
       <c r="A1225" s="1" t="s">
-        <v>3539</v>
+        <v>3540</v>
       </c>
       <c r="B1225" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>3540</v>
+        <v>3541</v>
       </c>
       <c r="D1225" s="1" t="s">
-        <v>3541</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" s="1" t="s">
-        <v>3542</v>
+        <v>3543</v>
       </c>
       <c r="B1226" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>3543</v>
+        <v>3544</v>
       </c>
       <c r="D1226" s="1" t="s">
-        <v>41</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" s="1" t="s">
-        <v>3544</v>
+        <v>3546</v>
       </c>
       <c r="B1227" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1227" s="1" t="s">
-        <v>3545</v>
+        <v>3547</v>
       </c>
       <c r="D1227" s="1" t="s">
-        <v>41</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="1228" spans="1:4">
       <c r="A1228" s="1" t="s">
-        <v>3546</v>
+        <v>3549</v>
       </c>
       <c r="B1228" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1228" s="1" t="s">
-        <v>3547</v>
+        <v>3550</v>
       </c>
       <c r="D1228" s="1" t="s">
-        <v>41</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
       <c r="A1229" s="1" t="s">
-        <v>3548</v>
+        <v>3552</v>
       </c>
       <c r="B1229" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1229" s="1" t="s">
-        <v>3549</v>
+        <v>3553</v>
       </c>
       <c r="D1229" s="1" t="s">
-        <v>41</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
       <c r="A1230" s="1" t="s">
-        <v>3550</v>
+        <v>3555</v>
       </c>
       <c r="B1230" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1230" s="1" t="s">
-        <v>3551</v>
+        <v>3556</v>
       </c>
       <c r="D1230" s="1" t="s">
-        <v>41</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" s="1" t="s">
-        <v>3552</v>
+        <v>3558</v>
       </c>
       <c r="B1231" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1231" s="1" t="s">
-        <v>3553</v>
+        <v>3559</v>
       </c>
       <c r="D1231" s="1" t="s">
-        <v>41</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" s="1" t="s">
-        <v>3554</v>
+        <v>3561</v>
       </c>
       <c r="B1232" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1232" s="1" t="s">
-        <v>3555</v>
+        <v>3562</v>
       </c>
       <c r="D1232" s="1" t="s">
-        <v>41</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" s="1" t="s">
-        <v>3556</v>
+        <v>3564</v>
       </c>
       <c r="B1233" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1233" s="1" t="s">
-        <v>3557</v>
+        <v>3565</v>
       </c>
       <c r="D1233" s="1" t="s">
-        <v>41</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" s="1" t="s">
-        <v>3558</v>
+        <v>3567</v>
       </c>
       <c r="B1234" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1234" s="1" t="s">
-        <v>3559</v>
+        <v>3568</v>
       </c>
       <c r="D1234" s="1" t="s">
-        <v>41</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" s="1" t="s">
-        <v>3560</v>
+        <v>3570</v>
       </c>
       <c r="B1235" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1235" s="1" t="s">
-        <v>3561</v>
+        <v>3571</v>
       </c>
       <c r="D1235" s="1" t="s">
-        <v>41</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" s="1" t="s">
-        <v>3562</v>
+        <v>3573</v>
       </c>
       <c r="B1236" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1236" s="1" t="s">
-        <v>3563</v>
+        <v>3574</v>
       </c>
       <c r="D1236" s="1" t="s">
-        <v>41</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" s="1" t="s">
-        <v>3564</v>
+        <v>3576</v>
       </c>
       <c r="B1237" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1237" s="1" t="s">
-        <v>3565</v>
+        <v>3577</v>
       </c>
       <c r="D1237" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" s="1" t="s">
-        <v>3566</v>
+        <v>3578</v>
       </c>
       <c r="B1238" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1238" s="1" t="s">
-        <v>3567</v>
+        <v>3579</v>
       </c>
       <c r="D1238" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" s="1" t="s">
-        <v>3568</v>
+        <v>3580</v>
       </c>
       <c r="B1239" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1239" s="1" t="s">
-        <v>3569</v>
+        <v>3581</v>
       </c>
       <c r="D1239" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" s="1" t="s">
-        <v>3570</v>
+        <v>3582</v>
       </c>
       <c r="B1240" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1240" s="1" t="s">
-        <v>3571</v>
+        <v>3583</v>
       </c>
       <c r="D1240" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" s="1" t="s">
-        <v>3572</v>
+        <v>3584</v>
       </c>
       <c r="B1241" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1241" s="1" t="s">
-        <v>3573</v>
+        <v>3585</v>
       </c>
       <c r="D1241" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" s="1" t="s">
-        <v>3574</v>
+        <v>3586</v>
       </c>
       <c r="B1242" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1242" s="1" t="s">
-        <v>3575</v>
+        <v>3587</v>
       </c>
       <c r="D1242" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1243" spans="1:4">
       <c r="A1243" s="1" t="s">
-        <v>3576</v>
+        <v>3588</v>
       </c>
       <c r="B1243" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1243" s="1" t="s">
-        <v>3577</v>
+        <v>3589</v>
       </c>
       <c r="D1243" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
       <c r="A1244" s="1" t="s">
-        <v>3578</v>
+        <v>3590</v>
       </c>
       <c r="B1244" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1244" s="1" t="s">
-        <v>3579</v>
+        <v>3591</v>
       </c>
       <c r="D1244" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
       <c r="A1245" s="1" t="s">
-        <v>3580</v>
+        <v>3592</v>
       </c>
       <c r="B1245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1245" s="1" t="s">
-        <v>3581</v>
+        <v>3593</v>
       </c>
       <c r="D1245" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" s="1" t="s">
-        <v>3582</v>
+        <v>3594</v>
       </c>
       <c r="B1246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1246" s="1" t="s">
-        <v>3583</v>
+        <v>3595</v>
       </c>
       <c r="D1246" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" s="1" t="s">
-        <v>3584</v>
+        <v>3596</v>
       </c>
       <c r="B1247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1247" s="1" t="s">
-        <v>3585</v>
+        <v>3597</v>
       </c>
       <c r="D1247" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" s="1" t="s">
-        <v>3586</v>
+        <v>3598</v>
       </c>
       <c r="B1248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1248" s="1" t="s">
-        <v>3587</v>
+        <v>3599</v>
       </c>
       <c r="D1248" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" s="1" t="s">
-        <v>3588</v>
+        <v>3600</v>
       </c>
       <c r="B1249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1249" s="1" t="s">
-        <v>3589</v>
+        <v>3601</v>
       </c>
       <c r="D1249" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" s="1" t="s">
-        <v>3590</v>
+        <v>3602</v>
       </c>
       <c r="B1250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1250" s="1" t="s">
-        <v>3591</v>
+        <v>3603</v>
       </c>
       <c r="D1250" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="1" t="s">
-        <v>3592</v>
+        <v>3604</v>
       </c>
       <c r="B1251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1251" s="1" t="s">
-        <v>3593</v>
+        <v>3605</v>
       </c>
       <c r="D1251" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1252" spans="1:4">
       <c r="A1252" s="1" t="s">
-        <v>3594</v>
+        <v>3606</v>
       </c>
       <c r="B1252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1252" s="1" t="s">
-        <v>3595</v>
+        <v>3607</v>
       </c>
       <c r="D1252" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" s="1" t="s">
-        <v>3596</v>
+        <v>3608</v>
       </c>
       <c r="B1253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1253" s="1" t="s">
-        <v>3597</v>
+        <v>3609</v>
       </c>
       <c r="D1253" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1254" spans="1:4">
       <c r="A1254" s="1" t="s">
-        <v>3598</v>
+        <v>3610</v>
       </c>
       <c r="B1254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1254" s="1" t="s">
-        <v>3599</v>
+        <v>3611</v>
       </c>
       <c r="D1254" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1255" spans="1:4">
       <c r="A1255" s="1" t="s">
-        <v>3600</v>
+        <v>3612</v>
       </c>
       <c r="B1255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1255" s="1" t="s">
-        <v>3601</v>
+        <v>3613</v>
       </c>
       <c r="D1255" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1256" spans="1:4">
       <c r="A1256" s="1" t="s">
-        <v>3602</v>
+        <v>3614</v>
       </c>
       <c r="B1256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1256" s="1" t="s">
-        <v>3603</v>
+        <v>3615</v>
       </c>
       <c r="D1256" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1257" spans="1:4">
       <c r="A1257" s="1" t="s">
-        <v>3604</v>
+        <v>3616</v>
       </c>
       <c r="B1257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1257" s="1" t="s">
-        <v>3605</v>
+        <v>3617</v>
       </c>
       <c r="D1257" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" s="1" t="s">
-        <v>3606</v>
+        <v>3618</v>
       </c>
       <c r="B1258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1258" s="1" t="s">
-        <v>3607</v>
+        <v>3619</v>
       </c>
       <c r="D1258" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1259" spans="1:4">
       <c r="A1259" s="1" t="s">
-        <v>3608</v>
+        <v>3620</v>
       </c>
       <c r="B1259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1259" s="1" t="s">
-        <v>3609</v>
+        <v>3621</v>
       </c>
       <c r="D1259" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" s="1" t="s">
-        <v>3610</v>
+        <v>3622</v>
       </c>
       <c r="B1260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1260" s="1" t="s">
-        <v>3611</v>
+        <v>3623</v>
       </c>
       <c r="D1260" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1261" spans="1:4">
       <c r="A1261" s="1" t="s">
-        <v>3612</v>
+        <v>3624</v>
       </c>
       <c r="B1261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1261" s="1" t="s">
-        <v>3613</v>
+        <v>3625</v>
       </c>
       <c r="D1261" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1262" spans="1:4">
       <c r="A1262" s="1" t="s">
-        <v>3614</v>
+        <v>3626</v>
       </c>
       <c r="B1262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1262" s="1" t="s">
-        <v>3615</v>
+        <v>3627</v>
       </c>
       <c r="D1262" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1263" spans="1:4">
       <c r="A1263" s="1" t="s">
-        <v>3616</v>
+        <v>3628</v>
       </c>
       <c r="B1263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1263" s="1" t="s">
-        <v>3617</v>
+        <v>3629</v>
       </c>
       <c r="D1263" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1264" spans="1:4">
       <c r="A1264" s="1" t="s">
-        <v>3618</v>
+        <v>3630</v>
       </c>
       <c r="B1264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1264" s="1" t="s">
-        <v>3619</v>
+        <v>3631</v>
       </c>
       <c r="D1264" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1265" spans="1:4">
       <c r="A1265" s="1" t="s">
-        <v>3620</v>
+        <v>3632</v>
       </c>
       <c r="B1265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1265" s="1" t="s">
-        <v>3621</v>
+        <v>3633</v>
       </c>
       <c r="D1265" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1266" spans="1:4">
       <c r="A1266" s="1" t="s">
-        <v>3622</v>
+        <v>3634</v>
       </c>
       <c r="B1266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1266" s="1" t="s">
-        <v>3623</v>
+        <v>3635</v>
       </c>
       <c r="D1266" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1267" spans="1:4">
       <c r="A1267" s="1" t="s">
-        <v>3624</v>
+        <v>3636</v>
       </c>
       <c r="B1267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1267" s="1" t="s">
-        <v>3625</v>
+        <v>3637</v>
       </c>
       <c r="D1267" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1268" spans="1:4">
       <c r="A1268" s="1" t="s">
-        <v>3626</v>
+        <v>3638</v>
       </c>
       <c r="B1268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1268" s="1" t="s">
-        <v>3627</v>
+        <v>3639</v>
       </c>
       <c r="D1268" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" s="1" t="s">
-        <v>3628</v>
+        <v>3640</v>
       </c>
       <c r="B1269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1269" s="1" t="s">
-        <v>3629</v>
+        <v>3641</v>
       </c>
       <c r="D1269" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1270" spans="1:4">
       <c r="A1270" s="1" t="s">
-        <v>3630</v>
+        <v>3642</v>
       </c>
       <c r="B1270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1270" s="1" t="s">
-        <v>3631</v>
+        <v>3643</v>
       </c>
       <c r="D1270" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1271" spans="1:4">
       <c r="A1271" s="1" t="s">
-        <v>3632</v>
+        <v>3644</v>
       </c>
       <c r="B1271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1271" s="1" t="s">
-        <v>3633</v>
+        <v>3645</v>
       </c>
       <c r="D1271" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1272" spans="1:4">
       <c r="A1272" s="1" t="s">
-        <v>3634</v>
+        <v>3646</v>
       </c>
       <c r="B1272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1272" s="1" t="s">
-        <v>3635</v>
+        <v>3647</v>
       </c>
       <c r="D1272" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1273" spans="1:4">
       <c r="A1273" s="1" t="s">
-        <v>3636</v>
+        <v>3648</v>
       </c>
       <c r="B1273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1273" s="1" t="s">
-        <v>3637</v>
+        <v>3649</v>
       </c>
       <c r="D1273" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1274" spans="1:4">
       <c r="A1274" s="1" t="s">
-        <v>3638</v>
+        <v>3650</v>
       </c>
       <c r="B1274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1274" s="1" t="s">
-        <v>3639</v>
+        <v>3651</v>
       </c>
       <c r="D1274" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1275" spans="1:4">
       <c r="A1275" s="1" t="s">
-        <v>3640</v>
+        <v>3652</v>
       </c>
       <c r="B1275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1275" s="1" t="s">
-        <v>3641</v>
+        <v>3653</v>
       </c>
       <c r="D1275" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1276" spans="1:4">
       <c r="A1276" s="1" t="s">
-        <v>3642</v>
+        <v>3654</v>
       </c>
       <c r="B1276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1276" s="1" t="s">
-        <v>3643</v>
+        <v>3655</v>
       </c>
       <c r="D1276" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1277" spans="1:4">
       <c r="A1277" s="1" t="s">
-        <v>3644</v>
+        <v>3656</v>
       </c>
       <c r="B1277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1277" s="1" t="s">
-        <v>3645</v>
+        <v>3657</v>
       </c>
       <c r="D1277" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1278" spans="1:4">
       <c r="A1278" s="1" t="s">
-        <v>3646</v>
+        <v>3658</v>
       </c>
       <c r="B1278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1278" s="1" t="s">
-        <v>3647</v>
+        <v>3659</v>
       </c>
       <c r="D1278" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1279" spans="1:4">
       <c r="A1279" s="1" t="s">
-        <v>3648</v>
+        <v>3660</v>
       </c>
       <c r="B1279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1279" s="1" t="s">
-        <v>3649</v>
+        <v>3661</v>
       </c>
       <c r="D1279" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1280" spans="1:4">
       <c r="A1280" s="1" t="s">
-        <v>3650</v>
+        <v>3662</v>
       </c>
       <c r="B1280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1280" s="1" t="s">
-        <v>3651</v>
+        <v>3663</v>
       </c>
       <c r="D1280" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1281" spans="1:4">
       <c r="A1281" s="1" t="s">
-        <v>3652</v>
+        <v>3664</v>
       </c>
       <c r="B1281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1281" s="1" t="s">
-        <v>3653</v>
+        <v>3665</v>
       </c>
       <c r="D1281" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1282" spans="1:4">
       <c r="A1282" s="1" t="s">
-        <v>3654</v>
+        <v>3666</v>
       </c>
       <c r="B1282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1282" s="1" t="s">
-        <v>3655</v>
+        <v>3667</v>
       </c>
       <c r="D1282" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1283" spans="1:4">
       <c r="A1283" s="1" t="s">
-        <v>3656</v>
+        <v>3668</v>
       </c>
       <c r="B1283" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1283" s="1" t="s">
-        <v>3657</v>
+        <v>3669</v>
       </c>
       <c r="D1283" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1284" spans="1:4">
       <c r="A1284" s="1" t="s">
-        <v>3658</v>
+        <v>3670</v>
       </c>
       <c r="B1284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1284" s="1" t="s">
-        <v>3659</v>
+        <v>3671</v>
       </c>
       <c r="D1284" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1285" spans="1:4">
       <c r="A1285" s="1" t="s">
-        <v>3660</v>
+        <v>3672</v>
       </c>
       <c r="B1285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1285" s="1" t="s">
-        <v>3661</v>
+        <v>3673</v>
       </c>
       <c r="D1285" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1286" spans="1:4">
       <c r="A1286" s="1" t="s">
-        <v>3662</v>
+        <v>3674</v>
       </c>
       <c r="B1286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1286" s="1" t="s">
-        <v>3663</v>
+        <v>3675</v>
       </c>
       <c r="D1286" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1287" spans="1:4">
       <c r="A1287" s="1" t="s">
-        <v>3664</v>
+        <v>3676</v>
       </c>
       <c r="B1287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1287" s="1" t="s">
-        <v>3665</v>
+        <v>3677</v>
       </c>
       <c r="D1287" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1288" spans="1:4">
       <c r="A1288" s="1" t="s">
-        <v>3666</v>
+        <v>3678</v>
       </c>
       <c r="B1288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1288" s="1" t="s">
-        <v>3667</v>
+        <v>3679</v>
       </c>
       <c r="D1288" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1289" spans="1:4">
       <c r="A1289" s="1" t="s">
-        <v>3668</v>
+        <v>3680</v>
       </c>
       <c r="B1289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1289" s="1" t="s">
-        <v>3669</v>
+        <v>3681</v>
       </c>
       <c r="D1289" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1290" spans="1:4">
       <c r="A1290" s="1" t="s">
-        <v>3670</v>
+        <v>3682</v>
       </c>
       <c r="B1290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1290" s="1" t="s">
-        <v>3671</v>
+        <v>3683</v>
       </c>
       <c r="D1290" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1291" spans="1:4">
       <c r="A1291" s="1" t="s">
-        <v>3672</v>
+        <v>3684</v>
       </c>
       <c r="B1291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1291" s="1" t="s">
-        <v>3673</v>
+        <v>3685</v>
       </c>
       <c r="D1291" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1292" spans="1:4">
       <c r="A1292" s="1" t="s">
-        <v>3674</v>
+        <v>3686</v>
       </c>
       <c r="B1292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1292" s="1" t="s">
-        <v>3675</v>
+        <v>3687</v>
       </c>
       <c r="D1292" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1293" spans="1:4">
       <c r="A1293" s="1" t="s">
-        <v>3676</v>
+        <v>3688</v>
       </c>
       <c r="B1293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1293" s="1" t="s">
-        <v>3677</v>
+        <v>3689</v>
       </c>
       <c r="D1293" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1294" spans="1:4">
       <c r="A1294" s="1" t="s">
-        <v>3678</v>
+        <v>3690</v>
       </c>
       <c r="B1294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1294" s="1" t="s">
-        <v>3679</v>
+        <v>3691</v>
       </c>
       <c r="D1294" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1295" spans="1:4">
       <c r="A1295" s="1" t="s">
-        <v>3680</v>
+        <v>3692</v>
       </c>
       <c r="B1295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1295" s="1" t="s">
-        <v>3681</v>
+        <v>3693</v>
       </c>
       <c r="D1295" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1296" spans="1:4">
       <c r="A1296" s="1" t="s">
-        <v>3682</v>
+        <v>3694</v>
       </c>
       <c r="B1296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1296" s="1" t="s">
-        <v>3683</v>
+        <v>3695</v>
       </c>
       <c r="D1296" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1297" spans="1:4">
       <c r="A1297" s="1" t="s">
-        <v>3684</v>
+        <v>3696</v>
       </c>
       <c r="B1297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1297" s="1" t="s">
-        <v>3685</v>
+        <v>3697</v>
       </c>
       <c r="D1297" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1298" spans="1:4">
       <c r="A1298" s="1" t="s">
-        <v>3686</v>
+        <v>3698</v>
       </c>
       <c r="B1298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1298" s="1" t="s">
-        <v>3687</v>
+        <v>3699</v>
       </c>
       <c r="D1298" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1299" spans="1:4">
       <c r="A1299" s="1" t="s">
-        <v>3688</v>
+        <v>3700</v>
       </c>
       <c r="B1299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1299" s="1" t="s">
-        <v>3689</v>
+        <v>3701</v>
       </c>
       <c r="D1299" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1300" spans="1:4">
       <c r="A1300" s="1" t="s">
-        <v>3690</v>
+        <v>3702</v>
       </c>
       <c r="B1300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1300" s="1" t="s">
-        <v>3691</v>
+        <v>3703</v>
       </c>
       <c r="D1300" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1301" spans="1:4">
       <c r="A1301" s="1" t="s">
-        <v>3692</v>
+        <v>3704</v>
       </c>
       <c r="B1301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1301" s="1" t="s">
-        <v>3693</v>
+        <v>3705</v>
       </c>
       <c r="D1301" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1302" spans="1:4">
       <c r="A1302" s="1" t="s">
-        <v>3694</v>
+        <v>3706</v>
       </c>
       <c r="B1302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1302" s="1" t="s">
-        <v>3695</v>
+        <v>3707</v>
       </c>
       <c r="D1302" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1303" spans="1:4">
       <c r="A1303" s="1" t="s">
-        <v>3696</v>
+        <v>3708</v>
       </c>
       <c r="B1303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1303" s="1" t="s">
-        <v>3697</v>
+        <v>3709</v>
       </c>
       <c r="D1303" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1304" spans="1:4">
       <c r="A1304" s="1" t="s">
-        <v>3698</v>
+        <v>3710</v>
       </c>
       <c r="B1304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1304" s="1" t="s">
-        <v>3699</v>
+        <v>3711</v>
       </c>
       <c r="D1304" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1305" spans="1:4">
       <c r="A1305" s="1" t="s">
-        <v>3700</v>
+        <v>3712</v>
       </c>
       <c r="B1305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1305" s="1" t="s">
-        <v>3701</v>
+        <v>3713</v>
       </c>
       <c r="D1305" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1306" spans="1:4">
       <c r="A1306" s="1" t="s">
-        <v>3702</v>
+        <v>3714</v>
       </c>
       <c r="B1306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1306" s="1" t="s">
-        <v>3703</v>
+        <v>3715</v>
       </c>
       <c r="D1306" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1307" spans="1:4">
       <c r="A1307" s="1" t="s">
-        <v>3704</v>
+        <v>3716</v>
       </c>
       <c r="B1307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1307" s="1" t="s">
-        <v>3705</v>
+        <v>3717</v>
       </c>
       <c r="D1307" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1308" spans="1:4">
       <c r="A1308" s="1" t="s">
-        <v>3706</v>
+        <v>3718</v>
       </c>
       <c r="B1308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1308" s="1" t="s">
-        <v>3707</v>
+        <v>3719</v>
       </c>
       <c r="D1308" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1309" spans="1:4">
       <c r="A1309" s="1" t="s">
-        <v>3708</v>
+        <v>3720</v>
       </c>
       <c r="B1309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1309" s="1" t="s">
-        <v>3709</v>
+        <v>3721</v>
       </c>
       <c r="D1309" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1310" spans="1:4">
       <c r="A1310" s="1" t="s">
-        <v>3710</v>
+        <v>3722</v>
       </c>
       <c r="B1310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1310" s="1" t="s">
-        <v>3711</v>
+        <v>3723</v>
       </c>
       <c r="D1310" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1311" spans="1:4">
       <c r="A1311" s="1" t="s">
-        <v>3712</v>
+        <v>3724</v>
       </c>
       <c r="B1311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1311" s="1" t="s">
-        <v>3713</v>
+        <v>3725</v>
       </c>
       <c r="D1311" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1312" spans="1:4">
       <c r="A1312" s="1" t="s">
-        <v>3714</v>
+        <v>3726</v>
       </c>
       <c r="B1312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1312" s="1" t="s">
-        <v>3715</v>
+        <v>3727</v>
       </c>
       <c r="D1312" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1313" spans="1:4">
       <c r="A1313" s="1" t="s">
-        <v>3716</v>
+        <v>3728</v>
       </c>
       <c r="B1313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1313" s="1" t="s">
-        <v>3717</v>
+        <v>3729</v>
       </c>
       <c r="D1313" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1314" spans="1:4">
       <c r="A1314" s="1" t="s">
-        <v>3718</v>
+        <v>3730</v>
       </c>
       <c r="B1314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1314" s="1" t="s">
-        <v>3719</v>
+        <v>3731</v>
       </c>
       <c r="D1314" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1315" spans="1:4">
       <c r="A1315" s="1" t="s">
-        <v>3720</v>
+        <v>3732</v>
       </c>
       <c r="B1315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1315" s="1" t="s">
-        <v>3721</v>
+        <v>3733</v>
       </c>
       <c r="D1315" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1316" spans="1:4">
       <c r="A1316" s="1" t="s">
-        <v>3722</v>
+        <v>3734</v>
       </c>
       <c r="B1316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1316" s="1" t="s">
-        <v>3723</v>
+        <v>3735</v>
       </c>
       <c r="D1316" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1317" spans="1:4">
       <c r="A1317" s="1" t="s">
-        <v>3724</v>
+        <v>3736</v>
       </c>
       <c r="B1317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1317" s="1" t="s">
-        <v>3725</v>
+        <v>3737</v>
       </c>
       <c r="D1317" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1318" spans="1:4">
       <c r="A1318" s="1" t="s">
-        <v>3726</v>
+        <v>3738</v>
       </c>
       <c r="B1318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1318" s="1" t="s">
-        <v>3727</v>
+        <v>3739</v>
       </c>
       <c r="D1318" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1319" spans="1:4">
       <c r="A1319" s="1" t="s">
-        <v>3728</v>
+        <v>3740</v>
       </c>
       <c r="B1319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1319" s="1" t="s">
-        <v>3729</v>
+        <v>3741</v>
       </c>
       <c r="D1319" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1320" spans="1:4">
       <c r="A1320" s="1" t="s">
-        <v>3730</v>
+        <v>3742</v>
       </c>
       <c r="B1320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1320" s="1" t="s">
-        <v>3731</v>
+        <v>3743</v>
       </c>
       <c r="D1320" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1321" spans="1:4">
       <c r="A1321" s="1" t="s">
-        <v>3732</v>
+        <v>3744</v>
       </c>
       <c r="B1321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1321" s="1" t="s">
-        <v>3733</v>
+        <v>3745</v>
       </c>
       <c r="D1321" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1322" spans="1:4">
       <c r="A1322" s="1" t="s">
-        <v>3734</v>
+        <v>3746</v>
       </c>
       <c r="B1322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1322" s="1" t="s">
-        <v>3735</v>
+        <v>3747</v>
       </c>
       <c r="D1322" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1323" spans="1:4">
       <c r="A1323" s="1" t="s">
-        <v>3736</v>
+        <v>3748</v>
       </c>
       <c r="B1323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1323" s="1" t="s">
-        <v>3737</v>
+        <v>3749</v>
       </c>
       <c r="D1323" s="1" t="s">
-        <v>3738</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1324" spans="1:4">
       <c r="A1324" s="1" t="s">
-        <v>3739</v>
+        <v>3750</v>
       </c>
       <c r="B1324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1324" s="1" t="s">
-        <v>3740</v>
+        <v>3751</v>
       </c>
       <c r="D1324" s="1" t="s">
-        <v>3741</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1325" spans="1:4">
       <c r="A1325" s="1" t="s">
-        <v>3742</v>
+        <v>3752</v>
       </c>
       <c r="B1325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1325" s="1" t="s">
-        <v>3743</v>
+        <v>3753</v>
       </c>
       <c r="D1325" s="1" t="s">
-        <v>3744</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1326" spans="1:4">
       <c r="A1326" s="1" t="s">
-        <v>3745</v>
+        <v>3754</v>
       </c>
       <c r="B1326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1326" s="1" t="s">
-        <v>3746</v>
+        <v>3755</v>
       </c>
       <c r="D1326" s="1" t="s">
-        <v>3747</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1327" spans="1:4">
       <c r="A1327" s="1" t="s">
-        <v>3748</v>
+        <v>3756</v>
       </c>
       <c r="B1327" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>3749</v>
+        <v>3757</v>
       </c>
       <c r="D1327" s="1" t="s">
-        <v>3750</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1328" spans="1:4">
       <c r="A1328" s="1" t="s">
-        <v>3751</v>
+        <v>3758</v>
       </c>
       <c r="B1328" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>3752</v>
+        <v>3759</v>
       </c>
       <c r="D1328" s="1" t="s">
-        <v>3753</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1329" spans="1:4">
       <c r="A1329" s="1" t="s">
-        <v>3754</v>
+        <v>3760</v>
       </c>
       <c r="B1329" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1329" s="1" t="s">
-        <v>3755</v>
+        <v>3761</v>
       </c>
       <c r="D1329" s="1" t="s">
-        <v>3756</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1330" spans="1:4">
       <c r="A1330" s="1" t="s">
-        <v>3757</v>
+        <v>3762</v>
       </c>
       <c r="B1330" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1330" s="1" t="s">
-        <v>3758</v>
+        <v>3763</v>
       </c>
       <c r="D1330" s="1" t="s">
-        <v>3759</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1331" spans="1:4">
       <c r="A1331" s="1" t="s">
-        <v>3760</v>
+        <v>3764</v>
       </c>
       <c r="B1331" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1331" s="1" t="s">
-        <v>3761</v>
+        <v>3765</v>
       </c>
       <c r="D1331" s="1" t="s">
-        <v>3762</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1332" spans="1:4">
       <c r="A1332" s="1" t="s">
-        <v>3763</v>
+        <v>3766</v>
       </c>
       <c r="B1332" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1332" s="1" t="s">
-        <v>3764</v>
+        <v>3767</v>
       </c>
       <c r="D1332" s="1" t="s">
-        <v>3765</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1333" spans="1:4">
       <c r="A1333" s="1" t="s">
-        <v>3766</v>
+        <v>3768</v>
       </c>
       <c r="B1333" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1333" s="1" t="s">
-        <v>3767</v>
+        <v>3769</v>
       </c>
       <c r="D1333" s="1" t="s">
-        <v>3768</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1334" spans="1:4">
       <c r="A1334" s="1" t="s">
-        <v>3769</v>
+        <v>3770</v>
       </c>
       <c r="B1334" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1334" s="1" t="s">
-        <v>3770</v>
+        <v>3771</v>
       </c>
       <c r="D1334" s="1" t="s">
-        <v>3771</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="1335" spans="1:4">
       <c r="A1335" s="1" t="s">
-        <v>3772</v>
+        <v>3773</v>
       </c>
       <c r="B1335" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1335" s="1" t="s">
-        <v>3773</v>
+        <v>3774</v>
       </c>
       <c r="D1335" s="1" t="s">
-        <v>3774</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="1336" spans="1:4">
       <c r="A1336" s="1" t="s">
-        <v>3775</v>
+        <v>3776</v>
       </c>
       <c r="B1336" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1336" s="1" t="s">
-        <v>3776</v>
+        <v>3777</v>
       </c>
       <c r="D1336" s="1" t="s">
-        <v>3777</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="1337" spans="1:4">
       <c r="A1337" s="1" t="s">
-        <v>3778</v>
+        <v>3779</v>
       </c>
       <c r="B1337" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1337" s="1" t="s">
-        <v>3779</v>
+        <v>3780</v>
       </c>
       <c r="D1337" s="1" t="s">
-        <v>3780</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="1338" spans="1:4">
       <c r="A1338" s="1" t="s">
-        <v>3781</v>
+        <v>3782</v>
       </c>
       <c r="B1338" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>3782</v>
+        <v>3783</v>
       </c>
       <c r="D1338" s="1" t="s">
-        <v>3783</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="1339" spans="1:4">
       <c r="A1339" s="1" t="s">
-        <v>3784</v>
+        <v>3785</v>
       </c>
       <c r="B1339" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>3785</v>
+        <v>3786</v>
       </c>
       <c r="D1339" s="1" t="s">
-        <v>3786</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="1340" spans="1:4">
       <c r="A1340" s="1" t="s">
-        <v>3787</v>
+        <v>3788</v>
       </c>
       <c r="B1340" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1340" s="1" t="s">
-        <v>3788</v>
+        <v>3789</v>
       </c>
       <c r="D1340" s="1" t="s">
-        <v>3789</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="1341" spans="1:4">
       <c r="A1341" s="1" t="s">
-        <v>3790</v>
+        <v>3791</v>
       </c>
       <c r="B1341" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>3791</v>
+        <v>3792</v>
       </c>
       <c r="D1341" s="1" t="s">
-        <v>3792</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="1342" spans="1:4">
       <c r="A1342" s="1" t="s">
-        <v>3793</v>
+        <v>3794</v>
       </c>
       <c r="B1342" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1342" s="1" t="s">
-        <v>3794</v>
+        <v>3795</v>
       </c>
       <c r="D1342" s="1" t="s">
-        <v>3795</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="1343" spans="1:4">
       <c r="A1343" s="1" t="s">
-        <v>3796</v>
+        <v>3797</v>
       </c>
       <c r="B1343" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1343" s="1" t="s">
-        <v>3797</v>
+        <v>3798</v>
       </c>
       <c r="D1343" s="1" t="s">
-        <v>3798</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="1344" spans="1:4">
       <c r="A1344" s="1" t="s">
-        <v>3799</v>
+        <v>3800</v>
       </c>
       <c r="B1344" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1344" s="1" t="s">
-        <v>3800</v>
+        <v>3801</v>
       </c>
       <c r="D1344" s="1" t="s">
-        <v>3801</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="1345" spans="1:4">
       <c r="A1345" s="1" t="s">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="B1345" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1345" s="1" t="s">
-        <v>3803</v>
+        <v>3804</v>
       </c>
       <c r="D1345" s="1" t="s">
-        <v>3804</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="1346" spans="1:4">
       <c r="A1346" s="1" t="s">
-        <v>3805</v>
+        <v>3806</v>
       </c>
       <c r="B1346" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1346" s="1" t="s">
-        <v>3806</v>
+        <v>3807</v>
       </c>
       <c r="D1346" s="1" t="s">
-        <v>3807</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="1347" spans="1:4">
       <c r="A1347" s="1" t="s">
-        <v>3808</v>
+        <v>3809</v>
       </c>
       <c r="B1347" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1347" s="1" t="s">
-        <v>3809</v>
+        <v>3810</v>
       </c>
       <c r="D1347" s="1" t="s">
-        <v>3810</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="1348" spans="1:4">
       <c r="A1348" s="1" t="s">
-        <v>3811</v>
+        <v>3812</v>
       </c>
       <c r="B1348" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1348" s="1" t="s">
-        <v>3812</v>
+        <v>3813</v>
       </c>
       <c r="D1348" s="1" t="s">
-        <v>3813</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="1349" spans="1:4">
       <c r="A1349" s="1" t="s">
-        <v>3814</v>
+        <v>3815</v>
       </c>
       <c r="B1349" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1349" s="1" t="s">
-        <v>3815</v>
+        <v>3816</v>
       </c>
       <c r="D1349" s="1" t="s">
-        <v>3816</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="1350" spans="1:4">
       <c r="A1350" s="1" t="s">
-        <v>3817</v>
+        <v>3818</v>
       </c>
       <c r="B1350" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1350" s="1" t="s">
-        <v>3818</v>
+        <v>3819</v>
       </c>
       <c r="D1350" s="1" t="s">
-        <v>3819</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="1351" spans="1:4">
       <c r="A1351" s="1" t="s">
-        <v>3820</v>
+        <v>3821</v>
       </c>
       <c r="B1351" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1351" s="1" t="s">
-        <v>3821</v>
+        <v>3822</v>
       </c>
       <c r="D1351" s="1" t="s">
-        <v>3822</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="1352" spans="1:4">
       <c r="A1352" s="1" t="s">
-        <v>3823</v>
+        <v>3824</v>
       </c>
       <c r="B1352" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1352" s="1" t="s">
-        <v>3767</v>
+        <v>3825</v>
       </c>
       <c r="D1352" s="1" t="s">
-        <v>3824</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="1353" spans="1:4">
       <c r="A1353" s="1" t="s">
-        <v>3825</v>
+        <v>3827</v>
       </c>
       <c r="B1353" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1353" s="1" t="s">
-        <v>3826</v>
+        <v>3828</v>
       </c>
       <c r="D1353" s="1" t="s">
-        <v>3827</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="1354" spans="1:4">
       <c r="A1354" s="1" t="s">
-        <v>3828</v>
+        <v>3830</v>
       </c>
       <c r="B1354" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1354" s="1" t="s">
-        <v>3829</v>
+        <v>3831</v>
       </c>
       <c r="D1354" s="1" t="s">
-        <v>3830</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="1355" spans="1:4">
       <c r="A1355" s="1" t="s">
-        <v>3831</v>
+        <v>3833</v>
       </c>
       <c r="B1355" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1355" s="1" t="s">
-        <v>3832</v>
+        <v>3834</v>
       </c>
       <c r="D1355" s="1" t="s">
-        <v>3833</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="1356" spans="1:4">
       <c r="A1356" s="1" t="s">
-        <v>3834</v>
+        <v>3836</v>
       </c>
       <c r="B1356" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1356" s="1" t="s">
-        <v>3835</v>
+        <v>3837</v>
       </c>
       <c r="D1356" s="1" t="s">
-        <v>3836</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="1357" spans="1:4">
       <c r="A1357" s="1" t="s">
-        <v>3837</v>
+        <v>3839</v>
       </c>
       <c r="B1357" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1357" s="1" t="s">
-        <v>3838</v>
+        <v>3840</v>
       </c>
       <c r="D1357" s="1" t="s">
-        <v>3839</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="1358" spans="1:4">
       <c r="A1358" s="1" t="s">
-        <v>3840</v>
+        <v>3842</v>
       </c>
       <c r="B1358" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1358" s="1" t="s">
-        <v>3841</v>
+        <v>3843</v>
       </c>
       <c r="D1358" s="1" t="s">
-        <v>3842</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="1359" spans="1:4">
       <c r="A1359" s="1" t="s">
-        <v>3843</v>
+        <v>3845</v>
       </c>
       <c r="B1359" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1359" s="1" t="s">
-        <v>3844</v>
+        <v>3846</v>
       </c>
       <c r="D1359" s="1" t="s">
-        <v>3845</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="1360" spans="1:4">
       <c r="A1360" s="1" t="s">
-        <v>3846</v>
+        <v>3848</v>
       </c>
       <c r="B1360" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1360" s="1" t="s">
-        <v>3847</v>
+        <v>3849</v>
       </c>
       <c r="D1360" s="1" t="s">
-        <v>3848</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="1361" spans="1:4">
       <c r="A1361" s="1" t="s">
-        <v>3849</v>
+        <v>3851</v>
       </c>
       <c r="B1361" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1361" s="1" t="s">
-        <v>3850</v>
+        <v>3852</v>
       </c>
       <c r="D1361" s="1" t="s">
-        <v>3851</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="1362" spans="1:4">
       <c r="A1362" s="1" t="s">
-        <v>3852</v>
+        <v>3854</v>
       </c>
       <c r="B1362" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1362" s="1" t="s">
-        <v>3853</v>
+        <v>3855</v>
       </c>
       <c r="D1362" s="1" t="s">
-        <v>3854</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="1363" spans="1:4">
       <c r="A1363" s="1" t="s">
-        <v>3855</v>
+        <v>3857</v>
       </c>
       <c r="B1363" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1363" s="1" t="s">
-        <v>3856</v>
+        <v>3801</v>
       </c>
       <c r="D1363" s="1" t="s">
-        <v>3857</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="1364" spans="1:4">
       <c r="A1364" s="1" t="s">
-        <v>3858</v>
+        <v>3859</v>
       </c>
       <c r="B1364" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1364" s="1" t="s">
-        <v>3859</v>
+        <v>3860</v>
       </c>
       <c r="D1364" s="1" t="s">
-        <v>3860</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="1365" spans="1:4">
       <c r="A1365" s="1" t="s">
-        <v>3861</v>
+        <v>3862</v>
       </c>
       <c r="B1365" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1365" s="1" t="s">
-        <v>3862</v>
+        <v>3863</v>
       </c>
       <c r="D1365" s="1" t="s">
-        <v>3863</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="1366" spans="1:4">
       <c r="A1366" s="1" t="s">
-        <v>3864</v>
+        <v>3865</v>
       </c>
       <c r="B1366" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1366" s="1" t="s">
-        <v>3865</v>
+        <v>3866</v>
       </c>
       <c r="D1366" s="1" t="s">
-        <v>3866</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="1367" spans="1:4">
       <c r="A1367" s="1" t="s">
-        <v>3867</v>
+        <v>3868</v>
       </c>
       <c r="B1367" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1367" s="1" t="s">
-        <v>3868</v>
+        <v>3869</v>
       </c>
       <c r="D1367" s="1" t="s">
-        <v>3869</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="1368" spans="1:4">
       <c r="A1368" s="1" t="s">
-        <v>3870</v>
+        <v>3871</v>
       </c>
       <c r="B1368" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1368" s="1" t="s">
-        <v>3871</v>
+        <v>3872</v>
       </c>
       <c r="D1368" s="1" t="s">
-        <v>3872</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1369" spans="1:4">
       <c r="A1369" s="1" t="s">
-        <v>3873</v>
+        <v>3874</v>
       </c>
       <c r="B1369" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1369" s="1" t="s">
-        <v>3874</v>
+        <v>3875</v>
       </c>
       <c r="D1369" s="1" t="s">
-        <v>3875</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="1370" spans="1:4">
       <c r="A1370" s="1" t="s">
-        <v>3876</v>
+        <v>3877</v>
       </c>
       <c r="B1370" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1370" s="1" t="s">
-        <v>3877</v>
+        <v>3878</v>
       </c>
       <c r="D1370" s="1" t="s">
-        <v>3878</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="1371" spans="1:4">
       <c r="A1371" s="1" t="s">
-        <v>3879</v>
+        <v>3880</v>
       </c>
       <c r="B1371" s="1" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C1371" s="1" t="s">
-        <v>3880</v>
+        <v>3881</v>
       </c>
       <c r="D1371" s="1" t="s">
-        <v>3881</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="1372" spans="1:4">
       <c r="A1372" s="1" t="s">
-        <v>3882</v>
+        <v>3883</v>
       </c>
       <c r="B1372" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1372" s="1" t="s">
-        <v>3844</v>
+        <v>3884</v>
       </c>
       <c r="D1372" s="1" t="s">
-        <v>3883</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="1373" spans="1:4">
       <c r="A1373" s="1" t="s">
-        <v>3884</v>
+        <v>3886</v>
       </c>
       <c r="B1373" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1373" s="1" t="s">
-        <v>3885</v>
+        <v>3887</v>
       </c>
       <c r="D1373" s="1" t="s">
-        <v>3886</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="1374" spans="1:4">
       <c r="A1374" s="1" t="s">
-        <v>3887</v>
+        <v>3889</v>
       </c>
       <c r="B1374" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1374" s="1" t="s">
-        <v>3888</v>
+        <v>3890</v>
       </c>
       <c r="D1374" s="1" t="s">
-        <v>3889</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="1375" spans="1:4">
       <c r="A1375" s="1" t="s">
-        <v>3890</v>
+        <v>3892</v>
       </c>
       <c r="B1375" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1375" s="1" t="s">
-        <v>3891</v>
+        <v>3893</v>
       </c>
       <c r="D1375" s="1" t="s">
-        <v>3892</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="1376" spans="1:4">
       <c r="A1376" s="1" t="s">
-        <v>3893</v>
+        <v>3895</v>
       </c>
       <c r="B1376" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1376" s="1" t="s">
-        <v>3894</v>
+        <v>3896</v>
       </c>
       <c r="D1376" s="1" t="s">
-        <v>3895</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="1377" spans="1:4">
       <c r="A1377" s="1" t="s">
-        <v>3896</v>
+        <v>3898</v>
       </c>
       <c r="B1377" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1377" s="1" t="s">
-        <v>3897</v>
+        <v>3899</v>
       </c>
       <c r="D1377" s="1" t="s">
-        <v>3898</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="1378" spans="1:4">
       <c r="A1378" s="1" t="s">
-        <v>3899</v>
+        <v>3901</v>
       </c>
       <c r="B1378" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1378" s="1" t="s">
-        <v>3900</v>
+        <v>3902</v>
       </c>
       <c r="D1378" s="1" t="s">
-        <v>3901</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="1379" spans="1:4">
       <c r="A1379" s="1" t="s">
-        <v>3902</v>
+        <v>3904</v>
       </c>
       <c r="B1379" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1379" s="1" t="s">
-        <v>3903</v>
+        <v>3905</v>
       </c>
       <c r="D1379" s="1" t="s">
-        <v>3904</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="1380" spans="1:4">
       <c r="A1380" s="1" t="s">
-        <v>3905</v>
+        <v>3907</v>
       </c>
       <c r="B1380" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1380" s="1" t="s">
-        <v>3903</v>
+        <v>3908</v>
       </c>
       <c r="D1380" s="1" t="s">
-        <v>3906</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="1381" spans="1:4">
       <c r="A1381" s="1" t="s">
-        <v>3907</v>
+        <v>3910</v>
       </c>
       <c r="B1381" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1381" s="1" t="s">
-        <v>3903</v>
+        <v>3911</v>
       </c>
       <c r="D1381" s="1" t="s">
-        <v>3908</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="1382" spans="1:4">
       <c r="A1382" s="1" t="s">
-        <v>3909</v>
+        <v>3913</v>
       </c>
       <c r="B1382" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1382" s="1" t="s">
-        <v>3903</v>
+        <v>3914</v>
       </c>
       <c r="D1382" s="1" t="s">
-        <v>3910</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="1383" spans="1:4">
       <c r="A1383" s="1" t="s">
-        <v>3911</v>
+        <v>3916</v>
       </c>
       <c r="B1383" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1383" s="1" t="s">
-        <v>3903</v>
+        <v>3878</v>
       </c>
       <c r="D1383" s="1" t="s">
-        <v>3912</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="1384" spans="1:4">
       <c r="A1384" s="1" t="s">
-        <v>3913</v>
+        <v>3918</v>
       </c>
       <c r="B1384" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1384" s="1" t="s">
-        <v>3903</v>
+        <v>3919</v>
       </c>
       <c r="D1384" s="1" t="s">
-        <v>3914</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="1385" spans="1:4">
       <c r="A1385" s="1" t="s">
-        <v>3915</v>
+        <v>3921</v>
       </c>
       <c r="B1385" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1385" s="1" t="s">
-        <v>3903</v>
+        <v>3922</v>
       </c>
       <c r="D1385" s="1" t="s">
-        <v>3916</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="1386" spans="1:4">
       <c r="A1386" s="1" t="s">
-        <v>3917</v>
+        <v>3924</v>
       </c>
       <c r="B1386" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1386" s="1" t="s">
-        <v>3903</v>
+        <v>3925</v>
       </c>
       <c r="D1386" s="1" t="s">
-        <v>3918</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="1387" spans="1:4">
       <c r="A1387" s="1" t="s">
-        <v>3919</v>
+        <v>3927</v>
       </c>
       <c r="B1387" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1387" s="1" t="s">
-        <v>3903</v>
+        <v>3928</v>
       </c>
       <c r="D1387" s="1" t="s">
-        <v>3920</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="1388" spans="1:4">
       <c r="A1388" s="1" t="s">
-        <v>3921</v>
+        <v>3930</v>
       </c>
       <c r="B1388" s="1" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C1388" s="1" t="s">
-        <v>3903</v>
+        <v>3931</v>
       </c>
       <c r="D1388" s="1" t="s">
-        <v>3922</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="1389" spans="1:4">
       <c r="A1389" s="1" t="s">
-        <v>3923</v>
+        <v>3933</v>
       </c>
       <c r="B1389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1389" s="1" t="s">
-        <v>3924</v>
+        <v>3934</v>
       </c>
       <c r="D1389" s="1" t="s">
-        <v>3925</v>
+        <v>3935</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:4">
+      <c r="A1390" s="1" t="s">
+        <v>3936</v>
+      </c>
+      <c r="B1390" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1390" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1390" s="1" t="s">
+        <v>3938</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:4">
+      <c r="A1391" s="1" t="s">
+        <v>3939</v>
+      </c>
+      <c r="B1391" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1391" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1391" s="1" t="s">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:4">
+      <c r="A1392" s="1" t="s">
+        <v>3941</v>
+      </c>
+      <c r="B1392" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1392" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1392" s="1" t="s">
+        <v>3942</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:4">
+      <c r="A1393" s="1" t="s">
+        <v>3943</v>
+      </c>
+      <c r="B1393" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1393" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1393" s="1" t="s">
+        <v>3944</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:4">
+      <c r="A1394" s="1" t="s">
+        <v>3945</v>
+      </c>
+      <c r="B1394" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1394" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1394" s="1" t="s">
+        <v>3946</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:4">
+      <c r="A1395" s="1" t="s">
+        <v>3947</v>
+      </c>
+      <c r="B1395" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1395" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1395" s="1" t="s">
+        <v>3948</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:4">
+      <c r="A1396" s="1" t="s">
+        <v>3949</v>
+      </c>
+      <c r="B1396" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1396" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1396" s="1" t="s">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:4">
+      <c r="A1397" s="1" t="s">
+        <v>3951</v>
+      </c>
+      <c r="B1397" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1397" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1397" s="1" t="s">
+        <v>3952</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:4">
+      <c r="A1398" s="1" t="s">
+        <v>3953</v>
+      </c>
+      <c r="B1398" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1398" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1398" s="1" t="s">
+        <v>3954</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:4">
+      <c r="A1399" s="1" t="s">
+        <v>3955</v>
+      </c>
+      <c r="B1399" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1399" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D1399" s="1" t="s">
+        <v>3956</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:4">
+      <c r="A1400" s="1" t="s">
+        <v>3957</v>
+      </c>
+      <c r="B1400" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1400" s="1" t="s">
+        <v>3958</v>
+      </c>
+      <c r="D1400" s="1" t="s">
+        <v>3959</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>