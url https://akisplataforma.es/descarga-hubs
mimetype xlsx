--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -12,74 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hubs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo de Hubs</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
+    <t>BIOHUBCAT</t>
+  </si>
+  <si>
+    <t>Hubs</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT es la ventanilla única dedicada a facilitar la generación de valor económico a partir de recursos orgánicos renovables en Cataluña. Un lugar al que las empresas y los emprendedores pueden dirigirse para encontrar las soluciones necesarias para dar el siguiente paso.</t>
+  </si>
+  <si>
+    <t>CTA (Corporación Tecnológica de Andalucía)</t>
+  </si>
+  <si>
+    <t>Asociaciones de empresas, Plataforma, Hubs</t>
+  </si>
+  <si>
+    <t>CTA es el clúster de innovación multisectorial de Andalucía con actividad nacional e internacional.Ayuda a empresas, administraciones y universidades a planificar una estrategia de I+D+i alineada con sus necesidades. Desde la identificación de necesidades de I+D+i a la formulación de proyectos para resolverlas o la búsqueda de socios y financiación, acompaña a las empresas en su proyecto de innovación. Es el aliado estratégico para transformar en negocio los resultados conseguidos y un socio con éxito en proyectos internacionales de innovación.Se trata de una fundación privada con más de 186 empresas miembros y 20 años de experiencia, impulsada en su origen por la Junta de Andalucía y con gestión privada, dedicada a promover la innovación tecnológica.Más de 186 empresas forman parte de CTA. Desde grandes corporaciones internacionales a pymes o startups tecnológicas de todos los sectores económicos. </t>
+  </si>
+  <si>
+    <t>Smart Agro Hub</t>
+  </si>
+  <si>
+    <t>Smart Agro Hub es un ecosistema de investigación, conocimiento práctico y emprendimiento, que contribuye a la creación de un sistema de producción agrícola más respetuoso con el medio ambiente y basado en tecnologías digitales. La visión del centro de competencia es ser un catalizador para la transformación digital de la agricultura griega y la formación de un nuevo modelo de producción sostenible en el sector agroalimentario, a través de soluciones innovadoras.La misión del Smart Agro Hub es:Poner a disposición del productor soluciones agrotecnológicas inteligentes y eficientes para aumentar rendimientos, reducir costos de producción y mejorar su huella ambiental. Proporcionar a la industria alimentaria soluciones sostenibles para establecer y cumplir objetivos de sostenibilidad en cumplimiento de los estándares internacionales y ganar una posición competitiva en el mercado.Actividades del Hub: El desarrollo de soluciones innovadoras para la transformación digital de la agricultura griegaEl desarrollo de pruebas, evaluación y mejora de tecnologías agrícolasEn la realización de experimentos agrícolasProporcionando servicios de consultoría de sostenibilidadEvaluación de la huella ambiental de la cadena agroalimentariaDesarrollo de productos y tecnologías digitales innovadoras en el sector agroalimentarioRealizar investigaciones científicas y participar en proyectos de investigación en el campo de la agricultura y la biotecnología.</t>
+  </si>
+  <si>
+    <t>Basque Energy Cluster</t>
+  </si>
+  <si>
+    <t>Asociación Cluster que agrupa y representa a las empresas de la industria energética vasca para reforzar su posicionamiento y capacidad competitiva.Somos el punto de encuentro y conexión de empresas, organizaciones y entidades públicas que desarrollan su actividad en torno a las cadenas de valor de la energía.Impulsamos y coordinamos actuaciones en colaboración para mejorar la competitividad de la industria energética vasca.El Cluster desarrolla proyectos I+D en Descarbonización de la Industria, Eólica, Hidrógeno y combustibles renovables, Redes Eléctricas Inteligentes y Solar Fotovoltaica (proyecto Agrovitivoltaica)</t>
+  </si>
+  <si>
+    <t>DIH-LEAF (Livestock, Environment, Agriculture and Forest)</t>
+  </si>
+  <si>
+    <t>Centro de Innovación Digital o DIH orientado a los sectores ganadero, ambiental, agrícola y forestal (Livestock, Environment, Agriculture and Forest – DIH-LEAF) conformado por diferentes actores conectados con el sector productivo y de diferentes iniciativas tecnológicas. En DIH-LEAF, participan universidades y centros tecnológicos, empresas, asociaciones de productores, organizaciones sin ánimo de lucro, etc. Con objeto de responder al reto de la digitalización y la innovación tecnológica de este amplio sector productivo DIH-LEAF se constituye como un ecosistema de digitalización autónomo y único con el objetivo final de digitalizar estas entidades, consiguiendo incrementar su eficiencia, competitividad y sostenibilidad mediante la aplicación de Tecnologías de la Información y las Comunicaciones (TICs). De esta manera se contribuye al desarrollo sostenible de los territorios rurales y urbano.A continuación se muestran los servicios ofertados por DIH-LEAF:Ensayo y experimentaciónFormaciónApoyo en la búsqueda de fuentes de financiación</t>
+  </si>
+  <si>
+    <t>Basque Digital Innovation Hub (Bdih)</t>
+  </si>
+  <si>
+    <t>Basque Digital Innovation Hub (Bdih) proporciona a las pymes el acceso a las capacidades tecnológicas necesarias para hacer frente a los desafíos de la industria inteligente, energía y salud y poder evolucionar en el entorno digital y sostenible.El Hub pone a disposición de las empresas infraestructuras y conocimiento. Laboratorios, equipamientos, software, capacidades científico tecnológicas y un equipo experto que respalda cada proyecto en uno de estos 8 nodos:Nodo de Robótica flexible y colaborativaNodo de Materiales AvanzadosNodo de Máquinas Inteligentes y conectadasNodo de Fabricación AditivaNodo de CiberseguridadNodo Redes Eléctricas DigitalesNodo Dispositivos Médicos y Salud DigitalNodo Inteligencia Artificial</t>
+  </si>
+  <si>
+    <t>Basque Circular Hub</t>
+  </si>
+  <si>
+    <t>El Basque Circular HUB es una iniciativa cuyo objetivo es ofrecer servicios avanzados de economía circular en Euskadi. Gestionada por la sociedad pública Ihobe, es fruto de la colaboración público-privada entre el Gobierno Vasco, el Ayuntamiento de Bilbao, el Ayuntamiento de Vitoria-Gasteiz, la Universidad de Deusto, la Universidad del País Vasco UPV-EHU, Universidad de Mondragón, Universidad de Navarra, el Centro de Investigación Aplicada de FP Euskadi -Tknika, y la Fundación Novia Salcedo.El Basque Circular HUB ofrece servicios de prospectiva de mercado, formación avanzada, análisis de tendencias y generación de conocimiento experto en el ámbito de la economía circular. En concreto, se potencia el desarrollo de proyectos técnicos de economía circular en empresas vascas con la participación de jóvenes profesionales formados en el HUB. Las empresas cuentan con jóvenes especialistas con conocimientos para integrar la economía circular en sus procesos, y el alumnado puede acceder a un entorno laboral para poner en práctica lo aprendido.</t>
+  </si>
+  <si>
     <t>SERIDA-HUB</t>
   </si>
   <si>
-    <t>Hubs</t>
-[...1 lines deleted...]
-  <si>
     <t>El HUB busca potenciar la colaboración público privada y poner a disposición de los agentes una red de granjas demo con actividades I+D y demostrativas.La red de Granjas Demo del SERIDA-HUB está compuesto por 6 granjas, con más de 400 hectáreas de fincas que representan distintas  condiciones de suelo, clima y ecosistemas, equipadas con invernaderos, cámaras de cultivo, laboratorios y rebaños.En el SERIDA-HUB  se pueden realizar estudios demostrativos con el objetivo de transferir  la innovación científica al sector agroalimentario e impulsar los living labs y light houses, como forma de fomentar la colaboración público-privada y establecer sinergias entre la ciencia, la técnica, la agricultura y la ganadería.</t>
-  </si>
-[...4 lines deleted...]
-    <t>BIOHUBCAT es la ventanilla única dedicada a facilitar la generación de valor económico a partir de recursos orgánicos renovables en Cataluña. Un lugar al que las empresas y los emprendedores pueden dirigirse para encontrar las soluciones necesarias para dar el siguiente paso.</t>
   </si>
   <si>
     <t>IRIS: European Digital Innovation Hub Navarra</t>
   </si>
   <si>
     <t>Hub que ofrece a los demandantes de servicios de transformación digital en Navarra, información sobre los servicios que responden a sus necesidades, y gestiona los trámites necesarios para su concertación.</t>
   </si>
   <si>
     <t>Technologies for Efficiency Digital Innovation Hub Extremadura (T4E DIH)</t>
   </si>
   <si>
     <t>Hub de innovación digital en Extremadura cuyo objetivo es la promoción de la transformación digital en la región a través de proyectos de innovación y tecnología</t>
   </si>
   <si>
     <t>Asturias Digital Innovation HUB (AsDIH)</t>
   </si>
   <si>
     <t>Espacio en el que las empresas pueden experimentar con la tecnología antes de invertir en ella y participar en actividades de demostración complementarias y servicios alternativos que contribuyan al éxito en su proceso de digitalización.</t>
   </si>
   <si>
     <t>Hub de Digitalización y Vino</t>
   </si>
   <si>
     <t>Grupo de trabajo específico de la Fed. Española del Vino (FEV) para acercar, acelerar y facilitar la transformación digital en el sector del vino.</t>
   </si>
@@ -172,303 +211,297 @@
   <si>
     <t>Novel-T</t>
   </si>
   <si>
     <t>Creemos en el poder de la innovación y la contribución que hace a una sociedad mejor y más sostenible. Brindamos nuestro apoyo de forma independiente y sin ganancias, en la asignación de nuestros fundadores.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>Es misión del Hub impulsar la I+D+i para diseñar envases y embalajes alimentarios seguros, sostenibles y competitivos que beneficien a las empresas de la cadena alimentaria vasca y, por supuesto, al medio ambiente.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Ecosistema virtual donde compartir conocimiento y proporcionar nuevas herramientas a los profesionales agrarios.</t>
   </si>
   <si>
     <t>Madrid Food Innovation Hub</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB es el primer centro de emprendimiento en alimentación de Madrid. Una iniciativa pionera enfocada a fomentar la innovación y el emprendimiento a lo largo de toda la cadena de valor agroalimentaria.</t>
   </si>
   <si>
+    <t>eAtex. Food Innovation Hub by CNTA</t>
+  </si>
+  <si>
+    <t>Hub de innovación colaborativa para la transferencia e implantación de tecnología en la industria agroalimentaria</t>
+  </si>
+  <si>
+    <t>AIR4S. Artificial Intelligence &amp; Robotics for Sustainable Development Goals</t>
+  </si>
+  <si>
+    <t>Hub para impulsar el desarrollo y crecimiento de la industria de la Comunidad de Madrid a través del uso e implantación de las tecnologías basadas en la inteligencia artificial y la robótica</t>
+  </si>
+  <si>
+    <t>Associació Cluster Digital de Catalunya</t>
+  </si>
+  <si>
+    <t>Espacio de trabajo para empresas, entidades y grupos de investigación del sector de las tecnlogías de la información y las comunicaciones (TIC)</t>
+  </si>
+  <si>
+    <t>Barrax - Rural Innovatión Hub</t>
+  </si>
+  <si>
+    <t>Hub donde se promocionan las jornadas de investigación, encuentros comerciales, networking profesional, capatación de fondos eurpeos, información y experimientación.</t>
+  </si>
+  <si>
+    <t>Centre d'Innovació i Tecnologia de la UPC (CIT UPC)</t>
+  </si>
+  <si>
+    <t>Centro de Investigación, Formación y Transferecncia del conocimiento</t>
+  </si>
+  <si>
     <t>iHub La Vega Innova</t>
   </si>
   <si>
     <t>Ecosistema completo para las startups del sector AgriFoodTech y un escaparate de tecnologías que acelera la transformación digital del sector agroalimentario, sus PYMES y autónomos</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (gestio?n integral agroecolo?gica de los sistemas alimentarios territorializados) somos un grupo de trabajo que llevamos reflexionando conjuntamente desde el 2019.
 Actualmente somos un consorcio de 5 entidades vinculadas al sector agroecolo?gico. Nuestro nexo de unio?n es que, desde distintos enfoques y lugares, nos encontramos impulsando, facilitando y/o acompan?ando alguno de estos procesos en nuestros territorios.</t>
   </si>
   <si>
-    <t>eAtex. Food Innovation Hub by CNTA</t>
-[...26 lines deleted...]
-    <t>Centro de Investigación, Formación y Transferecncia del conocimiento</t>
+    <t>Cluster of Sustainable Building of Andalusia</t>
+  </si>
+  <si>
+    <t>Proyecto de carácter asociativo y de reconversión del sector que permite identificar e implementar de manera constante nuevas oportunidades y alojar empresas de ámbito sostenible.</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park of Adam Mickiewicz University Foundation</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park (PSTP) es el primer parque tecnológico en Polonia (1995). Es operado (como el departamento clave) por Adam Mickiewicz University Foundation, una organización sin fines de lucro con la misión de estimular la colaboración entre la ciencia y la industria para activar el desarrollo regional a través de la innovación, la transferencia de tecnología y la cooperación internacional.</t>
   </si>
   <si>
     <t>RISE ICT Research Institute of Sweden ICT</t>
   </si>
   <si>
     <t>Institutos de Investigación de Rise de Suecia es el Instituto de Investigación de Suecia y socio de innovación. A través de la colaboración internacional con la industria, la academia y el sector público, garantizamos la competitividad empresarial y contribuimos a una sociedad sostenible</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri es un esfuerzo conjunto de Agroväst, Institutos de Investigación de Suecia (Rise) y Science Park Skövde con el objetivo de acelerar la digitalización del sector agrícola en el oeste de Suecia.</t>
   </si>
   <si>
     <t>Space53</t>
   </si>
   <si>
     <t>Space53 envuelve gobiernos, instituciones de conocimiento, trabajadores humanitarios y empresas en un Cluster de innovación de drones y fortalece el ecosistema mediante la creación de las condiciones previas para el desarrollo exitoso y la aplicación de sistemas no tripulados.</t>
   </si>
   <si>
-    <t>Cluster of Sustainable Building of Andalusia</t>
-[...2 lines deleted...]
-    <t>Proyecto de carácter asociativo y de reconversión del sector que permite identificar e implementar de manera constante nuevas oportunidades y alojar empresas de ámbito sostenible.</t>
+    <t>Arctic Drone Labs</t>
+  </si>
+  <si>
+    <t>Arctic Drone Labs es un innovador centro de investigación de movilidad aérea situado en Finlandia. Estamos a la vanguardia de la recolección y la experiencia de la experiencia, las herramientas de vanguardia y las innovaciones innovadoras para impulsar el crecimiento de las industrias de sistemas aéreos (UAS) no tripulados. Nuestra misión abarca el fomento del desarrollo de negocios, el avance de las iniciativas de investigación y el empoderamiento de la educación en este campo transformador.</t>
+  </si>
+  <si>
+    <t>ART-ER-DIH</t>
+  </si>
+  <si>
+    <t>Art-Er (antiguo Aster) opera como un centro de innovación digital en la región de Emilia-Romagna, y su propuesta de valor es la conexión de las partes interesadas y la integración de iniciativas, servicios y oportunidades para explotar infraestructuras, conocimientos, experiencias de ambas compañías y proveedores (de instalaciones, servicios, capacitación, etc.).</t>
+  </si>
+  <si>
+    <t>Cybersecurity Innovation HUB</t>
   </si>
   <si>
     <t>AgriFood Croatia</t>
   </si>
   <si>
     <t>Agrifood Croacia es un centro de innovación que reúne a las partes interesadas de investigación, negocios y públicos en Croacia para la búsqueda común de transformaciones digitales en los sectores relacionados con la acuicultura, la agricultura y los alimentos.</t>
   </si>
   <si>
     <t>VP Delta</t>
   </si>
   <si>
     <t>Agrohub.bg es un centro europeo de innovación digital para la Región Central del Sur, aprobado bajo el Programa Digital Europa con el Proyecto Agrodigirise. El proyecto comenzó el 1 de noviembre de 2022 y tiene una duración de tres años. Es implementado por un consorcio con un perfil y experiencia diversos: organizaciones de sucursales, unidades científicas e de investigación, instituciones de capacitación, empresas de tecnología, importadores de maquinaria agrícola, etc. en asociación con el municipio de Plovdiv.</t>
   </si>
   <si>
-    <t>Arctic Drone Labs</t>
-[...10 lines deleted...]
-  <si>
     <t>Wageningen Research</t>
   </si>
   <si>
     <t>La fortaleza de la Universidad e Investigación de Wageningen radica en su capacidad para unirse a las fuerzas de los institutos de investigación especializados y la universidad. También se encuentra en los esfuerzos combinados de los diversos campos de las ciencias naturales y sociales.</t>
   </si>
   <si>
     <t>ahedd - Attica Hub for the Economy of Data and Devices</t>
   </si>
   <si>
     <t>El Centro Nacional de Investigación Científica (NCSR) Demokritos es el centro de investigación multidisciplinario más grande de Grecia, con aproximadamente 1000 empleados y más de 50 años de logros científicos innovadores y contribuciones a la economía y la sociedad griegas. Fue un socio importante en varias iniciativas tecnológicas nacionales como la adquisición y operación de instalaciones informáticas de alto rendimiento y el establecimiento de redes computacionales de alta velocidad en el país y actualmente es líder o miembro de múltiples infraestructuras nacionales y europeas.</t>
   </si>
   <si>
-    <t>Cybersecurity Innovation HUB</t>
+    <t>Danish Technological Institute, Robot Technology</t>
+  </si>
+  <si>
+    <t>Danish Technological Institute es una empresa líder de investigación y tecnología. Ayudan a sus clientes a convertir el conocimiento y la tecnología más recientes en valor. Somos expertos en producción, materiales, tecnología ambiental, negocios, energía, tecnología agro, investigación de carne y más</t>
+  </si>
+  <si>
+    <t>DIH PANNONIA</t>
+  </si>
+  <si>
+    <t>La Agencia de Desarrollo del Condado de Vukovar-Srijem prepara el plan de desarrollo del condado de Vukovar-Srijem, así como otros documentos estratégicos y de desarrollo. Proporciona asistencia experta en la preparación e implementación de programas, proyectos de desarrollo a cuerpos de derecho público e instituciones públicas del área del condado, que son de interés para el desarrollo del condado, así como proyectos conjuntos de interés para el desarrollo de varios condados. .</t>
+  </si>
+  <si>
+    <t>E-Secure Transactions Cluster - TES</t>
+  </si>
+  <si>
+    <t>El Cluster de TES, el Cluster de competitividad digital de Normandía, representa un ecosistema de 150 miembros, compuesto por grandes empresas, PYME, autoridades locales, instituciones de investigación y capacitación y otras organizaciones. Con sus miembros y socios, el Cluster TES imagina y codiseja los usos del mañana gracias a las nuevas tecnologías relacionadas con el tríptico "seguridad / interoperabilidad / confiabilidad". Estas acciones generan progreso, rotación, empleos y valorización del territorio.</t>
+  </si>
+  <si>
+    <t>Embedded System Design &amp; Application Laboratory DIH (ESDALAB DIH)</t>
+  </si>
+  <si>
+    <t>Esdalab DIH está coordinando una extensa red de DIHS que abarca en el sur y este de Europa, a través de la cual ofrece oportunidades de financiación y apoya la cooperación de varias partes entre organizaciones con experiencia complementaria. También ofrece servicios novedosos a las empresas, especialmente las PYME (incluidas las nuevas empresas) y empresas un poco más grandes, para apoyar su transformación digital.</t>
+  </si>
+  <si>
+    <t>Farmers Parliament Latvia Digital Innovation Hub - ZSA DIH</t>
+  </si>
+  <si>
+    <t>Smartagro es un sitio web de innovación y tecnología agrícola. La idea principal de Smartagro es informar y alentar a los agricultores y otras partes interesadas a usar nuevas tecnologías, servicios, productos y sistemas para un futuro sostenible en las zonas rurales. Al centrarse en el Cluster regional, los centros de innovación digital, los laboratorios vivos y las soluciones de tecnología en los proyectos del Programa de Investigación e Innovación de la UE Horizon 2020, el sitio web proporcionará ideas y soluciones de vanguardia para facilitar las innovaciones en áreas rurales. Smartagro es mantenido por una organización no gubernamental: el Parlamento de los agricultores (FP).</t>
+  </si>
+  <si>
+    <t>Digital Impulse Hub</t>
+  </si>
+  <si>
+    <t>Hub que brinda consultoría, ecosistema y networking, formación y fiananciación</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andalucía Agrotech</t>
+  </si>
+  <si>
+    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación, aceleración y emprendimiento Objetivo:</t>
   </si>
   <si>
     <t>Digital Farming Hub</t>
   </si>
   <si>
     <t>Hub de servicio de apoyo,  que ayuda a las empresas agrícolas a ser  más competitivas mejorando sus procesos de negocio / producción, así como  productos y servicios a través de la tecnología digital.</t>
-  </si>
-[...40 lines deleted...]
-    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación, aceleración y emprendimiento Objetivo:</t>
   </si>
   <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub è un’associazione sin ganancias volta un promuovere l’elnovazione tecnologica en Italia, Atrtaverso La Formazione, La Consulenza e il.
 La Nostra Associazione ha la Sfida di contribuye un facilitare l'Epowerment di tecnologie all'avanguardia, estrategia impertitoriali di stercio, nuovi modelli di empresas e lo sviluppo sostenibile di soluzzii e infraestruture en aree rurali per tras conformarle in "smartsi soluzioni e infraestruture en aree y rurali per tras conformarle in" smartsi soluzioni e infraestruture en aree y e rurali per tras conformarle in "smartess di -soluzioni e infraestruture in au Benessere por una migliore Qualità della vita</t>
   </si>
   <si>
     <t>Flanders' FOOD, FF</t>
   </si>
   <si>
     <t>La comida de Flandes es Sinds de Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie.
 La comida de Flandes Werd en 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) en Een 20-Tal Stichtende Leden. ¿Het Uitgangspunt? Door Samenwerking, conoció a Elkaar en Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven.
 De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven als organizaciones de ganancias sociales. Dit sobre el sector de Van de Grenzen en el Heen de Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>La estrategia de Farm to Fork está en el corazón del acuerdo verde europeo con el objetivo de hacer que los sistemas alimentarios sean justos, saludables y amigables con el medio ambiente.
 Necesitamos rediseñar nuestros sistemas alimentarios para hacerlos más sostenibles y aumentar su resiliencia.
 Las nuevas tecnologías y descubrimientos científicos, combinados con el aumento de la conciencia pública y la demanda de alimentos sostenibles, beneficiarán a todos los interesados.
 La revolución digital brinda oportunidades, pero a muchas compañías aún les resulta difícil saber en qué tecnologías invertir y cómo asegurar el financiamiento. Más del 90% de las PYME se quedan atrás en la innovación digital y necesitan soporte para su transformación digital.</t>
   </si>
   <si>
     <t>innovation experience HUB (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub es una asociación sin fines de lucro con el objetivo de:
 a. Fortalecer el nivel de conocimiento y conciencia de las empresas con respecto a las oportunidades ofrecidas por la transformación digital, también en el contexto del Plan Nacional Enterprise 4.0, la estrategia europea para la digitalización de la industria ("Digitalización de la industria europea - DEI") y las TICHE Programa de innovación para pequeñas y medianas empresas de fabricación (programa "Innovación de TIC para las PYME de fabricación-I4MS");
 b. ser la puerta de entrada al ecosistema de innovación para apoyar la transformación digital del sistema de producción;
 C. estimular la demanda de innovación de las empresas;
 d. Cree un puente entre los negocios y el mundo de la investigación.</t>
   </si>
   <si>
     <t>Institut de l'Elevage - Idele</t>
   </si>
   <si>
     <t>La misión del Institut de L'Elevage es mejorar la competitividad de las granjas de herbívoros y sus sectores en un contexto en constante cambio. Su trabajo proporciona soluciones técnicas e innovadoras a los agricultores y partes interesadas de ganado, oveja, cabras y equinos en los sectores. Proporcionan respuestas a los problemas sociales y los problemas actuales, al servicio de las partes interesadas del ganado y sus sectores.</t>
   </si>
   <si>
     <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
   </si>
   <si>
     <t>Hub orientado a la inteligencia artificial como tecnología disruptiva que ayudará en la transformación digital de las empresas de Baleares</t>
   </si>
   <si>
+    <t>DIHBU Industry 4.0</t>
+  </si>
+  <si>
+    <t>Hub para impulsar la innovación y la inteligencia competitiva para fomentar la cocreacion de nuevos productos y la prestación a las empresas de servicios complementarios de carácter no tecnológico.</t>
+  </si>
+  <si>
+    <t>Dinapsis DIH</t>
+  </si>
+  <si>
+    <t>Hub enfocado en alcanzar un desarrollo sostenible, incorporar la transformación digital a la gestión del entorno y hacer frente a los retos del cambio climático</t>
+  </si>
+  <si>
     <t>Le Pool French Tech Rennes St Malo</t>
   </si>
   <si>
     <t>El ecosistema tecnológico francés es emprendedores en primer lugar, pero también todos aquellos que están comprometidos con el crecimiento de las nuevas empresas y su influencia internacional.
 La tecnología francesa Rennes St Malo (FTRSM) ocupa un lugar de 1ER Ranking Nacional en telecomunicaciones, agro de comida y ciberseguridad. La salud electrónica, las nuevas movilidades y los sectores de industrias creativas también tienen fuertes fortalezas locales.</t>
   </si>
   <si>
     <t>Nanotechnology Lab LTFN (Lab for Thin Films - Nanobiomaterials - Nanosystems - Nanometrology)</t>
   </si>
   <si>
     <t>El Nanotechnology Lab Ltfn, establecido en 1991, se encuentra en el Departamento de Física de la Universidad de Aristóteles de Tesaloniki (Auth) y en las instalaciones de Cope-H cerca de Thermi y el aeropuerto de Thessaloniki. Tiene una experiencia de más de 25 años en tecnología de películas delgadas, fabricación de nanomateriales avanzados y nanopartículas, desarrollando/implementando técnicas de metrología óptica in situ y en tiempo real, modelado computacional y herramientas de nanometrología. La misión de LTFN es promover la investigación de clase mundial y las mejores prácticas en nanotecnología, electrónica orgánica, nanomedicina y nanometrología para abordar los desafíos globales en la fabricación, energía, iluminación, electrónica, fotónica, IoT, transporte, salud y calidad de vida de calidad de vida. , Agricultura, etc.</t>
   </si>
   <si>
     <t>Photonics Bretagne</t>
   </si>
   <si>
     <t>La plataforma tecnológica de Photonics Bretagne posee una gran experiencia en biofotónica.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>La misión de Robocoast es apoyar la transformación digital con habilidades clave en ciberseguridad, robótica, tecnología energética, inteligencia artificial, análisis de datos, 5G e Internet de las cosas. Brindamos servicios a la industria de la exportación y otras industrias, así como a nuevas empresas y empresas de alta tecnología. Los productos y servicios desarrollados por los miembros se centran en la industria de la exportación y sus cadenas de subcontratación, la fabricación avanzada, la tecnología de información y comunicación y el sector energético. También ofrecemos cooperación multidisciplinaria en áreas como la agricultura y la tecnología de la salud.</t>
   </si>
   <si>
     <t>Rural Industry DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub se traduce oficialmente en finlandés como Digital Innovation Hub. Es una herramienta desarrollada y coordinada por la Comisión Europea para acelerar las soluciones digitales para las empresas europeas. DIH está fundamentalmente orientado regionalmente, y el centro de atención está principalmente en las PYME.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Hub enfocado en alcanzar un desarrollo sostenible, incorporar la transformación digital a la gestión del entorno y hacer frente a los retos del cambio climático</t>
   </si>
   <si>
     <t>SMILE-DIH (Smart Manufacturing Innovation for Lean Excellence center - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) es un centro de innovación digital (DIH), acreditado y operativo a nivel europeo, fundado en Parma en 2018, en forma de una asociación sin fines de lucro (legalmente reconocida), por Unione Parmense Degli Industriali y Università di Parma.
 Smile-DIH es parte de I4MS (European DiH Network) y de la red de confindustria DIH italiana y es capaz de apoyar la transferencia de tecnología entre los centros de investigación (universidades, centros de competencia, institutos y organismos privados) e industrias manufactureras. (en particular las PYME y Mid-Caps), así como las administraciones públicas, para cambiar sus modelos de negocio a través de:
 la digitalización de los procesos operativos para hacerlos más eficientes y funcionales;
 La implementación de metodologías innovadoras y Lean, respaldadas por tecnologías inteligentes, como el sistema cibernético-físico (CPS), Internet de las cosas (IoT e IIoT), inteligencia artificial (IA), robótica (autónoma y colaborativa), seguridad cibernética, Computación de alto rendimiento (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promover la investigación aplicada, la investigación directa que responda a una necesidad una necesidad.</t>
   </si>
   <si>
     <t>Tyndall National Institute, Tyndall</t>
   </si>
   <si>
     <t>El Instituto Nacional Tyndall es un centro de investigación europeo de tecnología profunda líder en hardware y sistemas de TIC integrados (tecnología de información y comunicaciones). Especialización tanto en electrónica como en fotónica (materiales, dispositivos, circuitos y sistemas) estamos liderando a nivel mundial en nuestras áreas de investigación básicas de:
 Fabricación de obleas de semiconductores
 Materiales cuánticos, dispositivos y plataformas de ingeniería
 Integración y embalaje microelectrónicos y fotónicos
 Sistemas de energía integrados y mitigación del clima
@@ -480,102 +513,102 @@
 Diseño de señal mixta y circuito analógico</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Los centros de innovación digital (DIHS) son "tiendas únicas", a prueba de la Comisión Europea, que ayudan a las empresas a ser más competitivas con respecto a sus procesos, productos o servicios comerciales/de producción utilizando tecnologías digitales.
 Como primer pont regional de contacto y puerta en un ecosistema de innovación de varias partes, proporcionan las PYME y otras compañías:
 Acceso a los últimos conocimientos, experiencia y tecnología para apoyar a sus clientes con pilotos, pruebas y experimentos con innovaciones digitales.
 Soporte comercial y financiero para implementar estas innovaciones.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>La calidad de la vida urbana en el futuro dependerá cada vez más de la compleja relación entre los sistemas informáticos, la ingeniería, la física y el comportamiento humano. Esta relación entre las personas y la tecnología que utilizamos afectará cada vez más todos los aspectos de nuestra vida cotidiana, desde cómo impulsamos nuestros hogares y negocios hasta cómo producimos nuestros alimentos. El negocio, el gobierno y la industria dependerán de la tecnología integrada que podría ofrecer grandes mejoras a nuestras vidas, pero que también es vulnerable al ataque cibernético y la falla del software. La necesidad de comprender y unir estos diferentes elementos para trabajar de manera eficiente será de importancia crítica para que la sociedad prospere.
 El laboratorio físico cibernético de la Universidad de Newcastle es parte del Digitial Innovation Hub (DIH) en el sitio de Newcastle Helix de última generación, implementando la visión regional que aumenta la próspera economía digital en el noreste de Inglaterra. Además de la Universidad de Newcastle, la DIH ofrece servicios a través del Centro Nacional de Innovación para Datos (NICD), entregando habilidades de datos prácticos a las organizaciones; El Instituto de Codificación, Unir la brecha de habilidades digitales y el Programa de Arrow, alineando las necesidades de las PYME regionales con la Universidad de Newcastle.</t>
   </si>
   <si>
     <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
   </si>
   <si>
     <t>Antares se esfuerza por impulsar la excelencia en la investigación en el Biosense Institute, para entregar soluciones digitales disruptivas al sector agrícola europeo, estimular el espíritu empresarial y el empleo a nivel regional y asegurar alimentos seguros suficientes para la creciente población mundial.</t>
   </si>
   <si>
+    <t>FIWARE Space</t>
+  </si>
+  <si>
+    <t>Centra su actividad en capacitación, networking, divulgación de eventos, avances y proyectos llevados a cabo para el desarrollo tecnológico de Badajoz</t>
+  </si>
+  <si>
+    <t>Food +i cluster</t>
+  </si>
+  <si>
+    <t>Proyecto para la divulgación de actividades, proyectos, redes, propuesta de valor e innovación llevados a cabo por el cluster food+i .</t>
+  </si>
+  <si>
+    <t>Galician Factory of Future HUB</t>
+  </si>
+  <si>
+    <t>Ambiente para la promoción de proyectos cooperativos de alto impacto para mejorar la competitividad de las empresas de la industria de automoción y movilidad de Galicia</t>
+  </si>
+  <si>
     <t>CPI</t>
   </si>
   <si>
     <t>El IPC actúa como un catalizador que reúne a la academia, las empresas, el gobierno y los inversores para traducir ideas brillantes e investigación en el mercado. Hacemos esto brindando a nuestros clientes acceso a los expertos, equipos, redes, financiamiento y más adecuados, conectando los puntos para una innovación efectiva.
 Somos un centro de innovación de tecnología independiente líder y miembro fundador de la catapulta de fabricación de alto valor del gobierno del Reino Unido. Establecidos en 2004, nuestros equipos aplican incansablemente sus muchos años de experiencia para garantizar que cada gran invento tenga la mejor oportunidad de convertirse en un producto o proceso comercializado con éxito. Trabajamos con nuestros socios en diversos mercados en el Reino Unido y en todo el mundo, impulsando sus innovaciones hacia adelante y ayudándoles a reducir el riesgo y el costo asociados con el desarrollo de productos.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - The Swiss Microtechnology &amp; Micromanufacturing DIH</t>
   </si>
   <si>
     <t>Microhub.Swiss es un centro de innovación digital (DIH) centrado en la microtecnología y la micromanufactura. Como organización sin fines de lucro, nuestra misión es ser un orquestador y acelerador de la innovación digital suiza. Nuestro objetivo es apoyar las nuevas empresas, las pequeñas empresas (PYME) y el sector público cuyo enfoque está en la digitalización de las microtecnologías y la fabricación de precisión. Nuestro objetivo es ayudar a estos cuerpos en su viaje de transformación digital, gracias a nuestra cartera bien desarrollada en tecnologías digitales, ecosistemas de industrialización establecidos y experiencia en gestión de la innovación.
 Nuestro objetivo es ayudar a las empresas suizas y europeas con su hoja de ruta de innovación ? actuando como una ventanilla única regional para la gestión de la innovación digital:
 R&amp;D y gestión de la innovación
 Entrenamiento
 Pruebas
 Prototipos
 Acceso a la financiación
 Producción de la primera serie
 Conectando el ecosistema</t>
   </si>
   <si>
     <t>Raisehub.swiss- The Swiss Robotics &amp; AI DIH</t>
   </si>
   <si>
     <t>Raishub. Los Principales impulsores hijo El Monitoreeo en tiempo real, el control de calidad en línea, el mantenimiento predictivo y la trazabilidad hasta piezas individuales.
 Nuestros objetivos hijo apoyar a las emppresas emergentes y las pymes para que aborden el desafío del iiot basado en las plataformas tecnológicas y el ecosistema importante para para la industrialización y la gestión de la innovación.</t>
   </si>
   <si>
     <t>SINTEF</t>
   </si>
   <si>
     <t>SINTEF es una de las organizaciones de investigación independientes más grandes de Europa. Cada año realizamos varios miles de proyectos para clientes grandes y pequeños.</t>
   </si>
   <si>
-    <t>FIWARE Space</t>
-[...16 lines deleted...]
-  <si>
     <t>Granada Plaza Tecnológica y Biotecnológica</t>
   </si>
   <si>
     <t>Hub en el que se desarrollma actividades, proyectos, redes, normativas y propuestas de valor e innovación del sector tecnológico y biotecnológico.</t>
   </si>
   <si>
     <t>HPC-Cloud and Cognitive Systems for Smart Manufacturing processes, Robotics and Logistics</t>
   </si>
   <si>
     <t>Hub en el que se desarrollan actividades de divulgación, proyectos, redes, y propuesta de valor e innovación del sector tecnológico Aragonés.</t>
   </si>
   <si>
     <t>Hub 4.0 of Manufacturing Sectors in  Valencian Region</t>
   </si>
   <si>
     <t>Avanzar en la transformación digital de procesos productivos: simulación/HPC, fabricación aditiva, IoT, Robótica</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Hub para la creación de red entre España y Portugal para el creciemiento y fiananciación, acceso a la información, formación y asesoramiento del sector agroalimetnario</t>
   </si>
   <si>
     <t>i4CAM HUB (Innovation for competitiveness and advanced manufacturing)</t>
@@ -622,84 +655,84 @@
   <si>
     <t>RIOHUB</t>
   </si>
   <si>
     <t>Hub para startups, pymes y empresas emergentes que trabajan en el ámbito de la tecnología</t>
   </si>
   <si>
     <t>RoboCity2030</t>
   </si>
   <si>
     <t>Iniciativa de la Comunidad de Madrid que busca convertir a Madrid en una ciudad líder en robótica y automatización</t>
   </si>
   <si>
     <t>Robotics Digital Innovation Hub</t>
   </si>
   <si>
     <t>Hub de innovación digital que ofrece servicios de asesoramiento, capacitación y financiación para empresas de robótica</t>
   </si>
   <si>
     <t>Science and Technology Park Of Almeria, PITA S.A.</t>
   </si>
   <si>
     <t>Ofrece infraestructura y servicios de apoyo a empresas tecnológicas e innovadoras</t>
   </si>
   <si>
+    <t>University of Valencia Science Park DIH</t>
+  </si>
+  <si>
+    <t>Hub de innovación digital en Valencia Objetivo:Fomentar la colaboración entre la universidad y empresas en tecnología para promover la innovación y el desarrollo</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub de Catalunya</t>
+  </si>
+  <si>
+    <t>Hub formado por los principales agentes de apoyo a la digitalización de Catalunya</t>
+  </si>
+  <si>
+    <t>DIHGIGAL. Digital Innovation Hub of Galician Industry</t>
+  </si>
+  <si>
+    <t>Hub que promociona el desarrollo de proyectos de I+D+i alineados con las necesidades y retos que se le plantean al tejido industrial</t>
+  </si>
+  <si>
     <t>4PDIH - Public Private People Partnership Digital Innovation Hub</t>
   </si>
   <si>
     <t>Le ofrecemos oportunidades para participar en proyectos europeos, en los que puede cocrear políticas de digitalización, aprender sobre ejemplos de buenas prácticas y participar en competiciones y licitaciones para financiar diversos procesos y áreas de digitalización.</t>
   </si>
   <si>
     <t>5G Fieldlab 5Groningen</t>
   </si>
   <si>
     <t>5Groningen es HET Programma Voor 5G-Internet. Ondernemers en no profiosatizaciones Werken Samen conoció a los expertos om toepassingen van 5g te testen. Denk daarbij aan zelfrijdende bussen de datos de datos en tiempo real terwijl er een drone sobre de akkers vliegt. Ook maakt 5g het bijvoorbeeld mogelijk om op afstand een diagnostice te stellen, doordat de arts en het ziekenhuis se reunió con een snelle verbinding mee kan kijken en la ambulancia. 5Groningen Test Toepassingen se reunió 5g. Dus Niet de Techniek, Maar Wat Je Ermee Kunt.</t>
   </si>
   <si>
     <t>AgriFood Lithuania DIH</t>
   </si>
   <si>
     <t>AgriFood Lituania es un centro de innovación digital y un Cluster que reúne importantes investigaciones, negocios y partes interesadas públicas en Lituania para la búsqueda común de transformaciones digitales en los sectores agrícolas, alimentarios y asociados.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Hub que promociona el desarrollo de proyectos de I+D+i alineados con las necesidades y retos que se le plantean al tejido industrial</t>
   </si>
   <si>
     <t>Agro Space DIH</t>
   </si>
   <si>
     <t>Lituania Agro Space Digital Innovation Hub es una red de enfoque regional sin fines de lucro que reúne a las organizaciones lituanas de investigación, educación, negocios e instituciones gubernamentales destinadas a fomentar la innovación de tecnología digital intersectorial.
 AGRO Space DIH Vision se convertirá en el proveedor de soluciones de "ir a" para el desarrollo, la transferencia de tecnología digital y la difusión de innovación en sectores clave: agricultura, espacio, fabricación (Industry 4.0) e innovación de servicios. La prioridad es avanzar en las capacidades de asociación de las compañías de tecnología agrícola y espacial amplificando la plataforma de la red dentro de Lituania y transnacionalmente.</t>
   </si>
   <si>
     <t>Azores Digital Innovation Hub</t>
   </si>
   <si>
     <t>El Parque de Ciencia y Tecnología de Nonagon promueve la transformación digital y la digitalización de la economía azoreana, a través de la coordinación del Azores Digital Innovation Hub.</t>
   </si>
   <si>
     <t>Cluj IT Cluster</t>
   </si>
   <si>
     <t>CLUJ IT es una organización basada en Cluster formada por organizaciones activas en el campo de la tecnología de la información: proveedores de servicios y soluciones de software, universidades e institutos de investigación, organismos públicos y otras organizaciones de catalizador.</t>
   </si>
   <si>
     <t>Digital Innovation Hub Slovenia</t>
   </si>
   <si>
     <t>DIH Eslovenia permite la transformación digital en el principio de una ventanilla única, en Eslovenia y más allá. Aumenta la conciencia y brinda servicios para el crecimiento de las competencias digitales, el intercambio de experiencias digitales y ejemplos de buenas prácticas a nivel local, regional e internacional; Propone al gobierno y proporciona acceso a datos para promover el espíritu empresarial.</t>
@@ -730,112 +763,112 @@
     <t>Apoyo a las comunidades y redes de comida agrícola en See a través del desarrollo de servicios sobre la calidad y la trazabilidad digitales de los alimentos utilizando blockchain</t>
   </si>
   <si>
     <t>Jheronimus Academy of Data Science</t>
   </si>
   <si>
     <t>Jads es una cooperación única entre la provincia de North Brabant, el municipio de S-Hertogenbosch, la Universidad de Tilburg y la Universidad Tecnológica de Eindhoven (TU/E). Ofrecemos varios programas de ciencia de datos. Desde programas de soltero y maestro, hasta Educación y educación profesional ENGD (anteriormente PDENG). Además, ayudamos a las organizaciones a dar forma a su futuro impulsado por los datos.</t>
   </si>
   <si>
     <t>LTU AI Innovation Hub</t>
   </si>
   <si>
     <t>La Universidad Tecnológica de Luleå tiene muchos años de experiencia en inteligencia artificial aplicada. Nuestro ecosistema de investigación relacionada con la IA vincula directamente a las aplicaciones del mundo real en empresas e industrias. Contribuimos a innovaciones de IA seguras y medibles que marcan la diferencia en la vida cotidiana y que benefician a la sociedad en general.</t>
   </si>
   <si>
     <t>Luxembourg Institute of Science and Technology (LIST)</t>
   </si>
   <si>
     <t>El Instituto de Ciencia y Tecnología de Luxemburgo (List) es una organización de investigación y tecnología (RTO) impulsada por la misión que desarrolla prototipos de productos/servicios competitivos y orientados al mercado para las partes interesadas públicas y privadas.</t>
   </si>
   <si>
     <t>Innoskart Digital Innovation Hub</t>
   </si>
   <si>
     <t>El Grupo Ha Superado sus fronteras originales tanto geográfico como en términos de su alcance de actividadas. Hoy en día, Innoskart se ha convertido en un grupo nacional de proveedores de servicios de TI (hardware y software), así como miembros de fabricación e investigación de alimentos, pero en muchos otros campos tiene logros sobresalientes (comercio de vehículos, productos farmacéuticos, Maquinaria y Comercio, Metalurgia, Pinta, Consultoría, etc.). LAS Organizaciones de Innoskart Van Desde Empresas Unipersonales Hasta Grandes Empresas en Amplia Paleta. Además de Las Empresas, Los Centros de Investigación, Las Universidadas y Los Municipios También hijo Miembros del Cluster.</t>
+  </si>
+  <si>
+    <t>Digital Water Innovation Hub (Digital Water)</t>
+  </si>
+  <si>
+    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación Objetivo:Proveer de tecnología industrial a Cataluña, consultoría, formación, desrrollo de productos y servicios innovadores y promoción y difusión de l ainnovación tecnológica</t>
   </si>
   <si>
     <t>Centro de Innovación Digital de NTUA (DIH-NTUA)</t>
   </si>
   <si>
     <t>En Grecia, se implementaron una estrategia de investigación e innovación regional y 13 nacionales para la especialización inteligente. La estrategia nacional promueve ocho sectores, en los cuales la investigación y la innovación podrían contribuir a desarrollar una ventaja competitiva importante, al tener en cuenta la masa crítica y la excelencia del potencial de investigación respectivo.</t>
   </si>
   <si>
     <t>Regional Platform Industry 4.0 of Tuscany Region (Tuscan Platform Industry 4.0)</t>
   </si>
   <si>
     <t>La herramienta operativa de la Plataforma Regional Enterprise 4.0: un punto de acceso fácil para las empresas que desean innovar y seguir siendo competitivas en los mercados.
 La plataforma es un nuevo ecosistema creado para promover y fomentar los procesos de digitalización del sistema comercial y es parte de la red de centros de innovación digital acreditados por la Comisión Europea.
 Tiene la tarea de apoyar a las empresas, en particular las PYME, en el proceso de digitalización europea y establecer contactos a los diversos actores del ecosistema de innovación digital presente en el territorio.</t>
   </si>
   <si>
-    <t>Digital Water Innovation Hub (Digital Water)</t>
-[...2 lines deleted...]
-    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación Objetivo:Proveer de tecnología industrial a Cataluña, consultoría, formación, desrrollo de productos y servicios innovadores y promoción y difusión de l ainnovación tecnológica</t>
+    <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
+  </si>
+  <si>
+    <t>Hub que pone al servicio las últimas tecnologías digitales y creativas al alcance de los sectores de la administración local, la formación, la internacionalización, el comercio, los servicios y la industria Objetivo:</t>
   </si>
   <si>
     <t>Algarve Smart Destination, Digital Innovation Hub</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) es como una red informal de instituciones privadas y públicas focalizadas en la digitalización de la economía en el territorio, principalmente en el sector del turismo, dirigida por el sistema Algarve y la Asociación de Asociación Tecnológica (Algarve STP), una asociación sin fines de lucro que Incorpora la Universidad de Algarve, la Asociación Nacional de Jóvenes Empresariales (ANJE) y tres municipios de la región de Algarve, a saber, Loulé, Faro, Olhão y una asociación privada de compañías de TI, Algarve Evolution.</t>
   </si>
   <si>
     <t>PIAP HUB</t>
   </si>
   <si>
     <t>Valor Network animada por PIAP en cooperación estratégica con la administración nacional y regional, organizaciones sectoriales y proveedores de tecnología líderes dedicados a la implementación de la automatización y robótica de los procesos tecnológicos de la especialización inteligente nacional. Facilitador de la adopción temprana de avances tecnológicos por industrias de alto crecimiento, incluida la fabricación ágil, la inspección y el mantenimiento de la infraestructura, así como la comida agroalimentaria y la atención médica.</t>
   </si>
   <si>
-    <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
-[...2 lines deleted...]
-    <t>Hub que pone al servicio las últimas tecnologías digitales y creativas al alcance de los sectores de la administración local, la formación, la internacionalización, el comercio, los servicios y la industria Objetivo:</t>
+    <t>Data Science and Artificial Intelligence (DASAI)</t>
+  </si>
+  <si>
+    <t>Espacio dedicado a la investigación, generación de proyectos, formación, divulgación  y tranferencia del conocimiento relacionada a la Inteligencia artificial.</t>
   </si>
   <si>
     <t>Plan4all</t>
   </si>
   <si>
     <t>La ambición general es diseñar, desarrollar e introducir una plataforma que conecte a las personas con la información. En primer lugar, con la integración de principios de redes sociales como blog, foro, tienda de ciencias de diseño que permite conectar a los usuarios con desarrolladores e investigadores. Y en segundo lugar integrando diferentes tipos de aplicaciones de demostración, donde los desarrolladores e investigadores tendrán la oportunidad de cooperar, probar diferentes API para nuevas soluciones y también proporcionar experimentos comunes.</t>
   </si>
   <si>
-    <t>Data Science and Artificial Intelligence (DASAI)</t>
-[...2 lines deleted...]
-    <t>Espacio dedicado a la investigación, generación de proyectos, formación, divulgación  y tranferencia del conocimiento relacionada a la Inteligencia artificial.</t>
+    <t>Distrito digital Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Entorno para albergar empresas tecnológicas y talento para la transformación tecnológica y de la economía digital en el Mediterráneo destacando tres verticales: cambio climático, salud y turismo</t>
   </si>
   <si>
     <t>BEIA DIH</t>
   </si>
   <si>
     <t>Beia Grid Institut es una ONG innovadora que participa activamente en proyectos de investigación multidisciplinarios a nivel nacional e internacional.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Entorno para albergar empresas tecnológicas y talento para la transformación tecnológica y de la economía digital en el Mediterráneo destacando tres verticales: cambio climático, salud y turismo</t>
   </si>
   <si>
     <t>Converge Hub de Innovación Abierta</t>
   </si>
   <si>
     <t>Converge es una herramienta para facilitar la transferencia efectiva del conocimiento a la sociedad, a través de la generación de vínculos de confianza entre el CSIC y los agentes del ecosistema de innovación. El objetivo de Converge, es visibilizar al CSIC como referente en innovación científico tecnológica y social, y contribuir a reforzar el ecosistema de innovación de España.
 La misión de Converge se articula mediante cuatro programas: CSIC Open lab; CSIC Emprende; CSIC Living Lab; Cátedras CSIC empresa 
 VIDEO</t>
   </si>
   <si>
     <t>INNOVASTURIAS</t>
   </si>
   <si>
     <t>INNOVASTURIAS es una asociación de empresas e instituciones asturianas que buscan la mejora de su competitividad y la calidad de sus servicios mediante el impulso de la cultura innovadora y la colaboración y búsqueda de sinergias en el ámbito internacional del sector agroalimentario y medio ambiente, comercio y hostelería, administración, industria, energía e investigación y educación, cultura y salud</t>
   </si>
   <si>
     <t>BioSense Institute</t>
   </si>
   <si>
     <t>BioSense Digital Innovation Hub (DIH)  es pionero en la transformación digital para la agricultura sostenible introduciendo innovaciones digitales al vincular la investigación, el emprendimiento, la ciencia y las soluciones listas para el mercado</t>
   </si>
   <si>
     <t>AHEDD- Attica Hub for the Economy of Data and Devices</t>
   </si>
 </sst>
@@ -1165,1447 +1198,1502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C126"/>
+  <dimension ref="A1:C131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C126"/>
+      <selection activeCell="A1" sqref="A1:C131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="993.186" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1715.153" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>87</v>
+        <v>253</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>