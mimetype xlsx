--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -12,77 +12,147 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hubs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo de Hubs</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
+    <t>Le Pool French Tech Rennes St Malo</t>
+  </si>
+  <si>
+    <t>Hubs</t>
+  </si>
+  <si>
+    <t>El ecosistema tecnológico francés es emprendedores en primer lugar, pero también todos aquellos que están comprometidos con el crecimiento de las nuevas empresas y su influencia internacional.
+La tecnología francesa Rennes St Malo (FTRSM) ocupa un lugar de 1ER Ranking Nacional en telecomunicaciones, agro de comida y ciberseguridad. La salud electrónica, las nuevas movilidades y los sectores de industrias creativas también tienen fuertes fortalezas locales.</t>
+  </si>
+  <si>
+    <t>E-Secure Transactions Cluster - TES</t>
+  </si>
+  <si>
+    <t>El Cluster de TES, el Cluster de competitividad digital de Normandía, representa un ecosistema de 150 miembros, compuesto por grandes empresas, PYME, autoridades locales, instituciones de investigación y capacitación y otras organizaciones. Con sus miembros y socios, el Cluster TES imagina y codiseja los usos del mañana gracias a las nuevas tecnologías relacionadas con el tríptico "seguridad / interoperabilidad / confiabilidad". Estas acciones generan progreso, rotación, empleos y valorización del territorio.</t>
+  </si>
+  <si>
+    <t>Giasat</t>
+  </si>
+  <si>
+    <t>GIASAT (Gestión integral agroecológica de los sistemas alimentarios territorializados) es un grupo de trabajo que lleva reflexionando conjuntamente desde el 2019. Actualmente es un consorcio de 5 entidades vinculadas al sector agroecológico. Su nexo de unión es que, desde distintos enfoques y lugares, se encuentran impulsando, facilitando y/o acompañando alguno de estos procesos en sus territorios.Misión: Las personas productoras -sobre todo pequeñas y medianas fincas- tienen dificultades para llegar a los mercados territoriales, lo que incrementa el empobrecimiento y el abandono del medio rural, además de una pérdida de oferta alimentaria de calidad para la población. Giasat quiere desarrollar una logística y distribución adaptada a la pequeña y mediana producción centrada en los canales cortos de comercialización que permita sostener un salto de escala en la producción y genere un acceso a una alimentación más sostenible y saludable. Visión: Giasat aspira a conseguir una Gestión Integral de Sistemas Alimentarios Territorializados (SAT) dinamizando y acompañando a los distintos agentes involucrados bajo un enfoque de economía social y resolviendo de forma colaborativa las necesidades del sector.  </t>
+  </si>
+  <si>
+    <t>FORESTRY HUB</t>
+  </si>
+  <si>
+    <t>El Forestry Hub es una iniciativa del Centro de Ciencia y Tecnología Forestales de Cataluña (CTFC). Actúa como puente entre la investigación, el desarrollo y la innovación, garantizando su transferencia efectiva a aplicaciones prácticas. Somos un referente regional en el desarrollo de la silvicultura adaptativa y cadenas de valor sostenibles que fortalecen la resiliencia de los paisajes agroforestales. Promovemos activamente una bioeconomía circular que integra naturaleza, innovación y competitividad.</t>
+  </si>
+  <si>
+    <t>Tecnova</t>
+  </si>
+  <si>
+    <t>Centro Tecnológico Tecnova promueve la innovación aplicada y el desarrollo tecnológico para mejorar la competitividad y rentabilidad de las empresas del sector agroindustrial. Actualmente, trabajamos con más 289 empresas, a nivel nacional e internacional, que apuestan por procesos de cambio e innovación en sus organizaciones y lo hacemos con responsabilidad, flexibilidad y confidencialidad. Tecnova, como Cluster Europeo que aglutina a las principales empresas del sector, trabaja en red para ayudarlas a posicionarse en los principales mercados internacionales, realizando transferencia de conocimiento y tecnología, fomentando la I+D y buscándoles líneas de financiación que lo hagan posible.</t>
+  </si>
+  <si>
+    <t>Centro de innovación en Agua Digital (Digital Water)</t>
+  </si>
+  <si>
+    <t>Desarrollo e implementación de nuevas tecnologías sostenibles aplicadas a la gestión del agua como recurso fundamental de la economía circular. «Digital Water» aplica los conceptos de sostenibilidad y economía circular a las nuevas tecnologías para mejorar el ciclo integral del agua, lo que aumenta la competitividad de numerosos sectores empresariales y beneficia a la sociedad en su conjunto. Además de la experiencia y el talento científico y tecnológico del equipo de Eurecat, el Centro cuenta con laboratorios, plantas piloto, equipamiento científico y centros de procesamiento de datos. Todas estas instalaciones permiten a Eurecat afrontar los retos actuales y futuros del agua. Servicios: * Prototipado rápido * PoC (pruebas de concepto) * Digitalización y conectividad * Consultoría y formación altamente especializada * Integración y homogeneización de sistemas * Virtualización de objetos * Calidad, limpieza y valorización de datos * Mantenimiento inteligente/Mejora de la vida útil y utilización de los activos * Predicción de la calidad/preservación * Previsión de la demanda * Predicción de la productividad/crecimiento * Optimización de recursos * Programación inteligente * Recomendadores inteligentes * Servicios de análisis de datos (SaaS) * Gestión de recursos * Gestión operativa * Gestión de procesos * Monitorización y control en tiempo real * Informes avanzados: KPIs, cuadros de mando... * Caracterización y análisis de escenarios</t>
+  </si>
+  <si>
+    <t>Economía Plateada digital (DIHDSE)</t>
+  </si>
+  <si>
+    <t>La Economía Plateada Digital (DIHDSE) busca ser la ventanilla única a través de la cual las empresas y otras entidades públicas o privadas puedan acceder a la información, los servicios y las instalaciones que necesitan para abordar con éxito sus procesos de transformación digital, con el objetivo de incentivar servicios más eficientes para los ciudadanos mayores de 50 años. Es una estructura sin fines de lucro. Zamora cuenta con un alto potencial de Plata, además de su gran población mayor (Zamora es la provincia con mayor envejecimiento de España), y también por ser un lugar atractivo para residir, como se estableció en el I Congreso Internacional de Economía Plateada celebrado en Zamora, en el que participaron 40 expertos y 700 congresistas. Por otro lado, el tejido empresarial de la región está altamente atomizado y, en el ámbito laboral, se requieren medidas para impulsar el empleo y aumentar la renta media. El DIHDSE, liderado por la Diputación de Zamora en colaboración con el organismo industrial, de investigación y financiero, promoverá el reconocimiento de Zamora como provincia de referencia en la especialización de servicios e industria para personas mayores no sólo en España sino también a nivel internacional y fortalecer así el futuro desarrollo socioeconómico de la región.</t>
+  </si>
+  <si>
+    <t>CIDIHUB (Centro de innovación Digital de Canarias)</t>
+  </si>
+  <si>
+    <t>El Centro de Innovación Digital de Canarias (CIDIHUB) forma parte de la red europea de European Digital Innovation Hubs (EDIHs) impulsada por la Comisión Europea, cuyo propósito es acelerar la transformación digital de las empresas y administraciones públicas en toda Europa. Integrado como un consorcio de organizaciones y centros especializados, CIDIHUB actúa como punto de referencia en Canarias para acercar a las pymes y entidades públicas las competencias, tecnologías y recursos necesarios para innovar, crecer y ser más competitivas en la economía digital. Nuestro compromiso es situar a Canarias en la vanguardia de la digitalización europea, ofreciendo a las empresas y administraciones públicas servicios especializados, acompañamiento en la adopción de tecnologías avanzadas y programas de formación que les permitan aprovechar las oportunidades de la nueva economía.</t>
+  </si>
+  <si>
+    <t>Mundo Forestal</t>
+  </si>
+  <si>
+    <t>Herramientas y recursos profesionales para propietarios forestales. Clarifica tu propiedad, gestiona tus recursos y conviértete en referente de la gestión forestal sostenible.</t>
+  </si>
+  <si>
+    <t>ASEMFO (Asociación Nacional de Empresas Forestales)</t>
+  </si>
+  <si>
+    <t>ASEMFO es la Asociacion Nacional de Empresas Forestales de España. La Asociación nació en el año 1994 como asociación voluntaria de empresas forestales privadas, dedicadas a la ejecución de proyectos, obras y servicios para la conservación, protección y mejora del medio natural. Las empresas forestales garantizan la ejecución técnica de las estrategias de inversión ESG y de las políticas de sostenibilidad empresarial.</t>
+  </si>
+  <si>
+    <t>CIDAI</t>
+  </si>
+  <si>
+    <t>El Centro of Innovation for Data Tech and Artificial Intelligence (CIDAI) impulsa el desarrollo y la adopción de soluciones basadas en IA a través de la colaboración con empresas, instituciones y centros de investigación aplicada.</t>
+  </si>
+  <si>
+    <t>ITA (Instituto Tecnológico de Aragón)</t>
+  </si>
+  <si>
+    <t>El ITA es un centro tecnológico adscrito al Departamento de Presidencia, Economía y Justicia del Gobierno de Aragón , cuya misión es contribuir al desarrollo tecnológico de las empresas y aumentar su competitividad.</t>
+  </si>
+  <si>
+    <t>DIHBAI-TUR: Hub de Innovación Digital de las Islas Baleares en Inteligencia Artificial en el Turismo y el Sector Agroalimentario</t>
+  </si>
+  <si>
+    <t>Hub orientado a la inteligencia artificial como tecnología disruptiva que ayudará en la transformación digital de las empresas de Baleares</t>
+  </si>
+  <si>
     <t>BIOHUBCAT</t>
   </si>
   <si>
-    <t>Hubs</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOHUBCAT es la ventanilla única dedicada a facilitar la generación de valor económico a partir de recursos orgánicos renovables en Cataluña. Un lugar al que las empresas y los emprendedores pueden dirigirse para encontrar las soluciones necesarias para dar el siguiente paso.</t>
-  </si>
-[...7 lines deleted...]
-    <t>CTA es el clúster de innovación multisectorial de Andalucía con actividad nacional e internacional.Ayuda a empresas, administraciones y universidades a planificar una estrategia de I+D+i alineada con sus necesidades. Desde la identificación de necesidades de I+D+i a la formulación de proyectos para resolverlas o la búsqueda de socios y financiación, acompaña a las empresas en su proyecto de innovación. Es el aliado estratégico para transformar en negocio los resultados conseguidos y un socio con éxito en proyectos internacionales de innovación.Se trata de una fundación privada con más de 186 empresas miembros y 20 años de experiencia, impulsada en su origen por la Junta de Andalucía y con gestión privada, dedicada a promover la innovación tecnológica.Más de 186 empresas forman parte de CTA. Desde grandes corporaciones internacionales a pymes o startups tecnológicas de todos los sectores económicos. </t>
   </si>
   <si>
     <t>Smart Agro Hub</t>
   </si>
   <si>
     <t>Smart Agro Hub es un ecosistema de investigación, conocimiento práctico y emprendimiento, que contribuye a la creación de un sistema de producción agrícola más respetuoso con el medio ambiente y basado en tecnologías digitales. La visión del centro de competencia es ser un catalizador para la transformación digital de la agricultura griega y la formación de un nuevo modelo de producción sostenible en el sector agroalimentario, a través de soluciones innovadoras.La misión del Smart Agro Hub es:Poner a disposición del productor soluciones agrotecnológicas inteligentes y eficientes para aumentar rendimientos, reducir costos de producción y mejorar su huella ambiental. Proporcionar a la industria alimentaria soluciones sostenibles para establecer y cumplir objetivos de sostenibilidad en cumplimiento de los estándares internacionales y ganar una posición competitiva en el mercado.Actividades del Hub: El desarrollo de soluciones innovadoras para la transformación digital de la agricultura griegaEl desarrollo de pruebas, evaluación y mejora de tecnologías agrícolasEn la realización de experimentos agrícolasProporcionando servicios de consultoría de sostenibilidadEvaluación de la huella ambiental de la cadena agroalimentariaDesarrollo de productos y tecnologías digitales innovadoras en el sector agroalimentarioRealizar investigaciones científicas y participar en proyectos de investigación en el campo de la agricultura y la biotecnología.</t>
   </si>
   <si>
     <t>Basque Energy Cluster</t>
   </si>
   <si>
     <t>Asociación Cluster que agrupa y representa a las empresas de la industria energética vasca para reforzar su posicionamiento y capacidad competitiva.Somos el punto de encuentro y conexión de empresas, organizaciones y entidades públicas que desarrollan su actividad en torno a las cadenas de valor de la energía.Impulsamos y coordinamos actuaciones en colaboración para mejorar la competitividad de la industria energética vasca.El Cluster desarrolla proyectos I+D en Descarbonización de la Industria, Eólica, Hidrógeno y combustibles renovables, Redes Eléctricas Inteligentes y Solar Fotovoltaica (proyecto Agrovitivoltaica)</t>
   </si>
   <si>
     <t>DIH-LEAF (Livestock, Environment, Agriculture and Forest)</t>
   </si>
   <si>
     <t>Centro de Innovación Digital o DIH orientado a los sectores ganadero, ambiental, agrícola y forestal (Livestock, Environment, Agriculture and Forest – DIH-LEAF) conformado por diferentes actores conectados con el sector productivo y de diferentes iniciativas tecnológicas. En DIH-LEAF, participan universidades y centros tecnológicos, empresas, asociaciones de productores, organizaciones sin ánimo de lucro, etc. Con objeto de responder al reto de la digitalización y la innovación tecnológica de este amplio sector productivo DIH-LEAF se constituye como un ecosistema de digitalización autónomo y único con el objetivo final de digitalizar estas entidades, consiguiendo incrementar su eficiencia, competitividad y sostenibilidad mediante la aplicación de Tecnologías de la Información y las Comunicaciones (TICs). De esta manera se contribuye al desarrollo sostenible de los territorios rurales y urbano.A continuación se muestran los servicios ofertados por DIH-LEAF:Ensayo y experimentaciónFormaciónApoyo en la búsqueda de fuentes de financiación</t>
   </si>
   <si>
     <t>Basque Digital Innovation Hub (Bdih)</t>
   </si>
   <si>
     <t>Basque Digital Innovation Hub (Bdih) proporciona a las pymes el acceso a las capacidades tecnológicas necesarias para hacer frente a los desafíos de la industria inteligente, energía y salud y poder evolucionar en el entorno digital y sostenible.El Hub pone a disposición de las empresas infraestructuras y conocimiento. Laboratorios, equipamientos, software, capacidades científico tecnológicas y un equipo experto que respalda cada proyecto en uno de estos 8 nodos:Nodo de Robótica flexible y colaborativaNodo de Materiales AvanzadosNodo de Máquinas Inteligentes y conectadasNodo de Fabricación AditivaNodo de CiberseguridadNodo Redes Eléctricas DigitalesNodo Dispositivos Médicos y Salud DigitalNodo Inteligencia Artificial</t>
   </si>
@@ -211,352 +281,326 @@
   <si>
     <t>Novel-T</t>
   </si>
   <si>
     <t>Creemos en el poder de la innovación y la contribución que hace a una sociedad mejor y más sostenible. Brindamos nuestro apoyo de forma independiente y sin ganancias, en la asignación de nuestros fundadores.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>Es misión del Hub impulsar la I+D+i para diseñar envases y embalajes alimentarios seguros, sostenibles y competitivos que beneficien a las empresas de la cadena alimentaria vasca y, por supuesto, al medio ambiente.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Ecosistema virtual donde compartir conocimiento y proporcionar nuevas herramientas a los profesionales agrarios.</t>
   </si>
   <si>
     <t>Madrid Food Innovation Hub</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB es el primer centro de emprendimiento en alimentación de Madrid. Una iniciativa pionera enfocada a fomentar la innovación y el emprendimiento a lo largo de toda la cadena de valor agroalimentaria.</t>
   </si>
   <si>
+    <t>iHub La Vega Innova</t>
+  </si>
+  <si>
+    <t>Ecosistema completo para las startups del sector AgriFoodTech y un escaparate de tecnologías que acelera la transformación digital del sector agroalimentario, sus PYMES y autónomos</t>
+  </si>
+  <si>
     <t>eAtex. Food Innovation Hub by CNTA</t>
   </si>
   <si>
     <t>Hub de innovación colaborativa para la transferencia e implantación de tecnología en la industria agroalimentaria</t>
   </si>
   <si>
     <t>AIR4S. Artificial Intelligence &amp; Robotics for Sustainable Development Goals</t>
   </si>
   <si>
     <t>Hub para impulsar el desarrollo y crecimiento de la industria de la Comunidad de Madrid a través del uso e implantación de las tecnologías basadas en la inteligencia artificial y la robótica</t>
   </si>
   <si>
     <t>Associació Cluster Digital de Catalunya</t>
   </si>
   <si>
     <t>Espacio de trabajo para empresas, entidades y grupos de investigación del sector de las tecnlogías de la información y las comunicaciones (TIC)</t>
   </si>
   <si>
     <t>Barrax - Rural Innovatión Hub</t>
   </si>
   <si>
     <t>Hub donde se promocionan las jornadas de investigación, encuentros comerciales, networking profesional, capatación de fondos eurpeos, información y experimientación.</t>
   </si>
   <si>
     <t>Centre d'Innovació i Tecnologia de la UPC (CIT UPC)</t>
   </si>
   <si>
     <t>Centro de Investigación, Formación y Transferecncia del conocimiento</t>
   </si>
   <si>
-    <t>iHub La Vega Innova</t>
-[...11 lines deleted...]
-  <si>
     <t>Cluster of Sustainable Building of Andalusia</t>
   </si>
   <si>
     <t>Proyecto de carácter asociativo y de reconversión del sector que permite identificar e implementar de manera constante nuevas oportunidades y alojar empresas de ámbito sostenible.</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park of Adam Mickiewicz University Foundation</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park (PSTP) es el primer parque tecnológico en Polonia (1995). Es operado (como el departamento clave) por Adam Mickiewicz University Foundation, una organización sin fines de lucro con la misión de estimular la colaboración entre la ciencia y la industria para activar el desarrollo regional a través de la innovación, la transferencia de tecnología y la cooperación internacional.</t>
   </si>
   <si>
     <t>RISE ICT Research Institute of Sweden ICT</t>
   </si>
   <si>
     <t>Institutos de Investigación de Rise de Suecia es el Instituto de Investigación de Suecia y socio de innovación. A través de la colaboración internacional con la industria, la academia y el sector público, garantizamos la competitividad empresarial y contribuimos a una sociedad sostenible</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri es un esfuerzo conjunto de Agroväst, Institutos de Investigación de Suecia (Rise) y Science Park Skövde con el objetivo de acelerar la digitalización del sector agrícola en el oeste de Suecia.</t>
   </si>
   <si>
     <t>Space53</t>
   </si>
   <si>
     <t>Space53 envuelve gobiernos, instituciones de conocimiento, trabajadores humanitarios y empresas en un Cluster de innovación de drones y fortalece el ecosistema mediante la creación de las condiciones previas para el desarrollo exitoso y la aplicación de sistemas no tripulados.</t>
   </si>
   <si>
+    <t>ahedd - Attica Hub for the Economy of Data and Devices</t>
+  </si>
+  <si>
+    <t>El Centro Nacional de Investigación Científica (NCSR) Demokritos es el centro de investigación multidisciplinario más grande de Grecia, con aproximadamente 1000 empleados y más de 50 años de logros científicos innovadores y contribuciones a la economía y la sociedad griegas. Fue un socio importante en varias iniciativas tecnológicas nacionales como la adquisición y operación de instalaciones informáticas de alto rendimiento y el establecimiento de redes computacionales de alta velocidad en el país y actualmente es líder o miembro de múltiples infraestructuras nacionales y europeas.</t>
+  </si>
+  <si>
+    <t>Cybersecurity Innovation HUB</t>
+  </si>
+  <si>
+    <t>AgriFood Croatia</t>
+  </si>
+  <si>
+    <t>Agrifood Croacia es un centro de innovación que reúne a las partes interesadas de investigación, negocios y públicos en Croacia para la búsqueda común de transformaciones digitales en los sectores relacionados con la acuicultura, la agricultura y los alimentos.</t>
+  </si>
+  <si>
+    <t>VP Delta</t>
+  </si>
+  <si>
+    <t>Agrohub.bg es un centro europeo de innovación digital para la Región Central del Sur, aprobado bajo el Programa Digital Europa con el Proyecto Agrodigirise. El proyecto comenzó el 1 de noviembre de 2022 y tiene una duración de tres años. Es implementado por un consorcio con un perfil y experiencia diversos: organizaciones de sucursales, unidades científicas e de investigación, instituciones de capacitación, empresas de tecnología, importadores de maquinaria agrícola, etc. en asociación con el municipio de Plovdiv.</t>
+  </si>
+  <si>
     <t>Arctic Drone Labs</t>
   </si>
   <si>
     <t>Arctic Drone Labs es un innovador centro de investigación de movilidad aérea situado en Finlandia. Estamos a la vanguardia de la recolección y la experiencia de la experiencia, las herramientas de vanguardia y las innovaciones innovadoras para impulsar el crecimiento de las industrias de sistemas aéreos (UAS) no tripulados. Nuestra misión abarca el fomento del desarrollo de negocios, el avance de las iniciativas de investigación y el empoderamiento de la educación en este campo transformador.</t>
   </si>
   <si>
     <t>ART-ER-DIH</t>
   </si>
   <si>
     <t>Art-Er (antiguo Aster) opera como un centro de innovación digital en la región de Emilia-Romagna, y su propuesta de valor es la conexión de las partes interesadas y la integración de iniciativas, servicios y oportunidades para explotar infraestructuras, conocimientos, experiencias de ambas compañías y proveedores (de instalaciones, servicios, capacitación, etc.).</t>
   </si>
   <si>
-    <t>Cybersecurity Innovation HUB</t>
-[...13 lines deleted...]
-  <si>
     <t>Wageningen Research</t>
   </si>
   <si>
     <t>La fortaleza de la Universidad e Investigación de Wageningen radica en su capacidad para unirse a las fuerzas de los institutos de investigación especializados y la universidad. También se encuentra en los esfuerzos combinados de los diversos campos de las ciencias naturales y sociales.</t>
   </si>
   <si>
-    <t>ahedd - Attica Hub for the Economy of Data and Devices</t>
-[...2 lines deleted...]
-    <t>El Centro Nacional de Investigación Científica (NCSR) Demokritos es el centro de investigación multidisciplinario más grande de Grecia, con aproximadamente 1000 empleados y más de 50 años de logros científicos innovadores y contribuciones a la economía y la sociedad griegas. Fue un socio importante en varias iniciativas tecnológicas nacionales como la adquisición y operación de instalaciones informáticas de alto rendimiento y el establecimiento de redes computacionales de alta velocidad en el país y actualmente es líder o miembro de múltiples infraestructuras nacionales y europeas.</t>
+    <t>Digital Impulse Hub</t>
+  </si>
+  <si>
+    <t>Hub que brinda consultoría, ecosistema y networking, formación y fiananciación</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andalucía Agrotech</t>
+  </si>
+  <si>
+    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación, aceleración y emprendimiento Objetivo:</t>
+  </si>
+  <si>
+    <t>Digital Farming Hub</t>
+  </si>
+  <si>
+    <t>Hub de servicio de apoyo,  que ayuda a las empresas agrícolas a ser  más competitivas mejorando sus procesos de negocio / producción, así como  productos y servicios a través de la tecnología digital.</t>
   </si>
   <si>
     <t>Danish Technological Institute, Robot Technology</t>
   </si>
   <si>
     <t>Danish Technological Institute es una empresa líder de investigación y tecnología. Ayudan a sus clientes a convertir el conocimiento y la tecnología más recientes en valor. Somos expertos en producción, materiales, tecnología ambiental, negocios, energía, tecnología agro, investigación de carne y más</t>
   </si>
   <si>
     <t>DIH PANNONIA</t>
   </si>
   <si>
     <t>La Agencia de Desarrollo del Condado de Vukovar-Srijem prepara el plan de desarrollo del condado de Vukovar-Srijem, así como otros documentos estratégicos y de desarrollo. Proporciona asistencia experta en la preparación e implementación de programas, proyectos de desarrollo a cuerpos de derecho público e instituciones públicas del área del condado, que son de interés para el desarrollo del condado, así como proyectos conjuntos de interés para el desarrollo de varios condados. .</t>
   </si>
   <si>
-    <t>E-Secure Transactions Cluster - TES</t>
-[...4 lines deleted...]
-  <si>
     <t>Embedded System Design &amp; Application Laboratory DIH (ESDALAB DIH)</t>
   </si>
   <si>
     <t>Esdalab DIH está coordinando una extensa red de DIHS que abarca en el sur y este de Europa, a través de la cual ofrece oportunidades de financiación y apoya la cooperación de varias partes entre organizaciones con experiencia complementaria. También ofrece servicios novedosos a las empresas, especialmente las PYME (incluidas las nuevas empresas) y empresas un poco más grandes, para apoyar su transformación digital.</t>
   </si>
   <si>
     <t>Farmers Parliament Latvia Digital Innovation Hub - ZSA DIH</t>
   </si>
   <si>
     <t>Smartagro es un sitio web de innovación y tecnología agrícola. La idea principal de Smartagro es informar y alentar a los agricultores y otras partes interesadas a usar nuevas tecnologías, servicios, productos y sistemas para un futuro sostenible en las zonas rurales. Al centrarse en el Cluster regional, los centros de innovación digital, los laboratorios vivos y las soluciones de tecnología en los proyectos del Programa de Investigación e Innovación de la UE Horizon 2020, el sitio web proporcionará ideas y soluciones de vanguardia para facilitar las innovaciones en áreas rurales. Smartagro es mantenido por una organización no gubernamental: el Parlamento de los agricultores (FP).</t>
-  </si>
-[...16 lines deleted...]
-    <t>Hub de servicio de apoyo,  que ayuda a las empresas agrícolas a ser  más competitivas mejorando sus procesos de negocio / producción, así como  productos y servicios a través de la tecnología digital.</t>
   </si>
   <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub è un’associazione sin ganancias volta un promuovere l’elnovazione tecnologica en Italia, Atrtaverso La Formazione, La Consulenza e il.
 La Nostra Associazione ha la Sfida di contribuye un facilitare l'Epowerment di tecnologie all'avanguardia, estrategia impertitoriali di stercio, nuovi modelli di empresas e lo sviluppo sostenibile di soluzzii e infraestruture en aree rurali per tras conformarle in "smartsi soluzioni e infraestruture en aree y rurali per tras conformarle in" smartsi soluzioni e infraestruture en aree y e rurali per tras conformarle in "smartess di -soluzioni e infraestruture in au Benessere por una migliore Qualità della vita</t>
   </si>
   <si>
     <t>Flanders' FOOD, FF</t>
   </si>
   <si>
     <t>La comida de Flandes es Sinds de Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie.
 La comida de Flandes Werd en 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) en Een 20-Tal Stichtende Leden. ¿Het Uitgangspunt? Door Samenwerking, conoció a Elkaar en Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven.
 De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven als organizaciones de ganancias sociales. Dit sobre el sector de Van de Grenzen en el Heen de Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>La estrategia de Farm to Fork está en el corazón del acuerdo verde europeo con el objetivo de hacer que los sistemas alimentarios sean justos, saludables y amigables con el medio ambiente.
 Necesitamos rediseñar nuestros sistemas alimentarios para hacerlos más sostenibles y aumentar su resiliencia.
 Las nuevas tecnologías y descubrimientos científicos, combinados con el aumento de la conciencia pública y la demanda de alimentos sostenibles, beneficiarán a todos los interesados.
 La revolución digital brinda oportunidades, pero a muchas compañías aún les resulta difícil saber en qué tecnologías invertir y cómo asegurar el financiamiento. Más del 90% de las PYME se quedan atrás en la innovación digital y necesitan soporte para su transformación digital.</t>
   </si>
   <si>
     <t>innovation experience HUB (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub es una asociación sin fines de lucro con el objetivo de:
 a. Fortalecer el nivel de conocimiento y conciencia de las empresas con respecto a las oportunidades ofrecidas por la transformación digital, también en el contexto del Plan Nacional Enterprise 4.0, la estrategia europea para la digitalización de la industria ("Digitalización de la industria europea - DEI") y las TICHE Programa de innovación para pequeñas y medianas empresas de fabricación (programa "Innovación de TIC para las PYME de fabricación-I4MS");
 b. ser la puerta de entrada al ecosistema de innovación para apoyar la transformación digital del sistema de producción;
 C. estimular la demanda de innovación de las empresas;
 d. Cree un puente entre los negocios y el mundo de la investigación.</t>
   </si>
   <si>
     <t>Institut de l'Elevage - Idele</t>
   </si>
   <si>
     <t>La misión del Institut de L'Elevage es mejorar la competitividad de las granjas de herbívoros y sus sectores en un contexto en constante cambio. Su trabajo proporciona soluciones técnicas e innovadoras a los agricultores y partes interesadas de ganado, oveja, cabras y equinos en los sectores. Proporcionan respuestas a los problemas sociales y los problemas actuales, al servicio de las partes interesadas del ganado y sus sectores.</t>
   </si>
   <si>
-    <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
-[...4 lines deleted...]
-  <si>
     <t>DIHBU Industry 4.0</t>
   </si>
   <si>
     <t>Hub para impulsar la innovación y la inteligencia competitiva para fomentar la cocreacion de nuevos productos y la prestación a las empresas de servicios complementarios de carácter no tecnológico.</t>
   </si>
   <si>
     <t>Dinapsis DIH</t>
   </si>
   <si>
     <t>Hub enfocado en alcanzar un desarrollo sostenible, incorporar la transformación digital a la gestión del entorno y hacer frente a los retos del cambio climático</t>
   </si>
   <si>
-    <t>Le Pool French Tech Rennes St Malo</t>
-[...5 lines deleted...]
-  <si>
     <t>Nanotechnology Lab LTFN (Lab for Thin Films - Nanobiomaterials - Nanosystems - Nanometrology)</t>
   </si>
   <si>
     <t>El Nanotechnology Lab Ltfn, establecido en 1991, se encuentra en el Departamento de Física de la Universidad de Aristóteles de Tesaloniki (Auth) y en las instalaciones de Cope-H cerca de Thermi y el aeropuerto de Thessaloniki. Tiene una experiencia de más de 25 años en tecnología de películas delgadas, fabricación de nanomateriales avanzados y nanopartículas, desarrollando/implementando técnicas de metrología óptica in situ y en tiempo real, modelado computacional y herramientas de nanometrología. La misión de LTFN es promover la investigación de clase mundial y las mejores prácticas en nanotecnología, electrónica orgánica, nanomedicina y nanometrología para abordar los desafíos globales en la fabricación, energía, iluminación, electrónica, fotónica, IoT, transporte, salud y calidad de vida de calidad de vida. , Agricultura, etc.</t>
   </si>
   <si>
     <t>Photonics Bretagne</t>
   </si>
   <si>
     <t>La plataforma tecnológica de Photonics Bretagne posee una gran experiencia en biofotónica.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>La misión de Robocoast es apoyar la transformación digital con habilidades clave en ciberseguridad, robótica, tecnología energética, inteligencia artificial, análisis de datos, 5G e Internet de las cosas. Brindamos servicios a la industria de la exportación y otras industrias, así como a nuevas empresas y empresas de alta tecnología. Los productos y servicios desarrollados por los miembros se centran en la industria de la exportación y sus cadenas de subcontratación, la fabricación avanzada, la tecnología de información y comunicación y el sector energético. También ofrecemos cooperación multidisciplinaria en áreas como la agricultura y la tecnología de la salud.</t>
   </si>
   <si>
     <t>Rural Industry DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub se traduce oficialmente en finlandés como Digital Innovation Hub. Es una herramienta desarrollada y coordinada por la Comisión Europea para acelerar las soluciones digitales para las empresas europeas. DIH está fundamentalmente orientado regionalmente, y el centro de atención está principalmente en las PYME.</t>
+  </si>
+  <si>
+    <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
+  </si>
+  <si>
+    <t>Antares se esfuerza por impulsar la excelencia en la investigación en el Biosense Institute, para entregar soluciones digitales disruptivas al sector agrícola europeo, estimular el espíritu empresarial y el empleo a nivel regional y asegurar alimentos seguros suficientes para la creciente población mundial.</t>
   </si>
   <si>
     <t>SMILE-DIH (Smart Manufacturing Innovation for Lean Excellence center - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) es un centro de innovación digital (DIH), acreditado y operativo a nivel europeo, fundado en Parma en 2018, en forma de una asociación sin fines de lucro (legalmente reconocida), por Unione Parmense Degli Industriali y Università di Parma.
 Smile-DIH es parte de I4MS (European DiH Network) y de la red de confindustria DIH italiana y es capaz de apoyar la transferencia de tecnología entre los centros de investigación (universidades, centros de competencia, institutos y organismos privados) e industrias manufactureras. (en particular las PYME y Mid-Caps), así como las administraciones públicas, para cambiar sus modelos de negocio a través de:
 la digitalización de los procesos operativos para hacerlos más eficientes y funcionales;
 La implementación de metodologías innovadoras y Lean, respaldadas por tecnologías inteligentes, como el sistema cibernético-físico (CPS), Internet de las cosas (IoT e IIoT), inteligencia artificial (IA), robótica (autónoma y colaborativa), seguridad cibernética, Computación de alto rendimiento (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promover la investigación aplicada, la investigación directa que responda a una necesidad una necesidad.</t>
   </si>
   <si>
     <t>Tyndall National Institute, Tyndall</t>
   </si>
   <si>
     <t>El Instituto Nacional Tyndall es un centro de investigación europeo de tecnología profunda líder en hardware y sistemas de TIC integrados (tecnología de información y comunicaciones). Especialización tanto en electrónica como en fotónica (materiales, dispositivos, circuitos y sistemas) estamos liderando a nivel mundial en nuestras áreas de investigación básicas de:
 Fabricación de obleas de semiconductores
 Materiales cuánticos, dispositivos y plataformas de ingeniería
 Integración y embalaje microelectrónicos y fotónicos
 Sistemas de energía integrados y mitigación del clima
 Biofotónica, bioelectrónica, dispositivos y sistemas biomédicos
 Sensores y sistemas inteligentes
 Sistemas centrados en humanos para el trabajo y la vida
 Sistemas de comunicación óptica
 Sistemas de comunicación inalámbrica
 Diseño de señal mixta y circuito analógico</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Los centros de innovación digital (DIHS) son "tiendas únicas", a prueba de la Comisión Europea, que ayudan a las empresas a ser más competitivas con respecto a sus procesos, productos o servicios comerciales/de producción utilizando tecnologías digitales.
 Como primer pont regional de contacto y puerta en un ecosistema de innovación de varias partes, proporcionan las PYME y otras compañías:
 Acceso a los últimos conocimientos, experiencia y tecnología para apoyar a sus clientes con pilotos, pruebas y experimentos con innovaciones digitales.
 Soporte comercial y financiero para implementar estas innovaciones.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>La calidad de la vida urbana en el futuro dependerá cada vez más de la compleja relación entre los sistemas informáticos, la ingeniería, la física y el comportamiento humano. Esta relación entre las personas y la tecnología que utilizamos afectará cada vez más todos los aspectos de nuestra vida cotidiana, desde cómo impulsamos nuestros hogares y negocios hasta cómo producimos nuestros alimentos. El negocio, el gobierno y la industria dependerán de la tecnología integrada que podría ofrecer grandes mejoras a nuestras vidas, pero que también es vulnerable al ataque cibernético y la falla del software. La necesidad de comprender y unir estos diferentes elementos para trabajar de manera eficiente será de importancia crítica para que la sociedad prospere.
 El laboratorio físico cibernético de la Universidad de Newcastle es parte del Digitial Innovation Hub (DIH) en el sitio de Newcastle Helix de última generación, implementando la visión regional que aumenta la próspera economía digital en el noreste de Inglaterra. Además de la Universidad de Newcastle, la DIH ofrece servicios a través del Centro Nacional de Innovación para Datos (NICD), entregando habilidades de datos prácticos a las organizaciones; El Instituto de Codificación, Unir la brecha de habilidades digitales y el Programa de Arrow, alineando las necesidades de las PYME regionales con la Universidad de Newcastle.</t>
   </si>
   <si>
-    <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
-[...4 lines deleted...]
-  <si>
     <t>FIWARE Space</t>
   </si>
   <si>
     <t>Centra su actividad en capacitación, networking, divulgación de eventos, avances y proyectos llevados a cabo para el desarrollo tecnológico de Badajoz</t>
   </si>
   <si>
     <t>Food +i cluster</t>
   </si>
   <si>
     <t>Proyecto para la divulgación de actividades, proyectos, redes, propuesta de valor e innovación llevados a cabo por el cluster food+i .</t>
   </si>
   <si>
     <t>Galician Factory of Future HUB</t>
   </si>
   <si>
     <t>Ambiente para la promoción de proyectos cooperativos de alto impacto para mejorar la competitividad de las empresas de la industria de automoción y movilidad de Galicia</t>
   </si>
   <si>
     <t>CPI</t>
   </si>
   <si>
     <t>El IPC actúa como un catalizador que reúne a la academia, las empresas, el gobierno y los inversores para traducir ideas brillantes e investigación en el mercado. Hacemos esto brindando a nuestros clientes acceso a los expertos, equipos, redes, financiamiento y más adecuados, conectando los puntos para una innovación efectiva.
 Somos un centro de innovación de tecnología independiente líder y miembro fundador de la catapulta de fabricación de alto valor del gobierno del Reino Unido. Establecidos en 2004, nuestros equipos aplican incansablemente sus muchos años de experiencia para garantizar que cada gran invento tenga la mejor oportunidad de convertirse en un producto o proceso comercializado con éxito. Trabajamos con nuestros socios en diversos mercados en el Reino Unido y en todo el mundo, impulsando sus innovaciones hacia adelante y ayudándoles a reducir el riesgo y el costo asociados con el desarrollo de productos.</t>
   </si>
   <si>
@@ -759,60 +803,60 @@
   <si>
     <t>Green Digital Innovation HUB</t>
   </si>
   <si>
     <t>Apoyo a las comunidades y redes de comida agrícola en See a través del desarrollo de servicios sobre la calidad y la trazabilidad digitales de los alimentos utilizando blockchain</t>
   </si>
   <si>
     <t>Jheronimus Academy of Data Science</t>
   </si>
   <si>
     <t>Jads es una cooperación única entre la provincia de North Brabant, el municipio de S-Hertogenbosch, la Universidad de Tilburg y la Universidad Tecnológica de Eindhoven (TU/E). Ofrecemos varios programas de ciencia de datos. Desde programas de soltero y maestro, hasta Educación y educación profesional ENGD (anteriormente PDENG). Además, ayudamos a las organizaciones a dar forma a su futuro impulsado por los datos.</t>
   </si>
   <si>
     <t>LTU AI Innovation Hub</t>
   </si>
   <si>
     <t>La Universidad Tecnológica de Luleå tiene muchos años de experiencia en inteligencia artificial aplicada. Nuestro ecosistema de investigación relacionada con la IA vincula directamente a las aplicaciones del mundo real en empresas e industrias. Contribuimos a innovaciones de IA seguras y medibles que marcan la diferencia en la vida cotidiana y que benefician a la sociedad en general.</t>
   </si>
   <si>
     <t>Luxembourg Institute of Science and Technology (LIST)</t>
   </si>
   <si>
     <t>El Instituto de Ciencia y Tecnología de Luxemburgo (List) es una organización de investigación y tecnología (RTO) impulsada por la misión que desarrolla prototipos de productos/servicios competitivos y orientados al mercado para las partes interesadas públicas y privadas.</t>
   </si>
   <si>
+    <t>Digital Water Innovation Hub (Digital Water)</t>
+  </si>
+  <si>
+    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación Objetivo:Proveer de tecnología industrial a Cataluña, consultoría, formación, desrrollo de productos y servicios innovadores y promoción y difusión de l ainnovación tecnológica</t>
+  </si>
+  <si>
     <t>Innoskart Digital Innovation Hub</t>
   </si>
   <si>
     <t>El Grupo Ha Superado sus fronteras originales tanto geográfico como en términos de su alcance de actividadas. Hoy en día, Innoskart se ha convertido en un grupo nacional de proveedores de servicios de TI (hardware y software), así como miembros de fabricación e investigación de alimentos, pero en muchos otros campos tiene logros sobresalientes (comercio de vehículos, productos farmacéuticos, Maquinaria y Comercio, Metalurgia, Pinta, Consultoría, etc.). LAS Organizaciones de Innoskart Van Desde Empresas Unipersonales Hasta Grandes Empresas en Amplia Paleta. Además de Las Empresas, Los Centros de Investigación, Las Universidadas y Los Municipios También hijo Miembros del Cluster.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación Objetivo:Proveer de tecnología industrial a Cataluña, consultoría, formación, desrrollo de productos y servicios innovadores y promoción y difusión de l ainnovación tecnológica</t>
   </si>
   <si>
     <t>Centro de Innovación Digital de NTUA (DIH-NTUA)</t>
   </si>
   <si>
     <t>En Grecia, se implementaron una estrategia de investigación e innovación regional y 13 nacionales para la especialización inteligente. La estrategia nacional promueve ocho sectores, en los cuales la investigación y la innovación podrían contribuir a desarrollar una ventaja competitiva importante, al tener en cuenta la masa crítica y la excelencia del potencial de investigación respectivo.</t>
   </si>
   <si>
     <t>Regional Platform Industry 4.0 of Tuscany Region (Tuscan Platform Industry 4.0)</t>
   </si>
   <si>
     <t>La herramienta operativa de la Plataforma Regional Enterprise 4.0: un punto de acceso fácil para las empresas que desean innovar y seguir siendo competitivas en los mercados.
 La plataforma es un nuevo ecosistema creado para promover y fomentar los procesos de digitalización del sistema comercial y es parte de la red de centros de innovación digital acreditados por la Comisión Europea.
 Tiene la tarea de apoyar a las empresas, en particular las PYME, en el proceso de digitalización europea y establecer contactos a los diversos actores del ecosistema de innovación digital presente en el territorio.</t>
   </si>
   <si>
     <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
   </si>
   <si>
     <t>Hub que pone al servicio las últimas tecnologías digitales y creativas al alcance de los sectores de la administración local, la formación, la internacionalización, el comercio, los servicios y la industria Objetivo:</t>
   </si>
   <si>
     <t>Algarve Smart Destination, Digital Innovation Hub</t>
   </si>
   <si>
@@ -1198,567 +1242,567 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C131"/>
+  <dimension ref="A1:C139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C131"/>
+      <selection activeCell="A1" sqref="A1:C139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="1715.153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1718.723" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
@@ -1824,876 +1868,964 @@
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" s="1" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>