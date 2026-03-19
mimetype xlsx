--- v0 (2025-12-14)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Herramientas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Página web</t>
   </si>
   <si>
     <t>Agrobase</t>
   </si>
   <si>
     <t>Saber identificar correctamente la maleza, las enfermedades o las plagas de las plantas es el primer paso para lograr un control eficaz. Esta app incluye una base de datos de conocimientos agrónomos con plagas y un catálogo de enfermedades, así como todos los pesticidas registrados, insecticidas y herbicidas en el país que elijas.
 Incluye también descripciones de productos de protección de cultivos con enlaces, para que puedas elegir siempre la solución correcta a un problema. Además, proporciona información sobre el registro y la fecha de caducidad de los productos y lo más importante: su eficacia en diferentes cuestiones.</t>
   </si>
   <si>
     <t>Aplicación móvil</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=lt.farmis.apps.farmiscatalog&amp;hl=e…</t>
   </si>
@@ -1060,59 +1060,50 @@
   <si>
     <t>Conecta los datos de la granja, las condiciones en tiempo real y las recomendaciones agronómicas, todo mientras mantiene los datos de la granja en un solo lugar para un fácil seguimiento y uso compartido</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.cropx.adaptive&amp;hl=es_419</t>
   </si>
   <si>
     <t>Visor GO-Esjara</t>
   </si>
   <si>
     <t>Visor cartográfico con información que desarrolla la cadena de valor del aprovechamiento de las jaras (Cistus ladanifer y Cistus laurifolius) para la obtención de aceites esenciales valorizando los residuos y subproductos</t>
   </si>
   <si>
     <t>https://goesjara.es/visor/</t>
   </si>
   <si>
     <t>IFAPA GUÍA PLAGAS</t>
   </si>
   <si>
     <t>Gestión de plagas</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.juntadeandalucia.ifapa.guia</t>
   </si>
   <si>
-    <t>Agroseguro Ganado</t>
-[...7 lines deleted...]
-  <si>
     <t>Identificación Equina</t>
   </si>
   <si>
     <t>Aplicación para la comunicación de colocaciones de chips de identificación de équidos y solicitud de pasaportes del Colegio Veterinario de Cantabria</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.vetcontrol.canvas.appidendifi…</t>
   </si>
   <si>
     <t>Portal Ganadero</t>
   </si>
   <si>
     <t>Portal Ganadero de la Consejería de Desarrollo Rural, Ganadería, Pesca, Alimentación y Medio Ambiente del Gobierno de Cantabria: solicitud de guías de traslado de bovino, compra de crotales e identificación de animales</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.cantabria.portalganadero.porta…</t>
   </si>
   <si>
     <t>Gestión explotaciones agrarias</t>
   </si>
   <si>
     <t>Aplicación diseñada para facilitar la creación y seguimiento de actuaciones en una explotación agraria (XEAGA)</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=gal.xunta.xeaga</t>
@@ -1220,59 +1211,50 @@
     <t>Mairu</t>
   </si>
   <si>
     <t>Solución que digitaliza las operaciones agrícolas y ganaderas, controla los cultivos, ganados, visualiza indicadores en tiempo real y mejora la coordinación en el campo.</t>
   </si>
   <si>
     <t>https://mairu.digital/software-agricultura-ganaderia/</t>
   </si>
   <si>
     <t>AGROPECUARIA</t>
   </si>
   <si>
     <t>Manejo profesional del campo y ganadería</t>
   </si>
   <si>
     <t>https://controlagropecuaria.web.app/</t>
   </si>
   <si>
     <t>ContaCarne</t>
   </si>
   <si>
     <t>Aplicación web que calculará tus costes de producción, así como el precio de la carne que deberás recibir para cubrir todos los costes de tu explotación (incluido el salario propio del propietario, estandarizado a 1,5 veces el Salario Mínimo Interprofesional). El usuario podrá imprimir el informe anual de resultados y llevar la “contabilidad” anual de su explotación.</t>
   </si>
   <si>
     <t>https://contacarne.xunta.gal/contacarne/</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://www.mapa.gob.es/es/ganaderia/temas/ganaderia-y-medio-ambiente/calculo-e…</t>
   </si>
   <si>
     <t>Riego Citrus</t>
   </si>
   <si>
     <t>RIEGO CITRUS es una App pública y gratuita desarrollada por el Instituto Andaluz de Investigación y Formación Agraria, Pesquera, Alimentaria y de la Producción Ecológica (IFAPA) que proporciona una interfaz con recomendaciones de riego del cultivo de cítricos adaptadas a la disponibilidad de agua y a cualquier situación de restricción en el suministro de la misma. </t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.ifapa.riego.citrus.app&amp;pli=1</t>
   </si>
   <si>
     <t>Sensacultivo</t>
   </si>
   <si>
     <t>App móvil que permite la optimización del consumo de agua y fertilizantes y aumentar la competitividad y sostenibilidad</t>
   </si>
   <si>
     <t>https://sensacultivo.es/</t>
   </si>
   <si>
     <t>Sensoterra</t>
   </si>
   <si>
     <t>Aplicación móvil para monitorear la humedad del suelo en tiempo real por sonda y por ubicación que enviará acciones sugeridas para incrementar la productividad de los cultivos y reducir los costos de riego</t>
   </si>
@@ -1634,50 +1616,958 @@
     <t>ISAGRI GEOFOLIA</t>
   </si>
   <si>
     <t>Aplicación que permite grabar y consultar los partes que ha realizado desde sus parcelas gracias a un interfaz 100% táctil e intuitivo. Los controles sobre los fitosanitarios (mezclas prohibidas, dosis, etc) han sido integrados para alertar de forma inmediata en caso de no respetar los usos autorizados</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=fr.icone.geofolia</t>
   </si>
   <si>
     <t>Vacapop</t>
   </si>
   <si>
     <t>App para buscar, comprar y vender ganado directamente entre ganaderos en toda España poniendo a su disposición un sitio especializado donde pueden publicar sus ofertas de ganado en venta, así como encontrar una gran oferta de ganado en venta (vacas, toros, caballos, yeguas, cabras y ovejas), y donde podrá hacer las operaciones de compra-venta de forma inmediata y segura</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=io.elprogramador.vacapop&amp;hl=es&amp;gl…</t>
   </si>
   <si>
     <t>VACAPP</t>
   </si>
   <si>
     <t>Aplicación para gestionar sus vacas toros y rebaños que permite tener un control exaustivo de terneros, destetes, saneamientos, enfermedades y diversos eventos que le pueden pasar a un rebaño</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+  </si>
+  <si>
+    <t>Agrónic App 2.0</t>
+  </si>
+  <si>
+    <t>Agrónic APP 2.0 es la nueva generación de la Agrónic APP. Una aplicación completamente rediseñada, más visual, más intuitiva y preparada para evolucionar constantemente. Está pensada para dar respuesta a las necesidades reales del agricultor actual, ofreciendo un entorno de control remoto más completo, profesional y fácil de usar. Esta nueva versión no solo sustituirá progresivamente la app anterior, sino que marcará un antes y un después en la gestión de programadores Agrónic.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.progres.agronicapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Vegga</t>
+  </si>
+  <si>
+    <t>Te ayuda en la gestión integral y la toma de decisiones. Gestionarás y optimizarás el rendimiento de tu explotación gracias a los indicadores generados por la plataforma, utilizando las últimas tecnologías digitales y asesoramiento de expertos.</t>
+  </si>
+  <si>
+    <t>https://veggadigital.com/soluciones/</t>
+  </si>
+  <si>
+    <t>Cropwise Protector</t>
+  </si>
+  <si>
+    <t>Con Cropwise Protector, el productor tiene acceso a los indicadores agronómicos más importantes, a través del teléfono celular. Con potentes análisis y paneles visuales, la información recopilada siempre está accesible para el productor para una toma de decisiones más rápida y precisa, todo organizado en gráficos y mapas que brindan una vista general y detallada de la presión de plagas,</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=ag.strider.protector&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Efemis</t>
+  </si>
+  <si>
+    <t>Efemis es la plataforma agrícola para la gestión agronómica y económica de operaciones precosecha;Permite planificar, ejecutar y controlar multitud de procesos agrícolas, tanto desde el punto de vista agronómico, como económico y legal;Posibilita la toma de decisiones óptimas, basadas en un profundo análisis de datos.;Reducción de costos y mejora del rendimiento;Trazabilidad en la comercialización.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=efemis&amp;c=apps&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agrosales</t>
+  </si>
+  <si>
+    <t>Agrosales es una plataforma digital para el análisis de datos comerciales, agronómicos y técnicos para mejorar la gestión estratégica del negocio de productores y distribuidores de insumos agrícolas.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/agrosales/?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>IA para la agricultura;Hemos diseñado la primera plataforma de inteligencia artificial agroalimentaria capaz de gestionar diferentes escenarios futuros, describiendo cómo impactarán su estrategia corporativa y mostrándole la mejor decisión para cada objetivo de negocio. Margaret cuenta con un motor de procesamiento que analiza Big Data agroalimentario auténtico mediante algoritmos y modelos de IA para desarrollar aplicaciones adaptadas a las necesidades de cada productor, agregador o industria complementaria.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/margaret/</t>
+  </si>
+  <si>
+    <t>Agri Calc (android)</t>
+  </si>
+  <si>
+    <t>Una herramienta sencilla para cálculos agrícolas. Actualmente puede calcular la población de plantas, calibrar un pulverizador de brazo básico, una calculadora de productos, una calculadora de fertilizantes NPK y mucho más por venir. Puede guardar sus cálculos para referencia futura y agruparlos en consecuencia. Admite unidades métricas e imperiales.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=co.za.tcei.agricalc&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agri Calc (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/agricalc/id6753979056</t>
+  </si>
+  <si>
+    <t>Mi Granja</t>
+  </si>
+  <si>
+    <t>Aplicación de gestión de explotaciones de especies Ovina, Caprina, Bovina.Permite mediante un lector de identificación electrónica animal (bolo, crotal electrónico, microchip) generar una base de datos y control de la explotación permitiendo realizar un seguimiento de las diferentes etapas y situaciones por las que atraviesan los animales como son: Identificación, Recenso, Ecografías, Paridera, Bajas, Sangrado, Control lechero...</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.tecon.roiplascrotales</t>
+  </si>
+  <si>
+    <t>Fitocampo</t>
+  </si>
+  <si>
+    <t>Fitocampo APP está diseñada para que las empresas del sector fitosanitario, agricultura y protección vegetal cumplimenten su cuaderno de campo desde un dispositivo móvil.Fitocampo APP es una aplicación móvil diseñada para que cualquier empresa del sector fitosanitario, agricultura y protección vegetal pueda cumplimentar su cuaderno de campo desde un dispositivo móvil, facilitando el trabajo a los diferentes perfiles profesionales.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.sdi.fitocampo&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (android)</t>
+  </si>
+  <si>
+    <t>Una herramienta imprescindible para el agricultor y ganadero de UAGN, integrada con el Cuaderno de Explotación, con la app aGROSlab Asesor GIP y con la plataforma para el canal de distribución de productos fitosanitarios.UAGN Cuaderno de Campo es la app que te permite generar tus tratamientos en campo. Incluso en entornos offline/sin cobertura de datos. Te permite disponer de toda la información que necesitas para tu trabajo así como recibir las prescripciones del asesor desde tu móvil o tablet.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.geoslab.agroslabagricultor.ua…</t>
+  </si>
+  <si>
+    <t>FitoFarma</t>
+  </si>
+  <si>
+    <t>FitoFarma es tu herramienta esencial para gestionar el uso de productos fitosanitarios en la agricultura. Diseñada para agricultores, agrónomos y entusiastas del campo.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fitosanitarios-agronomia-mapa/id6451338616</t>
+  </si>
+  <si>
+    <t>Agrobio Efectos Secundarios</t>
+  </si>
+  <si>
+    <t>Manual de efectos secundarios para el uso integrado en horticultura de productos fitosanitarios y organismos de control biológico o polinizadores.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agrobio.efectos</t>
+  </si>
+  <si>
+    <t>Hesperides</t>
+  </si>
+  <si>
+    <t>Esta aplicación está dirigida a técnicos asesores y directores técnicos usuarios de Hesperides. Las principales funcionalidades de esta APP son:Identificación y geolocalización de parcelas y productores; Facilita la consulta de históricos de parcelas; Gestiona la información de trampas</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.efoodprint.hesperides</t>
+  </si>
+  <si>
+    <t>Reutivar</t>
+  </si>
+  <si>
+    <t>Esta aplicación permite realizar una programación de fertirriego óptima para el cultivo del olivar regado con aguas regeneradas. La v1.0.Beta de REUTIVAR-App, desarrollada por la Universidad de Córdoba, es una aplicación de libre difusión en versión de prueba.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.rafacode.reutivarapp&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/cuaderno-de-campo-uagn/id1495651696</t>
+  </si>
+  <si>
+    <t>Xarvio Field Manager</t>
+  </si>
+  <si>
+    <t>La plataforma digital líder en la optimización de cultivos y prescripciones. Basada en 25 años de experiencia, esta aplicación cuenta con modelos para la optimización de cultivos. Los principales componentes de la aplicación te ayudan a tomar decisiones de manejo en tiempo real con información precisa de cada uno de tus lotes, facilitando la optimización del tiempo y el uso de recursos.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bayer.cs.xarviofieldmanager&amp;h…</t>
+  </si>
+  <si>
+    <t>Prismab</t>
+  </si>
+  <si>
+    <t>Hemos creado el PRISMAB Link para conectar los datos de sus sensores a internet de una forma legendariamente sencilla. Tan solo conecta un sensor a uno de sus tres puertos y la unidad Link comenzará a transmitir datos cada hora. Así de sencillo.
+Evite que su instalación esté en manos de terceras personas y tenga el control total de su red de sensores siempre que lo necesite. Instale, cambie el sensor, mueva el transmisor o desinstale el equipo tantas veces como necesite sin depender de nadie de una forma ultra sencilla.</t>
+  </si>
+  <si>
+    <t>https://prismab.com/</t>
+  </si>
+  <si>
+    <t>PhytechPlant</t>
+  </si>
+  <si>
+    <t>Aplicación de planta para riego optimizado</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.phytechplant</t>
+  </si>
+  <si>
+    <t>Plantae</t>
+  </si>
+  <si>
+    <t>Con Plantae® accede a los datos de tu campo en cualquier momento. Consulta el estad de humedad, conductividad y temperatura del suelo para aportar a la planta lo que necesita en cada momento.Toma de datos en tiempo real. Gráficas de humedad, conductividad y temperatura. Lecturas de caudal sin necesidad de ir al campo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.plantaeapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>agrocontrol</t>
+  </si>
+  <si>
+    <t>Genera tu Cuaderno de Campo en un clic y registra los Fichajes de Personal obligatorios. Asigna tareas, controla tus finanzas, cumple la normativa y evita sanciones sin papeleo.</t>
+  </si>
+  <si>
+    <t>https://www.agrocontrol.app/</t>
+  </si>
+  <si>
+    <t>FarmQA</t>
+  </si>
+  <si>
+    <t>FarmQA es tu asistente digital de agronomía para el seguimiento de cultivos, recomendaciones de tratamientos, análisis de imágenes, y análisis de campos. Consejos:FarmQA Advice agiliza el trabajo de los agrónomos, permitiendo recomendaciones de tratamientos digitales y rápidas para tus agricultores. Personaliza recomendaciones y realiza un seguimiento de detalles</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmqa.scouting&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FitoAid</t>
+  </si>
+  <si>
+    <t>Localiza cualquier producto fitosanitario. Encuentra rápidamente desde el buscador o filtrando por sus características cualquier producto fitosanitario registrado en el Ministerio de Agricultura y Pesca, Alimentación y Medioambiente de España (MAPAMA ) con acceso directo a la ficha original del registro oficial del Ministerio.</t>
+  </si>
+  <si>
+    <t>https://www.adama.com/spain/es/fitoaid</t>
+  </si>
+  <si>
+    <t>Climate Field view</t>
+  </si>
+  <si>
+    <t>Climate FieldView es una herramienta digital integrada para la agricultura que ofrece a los agricultores un conjunto completo y conectado de herramientas digitales, brindándoles un conocimiento más profundo de sus campos para que puedan tomar decisiones operativas más informadas que les permitan optimizar el rendimiento, maximizar la eficiencia y reducir el riesgo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?hl=en&amp;id=com.climate.growers.android…</t>
+  </si>
+  <si>
+    <t>Control Agropecuaria</t>
+  </si>
+  <si>
+    <t>Nuestra plataforma da solución a uno de los problemas clave de los gestores y técnicos en las empresas agropecuarias: el registro de datos, seguimiento, análisis y presentación de informes. Si hasta ahora han estado registrando la información en papel u hojas de cálculo, corren el riesgo de utilizar un enfoque anticuado en la recopilación de datos.</t>
+  </si>
+  <si>
+    <t>PickApp</t>
+  </si>
+  <si>
+    <t>Informe todas las actividades de la granja y vincule cada acción a una ubicación, hora y trabajador agrícola específicos. PickApp carga y analiza automáticamente los datos escaneados en tiempo real. Este proceso de cero errores reemplaza los informes manuales inexactos y ayuda a los propietarios de granjas a aplicar un método de trabajo estable y estructurado que se basa en una integridad de datos impecable.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.pointer.farmwork</t>
+  </si>
+  <si>
+    <t>Agro</t>
+  </si>
+  <si>
+    <t>Crea tu red de contactos y amplía tus opciones de negocio con profesionales del sector primario de España y Portugal.</t>
+  </si>
+  <si>
+    <t>https://appagro.es/</t>
+  </si>
+  <si>
+    <t>Sanzar</t>
+  </si>
+  <si>
+    <t>Plataforma web/móvil de recomendaciones inteligentes de riego que permite reducir el uso del agua mediante sensórica de suelo y otros parámetros</t>
+  </si>
+  <si>
+    <t>https://ai-land-software.sanzar-group.com/</t>
+  </si>
+  <si>
+    <t>Agroseguro Clientes</t>
+  </si>
+  <si>
+    <t>Aplicación que tiene como finalidad dar de alta siniestros de daños y avisos de retirada en ganado</t>
+  </si>
+  <si>
+    <t>https://agroseguro.es/clientes/aplicaciones/</t>
+  </si>
+  <si>
+    <t>AgriSat</t>
+  </si>
+  <si>
+    <t>Hace posible el seguimiento de los cultivos a lo largo de su ciclo de crecimiento de forma simple e intuitiva para un mejor manejo agronómico. Se visualiza el estado del cultivo, su actividad fotosintética y la variabilidad dentro de la parcela. Para ello se utilizan series temporales densas de imágenes de los principales satélites de observación de la Tierra de la NASA y de la Agencia Espacial Europea, acercándose en muchos casos a la frecuencia de una imagen por semana.
+La aplicación despliega por defecto la última imagen disponible y facilita la navegación temporal sobre la secuencia de imágenes</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.idrab.uclm.spiderwebgis.agrisa…</t>
+  </si>
+  <si>
+    <t>Avicultor: pollos y gallinas</t>
+  </si>
+  <si>
+    <t>Avicultor se destaca como la mejor herramienta gratuita para el manejo integral avícola, permitiéndote monitorear de manera efectiva los ingresos y gastos asociados a tus granjas de pollos de engorde. Además, esta aplicación facilita el seguimiento detallado de tus aves ponedoras, controlando eficientemente la producción y venta de huevos.
+Una característica destacada de Avicultor es su función de control de incubación, que le permite gestionar de forma precisa y organizada el proceso de incubación de huevos.
+Con una base de datos interna que opera sin necesidad de conexión a internet, Avicultor se convierte en la opción ideal para uso en</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.avicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Herdly (IOS)</t>
+  </si>
+  <si>
+    <t>Herdly es una aplicación de gestión ganadera que te permite registrar las condiciones del ganado con voz, impulsada por informes inteligentes de IA, y la comodidad de escuchar informes en cualquier momento.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/herdly-farmer/id6757684859</t>
+  </si>
+  <si>
+    <t>ForestMap</t>
+  </si>
+  <si>
+    <t>Forestmaps es un servicio web que permite calcular el inventario forestal de manera  automática y casi instantánea. Para ello utilizan datos del LiDAR del Plan Nacional de Ortofotografía Aérea (PNOA) y bases de datos de parcelas internas y externas (del Inventario Forestal Nacional). Estos datos son procesados por modelos y sistemas de cálculo propios para generar información de inventario forestal de forma continua.
+La aplicación permite seleccionar un área o parcela concreta sobre la cual realizar el inventario forestal. A continuación, es necesario indicar el tipo de especie arbórea y el producto. El cliente recibirá el resultado del análisis a través de un documento PDF que se le enviará al email, con un resumen del inventario de la parcela y una capa vectorial en formato shape con todos los resultados a una resolución de 25 metros.
+Actualmente incluye información sobre las provincias de Álava, Asturias, Burgos, Gipuzkoa, La Rioja, Madrid, Murcia, Navarra, Palencia, Soria y Vizcaya, aunque la intención es ir ampliando el alcance de manera continua.</t>
+  </si>
+  <si>
+    <t>https://datos.gob.es/es/aplicaciones/forestmap</t>
+  </si>
+  <si>
+    <t>Sistema Europeo de Información sobre Incendios Forestales
+EFFIS</t>
+  </si>
+  <si>
+    <t>Visor de situación actual 2.0
+La nueva versión del Visor de Situación Actual, más rápida y optimizada para dispositivos móviles, ofrece mayor eficiencia y accesibilidad, con un rendimiento optimizado y un diseño totalmente adaptable para un uso fiable en plataformas de escritorio y móviles. Muestra la información más actualizada sobre la temporada de incendios en Europa y el Mediterráneo. Esto incluye mapas meteorológicos de peligro de incendios para hoy y pronósticos de hasta 6 días, además de mapas actualizados diariamente de puntos calientes y perímetros de incendios.</t>
+  </si>
+  <si>
+    <t>https://forest-fire.emergency.copernicus.eu/apps/effis.csv/?c=1019567.88%2C5783…</t>
+  </si>
+  <si>
+    <t>Catastro app</t>
+  </si>
+  <si>
+    <t>Catastro_app es una aplicación móvil que reúne y personaliza en tu móvil, sólo para tu uso personal, la información de todos tus inmuebles ya que puedes añadir tus propias fotos, croquis o anotaciones.</t>
+  </si>
+  <si>
+    <t>https://www.catastro.hacienda.gob.es/ayuda/appmovil/catastroapp.html</t>
+  </si>
+  <si>
+    <t>Peso Animal - Cerdos y ganado</t>
+  </si>
+  <si>
+    <t>Esta calculadora se ha desarrollado para facilitar el cálculo del peso de los animales vivos o faenados sin la utilización de la bascula. -Porcino -Ganado -Bufalos -Esquinos -Ovino y Caprinos</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.pesoanimal&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Porcicultor: Gestor de cerdos</t>
+  </si>
+  <si>
+    <t>Porcicultor: Tu Mejor Aliado para Gestionar Granjas de Cerdos. Descubre Porcicultor, el gestor porcino 100% gratuito que te ayudará a controlar los gastos y beneficios de tus granjas de cerdos de engorde de manera eficiente y sin complicaciones.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.porcicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganadero: control ganadero</t>
+  </si>
+  <si>
+    <t>Ganadero, la herramienta óptima para gestionar el cuidado del ganado vacuno de engorde y leche. Gratis y con base de datos interna, permite un control efectivo sin necesidad de conexión a internet, ideal para uso en campo. Registre y supervise los gastos de alimentación, electricidad, equipos y más, ofreciendo una solución completa para una gestión del ganado eficiente y sin complicaciones.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.ganadero&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganges. Gestión ganadera</t>
+  </si>
+  <si>
+    <t>La filosofía de Ganges - Gestión Ganadera es ofrecer una aplicación sencilla y completa para los ganaderos a bajo precio. Por ello al estudiar la mejor manera de ofrecerles a los ganaderos la aplicación de una manera asequible, optamos por ofrecer la aplicación gratuitamente, y simplemente cobrar por el concepto de alquiler de almacenaje de la información.</t>
+  </si>
+  <si>
+    <t>https://gestionganadera.es/</t>
+  </si>
+  <si>
+    <t>Herdly (android)</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.herdly.farmer</t>
+  </si>
+  <si>
+    <t>albaibs</t>
+  </si>
+  <si>
+    <t>Software ERP alimentación para fabricantes y distribuidores</t>
+  </si>
+  <si>
+    <t>https://www.albaibs.es/erp-alimentacion/</t>
+  </si>
+  <si>
+    <t>grupozas</t>
+  </si>
+  <si>
+    <t>Programa de gestión para industria alimentaria, ERP especializado para empresas de alimentación con APPCC y trazabilidad
+Software de gestión para industria alimentaria con control APPCC, trazabilidad de lotes, gestión de caducidades, control de alérgenos y cumplimiento normativo.</t>
+  </si>
+  <si>
+    <t>https://grupozas.com/erp-industria-alimentaria/</t>
+  </si>
+  <si>
+    <t>Lims.science</t>
+  </si>
+  <si>
+    <t>Sistema de Gestión de Laboratorio para Alimentos y Bebidas
+Gestiona el análisis de alimentos y bebidas de forma eficiente con un LIMS diseñado para laboratorios certificados según ISO 17025. Controla la calidad de productos, trazabilidad y pruebas por lotes desde un solo sistema.</t>
+  </si>
+  <si>
+    <t>https://lims.science/es/lims-alimentos/</t>
+  </si>
+  <si>
+    <t>Visor de buenas prácticas RedPac</t>
+  </si>
+  <si>
+    <t>Visor de buenas prácticas</t>
+  </si>
+  <si>
+    <t>https://redpac.es/visores_redpac/bbpp</t>
+  </si>
+  <si>
+    <t>Instituto Geográfico Nacional</t>
+  </si>
+  <si>
+    <t>bservación del territorio, cartografía y datos geográficos</t>
+  </si>
+  <si>
+    <t>https://centrodedescargas.cnig.es/CentroDescargas/home</t>
+  </si>
+  <si>
+    <t>ArcGIS Survey123</t>
+  </si>
+  <si>
+    <t>Transforme los flujos de trabajo cotidianos con formularios inteligentes
+Diseñe formularios y encuestas inteligentes con ArcGIS Survey123, un generador de formularios dinámico. Acelere la recopilación de datos y mejore la calidad de los resultados. Visualice y analice la información con una lente geográfica para comprender mejor dónde y por qué ocurren las cosas. Comparta datos a través de mapas web, aplicaciones y paneles para fundamentar la toma de decisiones y mejorar los procesos empresariales.</t>
+  </si>
+  <si>
+    <t>https://www.esri.com/es-es/arcgis/products/arcgis-survey123/overview?rsource=ht…</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps es la aplicación de mapas por excelencia de Esri en dispositivos móviles. Utilice Field Maps para explorar los mapas que ha realizado en ArcGIS, recopilar y actualizar sus datos acreditados, y registrar dónde ha estado, todo desde una misma aplicación de localización.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.esri.fieldmaps</t>
+  </si>
+  <si>
+    <t>Kobotoolbox</t>
+  </si>
+  <si>
+    <t>Herramientas de datos intuitivas y adaptables para maximizar su impacto
+Una plataforma de recopilación, gestión y visualización de datos utilizada globalmente para acelerar el cambio social positivo.</t>
+  </si>
+  <si>
+    <t>https://www.kobotoolbox.org/</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>ODK te permite crear formularios potentes para recopilar los datos que necesitas dondequiera que estén.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.odk.collect.android&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Windy</t>
+  </si>
+  <si>
+    <t>Herramienta con interfaz o recursos disponibles en español orientada a meteorologia, planificacion, riesgo</t>
+  </si>
+  <si>
+    <t>https://www.windy.com/es/-Men%C3%BA/menu?temp%2C32_622%2C13_493%2C5=</t>
+  </si>
+  <si>
+    <t>meteoblue</t>
+  </si>
+  <si>
+    <t>Herramienta con interfaz o recursos disponibles en español orientada a meteorologia, historicos, planificacion.</t>
+  </si>
+  <si>
+    <t>https://www.meteoblue.com/es/tiempo/agriculture/meteogramagro/madrid_espa%c3%b1…</t>
+  </si>
+  <si>
+    <t>Globalforestwatch</t>
+  </si>
+  <si>
+    <t>Herramienta con interfaz o recursos disponibles en español orientada a monitoreo, deforestacion, teledeteccion. Se usa en entornos profesionales para mejorar el trabajo de forestal, asesor mediante registros consistentes, automatización de tareas, análisis de datos o soporte a decisiones</t>
+  </si>
+  <si>
+    <t>https://www.globalforestwatch.org/map/</t>
+  </si>
+  <si>
+    <t>OpenForis</t>
+  </si>
+  <si>
+    <t>Open Foris  es una iniciativa que ofrece soluciones gratuitas y de código abierto para el monitoreo de bosques y tierras. Desarrollada con la convicción de que un monitoreo forestal innovador, preciso y transparente puede liberar el potencial de los bosques para la acción climática y otros beneficios. Es un acelerador transformador que trabaja hacia los bienes públicos digitales ofrecidos por la  Organización de las Naciones Unidas para la Alimentación y la Agricultura (FAO) , haciendo que las capacidades de monitoreo forestal de vanguardia sean ampliamente accesibles.</t>
+  </si>
+  <si>
+    <t>https://www.openforis.org/</t>
+  </si>
+  <si>
+    <t>CropWat</t>
+  </si>
+  <si>
+    <t>CROPWAT 8.0 para Windows es un programa informático que calcula las necesidades hídricas y de riego de los cultivos basándose en datos edafológicos, climáticos y del cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/land-water/databases-and-software/cropwat/en/</t>
+  </si>
+  <si>
+    <t>AquaCrop</t>
+  </si>
+  <si>
+    <t>AquaCrop es un modelo de crecimiento de cultivos desarrollado por la División de Tierras, Suelos y Aguas de la FAO para abordar la seguridad alimentaria y evaluar el efecto del medio ambiente y la gestión en la producción agrícola. AquaCrop simula la respuesta del rendimiento de los cultivos herbáceos al agua y es especialmente adecuado para condiciones donde el agua es un factor limitante clave en la producción agrícola. AquaCrop combina precisión, simplicidad y robustez. Para garantizar su amplia aplicabilidad, utiliza solo un número reducido de parámetros explícitos y, en su mayoría, variables de entrada intuitivas que los usuarios pueden determinar mediante cálculos sencillos.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/aquacrop/en/</t>
+  </si>
+  <si>
+    <t>BRCGS</t>
+  </si>
+  <si>
+    <t>Herramientas para ayudarle a obtener la certificación y mejorar continuamente
+Los propietarios de marcas priorizan más que nunca la integridad de sus productos. La transparencia que facilita la tecnología está transformando la forma en que se gana y se pierde la confianza, mientras que las cadenas de suministro se vuelven más largas y complejas, lo que aumenta aún más los riesgos.
+Para responder a mayores requisitos de garantía del cliente y cumplir con los crecientes requisitos regulatorios, BRCGS ha desarrollado una serie de herramientas digitales para ayudar a los sitios a mantener el cumplimiento y mitigar el riesgo, mantener el cumplimiento y mejorar continuamente .</t>
+  </si>
+  <si>
+    <t>https://www.brcgs.com/digital-solutions/overview/</t>
+  </si>
+  <si>
+    <t>IFS</t>
+  </si>
+  <si>
+    <t>La Norma IFS Food revisa los productos y procesos de producción para evaluar la capacidad de un productor de alimentos para producir productos seguros, auténticos y de calidad, de acuerdo con los requisitos legales y las especificaciones del cliente.</t>
+  </si>
+  <si>
+    <t>https://www.ifs-certification.com/en/ifs-portfolio/standards/food-standard</t>
+  </si>
+  <si>
+    <t>Rainforest Alliance</t>
+  </si>
+  <si>
+    <t>Nuestra rana verde, símbolo de la certificación de agricultura sostenible de Rainforest Alliance, es conocida en todo el mundo por su compromiso con la mejora de los medidos de subsistencia de los productores, los derechos humanos, las prácticas respetuosas con el medio ambiente y la resiliencia climática. Millones de fincas y empresas trabajan con nosotros para impulsar el impacto a largo plazo en toda la cadena de suministro. ¡Usted también puede! Asóciese con nosotros ahora. 
+Iniciar</t>
+  </si>
+  <si>
+    <t>https://www.rainforest-alliance.org/es/para-negocios/</t>
+  </si>
+  <si>
+    <t>Technosylva</t>
+  </si>
+  <si>
+    <t>Los incendios forestales empeoran debido a la falta de decisiones
+Es fundamental tomar decisiones con garantías para proteger a las personas y el territorio de los incendios forestales y las condiciones meteorológicas adversas, independientemente del nivel de riesgo y la ubicación geográfica. Actúe con mayor rapidez con la más avanzada tecnología de Technosylva.</t>
+  </si>
+  <si>
+    <t>https://technosylva.com/es/</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (android)</t>
+  </si>
+  <si>
+    <t>Aplicación móvil desarrollada por Hispatec para la gestión de las relaciones, tanto desde un punto de vista agronómico, como económico, como social y media, que tiene la empresa normalizada con sus agricultores asociados</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.appsocios&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=hispatec%20conecta</t>
+  </si>
+  <si>
+    <t>Agro Tareo Beta</t>
+  </si>
+  <si>
+    <t>Permite el control de las entradas y salidas de los empleados en el campo a través de métodos como la verificación facial, el QR, el NFC o la propia selección de empleados en un listado.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.agrotareobeta&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>ERPagro</t>
+  </si>
+  <si>
+    <t>Control global de las operaciones de postcosecha con ERPagro
+Desde la cosecha hasta el mercado.
+ERPagro es la herramienta que monitoriza, gestiona y optimiza todos los procesos de la empresa agroalimentaria. Un único sistema modular que facilita la toma de decisiones basándose en un análisis integral y en tiempo real de las actividades del negocio: desde la relación con los proveedores hasta la expedición de los pedidos. Control y visibilidad de todos los procesos de negocio en tiempo real.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/productos/erpagro-software-agricultura/</t>
+  </si>
+  <si>
+    <t>maptiler</t>
+  </si>
+  <si>
+    <t>Añade visualizaciones meteorológicas a tus mapas con capas de pronóstico animadas</t>
+  </si>
+  <si>
+    <t>https://www.maptiler.com/weather/</t>
+  </si>
+  <si>
+    <t>SgaCex- Cuaderno de Explotación</t>
+  </si>
+  <si>
+    <t>Cuaderno de explotación público que el MAPA pone a disposición de los agricultores para la gestión de su explotación.
+OBJETIVOS:
+- Impulsar la digitalización del sector y favorecer la sostenibilidad económica y ambiental así como la simplificación administrativa, para dar cumplimiento a los objetivos del PEPAC y del Pacto Verde Europeo
+- Detallar la gestión de la explotación</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgacex.android&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Farm to table</t>
+  </si>
+  <si>
+    <t>De la Granja a la Mesa conecta directamente a agricultores locales con consumidores, llevándote productos frescos, saludables y de origen local directamente de la granja a tu puerta. Sin intermediarios. Sin concesiones.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.zahedhasan.farmtotable&amp;hl=es</t>
+  </si>
+  <si>
+    <t>eAgronom</t>
+  </si>
+  <si>
+    <t>Sostenibilidad inteligente para una industria alimentaria más fuerte y resistente
+Permitimos a las empresas alcanzar sus objetivos de sostenibilidad al tiempo que ayudamos a los agricultores a generar ingresos adicionales, mejorar la calidad del suelo y acceder a una mejor financiación.</t>
+  </si>
+  <si>
+    <t>https://www.eagronom.com/es</t>
+  </si>
+  <si>
+    <t>Spherag (android)</t>
+  </si>
+  <si>
+    <t>SPHERAG es una innovadora combinación de hardware y software donde una plataforma de gestión autónoma y bidireccional, equipada con algoritmos de inteligencia y recomendación, se comunica en tiempo real de forma remota con los dispositivos desplegados en las instalaciones agrícolas, permitiendo el seguimiento y operación en la explotación.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=spherag.spherag&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Spherag (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=Spherag</t>
+  </si>
+  <si>
+    <t>Uniforme (android)</t>
+  </si>
+  <si>
+    <t>Monitorea tus KPI en el panel de control. Registra eventos y ten toda la información esencial de las vacas al alcance de la mano.
+UNIFORM App es la aplicación móvil del software de gestión de rebaños UNIFORM-Agri 5.0. Esta app, fácil de usar, cuenta con una interfaz intuitiva y botones grandes que facilitan el manejo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORM&amp;hl=en&amp;gl=…</t>
+  </si>
+  <si>
+    <t>Uniforme (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/nl/app/uniform/id906369824</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (android)</t>
+  </si>
+  <si>
+    <t>¡Administra tu granja de cabras con la súper rápida UNIFORM Goat-App! Monitorea tus KPI's en el tablero. Registra eventos y ten toda la información esencial de las cabras al alcance de tu mano.
+UNIFORM Goat-App es la aplicación para uso móvil del software de administración de rebaños UNIFORM-Goat 5.0. Esta aplicación fácil de usar tiene una Interfaz de Dedo para Granjeros, botones grandes que son fáciles de usar para los granjeros.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORMGOAT&amp;hl=en…</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/uniform-goat/id1572660747</t>
+  </si>
+  <si>
+    <t>Mi manada</t>
+  </si>
+  <si>
+    <t>¡Gestiona tu explotación lechera con MYHERD! Monitorea tus KPI en el panel de control. Registra eventos y ten toda la información esencial de las vacas al alcance de la mano.
+MYHERD es la aplicación móvil de nuestro software de gestión de rebaños. Esta app, fácil de usar, cuenta con una interfaz intuitiva y botones grandes que facilitan el manejo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.myherd&amp;hl=en&amp;gl=US</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (android)</t>
+  </si>
+  <si>
+    <t>¡Administre su granja lechera con la rapidísima aplicación FarmTell Milk! Monitoree sus KPI en el panel de control. Registre eventos y tenga toda la información esencial de las vacas al alcance de la mano.
+La aplicación Smartmilk es la aplicación móvil del software de gestión de rebaños FarmTell Milk. Esta aplicación fácil de usar cuenta con una interfaz intuitiva y botones grandes que facilitan el uso.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.FARMTELLMILK&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/farmtell-milk/id6468885082</t>
+  </si>
+  <si>
+    <t>afimilk</t>
+  </si>
+  <si>
+    <t>Automatización de granjas lecheras</t>
+  </si>
+  <si>
+    <t>https://www.afimilk.com/</t>
+  </si>
+  <si>
+    <t>DeLaval</t>
+  </si>
+  <si>
+    <t>Todo para tu explotación de vacuno lechero</t>
+  </si>
+  <si>
+    <t>https://www.delaval.com/es/</t>
+  </si>
+  <si>
+    <t>Ideagen Sage Food</t>
+  </si>
+  <si>
+    <t>Una solución de software integrada diseñada para sus necesidades de seguridad alimentaria y gestión de calidad de proveedores</t>
+  </si>
+  <si>
+    <t>https://safefood360.com/</t>
+  </si>
+  <si>
+    <t>Traceone</t>
+  </si>
+  <si>
+    <t>Software PLM y soluciones de cumplimiento para marcas de alimentos y bebidas, cosméticos y productos químicos
+Innove más rápido, entregue productos de alta calidad y garantice el cumplimiento mientras impulsa el progreso sustentable.</t>
+  </si>
+  <si>
+    <t>https://www.traceone.com/</t>
+  </si>
+  <si>
+    <t>Ag Leader AgFiniti</t>
+  </si>
+  <si>
+    <t>La tecnología Ag Leader ofrece las herramientas agrícolas de precisión de mayor calidad durante todo el año que recopilan información valiosa del campo y conectan toda la operación a través de operadores, máquinas y dispositivos. Al tener acceso a la información correcta en el momento adecuado, los operadores y las máquinas pueden trabajar mejor juntos, de manera más productiva y aporta claridad y confianza a los cientos de decisiones que se toman todos los días. Cambia el modo de cultivar.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agleader.agfinitiview&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trestima (android)</t>
+  </si>
+  <si>
+    <t>Con la aplicación TRESTIMA, puedes medir fácilmente la cantidad y el valor de tus árboles tomando fotos de tu bosque. Obtienes el resultado de la medición en cubos y euros. Los resultados de las mediciones se almacenan en el servicio web de TRESTIMA para su posterior revisión.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.trestima.androidapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Trestima (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/trestima/id1106886045</t>
+  </si>
+  <si>
+    <t>FSC Search (android)</t>
+  </si>
+  <si>
+    <t>La aplicación lo ayudará a encontrar toda la información relacionada con un certificado específico: FM y CoC, Certificado de Proyecto, Licencia Promocional y Evaluación de FM solo para tomar la etiqueta FSC o ingresar el código de licencia.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.fsc.search&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FSC Search (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fsc-search/id1673508721</t>
+  </si>
+  <si>
+    <t>osapiens EUDR</t>
+  </si>
+  <si>
+    <t>La aplicación EUDR de osapiens permite a los agricultores registrar y gestionar parcelas de tierra de las que obtienen sus materias primas (soja, aceite de palma, madera, café, cacao, ganado y caucho) en el HUB de osapiens para que EUDR respalde el cumplimiento del Reglamento de deforestación de la UE.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.osapiens.operations.eudr&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trucker</t>
+  </si>
+  <si>
+    <t>Nemus® Trucker® es una aplicación móvil integrada en Nemus® que aporta toda la trazabilidad de la explotación, georreferenciando mediante imagen los puntos de obtención y pesaje de la madera para el cumplimiento EUDR. Crea además el primer estándar en la industria para una guía de transporte digital.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.cesefor.nemus_trucker&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trazamad</t>
+  </si>
+  <si>
+    <t>TRAZAMAD se presenta como la plataforma integrada para el transporte y la trazabilidad de la madera, para garantizar el cumplimiento de las regulaciones de la EUDR y aportar valor a toda la cadena Monte - Industria. Con un enfoque claro en la sostenibilidad y la eficiencia operativa, la aplicación busca convertirse en un referente en el sector, expandiendo su presencia a nivel nacional e internacional.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bahiasoftware.trazamad&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Visor de Andalucía</t>
+  </si>
+  <si>
+    <t>Visualizador de información geográfica interoperable. Permite visualizar y superponer cartografía y ortoimágenes de diversas fuentes.</t>
+  </si>
+  <si>
+    <t>https://www.ideandalucia.es/visor/</t>
+  </si>
+  <si>
+    <t>SIOSE</t>
+  </si>
+  <si>
+    <t>El SIOSE (Sistema de Información sobre Ocupación del Suelo de España) es un componente esencial dentro del Plan Nacional de Observación del Territorio (PNOT). Su objetivo principal es la generación de una base de datos armonizada y detallada sobre la ocupación del suelo en todo el territorio español.</t>
+  </si>
+  <si>
+    <t>https://www.siose.es/</t>
+  </si>
+  <si>
+    <t>BS Agro</t>
+  </si>
+  <si>
+    <t>La nueva aplicación de BS Agro es gratuita y permitirá acceder a contenidos y herramientas de valor para apoyar el crecimiento de la explotación agraria</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/bs-agro/id1465712568</t>
+  </si>
+  <si>
+    <t>Ganadero APP</t>
+  </si>
+  <si>
+    <t>Maneja información de población, reproducción, alimentación , genética, etc, de vacunos.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/ganadero-app/id1253203051</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (android)</t>
+  </si>
+  <si>
+    <t>APLICACIÓN DE VUELO
+Descargue la aplicación DroneDeploy para actualizar su dron con capacidades de vuelo autónomo y libre para captura automatizada con solo unos pocos toques. ¡Su dron volará solo! Cualquiera puede volar con DroneDeploy.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.dronedeploy.beta&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/dronedeploy/id971358101</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (android)</t>
+  </si>
+  <si>
+    <t>FarmKeep es la única aplicación que necesitas para administrar fácilmente todos tus animales, cría, producción, finanzas y más. Si usted es un entusiasta de los pollos de traspatio, un granjero, un granjero aficionado o una pequeña o mediana empresa, FarmKeep satisface sus necesidades y crece con usted. Nuestras características y servicios incluyen:</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmkeep.farmkeep&amp;pcampaignid…</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/farmkeep/id6449797965</t>
+  </si>
+  <si>
+    <t>Farmbrite</t>
+  </si>
+  <si>
+    <t>Farmbrite es un software completo de gestión agrícola y ganadera que le ofrece todo lo que necesita para gestionar una granja más eficiente y productiva. Farmbrite proporciona todas las herramientas de planificación, gestión, seguimiento, ventas e informes que necesita para gestionar una granja o un negocio ganadero próspero. Cree planes de cultivo, realice un seguimiento y gestione el ganado, supervise los insumos y el rendimiento, mantenga registros detallados, gestione las órdenes de trabajo, genere informes completos, realice un seguimiento de las finanzas, supervise el inventario, comercialice y venda en línea, y mucho más, todo desde una plataforma segura y fácil de usar, disponible en cualquier dispositivo y desde cualquier lugar</t>
+  </si>
+  <si>
+    <t>https://www.softwarereviews.com/products/farmbrite?c_id=386</t>
+  </si>
+  <si>
+    <t>agroex</t>
+  </si>
+  <si>
+    <t>Ya sea que dirijas una explotación agrícola, una bodega o una consultoría agraria, Agroex está aquí para potenciar tu éxito. Descubre cómo podemos adaptarnos a tus necesidades específicas y transformar tu gestión agraria. Conéctate con nosotros para una demostración personalizada y da el paso hacia una gestión agraria eficiente y rentable con Agroex. ¡Bienvenido al futuro de la agricultura!</t>
+  </si>
+  <si>
+    <t>https://agroex.es/</t>
+  </si>
+  <si>
+    <t>agrovir</t>
+  </si>
+  <si>
+    <t>AgroVIR te ayuda a planificar, actuar, evaluar y mejorar continuamente tu rendimiento. Podés tener todos los datos y mapas de tu establecimiento en un solo lugar, y disfrutar de nuestras interfaces de datos con marcas líderes.</t>
+  </si>
+  <si>
+    <t>https://www.agrovir.com/AR/index.html</t>
+  </si>
+  <si>
+    <t>AgroExact</t>
+  </si>
+  <si>
+    <t>Medición local: Si se suscribe, AgroExact le proporcionará un pluviómetro avanzado gratuito en la ubicación que desee. Y sin complicaciones: el mantenimiento está incluido en la cuota anual.
+En la misma aplicación, encontrará consejos de riego fáciles de usar, desarrollados en colaboración con agricultores. Estos se basan en los sensores de humedad del suelo SoilExact y CropExact, disponibles por separado. Esto le permite ver exactamente cuántos milímetros de agua necesita su cultivo en un momento</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroexact.app.twa</t>
+  </si>
+  <si>
+    <t>ECOGAN</t>
+  </si>
+  <si>
+    <t>Sistema del Ministerio de Agricultura, Pesca y Alimentación que permite registrar las Mejores Técnicas Disponibles (MTDs) aplicadas en la granja, así como estimar las emisiones contaminantes y de gases de efecto invernadero y el consumo de recursos de una granja concreta a lo largo del proceso productivo</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/ganaderia/temas/ganaderia-y-medio-ambiente/calculo-e…</t>
+  </si>
+  <si>
+    <t>Registro General de Operadores Ecológicos (REGOE)</t>
+  </si>
+  <si>
+    <t>Herramienta de consulta con información suministrada por las Autoridades Competentes de las Comunidades Autónomas para identificar a los operadores ecológicos según su actividad, ubicación y producción</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/regoepublico/Buscador.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1984,54 +2874,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D179"/>
+  <dimension ref="A1:D279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D179"/>
+      <selection activeCell="A1" sqref="A1:D279"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1145.435" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -3700,135 +4590,135 @@
         <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>387</v>
@@ -3840,79 +4730,79 @@
         <v>388</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>405</v>
@@ -3949,502 +4839,502 @@
         <v>6</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B140" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B142" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>137</v>
+        <v>6</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>511</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>518</v>
@@ -4498,54 +5388,1454 @@
         <v>528</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
         <v>529</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>534</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>821</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>