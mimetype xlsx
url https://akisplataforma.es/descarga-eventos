--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -12,1105 +12,1090 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Listado de eventos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="412">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="405">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de evento</t>
   </si>
   <si>
     <t>Fecha inicio</t>
   </si>
   <si>
     <t>Fecha fin</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localización</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
-    <t>El ICVV organiza un taller práctico sobre olivicultura ecológica el 16 de diciembre</t>
+    <t>El GO-LINOMAR organiza un taller en el CEBAS-CSIC junto al proyecto europeo Salty Symphonies</t>
   </si>
   <si>
     <t>Talleres</t>
   </si>
   <si>
-    <t>Mar, 16/12/2025 - 09:00</t>
-[...2 lines deleted...]
-    <t>Mar, 16/12/2025 - 13:00</t>
+    <t>Mar, 17/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mar, 17/02/2026 - 22:22</t>
   </si>
   <si>
     <t>Presencial</t>
   </si>
   <si>
-    <t>El próximo 16 de diciembre de 2025, el Instituto de Ciencias de la Vid y del Vino (ICVV) celebrará un taller especializado en olivicultura ecológica, una jornada formativa dirigida a profesionales...</t>
+    <t>El Grupo Operativo LINOMAR (Obtención de bioestimulantes formulados a partir de extractos de algas obtenidas de aguas contaminadas por nitratos) celebrará el próximo 17 de febrero de 2026 un workshop...</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>CEBAS-CSIC, Murcia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/el-go-linomar-organiza-taller-el-cebas-csic-junto-al-proyecto-europeo-salty-symphonies</t>
+  </si>
+  <si>
+    <t>Jornada divulgativa sobre el cuaderno de campo digital en agricultura – Alozaina (Málaga)</t>
+  </si>
+  <si>
+    <t>Jornadas técnicas</t>
+  </si>
+  <si>
+    <t>El próximo 17 de febrero de 2026, el municipio de Alozaina (Málaga) acogerá una jornada divulgativa sobre el cuaderno de campo digital en agricultura, dirigida a agricultores y profesionales del...</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Centro de Mayores de Alozaina (C/ Calvario, nº 5) Alozaina (Málaga)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/jornada-divulgativa-el-cuaderno-campo-digital-agricultura-alozaina-malaga</t>
+  </si>
+  <si>
+    <t>Agricultura regenerativa: hacia una alimentación más sostenible</t>
+  </si>
+  <si>
+    <t>Mié, 18/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mié, 18/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Un encuentro con expertos del sector que pondrá el foco en estas prácticas agrícolas reflexionando sobre el concepto de agricultura regenerativa, los indicadores para medirla y los retos a los que se...</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>ETSIAAB Madrid.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/agricultura-regenerativa-hacia-una-alimentacion-mas-sostenible</t>
+  </si>
+  <si>
+    <t>Jornada sobre el cuaderno de campo digital en agricultura</t>
+  </si>
+  <si>
+    <t>Jue, 19/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Jue, 19/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>La Unión de Pequeños Agricultores y Ganaderos de Extremadura (UPA-UCE Extremadura) celebrará el próximo 19 de febrero de 2026 una jornada divulgativa sobre el cuaderno de campo digital, dirigida a...</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>Plasencia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/jornada-el-cuaderno-campo-digital-agricultura-0</t>
+  </si>
+  <si>
+    <t>El CSIC organiza una jornada sobre gestión sostenible del suelo: Jornada Participativa Multisoil</t>
+  </si>
+  <si>
+    <t>Jue, 19/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Jue, 19/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El Consejo Superior de Investigaciones Científicas (CSIC) ha programado una jornada de carácter práctico centrada en la salud y manejo sostenible del suelo agrícola, dirigida especialmente a...</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Denominación de Origen Estepa (Sevilla)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/el-csic-organiza-una-jornada-gestion-sostenible-del-suelo-jornada-participativa-multisoil</t>
+  </si>
+  <si>
+    <t>Cajamar organiza un webinar sobre el semiforzado y su contribución a una horticultura más sostenible</t>
+  </si>
+  <si>
+    <t>Jue, 19/02/2026 - 17:07</t>
+  </si>
+  <si>
+    <t>En línea</t>
+  </si>
+  <si>
+    <t>El próximo 19 de febrero de 2026, Cajamar celebrará el webinar gratuito “El semiforzado y su papel en cultivos más sostenibles”, una sesión online en la que se analizará cómo estas técnicas...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/cajamar-organiza-webinar-el-semiforzado-y-su-contribucion-una-horticultura-mas-sostenible</t>
+  </si>
+  <si>
+    <t>La Unión de Pequeños Agricultores y Ganaderos de Sevilla (UPA Sevilla) celebrará el próximo 19 de febrero de 2026 una jornada divulgativa sobre el cuaderno de campo digital, dirigida a agricultores y...</t>
+  </si>
+  <si>
+    <t>Centro de Iniciativas Empresariales de Cañada Rosal (Sevilla)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/jornada-el-cuaderno-campo-digital-agricultura</t>
+  </si>
+  <si>
+    <t>Cabrillas (Salamanca) acoge una jornada demostrativa sobre fertilización con demostraciones de abonado con drones</t>
+  </si>
+  <si>
+    <t>Demostraciones de campo, Jornadas técnicas</t>
+  </si>
+  <si>
+    <t>Vie, 20/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Vie, 20/02/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>El 20 de febrero de 2026, el municipio de Cabrillas (Salamanca) será el escenario de una jornada demostrativa en campo sobre fertilizantes, organizada para acercar a agricultores y profesionales del...</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Salamanca</t>
+  </si>
+  <si>
+    <t>Cabrillas (Salamanca)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/cabrillas-salamanca-acoge-una-jornada-demostrativa-fertilizacion-demostraciones-abonado</t>
+  </si>
+  <si>
+    <t>Tecnologías digitales, gestión y contribución ambiental de los rumiantes de carne</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La Fundación Grupo Cajamar organiza la jornada presencial “Tecnologías en la producción de rumiantes de carne”, que se celebrará el 24 de febrero de 2026 en la Facultad de Veterinaria de la...</t>
+  </si>
+  <si>
+    <t>Facultad de Veterinaria (Universidad de Extremadura), Campus Universitario, Cáceres</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/tecnologias-digitales-gestion-y-contribucion-ambiental-los-rumiantes-carne</t>
+  </si>
+  <si>
+    <t>41ª Jornada frutícola 2026</t>
+  </si>
+  <si>
+    <t>Difusión de resultados, Jornadas técnicas</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Fecha orientativa de la jornada.Próximamente publicaremos más información sobre el evento.Si quieres recibir más información clica en el botón "Me interesa" en la siguiente página web.</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>La Tallada d'Empordà</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/41a-jornada-fruticola-2026</t>
+  </si>
+  <si>
+    <t>El 26º Congreso AECOC de Productos Cárnicos y Elaborados</t>
+  </si>
+  <si>
+    <t>Congresos, Difusión de resultados</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Mié, 25/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>El 26º Congreso AECOC de Productos Cárnicos y Elaborados se celebrará como un año más el gran punto de encuentro de referencia para las empresas del sector cárnico en España, ofreciendo un espacio...</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>Palacio de Congresos de Lleida. La Llotja  Avinguda de Tortosa, 4 Lleida 25005</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/el-26o-congreso-aecoc-productos-carnicos-y-elaborados</t>
+  </si>
+  <si>
+    <t>10ª edición de aviForum Puesta</t>
+  </si>
+  <si>
+    <t>Congresos, Ferias</t>
+  </si>
+  <si>
+    <t>Mié, 25/02/2026 - 08:45</t>
+  </si>
+  <si>
+    <t>Jue, 26/02/2026 - 13:45</t>
+  </si>
+  <si>
+    <t>aviFORUM e incubaFORUM se han consolidado como los encuentros técnicos imprescindibles para la avicultura profesional en España, Latinoamérica y Brasil. Cada año reúnen a los principales referentes...</t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>Feria de Valadolid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/10a-edicion-aviforum-puesta</t>
+  </si>
+  <si>
+    <t>Regantes 360º: Hacia una gestión inteligente y circular</t>
+  </si>
+  <si>
+    <t>Mié, 25/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Mié, 25/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>El grupo INTEREMPRESAS ha avanzado las fechas de algunos de los eventos más destacados que organizará durante 2026. Entre ellos, se encuentra la jornada "Regantes 3600: Hacia una gestión inteligente...</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/regantes-360o-hacia-una-gestion-inteligente-y-circular</t>
+  </si>
+  <si>
+    <t>UGAL-UPA León organiza una jornada divulgativa sobre el Cuaderno de Campo Digital</t>
+  </si>
+  <si>
+    <t>Mié, 25/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mié, 25/02/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>La oficina de UGAL-UPA en León celebrará el próximo 25 de febrero de 2026 una jornada divulgativa sobre el cuaderno de campo digital en agricultura, dirigida a profesionales del sector que quieran...</t>
+  </si>
+  <si>
+    <t>León</t>
+  </si>
+  <si>
+    <t>aula de formación de UGAL-UPA en León (C/ Valcarce 8, bajo, 24010 León</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/ugal-upa-leon-organiza-una-jornada-divulgativa-el-cuaderno-campo-digital</t>
+  </si>
+  <si>
+    <t>Jornada práctica sobre el CUE y herramientas digitales para la toma de decisiones en el campo, de COAG</t>
+  </si>
+  <si>
+    <t>Mié, 25/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>La UAGR-COAG celebrará el próximo 25 de febrero de 2026, en San Asensio (La Rioja) la jornada formativa “Adaptación al uso del CUE. Herramientas digitales básicas para la toma de decisiones en la...</t>
   </si>
   <si>
     <t>Rioja, La</t>
   </si>
   <si>
-    <t>Finca La Grajera (Logroño)</t>
-[...44 lines deleted...]
-    <t>La Unión de Pequeños Agricultores y Ganaderos (UPA) celebrará el próximo 16 de diciembre de 2025, en el Aula de Grados de la Escuela Politécnica Superior Huesca. Universidad de Zaragoza, la jornada...</t>
+    <t>Ayuntamiento de San Asensio (Plaza Nueva,1. San Asensio, La Rioja)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/jornada-practica-el-cue-y-herramientas-digitales-la-toma-decisiones-el-campo-coag-0</t>
+  </si>
+  <si>
+    <t>Seminario online sobre el papel ecosistémico de las razas autóctonas y la ganadería extensiva en el cuidado del medioambiente</t>
+  </si>
+  <si>
+    <t>La Real Federación Española de Asociaciones de Ganado Selecto (RFEAGAS) celebrará, el próximo 25 de febrero de 2026, a las 13:00 horas, el seminario online El papel ecosistémico de las razas...</t>
+  </si>
+  <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/seminario-online-el-papel-ecosistemico-las-razas-autoctonas-y-la-ganaderia-extensiva-el</t>
+  </si>
+  <si>
+    <t>Expocida Iberia</t>
+  </si>
+  <si>
+    <t>Jue, 26/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Vie, 27/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>El Congreso de Gestión de Plagas y Sanidad Ambiental, Expocida Iberia, se ha consolidado como el evento líder en nuestro sector, siendo el punto de encuentro fundamental para la generación y difusión...</t>
+  </si>
+  <si>
+    <t>Avenida del Partenón, 5 Madrid 28042 España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/expocida-iberia</t>
+  </si>
+  <si>
+    <t>Jue, 26/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Jue, 26/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>La UAGR-COAG celebrará el próximo 26 de febrero de 2026 la jornada formativa “Adaptación al uso del CUE. Herramientas digitales básicas para la toma de decisiones en la actividad agraria”, dirigida a...</t>
+  </si>
+  <si>
+    <t>Fundación CajaRioja (Sala Viura): C. de la Vega, 16, Haro, La Rioja.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/jornada-practica-el-cue-y-herramientas-digitales-la-toma-decisiones-el-campo-coag</t>
+  </si>
+  <si>
+    <t>Jornada divulgativa sobre el cuaderno de campo digital en agricultura – Sevilla</t>
+  </si>
+  <si>
+    <t>Jue, 26/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Horario: 10:00 - 14:00 horasLugar: Centro de Iniciativas Empresariales, C/ Isacc Peral, 17Cañada Rosal C.P, 41439. Sevilla (Andalucía)   El próximo 26 de febrero de 2026, en el Centro...</t>
+  </si>
+  <si>
+    <t>Centro de Iniciativas Empresariales, C/ Isacc Peral, 17.  Cañada Rosal C.P, 41439. Sevilla (Andalucía)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/jornada-divulgativa-el-cuaderno-campo-digital-agricultura-sevilla</t>
+  </si>
+  <si>
+    <t>Para asesores: Jornada formativa sobre buenas prácticas de asesoramiento en canales cortos en Andalucía</t>
+  </si>
+  <si>
+    <t>Vie, 27/02/2026 - 09:09</t>
+  </si>
+  <si>
+    <t>Vie, 27/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El proyecto RIA-CCC ha abierto las inscripciones para la jornada formativa presencial que se celebrará el próximo 27 de febrero de 2026 en Granada, centrada en el intercambio de buenas prácticas de...</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/asesores-jornada-formativa-buenas-practicas-asesoramiento-canales-cortos-andalucia</t>
+  </si>
+  <si>
+    <t>COAG Castilla y León convoca en Valladolid una jornada sobre relevo generacional, digitalización y el futuro de la PAC</t>
+  </si>
+  <si>
+    <t>Vie, 27/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Vie, 27/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>COAG Castilla y León organiza el próximo viernes 27 de febrero de 2026 en Valladolid la jornada “Estímulo al relevo generacional. Incorporación de jóvenes y mujeres a la actividad agraria. Propuestas...</t>
+  </si>
+  <si>
+    <t>Hotel Sercotel Valladolid (C/ Puerto Rico s/n, Valladolid)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/coag-castilla-y-leon-convoca-valladolid-una-jornada-relevo-generacional-digitalizacion-y-el</t>
+  </si>
+  <si>
+    <t>El Congreso de Seguridad Alimentaria y Calidad de AECOC 2026 pondrá el foco en la ciencia, la innovación y la confianza del consumidor</t>
+  </si>
+  <si>
+    <t>Congresos</t>
+  </si>
+  <si>
+    <t>Mar, 03/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Mar, 03/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>La seguridad alimentaria requiere del compromiso y la cooperación de todos los agentes de la cadena alimentaria, así como de una respuesta coordinada entre autoridades, empresas y consumidores. Bajo...</t>
+  </si>
+  <si>
+    <t>Real Teatro del Retiro  Pl. de Daoíz y Velarde, 4 Madrid 28007</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/el-congreso-seguridad-alimentaria-y-calidad-aecoc-2026-pondra-el-foco-la-ciencia-la</t>
+  </si>
+  <si>
+    <t>Origin Natura</t>
+  </si>
+  <si>
+    <t>Ferias</t>
+  </si>
+  <si>
+    <t>Mié, 04/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Innovación que nace de la naturaleza.Origin Natura 2026 es el punto de encuentro que reúne a quienes cultivan, investigan, formulan y lanzan al mercado los productos naturales del futuro....</t>
+  </si>
+  <si>
+    <t>IFEMA, Av. del Partenón, 5, Barajas, 28042 Madrid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/origin-natura</t>
+  </si>
+  <si>
+    <t>18 SYMPOSIUM SANIDAD VEGETAL</t>
+  </si>
+  <si>
+    <t>Mié, 04/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Vie, 06/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Justo a un año de que comience el evento, el Colegio de Ingenieros Técnicos Agrícolas de Andalucía Occidental (COITAND) ya está trabajando en su organización, con novedades a la hora de abordar los...</t>
+  </si>
+  <si>
+    <t>Hotel Meliá Sevilla C/ Dr. Pedro de Castro, 1 41004 Sevilla España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/18-symposium-sanidad-vegetal</t>
+  </si>
+  <si>
+    <t>Porci Forum 26</t>
+  </si>
+  <si>
+    <t>Congresos, Ferias, Seminarios</t>
+  </si>
+  <si>
+    <t>Mié, 04/03/2026 - 08:00</t>
+  </si>
+  <si>
+    <t>Jue, 05/03/2026 - 13:30</t>
+  </si>
+  <si>
+    <t>Un evento de porcino único e internacionalEl porciFORUM ya se ha consolidado como el evento de referencia de porcino a nivel internacional. Se trata de un congreso técnico que reúne, anualmente, a...</t>
+  </si>
+  <si>
+    <t>Palacio de Congresos de LLotja, Lérida.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/porci-forum-26</t>
+  </si>
+  <si>
+    <t>El 8º Congreso de Desarrollo Sostenible abordará los retos empresariales en sostenibilidad, circularidad y competitividad</t>
+  </si>
+  <si>
+    <t>Mié, 04/03/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>En un contexto en el que la geopolítica mundial influye directamente en las políticas de sostenibilidad, el 8º Congreso de Desarrollo Sostenible reunirá a los principales profesionales del sector...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/el-8o-congreso-desarrollo-sostenible-abordara-los-retos-empresariales-sostenibilidad</t>
+  </si>
+  <si>
+    <t>EU CAP Network organiza en Bruselas un seminario sobre el derecho a permanecer de jóvenes agricultores y juventud rural</t>
+  </si>
+  <si>
+    <t>Mié, 11/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mié, 11/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El próximo 11 de marzo de 2026, EU CAP Network celebrará en Bruselas (Bélgica) el seminario presencial “Garantizar el derecho a quedarse de los jóvenes agricultores y la juventud rural”, una jornada...</t>
+  </si>
+  <si>
+    <t>Bruselas. Bélgica.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/eu-cap-network-organiza-bruselas-seminario-el-derecho-permanecer-jovenes-agricultores-y</t>
+  </si>
+  <si>
+    <t>DIVA organiza en Aldeanueva del Camino un seminario sobre la importancia de las marcas de calidad en el sector agroalimentario</t>
+  </si>
+  <si>
+    <t>Jue, 19/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Jue, 19/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>La Asociación para el Desarrollo Integral del Valle del Ambroz (DIVA) celebrará el 19 de marzo de 2026 en Aldeanueva del Camino (Cáceres) la Actividad 6 (A6) del proyecto RURALMENTE, centrada en “La...</t>
+  </si>
+  <si>
+    <t>Salón Marce “Forillo”, Aldeanueva del Camino (Cáceres)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/diva-organiza-aldeanueva-del-camino-seminario-la-importancia-las-marcas-calidad-el-sector</t>
+  </si>
+  <si>
+    <t>Fira de Sant Josep, en Mollerussa</t>
+  </si>
+  <si>
+    <t>Jue, 19/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Dom, 22/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>La Feria Catalana de la Maquinaria Agrícola.Sectores de exposición:Tractores, maquinaria agrícola, ganadera e industrial.Complementos para la agricultura y ganadería.Abonos, Forrajes, Fito-sanitarios...</t>
+  </si>
+  <si>
+    <t>Avda. del Canal, s/n 25230 Mollerussa Lleida España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/fira-sant-josep-mollerussa-0</t>
+  </si>
+  <si>
+    <t>AI-AGRIFOOD 2026 reunirá en Córdoba a la comunidad científica y tecnológica en torno a la Inteligencia Artificial aplicada al sistema agroalimentario</t>
+  </si>
+  <si>
+    <t>Vie, 20/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La Inteligencia Artificial (IA) está transformando de forma acelerada el sector agroalimentario, desde la producción primaria hasta la cadena alimentaria. En este contexto, los días 19 y 20 de marzo...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/ai-agrifood-2026-reunira-cordoba-la-comunidad-cientifica-y-tecnologica-torno-la</t>
+  </si>
+  <si>
+    <t>DIVA celebra una jornada sobre comercialización y marketing agroalimentario con casos de éxito: “Marca Galicia”</t>
+  </si>
+  <si>
+    <t>Vie, 20/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Vie, 20/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>El 20 de marzo de 2026, DIVA desarrollará en Aldeanueva del Camino (Cáceres) la Actividad 7 (A7) del proyecto RURALMENTE, una jornada técnica formativa dedicada a la “Comercialización y marketing...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/diva-celebra-una-jornada-comercializacion-y-marketing-agroalimentario-casos-exito-marca</t>
+  </si>
+  <si>
+    <t>DIVA impulsa un fin de semana para poner en valor el patrimonio rural del Valle del Ambroz y los productos de calidad</t>
+  </si>
+  <si>
+    <t>Sáb, 21/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Dom, 22/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>DIVA celebrará los días 21 y 22 de marzo de 2026 en Aldeanueva del Camino (Cáceres) la Actividad 8 (A8) del proyecto RURALMENTE, una acción divulgativa–promocional titulada “Puesta en valor del...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/diva-impulsa-fin-semana-poner-valor-el-patrimonio-rural-del-valle-del-ambroz-y-los</t>
+  </si>
+  <si>
+    <t>ALIMENTARIA 2026</t>
+  </si>
+  <si>
+    <t>Lun, 23/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Jue, 26/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Un año más, la Fundación Triptolemos estará presente en Alimentaria, la feria líder de alimentación, bebidas y gastronomía en España y el Arco Mediterráneo, y un referente internacional para el...</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>Barcelona - Gran Via</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/alimentaria-2026</t>
+  </si>
+  <si>
+    <t>Salón internacional de la alimentación, bebidas y food service (alimentaria)</t>
+  </si>
+  <si>
+    <t>Alimentaria es una de las principales ferias internacionales de la industria de alimentos y bebidas, que también cubre aspectos clave de la agricultura, la agroindustria y la tecnología aplicada a la...</t>
+  </si>
+  <si>
+    <t>Autovia A - 2 km 311, 50012 Zaragoza</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/salon-internacional-la-alimentacion-bebidas-y-food-service-alimentaria</t>
+  </si>
+  <si>
+    <t>IV Symposium Nacional de Productores de Semilla</t>
+  </si>
+  <si>
+    <t>Congresos, Intercambio de experiencias, Seminarios</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 09:30</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Segovia acoge en marzo un encuentro a favor de la semilla certificadaAPROSE anuncia la celebración de su IV Symposium Nacional de Productores de Semilla bajo el lema ‘Semilla certificada: sembrar con...</t>
+  </si>
+  <si>
+    <t>Segovia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/iv-symposium-nacional-productores-semilla</t>
+  </si>
+  <si>
+    <t>Jornada técnica "Agrivoltaica: energía solar más allá del kilovatiohora”, en el contexto de CIES 2026</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 13:33</t>
+  </si>
+  <si>
+    <t>La jornada técnica "Agrivoltaica: energía solar más allá del kilovatiohora”, una cita que se celebra en el marco de las actividades paralelas abiertas del XX Congreso Ibérico y XVI Congreso...</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>Sala de conferencias del Edificio de Ciencias Económicas de la Universidad de Almería.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/jornada-tecnica-agrivoltaica-energia-solar-mas-alla-del-kilovatiohora-el-contexto-cies-2026</t>
+  </si>
+  <si>
+    <t>World Olive Oil Exhibition</t>
+  </si>
+  <si>
+    <t>Vie, 03/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sáb, 04/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Exposición Mundial del Aceite de Oliva. El punto de encuentro para los profesionales del aceite de oliva. Negocios y crecimiento, agricultura y maquinaria, gastronomía, diseño...En su última edición...</t>
+  </si>
+  <si>
+    <t>IFEMA MADRID Campo de las Naciones 28042 – MADRID</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/world-olive-oil-exhibition</t>
+  </si>
+  <si>
+    <t>XVII Jornada técnica del nogal 2026</t>
+  </si>
+  <si>
+    <t>Jue, 16/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Jue, 16/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>Constantí</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/xvii-jornada-tecnica-del-nogal-2026</t>
+  </si>
+  <si>
+    <t>Úbeda acoge el VI Congreso Nacional de Maestros y Operarios de Almazaras 2026</t>
+  </si>
+  <si>
+    <t>Sáb, 18/04/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Sáb, 18/04/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>El próximo sábado 18 de abril de 2026, la ciudad de Úbeda, Patrimonio de la Humanidad y referente indiscutible del sector olivarero, volverá a convertirse en el punto de encuentro imprescindible para...</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Ubeda. Jaén.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/ubeda-acoge-el-vi-congreso-nacional-maestros-y-operarios-almazaras-2026</t>
+  </si>
+  <si>
+    <t>XVII Expolevante-Níjar</t>
+  </si>
+  <si>
+    <t>Mié, 22/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Vie, 24/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>La feria agrícola Expolevante-Níjar celebrará su decimoséptima edición del 22 al 24 de abril en el Centro de Exposiciones y Congresos de Campohermoso, consolidándose como una de las grandes citas del...</t>
+  </si>
+  <si>
+    <t>Centro de Exposiciones y Congreso de Campohermoso 04100 Níjar Almería España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/xvii-expolevante-nijar</t>
+  </si>
+  <si>
+    <t>New AG - Conferencia y exposición internacional de agricultura</t>
+  </si>
+  <si>
+    <t>Congresos, Difusión de resultados, Jornadas técnicas, Networking, Talleres</t>
+  </si>
+  <si>
+    <t>Lun, 27/04/2026 - 22:00</t>
+  </si>
+  <si>
+    <t>Mié, 29/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Últimos avances en fertilizantes de especialidad, tecnologías BioAg y agricultura sostenible que darán forma al futuro de la producción de cosecha.Los últimos avances en fertilizantes de especialidad...</t>
+  </si>
+  <si>
+    <t>Hotel Riu Plaza España, Madrid, Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/new-ag-conferencia-y-exposicion-internacional-agricultura</t>
+  </si>
+  <si>
+    <t>Phytoma organiza el encuentro "Presente y Futuro de la FitoSanidad en Pistacho y Almendro"</t>
+  </si>
+  <si>
+    <t>Mar, 28/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mié, 29/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El encuentro  se celebra el 28 y 29 de abril en el IRIAF de Tomelloso (Ciudad Real)La localidad de Tomelloso, en Ciudad Real, se convertirá del 28 al 29 de abril en el epicentro mundial de la...</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>IRIAF de Tomelloso (Ciudad Real)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/phytoma-organiza-el-encuentro-presente-y-futuro-la-fitosanidad-pistacho-y-almendro</t>
+  </si>
+  <si>
+    <t>XXIV Jornada técnica de postcosecha 2026</t>
+  </si>
+  <si>
+    <t>Jue, 07/05/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Jue, 07/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/xxiv-jornada-tecnica-postcosecha-2026</t>
+  </si>
+  <si>
+    <t>FERIA DE EXPOVICAMAN</t>
+  </si>
+  <si>
+    <t>Jue, 07/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Dom, 10/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Feria agrícola y ganadera de Castilla La-ManchaEXPOVICAMAN, Feria Agrícola y Ganadera de Castilla-La Mancha, celebra este 2026 su 42 edición. Se trata, sin ninguna duda, de la feria del sector...</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>IFAB Avda. Gregorio Arcos 19 02006 Albacete Albacete España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/feria-expovicaman</t>
+  </si>
+  <si>
+    <t>CULTIVA 2026 regresa al regadío de la provincia de Huesca</t>
+  </si>
+  <si>
+    <t>Demostraciones de campo, Ferias</t>
+  </si>
+  <si>
+    <t>Mié, 13/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Jue, 14/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Conectando Innovación, Tecnología y CampoLa Jornada CULTIVA 2026 se celebrará el 13 y 14 de mayo en Grañén-Albero Bajo, Huesca, en una finca de regadío. Este evento es el punto de encuentro anual...</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Huesca</t>
   </si>
   <si>
-    <t>Aula de Grados. Escuela Politécnica Superior Huesca. Universidad de Zaragoza. Huesca.</t>
-[...173 lines deleted...]
-    <t>El proyecto CLIMALACT continúa avanzando en su objetivo de construir un modelo lácteo más sostenible y climáticamente neutro con la celebración de un nuevo Grupo Focal Multiactor el próximo 17 de...</t>
+    <t>Grañén-Albero Bajo, Huesca.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/cultiva-2026-regresa-al-regadio-la-provincia-huesca</t>
+  </si>
+  <si>
+    <t>Water resilience in agriculture: innovation in practice, por EU CAP Network</t>
+  </si>
+  <si>
+    <t>Mar, 19/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Jue, 21/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La conferencia “Water resilience in agriculture: innovation in practice”, un encuentro europeo centrado en la innovación, el intercambio de conocimiento y el enfoque EIP-AGRI, tendrá lugar entre el...</t>
+  </si>
+  <si>
+    <t>Hamburgo (Alemania)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/water-resilience-agriculture-innovation-practice-eu-cap-network</t>
+  </si>
+  <si>
+    <t>FERIA ENOFORUM</t>
+  </si>
+  <si>
+    <t>Mié, 20/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Jue, 21/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Enoforum es un congreso técnico-científico y una feria dedicada a bodegas y empresas vinícolas.Objetivo: reunir a empresas proveedoras, investigadores, enólogos y técnicos de bodega y viñedo para...</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Feria de Zaragoza Autovia A - 2, km 311 50012 Zaragoza Zaragoza España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/feria-enoforum</t>
+  </si>
+  <si>
+    <t>XXII Jornada intercomarcal de campo sobre cultivos herbáceos de invierno 2026</t>
+  </si>
+  <si>
+    <t>Jue, 21/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/xxii-jornada-intercomarcal-campo-cultivos-herbaceos-invierno-2026</t>
+  </si>
+  <si>
+    <t>XVIII Jornada del almendro 2026</t>
+  </si>
+  <si>
+    <t>Mié, 03/06/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Mié, 03/06/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Les Borges Blanques</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/xviii-jornada-del-almendro-2026</t>
+  </si>
+  <si>
+    <t>FERIA INTERNACIONAL ABANCA - SEMANA VERDE DE GALICIA</t>
+  </si>
+  <si>
+    <t>Jue, 04/06/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Dom, 07/06/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La Feria Internacional Abanca Semana Verde de Galicia alcanza su 47ª edición consolidada como el mayor certamen multisectorial de muestras y ocio del noroeste de la Península Ibérica. Una cita...</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>Rodeiro. Pontevedra.</t>
-[...712 lines deleted...]
-  <si>
     <t>Silleda (Pontevedra)</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eventos/feria-internacional-abanca-semana-verde-galicia</t>
   </si>
   <si>
+    <t>GALIFOREST</t>
+  </si>
+  <si>
+    <t>Jue, 02/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sáb, 04/07/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>El monográfico forestal Galiforest Abanca celebrará su octava edición del 2 al 4 de julio de 2026 en el monte del Centro de Formación y Experimentación Agroforestal de Sergude, situado en el...</t>
+  </si>
+  <si>
+    <t>Coruña, A</t>
+  </si>
+  <si>
+    <t>Boqueixón (A Coruña)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eventos/galiforest</t>
+  </si>
+  <si>
     <t>XXIX Jornada de campo del arroz 2026</t>
   </si>
   <si>
     <t>Jue, 27/08/2026 - 14:00</t>
   </si>
   <si>
     <t>Jue, 27/08/2026 - 23:00</t>
   </si>
   <si>
     <t>Amposta</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eventos/xxix-jornada-campo-del-arroz-2026</t>
   </si>
   <si>
     <t>RECOMEX. Resultados de ensanyos e innovaciones en cultivos extensivos de invierno 2026</t>
   </si>
   <si>
     <t>Vie, 04/09/2026 - 00:00</t>
   </si>
   <si>
     <t>Vie, 04/09/2026 - 23:00</t>
   </si>
   <si>
     <t>Calaf</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eventos/recomex-resultados-ensanyos-e-innovaciones-cultivos-extensivos-invierno-2026</t>
   </si>
   <si>
     <t>IX jornadas de la Red Española de Compostaje</t>
   </si>
   <si>
     <t>Mar, 29/09/2026 - 09:00</t>
   </si>
   <si>
     <t>Jue, 01/10/2026 - 20:00</t>
   </si>
   <si>
     <t>Anuncio de las fechas y lugar de celebración de las IX jornadas de la Red Española de Compostaje. 29 y 30 de septiembre, y 1 de octubre de 2026.Granada, en la Sala Magna de la Escuela Técnica...</t>
   </si>
   <si>
-    <t>Granada</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/eventos/ix-jornadas-la-red-espanola-compostaje</t>
   </si>
   <si>
     <t>FERIA DE EXPOBIOMASA</t>
   </si>
   <si>
     <t>Mar, 29/09/2026 - 18:00</t>
   </si>
   <si>
     <t>Mié, 30/09/2026 - 23:00</t>
   </si>
   <si>
     <t>AVEBIOM, Asociación Española de Valorización Energética de la BiomasaAVEBIOM, organizador de EXPOBIOMASA, es la unión de los actores principales del sector de la bioenergía que cubren toda la cadena...</t>
   </si>
   <si>
     <t>Feria de Valladolid Avda. Ramón Pradera, 3 47009 Valladolid</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eventos/feria-expobiomasa</t>
   </si>
   <si>
     <t>Fruit Attraction</t>
   </si>
   <si>
     <t>Congresos, Ferias, Intercambio de experiencias, Networking, Seminarios, Talleres</t>
@@ -1173,56 +1158,50 @@
     <t>XXXI Jornada Frutícola del IRTA 2026</t>
   </si>
   <si>
     <t>Mié, 21/10/2026 - 09:00</t>
   </si>
   <si>
     <t>Fecha orientativa de la jornada.Próximamente se publicará más información sobre el evento.Si quieres recibir más información clica en el botón "Me interesa" en la siguiente página web.</t>
   </si>
   <si>
     <t>Mollerussa</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eventos/xxxi-jornada-fruticola-del-irta-2026</t>
   </si>
   <si>
     <t>Feria SEPOR, en Lorca (Murcia)</t>
   </si>
   <si>
     <t>Lun, 26/10/2026 - 20:00</t>
   </si>
   <si>
     <t>Jue, 29/10/2026 - 20:00</t>
   </si>
   <si>
     <t>Lorca (Murcia) volverá a convertirse en el gran punto de encuentro del sector primario con la celebración de una nueva edición de SEPOR – Feria Ganadera, Industrial y Agroalimentaria, que tendrá...</t>
-  </si>
-[...4 lines deleted...]
-    <t>Murcia</t>
   </si>
   <si>
     <t>Recinto Ferial de Lorca Plaza de Santa Quiteria, s/n 30800 Lorca Murcia España</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eventos/feria-sepor-lorca-murcia</t>
   </si>
   <si>
     <t>Anuga Select Ibérica: el nuevo gran evento de la industria alimentaria llega a IFEMA MADRID en febrero de 2027</t>
   </si>
   <si>
     <t>Mar, 16/02/2027 - 09:00</t>
   </si>
   <si>
     <t>Jue, 18/02/2027 - 20:00</t>
   </si>
   <si>
     <t>La industria de la alimentación y las bebidas en la Península Ibérica suma un nuevo hito con la llegada de Anuga Select Ibérica, el gran evento profesional que se celebrará del 16 al 18 de febrero de...</t>
   </si>
   <si>
     <t>IFEMA. Madrid.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eventos/anuga-select-iberica-el-nuevo-gran-evento-la-industria-alimentaria-llega-ifema-madrid</t>
   </si>
@@ -1598,68 +1577,68 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J67"/>
+  <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J67"/>
+      <selection activeCell="A1" sqref="A1:J64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="176.814" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="239.37" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="148.535" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1673,2057 +1652,2001 @@
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="D3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="H3" s="1" t="s">
+      <c r="I3" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="I3" s="1" t="s">
+      <c r="J3" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="E4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="I4" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="J4" s="1" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>46</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="J8" s="1" t="s">
         <v>57</v>
-      </c>
-[...18 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...11 lines deleted...]
-      <c r="F9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="G9" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I9" s="1" t="s">
+      <c r="J9" s="1" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="E10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="E10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="1" t="s">
+      <c r="G10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G10" s="1"/>
-[...1 lines deleted...]
-      <c r="I10" s="1" t="s">
+      <c r="J10" s="1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-      <c r="H15" s="1"/>
+        <v>107</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="I15" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>76</v>
+        <v>105</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>76</v>
+        <v>112</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-      <c r="H18" s="1"/>
+        <v>124</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="I18" s="1" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="B19" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...12 lines deleted...]
-      <c r="H19" s="1"/>
+      <c r="H19" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="I19" s="1" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="H20" s="1"/>
+        <v>134</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="I20" s="1" t="s">
-        <v>72</v>
+        <v>135</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-      <c r="H22" s="1"/>
+        <v>146</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>95</v>
+      </c>
       <c r="I22" s="1" t="s">
-        <v>72</v>
+        <v>147</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="G23" s="1"/>
-      <c r="H23" s="1"/>
+      <c r="H23" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="I23" s="1" t="s">
-        <v>72</v>
+        <v>154</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      <c r="I24" s="1"/>
+        <v>159</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>160</v>
+      </c>
       <c r="J24" s="1" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="G25" s="1"/>
-      <c r="H25" s="1"/>
+      <c r="H25" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="I25" s="1" t="s">
-        <v>72</v>
+        <v>166</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>147</v>
+        <v>168</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>148</v>
+        <v>169</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>151</v>
+        <v>172</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G27" s="1"/>
-      <c r="H27" s="1"/>
+      <c r="H27" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="I27" s="1" t="s">
-        <v>72</v>
+        <v>154</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="B28" s="1"/>
       <c r="C28" s="1" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>171</v>
-[...6 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
       <c r="I28" s="1" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I29" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>189</v>
+      </c>
       <c r="J29" s="1" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>172</v>
+        <v>78</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>173</v>
+        <v>87</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>174</v>
+        <v>195</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>191</v>
+        <v>102</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>192</v>
+        <v>102</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="G32" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H32" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H32" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I32" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>134</v>
+        <v>215</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>11</v>
+        <v>157</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>213</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="G35" s="1"/>
       <c r="H35" s="1" t="s">
-        <v>134</v>
+        <v>215</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>20</v>
+        <v>223</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>83</v>
+        <v>233</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H38" s="1"/>
       <c r="I38" s="1" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>240</v>
+        <v>77</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>241</v>
+        <v>78</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="B40" s="1"/>
+        <v>248</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="C40" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>248</v>
+        <v>23</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>253</v>
+        <v>157</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="G41" s="1"/>
+        <v>258</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>23</v>
+      </c>
       <c r="H41" s="1" t="s">
-        <v>249</v>
+        <v>233</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>130</v>
+        <v>262</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H42" s="1"/>
       <c r="I42" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>253</v>
+        <v>21</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="G43" s="1"/>
+        <v>271</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>272</v>
+      </c>
       <c r="H43" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>272</v>
+        <v>21</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>275</v>
+        <v>77</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>276</v>
+        <v>87</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>253</v>
+        <v>157</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="G45" s="1"/>
+        <v>283</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>272</v>
+      </c>
       <c r="H45" s="1" t="s">
-        <v>249</v>
+        <v>284</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>257</v>
+        <v>285</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>130</v>
+        <v>288</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="G46" s="1"/>
+        <v>291</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>292</v>
+      </c>
       <c r="H46" s="1" t="s">
-        <v>41</v>
+        <v>293</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>283</v>
+        <v>297</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>289</v>
-[...6 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
       <c r="I47" s="1" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...17 lines deleted...]
-      <c r="H48" s="1"/>
+      <c r="H48" s="1" t="s">
+        <v>306</v>
+      </c>
       <c r="I48" s="1" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>220</v>
+        <v>77</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="H49" s="1"/>
+      <c r="I49" s="1"/>
       <c r="J49" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>306</v>
+        <v>77</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>241</v>
+        <v>78</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>307</v>
+        <v>87</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>311</v>
+        <v>157</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="H51" s="1"/>
+        <v>321</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>322</v>
+      </c>
       <c r="I51" s="1" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>29</v>
+        <v>157</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>220</v>
+        <v>328</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>40</v>
+        <v>321</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>83</v>
+        <v>329</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>83</v>
+        <v>330</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>220</v>
+        <v>77</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="I53" s="1"/>
+        <v>78</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>335</v>
+      </c>
       <c r="J53" s="1" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>220</v>
+        <v>77</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>83</v>
+        <v>215</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>334</v>
+        <v>141</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>20</v>
+        <v>157</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>339</v>
+        <v>351</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>20</v>
+        <v>354</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>220</v>
+        <v>357</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>344</v>
+        <v>240</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>29</v>
+        <v>157</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>347</v>
+        <v>360</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>349</v>
+        <v>362</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>241</v>
+        <v>78</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>130</v>
+        <v>366</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>354</v>
+        <v>368</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>355</v>
+        <v>369</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>172</v>
+        <v>370</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>173</v>
+        <v>370</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
-        <v>358</v>
+        <v>373</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>359</v>
+        <v>74</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>248</v>
+        <v>78</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>249</v>
+        <v>87</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>296</v>
+        <v>376</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>363</v>
+        <v>377</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
-        <v>364</v>
+        <v>378</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>369</v>
+        <v>383</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>371</v>
+        <v>157</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H62" s="1"/>
       <c r="I62" s="1" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>20</v>
+        <v>391</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>373</v>
+        <v>393</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>40</v>
+        <v>292</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>83</v>
+        <v>306</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>385</v>
+        <v>399</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>386</v>
+        <v>400</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>390</v>
-[...65 lines deleted...]
-      <c r="A67" s="1" t="s">
         <v>404</v>
-      </c>
-[...25 lines deleted...]
-        <v>411</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>