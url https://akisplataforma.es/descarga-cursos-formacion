--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -12,598 +12,805 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cursos de formación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Inicio</t>
   </si>
   <si>
     <t>Fin</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localizacion</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Gratuito</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
-    <t>Aplicador de productos fitosanitarios. Nivel básico.</t>
-[...5 lines deleted...]
-    <t>Lun, 22/12/2025 - 22:00</t>
+    <t>Iniciación práctica a la Inteligencia Artificial</t>
+  </si>
+  <si>
+    <t>Jue, 29/01/2026 - 22:22</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
+    <t>En línea</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>El Colegio Oficial de Ingenieros Agrónomos de Andalucía, a través de la Fundación Andaluza de Ingenieros Agrónomos, lanza un curso de iniciación a la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/iniciacion-practica-la-inteligencia-artificial</t>
+  </si>
+  <si>
+    <t>Jornada presencial “Compostaje eficiente: claves para valorizar los residuos del sector agroindustrial”</t>
+  </si>
+  <si>
+    <t>Vie, 30/01/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Vie, 30/01/2026 - 21:00</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>Auditorio del Centro Ágora C. Lepanto, 55, 02003 Albacete</t>
+  </si>
+  <si>
+    <t>Presencial</t>
+  </si>
+  <si>
+    <t>Sí</t>
+  </si>
+  <si>
+    <t>El próximo viernes 30 de enero de 2026, de 09:00 a 14:00 horas, se celebrará en modalidad presencial en Albacete la jornada formativa del PII.A “...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/jornada-presencial-compostaje-eficiente-claves-valorizar-los-residuos-del</t>
+  </si>
+  <si>
+    <t>El INAP lanza un curso online sobre evaluación de políticas públicas en la Administración local</t>
+  </si>
+  <si>
+    <t>Lun, 02/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Dom, 12/04/2026 - 11:00</t>
+  </si>
+  <si>
+    <t>Online, tutorizada.</t>
+  </si>
+  <si>
+    <t>Formación aplicada para fortalecer las capacidades de gestión, análisis y mejora de las políticas públicas localesEl Instituto Nacional de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/el-inap-lanza-curso-online-evaluacion-politicas-publicas-la-administracion</t>
+  </si>
+  <si>
+    <t>Webinario sobre inteligencia artificial para profesionales</t>
+  </si>
+  <si>
+    <t>Lun, 02/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Lun, 02/02/2026 - 12:22</t>
+  </si>
+  <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>El Colegio Oficial de Ingenieros Agrónomos de Andalucía, a través de la Fundación Andaluza de Ingenieros Agrónomos, organiza este webinario sobre...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/webinario-inteligencia-artificial-profesionales</t>
+  </si>
+  <si>
+    <t>Expropiación forzosa en el medio rural</t>
+  </si>
+  <si>
+    <t>Lun, 02/02/2026 - 22:02</t>
+  </si>
+  <si>
+    <t>Dom, 29/03/2026 - 23:59</t>
+  </si>
+  <si>
+    <t>El Colegio Oficial de Ingenieros Agrónomos de Andalucía, a través de la Fundación Andaluza de Ingenieros Agrónomos, organiza un curso especializado...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/expropiacion-forzosa-el-medio-rural</t>
+  </si>
+  <si>
+    <t>Curso avanzado de Inteligencia Artificial para ingenieros agrónomos</t>
+  </si>
+  <si>
+    <t>Lun, 02/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El Colegio Oficial de Ingenieros Agrónomos de Andalucía, a través de la Fundación Andaluza de Ingenieros Agrónomos, organiza un curso avanzado de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-avanzado-inteligencia-artificial-ingenieros-agronomos</t>
+  </si>
+  <si>
+    <t>Itinerario formativo de asesores en C3. Edición 23.</t>
+  </si>
+  <si>
+    <t>Mar, 03/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Jue, 05/02/2026 - 13:33</t>
+  </si>
+  <si>
+    <t>Online síncrona</t>
+  </si>
+  <si>
+    <t>Las cooperativas agroalimentarias y sus técnicos se enfrentan a un nuevo y decisivo desafío en la digitalización del sector. La implementación del...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/itinerario-formativo-asesores-c3-edicion-23</t>
+  </si>
+  <si>
+    <t>Itinerario formativo de asesores SIGCEX. Edición 7</t>
+  </si>
+  <si>
+    <t>Cooperativas Agro-alimentarias de España está liderando una estrategia de digitalización con el objetivo de facilitar a los técnicos de cooperativas...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/itinerario-formativo-asesores-sigcex-edicion-7</t>
+  </si>
+  <si>
+    <t>Itinerario formativo de asesores SIGCEX. Edición 8</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/itinerario-formativo-asesores-sigcex-edicion-8</t>
+  </si>
+  <si>
+    <t>Uso de RETOAGUA_CLM para la gestión eficiente del riego y la fertilización</t>
+  </si>
+  <si>
+    <t>Mar, 10/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mié, 18/02/2026 - 12:22</t>
+  </si>
+  <si>
+    <t>El Colegio Oficial de Ingenieros Agrónomos de Albacete, junto con Formación Agrónomos, organiza el curso online “Uso de RETOAGUA_CLM para la gestión...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/uso-retoaguaclm-la-gestion-eficiente-del-riego-y-la-fertilizacion</t>
+  </si>
+  <si>
+    <t>Jornada formativa "Innovación y manejo integral en la producción de aguacate, en Oliva (Valencia)</t>
+  </si>
+  <si>
+    <t>Mar, 10/02/2026 - 17:07</t>
+  </si>
+  <si>
+    <t>Mar, 10/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>IES Gregori Maians, Carrer de Gabriel Miró, 13, 46780 Oliva (Valencia)</t>
+  </si>
+  <si>
+    <t>La producción de aguacate se ha consolidado en los últimos años como un cultivo estratégico en distintas regiones de España, impulsado tanto por la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/jornada-formativa-innovacion-y-manejo-integral-la-produccion-aguacate-oliva</t>
+  </si>
+  <si>
+    <t>Abierta la Microcredencial Universitaria en Viticultura Ecológica – Edición 2026</t>
+  </si>
+  <si>
+    <t>Mar, 24/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>Sala de Seminarios del Instituto de las Ciencias de la Vid y el Vino (ICVV), La Grajera, Logroño</t>
+  </si>
+  <si>
+    <t>La Universidad de La Rioja organiza la Microcredencial Universitaria en Viticultura Ecológica, una formación especializada dirigida a profesionales...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/abierta-la-microcredencial-universitaria-viticultura-ecologica-edicion-2026</t>
+  </si>
+  <si>
+    <t>Horticultura Ecológica</t>
+  </si>
+  <si>
+    <t>Mié, 11/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Jue, 14/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Cam. Torre Los Ajos, 29, 50059 Zaragoza</t>
+  </si>
+  <si>
+    <t>¿Quieres dedicarte profesionalmente a la producción de alimentos ecológicos y de proximidad? ¿quieres realizar la conversión paulatina de tu...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/horticultura-ecologica-1</t>
+  </si>
+  <si>
+    <t>Jornada presencial “Aprovechamiento sostenible de residuos agroindustriales a través de la insecticultura", en Albacete</t>
+  </si>
+  <si>
+    <t>Vie, 20/02/2026 - 09:09</t>
+  </si>
+  <si>
+    <t>Vie, 20/02/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>La valorización de los residuos y subproductos generados por la agroindustria es una oportunidad clave para impulsar modelos productivos más...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/jornada-presencial-aprovechamiento-sostenible-residuos-agroindustriales-traves</t>
+  </si>
+  <si>
+    <t>Taller Reconectados Rural</t>
+  </si>
+  <si>
+    <t>Sáb, 21/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>El Taller Reconectados Rural acogido al PRTR y financiado por la Unión Europea a través de los Fondos Next Generation EU promueve la mejora de las...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/taller-reconectados-rural</t>
+  </si>
+  <si>
+    <t>CURSO CÁLCULO Y DISEÑO DE INSTALACIONES DE RIEGO</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Este curso se enfoca en el diseño y mantenimiento de redes de riego. Aprenderás a determinar la cantidad de agua necesaria para los cultivos y a...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-calculo-y-diseno-instalaciones-riego</t>
+  </si>
+  <si>
+    <t>Nuevo curso de Escuela de Pastoreo de Aragón</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Vie, 04/09/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Huesca</t>
+  </si>
+  <si>
+    <t>San Juan de Plan. Aragón.</t>
+  </si>
+  <si>
+    <t>Fuente: RFEAGASEl plazo de inscripción permanecerá abierto hasta el domingo 1 de febrero y hay un total de 10 plazas ofertadasEl próximo 24 de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/nuevo-curso-escuela-pastoreo-aragon</t>
+  </si>
+  <si>
+    <t>CULTIVO DE PAPAYA</t>
+  </si>
+  <si>
+    <t>Vie, 27/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Este curso profundiza en todas las fases del cultivo de la papaya, desde los requisitos del suelo y clima hasta la industrialización del fruto....</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/cultivo-papaya</t>
+  </si>
+  <si>
+    <t>Curso para la formación de usuarios profesionales y vendedores de productos Fitosanitarios: Nivel Básico. Nivel Puente. Nivel Cualificado</t>
+  </si>
+  <si>
+    <t>Lun, 02/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>El Real Decreto 1311/2012, establece el marco de acción para conseguir un uso sostenible de los productos fitosanitarios mediante la reducción de los...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-la-formacion-usuarios-profesionales-y-vendedores-productos-3</t>
+  </si>
+  <si>
+    <t>Manejo avanzado de invernaderos ecológicos</t>
+  </si>
+  <si>
+    <t>Jue, 05/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>Curso online: Manejo avanzado de invernaderos ecológicos. El suelo vivo y su fertilidad</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/manejo-avanzado-invernaderos-ecologicos</t>
+  </si>
+  <si>
+    <t>Curso de: Técnico para el asesoramiento en la gestión integrada de plagas en áreas verdes</t>
+  </si>
+  <si>
+    <t>Dom, 15/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Curso para saber como aplicar el Real Decreto 1311/2012 en áreas verdes urbanas: este curso no te acredita como asesor, su objetivo es enseñarte el...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-tecnico-el-asesoramiento-la-gestion-integrada-plagas-areas-verdes</t>
+  </si>
+  <si>
+    <t>Gestión y verificación de sistemas de riego básico</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>C/ Demetrio de los Ríos, 15. 41003, Sevilla</t>
+  </si>
+  <si>
+    <t>Cooperativas agro-alimentarias  pone a disposición de agricultores y público en general un curso sobre Gestión y verificación de sistemas de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/gestion-y-verificacion-sistemas-riego-basico</t>
+  </si>
+  <si>
+    <t>Sostenibilidad en la producción agraria</t>
+  </si>
+  <si>
     <t>Almería</t>
   </si>
   <si>
-    <t>GRUPO ATU. Ctra. Iryda, nº 100. 04110-CAMPOHERMOSO (Almería)</t>
-[...29 lines deleted...]
-    <t>Sede INALOCAL: Aula COPERNICUS Travesia Eras, 10 Villaviciosa de Odón, Madrid 28670 España</t>
+    <t>CURSO ONLINE se abordará cómo producir más alimentos con menos recursos naturales, preservando el medio ambiente.Objetivos del curso:Promover la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/sostenibilidad-la-produccion-agraria</t>
+  </si>
+  <si>
+    <t>Cultivo sin suelo</t>
+  </si>
+  <si>
+    <t>Mar, 17/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>CURSO ONLINE para conocer las soluciones para cultivo sin suelo, también se aborda la calidad de los sustratos, los diferentes sistemas de cultivos...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/cultivo-sin-suelo</t>
+  </si>
+  <si>
+    <t>Especialización en interpretación de suelos</t>
+  </si>
+  <si>
+    <t>En este CURSO ONLINE descubrirás las claves para cuidar la salud del suelo con prácticas sostenibles para una agricultura más eficiente.Objetivos del...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/especializacion-interpretacion-suelos</t>
+  </si>
+  <si>
+    <t>Gestión de almazaras</t>
+  </si>
+  <si>
+    <t>Mié, 18/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.ObjetivosConocer la gestión integral de la almazara...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/gestion-almazaras-0</t>
+  </si>
+  <si>
+    <t>Curso de producción hortícola en invernadero</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria</t>
   </si>
   <si>
     <t>Semipresencial</t>
   </si>
   <si>
-    <t>No</t>
-[...140 lines deleted...]
-    <t>Valencia</t>
+    <t>Conviértete en un experto en producción hortícolaCONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-produccion-horticola-invernadero-0</t>
+  </si>
+  <si>
+    <t>Agricultura de precisión. Curso: Manejo Avanzado de GIS y Drones</t>
+  </si>
+  <si>
+    <t>Curso de 60 horas, de las cuales 4 de ellas serán al Aula Virtual con el docente en tiempo real a través de Google Meet para resolver las dudas sobre...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/agricultura-precision-curso-manejo-avanzado-gis-y-drones</t>
+  </si>
+  <si>
+    <t>FORMACIÓN ASESORES: Curso Manejo sostenible en los suelos agrarios</t>
+  </si>
+  <si>
+    <t>Vie, 20/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>El manejo sostenible de los suelos agrarios es un pilar fundamental para garantizar la productividad de los agroecosistemas a largo plazo, la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/formacion-asesores-curso-manejo-sostenible-los-suelos-agrarios-0</t>
+  </si>
+  <si>
+    <t>Bienestar animal en el transporte de animales vivos</t>
+  </si>
+  <si>
+    <t>Titulación homologadaPlazas limitadasOBJETIVOS:Adquirir los fundamentos de buenas prácticas durante el transporte de animales, incluida la carga,...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/bienestar-animal-el-transporte-animales-vivos-0</t>
+  </si>
+  <si>
+    <t>Curso de ganadería y agricultura ecológica</t>
+  </si>
+  <si>
+    <t>Formación especializada reconocida por la Junta de Castilla-La Mancha que permite justificar horas en el ámbito ecológico según lo estipulado en la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-ganaderia-y-agricultura-ecologica</t>
+  </si>
+  <si>
+    <t>Curso cultivo de aguacate</t>
+  </si>
+  <si>
+    <t>Dom, 22/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Este curso ofrece una guía completa para el cultivo del aguacate. Aprenderás sobre los requerimientos del suelo y el clima, la propagación y el...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-cultivo-aguacate</t>
+  </si>
+  <si>
+    <t>Los drones y la agricultura de precisión</t>
+  </si>
+  <si>
+    <t>Los drones y la agricultura de precisión, es un curso descriptivo para ahondar en la agricultura de precisión como técnica y concepto de la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/los-drones-y-la-agricultura-precision</t>
+  </si>
+  <si>
+    <t>Especialista en olivicultura, elaiotecnia y gestión de almazaras</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>El objetivo busca la profesionalidad y la excelencia en cuatro campos del sector de Olivicultura: elaiotecnia, análisis y control del aceite de oliva...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/especialista-olivicultura-elaiotecnia-y-gestion-almazaras</t>
+  </si>
+  <si>
+    <t>Curso de Manipulador de Productos Fitosanitarios nivel Básico</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria (Centro de formación Agroislas)</t>
+  </si>
+  <si>
+    <t>Certifícate como Manipulador de Fitosanitarios nivel básicoCONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-manipulador-productos-fitosanitarios-nivel-basico-0</t>
+  </si>
+  <si>
+    <t>Invernaderos</t>
+  </si>
+  <si>
+    <t>CURSO ONLINE en el que se muestra el papel del invernadero, los diferentes tipos de invernaderos, el equipamiento y el control del clima, entre otros...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/invernaderos</t>
+  </si>
+  <si>
+    <t>Curso de hidroponía. Cultivo sin suelo</t>
+  </si>
+  <si>
+    <t>Sáb, 28/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Este curso ofrece una introducción completa a la hidroponía y el cultivo sin suelo. Se exploran los componentes, sustratos y sistemas necesarios para...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-hidroponia-cultivo-sin-suelo</t>
+  </si>
+  <si>
+    <t>Gestión e Incorporación a la empresa agraria</t>
+  </si>
+  <si>
+    <t>Formar a l@s agricultores que se incorporen a la empresa agraria en los aspectos relacionados con el rendimiento económico de las explotaciones y la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/gestion-e-incorporacion-la-empresa-agraria-0</t>
+  </si>
+  <si>
+    <t>Mar, 31/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>En la búsqueda de una agricultura sostenible, la salud del suelo, la fertilización y el impacto ambiental son factores que tener en cuenta, siendo el...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/especializacion-interpretacion-suelos-0</t>
+  </si>
+  <si>
+    <t>Curso de producción Integrada</t>
+  </si>
+  <si>
+    <t>Conviértete en experto en producción integradaCONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-produccion-integrada-0</t>
+  </si>
+  <si>
+    <t>Curso online: fruticultura ecológica</t>
+  </si>
+  <si>
+    <t>Mié, 01/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Camí del Port s/n, km 1 - Edif. ECA Apartado 397 ES-46470 Catarroja, Valencia, España</t>
+  </si>
+  <si>
+    <t>El curso es totalmente online y consta de 7 temas, con una duración planificada para 60 horas, pero lo puedes terminar cuando quieras. Al finalizar...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-fruticultura-ecologica-0</t>
+  </si>
+  <si>
+    <t>Curso online: Cultivo ecológico del aguacate</t>
+  </si>
+  <si>
+    <t>El curso está dividido en 8 temas y su duración está planificada para 30 horas, pero lo puedes terminar cuando quieras. Al finalizar el curso...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-cultivo-ecologico-del-aguacate-0</t>
+  </si>
+  <si>
+    <t>CURSO ONLINE AGRICULTURA DE PRECISIÓN EN CULTIVOS EXTENSIVOS DE REGADÍO (GRABADO)</t>
+  </si>
+  <si>
+    <t>Este curso aborda las tecnologías y metodologías utilizadas en agricultura de precisión para optimizar el rendimiento y la eficiencia de los cultivos...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-agricultura-precision-cultivos-extensivos-regadio-grabado</t>
+  </si>
+  <si>
+    <t>Herramientas avanzadas para el riego y la nutrición</t>
+  </si>
+  <si>
+    <t>Jue, 09/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Demetrio de los Ríos, 15, 41003 Sevilla</t>
+  </si>
+  <si>
+    <t>Cooperativas agro-alimentarias pone a disposición de los agricultores un curso online de herramientas avanzadas para el riego y la nutrición.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/herramientas-avanzadas-el-riego-y-la-nutricion</t>
+  </si>
+  <si>
+    <t>Vie, 10/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>CURSO ONLINE se abordará cómo producir más alimentos con menos recursos naturales, preservando el medio ambiente.OBJETIVOS DEL CURSO:Promover la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/sostenibilidad-la-produccion-agraria-0</t>
+  </si>
+  <si>
+    <t>Cálculo de las necesidades hídricas y programación del riego</t>
+  </si>
+  <si>
+    <t>En este CURSO ONLINE aprenderás las diferentes metodologías para determinar las necesidades hídricas de un cultivo y las herramienta para la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/calculo-las-necesidades-hidricas-y-programacion-del-riego-0</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/invernaderos-0</t>
+  </si>
+  <si>
+    <t>Agricultura regenerativa y gestión sostenible del suelo para mayor resiliencia climática y seguridad alimentaria en el Mediterráneo</t>
+  </si>
+  <si>
+    <t>Lun, 13/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Vie, 17/04/2026 - 23:59</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059 Zaragoza, España</t>
+  </si>
+  <si>
+    <t>El curso está dirigido a profesionales del sector agrícola, investigadores, responsables de políticas públicas y productores. Tiene como objetivo...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/agricultura-regenerativa-y-gestion-sostenible-del-suelo-mayor-resiliencia</t>
+  </si>
+  <si>
+    <t>Curso sobre gestión de riesgos y seguros agrarios en un contexto de cambio climático</t>
+  </si>
+  <si>
+    <t>Lun, 13/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Vie, 17/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza, Avda. de Montañana 1005, Zaragoza</t>
   </si>
   <si>
     <t>En línea, Presencial</t>
   </si>
   <si>
-    <t>La Universitat Politècnica de València (UPV), junto con la Escuela Técnica Superior de Ingeniería Agronómica y del Medio Natural (ETSIAMN) y...</t>
-[...275 lines deleted...]
-    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/invernaderos-0</t>
+    <t>Del 13 al 17 de abril de 2026, el CIHEAM Zaragoza acogerá el curso “Gestión de riesgos y seguros agrarios en un contexto de cambio climático”, una...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-gestion-riesgos-y-seguros-agrarios-contexto-cambio-climatico</t>
   </si>
   <si>
     <t>Curso de Joven Agricultor en Extremadura</t>
   </si>
   <si>
     <t>Lun, 20/04/2026 - 00:00</t>
   </si>
   <si>
     <t>Extremadura</t>
   </si>
   <si>
     <t>Badajoz, Cáceres</t>
   </si>
   <si>
     <t>Los certificados de incorporación para jóvenes agricultores en Extremadura representan una oportunidad formativa clave para aquellas personas que...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-joven-agricultor-extremadura</t>
   </si>
   <si>
     <t>Curso online: Producción ecológica de olivar y elaboración de aceite ecológico</t>
   </si>
   <si>
     <t>El curso es totalmente online y consta de 11 temas, con una duración planificada para 80 horas, pero lo puedes terminar cuando quieras. Al finalizar...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-produccion-ecologica-olivar-y-elaboracion-aceite-ecologico-0</t>
   </si>
   <si>
     <t>Curso de: Técnico para el asesoramiento en la gestión integrada de plagas en ámbito agrario</t>
   </si>
   <si>
     <t>Sáb, 25/04/2026 - 00:00</t>
   </si>
   <si>
     <t>Curso para saber como aplicar el Real Decreto 1311/2012 en ámbito agrario: este curso no te acredita como asesor, su objetivo es enseñarte el manejo...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-tecnico-el-asesoramiento-la-gestion-integrada-plagas-ambito-agrario</t>
   </si>
   <si>
+    <t>Curso internacional sobre Ganadería de Precisión: de los sensores a la toma de decisiones</t>
+  </si>
+  <si>
+    <t>Lun, 04/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Vie, 08/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CSIC, Madrid.</t>
+  </si>
+  <si>
+    <t>Del 4 al 8 de mayo de 2026, Madrid acogerá el curso presencial “Creando valor añadido en la Ganadería de Precisión: de los sensores a la toma de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-internacional-ganaderia-precision-los-sensores-la-toma-decisiones</t>
+  </si>
+  <si>
     <t>Herramientas digitales que te ayudan en la gestión de tu explotación</t>
   </si>
   <si>
     <t>Dom, 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>En este CURSO ONLINE se analizan los reales decretos publicados en diciembre de 2022 que van a afectar a la forma en la que los agricultores y los...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/herramientas-digitales-que-te-ayudan-la-gestion-tu-explotacion-1</t>
   </si>
   <si>
     <t>CURSOS DE INCORPORACIÓN A LA EMPRESA AGRARIA</t>
   </si>
   <si>
     <t>Ávila, Burgos, León, Palencia, Salamanca, Segovia, Soria, Valladolid, Zamora</t>
   </si>
   <si>
     <t>Los cursos de incorporación a la empresa agraria, CIEA en abreviatura, son las actividades formativas dirigidas a aquellas personas que necesitan...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/cursos-incorporacion-la-empresa-agraria</t>
   </si>
   <si>
     <t>Gestión del agua y la nutrición en el cultivo de la fresa</t>
@@ -860,165 +1067,165 @@
   <si>
     <t>Curso de Explotaciones agrícolas y ganaderas: Producción, innovación, asesoramiento y comercialización (MOOC)El objetivo de este curso es ofrecer una...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/campus-cursos-masivos-linea-moocs-ministerio-agricultura-pesca-y-alimentacion-0</t>
   </si>
   <si>
     <t>Curso Superior Nuevo Reglamento Europeo de Productos Fertilizantes</t>
   </si>
   <si>
     <t>Se entrega diploma acreditativo para los alumnos que superan el curso, junto con documentos donde se especifica el temario del curso y su duración....</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-superior-nuevo-reglamento-europeo-productos-fertilizantes</t>
   </si>
   <si>
     <t>Manipulador de alimentos</t>
   </si>
   <si>
     <t>Si quieres obtener el certificado de Manipulador de Alimentos, este curso ofrecido por el Centro de Formación Arcoiris te proporcionará los...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/manipulador-alimentos</t>
   </si>
   <si>
+    <t>Legislación Agraria</t>
+  </si>
+  <si>
     <t>Jue, 31/12/2026 - 00:00</t>
   </si>
   <si>
+    <t>Certificado de Formación expedido por FUNDACION INEAObjetivosConocer las fuentes, objeto y contenido del Derecho Agrario.Enmarcar el Derecho en el...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/legislacion-agraria</t>
+  </si>
+  <si>
+    <t>Agroecología</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por FUNDACIÓN INEAContenido:Introducción: Se presenta una visión general del tema, explicando los conceptos clave y...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/agroecologia</t>
+  </si>
+  <si>
+    <t>Recursos fitogenéticos</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Conservación de recursos fitogenéticos:...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/recursos-fitogeneticos</t>
+  </si>
+  <si>
+    <t>Gestión de residuos en explotaciones ganaderas</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Objetivos• Conocimiento de la incidencia ambiental de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/gestion-residuos-explotaciones-ganaderas</t>
+  </si>
+  <si>
+    <t>Agricultura de conservación</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Análisis de los problemas actuales de la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/agricultura-conservacion</t>
+  </si>
+  <si>
+    <t>Seguridad alimentaria</t>
+  </si>
+  <si>
+    <t>Contenido:Clasificación de los alimentos: Este módulo proporciona un análisis exhaustivo de la clasificación de los alimentos desde diversas...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/seguridad-alimentaria</t>
+  </si>
+  <si>
+    <t>Buenas prácticas ganaderas</t>
+  </si>
+  <si>
+    <t>Contenido:Introducción: Este módulo proporciona una visión general sobre la importancia de la sanidad animal y las prácticas de manejo en la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/buenas-practicas-ganaderas</t>
+  </si>
+  <si>
+    <t>Variedades de la vid empleadas en elaboración de vinos</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por Fundación INEAContenido:Descripción ampelográfica, propiedades agronómicas y potencial enológico de las...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/variedades-la-vid-empleadas-elaboracion-vinos</t>
+  </si>
+  <si>
+    <t>Interpretación de análisis de suelos y pautas de fertilización sostenible</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por FUNDACION INEAObjetivos• Conocer la importancia del suelo en la gestión agrícola sostenible y el equilibrio del...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/interpretacion-analisis-suelos-y-pautas-fertilizacion-sostenible</t>
+  </si>
+  <si>
+    <t>Manejo ecológico de rumiantes</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Introducción y reglamentos: Este módulo...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/manejo-ecologico-rumiantes</t>
+  </si>
+  <si>
+    <t>Horticultura ecológica</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Conceptos, Fundamentos y Precedentes en la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/horticultura-ecologica</t>
+  </si>
+  <si>
+    <t>Plagas y patógenos del olivo: naturaleza, identificación y estrategias biológicas de lucha</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Introducción:En este apartado se ofrecerá...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/plagas-y-patogenos-del-olivo-naturaleza-identificacion-y-estrategias-biologicas</t>
+  </si>
+  <si>
     <t>Curso online, a tu ritmo, en el que se analizan los reales decretos publicados en diciembre de 2022 que van a afectar a la forma en la que los...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/herramientas-digitales-que-te-ayudan-la-gestion-tu-explotacion</t>
-  </si>
-[...106 lines deleted...]
-    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/plagas-y-patogenos-del-olivo-naturaleza-identificacion-y-estrategias-biologicas</t>
   </si>
   <si>
     <t>Curso de Introducción a ArcGIS Pro</t>
   </si>
   <si>
     <t>El concepto GIS como herramienta digital permite a los usuarios explotar el valor de los datos, incluyendo la variable geoespacial, y mejorando la...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-introduccion-arcgis-pro</t>
   </si>
   <si>
     <t>Curso de Introducción a los SIG con ArcGIS Pro</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-introduccion-los-sig-arcgis-pro</t>
   </si>
   <si>
     <t>Curso de Diseño y Creación de Mapas con ArcGIS Pro</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-diseno-y-creacion-mapas-arcgis-pro</t>
   </si>
   <si>
     <t>Curso de Introducción a ArcGIS Online</t>
   </si>
@@ -1352,54 +1559,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J79"/>
+  <dimension ref="A1:J99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J79"/>
+      <selection activeCell="A1" sqref="A1:J99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="154.391" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1412,2034 +1619,2598 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="1" t="s">
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="H3" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="I3" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="J3" s="1" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="G4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="J4" s="1" t="s">
         <v>32</v>
-      </c>
-[...19 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D5" s="1"/>
+        <v>35</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="E5" s="1"/>
       <c r="F5" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
-      <c r="F6" s="1"/>
+      <c r="F6" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="G6" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D7" s="1"/>
+        <v>45</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
-      <c r="F8" s="1"/>
+      <c r="F8" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D9" s="1"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="1"/>
+      <c r="F9" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="G9" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E11" s="1"/>
       <c r="F11" s="1" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>77</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-      <c r="E14" s="1"/>
+        <v>78</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>80</v>
+      </c>
       <c r="F14" s="1" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>100</v>
-[...4 lines deleted...]
-      <c r="F15" s="1"/>
+        <v>85</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="G15" s="1" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="C18" s="1"/>
+        <v>98</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="D18" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="F18" s="1"/>
+        <v>79</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>101</v>
+      </c>
       <c r="G18" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="C19" s="1"/>
-      <c r="D19" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1"/>
       <c r="G19" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="C20" s="1"/>
-      <c r="D20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>110</v>
+      </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="C21" s="1"/>
-      <c r="D21" s="1"/>
-      <c r="E21" s="1"/>
+      <c r="D21" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="C22" s="1"/>
-      <c r="D22" s="1"/>
-      <c r="E22" s="1"/>
+      <c r="D22" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>122</v>
+      </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="C23" s="1"/>
-      <c r="D23" s="1"/>
-[...1 lines deleted...]
-      <c r="F23" s="1"/>
+      <c r="D23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>127</v>
+      </c>
       <c r="G23" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>138</v>
+        <v>120</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="E24" s="1"/>
+        <v>12</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>131</v>
+      </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>143</v>
+        <v>12</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="F26" s="1"/>
       <c r="G26" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C27" s="1"/>
-      <c r="D27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
       <c r="G27" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>117</v>
+        <v>147</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>41</v>
+        <v>149</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>160</v>
+        <v>142</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>170</v>
+        <v>156</v>
       </c>
       <c r="C32" s="1"/>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C33" s="1"/>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>179</v>
+        <v>166</v>
       </c>
       <c r="C34" s="1"/>
-      <c r="D34" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>61</v>
+        <v>146</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="F36" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="G36" s="1" t="s">
-        <v>75</v>
+        <v>149</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="F37" s="1"/>
       <c r="G37" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>194</v>
+        <v>183</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>202</v>
+        <v>138</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C40" s="1"/>
-      <c r="D40" s="1"/>
+      <c r="D40" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C41" s="1"/>
-      <c r="D41" s="1"/>
-[...1 lines deleted...]
-      <c r="F41" s="1"/>
+      <c r="D41" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>148</v>
+      </c>
       <c r="G41" s="1" t="s">
-        <v>41</v>
+        <v>149</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="B42" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C42" s="1"/>
-[...11 lines deleted...]
-      </c>
       <c r="J42" s="1" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="C43" s="1"/>
-      <c r="D43" s="1"/>
-[...1 lines deleted...]
-      <c r="F43" s="1"/>
+      <c r="D43" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="G43" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="C44" s="1"/>
-      <c r="D44" s="1"/>
-      <c r="E44" s="1"/>
+      <c r="D44" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>80</v>
+      </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C45" s="1"/>
-      <c r="D45" s="1"/>
-[...1 lines deleted...]
-      <c r="F45" s="1"/>
+      <c r="D45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>209</v>
+      </c>
       <c r="G45" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
-        <v>222</v>
+        <v>130</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
-      <c r="F48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F48" s="1"/>
       <c r="G48" s="1" t="s">
-        <v>231</v>
+        <v>13</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>232</v>
+        <v>181</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
-        <v>234</v>
+        <v>219</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>228</v>
-[...4 lines deleted...]
-      <c r="F49" s="1"/>
+        <v>220</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>222</v>
+      </c>
       <c r="G49" s="1" t="s">
-        <v>41</v>
+        <v>149</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>238</v>
-[...4 lines deleted...]
-      <c r="F50" s="1"/>
+        <v>226</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>228</v>
+      </c>
       <c r="G50" s="1" t="s">
-        <v>41</v>
+        <v>229</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="C51" s="1"/>
-      <c r="D51" s="1"/>
-      <c r="E51" s="1"/>
+      <c r="D51" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>235</v>
+      </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="C52" s="1"/>
-      <c r="D52" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="D52" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>254</v>
-[...4 lines deleted...]
-      <c r="F54" s="1"/>
+        <v>246</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>248</v>
+      </c>
       <c r="G54" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
-        <v>61</v>
+        <v>110</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="F56" s="1"/>
       <c r="G56" s="1" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C57" s="1"/>
-      <c r="D57" s="1"/>
-[...1 lines deleted...]
-      <c r="F57" s="1"/>
+      <c r="D57" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>209</v>
+      </c>
       <c r="G57" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
-        <v>208</v>
+        <v>271</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>182</v>
+        <v>280</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
-      <c r="F63" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F63" s="1"/>
       <c r="G63" s="1" t="s">
-        <v>231</v>
+        <v>13</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I63" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="J63" s="1" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
-      <c r="G64" s="1"/>
+      <c r="G64" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H64" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I64" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="J64" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B65" s="1" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
-      <c r="G65" s="1"/>
+      <c r="G65" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H65" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>289</v>
       </c>
       <c r="J65" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
-      <c r="G66" s="1"/>
+      <c r="G66" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H66" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I66" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="J66" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
-      <c r="G67" s="1"/>
+      <c r="G67" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H67" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I67" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="J67" s="1" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="1"/>
+      <c r="C68" s="1" t="s">
+        <v>298</v>
+      </c>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
-      <c r="F68" s="1"/>
-      <c r="G68" s="1"/>
+      <c r="F68" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>300</v>
+      </c>
       <c r="H68" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
-      <c r="G69" s="1"/>
+      <c r="G69" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H69" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
-      <c r="G70" s="1"/>
+      <c r="G70" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H70" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
-      <c r="G71" s="1"/>
+      <c r="G71" s="1" t="s">
+        <v>229</v>
+      </c>
       <c r="H71" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
-      <c r="F72" s="1"/>
-      <c r="G72" s="1"/>
+      <c r="F72" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H72" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>282</v>
+        <v>317</v>
       </c>
       <c r="C73" s="1"/>
-      <c r="D73" s="1"/>
-[...2 lines deleted...]
-      <c r="G73" s="1"/>
+      <c r="D73" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>149</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>282</v>
+        <v>323</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
-      <c r="G74" s="1"/>
+      <c r="G74" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H74" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>282</v>
+        <v>327</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
-      <c r="G75" s="1"/>
+      <c r="G75" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H75" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>282</v>
+        <v>327</v>
       </c>
       <c r="C76" s="1"/>
-      <c r="D76" s="1"/>
-[...1 lines deleted...]
-      <c r="F76" s="1"/>
+      <c r="D76" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>331</v>
+      </c>
       <c r="G76" s="1" t="s">
-        <v>41</v>
+        <v>149</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>282</v>
+        <v>327</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>325</v>
+        <v>336</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>282</v>
+        <v>327</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>282</v>
+        <v>327</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1"/>
       <c r="E79" s="1"/>
       <c r="F79" s="1"/>
       <c r="G79" s="1" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>322</v>
+        <v>341</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C83" s="1"/>
+      <c r="D83" s="1"/>
+      <c r="E83" s="1"/>
+      <c r="F83" s="1"/>
+      <c r="G83" s="1"/>
+      <c r="H83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1"/>
+      <c r="H84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C85" s="1"/>
+      <c r="D85" s="1"/>
+      <c r="E85" s="1"/>
+      <c r="F85" s="1"/>
+      <c r="G85" s="1"/>
+      <c r="H85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C86" s="1"/>
+      <c r="D86" s="1"/>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1"/>
+      <c r="H86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1"/>
+      <c r="H87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1"/>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1"/>
+      <c r="H88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C89" s="1"/>
+      <c r="D89" s="1"/>
+      <c r="E89" s="1"/>
+      <c r="F89" s="1"/>
+      <c r="G89" s="1"/>
+      <c r="H89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1"/>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1"/>
+      <c r="H90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1"/>
+      <c r="H91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1"/>
+      <c r="H92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1"/>
+      <c r="H93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1"/>
+      <c r="H94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
+      <c r="F95" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C96" s="1"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1"/>
+      <c r="E97" s="1"/>
+      <c r="F97" s="1"/>
+      <c r="G97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>398</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>