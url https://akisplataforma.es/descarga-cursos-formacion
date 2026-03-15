--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -12,820 +12,1048 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cursos de formación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="475">
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Inicio</t>
   </si>
   <si>
     <t>Fin</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localizacion</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Gratuito</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
-    <t>Iniciación práctica a la Inteligencia Artificial</t>
-[...2 lines deleted...]
-    <t>Jue, 29/01/2026 - 22:22</t>
+    <t>Curso online "Competencia para el personal que trabaje con ganador porcino"</t>
+  </si>
+  <si>
+    <t>Lun, 16/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Vie, 17/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>En línea</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Si quieres formarte para trabajar en el sector del cerdo no dejes de apuntarte en el curso "Competencia para el personal que trabaje con ganador...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-competencia-el-personal-que-trabaje-ganador-porcino</t>
+  </si>
+  <si>
+    <t>Seminario CITOLIVA “Composición físico-química de aceites de oliva”</t>
+  </si>
+  <si>
+    <t>Lun, 16/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mar, 17/03/2026 - 11:11</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>En línea</t>
-[...26 lines deleted...]
-    <t>Auditorio del Centro Ágora C. Lepanto, 55, 02003 Albacete</t>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Campus Universitario de Rabanales. Córdoba</t>
   </si>
   <si>
     <t>Presencial</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
-    <t>El próximo viernes 30 de enero de 2026, de 09:00 a 14:00 horas, se celebrará en modalidad presencial en Albacete la jornada formativa del PII.A “...</t>
-[...29 lines deleted...]
-    <t>Lun, 02/02/2026 - 12:22</t>
+    <t>CITOLIVA celebra en Córdoba el seminario “Composición físico-química de aceites de oliva” los días 16 y 17 de marzo, una propuesta para profundizar...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/seminario-citoliva-composicion-fisico-quimica-aceites-oliva</t>
+  </si>
+  <si>
+    <t>Cultivo sin suelo</t>
+  </si>
+  <si>
+    <t>Mar, 17/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>CURSO ONLINE para conocer las soluciones para cultivo sin suelo, también se aborda la calidad de los sustratos, los diferentes sistemas de cultivos...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/cultivo-sin-suelo</t>
+  </si>
+  <si>
+    <t>Especialización en interpretación de suelos</t>
+  </si>
+  <si>
+    <t>En este CURSO ONLINE descubrirás las claves para cuidar la salud del suelo con prácticas sostenibles para una agricultura más eficiente.Objetivos del...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/especializacion-interpretacion-suelos</t>
+  </si>
+  <si>
+    <t>Jornada demostrativa- Técnica de poda en frutales</t>
+  </si>
+  <si>
+    <t>Mar, 17/03/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Mar, 17/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>C/ Aves s/n.  28300 Aranjuez, Finca Sotopareva</t>
+  </si>
+  <si>
+    <t>ProgramaIniciación a la poda de frutales Manejo de herramientas Formación inicial de árboles frutales Mantenimiento y poda de árboles...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/jornada-demostrativa-tecnica-poda-frutales-0</t>
+  </si>
+  <si>
+    <t>Curso de producción hortícola en invernadero</t>
+  </si>
+  <si>
+    <t>Mié, 18/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria</t>
+  </si>
+  <si>
+    <t>Semipresencial</t>
+  </si>
+  <si>
+    <t>Conviértete en un experto en producción hortícolaCONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-produccion-horticola-invernadero-0</t>
+  </si>
+  <si>
+    <t>Agricultura de precisión. Curso: Manejo Avanzado de GIS y Drones</t>
+  </si>
+  <si>
+    <t>Curso de 60 horas, de las cuales 4 de ellas serán al Aula Virtual con el docente en tiempo real a través de Google Meet para resolver las dudas sobre...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/agricultura-precision-curso-manejo-avanzado-gis-y-drones</t>
+  </si>
+  <si>
+    <t>Gestión de almazaras</t>
+  </si>
+  <si>
+    <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.ObjetivosConocer la gestión integral de la almazara...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/gestion-almazaras-0</t>
+  </si>
+  <si>
+    <t>Seminario CITOLIVA “Análisis sensorial y diferenciación de aceites”</t>
+  </si>
+  <si>
+    <t>Mié, 18/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Jue, 19/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Los días 18 y 19 de marzo tendrá lugar en Córdoba el seminario “Análisis sensorial y diferenciación de aceites”, una formación teórico-práctica...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/seminario-citoliva-analisis-sensorial-y-diferenciacion-aceites</t>
+  </si>
+  <si>
+    <t>iRiego organiza un curso online gratuito sobre la influencia de la digitalización en la sociedad y el campo</t>
+  </si>
+  <si>
+    <t>Vie, 20/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>iRiego celebrará del 18 al 20 de marzo de 2026 el curso online gratuito “Influencia de la Digitalización en la Sociedad”, una propuesta formativa...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/iriego-organiza-curso-online-gratuito-la-influencia-la-digitalizacion-la</t>
+  </si>
+  <si>
+    <t>Ganadería Inteligente: Explotación y Análisis de Datos (R) para la Producción Animal</t>
+  </si>
+  <si>
+    <t>Mié, 18/03/2026 - 16:00</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 12:00</t>
+  </si>
+  <si>
+    <t>La Vega Innova Camino de la Vega, s/n, 28830, San Fernando de Henares Madrid</t>
+  </si>
+  <si>
+    <t> Actualmente, el sector ganadero se enfrenta a numerosos retos relacionados con su rentabilidad económica, impacto ambiental, percepción social...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/ganaderia-inteligente-explotacion-y-analisis-datos-r-la-produccion-animal</t>
+  </si>
+  <si>
+    <t>Bienestar animal en el transporte de animales vivos</t>
+  </si>
+  <si>
+    <t>Vie, 20/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Titulación homologadaPlazas limitadasOBJETIVOS:Adquirir los fundamentos de buenas prácticas durante el transporte de animales, incluida la carga,...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/bienestar-animal-el-transporte-animales-vivos-0</t>
+  </si>
+  <si>
+    <t>Curso de ganadería y agricultura ecológica</t>
+  </si>
+  <si>
+    <t>Formación especializada reconocida por la Junta de Castilla-La Mancha que permite justificar horas en el ámbito ecológico según lo estipulado en la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-ganaderia-y-agricultura-ecologica</t>
+  </si>
+  <si>
+    <t>FORMACIÓN ASESORES: Curso Manejo sostenible en los suelos agrarios</t>
+  </si>
+  <si>
+    <t>El manejo sostenible de los suelos agrarios es un pilar fundamental para garantizar la productividad de los agroecosistemas a largo plazo, la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/formacion-asesores-curso-manejo-sostenible-los-suelos-agrarios-0</t>
+  </si>
+  <si>
+    <t>Seminario online gratuito “Planes de abonado en cultivos extensivos"</t>
+  </si>
+  <si>
+    <t>Vie, 20/03/2026 - 11:11</t>
   </si>
   <si>
     <t>Online</t>
   </si>
   <si>
-    <t>El Colegio Oficial de Ingenieros Agrónomos de Andalucía, a través de la Fundación Andaluza de Ingenieros Agrónomos, organiza este webinario sobre...</t>
-[...98 lines deleted...]
-    <t>Abierta la Microcredencial Universitaria en Viticultura Ecológica – Edición 2026</t>
+    <t>La correcta elaboración de un plan de abonado es cada vez más determinante para optimizar costes, mejorar la eficiencia en el uso de nutrientes y...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/seminario-online-gratuito-planes-abonado-cultivos-extensivos</t>
+  </si>
+  <si>
+    <t>Los drones y la agricultura de precisión</t>
+  </si>
+  <si>
+    <t>Dom, 22/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Los drones y la agricultura de precisión, es un curso descriptivo para ahondar en la agricultura de precisión como técnica y concepto de la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/los-drones-y-la-agricultura-precision</t>
+  </si>
+  <si>
+    <t>Curso cultivo de aguacate</t>
+  </si>
+  <si>
+    <t>Este curso ofrece una guía completa para el cultivo del aguacate. Aprenderás sobre los requerimientos del suelo y el clima, la propagación y el...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-cultivo-aguacate</t>
+  </si>
+  <si>
+    <t>3ª edición del curso “Digitalización de la Agricultura de Precisión, Agricultura 4.0”</t>
+  </si>
+  <si>
+    <t>Lun, 23/03/2026 - 11:11</t>
   </si>
   <si>
     <t>Mar, 24/03/2026 - 22:22</t>
   </si>
   <si>
-    <t>Rioja, La</t>
-[...17 lines deleted...]
-    <t>Jue, 14/05/2026 - 23:00</t>
+    <t>Villadangos del Páramo (León)</t>
+  </si>
+  <si>
+    <t>La Comunidad de Regantes del Canal de Villadangos, en Villadangos del Páramo (León), acogerá los días 23 y 24 de marzo de 2026 la 3ª edición del...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/3a-edicion-del-curso-digitalizacion-la-agricultura-precision-agricultura-40</t>
+  </si>
+  <si>
+    <t>Seminario CITOLIVA “Aliados naturales para el manejo fitosanitario del olivar”</t>
+  </si>
+  <si>
+    <t>Mar, 24/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>CITOLIVA organiza en Córdoba el seminario “Aliados naturales para el manejo fitosanitario del olivar” (23 y 24 de marzo), centrado en los fundamentos...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/seminario-citoliva-aliados-naturales-el-manejo-fitosanitario-del-olivar</t>
+  </si>
+  <si>
+    <t>Producción de frutales</t>
+  </si>
+  <si>
+    <t>Mar, 24/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>En este curso ONLINE aprenderás sobre la fisiología del árbol, el diseño plantaciones estratégicas y la aplicación de técnicas de poda, riego y...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/produccion-frutales</t>
+  </si>
+  <si>
+    <t>Nuevos modelos de negocio: producción agroindustrial de microalgas</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>AINIA. Parque Tecnológico de Valencia. Av. Benjamín Franklin, 5-11; 46980 Paterna, Valencia</t>
+  </si>
+  <si>
+    <t>El martes 24 de marzo se celebrará, en horario de 09:00 h. a 14:00 h., la jornada formativa gratuita denominada “Nuevos Modelos...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/nuevos-modelos-negocio-produccion-agroindustrial-microalgas-2</t>
+  </si>
+  <si>
+    <t>Jornada formativa online sobre comunidades de energías renovables para regantes</t>
+  </si>
+  <si>
+    <t>ASETAGA ha organizado la jornada formativa “Comunidades de Energías Renovables – Regantes”, una iniciativa dirigida a acercar al sector agrario las...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/jornada-formativa-online-comunidades-energias-renovables-regantes</t>
+  </si>
+  <si>
+    <t>Jornada A1. Innovación y Manejo Integral en la Producción de Aguacate</t>
+  </si>
+  <si>
+    <t>Huelva</t>
+  </si>
+  <si>
+    <t>AGROGAL Cartaya. Polígono Estación n 17, Cartaya 21450; Huelva</t>
+  </si>
+  <si>
+    <t>La producción de aguacate se ha consolidado en los últimos años como un cultivo estratégico en diversas regiones de España, impulsado tanto por el...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/jornada-a1-innovacion-y-manejo-integral-la-produccion-aguacate</t>
+  </si>
+  <si>
+    <t>Especialista en olivicultura, elaiotecnia y gestión de almazaras</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>El objetivo busca la profesionalidad y la excelencia en cuatro campos del sector de Olivicultura: elaiotecnia, análisis y control del aceite de oliva...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/especialista-olivicultura-elaiotecnia-y-gestion-almazaras</t>
+  </si>
+  <si>
+    <t>Curso de Manipulador de Productos Fitosanitarios nivel Básico</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria (Centro de formación Agroislas)</t>
+  </si>
+  <si>
+    <t>Certifícate como Manipulador de Fitosanitarios nivel básicoCONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-manipulador-productos-fitosanitarios-nivel-basico-0</t>
+  </si>
+  <si>
+    <t>Invernaderos</t>
+  </si>
+  <si>
+    <t>CURSO ONLINE en el que se muestra el papel del invernadero, los diferentes tipos de invernaderos, el equipamiento y el control del clima, entre otros...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/invernaderos</t>
+  </si>
+  <si>
+    <t>Gestión y organización de la explotación agraria</t>
+  </si>
+  <si>
+    <t>ObjetivosAprender los conocimientos tecnológicos y económicos para la correcta gestión de una explotación agraria, garantizando la mejora del...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/gestion-y-organizacion-la-explotacion-agraria</t>
+  </si>
+  <si>
+    <t>Seguridad e higiene en la industria alimentaria</t>
+  </si>
+  <si>
+    <t>ObjetivosAprender a realizar operaciones de limpieza y de higiene general en equipos e instalaciones, así como operaciones de apoyo a la protección...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/seguridad-e-higiene-la-industria-alimentaria</t>
+  </si>
+  <si>
+    <t>Uso de Tecnologías de Compostaje para la Gestión de Residuos Orgánicos</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Alicante/Alacant</t>
+  </si>
+  <si>
+    <t>Escuela Politécnica Superior de Orihuela - Universidad Miguel Hernández. Ctra. Beniel, km 3,2. E-03312, Orihuela</t>
+  </si>
+  <si>
+    <t>Taller demostrativo gratuito denominado “Uso de Tecnologías de Compostaje para la Gestión de Residuos Orgánicos”, que se celebrará el miércoles 25 de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/uso-tecnologias-compostaje-la-gestion-residuos-organicos</t>
+  </si>
+  <si>
+    <t>Fundación Grupo Cajamar impulsa un curso avanzado en Big Data e IA para mejorar la toma de decisiones agronómicas</t>
+  </si>
+  <si>
+    <t>Mié, 25/03/2026 - 16:06</t>
+  </si>
+  <si>
+    <t>Jue, 26/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>Aula HR Formación, C/ Jesús Esteban 5, Bajo izquierda, Murcia</t>
+  </si>
+  <si>
+    <t>La Fundación Grupo Cajamar pone en marcha en Murcia la 2ª edición del Curso Avanzado: Gestión de Datos y Toma de Decisiones en Agricultura: Big Data...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/fundacion-grupo-cajamar-impulsa-curso-avanzado-big-data-e-ia-mejorar-la-toma</t>
+  </si>
+  <si>
+    <t>Jornada divulgativa - Principios del agrocompostaje</t>
+  </si>
+  <si>
+    <t>Jue, 26/03/2026 - 16:00</t>
+  </si>
+  <si>
+    <t>Jue, 26/03/2026 - 19:00</t>
+  </si>
+  <si>
+    <t>Olmeda de las Fuentes</t>
+  </si>
+  <si>
+    <t>ProgramaEl compostaje como estrategia de gestión para los residuos Enfoque técnico del compostaje: errores frecuentes y buenas prácticas para un...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/jornada-divulgativa-principios-del-agrocompostaje</t>
+  </si>
+  <si>
+    <t>Jornada formativa de ASETAGA: “Bioeconomía Circular: Transformación, Valorización y Gestión Sostenible de Deyecciones Ganaderas, Bioproductos y Subproductos”</t>
+  </si>
+  <si>
+    <t>Jue, 26/03/2026 - 16:06</t>
+  </si>
+  <si>
+    <t>ASETAGA ha abierto la inscripción a la formación gratuita “Bioeconomía Circular: Transformación, Valorización y Gestión Sostenible de Deyecciones...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/jornada-formativa-asetaga-bioeconomia-circular-transformacion-valorizacion-y-0</t>
+  </si>
+  <si>
+    <t>Gestión e Incorporación a la empresa agraria</t>
+  </si>
+  <si>
+    <t>Sáb, 28/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Formar a l@s agricultores que se incorporen a la empresa agraria en los aspectos relacionados con el rendimiento económico de las explotaciones y la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/gestion-e-incorporacion-la-empresa-agraria-0</t>
+  </si>
+  <si>
+    <t>Curso de hidroponía. Cultivo sin suelo</t>
+  </si>
+  <si>
+    <t>Este curso ofrece una introducción completa a la hidroponía y el cultivo sin suelo. Se exploran los componentes, sustratos y sistemas necesarios para...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-hidroponia-cultivo-sin-suelo</t>
+  </si>
+  <si>
+    <t>Curso Superior - Control Biológico de Plagas</t>
+  </si>
+  <si>
+    <t>Lun, 30/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Objetivos del cursoEl empleo de organismos beneficiosos (polinizadores, depredadores y parasitoides) en los últimos años ha demostrado su utilidad en...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-superior-control-biologico-plagas</t>
+  </si>
+  <si>
+    <t>Curso Superior - Hidroponía. Cultivo sin Suelo</t>
+  </si>
+  <si>
+    <t>Objetivos del cursoLa actividad agraria, como el resto de los sectores productivos, han de optimizar el consumo de insumos y minimizar los niveles de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-superior-hidroponia-cultivo-sin-suelo</t>
+  </si>
+  <si>
+    <t>Curso superior en Olivicultura</t>
+  </si>
+  <si>
+    <t>Objetivos del cursoEste curso desarrolla y aborda en profundidad, y de forma racional, los aspectos más importantes del cultivo del olivo,...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-superior-olivicultura</t>
+  </si>
+  <si>
+    <t>Curso Especialista en Producción de Plantas Aromáticas y Medicinales</t>
+  </si>
+  <si>
+    <t>Objetivos del cursoEl cultivo de plantas aromáticas y medicinales (PAM), se ha convertido desde hace un tiempo como una alternativa agrícola a los...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-especialista-produccion-plantas-aromaticas-y-medicinales</t>
+  </si>
+  <si>
+    <t>Curso Online El Suelo de Cultivo y las Condiciones Climáticas</t>
+  </si>
+  <si>
+    <t>El Curso Suelo de Cultivo y Condiciones Climáticas te proporciona los conocimientos esenciales sobre la gestión del suelo y su relación con el clima...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-el-suelo-cultivo-y-las-condiciones-climaticas</t>
+  </si>
+  <si>
+    <t>Actividades Auxiliares en Agricultura para el certificado de profesionalidad AGAX0208</t>
+  </si>
+  <si>
+    <t>Con este curso online en Actividades auxiliares en agricultura, podrás acreditar tus competencias profesionales para obtener tu certificado de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/actividades-auxiliares-agricultura-el-certificado-profesionalidad-agax0208</t>
+  </si>
+  <si>
+    <t>Curso de producción Integrada</t>
+  </si>
+  <si>
+    <t>Mar, 31/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Conviértete en experto en producción integradaCONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-produccion-integrada-0</t>
+  </si>
+  <si>
+    <t>En la búsqueda de una agricultura sostenible, la salud del suelo, la fertilización y el impacto ambiental son factores que tener en cuenta, siendo el...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/especializacion-interpretacion-suelos-0</t>
+  </si>
+  <si>
+    <t>Curso online: fruticultura ecológica</t>
+  </si>
+  <si>
+    <t>Mié, 01/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>Camí del Port s/n, km 1 - Edif. ECA Apartado 397 ES-46470 Catarroja, Valencia, España</t>
+  </si>
+  <si>
+    <t>El curso es totalmente online y consta de 7 temas, con una duración planificada para 60 horas, pero lo puedes terminar cuando quieras. Al finalizar...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-fruticultura-ecologica-0</t>
+  </si>
+  <si>
+    <t>Curso online: Cultivo ecológico del aguacate</t>
+  </si>
+  <si>
+    <t>El curso está dividido en 8 temas y su duración está planificada para 30 horas, pero lo puedes terminar cuando quieras. Al finalizar el curso...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-cultivo-ecologico-del-aguacate-0</t>
+  </si>
+  <si>
+    <t>CURSO ONLINE AGRICULTURA DE PRECISIÓN EN CULTIVOS EXTENSIVOS DE REGADÍO (GRABADO)</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
-    <t>Cam. Torre Los Ajos, 29, 50059 Zaragoza</t>
-[...83 lines deleted...]
-    <t>Lun, 02/03/2026 - 00:00</t>
+    <t>Este curso aborda las tecnologías y metodologías utilizadas en agricultura de precisión para optimizar el rendimiento y la eficiencia de los cultivos...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-agricultura-precision-cultivos-extensivos-regadio-grabado</t>
+  </si>
+  <si>
+    <t>Abierta la inscripción al curso online gratuito "Digitalización de datos meteorológicos y detección de plagas"</t>
+  </si>
+  <si>
+    <t>Lun, 06/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mié, 08/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>iRiego ha abierto la inscripción para el curso online gratuito “Digitalización de datos meteorológicos y detección de plagas”, que se celebrará del 6...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/abierta-la-inscripcion-al-curso-online-gratuito-digitalizacion-datos</t>
+  </si>
+  <si>
+    <t>Curso bienestar animal en el transporte</t>
+  </si>
+  <si>
+    <t>Lun, 06/04/2026 - 16:00</t>
+  </si>
+  <si>
+    <t>Vie, 10/04/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Aranjuez</t>
+  </si>
+  <si>
+    <t>Semipresencial. 20 horas, de 16:00-20:00. Clases virtuales en línea (videoconferencias) de lunes a jueves y presencial y examen el viernes.Aranjuez...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-bienestar-animal-el-transporte-0</t>
+  </si>
+  <si>
+    <t>Herramientas avanzadas para el riego y la nutrición</t>
+  </si>
+  <si>
+    <t>Jue, 09/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Demetrio de los Ríos, 15, 41003 Sevilla</t>
+  </si>
+  <si>
+    <t>Cooperativas agro-alimentarias pone a disposición de los agricultores un curso online de herramientas avanzadas para el riego y la nutrición.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/herramientas-avanzadas-el-riego-y-la-nutricion</t>
+  </si>
+  <si>
+    <t>Sostenibilidad en la producción agraria</t>
+  </si>
+  <si>
+    <t>Vie, 10/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>CURSO ONLINE se abordará cómo producir más alimentos con menos recursos naturales, preservando el medio ambiente.OBJETIVOS DEL CURSO:Promover la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/sostenibilidad-la-produccion-agraria-0</t>
+  </si>
+  <si>
+    <t>Cálculo de las necesidades hídricas y programación del riego</t>
+  </si>
+  <si>
+    <t>En este CURSO ONLINE aprenderás las diferentes metodologías para determinar las necesidades hídricas de un cultivo y las herramienta para la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/calculo-las-necesidades-hidricas-y-programacion-del-riego-0</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/invernaderos-0</t>
+  </si>
+  <si>
+    <t>Curso de Control y Manejo de Huevos y Pollos Recién Nacidos en Explotación Avícola</t>
+  </si>
+  <si>
+    <t>El Curso de Control y Manejo de Huevos y Pollos Recién Nacidos en Explotación Avícola de Aula 10 Formación está diseñado para proporcionar a los...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-control-y-manejo-huevos-y-pollos-recien-nacidos-explotacion-avicola</t>
+  </si>
+  <si>
+    <t>Ganadería Ecológica para el certificado de profesionalidad AGAN0108</t>
+  </si>
+  <si>
+    <t>Con el curso online de Ganadería Ecológica, aprenderás todo lo necesario para obtener el «Certificado en Ganadería Ecológica AGAN0108».Por medio de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/ganaderia-ecologica-el-certificado-profesionalidad-agan0108</t>
+  </si>
+  <si>
+    <t>Seminario online gratuito “SIEX, REA y CUE: claves para el registro como entidad habilitada"</t>
+  </si>
+  <si>
+    <t>Vie, 10/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Vie, 10/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El próximo 10 de abril de 2026, aGROSlab organiza el seminario online “SIEX, REA y CUE: Claves para el Registro como Entidad Habilitada”, una sesión...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/seminario-online-gratuito-siex-rea-y-cue-claves-el-registro-entidad-habilitada</t>
+  </si>
+  <si>
+    <t>Agricultura regenerativa y gestión sostenible del suelo para mayor resiliencia climática y seguridad alimentaria en el Mediterráneo</t>
+  </si>
+  <si>
+    <t>Lun, 13/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Vie, 17/04/2026 - 23:59</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059 Zaragoza, España</t>
+  </si>
+  <si>
+    <t>El curso está dirigido a profesionales del sector agrícola, investigadores, responsables de políticas públicas y productores. Tiene como objetivo...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/agricultura-regenerativa-y-gestion-sostenible-del-suelo-mayor-resiliencia</t>
+  </si>
+  <si>
+    <t>Utilización de la maquinaria agrícola</t>
+  </si>
+  <si>
+    <t>Carretera General del Norte nº2. Km 8.5. Cardones. Arucas.</t>
+  </si>
+  <si>
+    <t>Conocer la diversidad de maquinaria agrícola existente en el mercado, desde pequeña maquinaria (motosierras, desbrozadoras, sopladores, etc.) hasta...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/utilizacion-la-maquinaria-agricola</t>
+  </si>
+  <si>
+    <t>Curso sobre gestión de riesgos y seguros agrarios en un contexto de cambio climático</t>
+  </si>
+  <si>
+    <t>Lun, 13/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Vie, 17/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza, Avda. de Montañana 1005, Zaragoza</t>
+  </si>
+  <si>
+    <t>En línea, Presencial</t>
+  </si>
+  <si>
+    <t>Del 13 al 17 de abril de 2026, el CIHEAM Zaragoza acogerá el curso “Gestión de riesgos y seguros agrarios en un contexto de cambio climático”, una...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-gestion-riesgos-y-seguros-agrarios-contexto-cambio-climatico</t>
+  </si>
+  <si>
+    <t>Manipulador de frutas y hortalizas</t>
+  </si>
+  <si>
+    <t>Mar, 14/04/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Mié, 15/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>C/ Andenes 18, Caravaca de la Cruz, Murcia</t>
+  </si>
+  <si>
+    <t>Actividades para formación profesional y adquisición de competencias, en el marco del Plan Estratégico de la Política Agraria Común (PEPAC) 2023-2027...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/manipulador-frutas-y-hortalizas-0</t>
+  </si>
+  <si>
+    <t>Curso de Joven Agricultor en Extremadura</t>
+  </si>
+  <si>
+    <t>Lun, 20/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Badajoz, Cáceres</t>
+  </si>
+  <si>
+    <t>Los certificados de incorporación para jóvenes agricultores en Extremadura representan una oportunidad formativa clave para aquellas personas que...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-joven-agricultor-extremadura</t>
+  </si>
+  <si>
+    <t>Curso online: Producción ecológica de olivar y elaboración de aceite ecológico</t>
+  </si>
+  <si>
+    <t>El curso es totalmente online y consta de 11 temas, con una duración planificada para 80 horas, pero lo puedes terminar cuando quieras. Al finalizar...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-online-produccion-ecologica-olivar-y-elaboracion-aceite-ecologico-0</t>
+  </si>
+  <si>
+    <t>Bienestar animal en transporte</t>
+  </si>
+  <si>
+    <t>Lun, 20/04/2026 - 16:00</t>
+  </si>
+  <si>
+    <t>Vie, 24/04/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Colmenar Viejo</t>
+  </si>
+  <si>
+    <t>Este curso permite la obtención o renovación del certificado de competencia como conductor o cuidador de acuerdo al Reglamento (CE) nº 1/2005 ,...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/bienestar-animal-transporte-0</t>
+  </si>
+  <si>
+    <t>Curso de: Técnico para el asesoramiento en la gestión integrada de plagas en ámbito agrario</t>
+  </si>
+  <si>
+    <t>Sáb, 25/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Curso para saber como aplicar el Real Decreto 1311/2012 en ámbito agrario: este curso no te acredita como asesor, su objetivo es enseñarte el manejo...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-tecnico-el-asesoramiento-la-gestion-integrada-plagas-ambito-agrario</t>
+  </si>
+  <si>
+    <t>Curso Superior de Ganadería de Precisión - Madrid (ES) Mayo 2026</t>
+  </si>
+  <si>
+    <t>Lun, 04/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Vie, 08/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Nos complace anunciar el Curso Avanzado “Creando Valor Añadido en la Ganadería de Precisión”, que tendrá lugar en Madrid, España, del 4 al 8 de mayo...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-superior-ganaderia-precision-madrid-mayo-2026</t>
+  </si>
+  <si>
+    <t>CONOCIMIENTO Y CULTIVO DE FRUTALES TROPICALES</t>
+  </si>
+  <si>
+    <t>Escuela de Capacitación Agraria de Arucas</t>
+  </si>
+  <si>
+    <t>ObjetivosConocer las distintas especies de árboles frutales tropicales y subtropicales que se están implantando en Canarias. Aprender a reproducir...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/conocimiento-y-cultivo-frutales-tropicales</t>
+  </si>
+  <si>
+    <t>Curso internacional sobre Ganadería de Precisión: de los sensores a la toma de decisiones</t>
+  </si>
+  <si>
+    <t>Lun, 04/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Vie, 08/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CSIC, Madrid.</t>
+  </si>
+  <si>
+    <t>Del 4 al 8 de mayo de 2026, Madrid acogerá el curso presencial “Creando valor añadido en la Ganadería de Precisión: de los sensores a la toma de...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-internacional-ganaderia-precision-los-sensores-la-toma-decisiones</t>
+  </si>
+  <si>
+    <t>Guía práctica del estado de sostenibilidad en las pyme agroalimentaria</t>
+  </si>
+  <si>
+    <t>Mar, 05/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>En este CURSO práctico para elaborar el Estado de Sostenibilidad en pymes agroalimentarias: aprenderás las normas europeas (NEIS), la doble...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/guia-practica-del-estado-sostenibilidad-las-pyme-agroalimentaria</t>
+  </si>
+  <si>
+    <t>Curso avanzado sobre acuicultura de bajo impacto</t>
+  </si>
+  <si>
+    <t>Lun, 25/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Jue, 28/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>IRTA La Ràpita (Tarragona)</t>
+  </si>
+  <si>
+    <t>El Instituto Agronómico Mediterráneo de Zaragoza (IAMZ–CIHEAM Zaragoza) celebrará del 25 al 28 de mayo de 2026 el curso avanzado “Acuicultura de bajo...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-avanzado-acuicultura-bajo-impacto</t>
+  </si>
+  <si>
+    <t>Primera Semana Mediterránea de Emprendimiento Alimentario</t>
+  </si>
+  <si>
+    <t>Lun, 22/06/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Vie, 26/06/2026 - 17:00</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059  Zaragoza España</t>
+  </si>
+  <si>
+    <t>Objetivos del cursoAl finalizar el curso, los participantes serán capaces de:Escalar y consolidar microempresas y start-ups sobre la base de un marco...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/primera-semana-mediterranea-emprendimiento-alimentario</t>
+  </si>
+  <si>
+    <t>Curso CIHEAM: Primera Semana Mediterránea de Emprendimiento Alimentario</t>
+  </si>
+  <si>
+    <t>Lun, 22/06/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Vie, 26/06/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza (Zaragoza)</t>
+  </si>
+  <si>
+    <t>El CIHEAM Zaragoza organizará del 22 al 26 de junio de 2026 la “Primera Semana Mediterránea de Emprendimiento Alimentario”, un curso avanzado...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-ciheam-primera-semana-mediterranea-emprendimiento-alimentario</t>
+  </si>
+  <si>
+    <t>Herramientas digitales que te ayudan en la gestión de tu explotación</t>
+  </si>
+  <si>
+    <t>Dom, 04/10/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>En este CURSO ONLINE se analizan los reales decretos publicados en diciembre de 2022 que van a afectar a la forma en la que los agricultores y los...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/herramientas-digitales-que-te-ayudan-la-gestion-tu-explotacion-1</t>
+  </si>
+  <si>
+    <t>CURSOS DE INCORPORACIÓN A LA EMPRESA AGRARIA</t>
   </si>
   <si>
     <t>Castilla y León</t>
   </si>
   <si>
-    <t>El Real Decreto 1311/2012, establece el marco de acción para conseguir un uso sostenible de los productos fitosanitarios mediante la reducción de los...</t>
-[...433 lines deleted...]
-  <si>
     <t>Ávila, Burgos, León, Palencia, Salamanca, Segovia, Soria, Valladolid, Zamora</t>
   </si>
   <si>
     <t>Los cursos de incorporación a la empresa agraria, CIEA en abreviatura, son las actividades formativas dirigidas a aquellas personas que necesitan...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/cursos-incorporacion-la-empresa-agraria</t>
   </si>
   <si>
     <t>Gestión del agua y la nutrición en el cultivo de la fresa</t>
   </si>
   <si>
     <t>Vie, 04/12/2026 - 00:00</t>
   </si>
   <si>
     <t>Cooperativas-agroalimentarias pone a disposición de los agricultores un curso sobre la gestión del agua y la nutrición en el cultivo de la fresa que...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/gestion-del-agua-y-la-nutricion-el-cultivo-la-fresa</t>
   </si>
   <si>
     <t>II Curso de economía sostenible y mercado laboral. Nuevas oportunidades de emprendimiento</t>
   </si>
   <si>
     <t>Mar, 15/12/2026 - 00:00</t>
@@ -1067,56 +1295,89 @@
   <si>
     <t>Curso de Explotaciones agrícolas y ganaderas: Producción, innovación, asesoramiento y comercialización (MOOC)El objetivo de este curso es ofrecer una...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/campus-cursos-masivos-linea-moocs-ministerio-agricultura-pesca-y-alimentacion-0</t>
   </si>
   <si>
     <t>Curso Superior Nuevo Reglamento Europeo de Productos Fertilizantes</t>
   </si>
   <si>
     <t>Se entrega diploma acreditativo para los alumnos que superan el curso, junto con documentos donde se especifica el temario del curso y su duración....</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-superior-nuevo-reglamento-europeo-productos-fertilizantes</t>
   </si>
   <si>
     <t>Manipulador de alimentos</t>
   </si>
   <si>
     <t>Si quieres obtener el certificado de Manipulador de Alimentos, este curso ofrecido por el Centro de Formación Arcoiris te proporcionará los...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/manipulador-alimentos</t>
   </si>
   <si>
+    <t>Jue, 31/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Curso online, a tu ritmo, en el que se analizan los reales decretos publicados en diciembre de 2022 que van a afectar a la forma en la que los...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/herramientas-digitales-que-te-ayudan-la-gestion-tu-explotacion</t>
+  </si>
+  <si>
+    <t>Curso de Introducción a ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>El concepto GIS como herramienta digital permite a los usuarios explotar el valor de los datos, incluyendo la variable geoespacial, y mejorando la...</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-introduccion-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Curso de Introducción a los SIG con ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-introduccion-los-sig-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Curso de Diseño y Creación de Mapas con ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-diseno-y-creacion-mapas-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Curso de Introducción a ArcGIS Online</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-introduccion-arcgis-online</t>
+  </si>
+  <si>
     <t>Legislación Agraria</t>
   </si>
   <si>
-    <t>Jue, 31/12/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Certificado de Formación expedido por FUNDACION INEAObjetivosConocer las fuentes, objeto y contenido del Derecho Agrario.Enmarcar el Derecho en el...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/legislacion-agraria</t>
   </si>
   <si>
     <t>Agroecología</t>
   </si>
   <si>
     <t>Certificado de Formación expedido por FUNDACIÓN INEAContenido:Introducción: Se presenta una visión general del tema, explicando los conceptos clave y...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/agroecologia</t>
   </si>
   <si>
     <t>Recursos fitogenéticos</t>
   </si>
   <si>
     <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Conservación de recursos fitogenéticos:...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/recursos-fitogeneticos</t>
   </si>
   <si>
     <t>Gestión de residuos en explotaciones ganaderas</t>
@@ -1176,83 +1437,50 @@
     <t>Manejo ecológico de rumiantes</t>
   </si>
   <si>
     <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Introducción y reglamentos: Este módulo...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/manejo-ecologico-rumiantes</t>
   </si>
   <si>
     <t>Horticultura ecológica</t>
   </si>
   <si>
     <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Conceptos, Fundamentos y Precedentes en la...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/horticultura-ecologica</t>
   </si>
   <si>
     <t>Plagas y patógenos del olivo: naturaleza, identificación y estrategias biológicas de lucha</t>
   </si>
   <si>
     <t>Certificado de Formación expedido por INEA-Escuela Universitaria de Ingeniería Técnica Agrícola.Contenido:Introducción:En este apartado se ofrecerá...</t>
   </si>
   <si>
     <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/plagas-y-patogenos-del-olivo-naturaleza-identificacion-y-estrategias-biologicas</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://akisplataforma.es/cursos-de-formaci%C3%B3n/curso-introduccion-arcgis-online</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1559,59 +1787,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J99"/>
+  <dimension ref="A1:J115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J99"/>
+      <selection activeCell="A1" sqref="A1:J115"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="154.391" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -1619,55 +1847,53 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D2" s="1" t="s">
         <v>12</v>
       </c>
+      <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>19</v>
       </c>
@@ -1678,2539 +1904,2989 @@
         <v>21</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="C4" s="1"/>
+      <c r="D4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="1"/>
       <c r="G4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I4" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="1"/>
+      <c r="G5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>34</v>
-      </c>
-[...20 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="G6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D6" s="1"/>
-[...10 lines deleted...]
-      <c r="I6" s="1" t="s">
+      <c r="J6" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1"/>
+      <c r="D7" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...6 lines deleted...]
-      <c r="F7" s="1"/>
+      <c r="E7" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="G7" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
-      <c r="F8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F8" s="1"/>
       <c r="G8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F9" s="1"/>
       <c r="G9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="E10" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="F10" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D11" s="1"/>
       <c r="E11" s="1"/>
-      <c r="F11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F11" s="1"/>
       <c r="G11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>66</v>
-[...10 lines deleted...]
-      <c r="F13" s="1" t="s">
         <v>73</v>
       </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
       <c r="G13" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="J14" s="1" t="s">
         <v>78</v>
-      </c>
-[...19 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>85</v>
-[...12 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
       <c r="G15" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>83</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
-      <c r="F16" s="1"/>
+      <c r="F16" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="G16" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>98</v>
-[...12 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
       <c r="G18" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="C19" s="1"/>
+        <v>95</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
-      <c r="F19" s="1"/>
+      <c r="F19" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="G19" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C20" s="1"/>
+        <v>95</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>101</v>
+      </c>
       <c r="D20" s="1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-      <c r="F20" s="1"/>
+        <v>20</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="G20" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="C21" s="1"/>
-      <c r="D21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C22" s="1"/>
+        <v>101</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="D22" s="1" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-      <c r="F22" s="1"/>
+        <v>109</v>
+      </c>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1" t="s">
+        <v>110</v>
+      </c>
       <c r="G22" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>120</v>
-[...10 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
       <c r="G23" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C24" s="1"/>
+        <v>101</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="F24" s="1"/>
+        <v>117</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>118</v>
+      </c>
       <c r="G24" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="C25" s="1"/>
-      <c r="D25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>136</v>
+        <v>123</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="F26" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>126</v>
+      </c>
       <c r="G26" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="C27" s="1"/>
-      <c r="D27" s="1"/>
-      <c r="E27" s="1"/>
+      <c r="D27" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>29</v>
+      </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="C28" s="1"/>
-      <c r="D28" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
       <c r="G28" s="1" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>150</v>
+        <v>133</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>152</v>
+        <v>135</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>153</v>
+        <v>136</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>154</v>
+        <v>137</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
-        <v>155</v>
+        <v>138</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>156</v>
-[...4 lines deleted...]
-      <c r="F30" s="1"/>
+        <v>139</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>142</v>
+      </c>
       <c r="G30" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>156</v>
-[...4 lines deleted...]
-      <c r="F31" s="1"/>
+        <v>146</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="G31" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="B32" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C32" s="1"/>
-[...2 lines deleted...]
-      <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="C33" s="1"/>
+        <v>160</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>147</v>
+      </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J36" s="1" t="s">
         <v>173</v>
-      </c>
-[...20 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C37" s="1"/>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D37" s="1"/>
+      <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>184</v>
+        <v>171</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>184</v>
+        <v>171</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>138</v>
+        <v>183</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="C40" s="1"/>
-      <c r="D40" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="C41" s="1"/>
-      <c r="D41" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D41" s="1"/>
+      <c r="E41" s="1"/>
+      <c r="F41" s="1"/>
       <c r="G41" s="1" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
-        <v>115</v>
+        <v>45</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>116</v>
+        <v>46</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>198</v>
+        <v>47</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
-        <v>201</v>
+        <v>32</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
-        <v>115</v>
-[...6 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E43" s="1"/>
+      <c r="F43" s="1"/>
       <c r="G43" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
-        <v>79</v>
+        <v>109</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="F44" s="1"/>
+        <v>197</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="G44" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>109</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>126</v>
+        <v>197</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
-        <v>130</v>
+        <v>204</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="C46" s="1"/>
-      <c r="D46" s="1"/>
-      <c r="E46" s="1"/>
+      <c r="D46" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="C47" s="1"/>
+        <v>210</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>211</v>
+      </c>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>212</v>
-[...4 lines deleted...]
-      <c r="F48" s="1"/>
+        <v>215</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="G48" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>181</v>
+        <v>218</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="C49" s="1" t="s">
         <v>221</v>
       </c>
+      <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>80</v>
+        <v>222</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="C50" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F50" s="1" t="s">
+      <c r="C50" s="1"/>
+      <c r="D50" s="1"/>
+      <c r="E50" s="1"/>
+      <c r="F50" s="1"/>
+      <c r="G50" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="G50" s="1" t="s">
+      <c r="J50" s="1" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C51" s="1"/>
-      <c r="D51" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>238</v>
+        <v>129</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C52" s="1"/>
-      <c r="D52" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>239</v>
+        <v>130</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="C53" s="1"/>
-      <c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D53" s="1"/>
+      <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>246</v>
-[...12 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="C54" s="1"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
       <c r="G54" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="C55" s="1"/>
+        <v>241</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>242</v>
+      </c>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
-      <c r="F55" s="1"/>
+      <c r="F55" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="G55" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="C56" s="1"/>
+        <v>246</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>247</v>
+      </c>
       <c r="D56" s="1" t="s">
-        <v>110</v>
+        <v>205</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="F56" s="1"/>
+        <v>206</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>248</v>
+      </c>
       <c r="G56" s="1" t="s">
-        <v>229</v>
+        <v>48</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="C57" s="1"/>
+        <v>246</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>126</v>
+        <v>46</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>209</v>
+        <v>252</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>264</v>
-[...4 lines deleted...]
-      <c r="F58" s="1"/>
+        <v>256</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>258</v>
+      </c>
       <c r="G58" s="1" t="s">
-        <v>13</v>
+        <v>259</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="J59" s="1" t="s">
         <v>267</v>
-      </c>
-[...17 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C60" s="1"/>
+      <c r="D60" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="E60" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="B60" s="1" t="s">
-[...4 lines deleted...]
-      <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>272</v>
       </c>
       <c r="J60" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C61" s="1"/>
-      <c r="D61" s="1"/>
-      <c r="E61" s="1"/>
+      <c r="D61" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>275</v>
       </c>
       <c r="J61" s="1" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
         <v>277</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>268</v>
-[...4 lines deleted...]
-      <c r="F62" s="1"/>
+        <v>278</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>280</v>
+      </c>
       <c r="G62" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C63" s="1"/>
-      <c r="D63" s="1"/>
-      <c r="E63" s="1"/>
+      <c r="D63" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>281</v>
-[...4 lines deleted...]
-      <c r="F64" s="1"/>
+        <v>288</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="G64" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="C65" s="1"/>
-[...2 lines deleted...]
-      <c r="F65" s="1"/>
+      <c r="C65" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>293</v>
+      </c>
       <c r="G65" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>288</v>
-[...4 lines deleted...]
-      <c r="F66" s="1"/>
+        <v>297</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>299</v>
+      </c>
       <c r="G66" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-      <c r="E68" s="1"/>
+        <v>308</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>310</v>
+      </c>
       <c r="F68" s="1" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>300</v>
+        <v>23</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>297</v>
-[...4 lines deleted...]
-      <c r="F69" s="1"/>
+        <v>315</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>317</v>
+      </c>
       <c r="G69" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>307</v>
-[...4 lines deleted...]
-      <c r="F70" s="1"/>
+        <v>321</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>323</v>
+      </c>
       <c r="G70" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1" t="s">
-        <v>229</v>
+        <v>13</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>311</v>
+        <v>328</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>312</v>
+        <v>329</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="C72" s="1"/>
-      <c r="D72" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="D72" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="F72" s="1"/>
       <c r="G72" s="1" t="s">
-        <v>13</v>
+        <v>259</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>314</v>
+        <v>333</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>315</v>
+        <v>334</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1" t="s">
-        <v>316</v>
+        <v>335</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>317</v>
+        <v>336</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>318</v>
+        <v>222</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>319</v>
+        <v>223</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1" t="s">
-        <v>322</v>
+        <v>339</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>323</v>
+        <v>340</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>324</v>
+        <v>341</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>325</v>
+        <v>342</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1" t="s">
-        <v>326</v>
+        <v>343</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>327</v>
+        <v>344</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>328</v>
+        <v>345</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>329</v>
+        <v>346</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1" t="s">
-        <v>330</v>
+        <v>347</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>327</v>
+        <v>344</v>
       </c>
       <c r="C76" s="1"/>
-      <c r="D76" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D76" s="1"/>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
       <c r="G76" s="1" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>327</v>
+        <v>344</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>327</v>
+        <v>344</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>327</v>
+        <v>357</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1"/>
       <c r="E79" s="1"/>
       <c r="F79" s="1"/>
       <c r="G79" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1" t="s">
-        <v>277</v>
+        <v>360</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>327</v>
+        <v>357</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
       <c r="G80" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>343</v>
+        <v>361</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>327</v>
+        <v>364</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>346</v>
+        <v>365</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>327</v>
+        <v>364</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
-      <c r="G83" s="1"/>
+      <c r="G83" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="C84" s="1"/>
+        <v>373</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>374</v>
+      </c>
       <c r="D84" s="1"/>
       <c r="E84" s="1"/>
-      <c r="F84" s="1"/>
-      <c r="G84" s="1"/>
+      <c r="F84" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>376</v>
+      </c>
       <c r="H84" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>356</v>
+        <v>377</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>357</v>
+        <v>378</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1" t="s">
-        <v>358</v>
+        <v>379</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>352</v>
+        <v>373</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
-      <c r="G85" s="1"/>
+      <c r="G85" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>359</v>
+        <v>380</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>360</v>
+        <v>381</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1" t="s">
-        <v>361</v>
+        <v>382</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>352</v>
+        <v>383</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
-      <c r="G86" s="1"/>
+      <c r="G86" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>362</v>
+        <v>384</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>363</v>
+        <v>385</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1" t="s">
-        <v>364</v>
+        <v>386</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>352</v>
+        <v>383</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
-      <c r="G87" s="1"/>
+      <c r="G87" s="1" t="s">
+        <v>259</v>
+      </c>
       <c r="H87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>365</v>
+        <v>387</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>366</v>
+        <v>388</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1" t="s">
-        <v>367</v>
+        <v>389</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>352</v>
+        <v>383</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
-      <c r="F88" s="1"/>
-      <c r="G88" s="1"/>
+      <c r="F88" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H88" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>368</v>
+        <v>390</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>369</v>
+        <v>391</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1" t="s">
-        <v>370</v>
+        <v>392</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>352</v>
+        <v>393</v>
       </c>
       <c r="C89" s="1"/>
-      <c r="D89" s="1"/>
-[...2 lines deleted...]
-      <c r="G89" s="1"/>
+      <c r="D89" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="H89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>371</v>
+        <v>396</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>372</v>
+        <v>397</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1" t="s">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>352</v>
+        <v>399</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
-      <c r="G90" s="1"/>
+      <c r="G90" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>374</v>
+        <v>400</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>375</v>
+        <v>401</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1" t="s">
-        <v>376</v>
+        <v>402</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>352</v>
+        <v>403</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
-      <c r="G91" s="1"/>
+      <c r="G91" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>377</v>
+        <v>404</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>378</v>
+        <v>405</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1" t="s">
-        <v>379</v>
+        <v>406</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>352</v>
+        <v>403</v>
       </c>
       <c r="C92" s="1"/>
-      <c r="D92" s="1"/>
-[...2 lines deleted...]
-      <c r="G92" s="1"/>
+      <c r="D92" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="H92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>380</v>
+        <v>408</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>381</v>
+        <v>409</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1" t="s">
-        <v>382</v>
+        <v>410</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>352</v>
+        <v>403</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
-      <c r="G93" s="1"/>
+      <c r="G93" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>383</v>
+        <v>411</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>384</v>
+        <v>412</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1" t="s">
-        <v>385</v>
+        <v>413</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>352</v>
+        <v>403</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
-      <c r="G94" s="1"/>
+      <c r="G94" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="H94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>386</v>
+        <v>414</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>387</v>
+        <v>415</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1" t="s">
-        <v>251</v>
+        <v>416</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>352</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="C95" s="1"/>
       <c r="D95" s="1"/>
       <c r="E95" s="1"/>
-      <c r="F95" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F95" s="1"/>
       <c r="G95" s="1" t="s">
-        <v>300</v>
+        <v>13</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>388</v>
+        <v>417</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>389</v>
+        <v>418</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1" t="s">
-        <v>390</v>
+        <v>353</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>352</v>
+        <v>403</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>391</v>
+        <v>419</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>392</v>
+        <v>420</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>352</v>
+        <v>403</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
       <c r="G97" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>394</v>
+        <v>423</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1" t="s">
-        <v>395</v>
+        <v>424</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>352</v>
+        <v>403</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>391</v>
+        <v>425</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>396</v>
+        <v>426</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1" t="s">
-        <v>397</v>
+        <v>326</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="C99" s="1"/>
+        <v>427</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>374</v>
+      </c>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
-      <c r="F99" s="1"/>
+      <c r="F99" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="G99" s="1" t="s">
-        <v>13</v>
+        <v>376</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>391</v>
+        <v>428</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>398</v>
+        <v>429</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C101" s="1"/>
+      <c r="D101" s="1"/>
+      <c r="E101" s="1"/>
+      <c r="F101" s="1"/>
+      <c r="G101" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="1"/>
+      <c r="F103" s="1"/>
+      <c r="G103" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1"/>
+      <c r="G104" s="1"/>
+      <c r="H104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C105" s="1"/>
+      <c r="D105" s="1"/>
+      <c r="E105" s="1"/>
+      <c r="F105" s="1"/>
+      <c r="G105" s="1"/>
+      <c r="H105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1"/>
+      <c r="H106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1"/>
+      <c r="F107" s="1"/>
+      <c r="G107" s="1"/>
+      <c r="H107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1"/>
+      <c r="E108" s="1"/>
+      <c r="F108" s="1"/>
+      <c r="G108" s="1"/>
+      <c r="H108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1"/>
+      <c r="H109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="1"/>
+      <c r="H110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="1"/>
+      <c r="F111" s="1"/>
+      <c r="G111" s="1"/>
+      <c r="H111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C112" s="1"/>
+      <c r="D112" s="1"/>
+      <c r="E112" s="1"/>
+      <c r="F112" s="1"/>
+      <c r="G112" s="1"/>
+      <c r="H112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C113" s="1"/>
+      <c r="D113" s="1"/>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1"/>
+      <c r="H113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C114" s="1"/>
+      <c r="D114" s="1"/>
+      <c r="E114" s="1"/>
+      <c r="F114" s="1"/>
+      <c r="G114" s="1"/>
+      <c r="H114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C115" s="1"/>
+      <c r="D115" s="1"/>
+      <c r="E115" s="1"/>
+      <c r="F115" s="1"/>
+      <c r="G115" s="1"/>
+      <c r="H115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>474</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>